--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -1,183 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7D310EB1" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C0AE7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C0AE7" w:rsidRDefault="00CD7AEB" w14:paraId="7D310EB1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5E0D869F" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C0AE7">
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:r w:rsidR="00CD7AEB">
+        <w:rPr/>
+        <w:t>Syrgasbehandling</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7AEB">
+        <w:rPr/>
+        <w:t>, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C0AE7" w:rsidRDefault="00CD7AEB" w14:paraId="5E0D869F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc454867745"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc159407084"/>
+      <w:bookmarkStart w:name="_Toc454867745" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc518295072" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc518573339" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc256000078" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc256000104" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc256000130" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc256000156" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc159407084" w:id="11"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="3C00C2F5" w14:textId="482657A4" w:rsidR="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00005702">
+    <w:p w:rsidR="00CD7AEB" w:rsidP="00005702" w:rsidRDefault="00CD7AEB" w14:paraId="3C00C2F5" w14:textId="482657A4">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Luften innehåller cirka 21 % syre. I medicinska sammanhang kan andelen syre i inandningsluften behöva ökas. Detta kallas syrgasbehandling eller oxygenbehandling. Ordet syrgas används i riktlinjen, med några undantag. Riktlinjen tar upp allmän information om syrgas samt information om syrgas i slutenvården och vad som gäller vid förskrivning av den.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="644CB620" w14:textId="7728BC16" w:rsidR="00005702" w:rsidRDefault="00005702" w:rsidP="00005702">
+    <w:p w:rsidR="00005702" w:rsidP="00005702" w:rsidRDefault="00005702" w14:paraId="644CB620" w14:textId="7728BC16">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc159407085"/>
+      <w:bookmarkStart w:name="_Toc159407085" w:id="12"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="4020F292" w14:textId="75F1FE3A" w:rsidR="00005702" w:rsidRPr="00CD7AEB" w:rsidRDefault="003A3788" w:rsidP="00005702">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00005702" w:rsidP="00005702" w:rsidRDefault="003A3788" w14:paraId="4020F292" w14:textId="75F1FE3A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Nytt avsnitt om </w:t>
       </w:r>
       <w:r w:rsidR="00874625">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">syrgasbehandling </w:t>
       </w:r>
       <w:r w:rsidR="00583FBA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">för barn i slutenvården </w:t>
       </w:r>
       <w:r w:rsidR="00A03A8B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>inlagd samt översyn av hänvisningar och länkar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044400CE" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00005702">
+    <w:p w:rsidR="00CD7AEB" w:rsidP="00005702" w:rsidRDefault="00CD7AEB" w14:paraId="044400CE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00005702">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC559D1" w14:textId="49F2AE9D" w:rsidR="0015569F" w:rsidRDefault="0040332B">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0040332B" w14:paraId="0AC559D1" w14:textId="49F2AE9D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc159407084" w:history="1">
-        <w:r w:rsidR="0015569F" w:rsidRPr="000A7D32">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407084">
+        <w:r w:rsidRPr="000A7D32" w:rsidR="0015569F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="0015569F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="0015569F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="0015569F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -191,63 +200,63 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="0015569F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="0015569F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="0015569F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50135A7A" w14:textId="7E563A1D" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="50135A7A" w14:textId="7E563A1D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407085" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407085">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -262,63 +271,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1182E9F5" w14:textId="32D93B89" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="1182E9F5" w14:textId="32D93B89">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407086" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407086">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -333,63 +342,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="665618EB" w14:textId="10941AA4" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="665618EB" w14:textId="10941AA4">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407087" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407087">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -404,63 +413,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1006E310" w14:textId="1524CE3C" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="1006E310" w14:textId="1524CE3C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407088" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407088">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Viktiga säkerhetsaspekter</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -475,63 +484,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7341A1AB" w14:textId="38D7A899" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="7341A1AB" w14:textId="38D7A899">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407089" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407089">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syrgasbehandling i palliativ vård</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -546,63 +555,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37E41A8D" w14:textId="332CC661" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="37E41A8D" w14:textId="332CC661">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407090" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407090">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -617,63 +626,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44DB6FC2" w14:textId="48F810D4" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="44DB6FC2" w14:textId="48F810D4">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407091" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407091">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Administrering (tillförsel) av syrgas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -688,63 +697,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="315B4BD4" w14:textId="4A8C06ED" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="315B4BD4" w14:textId="4A8C06ED">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407092" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407092">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syrgasbehandling i slutenvården - barn och ungdomar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -759,63 +768,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1678E281" w14:textId="5BF21EC6" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="1678E281" w14:textId="5BF21EC6">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407093" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407093">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syrgasbehandling till vuxna</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -830,63 +839,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36962437" w14:textId="3D29F9CF" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="36962437" w14:textId="3D29F9CF">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407094" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407094">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vid besvär i munnen/läppar/näsa</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -901,63 +910,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38F8120B" w14:textId="476BC45C" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="38F8120B" w14:textId="476BC45C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407095" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407095">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Befuktning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -972,63 +981,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FD91574" w14:textId="5EDABAA4" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="1FD91574" w14:textId="5EDABAA4">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407096" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407096">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syrgasbehandling i slutenvården</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1043,63 +1052,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6618B45E" w14:textId="69BEB19F" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="6618B45E" w14:textId="69BEB19F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407097" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407097">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Om inneliggande patient ska ha syrgas i hemmet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1114,63 +1123,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CCC60F3" w14:textId="42B7EA6D" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="5CCC60F3" w14:textId="42B7EA6D">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407098" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407098">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syrgasbehandling i hemmet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1185,63 +1194,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27B02C36" w14:textId="0EB723E6" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="27B02C36" w14:textId="0EB723E6">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407099" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407099">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syrgaskoncentrator</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1256,63 +1265,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C9CD69B" w14:textId="6BF7767E" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="2C9CD69B" w14:textId="6BF7767E">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407100" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407100">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förskrivning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1327,63 +1336,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17E1BA9F" w14:textId="5DACF391" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="17E1BA9F" w14:textId="5DACF391">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407101" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407101">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Beställning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1398,63 +1407,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49C13616" w14:textId="5EFBD6DB" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="49C13616" w14:textId="5EFBD6DB">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407102" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407102">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Koncentratorer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1469,63 +1478,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1444B90B" w14:textId="73E1AFB8" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="1444B90B" w14:textId="73E1AFB8">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407103" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407103">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Syrgasflaskor (LIV Mini 1 eller 2) eller flytande syrgas (HEMLOX)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1540,63 +1549,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B7BA6AD" w14:textId="6C7B2F30" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="2B7BA6AD" w14:textId="6C7B2F30">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407104" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407104">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Information till patient</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1611,63 +1620,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41B5FFDB" w14:textId="376D3BA2" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="41B5FFDB" w14:textId="376D3BA2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407105" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407105">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förebyggande underhåll</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1682,63 +1691,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E25598F" w14:textId="6E742570" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="7E25598F" w14:textId="6E742570">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407106" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407106">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tillbehör</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1753,63 +1762,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79E9BD74" w14:textId="7575779F" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="79E9BD74" w14:textId="7575779F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407107" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407107">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Strömavbrott</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1824,63 +1833,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17160ABF" w14:textId="6BB382FE" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="17160ABF" w14:textId="6BB382FE">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407108" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407108">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Varningsskylt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1895,63 +1904,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43A701C0" w14:textId="64223C0F" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="43A701C0" w14:textId="64223C0F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407109" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407109">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Resa med syrgas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1966,63 +1975,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78FAFDB6" w14:textId="7EB73A9A" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="78FAFDB6" w14:textId="7EB73A9A">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407110" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407110">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Biltransport</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2037,63 +2046,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4FE41C96" w14:textId="28D7C0C9" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="4FE41C96" w14:textId="28D7C0C9">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407111" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407111">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Taxi och färdtjänst</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2108,63 +2117,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D298EDD" w14:textId="22AEC2F1" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="7D298EDD" w14:textId="22AEC2F1">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407112" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407112">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Båt- och flygresor</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2179,63 +2188,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E5AB576" w14:textId="24C747EF" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="3E5AB576" w14:textId="24C747EF">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407113" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407113">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2250,63 +2259,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38F04F67" w14:textId="091A9A1D" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="38F04F67" w14:textId="091A9A1D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407114" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407114">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2321,63 +2330,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7622EC98" w14:textId="26837305" w:rsidR="0015569F" w:rsidRDefault="0015569F">
+    <w:p w:rsidR="0015569F" w:rsidRDefault="0015569F" w14:paraId="7622EC98" w14:textId="26837305">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc159407115" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc159407115">
         <w:r w:rsidRPr="000A7D32">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referens- och länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2392,827 +2401,825 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="300A956D" w14:textId="34DB7CAE" w:rsidR="00CD7AEB" w:rsidRPr="00005702" w:rsidRDefault="0040332B" w:rsidP="00005702">
+    <w:p w:rsidRPr="00005702" w:rsidR="00CD7AEB" w:rsidP="00005702" w:rsidRDefault="0040332B" w14:paraId="300A956D" w14:textId="34DB7CAE">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00005702">
+      <w:r w:rsidRPr="00005702" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bilagor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420FD7A6" w14:textId="70585888" w:rsidR="001E37A5" w:rsidRPr="00046764" w:rsidRDefault="00046764" w:rsidP="007A4EF1">
+    <w:p w:rsidRPr="00046764" w:rsidR="001E37A5" w:rsidP="007A4EF1" w:rsidRDefault="00046764" w14:paraId="420FD7A6" w14:textId="70585888">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-408/SURROGATE/Syrgasbehandling%2c%20bilaga%201.%20N%c3%a4sv%c3%a5rd.pdf"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00046764">
+      <w:r w:rsidRPr="00046764" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Bilaga 1 -</w:t>
       </w:r>
-      <w:r w:rsidR="00E17096" w:rsidRPr="00046764">
+      <w:r w:rsidRPr="00046764" w:rsidR="00E17096">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00046764">
+      <w:r w:rsidRPr="00046764" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Näsvård</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00046764">
+      <w:r w:rsidRPr="00046764" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> vid syrgasbehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A689C05" w14:textId="23E2F213" w:rsidR="001E37A5" w:rsidRPr="00FA7B58" w:rsidRDefault="00046764" w:rsidP="007A4EF1">
+    <w:p w:rsidRPr="00FA7B58" w:rsidR="001E37A5" w:rsidP="007A4EF1" w:rsidRDefault="00046764" w14:paraId="1A689C05" w14:textId="23E2F213">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00FA7B58">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00FA7B58">
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-484/SURROGATE/Syrgasbehandling%2c%20bilaga%202.%20Checklista%20barn%20inf%c3%b6r%20hemg%c3%a5ng.pdf" </w:instrText>
       </w:r>
       <w:r w:rsidR="00FA7B58">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00FA7B58">
+      <w:r w:rsidRPr="00FA7B58" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Bilaga 2 -</w:t>
       </w:r>
       <w:r w:rsidR="00E17096">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00FA7B58">
+      <w:r w:rsidRPr="00FA7B58" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Checklista barn inför hemgång med syrgasbehandling)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D00ADF" w14:textId="0E51ECEA" w:rsidR="00E219B2" w:rsidRPr="00E219B2" w:rsidRDefault="00FA7B58" w:rsidP="007A4EF1">
+    <w:p w:rsidRPr="00E219B2" w:rsidR="00E219B2" w:rsidP="007A4EF1" w:rsidRDefault="00FA7B58" w14:paraId="24D00ADF" w14:textId="0E51ECEA">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00D16C88">
+      <w:hyperlink w:history="1" r:id="rId12">
+        <w:r w:rsidRPr="00D16C88" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Bilaga 3 - Checklista vuxen inför hemgång med</w:t>
         </w:r>
-        <w:r w:rsidR="00E219B2" w:rsidRPr="00D16C88">
+        <w:r w:rsidRPr="00D16C88" w:rsidR="00E219B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00D16C88">
+        <w:r w:rsidRPr="00D16C88" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>LTOT</w:t>
         </w:r>
-        <w:r w:rsidR="00E219B2" w:rsidRPr="00D16C88">
+        <w:r w:rsidRPr="00D16C88" w:rsidR="00E219B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD6D57">
+        <w:r w:rsidRPr="00CD6D57" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>(</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD6D57">
+        <w:r w:rsidRPr="00CD6D57" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>LångTidsOxygenTerapi</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD6D57">
+        <w:r w:rsidRPr="00CD6D57" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>). Terapeutisk indikation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FB28845" w14:textId="77FA965C" w:rsidR="00841B28" w:rsidRPr="009576A3" w:rsidRDefault="009576A3" w:rsidP="007A4EF1">
+    <w:p w:rsidRPr="009576A3" w:rsidR="00841B28" w:rsidP="007A4EF1" w:rsidRDefault="009576A3" w14:paraId="2FB28845" w14:textId="77FA965C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-486/SURROGATE/Syrgasbehandling%2c%20bilaga%204.%20Checklista%20Inf%c3%b6r%20hemg%c3%a5ng%20med%20palliativ%20syrgasbehandling.pdf" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="009576A3">
+      <w:r w:rsidRPr="009576A3" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Bilaga 4 - Checklista inför hemgång med LTOT (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="009576A3">
+      <w:r w:rsidRPr="009576A3" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>LångTidsOxygenTerapi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="009576A3">
+      <w:r w:rsidRPr="009576A3" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>). Palliativ indikation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429B75BC" w14:textId="636740F4" w:rsidR="00841B28" w:rsidRPr="00364814" w:rsidRDefault="009576A3" w:rsidP="007A4EF1">
+    <w:p w:rsidRPr="00364814" w:rsidR="00841B28" w:rsidP="007A4EF1" w:rsidRDefault="009576A3" w14:paraId="429B75BC" w14:textId="636740F4">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00364814">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00364814">
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-409/SURROGATE/Syrgasbehandling%2c%20bilaga%205.%20Information%20till%20v%c3%a5rdnadshavare%20f%c3%b6r%20barn%20med%20syrgasbehandling%20i%20hemmet.pdf" </w:instrText>
       </w:r>
       <w:r w:rsidR="00364814">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00364814">
+      <w:r w:rsidRPr="00364814" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Bilaga 5 - Information till vårdnadshavare för barn med syrgasbehandling i hemmet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F55EE7" w14:textId="0B33C276" w:rsidR="00841B28" w:rsidRPr="00CD6D57" w:rsidRDefault="00364814" w:rsidP="007A4EF1">
+    <w:p w:rsidRPr="00CD6D57" w:rsidR="00841B28" w:rsidP="007A4EF1" w:rsidRDefault="00364814" w14:paraId="60F55EE7" w14:textId="0B33C276">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD6D57">
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="00CD6D57" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Bilaga 6 - Information till vuxna med </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD6D57">
+        <w:r w:rsidRPr="00CD6D57" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>syrgaskoncentrator</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD6D57">
+        <w:r w:rsidRPr="00CD6D57" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> i hemmet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1402E9E7" w14:textId="5BB7D8F8" w:rsidR="00841B28" w:rsidRPr="00CD6D57" w:rsidRDefault="00903D38" w:rsidP="007A4EF1">
+    <w:p w:rsidRPr="00CD6D57" w:rsidR="00841B28" w:rsidP="007A4EF1" w:rsidRDefault="00903D38" w14:paraId="1402E9E7" w14:textId="5BB7D8F8">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD6D57">
+      <w:hyperlink w:history="1" r:id="rId14">
+        <w:r w:rsidRPr="00CD6D57" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Bilaga 7 - Information till vuxna med syrgasflaskor i hemmet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21133D7B" w14:textId="35643FC2" w:rsidR="00CD7AEB" w:rsidRPr="0025358D" w:rsidRDefault="0025358D" w:rsidP="007A4EF1">
+    <w:p w:rsidRPr="0025358D" w:rsidR="00CD7AEB" w:rsidP="007A4EF1" w:rsidRDefault="0025358D" w14:paraId="21133D7B" w14:textId="35643FC2">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-407/SURROGATE/Syrgasbehandling%20i%20hemmet%2c%20bilaga%208%20-%20Tekniska%20fel.pdf" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="0025358D">
+      <w:r w:rsidRPr="0025358D" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Bilaga 8 - Syrgasbehandling i hemmet - tekniska fel</w:t>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="0025358D">
+      <w:r w:rsidRPr="0025358D" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (patientinformation)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485ABE79" w14:textId="10B6420B" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="0025358D" w:rsidP="00E95D99">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E95D99" w:rsidRDefault="0025358D" w14:paraId="485ABE79" w14:textId="10B6420B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Toc454867746"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:bookmarkStart w:name="_Toc454867746" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc518295073" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc518573340" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc256000105" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc256000131" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc256000157" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc159407086" w:id="23"/>
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="5C4A0A7D" w14:textId="690F28A0" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00EC546A">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00EC546A" w:rsidRDefault="00CD7AEB" w14:paraId="5C4A0A7D" w14:textId="690F28A0">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Syrgas är ett läkemedel och ska ordineras av läkare. Syrgas ska ordineras på läkemedelslista där syrgasflöde, administrationssätt, planerad behandlingstid samt eventuella inskränkningar i behandlingstidens längd (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> 14 timmar/dygn) ska framgå.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8131C8" w14:textId="0596816F" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00EC546A">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00EC546A" w:rsidRDefault="00CD7AEB" w14:paraId="1F8131C8" w14:textId="0596816F">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Sjuksköterska verksam inom lungsjukdomar eller barn- och ungdomsmedicin (”syrgassjuksköterska”) med medicinskt underlag från specialistläkare inom dessa områden kan förskriva utrustning för oxygenbehandling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EBEFC1A" w14:textId="22CFACEB" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00F717C4">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00F717C4" w:rsidRDefault="00CD7AEB" w14:paraId="7EBEFC1A" w14:textId="22CFACEB">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">I slutenvården sker tillförsel av syrgas via vägguttag eller via syrgasflaska. I hemmet kan syrgas tillföras från </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>, syrgasflaskor eller behållare med flytande syrgas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FDA710B" w14:textId="60C84216" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00717CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00717CA7" w:rsidRDefault="00CD7AEB" w14:paraId="7FDA710B" w14:textId="60C84216">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Förutsättningar"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="35" w:name="_Toc159407087"/>
+      <w:bookmarkStart w:name="_Förutsättningar" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc454867747" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc518295074" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc518573341" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000106" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc256000132" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000158" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc159407087" w:id="35"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="00CD7AEB">
-        <w:lastRenderedPageBreak/>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="7A2FC015" w14:textId="08244391" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00903D38" w:rsidP="009F4A6B">
-[...1 lines deleted...]
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="006240EC">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="009F4A6B" w:rsidRDefault="00903D38" w14:paraId="7A2FC015" w14:textId="08244391">
+      <w:hyperlink w:history="1" r:id="rId15">
+        <w:r w:rsidRPr="006240EC" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="006414AC">
+      <w:r w:rsidRPr="006414AC" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t xml:space="preserve">[1] säger att ”Andningsoxygen är ett läkemedel som i princip endast ska ordineras vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t>hypoxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t xml:space="preserve"> (onormalt låg </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t>saturation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t>). Andnöd, bröstsmärta, illamående och så vidare är i sig inte indikationer för syrgasbehandling”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E8E708" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="009F4A6B">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="009F4A6B" w:rsidRDefault="00CD7AEB" w14:paraId="14E8E708" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Använd </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>pulsoximetri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> som screening på vida indikationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F3EC0E" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="009F4A6B">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="009F4A6B" w:rsidRDefault="00CD7AEB" w14:paraId="45F3EC0E" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Syrgasmättnad &gt;90 %, syrgastillförsel behövs vanligtvis inte.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39B3C03C" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="009F4A6B">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="009F4A6B" w:rsidRDefault="00CD7AEB" w14:paraId="39B3C03C" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Syrgasmättnad &lt;90 %, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>artärblodgas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> visar PaO2 &lt;7,5 (8) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>kPa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">. Ofta lämpligt att ge syrgas. PaO2 &lt;6 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>kPa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>, i regel absolut behandlingsindikation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE28DE5" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="006240EC" w:rsidRDefault="00CD7AEB" w:rsidP="009F4A6B">
+    <w:p w:rsidRPr="006240EC" w:rsidR="00CD7AEB" w:rsidP="009F4A6B" w:rsidRDefault="00CD7AEB" w14:paraId="3FE28DE5" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006240EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Samtidig koldioxidretention får inte förhindra nödvändig syrgastillförsel men skärper kraven på övervakning av andning och vakenhetsgrad samt blodgaskontroller</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0E37">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716A6AB2" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="009F4A6B">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="009F4A6B" w:rsidRDefault="00CD7AEB" w14:paraId="716A6AB2" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Ovanstående är en generell rekommendation. Kliniker/enheter har ofta egna riktlinjer om syrgastillförsel där indikationer, flöden </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> framgår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8C2D12" w14:textId="0A2B8EA8" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00211297">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00211297" w:rsidRDefault="00CD7AEB" w14:paraId="1A8C2D12" w14:textId="0A2B8EA8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc454867748"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="_Toc159407088"/>
+      <w:bookmarkStart w:name="_Toc454867748" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc256000055" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc518295075" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc518573342" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc256000081" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000107" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc256000133" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000159" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc159407088" w:id="46"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Viktiga säkerhetsaspekter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="0EA9CF81" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="0EA9CF81" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t xml:space="preserve">Syrgas i gasform är färglös, luktlös och smaklös. Syrgas är något tyngre än luft och kan därför samlas i </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0042725C">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0042725C">
         <w:t xml:space="preserve"> avlopp eller källare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="238A31AD" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="238A31AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t>Syrgas är i sig själv inte brännbar men påskyndar och underhåller för-bränning. Redan ett par procents höjning av syrgashalten i luften leder till ökad förbränningshastighet i exempelvis kläder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A07AF7" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="07A07AF7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t>Rökning och alla former av öppen eld är förbjuden i utrymmen/hem där syrgas används eller förvaras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329A034A" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="329A034A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t>Lägg aldrig en syrgasgrimma, mask eller näskateter direkt på kläder, sängkläder eller andra textilier när syrgasbehandling pågår.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597CF224" w14:textId="7C5ACBD1" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="597CF224" w14:textId="7C5ACBD1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t>Syrgas ansamlas lätt i textilier, hår och skägg. Finns det risk för anri</w:t>
       </w:r>
       <w:r w:rsidR="004620C6">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="0042725C">
         <w:t xml:space="preserve">ning (att det blivit för mycket) så skaka kläder </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0042725C">
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0042725C">
         <w:t xml:space="preserve"> ordentligt; det räcker inte bara med att vädra. Borsta ur hår och skägg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29623B20" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="29623B20" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t>Stäng alltid av syrgasutrustningen då den inte används.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3883119E" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="3883119E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t>Dosera alltid enligt läkarens ordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1747AFD2" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="1747AFD2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t>Lungorna är ingen ”tank” som kan fyllas upp med syrgas. Oxygenet är ”ute ur kroppen” efter cirka 5 minuter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3430C177" w14:textId="51598465" w:rsidR="00CD7AEB" w:rsidRPr="0042725C" w:rsidRDefault="00CD7AEB" w:rsidP="0042725C">
+    <w:p w:rsidRPr="0042725C" w:rsidR="00CD7AEB" w:rsidP="0042725C" w:rsidRDefault="00CD7AEB" w14:paraId="3430C177" w14:textId="51598465">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="0042725C">
         <w:t>Fett, handdesinfektion och olja får absolut inte användas vid hantering av syrgasflaskornas ventil, koppling eller utrustning. Det kan leda till explosion och/eller antändlighet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7AB238" w14:textId="7A83306E" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00176B29">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00176B29" w:rsidRDefault="00CD7AEB" w14:paraId="4D7AB238" w14:textId="7A83306E">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Oxygenbehandling_i_palliativ"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="58" w:name="_Toc159407089"/>
+      <w:bookmarkStart w:name="_Oxygenbehandling_i_palliativ" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc454867749" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc518295076" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc518573343" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc256000082" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc256000108" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc256000134" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc256000160" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc159407089" w:id="58"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidRPr="00CD7AEB">
-        <w:lastRenderedPageBreak/>
         <w:t>Syrgasbehandling i palliativ vård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
     </w:p>
-    <w:p w14:paraId="7713ECD3" w14:textId="720C162B" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00EC546A">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00EC546A" w:rsidRDefault="00CD7AEB" w14:paraId="7713ECD3" w14:textId="720C162B">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">En del patienter i palliativ vård, som tidigare inte behandlats med syrgas, kan drabbas av tillstånd med andnöd. Det kan </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> inträffa vid cancerväxt i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>pleura</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>lungparenchym</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>mediastinum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">. I dessa fall kan frågan om syrgasbehandling dyka upp. Det finns idag inga vetenskapliga belägg för att syrgas minskar andnöd. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Dyspnékänsla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> är oftast inte relaterad till syrgasmättnad i blodet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52715CBA" w14:textId="0F139846" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00EC546A">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00EC546A" w:rsidRDefault="00CD7AEB" w14:paraId="52715CBA" w14:textId="0F139846">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">uppmätt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hypoxi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> kan syrgasbehandling prövas men effekten ska utvärderas hos varje enskild patient. Oftast handlar det om en subjektiv utvärdering. Behandlingseffekten får vägas mot nackdelar i form av bundenhet, muntorrhet och beroende. Den bästa behandlingen av andnöd i palliativ vård är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>opioider</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>benzodiazepiner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">, ibland i kombination. Det kan även vara av nytta för patienten att ha ett fönster öppet eller </w:t>
       </w:r>
       <w:r w:rsidR="00751086">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>nvända bordsfläkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61FF31FF" w14:textId="22A9B50D" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E774DE">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E774DE" w:rsidRDefault="00CD7AEB" w14:paraId="61FF31FF" w14:textId="22A9B50D">
       <w:pPr>
         <w:spacing w:before="120" w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>För rådgivning om palliativ syrgasbehandli</w:t>
       </w:r>
       <w:r w:rsidR="00751086">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>g kan kontakt tas med:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162DE918" w14:textId="21B46974" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="003F768E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="003F768E" w:rsidRDefault="00CD7AEB" w14:paraId="162DE918" w14:textId="21B46974">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Palliativa </w:t>
       </w:r>
       <w:r w:rsidR="00D034D2">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">esursteamet, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="004A6F12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>033</w:t>
       </w:r>
       <w:r w:rsidR="00751086">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
@@ -3241,51 +3248,51 @@
       <w:r w:rsidRPr="004A6F12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>47</w:t>
       </w:r>
       <w:r w:rsidR="00751086">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A6F12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>75</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A53EEF2" w14:textId="505AD4D0" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="003F768E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="003F768E" w:rsidRDefault="00CD7AEB" w14:paraId="7A53EEF2" w14:textId="505AD4D0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Syrgassjuksköterska, lung</w:t>
       </w:r>
       <w:r w:rsidR="00D825C7">
         <w:t>enheten</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> SÄS, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="004A6F12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>033</w:t>
       </w:r>
       <w:r w:rsidR="00751086">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
@@ -3293,1793 +3300,1793 @@
       <w:r w:rsidRPr="004A6F12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00751086">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A6F12">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>616 32 29</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0102A0B8" w14:textId="0C265367" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00D825C7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00D825C7" w:rsidRDefault="00CD7AEB" w14:paraId="0102A0B8" w14:textId="0C265367">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Mer information om syrgasbehandling i palliativ vård finns i </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId16">
         <w:r w:rsidRPr="00571E9D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Nationellt vårdprogram för palliativ vård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> [2].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F849B80" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00DE70C1">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00DE70C1" w:rsidRDefault="00CD7AEB" w14:paraId="0F849B80" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc454867750"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="69" w:name="_Toc159407090"/>
+      <w:bookmarkStart w:name="_Toc454867750" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc518295077" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc518573344" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc256000083" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc256000109" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc256000135" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc256000161" w:id="68"/>
+      <w:bookmarkStart w:name="_Toc159407090" w:id="69"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
     </w:p>
-    <w:p w14:paraId="6D4E24E9" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00F24156" w:rsidRDefault="00CD7AEB" w:rsidP="00652C7A">
+    <w:p w:rsidRPr="00F24156" w:rsidR="00CD7AEB" w:rsidP="00652C7A" w:rsidRDefault="00CD7AEB" w14:paraId="6D4E24E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Toc454867751"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="80" w:name="_Toc159407091"/>
+      <w:bookmarkStart w:name="_Toc454867751" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc518295078" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc518573345" w:id="75"/>
+      <w:bookmarkStart w:name="_Toc256000084" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000110" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000136" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc256000162" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc159407091" w:id="80"/>
       <w:r w:rsidRPr="00F24156">
         <w:t>Administrering (tillförsel) av syrgas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
     </w:p>
-    <w:p w14:paraId="1F404CB0" w14:textId="4D820A70" w:rsidR="003D44B6" w:rsidRPr="00F24156" w:rsidRDefault="007F4FD8" w:rsidP="007C3972">
+    <w:p w:rsidRPr="00F24156" w:rsidR="003D44B6" w:rsidP="007C3972" w:rsidRDefault="007F4FD8" w14:paraId="1F404CB0" w14:textId="4D820A70">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="_Toc159407092"/>
+      <w:bookmarkStart w:name="_Toc159407092" w:id="81"/>
       <w:r w:rsidRPr="00F24156">
         <w:t>Sy</w:t>
       </w:r>
-      <w:r w:rsidR="003D44B6" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="003D44B6">
         <w:t xml:space="preserve">rgasbehandling i slutenvården </w:t>
       </w:r>
       <w:r w:rsidRPr="00F24156">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="007C3972" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="007C3972">
         <w:t xml:space="preserve"> barn och ungdomar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
-    <w:p w14:paraId="57145164" w14:textId="7154548B" w:rsidR="007B6E16" w:rsidRPr="00F24156" w:rsidRDefault="007B6E16" w:rsidP="007B6E16">
+    <w:p w:rsidRPr="00F24156" w:rsidR="007B6E16" w:rsidP="007B6E16" w:rsidRDefault="007B6E16" w14:paraId="57145164" w14:textId="7154548B">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="00F24156">
         <w:t>Syrgas (O2): Insättning, administrering och övervakning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CAC70AC" w14:textId="48809D9A" w:rsidR="003D44B6" w:rsidRPr="00F24156" w:rsidRDefault="00A73430" w:rsidP="00CF1EC5">
+    <w:p w:rsidRPr="00F24156" w:rsidR="003D44B6" w:rsidP="00CF1EC5" w:rsidRDefault="00A73430" w14:paraId="7CAC70AC" w14:textId="48809D9A">
       <w:r w:rsidRPr="00F24156">
         <w:t xml:space="preserve">Ordineras vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F24156">
         <w:t>desaturation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F24156">
         <w:t xml:space="preserve"> (SaO2</w:t>
       </w:r>
-      <w:r w:rsidR="001B37CE" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="001B37CE">
         <w:t xml:space="preserve"> &lt;</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="001B37CE" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="001B37CE">
         <w:t>90-93</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="001B37CE" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="001B37CE">
         <w:t xml:space="preserve">%), ökat andningsarbete eller respiratorisk insufficiens. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="001B37CE" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="001B37CE">
         <w:t>Målsaturation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00293EFA" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="00293EFA">
         <w:t xml:space="preserve">: SaO2 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00293EFA" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="00293EFA">
         <w:t>95-98</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00293EFA" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="00293EFA">
         <w:t>%.</w:t>
       </w:r>
-      <w:r w:rsidR="001E092B" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="001E092B">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00293EFA" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="00293EFA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
-      <w:r w:rsidR="00293EFA" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="00293EFA">
         <w:t xml:space="preserve"> Individuella gränser finns i särskilda fall, exempelvis prematura barn, vid </w:t>
       </w:r>
-      <w:r w:rsidR="007B6E16" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="007B6E16">
         <w:t>kronisk hjärt- eller lungsjukdom.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE1DA0A" w14:textId="73F7F8AE" w:rsidR="004F16CC" w:rsidRPr="00F24156" w:rsidRDefault="004F16CC" w:rsidP="007B6E16">
+    <w:p w:rsidRPr="00F24156" w:rsidR="004F16CC" w:rsidP="007B6E16" w:rsidRDefault="004F16CC" w14:paraId="1CE1DA0A" w14:textId="73F7F8AE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F24156">
         <w:t>Avstå inte syrgasbehandling p.g.a. samtidig koldioxidretention, men övervaka noga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B85E34A" w14:textId="6DBDD9B1" w:rsidR="004F16CC" w:rsidRPr="00F24156" w:rsidRDefault="004F16CC" w:rsidP="007B6E16">
+    <w:p w:rsidRPr="00F24156" w:rsidR="004F16CC" w:rsidP="007B6E16" w:rsidRDefault="004F16CC" w14:paraId="6B85E34A" w14:textId="6DBDD9B1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00F24156">
         <w:t>Syrgasbehandling ska ordineras, övervakas och utvärderas</w:t>
       </w:r>
-      <w:r w:rsidR="00433115" w:rsidRPr="00F24156">
+      <w:r w:rsidRPr="00F24156" w:rsidR="00433115">
         <w:t>. Utvärdering av behandling sker med POX-mätare, blodgaser samt bedömning av andningsarbete.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="8586" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2124"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="1216"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E05FA" w:rsidRPr="009643CE" w14:paraId="5D5B93C7" w14:textId="77777777" w:rsidTr="00B53F1B">
+      <w:tr w:rsidRPr="009643CE" w:rsidR="007E05FA" w:rsidTr="00B53F1B" w14:paraId="5D5B93C7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8586" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="383ED419" w14:textId="28EC05A3" w:rsidR="007E05FA" w:rsidRPr="009643CE" w:rsidRDefault="007E05FA" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="007E05FA" w:rsidP="00A13EE8" w:rsidRDefault="007E05FA" w14:paraId="383ED419" w14:textId="28EC05A3">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0" w:right="29"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Syrgas (O</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D27A0F" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00D27A0F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>administrering</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004D73" w:rsidRPr="009643CE" w14:paraId="79F1D1FE" w14:textId="77777777" w:rsidTr="007E05FA">
+      <w:tr w:rsidRPr="009643CE" w:rsidR="00004D73" w:rsidTr="007E05FA" w14:paraId="79F1D1FE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72166D35" w14:textId="77777777" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000D04B8" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000D04B8" w14:paraId="72166D35" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="195"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61689073" w14:textId="2BEAB913" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00145185" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00145185" w14:paraId="61689073" w14:textId="2BEAB913">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Flöde</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="037A71E9" w14:textId="767B63B4" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00145185" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00145185" w14:paraId="037A71E9" w14:textId="767B63B4">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="121"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="00BE2EA5" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00BE2EA5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
-            <w:r w:rsidR="00D9348D" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00D9348D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>O2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B709ADD" w14:textId="4F7459E8" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00D9348D" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00D9348D" w14:paraId="0B709ADD" w14:textId="4F7459E8">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="29"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Kommentar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004D73" w:rsidRPr="009643CE" w14:paraId="1B610CC2" w14:textId="77777777" w:rsidTr="007E05FA">
+      <w:tr w:rsidRPr="009643CE" w:rsidR="00004D73" w:rsidTr="007E05FA" w14:paraId="1B610CC2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1208F0" w14:textId="7718B25F" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00D9348D" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00D9348D" w14:paraId="4D1208F0" w14:textId="7718B25F">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="193"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Näsgrimma</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47EDCF35" w14:textId="5B2DB973" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00004D73" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00004D73" w14:paraId="47EDCF35" w14:textId="5B2DB973">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>0,1-2</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:t xml:space="preserve"> L/min. I undan</w:t>
             </w:r>
-            <w:r w:rsidR="0055351A" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="0055351A">
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:t>tagsfall för barn &gt;</w:t>
             </w:r>
-            <w:r w:rsidR="00317D9C" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00317D9C">
               <w:t>2 års ålder ges max 4 L/min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0932ECF0" w14:textId="0F9A30E7" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000B399A" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000B399A" w14:paraId="0932ECF0" w14:textId="0F9A30E7">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>23-36</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00911C64" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00911C64">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B86E03" w14:textId="44A203A5" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000B481D" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000B481D" w14:paraId="01B86E03" w14:textId="44A203A5">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:t>Överväg fuktning. Lågflödesmätare bör användas vid syrgasflöden</w:t>
             </w:r>
-            <w:r w:rsidR="004A3FCF" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="004A3FCF">
               <w:t xml:space="preserve"> &lt;2 L/min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004D73" w:rsidRPr="009643CE" w14:paraId="794D561F" w14:textId="77777777" w:rsidTr="007E05FA">
+      <w:tr w:rsidRPr="009643CE" w:rsidR="00004D73" w:rsidTr="007E05FA" w14:paraId="794D561F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="753333A3" w14:textId="56E1DAF5" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00D9348D" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00D9348D" w14:paraId="753333A3" w14:textId="56E1DAF5">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="193"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Mask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31E9D011" w14:textId="4ADC7335" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000B399A" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000B399A" w14:paraId="31E9D011" w14:textId="4ADC7335">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>5-10</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:t xml:space="preserve"> L/min</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4850D7CB" w14:textId="3F78702E" w:rsidR="000B399A" w:rsidRPr="009643CE" w:rsidRDefault="000B399A" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000B399A" w:rsidP="00A13EE8" w:rsidRDefault="000B399A" w14:paraId="4850D7CB" w14:textId="3F78702E">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60737005" w14:textId="303BD817" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00911C64" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00911C64" w14:paraId="60737005" w14:textId="303BD817">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>40-60</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:t> %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="479D5186" w14:textId="440BE7F5" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="004A3FCF" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="004A3FCF" w14:paraId="479D5186" w14:textId="440BE7F5">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:t>Ge inte &lt;5 L/min p</w:t>
             </w:r>
-            <w:r w:rsidR="00161652" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00161652">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:t>g</w:t>
             </w:r>
-            <w:r w:rsidR="00161652" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00161652">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00161652" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00161652">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:t xml:space="preserve"> risk för </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>återandning</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:t xml:space="preserve"> och CO2-rete</w:t>
             </w:r>
-            <w:r w:rsidR="00161652" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="00161652">
               <w:t>tion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004D73" w:rsidRPr="009643CE" w14:paraId="1C6B2A47" w14:textId="77777777" w:rsidTr="007E05FA">
+      <w:tr w:rsidRPr="009643CE" w:rsidR="00004D73" w:rsidTr="007E05FA" w14:paraId="1C6B2A47" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="26EDD84D" w14:textId="53C1E26D" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00D9348D" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00D9348D" w14:paraId="26EDD84D" w14:textId="53C1E26D">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="193"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>OxyMask</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> (öppen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D8FD153" w14:textId="49C6BA83" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000B399A" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000B399A" w14:paraId="0D8FD153" w14:textId="49C6BA83">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>1-15</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:t xml:space="preserve"> L/min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="615E1E57" w14:textId="1E4B6810" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00D221F1" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00D221F1" w14:paraId="615E1E57" w14:textId="1E4B6810">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>24-90</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="008F5BCD" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="008F5BCD">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72BECA7E" w14:textId="77777777" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000D04B8" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000D04B8" w14:paraId="72BECA7E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004D73" w:rsidRPr="009643CE" w14:paraId="1F7DD68B" w14:textId="77777777" w:rsidTr="007E05FA">
+      <w:tr w:rsidRPr="009643CE" w:rsidR="00004D73" w:rsidTr="007E05FA" w14:paraId="1F7DD68B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="5641ABDA" w14:textId="1C53BFE2" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00D9348D" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00D9348D" w14:paraId="5641ABDA" w14:textId="1C53BFE2">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="193"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Reservoarmask</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="306A9DAB" w14:textId="6359F67A" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000B399A" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000B399A" w14:paraId="306A9DAB" w14:textId="6359F67A">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>10-15</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:t xml:space="preserve"> L/min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="052F69F0" w14:textId="3D3AA38B" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00D221F1" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00D221F1" w14:paraId="052F69F0" w14:textId="3D3AA38B">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>80-95</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="008F5BCD" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="008F5BCD">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06FFD43D" w14:textId="77777777" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000D04B8" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000D04B8" w14:paraId="06FFD43D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004D73" w:rsidRPr="009643CE" w14:paraId="62CC3944" w14:textId="77777777" w:rsidTr="007E05FA">
+      <w:tr w:rsidRPr="009643CE" w:rsidR="00004D73" w:rsidTr="007E05FA" w14:paraId="62CC3944" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="399C56AE" w14:textId="398A24AE" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00D9348D" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00D9348D" w14:paraId="399C56AE" w14:textId="398A24AE">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="20" w:after="20"/>
               <w:ind w:left="0" w:right="193"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Tratt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DB6364A" w14:textId="6647F165" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="00911C64" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="00911C64" w14:paraId="3DB6364A" w14:textId="6647F165">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:t>10 L/min</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="124D9000" w14:textId="6F06D75F" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="000B481D" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="000B481D" w14:paraId="124D9000" w14:textId="6F06D75F">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>30-40</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="008F5BCD" w:rsidRPr="009643CE">
+            <w:r w:rsidRPr="009643CE" w:rsidR="008F5BCD">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009643CE">
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4499FEAE" w14:textId="1177E353" w:rsidR="000D04B8" w:rsidRPr="009643CE" w:rsidRDefault="008A0A6E" w:rsidP="00A13EE8">
+          <w:p w:rsidRPr="009643CE" w:rsidR="000D04B8" w:rsidP="00A13EE8" w:rsidRDefault="008A0A6E" w14:paraId="4499FEAE" w14:textId="1177E353">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="009643CE">
               <w:t xml:space="preserve">Hålls cirka </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>10-30</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:t xml:space="preserve"> cm från ansiktet, på </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>sternumnivå</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009643CE">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F98020C" w14:textId="0E987443" w:rsidR="00491CCE" w:rsidRPr="009643CE" w:rsidRDefault="00B724C5" w:rsidP="00D27A0F">
+    <w:p w:rsidRPr="009643CE" w:rsidR="00491CCE" w:rsidP="00D27A0F" w:rsidRDefault="00B724C5" w14:paraId="5F98020C" w14:textId="0E987443">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="009643CE">
         <w:rPr>
           <w:rStyle w:val="UnderrubrikChar"/>
         </w:rPr>
         <w:t>Högflödesgrimma</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107BF76D" w14:textId="5245ECBD" w:rsidR="00433115" w:rsidRPr="009643CE" w:rsidRDefault="00B724C5" w:rsidP="00C9610B">
+    <w:p w:rsidRPr="009643CE" w:rsidR="00433115" w:rsidP="00C9610B" w:rsidRDefault="00B724C5" w14:paraId="107BF76D" w14:textId="5245ECBD">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="009643CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Flödesinställning</w:t>
       </w:r>
       <w:r w:rsidRPr="009643CE">
         <w:t xml:space="preserve">: Vikt </w:t>
       </w:r>
-      <w:r w:rsidR="00C9610B" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="00C9610B">
         <w:t xml:space="preserve">+ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C9610B" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="00C9610B">
         <w:t>1-2</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C9610B" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="00C9610B">
         <w:t xml:space="preserve"> min. Trappa upp flödet vid behov. Max flöde: 2 L/kg</w:t>
       </w:r>
-      <w:r w:rsidR="00D91F27" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="00D91F27">
         <w:t>/min första 10 kg. Därefter + 0,5 L/kg/min. Högst 40 L/min.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C24D199" w14:textId="77777777" w:rsidR="00226A5C" w:rsidRPr="009643CE" w:rsidRDefault="006846B7" w:rsidP="00226A5C">
+    <w:p w:rsidRPr="009643CE" w:rsidR="00226A5C" w:rsidP="00226A5C" w:rsidRDefault="006846B7" w14:paraId="1C24D199" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009643CE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Exempel: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1891A27D" w14:textId="77777777" w:rsidR="00347DCD" w:rsidRPr="009643CE" w:rsidRDefault="006846B7" w:rsidP="00C9610B">
+    <w:p w:rsidRPr="009643CE" w:rsidR="00347DCD" w:rsidP="00C9610B" w:rsidRDefault="006846B7" w14:paraId="1891A27D" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="009643CE">
         <w:t>16 kg: 23 L/min (=</w:t>
       </w:r>
-      <w:r w:rsidR="0029658F" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="0029658F">
         <w:t>10 kg x 2 + 6 kg x 0,5). Max startflöde är 25 L/min</w:t>
       </w:r>
-      <w:r w:rsidR="00347DCD" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="00347DCD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EEB712" w14:textId="048C7655" w:rsidR="00660958" w:rsidRPr="009643CE" w:rsidRDefault="00347DCD" w:rsidP="00C9610B">
+    <w:p w:rsidRPr="009643CE" w:rsidR="00660958" w:rsidP="00C9610B" w:rsidRDefault="00347DCD" w14:paraId="11EEB712" w14:textId="048C7655">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="009643CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>O2</w:t>
       </w:r>
       <w:r w:rsidRPr="009643CE">
         <w:t>: Starta O2 högt, sänk successivt utifrån behandlingssvar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C23263" w14:textId="25F1C308" w:rsidR="000B27D1" w:rsidRDefault="000B27D1" w:rsidP="00D17E90">
+    <w:p w:rsidR="000B27D1" w:rsidP="00D17E90" w:rsidRDefault="000B27D1" w14:paraId="60C23263" w14:textId="25F1C308">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="009643CE">
         <w:t xml:space="preserve">(avsnitt </w:t>
       </w:r>
-      <w:r w:rsidR="009D05C3" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="009D05C3">
         <w:t xml:space="preserve">ovan </w:t>
       </w:r>
       <w:r w:rsidRPr="009643CE">
         <w:t xml:space="preserve">hämtat från </w:t>
       </w:r>
-      <w:r w:rsidR="009D05C3" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="009D05C3">
         <w:t>”</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00D17E90" w:rsidRPr="009643CE">
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="009643CE" w:rsidR="00D17E90">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Akutpediatrik</w:t>
         </w:r>
-        <w:r w:rsidR="009D05C3" w:rsidRPr="009643CE">
+        <w:r w:rsidRPr="009643CE" w:rsidR="009D05C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>”</w:t>
         </w:r>
-        <w:r w:rsidR="00D17E90" w:rsidRPr="009643CE">
+        <w:r w:rsidRPr="009643CE" w:rsidR="00D17E90">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>, fickkompendium</w:t>
         </w:r>
-        <w:r w:rsidR="009D05C3" w:rsidRPr="009643CE">
+        <w:r w:rsidRPr="009643CE" w:rsidR="009D05C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>, version 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009D05C3" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="009D05C3">
         <w:t>, från Drottning Silvias barnsjukhus</w:t>
       </w:r>
-      <w:r w:rsidR="00F77932" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="00F77932">
         <w:t xml:space="preserve"> (sid 8)</w:t>
       </w:r>
-      <w:r w:rsidR="009D05C3" w:rsidRPr="009643CE">
+      <w:r w:rsidRPr="009643CE" w:rsidR="009D05C3">
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23265B27" w14:textId="1D6114AC" w:rsidR="00422C89" w:rsidRDefault="00910D6E" w:rsidP="006904BA">
+    <w:p w:rsidR="00422C89" w:rsidP="006904BA" w:rsidRDefault="00910D6E" w14:paraId="23265B27" w14:textId="1D6114AC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc159407093"/>
+      <w:bookmarkStart w:name="_Toc159407093" w:id="82"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="006904BA">
         <w:t xml:space="preserve">yrgasbehandling </w:t>
       </w:r>
       <w:r w:rsidR="00BD6D14">
         <w:t>till vuxna</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
     </w:p>
-    <w:p w14:paraId="69EAED50" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="69EAED50" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Patienten kan få syrgas via </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>näsgrimma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">, näskateter eller mask. I </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId18">
         <w:r w:rsidRPr="006609C7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vård-handboken, avsnitt Oxygenbehandling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> [1] beskrivs de olika formerna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="749EFAD7" w14:textId="4B8C9E4C" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="749EFAD7" w14:textId="4B8C9E4C">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">I hjälpmedelscentralens datasystem </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>WebSesam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> finns ett sortiment av syrgasgrimmor och masker som kan förskrivas till patienter. Det är viktigt att kontrollera vilka flöden som leverantören rekommenderar för respektive grimma eller mask.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1209EFB6" w14:textId="330AC116" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00DE70C1">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00DE70C1" w:rsidRDefault="00CD7AEB" w14:paraId="1209EFB6" w14:textId="330AC116">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc454867752"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="93" w:name="_Toc159407094"/>
+      <w:bookmarkStart w:name="_Toc454867752" w:id="83"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="84"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="85"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc518295079" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc518573346" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000085" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc256000111" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc256000137" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc256000163" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc159407094" w:id="93"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Vid besvär i munnen/läppar/näsa</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
-    <w:p w14:paraId="223DD849" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="223DD849" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Personer med syrgasbehandling bör dagligen genomföra noggrann </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>näsvård</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> för att förhindra torra och sköra slemhinnor i näsan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399F20B7" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="399F20B7" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Salivstimulerande tabletter eller fuktighetsbevarande gel kan användas. Produkterna finns att köpa på apotek.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B6EF2A" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="28B6EF2A" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Cerat kan användas vid torra läppar, men lägg på ett tunt lager.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D01DA34" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="0D01DA34" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Vanlig koksaltlösning kan användas för att fukta näsan och underlättar rengöringen. Även bra vid nästäppa. Finns att köpa på apotek.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1CBC5C" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="1B1CBC5C" w14:textId="77777777">
+      <w:r w:rsidRPr="00CD7AEB">
         <w:t>Nässpray med olja kan användas för att mjuka upp slemhinnor och minska irritationen. Finns att köpa på apotek.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3872C321" w14:textId="3E1393C4" w:rsidR="00CD7AEB" w:rsidRPr="0012526B" w:rsidRDefault="00F000D6" w:rsidP="005C5250">
+    <w:p w:rsidRPr="0012526B" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00F000D6" w14:paraId="3872C321" w14:textId="3E1393C4">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-408/SURROGATE/Syrgasbehandling%2c%20bilaga%201.%20N%c3%a4sv%c3%a5rd.pdf" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00F000D6">
+      <w:r w:rsidRPr="00F000D6" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve">Bilaga 1, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00F000D6">
+      <w:r w:rsidRPr="00F000D6" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Näsvård</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00F000D6">
+      <w:r w:rsidRPr="00F000D6" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> vid syrgasbehandling kan lämnas till patienter som har syrgasbehandling.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="94" w:name="_Befuktning"/>
-[...9 lines deleted...]
-    <w:bookmarkStart w:id="104" w:name="_Toc256000164"/>
+    <w:bookmarkStart w:name="_Befuktning" w:id="94"/>
+    <w:bookmarkStart w:name="_Toc454867753" w:id="95"/>
+    <w:bookmarkStart w:name="_Toc256000008" w:id="96"/>
+    <w:bookmarkStart w:name="_Toc256000034" w:id="97"/>
+    <w:bookmarkStart w:name="_Toc256000060" w:id="98"/>
+    <w:bookmarkStart w:name="_Toc518295080" w:id="99"/>
+    <w:bookmarkStart w:name="_Toc518573347" w:id="100"/>
+    <w:bookmarkStart w:name="_Toc256000086" w:id="101"/>
+    <w:bookmarkStart w:name="_Toc256000112" w:id="102"/>
+    <w:bookmarkStart w:name="_Toc256000138" w:id="103"/>
+    <w:bookmarkStart w:name="_Toc256000164" w:id="104"/>
     <w:bookmarkEnd w:id="94"/>
-    <w:p w14:paraId="25B49B30" w14:textId="57A0D605" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00F000D6" w:rsidP="00DE70C1">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00DE70C1" w:rsidRDefault="00F000D6" w14:paraId="25B49B30" w14:textId="57A0D605">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="105" w:name="_Toc159407095"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:bookmarkStart w:name="_Toc159407095" w:id="105"/>
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t>Befuktning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
     </w:p>
-    <w:p w14:paraId="1CB23DE2" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="1CB23DE2" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Det är tveksamt om befuktning av syrgas har någon effekt. Tvärtom kan det ge en ökad risk att patienten drabbas av pneumoni. Om befuktning ändå används ska det ske med engångsbubbelfuktare. Se även rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Tillbehör" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Tillbehör">
         <w:r w:rsidRPr="005A629E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Tillbehör</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A629E">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CFCB87A" w14:textId="783A9D1C" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00C118B3">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00C118B3" w:rsidRDefault="00CD7AEB" w14:paraId="7CFCB87A" w14:textId="783A9D1C">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="106" w:name="_Toc454867754"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="116" w:name="_Toc159407096"/>
+      <w:bookmarkStart w:name="_Toc454867754" w:id="106"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="107"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="108"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="109"/>
+      <w:bookmarkStart w:name="_Toc518295081" w:id="110"/>
+      <w:bookmarkStart w:name="_Toc518573348" w:id="111"/>
+      <w:bookmarkStart w:name="_Toc256000087" w:id="112"/>
+      <w:bookmarkStart w:name="_Toc256000113" w:id="113"/>
+      <w:bookmarkStart w:name="_Toc256000139" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc256000165" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc159407096" w:id="116"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Syrgasbehandling i slutenvården</w:t>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
     </w:p>
-    <w:p w14:paraId="063E1510" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="063E1510" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Doseringen styrs av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>saturationsvärdet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> och/eller koldioxidhalten, se rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Förutsättningar" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Förutsättningar">
         <w:r w:rsidRPr="005A629E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A629E">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16BABA4B" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="16BABA4B" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>I första hand väljs syrgas från vägguttag. Vid transporter inom sjukhuset används syrgasflaskor. Syrgasflaskor kan transporteras liggande eller stående. Flaskorna ska vara väl förankrade; särskilda hållare finns till rullstol eller rollator.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792F72F9" w14:textId="5C027591" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00987EC0">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00987EC0" w:rsidRDefault="00CD7AEB" w14:paraId="792F72F9" w14:textId="5C027591">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">För mer information om syrgasflaskor, se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId19">
         <w:r w:rsidRPr="005A629E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Oxygen från transportabel oxygenflaska</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A629E">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>[1]. Här finns bland annat information om hantering av flaskor samt uträkning om hur länge en flaska räcker.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5AAF0C" w14:textId="7D456C19" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="006D3A23">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="006D3A23" w:rsidRDefault="00CD7AEB" w14:paraId="2C5AAF0C" w14:textId="7D456C19">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="117" w:name="_Toc159407097"/>
+      <w:bookmarkStart w:name="_Toc159407097" w:id="117"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Om inneliggande patient ska ha syrgas i hemmet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="117"/>
     </w:p>
-    <w:p w14:paraId="2DFA2B1D" w14:textId="1B66410C" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="2DFA2B1D" w14:textId="1B66410C">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Om en inneliggande patient ska få syrgas i hemmet, se vidare under rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Syrgasbehandling_i_hemmet" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Syrgasbehandling_i_hemmet">
         <w:r w:rsidRPr="00BE566A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Syrgasbehandling i hemmet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BE566A">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7154C382" w14:textId="60AA300D" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="006D3A23">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="006D3A23" w:rsidRDefault="00CD7AEB" w14:paraId="7154C382" w14:textId="60AA300D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="118" w:name="_Syrgasbehandling_i_hemmet"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="129" w:name="_Toc159407098"/>
+      <w:bookmarkStart w:name="_Syrgasbehandling_i_hemmet" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc454867755" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc518295082" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc518573349" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc256000088" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc256000114" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc256000140" w:id="127"/>
+      <w:bookmarkStart w:name="_Toc256000166" w:id="128"/>
+      <w:bookmarkStart w:name="_Toc159407098" w:id="129"/>
       <w:bookmarkEnd w:id="118"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Syrgasbehandling i hemmet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
     </w:p>
-    <w:p w14:paraId="5BDD5979" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="5BDD5979" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Se även </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId20">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00BE566A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandbokens</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00BE566A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> avsnitt Oxygenbehandling under rubrik Behandling utanför slutenvården</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> [1].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BE4B8D" w14:textId="5F5205EE" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="55BE4B8D" w14:textId="5F5205EE">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Syrgas förskrivs huvudsakligen som långtidsbehandling, så kallad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>LångTidsOxygenTerapi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> (LTOT), oftast beroende på kronisk lungsjukdom. Syrgas ska förskrivas personligt (individuellt) och kan förskrivas på </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>terapeutiskt indikation</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> (LTOT) eller på palliativ indikation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00653CD7" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="00653CD7" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>För att LTOT ska ges fordras att patienten förstår behandlingen och dess risker samt kan genomföra den på ett ändamålsenligt och säkert sätt [4].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46DBA4B3" w14:textId="33986040" w:rsidR="00CD7AEB" w:rsidRPr="00E13AFA" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00E13AFA" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="46DBA4B3" w14:textId="33986040">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">När syrgasbehandling förskrivs till hemmet ska förskrivaren göra en bedömning om hälso- och sjukvårdsåtgärden kan utföras som egenvård. För mer information om egenvård, se </w:t>
       </w:r>
       <w:r w:rsidR="00546407">
         <w:t xml:space="preserve">rutinen </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>”</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="00672121" w:rsidRPr="00672121">
+      <w:hyperlink w:history="1" r:id="rId21">
+        <w:r w:rsidRPr="00672121" w:rsidR="00672121">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Egenvård och när blankett </w:t>
         </w:r>
-        <w:r w:rsidR="00672121" w:rsidRPr="00546407">
+        <w:r w:rsidRPr="00546407" w:rsidR="00672121">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>"</w:t>
         </w:r>
-        <w:r w:rsidR="00672121" w:rsidRPr="00672121">
+        <w:r w:rsidRPr="00672121" w:rsidR="00672121">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>egenvårdsintyg" ska skrivas, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00546407">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00546407" w:rsidRPr="00546407">
+      <w:r w:rsidRPr="00546407" w:rsidR="00546407">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00546407">
         <w:t>[5].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734A4164" w14:textId="3AE9638E" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="734A4164" w14:textId="3AE9638E">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Vid vistelse utanför hemmet finns också möjlighet till portabel syrgas. Nedan beskrivs kortfattat hur de olika syrgasformerna kan förskrivas till vårdtagare som är i behov av syrgas i hemmet. Den enskilde patientens behov ska avgöra vilken form av syrgas som förskrivs. Av säkerhets- och ekonomiska skäl är det viktigt att minimera antalet former av syrgas hos den enskilde patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BB83CE" w14:textId="5EA0C1F4" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="02BB83CE" w14:textId="5EA0C1F4">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Långtidsbehandling med syrgas (LTOT) förbättrar blodets syrehalt och därmed de inre organens syresättning. Belastningen på hjärtat minskar och överlevnaden förlängs ofta påtagligt. Andfåddheten vid ansträngning kvarstår vanligtvis men den allmänna tröttheten minskar och det blir lättare att koncentrera sig [4].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EBC2DA8" w14:textId="592065DF" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="6EBC2DA8" w14:textId="592065DF">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Förskrivning av syrgas i palliativ vård ska ske restriktivt, se rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Oxygenbehandling_i_palliativ" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Oxygenbehandling_i_palliativ">
         <w:r w:rsidRPr="00F000D6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Syrgasbehandling i palliativ vård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00600359">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00600359">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Om förskrivning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> ändå blir aktuellt, ska denna bedömning göras av läkare med specialistkompetens inom lungsjukdomar, oavsett var patienten vårdas. Om patienten inte hör till lungsektionen ska en konsultremiss skickas för lungkonsult. Om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> förskrivs på palliativ indikation åligger det patientansvarig specialistläkare att ha det fortsatta uppföljningsansvaret för syrgasbehandlingen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B5216D" w14:textId="42AE35CA" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="0023278A">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00CD7AEB">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="0023278A" w:rsidRDefault="00CD7AEB" w14:paraId="10B5216D" w14:textId="42AE35CA">
+      <w:pPr/>
+      <w:r w:rsidR="00CD7AEB">
+        <w:rPr/>
         <w:t xml:space="preserve">Syrgassköterska på lungmottagningen kan bistå med utbildning och information om skötsel av </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CD7AEB">
+      <w:r w:rsidR="00CD7AEB">
+        <w:rPr/>
         <w:t>syrgaskoncentratorn</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CD7AEB">
+      <w:r w:rsidR="00CD7AEB">
+        <w:rPr/>
         <w:t xml:space="preserve"> till både patient, dennes närstående och personal. Patientansvarig specialistläkare ansvarar för att kontakt tas med syrgassköterska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD00E18" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="006D3A23">
+    <w:p w:rsidR="50AB2781" w:rsidRDefault="50AB2781" w14:paraId="2FF5F7DA" w14:textId="68B732C0">
+      <w:r w:rsidR="50AB2781">
+        <w:rPr/>
+        <w:t xml:space="preserve">Alla barn som går hem med syrgasbehandling i hemmet ska ha med saturationsmätare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="006D3A23" w:rsidRDefault="00CD7AEB" w14:paraId="0FD00E18" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="130" w:name="_Toc454867756"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="140" w:name="_Toc159407099"/>
+      <w:bookmarkStart w:name="_Toc454867756" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="131"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc518295083" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc518573350" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc256000089" w:id="136"/>
+      <w:bookmarkStart w:name="_Toc256000115" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc256000141" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc256000167" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc159407099" w:id="140"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Syrgaskoncentrator</w:t>
       </w:r>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="3BB96ABD" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="3BB96ABD" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="00F000D6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdhandboken, avsnitt Oxygenbehandling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> [1], finns mer information om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>koncentratorer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53409B18" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="53409B18" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">När en stationär </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> beställs ingår följande:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="708AB7AA" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="001354B0">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="001354B0" w:rsidRDefault="00CD7AEB" w14:paraId="708AB7AA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Slang, 15 meter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B4EDB2" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="001354B0">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="001354B0" w:rsidRDefault="00CD7AEB" w14:paraId="14B4EDB2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Koppling mellan slang och grimma (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>swivel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0F7FBB" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="001354B0">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="001354B0" w:rsidRDefault="00CD7AEB" w14:paraId="7C0F7FBB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Mapp med bruksanvisning, säkerhetsföreskrifter och kontaktuppgifter till syrgassköterska eller neonatalavdelningen och hjälpmedelscentralen (HMC).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A4205E" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="001354B0">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="001354B0" w:rsidRDefault="00CD7AEB" w14:paraId="79A4205E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Ett extra filter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287AA4AB" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="001354B0">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="001354B0" w:rsidRDefault="00CD7AEB" w14:paraId="287AA4AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Fem syrgasgrimmor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040C0AF8" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="0023278A">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="0023278A" w:rsidRDefault="00CD7AEB" w14:paraId="040C0AF8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">När en patient har </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> i hemmet beslutar förskrivaren om behov finns av komplettering med portabel syrgaskälla (bärbar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>koncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> alternativt syrgasflaskor).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0D6D36" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="5D0D6D36" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Vid utprovning av bärbar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>koncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> ska följande beaktas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67239565" w14:textId="37BD0CFE" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="67239565" w14:textId="37BD0CFE">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Patienten ska kognitivt kunna ta till sig information angående hur en portabel </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> fungerar och hur den ska skötas. En bärbar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>koncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> har inte ett kontinuerligt flöde av syrgas. Den avger syrgas i pulsat flöde. En förutsättning är att patienten näsandas för att kunna trigga maskinen till att ge ett pulsat flöde. Varje puls avger ett visst antal </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>milliliter syrgas</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> per andetag. En bärbar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>koncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> provas ut individuellt och ställs in på ett visst läge (doseras inte med liter/minut) som ger patienten en tillfredsställande syresättning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B27294B" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="5B27294B" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Förstahandsvalet av portabel syrgaskälla är utprovning av bärbar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> (oftast av ekonomiska skäl). Om patienten har behov av fler än 5 syrgasflaskor/vecka är bärbar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> ekonomiskt fördelaktigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="086807C7" w14:textId="2D714595" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="086807C7" w14:textId="2D714595">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Om en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> inte fungerar i hemmet kontaktas hjälpmedels-centralen (HMC) vardagar mellan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>kl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> 08:00-16:30, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>010</w:t>
@@ -5114,1616 +5121,1625 @@
       </w:r>
       <w:r w:rsidR="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>80</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">, val 1. Övriga tider kontaktas lungavdelningen, SÄS, Borås, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">033 </w:t>
       </w:r>
-      <w:r w:rsidR="00363F8C" w:rsidRPr="00363F8C">
+      <w:r w:rsidRPr="00363F8C" w:rsidR="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>616</w:t>
       </w:r>
-      <w:r w:rsidR="00363F8C" w:rsidRPr="00363F8C">
+      <w:r w:rsidRPr="00363F8C" w:rsidR="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidR="00363F8C" w:rsidRPr="00363F8C">
+      <w:r w:rsidRPr="00363F8C" w:rsidR="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00363F8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>64</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> eller neonatalavdelningen, hemsjukvården, SÄS, Borås, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00613A19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>033</w:t>
       </w:r>
       <w:r w:rsidR="005A7CC2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> - </w:t>
       </w:r>
       <w:r w:rsidRPr="00613A19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>616</w:t>
       </w:r>
-      <w:r w:rsidR="00613A19" w:rsidRPr="00613A19">
+      <w:r w:rsidRPr="00613A19" w:rsidR="00613A19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00613A19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
-      <w:r w:rsidR="00613A19" w:rsidRPr="00613A19">
+      <w:r w:rsidRPr="00613A19" w:rsidR="00613A19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00613A19">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19FF157E" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="19FF157E" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Under jourtid har lungavdelningen och neonatalavdelningen möjlighet att förskriva </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> som kan skickas hem till patienten. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> levereras till hemmet via budbil från </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>PostNord</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">; SÄS står för transportkostnaden. Patienten, dennes närstående eller personal tar emot </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentratorn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> i hemmet, installerar den och ställer in flödet. I första hand ska patienten själv se till att koncentratorn, som inte fungerar, återlämnas till hjälpmedelscentralen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E83F17" w14:textId="1B5D558E" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="005C5250">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00CD7AEB" w14:paraId="69E83F17" w14:textId="1B5D558E">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Om patienten eller närstående inte själv kan ordna transport för återlämning, kontaktas vårdpersonal som gör en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>hämtorder</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>WebSesam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC937AA" w14:textId="63AA0606" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CB4112">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CB4112" w:rsidRDefault="00CD7AEB" w14:paraId="0DC937AA" w14:textId="63AA0606">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="141" w:name="_Toc454867757"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="151" w:name="_Toc159407100"/>
+      <w:bookmarkStart w:name="_Toc454867757" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc518295084" w:id="145"/>
+      <w:bookmarkStart w:name="_Toc518573351" w:id="146"/>
+      <w:bookmarkStart w:name="_Toc256000090" w:id="147"/>
+      <w:bookmarkStart w:name="_Toc256000116" w:id="148"/>
+      <w:bookmarkStart w:name="_Toc256000142" w:id="149"/>
+      <w:bookmarkStart w:name="_Toc256000168" w:id="150"/>
+      <w:bookmarkStart w:name="_Toc159407100" w:id="151"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Förskrivning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
     </w:p>
-    <w:p w14:paraId="7B693438" w14:textId="308F79B2" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00903D38" w:rsidP="005C5250">
-[...1 lines deleted...]
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="000E0666">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="005C5250" w:rsidRDefault="00903D38" w14:paraId="7B693438" w14:textId="308F79B2">
+      <w:hyperlink w:history="1" r:id="rId23">
+        <w:r w:rsidRPr="000E0666" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Handbok för förskrivning av personliga hjälpmedel</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t xml:space="preserve"> [3] består av riktlinjer och produktanvisningar. Dessa bildar tillsammans regelverket för förskrivning av personliga hjälpmedel i Västra Götaland. Det finns en produktanvisning som heter </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00CD7AEB" w:rsidRPr="00EE6CDF">
+      <w:hyperlink w:history="1" r:id="rId24">
+        <w:r w:rsidRPr="00EE6CDF" w:rsidR="00CD7AEB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Oxygenutrustningar</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t xml:space="preserve"> [3]. I denna produktanvisning ingår </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t xml:space="preserve"> och tillbehör till syrgas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E0542C8" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E25DE7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E25DE7" w:rsidRDefault="00CD7AEB" w14:paraId="0E0542C8" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">För att underlätta för personalen på avdelning/mottagning när syrgas för-skrivs finns checklistorna: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADF9EA3" w14:textId="5004174E" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00D55ECF">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00D55ECF" w:rsidRDefault="00CD7AEB" w14:paraId="7ADF9EA3" w14:textId="5004174E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00123460">
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-484/SURROGATE/Syrgasbehandling%2c%20bilaga%202.%20Checklista%20barn%20inf%c3%b6r%20hemg%c3%a5ng.pdf"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E25DE7">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Checklista barn inför hemgång med syrgas</w:t>
       </w:r>
       <w:r w:rsidRPr="00E25DE7">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00E25DE7">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>ehandling</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> (bilaga 2)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD5C4F4" w14:textId="51C63B39" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00D55ECF">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00D55ECF" w:rsidRDefault="00CD7AEB" w14:paraId="6FD5C4F4" w14:textId="51C63B39">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00296A87">
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-485/SURROGATE/Syrgasbehandling%2c%20bilaga%203.%20Checklista%20vuxna%20inf%c3%b6r%20hemg%c3%a5ng%20med%20LTOT.pdf"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00123460">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Checklista vuxen inför hemgång med LTOT (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00123460">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>LångTidsOxygenTerapi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00123460">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>). Terapeutisk indikation</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> (bilaga 3)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F1BAA6" w14:textId="511A65A6" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00D55ECF">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00D55ECF" w:rsidRDefault="00CD7AEB" w14:paraId="76F1BAA6" w14:textId="511A65A6">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId25">
         <w:r w:rsidRPr="00296A87">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Checkl</w:t>
         </w:r>
         <w:r w:rsidRPr="00296A87">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>i</w:t>
         </w:r>
         <w:r w:rsidRPr="00296A87">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>sta inför hemgång med LTOT (</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00296A87">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>LångTidsOxygenTerapi</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00296A87">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>). Palliativ indikation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E6AC4">
         <w:t xml:space="preserve"> (bilaga </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>4).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329275CE" w14:textId="08B435D9" w:rsidR="00CD7AEB" w:rsidRPr="004B34E2" w:rsidRDefault="00CD7AEB" w:rsidP="004B34E2">
+    <w:p w:rsidRPr="004B34E2" w:rsidR="00CD7AEB" w:rsidP="004B34E2" w:rsidRDefault="00CD7AEB" w14:paraId="329275CE" w14:textId="08B435D9">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="152" w:name="_Toc454867758"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="162" w:name="_Toc159407101"/>
+      <w:bookmarkStart w:name="_Toc454867758" w:id="152"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="153"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="154"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="155"/>
+      <w:bookmarkStart w:name="_Toc518295085" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc518573352" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc256000091" w:id="158"/>
+      <w:bookmarkStart w:name="_Toc256000117" w:id="159"/>
+      <w:bookmarkStart w:name="_Toc256000143" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc256000169" w:id="161"/>
+      <w:bookmarkStart w:name="_Toc159407101" w:id="162"/>
       <w:r w:rsidRPr="004B34E2">
         <w:t>Beställning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
     </w:p>
-    <w:p w14:paraId="37BE3149" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00D12CF6" w:rsidRDefault="00CD7AEB" w:rsidP="004B34E2">
+    <w:p w:rsidRPr="00D12CF6" w:rsidR="00CD7AEB" w:rsidP="004B34E2" w:rsidRDefault="00CD7AEB" w14:paraId="37BE3149" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="163" w:name="_Toc159407102"/>
+      <w:bookmarkStart w:name="_Toc159407102" w:id="163"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D12CF6">
         <w:t>Koncentratorer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="163"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="35093AF4" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00AF3369">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00AF3369" w:rsidRDefault="00CD7AEB" w14:paraId="35093AF4" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Förskrivare är:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E276D45" w14:textId="13AB7507" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="001C7297">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="001C7297" w:rsidRDefault="00CD7AEB" w14:paraId="3E276D45" w14:textId="13AB7507">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>läkare med specialistkompetens inom lungsjukdomar eller barn- och ungdomsmedicin</w:t>
       </w:r>
       <w:r w:rsidR="00721660">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0997C69D" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="001C7297">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="001C7297" w:rsidRDefault="00CD7AEB" w14:paraId="0997C69D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>sjuksköterska verksam inom ovanstående specialistområden med medicinskt underlag av läkare med specialistkompetens i lungsjukdomar eller barn- och ungdomsmedicin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAB20A5" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="004B34E2">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="004B34E2" w:rsidRDefault="00CD7AEB" w14:paraId="1EAB20A5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Undersköterskan kan hämta syrgasutrustning från SÄS buffertlager och föra in i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>webSesam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> enligt förskrivarens ordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="261028D8" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00123CDC" w:rsidRDefault="00CD7AEB" w:rsidP="00211DEC">
+    <w:p w:rsidRPr="00123CDC" w:rsidR="00CD7AEB" w:rsidP="00211DEC" w:rsidRDefault="00CD7AEB" w14:paraId="261028D8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="164" w:name="_Toc159407103"/>
+      <w:bookmarkStart w:name="_Toc159407103" w:id="164"/>
       <w:r w:rsidRPr="00123CDC">
         <w:t>Syrgasflaskor (LIV Mini 1 eller 2) eller flytande syrgas (HEMLOX)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="164"/>
     </w:p>
-    <w:p w14:paraId="54FBA435" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00AF3369">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00AF3369" w:rsidRDefault="00CD7AEB" w14:paraId="54FBA435" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Förskrivning görs via elektroniskt recept. Patienten beställer syrgas via Apoteket AB:s kundservice, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00665BFF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0771 - 450 450</w:t>
       </w:r>
       <w:r w:rsidRPr="00665BFF">
         <w:t>, förval</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> 1, 3. Förskrivande enhet ansvarar för att informera patienten om praktiska rutiner och kontakt</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:softHyphen/>
         <w:t xml:space="preserve">uppgifter till Apoteket. Apoteket ansvarar för information angående leverans </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="54D778DE" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00AF3369">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00AF3369" w:rsidRDefault="00CD7AEB" w14:paraId="54D778DE" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>I Melior finns ”Oxygen ordinationsmall”. Ordinationsmallen visar hur recept kan skrivas för syrgasflaskor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6944C0E6" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00296202">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00296202" w:rsidRDefault="00CD7AEB" w14:paraId="6944C0E6" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Antal syrgasflaskor/uttag ska styras efter patientens syrgasbehov och -flöde. Lungsektionen har utarbetat rutiner för begränsning av antal utlämnade syrgasflaskor. Normalt är att man förskriver 5 flaskor/uttag till att börja med. Denna mängd flaskor utvärderas, varefter eventuell justering av recept görs för fler eller färre antal flaskor/uttag. När nya flaskor erhålls ska patienten återlämna tomma syrgasflaskor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA9391C" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00296202">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00296202" w:rsidRDefault="00CD7AEB" w14:paraId="0DA9391C" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Återlämning av syrgasflaskor beställs via Apoteket AB:s kundservice, tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00B42534">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>0771 - 450 450</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>, förval 1, 3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30009CD2" w14:textId="0BF88CDB" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00B77F60">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00B77F60" w:rsidRDefault="00CD7AEB" w14:paraId="30009CD2" w14:textId="0BF88CDB">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="165" w:name="_Toc454867759"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="175" w:name="_Toc159407104"/>
+      <w:bookmarkStart w:name="_Toc454867759" w:id="165"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc518295086" w:id="169"/>
+      <w:bookmarkStart w:name="_Toc518573353" w:id="170"/>
+      <w:bookmarkStart w:name="_Toc256000092" w:id="171"/>
+      <w:bookmarkStart w:name="_Toc256000118" w:id="172"/>
+      <w:bookmarkStart w:name="_Toc256000144" w:id="173"/>
+      <w:bookmarkStart w:name="_Toc256000170" w:id="174"/>
+      <w:bookmarkStart w:name="_Toc159407104" w:id="175"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Information till patient</w:t>
       </w:r>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
     </w:p>
-    <w:p w14:paraId="228D003A" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00296202">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00296202" w:rsidRDefault="00CD7AEB" w14:paraId="228D003A" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Patienter med syrgas i hemmet ska få nedanstående information innan hemgång, både muntligt och skriftligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164E860B" w14:textId="4D06F637" w:rsidR="00CD7AEB" w:rsidRPr="00043997" w:rsidRDefault="00CD7AEB" w:rsidP="0037777F">
+    <w:p w:rsidRPr="00043997" w:rsidR="00CD7AEB" w:rsidP="0037777F" w:rsidRDefault="00CD7AEB" w14:paraId="164E860B" w14:textId="4D06F637">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00F94F43">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-409/SURROGATE/Syrgasbehandling%2c%20bilaga%205.%20Information%20till%20v%c3%a5rdnadshavare%20f%c3%b6r%20barn%20med%20syrgasbehandling%20i%20hemmet.pdf"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Information till vårdnadshavare för barn med syrgasbehandling i hemmet (bilaga 5)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7906B9" w14:textId="08C7621C" w:rsidR="00CD7AEB" w:rsidRPr="00043997" w:rsidRDefault="00CD7AEB" w:rsidP="0037777F">
+    <w:p w:rsidRPr="00043997" w:rsidR="00CD7AEB" w:rsidP="0037777F" w:rsidRDefault="00CD7AEB" w14:paraId="5D7906B9" w14:textId="08C7621C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00C11157">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-410/SURROGATE/Syrgasbehandling%2c%20bilaga%206.%20Information%20till%20vuxna%20med%20syrgaskoncentrator%20i%20hemmet.pdf"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve">Information till vuxna med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> i hemmet (bilaga 6)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0703BFED" w14:textId="449C3720" w:rsidR="00CD7AEB" w:rsidRPr="0023712A" w:rsidRDefault="00CD7AEB" w:rsidP="0037777F">
+    <w:p w:rsidRPr="0023712A" w:rsidR="00CD7AEB" w:rsidP="0037777F" w:rsidRDefault="00CD7AEB" w14:paraId="0703BFED" w14:textId="449C3720">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00043997">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0023712A">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0023712A">
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-411/SURROGATE/Syrgasbehandling%2c%20bilaga%207.%20Information%20till%20vuxna%20med%20syrgasflaskor%20i%20hemmet.pdf" </w:instrText>
       </w:r>
       <w:r w:rsidR="0023712A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="0023712A">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Information till vuxna med syrgasflaskor i hemmet (bilaga 7)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E69CF9" w14:textId="1ADAB683" w:rsidR="00CD7AEB" w:rsidRPr="009B55AA" w:rsidRDefault="0023712A" w:rsidP="0037777F">
+    <w:p w:rsidRPr="009B55AA" w:rsidR="00CD7AEB" w:rsidP="0037777F" w:rsidRDefault="0023712A" w14:paraId="35E69CF9" w14:textId="1ADAB683">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009B55AA">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="009B55AA">
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-407/SURROGATE/Syrgasbehandling%20i%20hemmet%2c%20bilaga%208%20-%20Tekniska%20fel.pdf" </w:instrText>
       </w:r>
       <w:r w:rsidR="009B55AA">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="009B55AA">
+      <w:r w:rsidRPr="009B55AA" w:rsidR="00CD7AEB">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Syrgasbehandling i hemmet - tekniska fel (bilaga 8)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="176" w:name="_Toc454867760"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="6B20C6EF" w14:textId="677D6873" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="009B55AA" w:rsidP="00B77F60">
+    <w:bookmarkStart w:name="_Toc454867760" w:id="176"/>
+    <w:bookmarkStart w:name="_Toc256000015" w:id="177"/>
+    <w:bookmarkStart w:name="_Toc256000041" w:id="178"/>
+    <w:bookmarkStart w:name="_Toc256000067" w:id="179"/>
+    <w:bookmarkStart w:name="_Toc518295087" w:id="180"/>
+    <w:bookmarkStart w:name="_Toc518573354" w:id="181"/>
+    <w:bookmarkStart w:name="_Toc256000093" w:id="182"/>
+    <w:bookmarkStart w:name="_Toc256000119" w:id="183"/>
+    <w:bookmarkStart w:name="_Toc256000145" w:id="184"/>
+    <w:bookmarkStart w:name="_Toc256000171" w:id="185"/>
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00B77F60" w:rsidRDefault="009B55AA" w14:paraId="6B20C6EF" w14:textId="677D6873">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="186" w:name="_Toc159407105"/>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:bookmarkStart w:name="_Toc159407105" w:id="186"/>
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t>Förebyggande underhåll</w:t>
       </w:r>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
     </w:p>
-    <w:p w14:paraId="637CADCB" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="008171AD">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="008171AD" w:rsidRDefault="00CD7AEB" w14:paraId="637CADCB" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Förebyggande underhåll genomförs av hjälpmedelscentralen (HMC). Hjälpmedelscentralen kontaktar patienten, dennes närstående eller personal för att avtala tid. Vid hembesök tar de med sig ny slang, nya kopplingar, nya filter samt grimmor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41241F09" w14:textId="3560D411" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00B77F60">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00B77F60" w:rsidRDefault="00CD7AEB" w14:paraId="41241F09" w14:textId="3560D411">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="187" w:name="_Tillbehör"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="198" w:name="_Toc159407106"/>
+      <w:bookmarkStart w:name="_Tillbehör" w:id="187"/>
+      <w:bookmarkStart w:name="_Toc454867761" w:id="188"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="189"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="190"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="191"/>
+      <w:bookmarkStart w:name="_Toc518295088" w:id="192"/>
+      <w:bookmarkStart w:name="_Toc518573355" w:id="193"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="194"/>
+      <w:bookmarkStart w:name="_Toc256000120" w:id="195"/>
+      <w:bookmarkStart w:name="_Toc256000146" w:id="196"/>
+      <w:bookmarkStart w:name="_Toc256000172" w:id="197"/>
+      <w:bookmarkStart w:name="_Toc159407106" w:id="198"/>
       <w:bookmarkEnd w:id="187"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Tillbehör</w:t>
       </w:r>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
     </w:p>
-    <w:p w14:paraId="21C77164" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00903D38" w:rsidRDefault="00CD7AEB" w:rsidP="008171AD">
+    <w:p w:rsidRPr="00903D38" w:rsidR="00CD7AEB" w:rsidP="008171AD" w:rsidRDefault="00CD7AEB" w14:paraId="21C77164" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Befuktning till </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> beställs av läkare eller syrgassköterska, se även rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Befuktning" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Befuktning">
         <w:r w:rsidRPr="009B55AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Befuktning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00903D38">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B55C9FD" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="008171AD">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="008171AD" w:rsidRDefault="00CD7AEB" w14:paraId="7B55C9FD" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Syrgasgrimmor i hemmet byts med </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>2-4</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> veckors mellanrum eller oftare om behov finns. Piggarna sköljs dagligen i så varmt vatten som möjligt och torkas därefter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2532E5C0" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="0079045D">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="0079045D" w:rsidRDefault="00CD7AEB" w14:paraId="2532E5C0" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Patienten kan erhålla nya grimmor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA4AD86" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="006D255A">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="006D255A" w:rsidRDefault="00CD7AEB" w14:paraId="2CA4AD86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>vid återbesök på lungmottagningen, neonatalavdelningen eller barn-mottagningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A1BF0D" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="006D255A">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="006D255A" w:rsidRDefault="00CD7AEB" w14:paraId="44A1BF0D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>efter telefonkontakt med lungmottagningen, neonatalavdelningen eller barnmottagningen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C2B399B" w14:textId="46B2087C" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="0C2B399B" w14:textId="46B2087C">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Hållare till rullstol och rollator för syrgasflaskor kan förskrivas som tillbehör. Om patienten har rullstol ansvarar arbetsterapeuten för att rätt hållare för syrgasflaska förskrivs. Om patienten har rollator ansvarar fysioterapeuten för att rätt hållare för syrgasflaska förskrivs. Kostnaden för hållare följer hälso- och sjukvårdsansvaret och belastar hjälpmedelsbudgeten i kommun eller primärvård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714DA7A7" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="714DA7A7" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>I barnvagn ska syrgasflaska ligga ner, väl förankrad, i avsedd väska.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B25A249" w14:textId="5A31D9BA" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="4B25A249" w14:textId="5A31D9BA">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Vid syrgasbehandling med tryckkärl i hemmet ska dörrar märkas med varningsskyltar, se rubrik </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Varningsskylt" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Varningsskylt">
         <w:r w:rsidRPr="009B55AA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Varningsskylt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00104D67">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DCFA4A8" w14:textId="640AB0E7" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00B77F60">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00B77F60" w:rsidRDefault="00CD7AEB" w14:paraId="7DCFA4A8" w14:textId="640AB0E7">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="199" w:name="_Toc454867762"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="209" w:name="_Toc159407107"/>
+      <w:bookmarkStart w:name="_Toc454867762" w:id="199"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="200"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="201"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="202"/>
+      <w:bookmarkStart w:name="_Toc518295089" w:id="203"/>
+      <w:bookmarkStart w:name="_Toc518573356" w:id="204"/>
+      <w:bookmarkStart w:name="_Toc256000095" w:id="205"/>
+      <w:bookmarkStart w:name="_Toc256000121" w:id="206"/>
+      <w:bookmarkStart w:name="_Toc256000147" w:id="207"/>
+      <w:bookmarkStart w:name="_Toc256000173" w:id="208"/>
+      <w:bookmarkStart w:name="_Toc159407107" w:id="209"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Strömavbrott</w:t>
       </w:r>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
     </w:p>
-    <w:p w14:paraId="21ECAE94" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="21ECAE94" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Vid längre strömavbrott, där patienten inte har tillgång till syrgas i flaskor, kontaktas förskrivande enhet för rådgivning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF22CD3" w14:textId="7BE4DDC7" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="000324EC">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="000324EC" w:rsidRDefault="00CD7AEB" w14:paraId="0FF22CD3" w14:textId="7BE4DDC7">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="210" w:name="_Varningsskylt"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="221" w:name="_Toc159407108"/>
+      <w:bookmarkStart w:name="_Varningsskylt" w:id="210"/>
+      <w:bookmarkStart w:name="_Toc454867763" w:id="211"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="212"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="213"/>
+      <w:bookmarkStart w:name="_Toc256000070" w:id="214"/>
+      <w:bookmarkStart w:name="_Toc518295090" w:id="215"/>
+      <w:bookmarkStart w:name="_Toc518573357" w:id="216"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="217"/>
+      <w:bookmarkStart w:name="_Toc256000122" w:id="218"/>
+      <w:bookmarkStart w:name="_Toc256000148" w:id="219"/>
+      <w:bookmarkStart w:name="_Toc256000174" w:id="220"/>
+      <w:bookmarkStart w:name="_Toc159407108" w:id="221"/>
       <w:bookmarkEnd w:id="210"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Varningsskylt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
     </w:p>
-    <w:p w14:paraId="58AE51F3" w14:textId="3AEA1222" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="58AE51F3" w14:textId="3AEA1222">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Räddningstjänsten ställer krav på att ordinarie entrédörr till bostaden märks med väl synlig varningsskylt för gasflaskor. Räddningstjänsten rekommenderar även skyltning av andra dörrar av sekundärt slag (altan, balkong, källaringång </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">), men det är inget krav. Det godtas att skylten </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
-        <w:lastRenderedPageBreak/>
         <w:t>placeras på insidan av entrédörren. Skylten sätts i knähöjd. I Södra Älvsborg finns en överenskommelse om att förskrivaren inte behöver anmäla innehav av tryckkärl för medicinskt bruk i bostaden till räddningstjänsten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328AB311" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="328AB311" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Lung-, barnmottagningen och neonatalavdelningen tillhandahåller förklistrade varningsskyltar. Det är förskrivarens ansvar att förvissa sig om att patienten kan sätta upp skylten själv, alternativt med hjälp av närstående eller personal. När syrgasbehandling med tryckkärl i hemmet upphör ska varningsskyltar avlägsnas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E045A36" w14:textId="7A6385C0" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="000324EC">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="000324EC" w:rsidRDefault="00CD7AEB" w14:paraId="0E045A36" w14:textId="7A6385C0">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="222" w:name="_Toc454867764"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="232" w:name="_Toc159407109"/>
+      <w:bookmarkStart w:name="_Toc454867764" w:id="222"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="223"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="224"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="225"/>
+      <w:bookmarkStart w:name="_Toc518295091" w:id="226"/>
+      <w:bookmarkStart w:name="_Toc518573358" w:id="227"/>
+      <w:bookmarkStart w:name="_Toc256000097" w:id="228"/>
+      <w:bookmarkStart w:name="_Toc256000123" w:id="229"/>
+      <w:bookmarkStart w:name="_Toc256000149" w:id="230"/>
+      <w:bookmarkStart w:name="_Toc256000175" w:id="231"/>
+      <w:bookmarkStart w:name="_Toc159407109" w:id="232"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Resa med syrgas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
     </w:p>
-    <w:p w14:paraId="58058496" w14:textId="12971D8A" w:rsidR="00CD7AEB" w:rsidRPr="000324EC" w:rsidRDefault="00CD7AEB" w:rsidP="00295DFB">
+    <w:p w:rsidRPr="000324EC" w:rsidR="00CD7AEB" w:rsidP="00295DFB" w:rsidRDefault="00CD7AEB" w14:paraId="58058496" w14:textId="12971D8A">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="233" w:name="_Toc454867765"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="243" w:name="_Toc159407110"/>
+      <w:bookmarkStart w:name="_Toc454867765" w:id="233"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="234"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="235"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="236"/>
+      <w:bookmarkStart w:name="_Toc518295092" w:id="237"/>
+      <w:bookmarkStart w:name="_Toc518573359" w:id="238"/>
+      <w:bookmarkStart w:name="_Toc256000098" w:id="239"/>
+      <w:bookmarkStart w:name="_Toc256000124" w:id="240"/>
+      <w:bookmarkStart w:name="_Toc256000150" w:id="241"/>
+      <w:bookmarkStart w:name="_Toc256000176" w:id="242"/>
+      <w:bookmarkStart w:name="_Toc159407110" w:id="243"/>
       <w:r w:rsidRPr="000324EC">
         <w:t>Biltranspor</w:t>
       </w:r>
       <w:r w:rsidR="000324EC">
         <w:t>t</w:t>
       </w:r>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
     </w:p>
-    <w:p w14:paraId="66BC4675" w14:textId="3137FFA4" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="66BC4675" w14:textId="3137FFA4">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">All syrgasutrustning ska vara väl förankrad under färd. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Syrgaskoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> och utrustning för flytande syrgas ska fraktas i upprätt ställning. Syrgasflaskor kan transporteras liggande. Syrgasflaskor bör vara förankrade lågt, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> liggande i ryggsäcken under sätet. Rökning i bilen är strängt förbjuden. Ventilationen i bilen ska vara god.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE7D9C8" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="000324EC" w:rsidRDefault="00CD7AEB" w:rsidP="0034011B">
+    <w:p w:rsidRPr="000324EC" w:rsidR="00CD7AEB" w:rsidP="0034011B" w:rsidRDefault="00CD7AEB" w14:paraId="5FE7D9C8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="244" w:name="_Toc454867766"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="254" w:name="_Toc159407111"/>
+      <w:bookmarkStart w:name="_Toc454867766" w:id="244"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="245"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="246"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="247"/>
+      <w:bookmarkStart w:name="_Toc518295093" w:id="248"/>
+      <w:bookmarkStart w:name="_Toc518573360" w:id="249"/>
+      <w:bookmarkStart w:name="_Toc256000099" w:id="250"/>
+      <w:bookmarkStart w:name="_Toc256000125" w:id="251"/>
+      <w:bookmarkStart w:name="_Toc256000151" w:id="252"/>
+      <w:bookmarkStart w:name="_Toc256000177" w:id="253"/>
+      <w:bookmarkStart w:name="_Toc159407111" w:id="254"/>
       <w:r w:rsidRPr="000324EC">
         <w:t>Taxi och färdtjänst</w:t>
       </w:r>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
     </w:p>
-    <w:p w14:paraId="5C9AC158" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="5C9AC158" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>I allmänhet går det bra att ha syrgas med sig i taxi eller färdtjänst; vid beställning av bil bör det informeras om att syrgas medföljer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F83831" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00065118" w:rsidRDefault="00CD7AEB" w:rsidP="008F1FAD">
+    <w:p w:rsidRPr="00065118" w:rsidR="00CD7AEB" w:rsidP="008F1FAD" w:rsidRDefault="00CD7AEB" w14:paraId="37F83831" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="255" w:name="_Toc454867767"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="265" w:name="_Toc159407112"/>
+      <w:bookmarkStart w:name="_Toc454867767" w:id="255"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="256"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="257"/>
+      <w:bookmarkStart w:name="_Toc256000074" w:id="258"/>
+      <w:bookmarkStart w:name="_Toc518295094" w:id="259"/>
+      <w:bookmarkStart w:name="_Toc518573361" w:id="260"/>
+      <w:bookmarkStart w:name="_Toc256000100" w:id="261"/>
+      <w:bookmarkStart w:name="_Toc256000126" w:id="262"/>
+      <w:bookmarkStart w:name="_Toc256000152" w:id="263"/>
+      <w:bookmarkStart w:name="_Toc256000178" w:id="264"/>
+      <w:bookmarkStart w:name="_Toc159407112" w:id="265"/>
       <w:r w:rsidRPr="00065118">
         <w:t>Båt- och flygresor</w:t>
       </w:r>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
     </w:p>
-    <w:p w14:paraId="489086DE" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="489086DE" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Regler för syrgas kan skifta mellan olika båt- och flygbolag. Patienten eller dennes närstående ansvarar själv för att kontrollera vad som gäller för syrgas när resan bokas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B92CF08" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="6B92CF08" w14:textId="77777777">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Flytande syrgas är inte tillåtet att ta med under flygresa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A1D64AF" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00065118">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00065118" w:rsidRDefault="00CD7AEB" w14:paraId="7A1D64AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="266" w:name="_Toc454867768"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="276" w:name="_Toc159407113"/>
+      <w:bookmarkStart w:name="_Toc454867768" w:id="266"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="267"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="268"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="269"/>
+      <w:bookmarkStart w:name="_Toc518295095" w:id="270"/>
+      <w:bookmarkStart w:name="_Toc518573362" w:id="271"/>
+      <w:bookmarkStart w:name="_Toc256000101" w:id="272"/>
+      <w:bookmarkStart w:name="_Toc256000127" w:id="273"/>
+      <w:bookmarkStart w:name="_Toc256000153" w:id="274"/>
+      <w:bookmarkStart w:name="_Toc256000179" w:id="275"/>
+      <w:bookmarkStart w:name="_Toc159407113" w:id="276"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
     </w:p>
-    <w:p w14:paraId="54AC744D" w14:textId="4F6A5698" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00CD0CA7">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00CD0CA7" w:rsidRDefault="00CD7AEB" w14:paraId="54AC744D" w14:textId="4F6A5698">
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Vid beslut om egenvård ska den legitimerade hälso- och sjukvårdspersonal, som tagit beslut om egenvård, följa upp och ompröva beslutet om det bedöms att risk finns för skada i samband med egenvården eller om patientens situation förändras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F68902" w14:textId="7310C539" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="76F68902" w14:textId="7310C539">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="277" w:name="_Toc182366122"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="288" w:name="_Toc159407114"/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="277"/>
+      <w:bookmarkStart w:name="_Toc454867769" w:id="278"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="279"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="280"/>
+      <w:bookmarkStart w:name="_Toc256000076" w:id="281"/>
+      <w:bookmarkStart w:name="_Toc518295096" w:id="282"/>
+      <w:bookmarkStart w:name="_Toc518573363" w:id="283"/>
+      <w:bookmarkStart w:name="_Toc256000102" w:id="284"/>
+      <w:bookmarkStart w:name="_Toc256000128" w:id="285"/>
+      <w:bookmarkStart w:name="_Toc256000154" w:id="286"/>
+      <w:bookmarkStart w:name="_Toc256000180" w:id="287"/>
+      <w:bookmarkStart w:name="_Toc159407114" w:id="288"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
     </w:p>
-    <w:p w14:paraId="08405D97" w14:textId="7F066011" w:rsidR="00CD7AEB" w:rsidRPr="003A1172" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="003A1172" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="08405D97" w14:textId="7F066011">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D5F21">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
       <w:r w:rsidRPr="005D5F21">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005D5F21">
         <w:t xml:space="preserve">Ingrid Nilsson, sjuksköterska, </w:t>
       </w:r>
-      <w:r w:rsidR="007F59CA" w:rsidRPr="005D5F21">
+      <w:r w:rsidRPr="005D5F21" w:rsidR="007F59CA">
         <w:t>VO kvinna barn/</w:t>
       </w:r>
       <w:r w:rsidRPr="005D5F21">
         <w:t>barn- och ungdom, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="005D5F21">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005D5F21">
         <w:t xml:space="preserve">Ulla Marklund, överläkare, </w:t>
       </w:r>
-      <w:r w:rsidR="00F01E13" w:rsidRPr="005D5F21">
+      <w:r w:rsidRPr="005D5F21" w:rsidR="00F01E13">
         <w:t xml:space="preserve">VO </w:t>
       </w:r>
       <w:r w:rsidRPr="005D5F21">
         <w:t>medicin</w:t>
       </w:r>
-      <w:r w:rsidR="00F01E13" w:rsidRPr="005D5F21">
+      <w:r w:rsidRPr="005D5F21" w:rsidR="00F01E13">
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F01E13" w:rsidRPr="005D5F21">
+      <w:r w:rsidRPr="005D5F21" w:rsidR="00F01E13">
         <w:t>lung</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D5F21">
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285325BA" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="005D5F21" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="005D5F21" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="285325BA" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="289" w:name="_Toc149035757"/>
-      <w:bookmarkStart w:id="290" w:name="_Toc149978547"/>
+      <w:bookmarkStart w:name="_Toc149035757" w:id="289"/>
+      <w:bookmarkStart w:name="_Toc149978547" w:id="290"/>
       <w:r w:rsidRPr="005D5F21">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:r w:rsidRPr="005D5F21">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18DB0912" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="18DB0912" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F7A95E" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="005D5F21" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="005D5F21" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="25F7A95E" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D5F21">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29294CF9" w14:textId="2B5F9D66" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD0CA7" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD0CA7" w14:paraId="29294CF9" w14:textId="2B5F9D66">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t>Jerker Nilson</w:t>
       </w:r>
-      <w:r w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB">
+      <w:r w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB">
         <w:t>, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307AAD6C" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="005D5F21" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="005D5F21" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="307AAD6C" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D5F21">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="760306D8" w14:textId="5C84B9B5" w:rsidR="00CD7AEB" w:rsidRPr="00F1797C" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00F1797C" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="760306D8" w14:textId="5C84B9B5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Oxygenbehandling, syrgasbehandling, LTOT, syrgasflaska, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>oxygenkoncentrator</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>oxygenanrikare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>syrgasanrikare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> läkemedelsförskrivning, läkemedelsordination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2A77D7" w14:textId="77777777" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="6D2A77D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="291" w:name="_Toc454867770"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="304" w:name="_Toc159407115"/>
+      <w:bookmarkStart w:name="_Toc454867770" w:id="291"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="292"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="293"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="294"/>
+      <w:bookmarkStart w:name="_Toc518295097" w:id="295"/>
+      <w:bookmarkStart w:name="_Toc518573364" w:id="296"/>
+      <w:bookmarkStart w:name="_Toc256000103" w:id="297"/>
+      <w:bookmarkStart w:name="_Toc256000129" w:id="298"/>
+      <w:bookmarkStart w:name="_Toc256000155" w:id="299"/>
+      <w:bookmarkStart w:name="_Toc256000181" w:id="300"/>
+      <w:bookmarkStart w:name="_Toc169686209" w:id="301"/>
+      <w:bookmarkStart w:name="_Toc169686713" w:id="302"/>
+      <w:bookmarkStart w:name="_Toc182366123" w:id="303"/>
+      <w:bookmarkStart w:name="_Toc159407115" w:id="304"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Referens- och länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="304"/>
     </w:p>
-    <w:p w14:paraId="1CB3D2B0" w14:textId="4B9E4D3D" w:rsidR="00382127" w:rsidRDefault="00382127" w:rsidP="00E9298E">
+    <w:p w:rsidR="00382127" w:rsidP="00E9298E" w:rsidRDefault="00382127" w14:paraId="1CB3D2B0" w14:textId="4B9E4D3D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00382127">
         <w:t>Akutpediatrik</w:t>
       </w:r>
       <w:r w:rsidR="00681932">
         <w:t xml:space="preserve"> (f</w:t>
       </w:r>
       <w:r w:rsidRPr="00382127">
         <w:t>ickkompendium, version 6</w:t>
       </w:r>
       <w:r w:rsidR="00681932">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F25C55">
         <w:t>. Drottning Silvias barnsjukhus, Göteborg</w:t>
       </w:r>
       <w:r w:rsidR="00F25C55">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00681932" w:rsidRPr="006B6262">
+      <w:hyperlink w:history="1" r:id="rId26">
+        <w:r w:rsidRPr="006B6262" w:rsidR="00681932">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://neo.barnlakarforeningen.se/wp-content/uploads/sites/6/2019/12/Akutpediatrik-2019.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11445830" w14:textId="3C931D58" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="11445830" w14:textId="3C931D58">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Vårdhandboken, avsnitt Oxygenbehandling </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId27">
         <w:r w:rsidRPr="00786D26">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05F7DE44" w14:textId="097F98C7" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="05F7DE44" w14:textId="097F98C7">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Nationellt vårdprogram för palliativ vård, 2016</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId28">
         <w:r w:rsidRPr="00786D26">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.cancercentrum.se/samverkan/vara-uppdrag/rehabilitering-och-palliativ-vard/palliativ-vard/vardprogram</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11168C5B" w14:textId="78725352" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="11168C5B" w14:textId="78725352">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Handbok för förskrivning av personliga hjälpmedel</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidR="00051B2F" w:rsidRPr="006B6262">
+      <w:hyperlink w:history="1" r:id="rId29">
+        <w:r w:rsidRPr="006B6262" w:rsidR="00051B2F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="291334A2" w14:textId="41DEE93C" w:rsidR="00CD7AEB" w:rsidRPr="00CD7AEB" w:rsidRDefault="00CD7AEB" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00CD7AEB" w:rsidR="00CD7AEB" w:rsidP="00E9298E" w:rsidRDefault="00CD7AEB" w14:paraId="291334A2" w14:textId="41DEE93C">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve">Riktlinjer för oxygen i hemmet 2018. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t>Swedevox</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7AEB">
         <w:t xml:space="preserve"> (nationellt kvalitetsregister)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7AEB">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId30">
         <w:r w:rsidRPr="00786D26">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.ucr.uu.se/swedevox/riktlinjer-behandlingar</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="301"/>
     <w:bookmarkEnd w:id="302"/>
     <w:bookmarkEnd w:id="303"/>
-    <w:p w14:paraId="76B9F95B" w14:textId="47FEE086" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00346C3F" w:rsidP="00E9298E">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00E9298E" w:rsidRDefault="00346C3F" w14:paraId="76B9F95B" w14:textId="47FEE086">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t>Egenvård och när blankett ”egenvårdsintyg” ska skrivas, SÄS. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00583F8A">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00583F8A">
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-603/surrogate/Egenv%c3%a5rd%20och%20n%c3%a4r%20blankett%20%e2%80%9degenv%c3%a5rdsintyg%e2%80%9d%20ska%20skrivas%2c%20S%c3%84S.pdf"</w:instrText>
       </w:r>
       <w:r w:rsidR="00583F8A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00583F8A" w:rsidRPr="00583F8A">
+      <w:r w:rsidRPr="00583F8A" w:rsidR="00583F8A">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>https://hittadokument.vgregion.se/sas</w:t>
       </w:r>
       <w:r w:rsidR="00583F8A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00CD7AEB">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00CD7AEB">
       <w:headerReference w:type="default" r:id="rId31"/>
       <w:footerReference w:type="even" r:id="rId32"/>
       <w:footerReference w:type="default" r:id="rId33"/>
       <w:headerReference w:type="first" r:id="rId34"/>
       <w:footerReference w:type="first" r:id="rId35"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="024AB6DB" w14:textId="77777777" w:rsidR="00B576A1" w:rsidRDefault="00B576A1">
+    <w:p w:rsidR="00B576A1" w:rsidRDefault="00B576A1" w14:paraId="024AB6DB" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D0B8E8B" w14:textId="77777777" w:rsidR="00B576A1" w:rsidRDefault="00B576A1">
+    <w:p w:rsidR="00B576A1" w:rsidRDefault="00B576A1" w14:paraId="7D0B8E8B" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="20CC8DA1" w14:textId="77777777" w:rsidR="00B576A1" w:rsidRDefault="00B576A1">
+    <w:p w:rsidR="00B576A1" w:rsidRDefault="00B576A1" w14:paraId="20CC8DA1" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6783,162 +6799,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -6973,311 +6989,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5196C940" w14:textId="77777777" w:rsidR="00B576A1" w:rsidRDefault="00B576A1"/>
+    <w:p w:rsidR="00B576A1" w:rsidRDefault="00B576A1" w14:paraId="5196C940" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="232FFAB7" w14:textId="77777777" w:rsidR="00B576A1" w:rsidRDefault="00B576A1">
+    <w:p w:rsidR="00B576A1" w:rsidRDefault="00B576A1" w14:paraId="232FFAB7" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0184BFB2" w14:textId="77777777" w:rsidR="00B576A1" w:rsidRDefault="00B576A1">
+    <w:p w:rsidR="00B576A1" w:rsidRDefault="00B576A1" w14:paraId="0184BFB2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="5509B22B">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="685B7E76" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="495EE15B">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -7313,919 +7329,930 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+  <int2:observations>
+    <int2:textHash int2:hashCode="GsGMTnT3oz3OpX" int2:id="vzFr26mF">
+      <int2:state int2:type="spell" int2:value="Rejected"/>
+    </int2:textHash>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2496131A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="a"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3036"/>
         </w:tabs>
         <w:ind w:left="3036" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F8C49AE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DB304262"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -8313,1332 +8340,1332 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37075007"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0FEF32C"/>
     <w:lvl w:ilvl="0" w:tplc="40C4EA26">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1746103390">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1609313310">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="30809346">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
@@ -9700,71 +9727,76 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1837652594">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00004D73"/>
     <w:rsid w:val="000051D5"/>
@@ -10388,190 +10420,194 @@
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F24156"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F25C55"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F61A23"/>
     <w:rsid w:val="00F717C4"/>
     <w:rsid w:val="00F77932"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F94F43"/>
     <w:rsid w:val="00FA7B58"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE57F4"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="2BE3F0EE"/>
+    <w:rsid w:val="50AB2781"/>
+    <w:rsid w:val="52C64A0D"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="7BAD8BEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="8193" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10596,75 +10632,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -10699,57 +10735,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -10807,769 +10843,769 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00512E3E"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CD7AEB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CD7AEB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CD7AEB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00512E3E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00005702"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00005702"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -11641,609 +11677,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="007C3972"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -12252,94 +12288,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -12348,422 +12384,422 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00005702"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
@@ -12771,77 +12807,77 @@
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="20"/>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -12907,281 +12943,281 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D17E90"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00CD7AEB"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00CD7AEB"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00CD7AEB"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
     <w:next w:val="Numreradlista"/>
     <w:rsid w:val="00CD7AEB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CD7AEB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Rubrik1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00957A72"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:contextualSpacing w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs w:val="0"/>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="0"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="007B6E16"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="0"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="007B6E16"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006240EC"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00571E9D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
+  <w:style w:type="paragraph" w:styleId="Tabelltext" w:customStyle="1">
     <w:name w:val="Tabelltext"/>
     <w:qFormat/>
     <w:rsid w:val="008D6F4F"/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CF68CD"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CF68CD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF68CD"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CF68CD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF68CD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13225,51 +13261,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-410/SURROGATE/Syrgasbehandling%2c%20bilaga%206.%20Information%20till%20vuxna%20med%20syrgaskoncentrator%20i%20hemmet.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Oversikt/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neo.barnlakarforeningen.se/wp-content/uploads/sites/6/2019/12/Akutpediatrik-2019.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-603/surrogate/Egenv%c3%a5rd%20och%20n%c3%a4r%20blankett%20%e2%80%9degenv%c3%a5rdsintyg%e2%80%9d%20ska%20skrivas%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-485/SURROGATE/Syrgasbehandling%2c%20bilaga%203.%20Checklista%20vuxna%20inf%c3%b6r%20hemg%c3%a5ng%20med%20LTOT.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neo.barnlakarforeningen.se/wp-content/uploads/sites/6/2019/12/Akutpediatrik-2019.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-486/SURROGATE/Syrgasbehandling%2c%20bilaga%204.%20Checklista%20Inf%c3%b6r%20hemg%c3%a5ng%20med%20palliativ%20syrgasbehandling.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancercentrum.se/samverkan/vara-uppdrag/palliativ-vard/vardprogram/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Behandling-utanfor-slutenvarden" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/produktanvisningar2/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Oversikt/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kunskapsbanken.cancercentrum.se/globalassets/vara-uppdrag/rehabilitering-palliativ-vard/vardprogram/nationellt-vardprogram-palliativ-vard.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Oxygen-fran-transportabel-oxygenflaska" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-411/SURROGATE/Syrgasbehandling%2c%20bilaga%207.%20Information%20till%20vuxna%20med%20syrgasflaskor%20i%20hemmet.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Oversikt/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ucr.uu.se/swedevox/riktlinjer-behandlingar" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-410/SURROGATE/Syrgasbehandling%2c%20bilaga%206.%20Information%20till%20vuxna%20med%20syrgaskoncentrator%20i%20hemmet.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Oversikt/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neo.barnlakarforeningen.se/wp-content/uploads/sites/6/2019/12/Akutpediatrik-2019.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-603/surrogate/Egenv%c3%a5rd%20och%20n%c3%a4r%20blankett%20%e2%80%9degenv%c3%a5rdsintyg%e2%80%9d%20ska%20skrivas%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-485/SURROGATE/Syrgasbehandling%2c%20bilaga%203.%20Checklista%20vuxna%20inf%c3%b6r%20hemg%c3%a5ng%20med%20LTOT.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neo.barnlakarforeningen.se/wp-content/uploads/sites/6/2019/12/Akutpediatrik-2019.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-486/SURROGATE/Syrgasbehandling%2c%20bilaga%204.%20Checklista%20Inf%c3%b6r%20hemg%c3%a5ng%20med%20palliativ%20syrgasbehandling.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cancercentrum.se/samverkan/vara-uppdrag/palliativ-vard/vardprogram/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Behandling-utanfor-slutenvarden" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/produktanvisningar2/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Oversikt/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/hjalpmedel/handbok-for-forskrivig-av-personliga-hjalpmedel/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kunskapsbanken.cancercentrum.se/globalassets/vara-uppdrag/rehabilitering-palliativ-vard/vardprogram/nationellt-vardprogram-palliativ-vard.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Oxygen-fran-transportabel-oxygenflaska" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-411/SURROGATE/Syrgasbehandling%2c%20bilaga%207.%20Information%20till%20vuxna%20med%20syrgasflaskor%20i%20hemmet.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Oxygenbehandling/Oversikt/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ucr.uu.se/swedevox/riktlinjer-behandlingar" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId35" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="Rb483778ecf944d4a" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="R9f61c5183c484d32" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="R800366befc434bec" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="R4b48709a032e4262" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -13561,75 +13597,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Syrgasbehandling, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>249</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>251</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>