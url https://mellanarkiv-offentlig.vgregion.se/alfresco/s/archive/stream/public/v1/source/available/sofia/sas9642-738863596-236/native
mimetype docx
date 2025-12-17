--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -6,356 +6,351 @@
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="061914D4" w14:textId="152BEB7E" w:rsidR="00184167" w:rsidRDefault="00007157" w:rsidP="009A32ED">
+    <w:p w:rsidR="00184167" w:rsidP="009A32ED" w:rsidRDefault="00007157" w14:paraId="061914D4" w14:textId="152BEB7E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="00007157">
         <w:t>Central infart och Perifer långtidskateter i Melior</w:t>
       </w:r>
-      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+      <w:r w:rsidRPr="005A627D" w:rsidR="00A264BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc181866756" w:id="2"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="4EA6C4B6" w14:textId="698DE8C2" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00267D77" w:rsidP="009A32ED">
+    <w:p w:rsidRPr="00730372" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="00267D77" w14:paraId="4EA6C4B6" w14:textId="698DE8C2">
       <w:pPr>
         <w:ind w:right="-143"/>
-        <w:rPr>
-[...7 lines deleted...]
-      </w:del>
+      </w:pPr>
+      <w:r w:rsidRPr="00730372">
+        <w:t>Uppdaterad bild för Central infart på grund av nya sökord. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="69BCFD87" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc100327185"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
+      <w:bookmarkStart w:name="_Toc100327185" w:id="3"/>
+      <w:bookmarkStart w:name="_Toc181866757" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="5"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="1FC6584C" w14:textId="646E3E4E" w:rsidR="00B405A1" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidR="731B6B84" w:rsidP="49EBB165" w:rsidRDefault="731B6B84" w14:paraId="027C8410" w14:textId="63B8598E">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>Rutinen beskriver hur aktiviteten ”Central infart”,</w:t>
       </w:r>
       <w:r w:rsidR="3022452C">
+        <w:rPr/>
         <w:t xml:space="preserve"> ”Central infart tillägg” </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="1AD542AD">
+        <w:rPr/>
         <w:t>och</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="42BD0BB8">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>”Perifer</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t xml:space="preserve"> långtidskateter” skapas</w:t>
       </w:r>
       <w:r w:rsidR="3A8C6B4B">
+        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t xml:space="preserve">används samt avslutas i Melior.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+    <w:p w:rsidR="731B6B84" w:rsidP="49EBB165" w:rsidRDefault="731B6B84" w14:paraId="22C3CC0D" w14:textId="2B9916A9">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc100327192"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00065A6B">
+      <w:bookmarkStart w:name="_Toc100327192" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc181866761" w:id="7"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="49EBB165" w:rsidR="009A32ED">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="0CD15977" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00732F0A">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00732F0A" w:rsidRDefault="00267D77" w14:paraId="0CD15977" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00267D77">
         <w:t>Skapa aktiviteterna ”Central infart”/”Perifer långtidskateter” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5661DED4" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="5661DED4" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00267D77">
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>Aktiviteterna ska skapas som en fri aktivitet i Melior. Aktiviteterna ska ligga som en fri aktivitet så länge patienten använder samma infart. Därefter ska aktiviteten kopplas till den vårdkontakt där borttagandet sker (öppen- eller slutenvård). Ansvarig för att aktiviteten kopplas är den som drar katetern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03AE587D" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00732F0A">
+    <w:p w:rsidR="731B6B84" w:rsidP="731B6B84" w:rsidRDefault="731B6B84" w14:paraId="286E03F7" w14:textId="5D5724CE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="731B6B84" w:rsidP="731B6B84" w:rsidRDefault="731B6B84" w14:paraId="1504092F" w14:textId="7EDC745D">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="731B6B84" w:rsidP="731B6B84" w:rsidRDefault="731B6B84" w14:paraId="12D8B27F" w14:textId="55C6534F">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00732F0A" w:rsidRDefault="00267D77" w14:paraId="03AE587D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="00267D77">
         <w:t>Skapa en fri aktivitet </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52857559" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="4FB285C3" w14:textId="37DD7B2B">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00267D77">
-        <w:t>Välj ”Ny anteckning” och markera ”Central infart” alternativt ”Perifer långtidskateter”. </w:t>
+      <w:r w:rsidR="50C9C16E">
+        <w:rPr/>
+        <w:t>V</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:t>Välj vårdkontakt ”Fri aktivitet” och fyll i händelsedatum. </w:t>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
+        <w:t>älj ”Ny anteckning” och markera ”Central infart” alternativt ”Perifer långtidskateter”. </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00267D77">
+      <w:r w:rsidR="6DA0B2EA">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
+        <w:t>Välj vårdkontakt ”Fri aktivitet” och fyll i händelsedatum.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>Klicka OK. </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00267D77">
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>En varning kommer upp om att en ”Fri aktivitet” skapas. </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:t>Svara Ja. </w:t>
+      <w:r>
+        <w:br/>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
+        <w:t>Svara Ja.</w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5763743B" wp14:editId="3D80C92C">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:inline wp14:editId="60263EBA" wp14:anchorId="5763743B">
+            <wp:extent cx="4996282" cy="1347128"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="537770004" name="Bildobjekt 6" descr="Skärmdump som visar hur central infart skapas som fri aktivitet i journalsystemet Melior., Bild"/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 6"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
+                    <a:srcRect l="0" t="0" r="0" b="19428"/>
                   </pic:blipFill>
                   <pic:spPr>
-                    <a:xfrm>
+                    <a:xfrm rot="0">
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4996282" cy="1671955"/>
+                      <a:ext cx="4996282" cy="1347128"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:del w:id="10" w:author="Författare">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="7217F183">
+    </w:p>
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="60D039F8" w14:textId="6D0A791B">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="731B6B84" w:rsidR="42EDD544">
+        <w:rPr>
+          <w:rStyle w:val="Rubrik3Char"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Flytta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="731B6B84" w:rsidR="00267D77">
         <w:rPr>
           <w:rStyle w:val="Rubrik3Char"/>
         </w:rPr>
         <w:t>fri aktivitet till vårdkontakt</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4CCC1E" w14:textId="5CC62BC7" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="2F4CCC1E" w14:textId="2B4C28BC">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t xml:space="preserve">Aktiviteten </w:t>
       </w:r>
-      <w:del w:id="12" w:author="Författare">
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="077C6B7B">
+        <w:rPr/>
+        <w:t xml:space="preserve">flyttas </w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t xml:space="preserve">till den vårdkontakt där borttagandet sker (öppen- eller slutenvård). Ansvarig för att aktiviteten </w:t>
       </w:r>
-      <w:del w:id="14" w:author="Författare">
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="73FC69AE">
+        <w:rPr/>
+        <w:t xml:space="preserve">flyttas </w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>är den som drar katetern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303F5964" w14:textId="03625EC4" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="303F5964" w14:textId="69261DA5">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t xml:space="preserve">För att </w:t>
       </w:r>
-      <w:del w:id="16" w:author="Författare">
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="211DFE2C">
+        <w:rPr/>
+        <w:t xml:space="preserve">flytta </w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>en fri aktivitet till en vårdkontakt gör du så här: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0955178A" w14:textId="6A9E32F6" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="0955178A" w14:textId="6A9E32F6">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00267D77">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1D6EEB6B" wp14:editId="0E2E08D9">
             <wp:extent cx="5296205" cy="562303"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="160474769" name="Bildobjekt 5" descr="Skärmdump från journalsystemet Melior som visar hur en fri aktivitet kopplas till en aktivitet. , Bild"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 17" descr="Skärmdump från journalsystemet Melior som visar hur en fri aktivitet kopplas till en aktivitet. , Bild"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -372,51 +367,51 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5337446" cy="566682"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00267D77">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2074C42E" w14:textId="17162E79" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="2074C42E" w14:textId="17162E79">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00267D77">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="434A19EC" wp14:editId="6F1EF458">
             <wp:extent cx="5669915" cy="1963420"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:docPr id="110280560" name="Bildobjekt 4" descr="Skärmdump som visar hur den fria aktiviteten kopplas ihop med en vårdkontakt i journalsystemet Melior. , Bild"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 18" descr="Skärmdump som visar hur den fria aktiviteten kopplas ihop med en vårdkontakt i journalsystemet Melior. , Bild"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -430,159 +425,139 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5669915" cy="1963420"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A96D148" w14:textId="3C7BD544" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="3A96D148" w14:textId="08357706">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t xml:space="preserve">Markera den fria aktivitet som ska </w:t>
       </w:r>
-      <w:del w:id="18" w:author="Författare">
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="142E644D">
+        <w:rPr/>
+        <w:t>flyttas</w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E79651" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00267D77" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="46E79651" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00267D77">
         <w:t>Dubbelklicka på det blå aktivitetshuvudet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D7E6F20" w14:textId="3E30749C" w:rsidR="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="3D7E6F20" w14:textId="33F7E413">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:del w:id="20" w:author="Författare">
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="7871CC5D">
+        <w:rPr/>
+        <w:t>Välj den vårdkontakt</w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t xml:space="preserve"> du vill </w:t>
       </w:r>
-      <w:del w:id="22" w:author="Författare">
-[...14 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="5634FC08">
+        <w:rPr/>
+        <w:t xml:space="preserve">flytta aktiviteten </w:t>
+      </w:r>
+      <w:r w:rsidR="00267D77">
+        <w:rPr/>
         <w:t>till och klicka OK. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="178ACBB8" w14:textId="77777777" w:rsidR="00732F0A" w:rsidRDefault="00732F0A" w:rsidP="00267D77">
-      <w:pPr>
+    <w:p w:rsidR="00732F0A" w:rsidP="731B6B84" w:rsidRDefault="00732F0A" w14:paraId="178ACBB8" w14:textId="69A43399">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:ind w:right="-143"/>
-      </w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidR="0E74CC39">
+        <w:rPr/>
+        <w:t>Aktiviteterna CENTRAL INFART och PERIFER LÅNGTIDSKATETER skapas av den som lägger in den centrala infarten (operatören), läkare eller sjuksköterska.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="304F06CD" w14:textId="0E8F71D4" w:rsidR="00267D77" w:rsidRDefault="00AF3737" w:rsidP="00732F0A">
-[...4 lines deleted...]
-          <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00267D77" w:rsidP="00732F0A" w:rsidRDefault="00AF3737" w14:paraId="304F06CD" w14:textId="0E8F71D4">
+      <w:bookmarkStart w:name="_Toc100327193" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc181866762" w:id="24"/>
+      <w:ins w:author="Författare" w:id="25">
+        <w:r w:rsidR="731B6B84">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70F7F3BB" wp14:editId="65B2D34F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="65CD56D2" wp14:anchorId="770844A5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4723130</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>6976745</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="323850" cy="257175"/>
               <wp:effectExtent l="0" t="0" r="0" b="9525"/>
-              <wp:wrapTight wrapText="bothSides">
-[...7 lines deleted...]
-              </wp:wrapTight>
+              <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="1026633743" name="Bildobjekt 1"/>
               <wp:cNvGraphicFramePr>
-                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                <a:graphicFrameLocks noChangeAspect="1"/>
               </wp:cNvGraphicFramePr>
-              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <a:graphic>
+                <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:nvPicPr>
                       <pic:cNvPr id="1026633743" name=""/>
                       <pic:cNvPicPr/>
                     </pic:nvPicPr>
                     <pic:blipFill>
-                      <a:blip r:embed="rId14"/>
+                      <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="323850" cy="257175"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </w:r>
@@ -640,180 +615,171 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="18" name="Textruta 18"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2914153" y="771772"/>
                             <a:ext cx="2527935" cy="904628"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="27F55A3F" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="005868CA" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                            <w:p w:rsidRPr="005868CA" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="27F55A3F" w14:textId="77777777">
                               <w:pPr>
                                 <w:ind w:left="0"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="005868CA">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>Länk till sjukhusövergripande styrdokument. Dubbelklicka och markera. Starta länken alternativt högerklicka.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="19" name="Textruta 19"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2707574" y="2980706"/>
                             <a:ext cx="2980690" cy="1038860"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1748BBDC" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="005868CA" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                            <w:p w:rsidRPr="005868CA" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="1748BBDC" w14:textId="77777777">
                               <w:pPr>
                                 <w:ind w:left="0"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="005868CA">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Sökordet </w:t>
                               </w:r>
                               <w:r w:rsidRPr="005868CA">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>Inläggningsberättelse</w:t>
                               </w:r>
                               <w:r w:rsidRPr="005868CA">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> är ett </w:t>
                               </w:r>
-                              <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="005868CA">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
-                                <w:t>enval</w:t>
-[...7 lines deleted...]
-                                <w:t xml:space="preserve"> där en standardtext fälls ut</w:t>
+                                <w:t>enval där en standardtext fälls ut</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>. I standardtexten finns xx markerat där operatören ska fylla i de värden som gäller.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="20" name="Textruta 20"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2784764" y="4845132"/>
                             <a:ext cx="3188335" cy="795020"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="304D58FA" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="009A78B0" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                            <w:p w:rsidRPr="009A78B0" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="304D58FA" w14:textId="77777777">
                               <w:pPr>
                                 <w:ind w:left="0" w:right="269"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="009A78B0">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>Om Ja väljs vid sökordet</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidRPr="009A78B0">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
@@ -844,452 +810,417 @@
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="21" name="Textruta 21"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="2784764" y="5758649"/>
                             <a:ext cx="3299791" cy="1375576"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:schemeClr val="lt1"/>
                           </a:solidFill>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="33C07BDA" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00E951A6" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                            <w:p w:rsidRPr="00E951A6" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="33C07BDA" w14:textId="77777777">
                               <w:pPr>
                                 <w:ind w:left="0"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00E951A6">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Dokumentation av skötsel sker i samma aktivitet under hela infartens befinnande. Uppdaterade sökord markeras i Melior med </w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="7A5C2366" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00E951A6" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                            <w:p w:rsidRPr="00E951A6" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="7A5C2366" w14:textId="77777777">
                               <w:pPr>
                                 <w:ind w:left="0"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00E951A6">
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="18"/>
                                 </w:rPr>
                                 <w:t>Är det relevant information ska stå kvar får sökordet ev. dubbleras.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="05103932" id="Grupp 31" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:21.55pt;margin-top:66.7pt;width:479.05pt;height:629.2pt;z-index:251667456;mso-width-relative:margin;mso-height-relative:margin" coordsize="60845,79908" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA3bMeiXAQAADoRAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1u2zYYvR+wdyB0&#10;31g/liUZcQo3WYICaRs0KXpNU5TFhiI5krKdPc/eZC+2j5RkO3aHpRlWrEMuLPNP5OH5znco6fT1&#10;puFoRbVhUsyC6CQMEBVElkwsZ8Gnu8tXeYCMxaLEXAo6Cx6oCV6f/fzT6VpNaSxryUuqEUwizHSt&#10;ZkFtrZqORobUtMHmRCoqoLOSusEWqno5KjVew+wNH8VhOBmtpS6VloQaA60XXWdw5uevKkrsh6oy&#10;1CI+CwCb9Vftrwt3HZ2d4ulSY1Uz0sPAz0DRYCZg0e1UF9hi1Gp2NFXDiJZGVvaEyGYkq4oR6vcA&#10;u4nCg91cadkqv5fldL1UW5qA2gOenj0teb+60upW3WhgYq2WwIWvub1sKt24f0CJNp6yhy1ldGMR&#10;gcZJmCdFkgaIQF9WFGE+7kklNTB/dB+pf9ndOU7T4ztHw8KjR3AUI1P49RxA6YiDv9cK3GVbTYN+&#10;kuZJczRY37fqFYRLYcsWjDP74KUHgXGgxOqGkRvdVYDOG41YCamQBUjgBiT/hvFSLr7Qe4tcY0kN&#10;AQHe3v/xu27KtlHIyAatmMEa1a1GhAqrMUdMVFhbVMr7toEmqrFBDH2RrRaYmwdjaQOyfkc5k/oE&#10;OSE7NA5ABwc7uq4luTdIyPMaiyWdGwUJAdjc6NHj4b76aC8LztQl49xJwJV71gD7gfi+Qnwn7AtJ&#10;PPYuUzXlQKAUpmbKBEhPabOgwJR+W3pAeGqsppbUbsEKFv4IYB3QvQ6PcgfMbcGAdp+q1rSI82QC&#10;PnCg1q3mgDRt7BWFiLgCgAMMEGg8xatr06MZhvQcdgA8MsDjsgiszAx0Qe2IsG/K1tsaKwoQ3LR7&#10;8gJf7eR1B6moW7CbKHdh7Ye5jEZ280ZCjnp2XftfUBUX0ThKkwC5FM6iLIvdRHg65Hicxtk2x4tw&#10;PIn9Ss8lDcIpOSsHaXmrp+dcoxUGk+a2U+fBKC7QGtwmSUMfDSHd7Z04uIBA7LbnSnaz2PRcLGT5&#10;AFRoCcGEwBtFLhlE9hobe4M1eD00wvllP8Cl4hIWkX0pQLXUv32t3Y2HoEJvgNZwdswC82uLnbHw&#10;twLCDXyCCyLrK+M0i6Gi93sW+z2ibc4l7Dzy6HzRjbd8KFZaNp/hmJu7VaELCwJrzwI7FM8t1KAD&#10;jklC53Nf7vzqWtwqcLnIk+Z0e7f5jLXqxW0hwu/lILAjjXdjnRKEnLdWVswngCO4Y7XnHcT+vVRf&#10;HKu+eK7qszBLs7FXfVzkYRZODmQPjZMCaHVmEYVJnoNzdJIbTsbBCZ5kFgeK/rd0350+Aykv8v8f&#10;yd/5yIHpQ1NvdHA2fJPpZ/k4m3TyH+fjNEoOXD+J8jzZPdmlYbfUf9z1vfr9TnY29WL+YOE/vvnH&#10;cEAeqn/7aPMP1J9maT4Z+2Nk98yTxEWRFbCiN/8kS9PMHw8/gvyTwRJezP/7mL9/U4UXdP+u0n9M&#10;cF8A9uv+WWn3yePsTwAAAP//AwBQSwMECgAAAAAAAAAhAG1nobp0DAMAdAwDABQAAABkcnMvbWVk&#10;aWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAJZAAADKggCAAAAPlvDywAAAAFzUkdCAK7O&#10;HOkAAP/KSURBVHhe7F0FYJTHEj73XNzdXQgOIQR3dy3uRVoKhQKFAqUUd/fgEiABEpIQIQlxd3e5&#10;XC7Jud+b/xIgUHgFSoX235e+hLv9d2e/nX9nd3YEq1KpMB1KVlWtu7lJx0/Qv1EEUARQBFAEUAT+&#10;3Qjg/t3DQ0eHIoAigCKAIoAi8LsIoLLwdyFCK6AIoAigCKAI/MsRwL6lI82prjPX1jwaECyVyz92&#10;6EwmBo9vf0ipxLS2Ygg43Bsa2I9tEa2PIoAigCKAIoAi8CcjsHn2xLdlYW5NPYNAmL3ryLeTR31s&#10;7+vXY8rK2h8yMsIcPiwvZbXgsNiPbQetjyKAIoAi8CUigMURyTQKTiYUShRfIv3/WZq/HjPk3bJw&#10;w+mrVzev+lhcOnfCpKa3P2RrjSkuxWRV18HR8GPbQeujCKAIoAh8cQhgCThRbcLVPYdZvbdtmO6A&#10;FcpRrdiXMonOJobvloXrT/lf37L6Y4fRuTMmNbX9ITs7TFGRNKWsHv+GLMQRSATkpKhSymUypZpT&#10;sDgCgYjHYpQKmVzx6iMiEQfnSZVCLpUr1bXwUAlqwUcyWXu1t+mDlvBYlVL5shU8iaR+Qi6TKt7D&#10;lDg8Ca96TQkeTwDykG7l8rcfweKABIKadPiynSgiUA7DQUbzni6AKCJe2d4F0gb0ADQpFXKFvG20&#10;//CCzA8B376hUcpgPoBqHIFMfGOPgwxIrlBg8GRARKWQtsGBDJ6AVQJcODzx7U0RTIsSQyC90c6b&#10;yGPxRBIep1LJ5TDlapjUxOBgRv8PdvAUEY9B2ESFwSH0vOIi9RTC00Aplogw4mvooRMg5xVDAiNh&#10;FB16+c14kRmXY3AkhF86Kj5UCGd/8MS+JBWY7X2s0DZiIFWBQP8n8woWT0Lgei8z/8ndf/7m1QyI&#10;g1VEocITSK9ucNo7+s1r+/Id78AXyJv9gbBj8SphXVFowGORnR3JZNA0D6pY9gGPIkyAVQLT4P4f&#10;+O+cGlgVYTWBN++LWEk+//R+xha9LM3+wkMbaA+Ecb8O6+Pn7tq/+/JwFhYPCgWqtPzx/sXurr7u&#10;U08+KpbSSDgsHtcYsrG7l6+7+8ihWxIFZCKRxBDknd8wwRepNvx4eLkER/yN4hVPZnKe/7jzwsmY&#10;JhwZWsbiMk8ijXiNH32xkkZ6eY/5Gj2QYSp58qk+a56xcSDQCGQcK/H8+v7Qheu0zVfLWnGIgG4v&#10;WAJJwUq+9A1CwMhdZ9OEDHivyJSS65P7dYX6w755wMF3XFlfP0doCd/muzyoTAavGUnRnHpxhXoU&#10;vb/fH87CUUG0/qMLlkjF1ob9vHA4QjP8uOx6VCnFEGT86F89XH3hp/1zV99Bq+6kN5N1qm+PGzDQ&#10;Y9aDChgvbJLrQ7YPHj37h2fRgbumqCu/esrDfeSJRHHt4x/fbGf61hsVPDXyWFgeym/MdfX16rvk&#10;aKKcCiKTgEzx+ulDBm1+XiOAPfg7oAOGUhT4zxvsu+x8BVdJwKYd7eQ5tP/3cTwSiUTGspKPLeg8&#10;8/uLtQRB+NIJwzvQP3TAiMAy4BJkwJXBPy/p4eo7YltUBQ8LWzIsRiZ4vudNOsevPpLL02YFzZ/c&#10;+81x+Y3eHFKrQSb8/rQCqcrC6wuG+i45U9oif0Mwv3qYQNZoiFg3rR8C3Y+P+TLVn3nhQCDSSq+P&#10;6DNg7sVquervZMzP1TewCPvpD726jjyehhXW3Puuw0y1Tf2ay5Wtr5CHFUBen3Bh9ZsTveBoNFeK&#10;bEU+qMBGXIWl6VkbUaXiDzK3wBFpyqxj00b+cLFamHnBt/vQlfea3nGrRCDSK26P8Rsw62y5TInw&#10;APwHj4qLrm1ctvSnRw3Yf/xK8kHw/c2V/jJZSCBTSy7OXCebuP9G1Av/LQa7xh0ppFEFudHPkmN6&#10;X0i/s9siMvJifK6QSs05OX6DzqbAx1EhOybLt888X09jhZ4ObaUuuJqZFXVzSsyPZ54UNCg7LoUq&#10;EKoNsb9u//Xi1TwsbP6QvXTGwcVFS849CL41zvnIplO5FMqby5NCIZYkHPeZd7GGLVXC4yR+fsi5&#10;s5ewX90IS7jYpyj26bOcVlX7AgXNiWryox5dsj6a9OBE//K8E0EveJrSuO1Lf3Wed/ZuZMx2t6Cv&#10;vg1sVR95sSCGX0lQIiH9zs7QigohdIGX1eU+CDxbsSqg8OntNaqwK+euJguopL9sAj6a0WCx5uee&#10;Xzd/a7rud7fiQpNSb+weG7N9+PfXcwE8TiOfOmTn7aSER9ExgfBzZ+coN12VTCJsampsDN3l/1wB&#10;y6lKKeaxG+priPaT112Mf5p+d5mdBpc+fOv9sKDnMdcXeMmlvMZGqeGUgwHJCU8SMi/9PEByZ/fV&#10;8AIuIA/H+YrnIaGNTQ2lpU/D8hBwEfko4XLYbK7kfed8ZJGQCznspmaBuopM2FhXVfrw0J1UUD5g&#10;lFJ+M4vDFSgwKjG7tlZj1I6H4UExsUD/zXvXhlgIpUoCQVydE5eeVdnYlPY0OZclUqg3REoRjJcy&#10;aMetpIQn8enXjszSij1y4XoYceiJi0/igp4fGczjSbzXXX4RF/Tgyob+RnzJhyyEalKb1aQipwdg&#10;HCgI/7QVZLWjSJOfXk6Nps86/vDB5qEM2A+8/PbVgtn+WNsj6n+oebC9jQ5/vdqfvWpC3QacN0iV&#10;j47fiU2oUZHxCpFI+Pow82bN9oP5W0S2NfuqH6T7l+zfToR6LO1VXn7ZTuhvn0ReXVzu5c23CxuE&#10;6jepAw2vOno9wA54vVNeKcXcRlYjV4Snm4zYGhecHLZ/aT8yx3j4jptBSQlB2yebMQmvz1Sg3xFz&#10;6hqpXqvOBaoZ8tRa5/Jjsw8EV0uU6t3ZywG9NcS2z4HdVSSmJoNR+2TDhWoXT33QTyHjexOFN99C&#10;AolS9uzUvSRjEydNBlkqFAjF7WrVjoAirYDqqW1qEF2HrL7g6fmfwnkWVh5mmOLggOjcRkQVgpY/&#10;hsBftRQT8MSC9Cjn+X4D7fU0qdq9/UYK8muaeKySqqZMHy9PTctBMwZUEGsKawV56ZE9143pq0vV&#10;1jHt2c2Pk1PcaOL77dcrfxhooiQQPb39iGx+vUimaGdIeJexzXlXVk/ZGVdn7djbCNRpGNDLJsde&#10;8fDpYc80NPEdtMT0WkQOaJpeIgWLPC92z6whS0tGjvEmEZH1AN9ak1tB4k78anY3Gq3z0uvHFo9z&#10;pinbtLjAluLWuvyyqD7du+mY9BoxQGzRklrc3FiaYL9oSH8rHW2G46gp/Z8FJTcSsDIet5ktVqhf&#10;YjJREXvq50JrWywdjrE4mYidVZzEGOLtRtLx7NnX1USjoZEv+ceaFuFIZF52yJUbzxjTv/1uqDMD&#10;Fib9gVsfvsg6MN0BmAaLwRMoDKamZtuPhgat7RgNrz68lMJzi47ESZFdCfwbWbngpafTGVQyLHR4&#10;EoVGp9HpVOTthUkE3RWFymCQyQQX75EmZqKY5CweX4HFYcqfB+XR9SfNHtdUE5GY2URQ6wJeL6Lv&#10;53voE/NyZQQtEkbaXHF69aUsUOt2XILbiQJKEGKoVETWEgnCyrz4jAyngcMcLCXRsVlcgbxtRcYC&#10;jwCddDqZTLR39bO2YySmJTVy8XQGgwZDweHxRDJ8S6NR4XD54arvDqRK+Q0NjS1CQXNVbXUNm9Mi&#10;x+LlfA6HA5JbLuI2S4EQgkJQV1NbVVVTU8cRKvDI1gvZHDQ2Nrc21dVVN/D5XFZDA1fIb6mqqq2p&#10;b27hC3mc+qrq+jqOWKaCOUOmRyGor6mqqaqqq2/kSkEQ1oRt+mHv0dtZvOZWjsnYa4H3Dk81AX0F&#10;ovqXtAAp0FQdWyADE3HoTiFks1gcobC1uqa6uqGxUaJUi16VjM+pr62urK2p5QikCHdgcSpxM9JR&#10;dXV9I0eiwinFrey6RoFYgbSskvKA0FYx1JQLm+qrkWqsJp4MA0yUc23i0qORiaWNHAEooTHi5hqE&#10;BhabI8OC/lbK40BFLq+hvq66pqGeI5EJ2erBcjhieO9/wxRtM45MIIEMHEingM4c9KYUKjLvCEO8&#10;9QR8QCDTNJhaWgwNmmf34XQqrqK2XqlSgQTitaFR08AVg8YVAV/MYTc2tXDZNXXVLKECqxK18nAO&#10;s/dcWTfCXMyVIrwPuyhWLUxZbU1dK6DwZnegvy1MeVBd79G7qxWNYD/j4dObP4/QRiSoSsJvrENg&#10;qQGWUIDeXWQ+6vL9e8dnWpKVjTnXfx68MkjczK6lmvbydFBmZieUcICgPyYJ0Kf/KgDlEr75uHO/&#10;zutpQlOp8OKm8iYKgwYzzhIIGGZ6GjK5hq4xgyeob2y1mXvvwDQbKgGjwoiaq1qpDCoe1hbk3Wqq&#10;Koo7cyGcYmFio0mCa6S22VPJJXiTQauuBd3e42NFQDa1wKWs2kqlhQHchsKFkYGunqSCBaqHV2NV&#10;SOSGE089Szsw3xNZwOHlFAtb2KJWXSMMOzU1KbWikacEDe6rnbRCLmFxmqiW+tpyOVXLQEuqYDfx&#10;5WQKv54vxhKIZCK89tKURg6htfDJw7P7M1voRCKZrIg/vVuwZuIAPS2KEgqBZtyr+0iN6KjA7OR7&#10;DyPITKN+7gb49kvTfxwjwgrS3JSflVRjqO9koC0HFxlwvkHKy00/RilhFWUlJ2ekpsBPXkktLJfq&#10;lUWFoepr0yS3zp6rhIPG64F1cN7p2BByiCeRoVCoKgVfKpRTyGRk+ZKXxz1KIZgvG7vYx4dbG/c8&#10;tRn/SWdoOJDT9UmC2jvX7rDx9Dc2z8h15MuCrCRYAl5YlRufl2PiNGXRwt4GjeHRec0CtU5KfSSB&#10;6mo6Yc2TCiVkEgW5nu6AiRqiT5tJYNn0Yz26j5h34taJKfNG9582+euIBkJD1Plrd1KbMXk3Ny32&#10;j6msz76/rffgeTOmLpg645ud98qbFSQdXsL2heMGzdmxef6q2Zuf3t47qFfXNSevXpg+cebgfvPm&#10;/nDmwO5100aN7DHtQGCOEI/Hy1tKrn0/fPjklXOmzxo3eu3NpLrEZ8GRiTxx2s1NPwWkRl0a1X/Q&#10;vEvVcKbGcgseH/2234hFs6fNmbp4/6XYRjGWxKy6O2HAoAn7bp2ZuXDSsIl9h13OUJEpBGHOw1+W&#10;jJk7c86C4V2nr7tQyFHgZM0JR2aPHTtjxfQxk0eNPhXNako6taL38D13c8U0BoH1+Pu+3hNPpKn4&#10;lSE/T544adaKyUMnTpl/L5Nd8tD/SVGVvP7x/iU7IkpZpU8PLRg4asnUcQu+WhCQjdEQZB5YPHjc&#10;up/Orf527fiBg7tNPXHpwo5pk78aOmDqjNPZCgzp/ymR35ied88ViE6QvhW5GUnJWWnpDwKuiIg9&#10;x/VzIpHENQmXf/AZumDm1HlT52w+FFzDw5B12OErJw8fvnzvj3NWzN4eU16dcmrFyNHTV82ePHnS&#10;jN2PCglkcuOz/cunj188e9bsAV0W7Y1slnYUhrA9L8t9UtHs1s3dUo+Gyzrdp9uwVfc4cL/ZkHF9&#10;w7hpU79aNqHfpLkbnhVIyMyqO2P9Bs46VyqoiT52MAUjrH74684fb7Zoexgas7Py0hub3jTM+DQ2&#10;/G8/9VfJQmSRVN/J48kYTs7VH38qmDqxk7ZCrchqW0DU/4/sGRHDCzjticteXDp4omHaeHeGVK7C&#10;kzCNyVf3/Xoy2XZcfzdDDRwc7mATTqORSTiKpqahlQVJ1EFzhuxqXy5MyG9kewgbd/UjFBxWpePs&#10;oAP2FS9vxXESSauiIReT+Wj/9l9+WLZz142satmrs4V6IXzVoLpZMMcw8Z5AeHbn/L3gwMfhYWn5&#10;OhiVVKnnNX3uD3t76PFUWEn27VDu7O6OZjqghYEGlEoc06Jb97HOL7bM33EuVdeuXy87TSDgExfP&#10;P5lrYbgSsZDTWKOrqamtqQGi/I0OQcBgxE2xF3av/W77xu93bPz+8NXQai4OsXdSyjEeK75b68KI&#10;3Od/j6Wk/X/VDSw90pbCuLDAR9HPIu/euScgdxo3sLMmgyAtCQ/NVJnOGuyt7dV1oKIyJjqfjf94&#10;PZBKiSNrDli76ittTuDhB9E8LP3lFgcYgl+aHBoc+vhR2JOQmOwGBdg48evy45MqbFycXf38Rjnp&#10;tEbFZTWpNRBqfWZ5UkTgo6jwiPsB9+uEZqMH+xpp4T/fBCLKQQKL470p896l7y2KcwPvvzCesfWb&#10;Jb76mM7Lr0Ss7V91cMQ3BXPOBGVmhTz82T3px1VrbtYRaCQKCd/abDnl/O3kW1M8tQhYQlGd9bdp&#10;sUe/9ylPia3SnXM/+frUng03rz0pr5MRBLmPIwUrDpz7cdvG8e7i3Ev7C53mz5s4QJvus/zy+aVD&#10;7elEHGjb4DjDzb2zfdl5+o8PI4tyHxwYULp31Z4ryXwCbAAopLoCw1nPgyNODFRyH14P5RNYifdv&#10;pTe6zt0TdPHstz0kuXm1fGnd4zNHc7ou+PXAlVtbplixE1Mp3Sb364dPT0lltWJrXwRnSvTmDPPi&#10;Fd677N/ot/rUcf+zy3uTKpIKDOZsmOVlR7KcsS/szFDF7bWLTmvueZ6e/XxNL/yVH39J51M0GKTW&#10;NIXHvquPg36y0Sy8eEaxLjXBf+cQTsm1sw8qqB13X5/wjoBJFaYp5+7BHWvXbvtu5dmHLJqfrzZe&#10;pmp4unPidvaqa0/zch5fXUYPWLdhx5MmIgI+oanZYcn9h4nnBlKyI9Mo3xy++NPmlQP0ihLu3ciu&#10;KQo8EygyH7/25NMLhyeZlMTmtHQ4GoIGhcMu5XIMjfSZJJJKBSdXMolEwIOcS759Pww/cuPVM5f2&#10;TrXmlhaVtwJ3It+CcsJi5M49fhim7dxDx87M99Sh6+mZIToAnuCdFgufgMF/9pG/UBZiVFgiDd+U&#10;eu2n9aGqNduW+tARm0TggbZ7C/jVfvIAAwZlTdS57btyDDb98JU3UQxWdnIRxmLET/73A5Y1HT0f&#10;ntvYWhpx/fzZq+cuPrify4V7FLi07jiHcImNHA/b9vNIByphY+az61fPwSOB2ZVcBdxHdXwA+LKp&#10;vLpM3HtdYET8w4Et4U/DE1sUalvWttKBTqRZpVRMcp934FeT1og7l84/wnZf6K1LIIExpUwqESvx&#10;dFnZzeBKm1G+fayNqaAGJNMZGhRFfVLApT3FIwKTogO/Yz49cfhkdAsezHz+obxHwBPIFLpQIpVI&#10;2k98Hc54IPHoppP23klMCIqKDYyKvbBjvrOuss1cV6WQuEw/PtOGcuunbSFlIrUt73sKaB5BpmaE&#10;BBzfvWH2yHV78j1X/jp9kA0VKy4KDyohOs0b4c00tOjsM7C1PC45uwHzDhOo30EPGAFPYfrM2e1H&#10;qLi053BqE7ShpgdMe1qyw25cvnHxwvVLVwLjKhVkvKCuMCm5yLFrn+7OWjZdx9sbCaOepXNB6Q50&#10;qmS8/Gf3Tx3YvmT0mq0huuN3LZzupaGQfM69DNjadulpRxHJyJp6OkJxWSsPzHZhH4hRAFO1voiM&#10;pBCHj+hFbOURGbZdhrnW1UUWlSgJGLlCx8vOlKIS8QF/UOUau1jRxBIiRVdL21ivswlNSTQha2Jg&#10;jcUqMUynIXNm68Uc2LT/fGQWj0Kj4pRSqUyugg2oSPTSThWLlctZiVF5xsZD+3hI63mGDj4uPTHZ&#10;OVnsJlBaKjGuvZ10JGK5pp6dXJHHaiZqGdlaYUtDdk3ovyfObODc1QPdtAgaNrZmkuidE8auuCDp&#10;snrW+N56FlY+Hs685NSSmtQXT1OEhjN8XIgkHXsLnabA7/rP+Om5zpD100Z462IFYtg7KuHmWVyX&#10;mVxGwekXPDl26lpWHY9bnZicxyFgVSQ7M30CRkzRccaRqBM6WwpFKqaBEVhcgY3wH3yZlFIRxqzv&#10;95cDkxIfxSbfv73F5OlPX+8MLH0e8YKpOXJINyybp6Hv0am/cWl5fGWVCrbTSrOuDoZYmUCI1e88&#10;YuYY1aMdm4/eSi2XUSlEDMnA2lm/NvzQyhFT73OHTpo/r5s5/jXDwIaS11Ih5HNgYexAtgpLYhg5&#10;6OOLryzptfx0jePEdeN87ZiEV5supVwMdjkqWIFE8HLSmRZMTXFTM0ckRrbraPkDCPyFshBPxbHj&#10;zm7e8lAwdMepVe4UqRws3KkEskgokxPwcplIRCFSiaAwU1Q+PfT9znjN2T8fmmeDFchUwPLIcU7S&#10;wlE5+ww1xsqbpEJWSUYyXNkk5+Q0SMEM9A1BiMHQ6RoyHihP4XSIkSjEGCaVyKsvykhLgkfy2zT3&#10;b/AfHoMnOnYxH+hiLaoXGzh78zAqruSVQgOWQhqZKuIjdIK+VETEIvoxqcRsyL6Lt/0fPjw12rSi&#10;rKulhUJ9fMISKMKMOwF56YH3z+3/dff1fFHh01O/nooqV7Rgiaaju9mKavEWPt3kmvwSdjPhn8nA&#10;iAjR1LK0dVHUsmu4fAr4MSAbVwpDg/nSJhfeRiGvtZXHRX744FrcYR1SYawHbxutL455HtZA+j9b&#10;dZVShmHazdhzLfTxzm8H6VPEhUXlzQI5SV4U/ThPJiDG+W/6eceeW+EFqqbarPiMV4LsYxgejvA4&#10;mnGn4Yu7SCtjMlP57fSAntxi/Bb/e/4PH/nfv3NgeS863AcVpeVmy1rz4v33btx26FZDg7QhPCKv&#10;Ba7aVHIszWjU1otPn+zfMt2CIausKK/niOAK7WMo+YC6ba48anNEUNK/1tKDFZBUDGS8bgIOqgpQ&#10;tMjhzArUwUrZ9h085KCvA5tHcO5AfkC7rf5LLf6JwpzLa2fOvFI36OTNG2vGm4rg9g52eUiNjg0j&#10;Gz8pCIU3C4hMhL+BKHAHgvqI8xLojWFXpOc+av76n7+et7Rr7bE1y6fP3HIvXaI3YMXhtQuWzBtl&#10;kLh1xphF3x0NL6Z6De1uqciIvH7lbmKz5bR+1qDasRm15uDqBctme3PvrZ068uudNzKbZQQMbIrb&#10;+gYPKXltbnxiQnarbp9JS2c6aCskMpWGNpNOJkH3iDe7VI6M4W3FxQdA/b7tGchhER8Ym8tuVDr3&#10;HGhgRmQ11okFb0hZAB9xzIGeEUVIm5hixx1cNndRJHnO+WunZvoyhUKxhGAzePmq9euXzZ6lGfLN&#10;/KXTlxyMrX5rrXpbfCGzQdbvNOm7vavnL5tokH589dRxa4+HVAqUHY59b2lpPn2w6JMdEfjcL/P7&#10;0MXiKdi6sD3nsjSn7Tm3qbcRhcxgEAkaBtb6Skp4XCmRWPb8OVmhY22mqyp5uP1Ctevqw6dWejLx&#10;ZA0thrwm+sr16yE1FHNjUmlSFFlTS49k0HvZvjMXDp07ueXHAXqiNx2vVAqlhpe3d8yNF/V0Aq48&#10;9U6uV2dnI8tBS/YeOgePfD/UwwDfcemG4xxJ39rT0ooWmVenYaKseJ6qi2Pq0Shti49KiaVomFpp&#10;6j99mq2isjLjpfVEJ3sTRW7ATyejC1ph3ckP3h2s2dWVoVDhyGBBgVfwtT1n9XL3oMpbhCK4EVTK&#10;JWKxgkgz0KSRwjIraUYYXkG9hszATAse+aNb2T+Hn0HSEXU69R/bT6f85u2gKpmmnoEhqTZs/8YV&#10;pyOr293wyHQwMXhpPsMAo4RXazWs5EZd5iwd7IAQ9zsDVCmELQ0SLZ8ZiyZ7E1+c/+V+fAMv73l4&#10;kchkgIsuXySQYJmW3l3s+QUpscUNKqQTHImmAQY7bV3DLuf3tsPADyRtzwFzxnZWJ2B5uc5iFBIB&#10;t5Xb2sJtbeVDlBBBU1HS81IdU1tHA3xzK09l0XWgK7UlPCKN3c4GYi5bSHYZNXf2QJO8OweuP8kS&#10;YCh/zbEeOFSzU083geRFUgFORwunYBW+KNbT9ba1ofzGDxaDXO6+q4BWuKUws4JI6rl4loMiOzG0&#10;FksGxQeVok0iaePINCaNjPj4ANNjCQTjTr1M6liJedU0Iy1+fU55pszB3lFXB/+W/gXkK1FYlvDs&#10;WSZlwPID1y9f2tFXuyI+vkKUE3AmgtxrxeHTVy9sGeOprIjKyG3R8RzQ3Qb/wv9uJttqnJ89Hq/k&#10;Zd71TzUYsv7sheunVvmYsvLiSipIWmZ4Ap1IZTANbW0NpFjj+Yev3TizYIiJBp1ia2yACHdEm/Rn&#10;vTZgp0mkIrYzTF1d7eaaZG4jw9bSvmsfR27ri9QSooGWXFhRlNRgZuJuZkpqu+NRFxW7IIPDMOk7&#10;b5xhY2paYise7LE4KfceZUk6Ldh66saZn+c7YNIiXzR18M9QKql0fTKF2aaDb5f+YDHFq0l8EFhh&#10;N2nb5cvXjsx0IRSlpjdwFO2yENRoeKaGETjIgq4JsT1liQREJtiegZb1z1kK/jOtfoAj1OfAAk+k&#10;saL3n7gRIvPmH5wfAvdkRIbWqO9ODuzUo2u3J1fmjojGcnAjFnTtZlUbOPHQo1j9fqTtU6+BHQzD&#10;2H7q1+v1yfXXT38ddkcfV8bVmLasu4seTsIHa66XDKTeQ4LiEtmMgU5JpZTo+2wZe3fW4rl3dDgN&#10;9FGXfDQEYpFC9Xqv28Z7oBLhCmWgIVKSzfoM7svJvL1w1D15eTll4upunkyCDI4tbcJQw8Kj9zjT&#10;Q4tGTdcQSjqNnjDAkqhk0Vqebl8eaMQkN2MNZ2/101Wo6guC4uKKLEZ/13n4ROdRcOYjEtm3yv3P&#10;+67YMsMWw+PhhoyM8Z8y+qmOoIXaf8qC/gZEiRLM7v6JBTDEazgNW7WTe2T/5dWT7+toEUQVsWzb&#10;mfM1aRhw/Mbwyu5uXVJ2Bm7M1OTbDFy0aNQwnIzPlcKglCo8zdbvm7meURvyuRB+o80EVCkT8CQ8&#10;ROXdvn7AjGG4ApgymQBr0GfW8gURX287uXZbvWdcgdBg/tfbvvfVgWM2UVL2YGvmytORsRlDbZQY&#10;eU3QgWXVNxhEWLaxJGq3+btmdWW+CnUAxxapgAeWPerNulwsEfLA6FiGYdj0GD53aGjK+Wa+BAyB&#10;EEr4QEk79Di8ileX/fxhEsFu1cIdu310JBIMWVVwIjtkzcOb0XO7aopVfD4o70BVr+k+dsGyqPTV&#10;N7YecLHaM9JbDy9TSIQCHvDRR85jO6mENlIVoPNCGkE08DIRlysUyUF7AYPhYwQQHFhu0Hf9geU7&#10;NyxckGqHE3AFjMk/rJlhQRYUQddcersJlkIsFgpESBuwlxHxuECyCrSaCCASMcQO0O41bYxVyJ21&#10;oystBM1SE61WVjUL28Xb04R+4vL6ryQbZnBaRFIGeITgNb0mrl1VcWLDpK8emPHrWrUGfzd/SndN&#10;XJWYx5MCtshboZDwJXyZREFkGNJECcc2RN0+bafbUmg7YePU7kytaj3WwaXjnvvaU1pbSM6T5kzz&#10;pDcTnfr3tXmUUIhxW9LDigrbCDJdk1h4fOHw8J7W2Bqp+YCp0/taWPJ7O1PCHuyaXzhx1cYf1tb/&#10;/O2wcafJJWVFFtOOzcJJxQIuDxgMsYoFlAQitR8f6A3BZBa2nW9rWVQyEU/Ie+XrhxgjgHoHfF7g&#10;gPub2YIVBDlrlkQeWjX/kTZGiSW0FIbpDdux0M/YHvv9toI9O2bNfW6t4LQoHRau+3qUIYEvBqbg&#10;wTwhFgkmfWf2vbz2/NLBKQaCBrkhqaGBJaXYkKu++XHus5OmupQ6ts/ivWPtXu9UoDM9fXuGThAH&#10;1iCZ2iSYLxBIlXgimLu2xB2Z8ySws7m0kNZ5+vQxbob41NZWKei4gOVpDl6+9ICbmzfiM2cP71TX&#10;VGVgYqjHYCiVbx/lP5If/+vV/6K4M2CDJ6xOyilt4gMfqtdCPJFi12Owja5SVFeek5zNxhg4dva0&#10;NGVwCyOzKkUSQbuXE4mu5dh9kCW5viAzpbhagCGYevp6GjIIbc47rwtyoyOozqkQMYzMrXTh5g5H&#10;klSGROWJlHQdr+5+Zrh3+L5iVeK6gpQmva5u+iRkLyxrrsxLTqsV401duzpZGhFVr6NGgDe+DPwq&#10;4lJrlVo2rl52dhoqGR7Hy4tNKBSIlWSLXn7eekq5UtxUWl3N0XToYUB56Y8hayxIqtP0cjWkgS03&#10;NFKT8zy1Xkkxc/F2sjckIKFX/rkFbp8oJEVjbnpGYY0Y1HYEsm33wQ76OKmIVRqbWSeTiOF43b6m&#10;aFl38rKzwtfFpJYTzLw8zakQMEbGrUpLqcfrO7h56pDB1UXckJpZItF29gI7YER9LRfWFyaWyK3c&#10;3Gy0sXD6VjZnZeXW16voOiKJSM++m4ceGZGhYFTKqynOLuQZeNppsqtKaxp4ImTLg3yHJ5h49nMz&#10;JrVfw8CmWcmtyMiuxJt0cjanEbilzzPZ+o6dXAzBfB7AL8koEOraOTsb89NTimW6Lp7WTLBOhZUM&#10;h5HxGkrSciV6Lo4uphQlNA8c1VqcmFVDNOvkzqiLy+Waung66uEVODKGV5SfXVGNsezkbmYAaoCW&#10;spgMlo5DJ1fgmQ8WiGpSKzNzKrDGXs7mdBKvLDqDpefo7WaI4dWXpBfJ9V2d3HTFpRl5xQpTbxcj&#10;TSqJLCh5FF0oAtcDhqFrj84OGgqxgJ2XU8gm2Xg56DNImObS+KwqHYfuzoZ4Xl1JdglPz8XTWVda&#10;npFdpjTwcLbUpGPZWc+zKnkKPMXIwlTJEWi7drYgNeXnZlfX83VdPZi11XUUU08PgA6PkbLyniVV&#10;SUHFbOLYtZONLkku59YkpJfjTT1hflX8qvS0Rqyda3crbQW/NDc9r6wRFCMkm859nI3ADIjALQyL&#10;yQUGwTH0rby6uelgpXgdVvCMJasCaEvvn1jYnU4Ezxk8sFd0UhF4jBB0zJ28PKyYBHFzWWZWQVOL&#10;2LTLcFdddnp4cp1MRdExdfbubkFoyMrK4RAtXB0sNDCNeYm5HEO3nnZakqayrNxGuqOnmyG1QwwW&#10;LBaGkJjPNXXvbqOFGCbgFbyq4oJivq6bi6U+FfOmlypiqs6pLs4oapLAFTkIS2AB0OJ29nEyQPw6&#10;QTAGx5aCVpmsbeHVzd2cJgeOScsqFmk6edlowZEaK2tIf55XJ8LSNA10NeVinKGrpy21KSE+tZYN&#10;1sgEqqtPfxvEDvDlCw9HO1LhmVnL98sWXjo4zptc9SylVtOuk7spHafiVmclZFSA6zPJ0KGTh6MB&#10;nV8Wm1ZBMPP0sqBjlNyajIz8Bpy2jSUp/fDXP2OmnNi0qp+W7PXe7p+7pvxTKYO4M3+RLIRtJBbC&#10;YXWIwwUcAZpDxHgbbg0hTpI6VBoEE8ISwTbr9fYOtlxyKTAgVEK8rZE9M5iZvttiAYxPIeCX4mVs&#10;MxwBWkLuQ+TS9pXztztB8ArDKyXtIdrU0eCQ6FvqAFu/jcHWRgLcP8G3ahEGpqltUd4QGwekPhIF&#10;Do8DlSgIjvbOYBfwZhdt40ACfP1WvfVPZBQkRBTEYGsbj0ImUZ/AwA38LTuWtunD4ClkAgDe9sYj&#10;7hIQ4w4i0KkBQVgAmSGYwZeiC8AhYpHq6pMGFqJQIUHXlLC/R1B8FToPCaUFwdzAwliJxOJ7w03r&#10;JUmvsINOiQRQgCImIQgP4MGgSU000gpwhHr+wH3yDUrUcpVIIoKrXIeIfeoJBqcdmQqJOQcmLOrd&#10;ERLaAWFZGGdbuLU3evmYOXwHqYAvQgnAopBKYS0Etw8wj2nn+XaWRjgOgRvOtwhk4HYnb9thQqg4&#10;EgHsTmC46tEAyQAZBLoDL1oAD4iFdwSJngdEw24SdgBQAV4uGA5cfcL1owrC7cHZST19SEAyiAqG&#10;jOfVCwEz+Gp+kc7wyD0mvLRIC8ibo66rRr4Dj4DeBd4PJUFDT/Bs+cy1l/jz71+a2cWYIFf3goxV&#10;3Yk6LqMM5h4iXwC6cCeHvLcwUUiUPnVsOxgxDpxgEOCRZ5En2yaljdHa3sI3znvq1nFIQ+17zlew&#10;vDNsWRuHvHFv9Iq9OhAKQCGB2d7mZ4hORUYWCPUNLLLVg1pgNwfToKYJcG3jn1cFhCGl5NzUaXfd&#10;N+9ZMcIR3JBx7StJB0LAHg9Zb+Cy/vWbpZ5nPIEmyj6+buXhmolHjizqrY+Y1KDlUxH4K2Xhp9KI&#10;PocigCLwpSOAJzFaUvb/vNX/drLLwjPbVo8wpoLU+9JH9cfph0COvNAfpmznjzv3wxzrj3LRwRHp&#10;4txTG3Y8Ugz5Zd88O/Cs/mCVxB+n+9/XAioL/31zio4IReAfiAASm0YoFMJBiURjgBH275pU/QPH&#10;8KeQBMBI+AIFgUZBDJk+qsDtJ3JLgQOfT9BnoJLwo8B7u/JfG5v7D5GKPowigCLw5SKAeOTQGJpQ&#10;kCjrv2db/OWO86MpB2DIEO4NAoB8/KOg8IZwhhRwuUQF4Uej99sH/iqfis9AKtoEigCKwBeMQHsU&#10;P3TdfmsO34jj95Hz+yd6l3wkJV9+dVQWfvlziI4ARQBFAEUAReCPIYDKwj+GH/o0igCKAIoAisCX&#10;jwAqC7/8OURHgCKAIoAigCLwxxBAZeEfw+9f/TQ4fyLJ3JBQZxrgp/fydp8AiUEg/hmDAZ5eyPjV&#10;YavobdUQByt1ATfltvBskPLvdXC2N+ECTzKKhjo7F+JABt7IdLCuYGrSOsREf+MB8Bck0qhtPp3q&#10;giPR27InMt7VB57MZKq/JbfTCbYGENoLuniZbfG3s6ceCw0xzGuz74AggBDnTZ2gEQlQ9naBcPNU&#10;JGPhm2Sq+3m7F+RDNSUwaMhXBgYPH8A74ESHZNN7GeiO+ocStkKOmJdNaWhotE/eBxDxIVVg+pCp&#10;UUdx+9ACsfRe5r9UD1AD8lt+ECof2kE7j7zZiyZYm7yRYhImnEl5C9jfcNpHdYlW/ksQAN9TDaZ6&#10;2dGE3+AI/P5egdWYvxvY/y/ztf9L0EE7+ZwIgN+8uDDszvU7z5sxxv0XLhnUyRQnk+JIrKerd4ZJ&#10;iMb2Mxdt7EblKqkUbuK1SwGR2QKc9dh1X/cyp4EckZXc/XF/mBxLtvQeP2PJEB0xT/5m2CtIfysX&#10;FMYcz7ZYOcmWKMNrKIqvXrkdlsgh+ny1eZKDDniHv8ncKgJVV5x9Kphl7tGppw0VI8cRZWmnvr+R&#10;JiUZ2A5dtLafiQLCYb0EAPyYW6K+2xXYLNQymrZ8Z18NgYqOaYp+ePleWK7CwG/u8gluBqQObvXt&#10;wpVMaEm9G1lDte81xEMDi6U2x2z79TqHJ2cY+M35cbaVArI0dih4ojjn7iNu59FdTBHrSHUBe0l5&#10;XVSQ//XEJvexiyd1s2ZChFAIYiKujrt9SjB432Bi0tMXUU2Os+c5arwVSPftyQPxqayJvXzlbmE1&#10;Tx2tu9/CfeNtIJ/LJ8wygl5L1NpfHta3QEhpio75hHW/dmOyIVfxR0iv9/YL8qQ189KzJjOPzr3t&#10;aRi1r/3/LxBzjJ10/cCtgvbgdbBHMO89ec6oYVbYFrHyc9CkngysipNyY//NPC6E+G8nyLjz0AlT&#10;JlnS1OAjFRKv7a7vs3u05esgpzCclvSz4a32Xby7WwOn/f5wfm+46PefGQHgZz3u8/W/PKjmQIgB&#10;spbJ+PX7umuyRRCs/jevkVLemH77rLTvJh8ziObybkJQn4rPPEH/ouYg/Jq8+vm1h6eDyZ3HDfOQ&#10;3dp9PaygUUWilj5Y/Vjh1NPbtj75h8NRTVpasoKbhx8/KjTsOWaQXeOR9VdTOCJpbdiR1YnGgwYO&#10;6GnPTQw8fDpRCIfIDujAPo2MyfOfvfjQ3RcsyM1GpPMybwalJdI8RtgJz+8IiOKJ30wlAols9DGl&#10;147s2rYrvKRZhqQMJxUFLP7pidyjXw8zUe6tHy8VysG6vL0PHIFe9Xjdfa5B1+5dJdkbdj6t0yQL&#10;ch4cvXktXrfrhF7M9EOn76Q1CDskbEYehGOmpDLm/omtgUk1kLmWRKsL3bipBOvRo3cPjYobP218&#10;0gj5/TqOAk9rSDmYWSNUQtTPdkkIiTZZGfeDYlKUdj28jDWIGHWSCDg24enGjt0tGFhFS2l8zJ3g&#10;ajH5d7Nc4Ag0TtbVYj7Wodvg3r59e/rYQhzn35Uy72JCiHbd8GztyuvlzE69/Xr37W1PKbi4+pvE&#10;JjgdfhaehZTZwrKnkRkZteK3MH1/8/KWvAj/NHKn/j6+fXv1G9zTURFx/Ij/42Lp62n8DLQpufkR&#10;V1KInv2gl57qHw8nKwb+ZdgZUH2QDR16WWu8mcIND+HugiMysuslEAHwM1CBNvF5EcAT6Y2R61Ze&#10;K6J59gJ+9nHUKL20clUCW+PNoEHtnaoUzXnBF7LYv5Ph8fO8Cp93oGhrfz8CODyJV5uUnJdlP3XJ&#10;17MmfTunR2tRZS5bgit8vlfotWTpjEVzpw/tVHMyrlFY8iSFLfCZsXDJrMnrZngVJBRVCDBarsM3&#10;rVg6fdakZQtG9TZWRryogTyGr+QFDtcQvHHC8LlRKhM9OqzGODyFnRdYIMH1GbNs/vIfZ2n4J+e1&#10;Cl8dDuB4hOVknFs1Zs2ZMCHZlImoULEYXF7MXnbfNT99NWve/O9/Wr6kl5YKwom1FTyeXBizr8l+&#10;6rxp8+cumNOXfSCiWsHOKGsVdZv/9fKZs76d7PQiPjOTJcZAilRae4pgUPIJi0NiwsIqGGYMPMQz&#10;IxWGHoq2H7viq6kL5n21Zozek8eFXIhG92pyoJeC9NuderjpEV6HuIe8iILWBrqZx4yvFg2006UR&#10;IaoXhU6j02mGLv1nddaGgGEQLwz0dBQKHT6kU4ivNaygPVXXpNPUcdIgCFprbRnVxXf67BXL5y1b&#10;PH12N/1PW5ghmhq3IOI+vceqhVPnzZk8e8GsxWuctFJORhZTKRQymQKIqvXUoIKG9FzqQOoILQgx&#10;VAqk2FR/CVHAIBe2+kN1WDR1gchkappBPUqmQpBFGAzEaaNBYDj14zQYHrSEPEVFWn5DkGOJDB2n&#10;vlPnTv3qq8kzv5r99RRPImR0r5Wo5xcaaesLUZy29QRzRaFCW0iQRoRW6ktiiETa+xODwbRqO/pO&#10;mQO9TJmN/Azp00mLpICocSQKdEEjaTn0n9tdv83n8R3DQYLJtXVEo0G+sk+bgL//hf5XUQD8zCuM&#10;vE/rsnz+1AXAz/NmLfrWQy/1+LMiuLBAYiKSX/JGu2xEuBnhWeSigv6So9+GBJWF/yom+WyDUSok&#10;eH2f6d/9tGYglcfm4ehGNBwOdEWsgrzGzo4WKpGKoGfjYV6Vli90mLpm46opnXC8Jj5J05QKTyqx&#10;NFOX3hZEsUzEqslJT6/TNGTSXqeYQ9LjkbxX7D317aKedCSCJA4vYlVXUchMSw0CF2Pd3VtUUVnb&#10;MU2uUiShO/dfsfPoRl87XUhZh+R/bizMb+zWu4c+RgoJ36ycu9oxsS8TYOBwOE5Rbp27vTlRKpcx&#10;HXo41GaWNaoUJE2SvhFZ3iJhmFjgMqsrmqXypuB1vhfTlHgIAEnh5z5LbHxhOGxENxwEtII8SeaO&#10;3ckppSVCmUhcm5VU0LObHbUtRWWbwCWQciOvu/VxNVCnzGhbSbGctJunT964fPfKku83X6tryjm1&#10;98zxr32G9fA8fOnGliFnSqkEHI6owSu+sWl6Lw+Pfp2XBmSwlchyD4KiNmCpV79Onv17jdx0LQ/H&#10;oOKJjewijeyTKyb0tOjmPO1OgRAUpZ8yxZA3REPXgJLJqUMiaUKcTIyO24zNJzcNMmOlXN68c+Xd&#10;HAEdAnEyym6PWRuYw4WMvfw8/2Xenv28vWYu3ZzRqkkikjWbotbPGNQfPuzsvflBJYgrWHKUnBz/&#10;r4Fm14kr96aycBSIxksSPN8+/Pwd/7WdO/XvPWjN7bTCG2tgUAOmrb9fIHhTO6AOMwrZEJHIvCpB&#10;VaWqu7mbr5uWRImnSV5sHza0M/TVber2SDGNTFaxkkKu71oxb2E/z1WHQ5pwRtW3J47u4dmve5cf&#10;/O9cGrs9SQyy9j3YvOoF0n0gsWkxZEm2/4mLR1YMHtXd88CVyxv7HMnBQnB+irIx7SIyBa6TvjmU&#10;1YhDEm1jiYTCy6N7de7n7Tl44MizKSKYwE+ZAvSZz4iAmp/1aZnNdVLIbgChnVVaTlM2nd7cX0cg&#10;w9FwNSHb5o/q5NHPu9Ovj8okqrbdHSIhlU2pp+f0Xv1TLJf5js0TOq+fcYr+TU1Bpg8yU0ffBDJK&#10;kGjVd/ddw6kMXYzpEGcbBxHW1Us/DjSDsKzS9PX19BgEUHuWnN9wzcTS0YYBAbAhW0593IGp3Ufd&#10;ZXku+mmcoQgugdoLrIDGPYb2dnM1pOPag3SDoIQmQYcB2VthVQIVFnLEe1lfKScbmLv7DPE00yMR&#10;IPCxOndFdUlSN/PW63N9PFxHDp/8pIyGBGJ/VWDVgxNaW8xnHGS4lUrhikxZIQq/ldZIpxZmBLdU&#10;10NIZ5W2z9rLY51wShxeXluWW5tOnDjSkwTiFR6TSzDeqyL2qNYP6uvZbUOyz/79Y3XhgvFlF7A3&#10;ZZUUWDgYMCDwdZsshLDtKk2nYZOnjpwwdPSWr5cNN6FwGwKPJOitPOh/b7wTv7YYDtZYCKWdUSGj&#10;dZlx8WnE2Y36/if948u4WELDg2/HnTD68cajh4e3DOUEfr8ntEFT0lJZX6vdf/P+a0/3L1btm3Qg&#10;HY6Vn8JlEC/bdcH+yU+2jhzg4dS/R8+ruUSmtpGpJkHX2IKYI05+UdgCJ8Ts6IsUYyNDkkJUEXY6&#10;1u988F3//b3N5dcep+B0mwJ/2qOynr339lP/rYPDtt3MgkR77Nzrx5ZHexwNCI3Y0JNSWPakBOLv&#10;Y5XC+pKzD1pm3Lp99Nfxgg1Lfq0cfCn62tdWuPKbkaWK19Y1wEWi1uAf+jj0cnft42LrO2z57bQW&#10;TV0NMkUUu23Cpqbhe/zvnb+83T1r7bKLhQwqUZwdnJCPGbIz4KeFg0mx61Y+dl968uaFq5c909ef&#10;L2NDGPN3IgOfSnmhW/yckF48XEfM+Ca0FEOjYFpCT8fixm298HBONxyrmCXBE2X1aZdPfJvU7XhA&#10;aOR6b2V2ZVg5Ho67eZeW7PNYeuHK7RubRlne2n6vnPoGo33KbKDP/FEEIG6/0/x9U8N3Txjg4div&#10;a7fLWXgNLSMLHSqOKM1+8LhWq+cPARH39k6OeBxR2CKAHSRoFWSsLP9j36b02rNzdVe64PWL/IoW&#10;VBb+0Wn59z6vjmmBJwnTzmzfnWs3fG4fJz2cOqN5hyHDUoMIJ9A9tETtWL9PNHjRHDc9GpIITkXU&#10;77b0bPDlIRopZ38N4VBwkEWPx+XyIJ0hXK8RIZsF/H735ReSnA7JSCJU1+cJwGAFEZNICvHXT0A2&#10;yqR9YbSNoS/Cd850D1m9JUXc8TYPIew1nZCNEWc44Ks1vcxyvu5t6rUjydHB0EYb8lbiqNpGDDJI&#10;Qk5BWlwWd9j0oXqw04Q0GTjQkZILr41fV/LV8aDn4Qd65q8Yc77itS4Ohyey0yMFne2MaVTCK6rA&#10;AoRE19Cga9AZOlqadDwcVWVuvXy6mJqbgQ0pSGcky6ZEy7Pb2OlTfU2ZTOtJ08dU55fkcUS1iTHP&#10;RmxbO1hbx9jFb/Skbr0l92LySK5fnT+wZvFAax0t55mLRkkvxaUoPu1kCPY7+G7L7oRHP4qKWjeg&#10;4dhU5yFDxj8owGEteo4bQmS2xldxqDmR1+36uNkxqJBti8ONvRpRSjXxmLjouy0T7SQNjD77bm/+&#10;dpgFk0CxcvCElJBYSWt9Vu2zbrMm+YB1qnv/iT5O3TXVOcjg1D566jhHMwtjUwfvvsSBI0fbaNvZ&#10;uYrk5AJOCwGSY7QVyEhBZQ744VFScEzco7jkqLDzvuLmp6FZAlF6RJD3qvnjbGzNTG17zFi8QOfc&#10;sxwSZO4ytLPp5entoKdXHfLrfW+f4V3sbE0srPov3TMEsm685z2EqSEx/DY8TEB6eR5349QOPyus&#10;GHhP6tCte1dLO3MNKh4Pmm+ciFOT0xjTc/r43mA47D5wio99Z6ZMJBXbTnsSt3aYMZ2poWth7SgQ&#10;Sz5pM/LvXSX+npGpIGWJ9+KbIZGPo2M2Dms+OcN18KDR9wohKQieiK8KSY4vruGTvOZf+WW6qxYk&#10;fsOKOfXHV84IMzt4akFXImgQ3pXpCJWFf89cfgm9gu4Sz824uuX7q9Txm7/9qqcWRqYEGQFawrbE&#10;OCowQsZh8VALy44+sHpjVOcf9sK6TYFDIWzDkHUfR7N2AksNp8bquqxne5ePHDfAb9yAn543COCs&#10;9mZuHdi5YbDqEx98rkS6wVQHfa+uP3LNt08aGb/ZjONxFNX0SWMsiXR9E3cHB/OEmvoOl3nQgKqd&#10;TrikAuELsaFFWq5f7br7PD079uzqTrq99A0YBMg3CMPBYgWNpdnPzut0deYWlbH5fD6XVdvIldWV&#10;F7WMmjDBiaalqd/ds0/rlcRs0surQRxBVV2YbawP7hnEt+xdX8YaQyQkCG9bUyMSpO3tIPexeDyR&#10;gKQXA6M2U3O3YjaPL5fCloJMISE5x5Rkuo4+ndpS08yHaw7kdgw0iSq8maUXse2k+9EF0IVke80S&#10;uPEDZ48B24rjkp+t6cm48sPFMpK2a5eeVTxJWeWjmEDHLg72FDKY+djP+HVf53MLBvXqOXHGqgdZ&#10;EjIQJmfHHV3w1SCfsVN3pkoVOEhB1FhXhwE3ChBECqW2nqmmjgaCJlLwoEhUn/Xb2AP5E0kH+BvC&#10;YQ8FV4BUKgWyNNm59LbS0K1raBXC9ooEF43QmBKDo5oYGwrLGjjwrI62pqEGQ6FQSKQSR3MTJgG2&#10;ZsArcOP7/xFBbgHVvcBPu0cOPGhhZEAnQipqNcVYhVzMhtSZJAoMBxJC6RiaMbUZyEzKhdyiB+sG&#10;j/IbuHDDxSr0UPjRzPcnPNDOz2I8mQp+WH5b8uNSotb307ny/blSHM15xrq1HtT7i4cO6dV18b5I&#10;jlRt2EYlM1zdzO7dCm3AIJHh31VQWfgnTNW/okkcES8qDD3+8y38yC1bvx1uQgR5glEZ2Dlpp6cV&#10;y8gYeXN5QY2hi7UBpjne/+fdse5r962Z7K0NthI4rJJbnZ3NVoLDGWjMJHweHku1H/nT9RfRmTnR&#10;mXsHmoA1ZQfRAGseXd/URNrKLuOIqbjKtEyihZkJ2XrSCXX9FxfOjTPkQbL1DkWlUJm799NmNfGw&#10;4PioFAg5IiaV+tIoHhZIPVsnvdzMYgHoSfkl6SX67ja6kpaaqqrKFhVNk1AbGZpGY4LjIUEFCe4I&#10;eMhZWF8aTwnaOGzG1DVXYp4/D9q3Yff1Yh5Jk97IEajIkL0QQ8Pba1LJ7V1AWkFFcsTz/tamRjpk&#10;tX73wwsWUhPzOM1cGZnOxAlS01PsjXU1SWBbQqyraJSDPQdJ3FpTU8s1cTClNpXkVjUCAXS6sjku&#10;Lb2PrfknvbA4Mp31aMWSnXeymwhkMmQzJNPo+tY2FuD6KZeSnbr0YQkqTp+7au9lb68NLpAKKbe5&#10;wWltXkV2VtjyLnoh9xLFuLzjk6aGaX17I7s+4vZKNyIIZxLVxNoM31DXJCXR6VgBp4nfJP5Yq0sk&#10;KSCFDPY7VCpRJmrBKDEMKgmMYqjsyiYhHMzBXZVblF5q4GalC/K2DWOYAoa2QVF2AUuKBdFGEtUX&#10;NyFbKeQCExKQfqLLCZ5EN7E0wbPqODIYDobf2CRolkC2xqYn6/rMbln4IrEg+9KOMQYCMaRU/PC5&#10;Rmv+KQgAPzcGr1q282YGCxy/IKUlGFrp21hbMKhknLgxl2s5c+etktqckG3cwOcpHL4CC9tMrcVr&#10;9w0Yybl07A4LC5r8d9CFzuufMllfeqNgRogVlIRfOJXOtvB2kqfcv/4oMDCjvEkmc/ddo7i3/9jj&#10;23dvhTzXXj7Isjbm2uEbLdru9oyauPu3Hwc+zKsXS4tCti3ZcSXk8ZNLN4LS6qmT+1kTRWKxRAL/&#10;idV5ddtWNUiUKgKtmlIuNnQbadXEDb53/taV3efqp3Zy1qRBjl91fUlbnmR1UcrEkCkWdKtKle6g&#10;ad/UhJ+9Gn7vesDVsEKdxV1soOm2anBycO6zmvTk3KlHdwP8rwRRVg1ykvNKQi7v+3b7zSfh1477&#10;1wy1dbHUg5ux6pTgokYs02Lk5vj4p8nZsSkPVg8aPGTa3htHljvb9xo8q/bZ0avB9+89PheUrrmq&#10;lyPkzIX2wc4CkxEX3cNEU0+L+RtRCLJEnRAYWaAVUpG0PfU0JLkVwXUfqF/55Znhty5dfxIeem3H&#10;wWRvNzc3PbJB1yHTy8/uOhoe/CjA/9bTxhrLaT2tOAW3f9m35/jl4NCQC9/+nDdlRGdD3Kf4uilk&#10;Ysf+Kyyq/A8dCbz/MPTxo0f37kdWlZvO72MhEIlJ9j2HtTy8EWFsbmOvy4DTuUJc8GTlhgNX7j64&#10;+6QIw3Tt56jJEwsY7hhe3vPHNx4EhdQRIsMTeVqmnZxH1t3dt/dReGjgpdPB6SlNoMsG9KWgQn15&#10;gSoBNz4ECCXkI4ZMvR1T7cKRq6U0JeRBSODDp48fBZ6+Hqlr5jTaW5/pNmSOOOjSyaC7D54E3L/+&#10;NFr76/62Yni6DVWFTGQ+eOOy1pxrdwNuPXl4/8G1c9mIGgIjYpeU5GW1SN8M1QD3vkLJ24m5EUaS&#10;tufShszAQqlCQdI293IYVHl3375H4WGBF08FZ6Y1walWrBBodVVUBT28fftZbGiFKj4pWwBn+i/9&#10;Bf+y6Yd1w6Hf11Z1148cfXj3YeijoMf3HjwrKTZd6GeDEVQ8uX5i0z7/2/cePMrRGu5tq0EBvYRc&#10;xBNTDPsMH9u56sTRG/lSZM/0Ngb4rVu3dvyskccn4XBhKZkT+/b4WLxOn8aA0qSt6OhgVq5U1LXw&#10;kXsetHxpCIB6FK6DyotT2ApRSeKLzMys3KxMuVl3FysdE8/euo9uBGRXaTt+++1SL2FxTmlDSROP&#10;XZiUkKWuRnIc5NHNd4B95vUzj7OKuOZd5i+b547nSt/KOA7u5wrI3CbTce7jpoURU61dbdiNSaEP&#10;c6Ujv1k9zlyLqDaS6ViQVG+tbKmOq6udhTbcN+q5j6S/OHwlNF+k77xkw2JrDB8MTNulrFKm4+Fr&#10;EhEUkJKJMf72h9WdsGKaib2JipcQ9iC0lDx05aIpzoYkuYKbfftwpdEIB10koTistbAutjQKKWY2&#10;VrZ6EADAvK8f7v7Vu4lpLEKv9QdnmkvFamkL8Aibq/AMazdzE01wIXxNJbLsywQtUoqJpa2LPkkq&#10;aGokWPZyNNAgqaQCrkDLdYAtoUVlZmDJYFYG335YQRu55ruvPA3ISjnFpu9Iq6zz/o+TC2ox7mM2&#10;Lemn14q39u1OyIc7vvAXLMKcLb+MM3njFvTDuQruS5kOk8Z5NTy8EfgiKyO9sJrbdd7plT1orTAg&#10;LEUf3xiUZzx29ggvKwbcxBBJpg5dRffO3UjNrdVxGD5veg8KTd9WpzInOjr+RZLJtCPjLUrT5faD&#10;vB3t3X00iq/eefCCbdzFz3WQu4uVibW2vLGeYu9nZ0AGoSriy/Td/cwZcjGXo2BYWto7MIlq13UA&#10;Ss5vAC10ViLCXRmpuWzdIRNnj/LUFPIxpr1He9Y/uhkUl5VbQuq1fcd0e6lYLGyVkAzM7dwMiRIJ&#10;yXZoP2bY3ZvR6TmFBiOWOsBeaMEYw5LbgcHPJbajHDUl7UEXYDbkguYWikM/byM407cDBp+Kmxux&#10;Rp3sTfXpOCmf00x37G+nQzNydO9OKbh272Ecx7xXfyc/NzcrI++unpTnoQ9f5JTUdF58qCs1q5rm&#10;1dta4/WG7sMnAa352RAAfmbYTRzn3fT4VlBcZkZGfgWn07wz3/SkcfgUWw/jhrr4iKDQ1Ert2V/P&#10;8jahwx29sJnLdB3oaqqNk2PK6hUOnZ2Y2Dfc7o20mGjcmc82P/+2hhAvHTrcBr0qMhFfjBzRIAYb&#10;nQRnNIVIyJMooRYouDqo4KVCLrgk4MkMOhLZCs5+IqEABOE7tkQQ4Y1KxUl5QghJow7iRYPLMRwG&#10;9nBCOEH8Fk+w5KHQyViZRNJ+UkQMVeCCB67TxALebywJIQYbgwzCQ4Uso6AnAUcx8DtCDBmVQFPb&#10;2QU61cBJua80sIjxC8ToUsokYjAmBZpfNSIDql6HtQEUgHTkAPj2kQNpAbyc4DiCnAKJVA2iQiBG&#10;DkSIaxNW3CrBIDpKuL3HgTdeB0pguO3DAWjlYqEQkVLqEQM9iPoGcO0QV+dTuA0ZLLVNPQRuLUIe&#10;EAiW5lRNfWzsD98kGEwfNcXLCNs2IPDeY9BgkjFwjyYSiOE4RqCAryHiTyAV8pVEOlkp5IllakgR&#10;JgH7YuQKEY5uYjmBzsRLeaBMBItgCFGHEXMBfbjagahvoAeAptppB6SRCHwvCxynRUIxqAnU/o0A&#10;HBWuWYFSmRB2TGDzS0RuThUSoQxLUpQ/9S8xnzLB145OUBQGfb9qo+K7Jz/alz6PKyin957aRQMA&#10;f9ks9MIgyNqj27R/iMDKIKlA5QD1wE6agZNwAe42DukwHNgeAYPT1aCpVBKREEui4WR8AXgNoTv8&#10;T+HAz/vMayZp52f1XhjeNCoVPFyBVZUSgUCCiDyECcDYS6yAlxAuxBXwdrXx2auC5rX/vHODtoYi&#10;8EUhAE6VosrQ+7fvR2f2nLEGvOjIWMmn6GD/0kHDHaOqMuqXEwcLcRb6RJyipURivn7DGl8LYXkt&#10;h8fVcXWigQfqX0oS2tkXjwAag+2Ln0J0ACgCn46ASqXAUbQNzbqPWtG3kzsd/88XhMhBUSHFWQ/+&#10;btHcUR4ezvZuHr6zvl7ezworktFMjS1cnFFB+On88N9+EtWR/rfnHx39fxsB8AUEKzwiTimRSF4a&#10;an4JiKggVisFfA4R2aiSguL0PSGXv4SxoDT+AxB4r450w+mrVzev+lgKO3fCpKa3P2RrjSkuVWVV&#10;1UFUpo9tB62PIoAigCKAIoAi8Jch4GJi9I5zoRaZNHLjL2Z6Oh9LR309RiptfwiMzk1MVGC2DNfg&#10;H9sOWh9FAEUARQBFAEXgL0Mg+Ncf3paFWVW1bmbGEGnodTKvDyYHgmJ0lHuK94VF+uAG0YooAigC&#10;KAIoAigCfzYCGjTqO2Shu7nJn90x2j6KAIoAigCKAIrAPwcB9DLvnzMXKCUoAigCKAIoAn8PAqgs&#10;/HtwR3tFEUARQBFAEfjnIIDKwn/OXKCUoAigCKAIoAj8PQigsvDvwR3tFUUARQBFAEXgn4MAKgv/&#10;OXOBUoIigCKAIoAi8Pcg8EXLQpW4OeX80sUL58ycOgXKtJnfnopjvZHn7k1QRUX3T6z75nhUJe/v&#10;Afv/9irjp19Y+s1Pd3Nln5M4VVX0yR+W7g0taUUDc3xOXNG2UARQBP5dCHzRshAjbc25d/J0IMt0&#10;yEgofXQzrqwY/e3D/Ob3rPuSquiAY4cD0uqFf+0kVt3bF9n03i4bHh5+VieWy4X5t04eOPSk+P8I&#10;808guyHt/qmT15Nq+O/BRJj6NDY5uRaVlJ+ALfoIigCKwL8GgS9bFkJSGBJGz6rX+LmzoCzbvX8+&#10;o8H/p0uRLNE7JwhJHMOAVDAdEgz9+RNZdWXUpLXPyt4TfYcdOHfm17dShRQCVW/46czsF9v7Uz4n&#10;TVgKhUbH0Ej4d/YvK7y+a8Xyo4kyJMEJWlAEUARQBP6zCPwL1kAV5Khu0ytSPIYs8DTNS8llCSBn&#10;S+4BTxdrKysrhy7j9iV2zOGCJWlIU/b7dbKdcTFP1Bq53tF7yM7nECSHlXB8poff+kuFGO6zmYM7&#10;jz9+/OdOXnY2dl17rbr55OQoK2sbO7/lO2PbFayK9N0jfeytraztnQ6nQeeKxvSLX7mMmLl56zdT&#10;rWzs7OcfCeNgVBGbJq0NSiiL+K53l29jOaL0y8ttgSZoaeKW4DpezvHF310Lq0za0c/uq+u5SSdn&#10;LFx/LVMdxk6UfnL9YBuEfJuRvyY3I+OTC6J/cO3e95uT+7+2sra1G7Hy10w1KdKUo0N7OUFVGwfX&#10;bx6xkI9kjRHHF9hDT5NX++dymYSXwj/9mIuDLdJ954FLntZLMi9t27znRfG9H8ZP+iXs6YlR/T2n&#10;ni6RKeX87ANj3AdOu9+Kqb26YUzX5St3fjW7n7WNvcOkC6E3Fnu6Wts49up/tuw/+9KgA0cRQBH4&#10;9yEAsdY6lszKmrc++Qf/U8ktvzoOo9t1S6S0nUrWvUld6TbLQlgJ+72sdfruSqmtLUm7Md/J0G/m&#10;wxaVJOb70QZ6ky7fOT6kswFmwsESjlTS8nAGhmaz4rFMpap5ts2HaDJjf6aq+UFfezqmy8bogsqy&#10;W4sxGJp914OZtZlnF3fBW43elyRQqbL2DHEmD9seX1SXfHC4rvncRy0qVtLBvhis24RDmeyKWzN7&#10;aJvPulHAFbdErdNn0gfuyapnlQRv62/ttTGkpjrp0rhO1N5rr1fx8ve5m5C810WUs5ob7k3F0B3W&#10;PFWoZNnn13gye66+mlxbW33z607mOgsCG0USwZM5GIyO08rw5trYw3PtSd3WPYHJyt7hY9l18bnM&#10;8trbK+ja5vNCuKrG+IP9KVaDf42urQ1fPMKagOl/KJ6l4oYstNIftu9FdSkMxJ7ZaVwoh/98y1gj&#10;Wp9N93O5ooIDjob47jtzJAppa+IGN4JljwtNqvIT890wTL+fAotY6Sc8LJlUjXk388ryL8/FkEz7&#10;nsv7B/MGShqKAIoAisBHIPAvOBe+sT9BUpXjCLiE0ANVddO/W+ZtbGzjPmjaTPfkjHMpIiKRStds&#10;ujt38vIQybSnhxbaaBORLMgYAqFNhYjF4eFPJBEMloDD4Wys7MzNLb28e1GI2Ml+7sbWrg42VAlf&#10;oCJicmPu5eb17d3DRJdm23eIG+vurcgadcJwUytfH3ddC2dfc62q4rIaPllTl4HDYSmauob61v3X&#10;3om+aB+5xHPoqidZIrxSgWdoa0DfRKaBsQ4ND/FcCVBwqtqomNBmn94zRnY2NjadvGQREecfGNWi&#10;VGCxOA3t/oN6axnbejmaE2qrMxugS0hfk3lmUeevLlhsKi1KOzyA1pIbFRJpaD5+cB9j434Lhrmb&#10;QMh0uUyh4bc3KeeE5W23bv2/vVJKVQqlkICcQcNjKUx9fQ0KEU+A/6mz4CAQIkAgf2BxGEMDEysL&#10;fU/PATSyaITPABsr606dumDFLUI04Oy/b2+MjghF4D+KwL9LFqrkQpkE42BJ4tTIFTIysU03iCWR&#10;iAIBr47dCku9SkWga2lSc8NCszjqtVydxxuLRQSg+v/bilypdLMxpeIxChUGB98QACilSl0FqaRU&#10;4qm0mL0zurs5u43eX2VlWc5ugGpIG2051V6n51AqwS4FGlFJyh9v9rbsfrZhcnzyw9ldCAIJ9K+E&#10;RuFr+NWmxcXicDJRK7uxFk8mEdqoIZDweGVRVR3UQT4AydrWPvxSSEQY1wXf9unhbmpUcqCvkaGF&#10;w9aIVgG7ppSmyTTVV49dLdMwWCKm8f5MG/PO33CvpZfcWOUkkCiRdqB72DmpSUQoaEOgfRBI5zKF&#10;kmKka6VNwiiQ+hgCIIjQjGCCJiD5jy4a6LBRBP6FCPwLZCEcYshE9dSoKqIuZ1XZutt7enXXk2Nq&#10;WVzkU7yMU8fWYJjaGWqBsSYP32PbtatbR8j3HDpT3KLC4UhEkkwlUIHYVAiFPOUHLPEgNKg0okDY&#10;ZUNgdU1NdXny44AbAbO8Re/OJ0oi0ZVYApmEVebHBFbb9Fx/YKaduJrdqsQih1EikabCEghkCqHN&#10;fEWlVBBpehbmNhJWM1d9CyptrhXwaN4u5jg8tuOtZ5vkVClaWmzXXoquqKxKO97bidB6eM3ZEkc3&#10;L0ktK78GqktZzQIxBgsnvvq44HCZfOH1M8OM+PWVfAwOkWV4EhZHBgMksNehEKkKLF+GIeGIcj6H&#10;r5a1aEERQBFAEfhvIPBly0KVSiHFcKpTQ+4EIGX/visCxqQfpvXR9Bj048g+0T9tOB0QcP3c8XNh&#10;ymnjlnuQRGKugI+n4I36fbfn627hPy08kS4kOfQepVkdcOvM08eBz3MqJFIZHJJUcpFQIJTKEdmj&#10;lInEAnXebJVCJhYIRGKxGGPbb9G4oTkBp05dDTi5xMdz1KInlSBNZSKMQKyWiGDOI8SIpAq5EmPR&#10;aaQWryzmwcNHHG0PfW7xnfOXT526mZkPopcnkOt6DjVQclKCbt3LaIAjrUAID2GM+o+Y3qky7eiv&#10;pwIC7m3bc9+q07qJPZk4jEyiFAgliM8FjFskEIgVeLI479i60d1mrL94K9Vg0VBbm16LB3hY9R0/&#10;iym4dfJQQPi1i89y6uGUq1BQjF1cNBWPLh+5eXnv1fvNNDGvqRVj4mlrYlaT+PhOfDHBa4KjKiPk&#10;8o07t57FZJWIxRIYvkomEYpFEjgcI4dQoQAjfomJpA0TtKAIoAigCPwbEMBv3bq14zhYXJ6hpsaX&#10;MjKVUsSvFWIUlYlJKWlpaVXUgRvPbh0BZi8YDZeJQ21SH92Mic8qlbivPHFgqRsRZFVrq1TTts8A&#10;b1s7F+sWQSnOYNCALh4ORiV1GVnFTczOviOMDK379O9iQ2I1yu27D+7vYkRQCho5RIf+QwbZaUh4&#10;rUKadd/+3Z11DdyG+9kUxdyPiCqUWa44dH+eG04q5nObac6DBvS01ZLx2XyFZc/hPg76TCN9em1x&#10;Vk5uRaf5v4wkFyYnpDebdRrZ38fGwsHLy9nJTItdlZ8Rn6LVdbSlRGnab6Cfu6GOfc8+zqrskKDw&#10;5NQm++Vnry12o+AxSlFzhcy43+DBnkYYCY8rYjj79vF09xw91qclKTQyKjapQOy48fT2vgYkXcdu&#10;3TXLnj1+1mI4ol9nNy37TkN6eHr4dWU0FGVmZFQo+q1Y1F1Tx6J7f08bPZyoriAlWWDSe8qI3s3i&#10;4uLY5GKbkUu9KDTHgQP7mko4rQQz7yG9vQwokpZ6Mc3bb0wXS6KC39hMdhoweIAt80thFZROFAEU&#10;ARSB/4MAmr8QZQ8UARQBFAEUgf86Al+2jvS/Pnvo+FEEUARQBFAEPgcCqCz8HCiibaAIoAigCKAI&#10;fMkIoLLwS549lHYUARQBFAEUgc+BACoLPweKaBsoAigCKAIoAl8yAqgs/JJnD6UdRQBFAEUAReBz&#10;IPBFy0IVv/LWdA1Lv50xb+f8U8pFIhl4xYFLoKjNJe5dRaWI+U7PyH5JQOvvQymvjt7bj+42+2I+&#10;BsMLXjjYxGnJw7K38iCqEH9CDD9+12x7k3FHkyBNU+nRTja6gw4WSd/nild6qoejjt/uHOEHZGpS&#10;Setj9vbV0dOHoqfTfdr3iUJZ9slJzkzXTY8rJG1DkPEjd/Zm2vueSK5O2D1Z12P66Yx/YrLG38cb&#10;rYEigCKAIvAXIvBFy0KIGyYX8fnqYGZvloLzvbvseiGRNYfu7u53uuS9gCpEPB5f9F5h2eE5PB5P&#10;pmtCwickGJtMxOfxQcZ2FLL8nOjruzdFYzBkjETI5wkRUYzBkegaTMZ7MiYhreOIdAaTTlHHSfv/&#10;Rc66udJs4ume1wsboGQGDZXfmr7oEMeir4le3t2ITL5aGCrl3IKUF1Smn4+nJiDzGyJ/rxP0exQB&#10;FAEUgf8kAr+/Bv/DYcG+MzCm08z7QVO0ivJqraeHRC6zw6ikvMaKopo6VnVZUVZOXn4DT9Ye/xNi&#10;riHxpzHCxtK84opmccfhSppKiotqWXWlWbmFNdROc87G3dkx2hoOX6q2sKQ4IkbSWFyQU97UWhqx&#10;f3HfxTf4taXVDSIMxD2FCGZw1DObejMo8sRMcyJOKefVFZaWN7DryzOBgsrGFvVJ0GzilQdRZ+fY&#10;kAnIv+StFTlZmZnZJdWst0+6wvBv51yx/u7WL0N0IGw4zqTXttulxf5rfYf29tM1zU8v5Kjj0UjY&#10;EQ8DtAyGD3YnyuVqKv/h04eShyKAIoAi8E9A4IuXhe8AUcHJu7DKq9+E+QsXTx3S2eu7GyyJsuzR&#10;zsEO/b/auHnHpqmD3Zwn7AypheDU6kDUeCJJwXq+eVpnjzm74mo7HvVyD3q7OAxcuWPTVyu+Pxsa&#10;emykdZcFVwowGBIS1RqOfKrm8INT7XuOOBCaEnH2bBZGXHp3z85zwTUqKhLKGwPirexkd1erUUdL&#10;FQph/cMljq4+c385fnDWOF/vgTN3xjaAvCs/19fDasj+fDhkimsjTqwd0G/CrGmjx81Y7J/S1FEc&#10;imNCrhPwA+3N3x4vzszNVlsj7P6zWiEcUxvCbzymk2zcbSBkGhoh7Z/wgqE0oAigCHwRCPwbZaGs&#10;JjJJvmXf0R83rZ/bz5h7bf2DejyNQqViGijW807fzLkyu3PKudspjWIVZIXAKCUFwQc3f3+KM/b4&#10;iQMjbDoepHBEGp3KoU04l/rs3lYfppKIoVPaQmjj8ERxRdyp1WOOcwbvf3xoav/pe/cNxGh3/ubS&#10;uR8XOECI63ZBBCpQOkWtV8XiiGSMnIKzWnIwI+LAPGVYRHBiHYhVMo1OhrTzGGVD1K8zVz3oHVCY&#10;kZO82qbh4Naz+aLXLFRXW07GYqxNdX/DVfo+czrraMZcCymXyBuCrwRpaLjP62sCsvCL4D+USBQB&#10;FAEUgX8CAv9GWUgx7T1mnObzkxuPX32aziZQ6CCLIP+DAmtj6WoG+SiojhQmm90kksPBEKcUN0af&#10;+Ol0qkffyV+5U387JbjuPi7Ix4jK8fW3eCqDFfLT7tsC0oDdU1zglCiFUNUQ0lssAD2lAkne9JuC&#10;5ERianX1AjGl0mfo4VpbGwRIEih1RfiyNjutjqGUPPh11y/7o4trSvLjk0vaDWKggiZTG/7R3NpB&#10;PL7sQb/7zG6aWtERia2tsRHP6PSui3wM/wmshdKAIoAigCLwxSDwL5SF0oLbK6aM+bmw+9WA26dW&#10;dpK9toxRKOTIaUmJGL2o0wAi+QMJGow+k6d6Vtw+c6b0XcacMtk7PxVjbEbOGu5QenPD3TI49amg&#10;pd+fdJVK3ZhKAZXh0u9tkQkCm9vUwGJJLYet/GnrIk/d1wpbna6+XnxJdBnrHZ1od53ry2SmxgU/&#10;fp7IwPSZ3++3h8ffJw2tgSKAIoAi8B9G4IuXhXC0IlA02vIXthV5WV6+AuM5e6YruSbwcJKKiPs/&#10;VpoqHJHpu2jf4Z0jzGKP7DlZ9obtzPv5QiEVa/eYv+3YwTXmwb8seVKFIZO1tS0UOBKk+CATIOD5&#10;R7IUGLkYOrgYiIgWS/cd2P/rcMsmnkBiqAtpBV8W8xEHV/SMO/ztbZC8SKl/cGDx3J1X8prhb2bv&#10;ucPJzY+3/3S9HjN4bl+9j+wcrY4igCKAIvBfR+DLloUqjEKOYccfmu3bt71M33WvwX3uN76awWv7&#10;+/Qdcp/sbMVmF9ZxIfseT8VrS7crh+RKGIEUySgvF8kELVpkPX3fZfP7cU8ePBRa3oEjFGIuVwAV&#10;1R8p5RI+hieE9IKQ1Y/P46mUUozpsB++G5/zdNHPIWJdT99+tNgD0+du3fyiHi9FHD2gfSXkVhLz&#10;JUjyQ6VMiOGCIwbSlEzMl/NEHZwOVRi8cf91Z7YNChnfuW8vj0k7HzRRLalvnBv1fHaeuDKFsGtw&#10;T2So3fpvvlNg6ebaJi6Zrv1dFQ0lJQ3yEV/10WobAaKwlSL0fqxc/q+/Euj4UQRQBP6DCHzZOZsU&#10;0qay1CKWTCKWtZuKUI0dPJ3NsNVZWeVNAjnOyNYa18CmOLgZK+ryC1s07B2sdSi8mpzCKoKFl50e&#10;RViRmM/RtfWy1VHy6vOz6ki2Dg6GkP6wrQirU3PraBaeTgYkuBHk1hXlskg2jvYGpObi/GIuxdbF&#10;Socir0vOLKeZd3HRF9XkZZeyCdp6RnQ6p0li6GRnzJDXZeRWEY09nI1IMk5JapnY1MHdnClpriwq&#10;bGbYOFjp1x3z7PsteXFS1PfuVAJkoc+Kz2lUYGn6Fi7ONky423yryBoz4rKbQLxh8dpm9u72JmpX&#10;DDCUaS3LKGqQKohW7p2NaOqPZK1VJQVNOEsHW0Pabxv6D7I6OmQUARQBFIH3IvBly8Ivf2IrTnj2&#10;Xun0U93luXpgJ4oWFAEUARQBFIG/A4EvW0f6dyD22fqUpZ8e3bPn+nz9TUuHaaGC8LPhijaEIoAi&#10;gCLw0Qig58KPhuyzPaBUSMFTA4MnEgm/MSn9bJ2gDaEIoAigCKAI/C4C6LnwdyF6bwVJU2VZXeuH&#10;BDN9dxM4PIlEJpNQQfjpU4A+iSKAIoAi8FkQQGXhp8KoYAXtmj1iwd6klrdDh35qi+hzKAIoAigC&#10;KAJ/DwL4rVu3duyZxeUZaoKT3JdR5KK6zGfJ5RgtU503HRA+kHxVc15YbI6IZmbA+M2mQF6fFRWf&#10;zqGamWi0GWvKhZW5cS+Kmuk6xhokDIbz9CFm1T6HjESd7h66SITS9xRpXWZ0YrZM10YXz6tKi0yr&#10;JWgba1H+oJ2MpLksPTaTjdUx0MbWJ71IKBfrGGtT8L/Xqqo5Pyw2W0gzM/zteIF8XmlUbFJuVkZm&#10;dm5efkFRNV+uY2oAQXf4lWlJ8dUSPT1tCkHdhaIhPvBpQg5Sq0GANTLRe+nfKSyICH+empGbl1dc&#10;2aBpZf1mN5La5ISEMpG2kQ4V1wLI54ro70L+AycPrYYigCKAIvD5EIDoXx1LZmXNW5/8g/+pbC29&#10;MBiDd/ouTPoWlY2p505FV0ik/KLnZy6lcN4zBqU8bB4GQ5vo/64Koqj1zhiM8feR7V8qG1O2DsJg&#10;PeY/bkOIn3zy110bv974oFqk/H8Ysc6PApeGFbEqJTvlQE8MrceOGMUfxrTq2Y/dMBpjfkyQqxrO&#10;dTbGmK+IhPCqv1eU8vAFEIJuwpX3AJK6kY7D0Bz6j4Iy1MfZ2sxhbWAZOFLm7utnhun0zfNqdRfc&#10;nLNbx3d2HoDUGtjDu7PbkrNhUEulqn/qv6qvh+/Q4fDFcB9H+sANl+KqOs5M5dkeZhjTpeENYqU8&#10;eArw8OjL75ua3xsK+j2KAIoAisDnRODL1pFiIVkERksDPPPeKjJeba2IQCLSscKacs7rsJ5v1yPQ&#10;ICkh/Z2nOkqP6Qu9tRoCEtqyH6q4DQUFuRr9h03sARFFodA7T+xMIXcbP9T0/x/yyBSGFoOBkIjF&#10;kxkYLU0m84+DrkGFqOGakPcQWiVpMClMCoVK/oAN0v8ZLzyNpzA16QM2BjyE8iT46nr75uO7jr/g&#10;Y2mQhBEDKEMkc0zTiw3LF9zDb3gUhtQKDT28agyxqYanEJde2jXjx7iuP19+8gi+eBR4ab+TNL+e&#10;3zEyHY7EYFKZVIjLg8U5z9u99+jibm2+kGhBEUARQBH4exH448vy30v/e3pnalPxIT/OnbvwWJzR&#10;xD5GGAUrLXDv9ycv3T2zb8vcRStWXkuul4IYaXsaR4A8hNn3ti3feqRjziaSc7c+GEbZ7eRqRBQK&#10;K1IiQllW5l2dtOGfstKzezdsvFPanHpt05NK+EDETr6wdsuOC+cPrF308+VUubzuxvEti+bPnXMp&#10;GmJ1vzQThZ7EFS/ObZkzZ8GyzbdeVAMNSOHEfrdy0Zw5cxeu3nI0DaJ7y2tibu364eKNe0d2fj9v&#10;8cpVd7Ja20SKpOj+qmUL53y37XBKC6hEX0WUASFTfG/5ovnzVqzbEt/Sjklz+sNfFs2bA31tu1us&#10;7qnjeHMCflrx4+G4mt9EpZEJW9UNUMy9+7oJm/PLWlSEduUrjoCpC11zOqbzwh0TII0jUhi9Z+04&#10;vG62OzH3xPGb8m6L1gywbPtCq/uiI3t/Huf0PgmtkkulUrkKj1E1ZT3av+7Y+bsXDm1FpsY/oVrS&#10;RpQ4/cSSBXPmzFv3y4ki9E62fVbRXygCKAJ/CgL/Rlkozjg6bdLBJErfQYMt6/xXLVgc3YTlFT07&#10;vfu7s09YJp4e0sCLa7dcy2uVITIKjpZ4VT0ET1t1KLxVR7/jtSPRzXcolpB26Gk5hKBhp0Tc59ka&#10;+bgZYzBVAesX735Q69Ctt6syds/q2bcL5NLWrJv7th86FY/37O5mS8k6/cv3W58IzDv1xKYdTxBJ&#10;Fep8FJDhV9ksrOTr9eyukRGwcc2RZ9VijCR17+SZN2othg/206+6svG77xN5OE7mk2M/r70ULbLp&#10;5NR69dQ3O+6UiSCweNaZmWtPJON7ehvz85LihQRK23kYT8CWxJYoXTt3s6y4tv3br8Ob4PiWfO27&#10;mT+Hisx79uzJyDywZPTuWFCiwsEOGS+mPu7g9JUHn8J4ab+5YiTSNNWt8gufP0rU0Pdy0sXK2+K4&#10;QdJjYWZcFhnvYwsgvFFUlTmprWwXe5O2lFa/V7AqZfHdzRu33siUYlTNRdFn93x36mG1oYen4on/&#10;d5uuZoM5Ei9p99QlP5Zo9exiywo98c3WJ5Dg6r9RVBJ+S0N987siwr8FupLXVNvUyn9nkD0pv6Wy&#10;pLaVx21icbjcVjarRSp/R/R4uaCpoqyEqw4N+LIoof+m5ta2SE5iAZdVz5G+TEL2Z06BuKqovLH1&#10;AyMCvyJWwW1kc5oFSERFtKAI/AEEPmjp+gPt/x2PEi0Hb74UvcHh5uWzAYmNhJLnRQIckUiiYPRt&#10;eo6dNmHNommugrCYnCaxEovDKyUNgRvHLzwnG7I/cNsMe+TQ96poDpk9UUIuPhacI21MehrQbG8z&#10;up8dHHR0u879JXD/6IJn1y+GVRAKo1JZIGUIZAzTqueYBbPmj+6qvPPwQavnqHXfrlw8dcIgWyKu&#10;LVq3SilXaFv1n/n14qXL53rJEyKT8hrlBOuRO29ErjY+d/bs4xQ2viSuXIwDXwsKwcjRZ9K0KesW&#10;TrZrehCVL5BKUu5vTW6auPqnxdMWzR/orouRtS9uSqVSy6TzkGWLF29ZO9s9JXjbizJR+pOLD+Qm&#10;y3dtW7x48a8bRlfE/uof3SBV4vEqCSto4/gFZyWD9wX9NPPN8UIGKaw0ekufrlA69Zh5QjJu/7EV&#10;3agqSDSsxgSLrIwklYrJeBWmrh0rlViokso16XT8h4Z7I1CIdA0qEUQxuJaop2bM1PGrF89wF0fG&#10;5jRJGmIv7AlKm7p97+IVP3w3xav05qno8r+Dl/6GPuW16c9vXo3gvOya31CdkZicFJ9WVdfyxoIv&#10;F6U9vhAcl9XxCgCi5NYUFFZUt0j5TcV5JaV5qYE3niYlvHgcEF3Pa1dDdByTHAk9mNUk6nDuVopz&#10;om4FRsYLkXqqmqykO/6h9f/nnuFlczJufWpcalpyUmFx4ycJJlFxem51E/+jIFdKBEkPH4Y/ywTt&#10;C1pQBP4IAv9GWSgvC9zz44RpF53mblk1ylaJIyHGj3DJimUytNtCWePIMinE5oY3FgshrBsKMvMq&#10;iGw+nvk2kvR+U2coqFVJmRU1eekiU4uxgy2Rtb4x/trhWbN2Kbou+W52DyqNjByGkPSEZLKeFpLr&#10;sKqoqKHGzsNOF8wrScaeRi89CJE6FLK2BpCjoBKokBNRjiGoSu78tGHyjNtdl29fMthMhlVTq1Sq&#10;cNpMTXhehdXEkiRSiVJVlZnQqkXv5mqAjMDA2BCvbE9dr1KqmEY6ZGRJdPTuJlVVJaQXVlTk4U0h&#10;MioyIpKBtY6+IDW7QipXYFUK9XjLiY3vGC8QSHSZtvM4lNNX7j0MPPKVmwEg1n6eUCkxmqY2Chyu&#10;pKr2LaRwusY0pkZZTb34/XezyLn4nawK9GM0GNrqq0MNPBmUpwqVqIXDwyluTnG0t7cdtulunrA+&#10;oZj9Rxj9y3lWJeQ219Z18NRRqaQiiVQsUynV+KlUcnlbxHVlK6uqsZWHfCaXtx2MVHJBYuDjsOhK&#10;hqFlz4HeFBm/porV0tLCYnEk7eyCVFPIZVJ1+jCynl3vfgPMmGSEN9sKmIVxahs4zWrhIpPyW9n1&#10;raKXB8dX1dr+UKkUUplUoe4b9ntSiUQiBi7rEA9eXU0hg6gS7VykhEyi6tRpCrlc9pIklVIpl9O7&#10;DfF1NtVqa1Ymaz+KIn+DNr2tJqRGA9KRCBXtRS6TCNhNbA4P+RraULeMFhSBT0DgXyILOy6ywqSH&#10;Z56G2Hx7aOvkvp5WzA75k1TIqoscz5A3t+0RhYJsYL7mwtWF3Kjzu0Ma3kaQ4jd5nkry8PZh/5AG&#10;c+MpA+xAFKqK4q89uIwZuHLz4qF9nXQ7LPDQvhJ5FzV1NTV16lhNAkQwKN9UTSF11DQAXVg8gcRO&#10;vHc6IsJt68kfx/V2NWeoBXRbgeMe/A3126nVN7FSyOSV9eq1T9FhYVMvHtAa/GqoLScRyTbmpto6&#10;xipYadoag9VHgbEw1sPj8QoFycB0zYVrS/jPz/8SXP9bjsFq23RBzoVdu3g5W2h1zIWFgIXvPHgu&#10;nhiWV/r2g6bek80sKwrLmt/an0trH/4yxQQpXddee96Ef5/fx2tY2qYGCwdtEnnWoadhYc9iUgur&#10;0x/96PPGmf0TeP1LeQRPIFDU+6u2yWutz30QcHH/lWtRpdWN+elXDhzatGHJhgNX6/kKEo2uqUFv&#10;znq8fvfRzAaE9XgN+U9u+gcE30/NLUkIT22VYWlUMoEIahFQTrS/JeyixP3b1y1ZtvFJZr2EUxwX&#10;GZ6RnPTgdjwPI4y9/TAmtwGssTTo1Jai2J17D2exMRRR6cmjG388dKm0iZMQ9DQho66lNPvhjah6&#10;Dvt54NmVyxZsO3q7WqwkqFqSQ29fuvmgnMuOuv04o7pFwKkMD7yTkpV4bN3ajTvPFTZLagvj9mzc&#10;fOzyk8KC+CM/bVq7cdOVOw/S0xOO7Nh56Nj5gICIosaW0tjHR3dvXbp61bGgTIy8KfDC7iULF32z&#10;/URyVWPS/Xv7f968bM06/4hsqYIbcfXAwm+/v5WQT2NoYSUVF7ZtXLN2T0IZXBGgBUXgoxH40mUh&#10;yACFXCriC9qLSCJDhA8RU8drFTWFnNkQB8kLwYcBkSlq+aMWHCCO2rfRYLyB6+czfsLa78c0Bfz0&#10;XVjDW3cqBL+xC3nsgGOnsozM5/lZq+ECMUTAsfhimST93IZgMZKdCRFa0GZ7B7qu41w9xeGxLyrY&#10;gszrP4RCrqi2iWmr0/Yn8jeIMCVk2CABtRxubeC5nelEAhZpBCHxDWqVWCzDd+QcqSQoMEogKnv2&#10;5Em0kNh2X6jCkXB5hy49rWpuLQi5G6+ns8jXW8+j+wDTpFT/J9mAS6T/6XrW4BF9TSkEhRJuDPv3&#10;Hjd+7YaxzQ+2rQ19c7xIr7Bb/w0XtQEGUGMI3XffXik+PW3hjTIE8cr4n6daGg1dHVZvOuPYlq7V&#10;++fueVzXIhDwW2J299ey7bIjQWPYmgv5SInYMam7lkwkU4PVNgmvR6hu/dXUwDdmPqP6kUl3s+sM&#10;tRXPdg3tM3N9Bv9D1a8f/RL8kx9QthTmFFp3GTTEUz8tOj4tLSo4vtC1Sxd+RkZyNYdEI7Xmp164&#10;Fq9v72WmieBDYeg7unl5uLpryeqTozNaZa8Mn14OUsaOuf9ExHCZMMytprqO01SZnpxQUlKUnFAk&#10;wsiKElIKanlkOklYmn/T/xnRxNNWR57LqjO2dafVlzyLTi/KKyitahGyarPTSkpB9/q8vs/IiSY0&#10;aVlD/fPbdxvorj6dzCJuByfkPIvNr21mlyRllSU/i9bsPsBNlxvy6FleRkJOZbOti3ZC8FO5rpsN&#10;qS7oSWRG0ouMsiYbb2tQaJSzOVlxj6JzJH36eOQGXQ1+kdbYRBw9ZYJ+c15kVFJqcnhBq34vK/2M&#10;qOS0+BfxGY1devro0hWtKl5ScLDCpnMPB2JoUEQN7/cvW//Jc47S9rcg8GXLQiyRYWRIrr0wx8m2&#10;vfT77nJ9jw0nF/duODrJzXN+04qVQ5ka9awWsAjRN9JnIk4IGBJD19BQh4oYR5KYRkb6mmQi2WrE&#10;jGWexaWBz4vfmgaSnfc4QwN9W1vHhQMs1BtrrNPUH1fNMX++pY/90Jjh08ZZ2zQ21OHwVB1DQ10G&#10;OOFDDd3hhw9s7duwdbCb7UXV+mFWVqYMOGHhCDQdQwNdOnLYIlA19Q31aHi5ft8fj832yN813LPP&#10;WtmSZQOplLrGVpKGloGRrgYZoZasoW9oqE3Bgu/E4P2xO6xvL7Dtu/AevvtXznpkMtIqVVPLqP98&#10;jYdDPZz7naifcSb6G1scxnbClosnhxV9OxBwmfrE+1SO/xxHTZwC/3K8FsNnLvcqLXsYXdRhvASG&#10;gaGRzm8zPAHd+oa6GiTkCIylDNxRH7m9YVVPBPFuYx8qx97xPzDQBIu3nBQZf8fv2YbOMBl2TjPO&#10;s3c/SPqhjwaRTGMihUGBv3T1YBLU7ZCBEgNNxB0FT9HQM9TXpL6eGhpehTOZdi/+kNeRsVYOvbal&#10;WKz95bjvfytF8Uv1AE7Tq+8AC6aKU8FStvCFUry5dafBI0Z4GGiDhhGjlMY8eZRLtJ09so8eop0H&#10;vtKxdHCys7bXoePhHPjqLPh6lnFELX2moplVy8W6OyPBEODSHLxlCLALQ8yw4DcRmk0MD8sS600d&#10;66tNxusbuowYOsTbzFDBacGQIGYgDh4Bgy0SU0OLoqgvrtWxtPHQlmSVypwHDhk1ZLCpnKVhbFJT&#10;Xs2uqGAa6zfkVeRXV1RVVJSmZjbx6I7ufbxNCaUcrNvAIVOGDXTSp8uEeEv7Lj27uGoRCRjYidHJ&#10;vUcPmzxuhruFqlRsPKh/Vy6rhi+S4Ph8HNWoc5+hg/v0MVUI8ooKhZadp40fM8DLS0vOSUsoLiiv&#10;rK2rLkjObmr9f5r6v2WdRTv95yOAxub+588RSuF/CgFp/tO7t2KwS3+aqg/jljRF3r3/opLNKSuS&#10;arr1c9MuqtZevMrz9rabxtPH4xNPBZeABlR/wvwF3a2R626FhH1r9xmh85iJXi3nLqS797fMj62x&#10;8NQtLxCPXDDeVhcRmCJ2VVxk9IvocLHT9IUDlAF3YsysHbOzcKt3jQ3csE85cKwtN+hmFEtb16L/&#10;hFk2zSnXHtVMXTk4/15gHd0Ix6ljuAzz0y87fi1/4prpTHZOSFR4fJ5owtxRhY+izCbMG6LPv7D/&#10;lPmwiS15z2pEjK7eDok3blXomDsZ6ljau9Baa/NZetPH0Q6djxkwc1lXQcSJgDQdPUu+yvirZR43&#10;1vmbTR+JSb/Kthk/08/j+vHtVWQPc15VtVRYm1ti13e0TlM9o+fwruTqB0+yKBaSMoXd91N94i/e&#10;aGRqV6fFF6uo9hZ62kYuo0cPNGgPFvWf4hx0sH8IgS/7XPiHho4+jCLwT0QAzJtEDVXF2Tm5+YWl&#10;1WWFzyJSSKbOXV20pOImoUgiEsng/hd+ScCGRCZx6jVocmfmlRuPGoTIfSEc2TByVmFRDlsoBbMW&#10;KGDMAr8lElm7tYuYkxAZ06xh4evtUFta2apQYbE4hgFN1JAUk5KYXVwmAPMThcy2S49RPUxCggKL&#10;OVwwVgFrF4lQJFeSGaSmoqzY5ynpdTxhc2VWXE6DY68+umJuQRPWWlsIUQtjE6JyeXpWLq5GopyQ&#10;HL6dh4uTi7FXF99unRwZeDJOKRYJRCSmhS1VmBcf/ygqOrsBHGpVEhiUSg5dKLF4hYAf/ywhNj6k&#10;vEKqw6+KyOH38vHVIzTzREKoBlY0cCcikGDNDU2olVnPYuNjMlNqVQxHF9NO3Xt27+quS2XAtQha&#10;UAQ+FoEvOx7px44WrY8i8M9HQCKoS4iJSk5PT88uxBs72muK4GKOpaTauzjZGBkSqLou7vrNNa36&#10;LnYasiasnkvv7hYZ8XEUS29rHTJoL+X8qtTsMl17FyaRYmQJ3qEkIwtdIp5m42zNhHiyBIKQXfr0&#10;ycP4YumgKVO6ajUnp5U49R1CbIh/lFzK1LDt5dNJi8SVk0y9u7vV5rzgE/TNdA1tXEykzc0UE3sP&#10;G9zziMf5zXhn+y69uluUZ0cHBEXSbXuMHzvA3ZKSHPL4RX5N11GT+3uby1qlmgzbvr5eugxZ3O17&#10;ydU8t269jChyEZbp0dXVmClPi46Iy6zQ1nTq7GVNZeo6uhg0V7QYuNhgaxLj00vyS6ocfWdM8LEs&#10;y4hNzC6hW9i4OdkyiRq6tlbGVEWTAN+pd2d6U17Q8yQVw7RrV98+vU2yHwdGpJRbefVwtQPT7X/+&#10;PKMU/rMQQHWk/6z5QKlBEZBLBaz6Bq5QAqktdQxMNQmiuoYmHE1Tm0EjYLAyJY6hQRRxRTgqBSsT&#10;ynFkBpXY3NiIpetrqa96ZSJuYxOPqqlDwqgIRKwMvEpJOIVMRaFDFD3kxlslF9XX1nKlJCtb89bE&#10;O8eup439fr0jRVDTLGbSdXW0qEqFWKYk0GgUQUujREWhEIlUGlEqEinxFCpBXl9XI8HQdTW1GEyK&#10;kNtYV8+h65ma6EJAf0VjVWWLFGdsbs4g4eRiiUKOhYMkRiGtK68QERmmZsY4iVAsx1JJ4vzkbC6J&#10;zkqOeVFKmrNqiqU2jULDi3hSIp775OzPxTr9h/buampqokWSc+pr2XyFjoEenYBXyDF4KoUEYfJF&#10;ciqDrhCwa9mtVIaOloYGhYJrqqpoluFNLExpxP+kmRX65vwxBFBZ+MfwQ59GEfhiEZDxKi/s/iVd&#10;0nnTltkmGm/6z/yZg1JJGh+dO/OkoB6rJDr5jJ89rjdTbXOGFGlj4Nn9TbbjZwzp+tcR9GcOFm37&#10;S0EA1ZF+KTOF0oki8JkRUEoFQgXJo29fZzPt98RB+Mw9tjWHJdCNTPUwMpmRY5cxQ3uDSffrbrAE&#10;DV0TM3MLOAT/XgayP4U2tNH/LAJftFpdJWJF/Txq+jdXsz/Nn0ilzD41buLsAzFwff97RcHOvL12&#10;1MLdTyEStzBx33eT5xyMq1eHqXq7CHOv/TJ78o/3C7gYTN39xbPGr79X8zpQxlu164K+njPu25sV&#10;0t+Ll6HKPTNm3JTZh7PaAmlxcs7+MHHp3juVHxm+sUP30orQk4vHfHM+CeK5NId9v3j8iov5/A+P&#10;ga1sLny4YdTcbYHF7wq4pRJznv8yatrKy5mfNjW/Nx3o928goELCKbzlGosEfugQuuEdiBE1TPxG&#10;ju/jbva7iS/fCTe4wUolIh6Py+Xx2wLhvEkT+NIqXrrTqh1KO5DDNHEeP2P+jLED9RlEJBINEKpE&#10;AkiosGQTW3drIx0VPKpUSpEoNh3HpQ5n8TvDej9vIDQgCdNQ7kER+C0CX7QsxMiEFbFBD8JyfhP/&#10;sPCSX6/dsXxR49Nf+ww9X/a+mVc1pt6/F5j0Ml/E/2MQlaAuMyjobmQhZHGQ1yY+CwhKqhF0lBxK&#10;dm3C9UMJCgyWkxMXGBBd1AROTrzcezcDnmRx3/v68fIe3LoflNn8XmH5iiZ25sP7t67tXf8ASZsB&#10;dvHpUXeDE/JaP13UKFvLUoMfhmXWgkQXl0cEBzzNapJ2WHek1Q9/+XHW5hiVImnd1M37Q0rflJMg&#10;7Yoig4JiipvfCZtCVP0i6H5o1tvBC35TWVaRG3vvXOp7PMJULeykq3s/ZLPy73y7YfEWixCB8P+H&#10;V5udkvCioGO8UZmgMfNFZDHrA7Z5v4cchNEVC8Uvo9++rs2tK7h7+fRhKEeP349KE71Jo0ohKUkO&#10;Ty+qavuY21CaFB/TyPvtZkvJKspNTS1vhBiDicmtUjVDKziJT1+U1VZnxqXVvDmE1trcxITE5neE&#10;Vv29YcB7K21Ji3yRX97y+1XRGv89BL5sWYjFQkRsKuW3yRGsxlz0X9iFQdXvs+DyibGm751XHIlM&#10;o5I+ZFtMMPf7Lqoyx3+uE9xp4EgUKvLYay2OoPrBum5fnWtW4jHgrkymQuArHCwCNl9nlleFfWP/&#10;XrM2m6WJxVXR611/m4LxbZqBVHCCrorfMfcBRAMlIJRTILDWH2BZiHJGgRDZyOixBAoUCNPVoTmi&#10;Yb8FK35Z1RWL91q75+vZvczezBKJV4cjR8b5bhIgWyMyNf/fikHJzvBfM2D5TQHmnbmdxI1Pvu80&#10;80ST7ENyM/4BJP65j2Il7KSnsYVlryJ1v5vUurTokMdpHXUEEl5NbPDdzOrPsO6LWutin8SWIXu7&#10;N0ptflpYSFqrDE+UNof5XwpOfHPPKRdnRtxOyC5r44DmiuyI0Kd16rihbxZ5VVr8s4h8CM8W8vQZ&#10;W9wmOhuCrwTlsERk4Mk3PSRYpYmhT0PrPsmZXi5uirzzOBXZzqIFReA3K+y/ERKVIv/GmBHeloaG&#10;hg7dZobUEjHy4vtb+5qN+Grdgsn9DfR1deeeSYGcNG2yDIsn4qVVl1d46PWedaego/4ke6+LjenY&#10;b78ZZezq882tyOuLOo/5PgBeeCS7AhIyk0BuCPra0sJk1vnH5xbNvlJTELl36thvjuWrwIwOKoDs&#10;qL46fnCvBVcqlQphXcB8PZcei3/eNNtAX09vwNeHcpGI/NU3pw3vOedcCRLGU1b/fG9fPX0DA/3u&#10;k1bHsN+pycG2FmQdupQkp6p7QDpRKUv9+3jbwVgNDY0cdyequEWHJ5v0nnxXHWyUE/z1SGu3pQ/K&#10;hEpO0FwbCwMDAwtHz1M570jfo07KhCm6PE3PwmFtCFelZD07s7SzG6Bo5rbiSBob0Co67OVgMuqb&#10;teNMHbssD28lt1k8IIFQsy5N7mtjYGior6cz6kiKVNUuVHFECo6Xun2ilcXYTTEslbLiRr8u9gil&#10;BoZ2u2JlTUnHVqx4WJ8R8MPESRuDOPLio5P7mCMA6K4NZEklJWfnTTlfXRh/eMbgmSfy30nyv5F9&#10;EcVDccrDwEfZ5SxuXfnDS5cePUstqS6ramwCtaSQzy6trq6srEiOisqv5DTXF4U9fZJe3YrEHcUo&#10;ilOiH4eEVzZLCRAZhkwmUbCNDcVJmbmV5XUsOJRJuDUV9VwBl1NXmBL7PDQmpa6hJjE6PDKnCtBV&#10;8NkJEaHPYvLh7MZjsYsyUkPDQzLKqhur8m5fuPIkLu9NfTwEySY5dB65au369T9+P8pV83lEcnlt&#10;fWUVR6kU15ZUc0Qy2AqxS7OCo+OreWIyhYyXtMRHh8dnl8ChTiHmZjwPA6cKCDlOgnCpBAIOT0T2&#10;kBhxUU56XkUzmUIhEOnGFiaaDLJCzIoJDgyLS24Ry4iQoZsCF4ySwpyUgppWUUt1dOijh+EvqltE&#10;r3hBJW2KD3sS9jylRYIwDbs8M+jBw+SCSrBg1aCQm6syI+PialrfecHx7+QndFQfgsAfOVd8SPt/&#10;Rx1h3MYF+2zmnk9MSb44Rzf1p6n+1QQSRtJS86xWNfJISO6RHka39l5OYYuRxR+LxfOrI0+vWXiH&#10;PHH9z+MdOp6MFAIOp+lpcbdjFWkRP/ckNDU0NrWKQIeDHKTAp1nxYnfv5ddbJp0+/9WQmQcODsHo&#10;dVvrf/vXRQ5Y/ktdo0LYxG5oFoCgU6lkvKa82lz5pPPVweuHFp8LuJ8M0gorhgocqKDkphweOWyf&#10;ak9CXdGTodKYdesvl725+ivxVN0xv/40jZt5dWtAOolMhhBbJLq4dP+y3RrDfgF/tAfr3Ct2jztR&#10;YNK9h1f8i0MBWSoMN+tacqLZ6GE+tMQlXWbdHXmsqrL02hzDH8evilWQX4rTl3OkkvPDfuz8TZjm&#10;kou/DCIVBBw6elu4OTA7/cFWz/ydP18IbcIQpdzmpuBcj70lWS/2+2lKEE0VDgRi5dntBwo0Z91N&#10;KQ7f7pC7Z+utMikACyG9SE0ZF3d/93OG58rv1/XSz92zeBdlwI6IpIzADd7Vu8cfq+22dPe2nhjz&#10;IbvuXdvmfHvahG8bfK5m1RVfnnZt1oyLFSazj54cidHxWHkp8OIix38jq77z9RDW5T+44H/j/oOb&#10;gSEpJTVNTZVV7Or458F3g17wZdKKlCeBYcF3L588fu5BZlbO42tn/G/eexSbLqZTOSVR/mcv3755&#10;7fKNZyw5nkGnyBrKbl6+8CQm5cXD4GfRBdzGgsc3nxVXFT24cPCs/53r/mePHL366PGtfYf8C1m8&#10;fFDt37t/8/K1iJLakrigvbuPBQTcOHPmRmphLYdTVVJc3p5juZ1o5BWALBFiKYhOTUcvLxN8Y8bT&#10;4Fu3U1RyVujFO+n1PAIW8pJF3Lhx6eadSD6O0lyR/+jR7YuXLsfn1JbnPX9857b/pRuhaRUqRBYi&#10;eyoqmVifGnXiwrWMSh6FQsbwK+6fv59bVJMedOX8pXs3Ll+HE7KSSmOQsCUJoacu380rL0t8cPXa&#10;jetnTh+/9DhR2P6+iDKCrl68evfqxQv3nxfyuUV3T5669eDW1QsBxY0yLKYxNvbJrSvnrz1MEf2H&#10;dld/xzr8pfX5b1xgaN1+CIw+aBPcrZfPnCMZRJw6OwVc3GMdHXq4GxL1LHpp0QtLKnlIhl28QlR1&#10;6+vRX0d3W7D76Gjzt6zpYEEn9BvRx4JEIoJrFqzu6hUeCpHGrLwwceqPJQYrn28fTsQj8RkBSkg8&#10;QXyZBL6NE+CB9piQyJW9tr5fX08CSc/F2FBWV1sC6eggtiNSASwCSqODMinEwSbykgaZmRGlITUs&#10;7U1hCHXIOqZTN5/xK0/ase5wFpZMVMlERKsl/mEnfHJHDfQZuzMWCVROpzv4jhjQVP0U3J6zQgpL&#10;LQb49sQWBgdzWkY7G1ZUVhMsnAxqAh8kNpIhq++rgqdQsvcOnLRb7LUlcmMvAo5sP3LT5evftZ6e&#10;4jV2S2yZqk0RjWwd+g7vYw3a2Ve6UQCXwNDRLg/8ybf3ktROl6Lirk23IcHQyBh2/LFlC/fUTlq7&#10;bW0PJg7ruNz/6cl+xeMH+4zZHqVOtQGAgQoMNN1UAjvnWVGOm4MRllNSr+fiIYu4/rQYwmO+E9Uv&#10;7S37OHoba/IqarGTFizy87I3MLXo2nvogO69uxrrtUJyXja3LKOGTmaI6xvshk9w0GtOqqJ/tXLT&#10;tB6WYoUwLSKD7DxkzdcLpBmxmTVikqo14tr9BozDlJE+BEEzu0WkkEsgF5ZEwquu43WaMHW6r2Vd&#10;HW/IzDX9yGWJSYmRkcVdBowZ7UOKvBrewKsXUGwWzF1kA0mbpLp+/YYP7tcNSTb2ZoE3ou0DhgZo&#10;2Xn85hYORwQOjNymFqFELsUQ3fzGrF8yuiEtKK68WdPUZfbCpYOt5U8e3AwLzzH1HTXAXS8pNLqa&#10;r8LDG0QkiWszL/g/t+w5bngPczlkfFFKW1sF3KaCh89rhq3+Yc3sSRDWF/KxcPITgu6nOvoM9/Uw&#10;Yhg5zpq7eJyXVX1uKUesVqUIyp48KvRb9PX0fp5F0TExESHpEvsft22d4NeZpOByZTwTj6GLhvep&#10;Scpm8z/p1vHjJhOt/cUg8C+UhUpW0EJvG7dVdWcSKqJ+8elw5w/iqC3pmnpVV88RZDUkEgytbQjV&#10;gfdD33mP8G6zM5UCo2FhZ66RfMc/CR5D1IQfZJ3Wno6hTU6+wSUQC0vW2nBqxbixYxceT1Maedmp&#10;ZG+pcVQKOcnAcuictQ4FCRcDH3NoGgxyS9qmAc5Oc5J+DCpKPTESiwXbO4y267Aps8yrgo6fPpde&#10;a9uzh5c+UypX4Qkhv3w1Zuz4hXvjNXx7KkQtkBuxAwVAmZa1oxnl2XX/LDj78lIvL3V1GpVoujE3&#10;+epoF4yg/SJHnR+q41ChP4zJ2GWT507s3lUv6ZueTubmM46XNoHUBHFIpZtY6LdmPgpNgVrC5xsG&#10;ujrOjtnwoCDt9Jj2a6AOCfEIVHrBg33zJ4wdO+9cq3dPDE6gzkX1nytGTl17eGk8OXI8uZQNbuQ0&#10;CpVMpTu42WgwFaW5OSyijquXq4GGnZurBUbEEujZOrpYerh6GAm5NTKqiYe7q7Odk6mEz+Y3sgWF&#10;LBbT0srCSJtEgetmEg656CarFCpDcws3Z2trK0P3Tla2tk5O1ngZt6W8uPS6/5W7YXkKpRh81t3d&#10;OttYWRpqadMhdj2NwaBTf7tYvNoeclslYgmTRgfVJvSCh1t4mF/ISO3q5uLs4KpvQW1o4lrYWLq6&#10;etq6OcgUjSVZhUG3bgZGxAkgwJs6dQkBTygvqa5RyEytbZkUdT5FHHAEXcytqqSaenWyde3Vo3d3&#10;R4JUWlZRx1KqrGysdTQgaj7jecidB+GJSogrrt7JKpqaWQxrV2d3T1dHY2xNVno11rmrrbmdz1Af&#10;O0MGmWDRs5O3sbGxHpnwn2Su/9zb9OED/hfIQiyeRO3olitOex7NE084emSUsaDwRZUSQjS+31NJ&#10;qSIbeG+6G7jNsiVg97kI7geqTVRiAWXQr/eubhrC3/PrgVI+vIhksoYSR4SEtGQ8SIGPLVgMHRYd&#10;kv7Sxzm5udnPru/b/83MoQ6Mt5uBzTJet9e4ZVMtNOErSC7Qkp0Y1dA8aMe+mfbK0rgysGxHxko1&#10;6urrrRN1bv+DXK9hft6GGKWGFkMo7703Pi83Nyvy0i8/rNrY11bQZrPXVsA8XmPymZArS71Ltv56&#10;qoYjyUt4JvAa9s3mAZqVebVNEALlPShi4cayuYDvNHl3aGJKfuCa8ba4wO9PZsBJXIphuIz89fbl&#10;xZLMS6eCygW52TH1TQO27v3KEVP2okyuUkGLOCKJxFDhiFSslh5DIjSd9GsSQuLjgz9vvTCjB5wt&#10;yUxAlfrKFftjcf0C6ysVUrKj35R584dUx8c8Si6SYmUisRij5+ptpJ39PLoVr+1oSVPKQJeAoVI1&#10;SPxmkUDFYtU2E8laOCm/nsvn81jNoHbEM4zMJn41hlaanZzNIZIgIa5QDi4QIiRuKZLLVyxVyiQy&#10;mRzCmwohGijEuDE0HTJl+pJlSyeM7UlVgDoRC6l8pYgHg1wk4r9K5/uaZZCcY5DkAvSbrVkZWVyq&#10;qZ62UiTkQpN8AU+mgqclDU2tLa1shVBppMtkNTbzuU2CxgYmQ8/I3Mpn+Phlq9dMHddfh6KEDasU&#10;Zt+7z1cjOheFR9VDiBskba8SyCTTtbXgeoGjEnHqSkqrBQqVU5/+o/s4FEWnluclXfd/pu89YKSv&#10;IwmSn6lfOxydxhSy2a2trXwOV6Flaq6NZdcpMPKGspJqNh+HhzB0kBxYguQ+7mD79gXyCUryZ0bg&#10;y5aFkOJbgmEXhl7Yf6i9XHyazjXt4WeFe3pi8+49q08/4Wm2tta1ijFyCU/FhwjAgJ9cwudiBJDX&#10;Hv4UKQStDsbOLlM3zTdL27r2TFJHgz2FhMsVQEU15kp4DMMTIv9SybhcLux/mb2+ObjC6/H2r07m&#10;YLRcvPti8oLP+j9+UNKsFPKQrIbwkITHFfORG3xIVCjEcPnq/OBKmZgv54k6ODCA6tF68PKvfc3O&#10;rt1waNfqseOGf38lruENWwW5SCzgCpHLGR2PkfM2jtICw5hWAcHS3deeFn/pl5/3rT4YwGJyuTWg&#10;pMLQbDr3MtYX8Yleo4YPMsBiSJ0m/TB3yPM9q/bt+3Xp+N4Ttvjn8TA4uYgnhzSMCHVSLldsSKdp&#10;+f1wdI6p/4qvb9Vbdu1tUBd/9Mcd2449rK7GCptbxCqZlMeFuMhtgIDRvADDE8hUWFVT4r0dY6fP&#10;XPvzsSwbI7rLoF0jXeFbIUbAtbbs5rdgrS/v9sYfH/Ht+7oyk67+umP/mgP3GjR5rVVsMcPI2b2b&#10;KOXOkasx/DGzVxJfXPlh26FfZvn1X/hjRLmMwnDq3B9XFHrxzJ3gyv+KrQNWUJN358rFwOQSsoaO&#10;pYkJUV4RGRVaIaZ0ccTnFKaIGA46JCJkcJdKsJb23q6Y4vMHd995niUkMT3dDSojbuw9dLpKw97R&#10;VgMnl1o4eTtYYcMSXxAMSKVJV4/5P6hplZJAjd+W1RrJRY+k3oQs8kQdK5/eFhyI/hmdUFEnx+Eh&#10;TSdi0qmUg20LAyvJj4qIrmOxsjLiX1qd4IhkZUVe5OnDB/fvOhhXKe/br5ubmzm3+M6uE/7ZtVw4&#10;hoIQjwq48svBc41YZw8TrarclJMH9l0NK7fzGti3v42sJic69EV5ZRMODyyEOCNSqJq9fHpTxTkP&#10;wjIxOMRMG4QhVct1sLno2u6du345EJxQqCTiqQztTj27yniZwUn5YnFLaWZGZUO1BC9U0wsJ06x7&#10;umDvHzt49k4E3qmL35DeRhVPf/x5+8GjlwsapMi42tJeAwAfv2X9zKsv2tw/CYEvPO4MFkfGahrp&#10;yevASo6NFImWbY9BIwfaaam4TbVNlAHr1wyxtrHp2sUBtESa9j0GdncyoIH6Ttukq+8AL2MaOD5o&#10;Ovr6+riaG5s56GO19d1c3U0hsmJ7wWI1rHz9+nmZUhCNJpZCt+46oJe7KQNuuPRcu/j1cjAyd3bG&#10;0eSGFn16uFoYaKl4jUKKhoNbL0cX516+XhaaJAyWZtbLt19nCxoOS8Aaegzo281WGwigaDl069/T&#10;0USSdPJCCM57wdw+Jjq2A4e4YjOT8jhKpxErN6+cZkd/g1OwSk3H/v36uBoSsWQDYzMrTX2X3n4+&#10;ffv0cTAkCjnV9Rif774dYWdn1bWbqwGZRNPRMtK07DtivK+7Nngk4PU8RvS2rchJqWGR7IZ+v/OX&#10;foawyuE1DBx7Dehmr0eGwRl69/DrZm1g7WIv1cDYuYyfNNKDBIErmzS6D54wuJ+ri4ensxENx0CG&#10;421BVdsPkSkWnfv39LS06jJwoBVksissrWskOK3YtXmgGcCFxxq6+/Xubm9pbmxDx2raDRs5oasV&#10;ld9UXavqtXbNSFt7y649PCwhgSRD3tIgpjpMWLq4H7Uhp6CQTXNZtOPs3E5UHEHTyFhHxWviY+hO&#10;Xt76/wnXCixdx4BJFteyJL2GDPfr4q6rRSJQaBaWtvp47rPImu5jhzoaazO09MytTPT1jU1NtTnN&#10;HMdeIwZ3cXXydqcpWlqVzOGTxnuaaFEYBiYWtjYmujQKw9ndS4silTJtB/b1c7E30TU0MzO10NbU&#10;0TexMoHkkZo65nYebo5mjZXVMrrVwOG9DJlMY2szEyNtpp6ulYODlRkdT2OaGOuJBM1UTSMmBVHE&#10;QIBTMlkploiBm/uOn+rnbkbTMdGmy3kYHV+/Id6uFkZGxgY6Ghia+YiJE9xNtQ0MdEFrbtdj0Kj+&#10;XUz1dYV1VWKmke+A3hYGuvqmJqYWJnpGZmY2Vka6NBJZ183NxdrewtTMyNzGxsXTtrW6gmLtPmSo&#10;r5m2pqaumbW1jTGTzDR16Oqi3yKQWnUeMKBXFzMDPRJig0OxdLHm19UxLD3HjfYz07c0MyRWVXNd&#10;+g7y6+ahp6tlbmOmq6upZ2Zmbq7/Qe5U/6T1GqXlz0MAjUf652H7IS03nu/kNd9gfeWDFeaUL/uM&#10;/iGjRet8MgJymTD18dVr2YSVi6fZ6MHeDC0oAigCnxMBdP39nGh+VFvywoBv503akY6bNKO/wdv+&#10;DR/VElr5349AY3H8vQf5nX16WqCC8N8/2+gI/wYE0HPh3wB6W5eq1vL49AKeUt+juxcoH/82OtCO&#10;vwQE4GLvpUPPl0AuSiOKwJeGACoLv7QZQ+lFEXiJgEoBmSaEBIrG78W6+z+QKTh1NY0tAgJD18TE&#10;4GXGCLAq+dgsEQohRHKhgMtGW1QmZLP3ZiMqiRCikZJoVMon5MSQyyQioYxMp5HA4xTsfT7SBLSN&#10;FKVCxmW34hlMDXoHw+RPGCvKgf9GBNDjyL9xVtEx/TcQENYX3jp9OK3q3eHRPwQDVlH0ns3rv/v2&#10;21XfbbwRU6jESGtK64TKdwpClbCZU1/X3O678Fbrqsag4xefZtZIJbzywpKywhJWy5sxQxWS9LAr&#10;tx9F8z4pmnxzWZb/4RvZpQ3seo7oo+0/gfLG+nquVNoS/yQi61U0eZW8ub6B3SL86PY+BFm0zpeG&#10;wBcuCxHLfZHaK+DTihKydYvekW/mU1qDcP5ADDguffjDcrGI31YEwrb4/FKRUCzpkLQCUgTAJ8jy&#10;o5R1JBVOBCKhAOmt44sMHyLD+XAC3lfzE8byxztFW3h13oPQLRLITyEDplCIhMK2WQa3HAGfD0kr&#10;kL9VEHhBIRYKOU2NQoRfVJDNAn4pJCKBsF1YKOXgTygC1oFwM8Bh75BhEtaTm4Gag5bcePTw53nd&#10;oq7fTS9MPbP9UhYHEWOIExFf0MbP0J1UyE0JCrpyNoTVguSakIqFfKH4daYmlby1kcMTyaFaQUZO&#10;Wkp2XQtCBkQXAj5t89sR8jjNXCSbhQL8GiHoEPg1CoTtVKkgiYQYKH8r9RM4jvD4iEMkuL/yWnms&#10;stRzv14v5CLkgZOgQCBuY3/IxAQjlckhq4dMAF5QbWmeVErk9RJBlAdZdvj9sxcj+GT9QdNGeTvp&#10;tj2lEDc8vnztflj2p+c9Q1n2X4TAF+1ToeJV3phpMOgQtuecflZvJESQ8WrrRUQGGQsx9tkymgb5&#10;nTJfpYheo+G5uNxxwVjXP2CZpxS2iPEUHCv+4Ajbaff1+03vbvIBCiY5tyF005ipS7bsOnz0yMFf&#10;t9c6feVNS9/R32nJTVWf6f1M1VkhxHE7uvccfFU6YGrPmh+0PeYX2y8Y70ZVKUqDt0/3GbHyKdel&#10;dx8XvXaFj0Ic8bWG96o6twWjnP6Y94GyOff8ZLPRF+l9ZvmYf+HbpS/vZRWwi0PvXrkb+Dwmq1zU&#10;WHz3gn+h0sjVjBRx58KRs/5ROY0WDmblqc+unb9fr8CJRC1Orl0rIi/eypZ6OWs+O3Pk/N0InJGr&#10;BYMTcPnSk4g8EhMf/eDCyYsBeRyMjYMdk9SBN+WtiaHPG8m6Fob6ZvZeHqYG7OyIs9cfqcwcOtkQ&#10;7p4+dPbqw4xasYmVXlbY/Zs3rz14EpJWznbs1UObm3H44JErj6NbyIYu1kYExF+PlxGRSXZ1NyM2&#10;hD0LziquEurY2NJ4jy7dvh92Pzy10srZVVKZziGYGREaL996QjO3lZVEH951KldEd7LTL3oW/uDJ&#10;/YDAB3V4M1cbg7Z3WVCXe+nU4Qu3g9K51E4mGkV5JU38kqBHkQRLz67W1Ijrpw9fDsfpWRtpip7c&#10;8H8cmszmcFKiwwMeXE9nUbycLcoTHx46di4wNFFmoFMbctM/qtSjp3tzSlJsSjZXSTU2pKUEnDt8&#10;4nqVXKNzb2+9308U8+UxEkrxRyHwL1jo3iV3yu5Nn3Q2S4kRJpyfMusmpN99b/mjBgmKxtxr3ywM&#10;4GHwFA1jF+9OjoZvegW+u2OVKO/ulKHzI3tuTq+tg5J9eWH41rGH042HjPOuqQp/nt0WKVFRkR3b&#10;IvIc188FPPshYhoQC45dren+W9dui7Gdf+rkzgmObzkhQpAdCET+WQriIvj/Uy59lm7QRt5CgN9Y&#10;EvQwXK5hjs2Puvs039ScXhAdmZSUVt0g7dyjp6o4NSI2NSbwTrFMx8JYh4GTZIc8uB5Z7+hoWBwV&#10;VCCjubtbxT4OTM/OiouIkhsby6oL2CLNnl62JRFhCTk1b/RFMR40th8v/uGWdSt/Ov6QbGvr4GZn&#10;YWxrb2/JyUuvbqL16ekuyIqNjI6PCw/lkFx8vLs4WjsYaSjzElIZ5q5u+tSooIiyxnZdKAQRIuAk&#10;xUlxMrJDP0dqxM3AnNLMh0GhBF0nTFFGUFQ5ncEQl6fduRHCoxqRuYWx8el2XdzZ+YkJqVkx4Xfj&#10;q2UOlpSQ2+HlbSoSyE+WD4kpNP0GuOUGPkio5kEaCz09M3srJztLZuGLZ/ksXBdn7fS4qIzM5OeR&#10;cQotC0nRs/sxRQ72hhlPorLLqwpSsw3t+3TT5gTcfEG1dHF3ctKmKlPCXqRkJidkJFVW1qQW1GkY&#10;Obq62GjQOsatQvnxP4rAv0AWvmvm7McePtKtOTQ4Dudz7sECG9DPsEpTYrJyizKTYp48fRZRwOoQ&#10;pB4LwShUzSXx4XGpNUgepVeFX/Ei9nl2cX7Ck/DorBp2TUZUYm4dkhyVX5MdH5VRKxDWZZ9a4jrr&#10;fG1yaGSG0HzI+jO7V/SzxGIUzYUZcYml5UUxEWHBoZGRVW80CzKu/sGvB2PJUw+sHqevljYGow5l&#10;pyfvHG1l22WAFaspKacSUXTKy4NvVdRYDvRx1CCqLREglHVr5dNdmzY9UEzd9cvmmc4Q8u2NAkFA&#10;paKyF48fP3kamV7U+CpxalM6JLF5/Phx8LPcl3dLKkl9YfxT+DAkLKGYhejX3m6KoBTWZyVCU+EZ&#10;lez2Wx7IK/XsKTQUEhGb3ojorvh1RclxaRlZ8VEhkXkNrIrkhJisuur8YHgsOjGl6bepW/+jL9pH&#10;DRtn4ew1dur4gT2t3Lp2GzttlINGvUjLou+APgwFXyGR4AQiHMa8z8iRPRxNWysLrtwKNhyxYKy3&#10;ZUVqXmZxE6e5sSIJMtZKjCx7DBzo06Pf4F6dHOWCVoxEgpW9FY0aa9195Obt29Yvn42Lv7Fx2/kW&#10;XQt3O1cXJ3NL517D+nsKWpsVMjleIGEwnQaOGT/Ut5ebnaORjkGn4aM8LbWVLa0kgUjenmcYsU2R&#10;Sske/Sb2dNKq5YoZQoi3RLB06DZ60vQBrrbEFh6obGOeBGVLdGfMHcXkN7yIKa2VC1kZqRkZJQqa&#10;uY/vyPHjRliD5rL9ygNn223QAB9nAauFIRSJJBAnimxoae3s4OHiaFCbV5CRXysSNJYnJpeV8gzM&#10;uw4Y7mupa+jm7jd58hRPJpmPo/caPtFWW8EWSWlCla6tsyecWXWZBBLNztMLjxcWZWXQrBz8+g9w&#10;s7PVJaNbvo/iz39n5X+jLJTXxe6e13fGDyfOnN21fHj3ZcfLhcrq8ENT+oxY/vPxa1d3rxzaf+pP&#10;gZUiZVvmCQKRJKl8tGb6oJFbr+dDhrjXpfD0QF/fEd+duHD49JXQpNhLc/xGrgsohu/zr68c6rfg&#10;el5dQfjTXBJBVRx+9WJIcsLlGZ37LLqSD1nnY39e0q/Pgj0Xjp0+teWrfv2WXC54w5CAXRBRUahl&#10;b2bwdrhjItPKxYtSVvg4rBqueUqfBdaU63RxNUficcKxUCXOf7Rt2eTdj6W+s79e1d/ktywJWXRa&#10;MwJOHzi4Y9WcqVN2PqmBwGXy+lj/b/7H3lnARZXtcfxO9ww1dHejgBjY2I2da66xa3esrWt3d3cn&#10;KCgooISENEg3Q0733HfugC7Wrrvr7hP3nPc+7+HMuef8z/femf+c+P9/g35c/uuO3bvXT582//SD&#10;PCmirk+6tWb62MW7ju1bNrTn0J+uJta957a0gjx1qc9u3Nq9bmbgqPFbnhfLEU1ZxK9Tes349cTx&#10;o+tnDer1y5liuTrvzpYh/j2nrdly4MCpiLzEU4N7dui5+sKdPTt+nT20Xe9N4Z+WYfw+P0xfa1Qg&#10;oQ+QhgSbX3gCnQHENzVEOllanvM0+ElyZmm9SIYDSs5kQzYdD9KkKUlG7Xq3qI+JAfcUbCjW88A+&#10;nabdoL5OpmwCTodJwBWnRYWEROaWVIEEhEAYt6mN8urC21dD6shGvh36bdq/wYcEHAR47kCWbKQs&#10;K+7u/fD8knK+RIknUikUfQZNIwa7j+BdnDQp5EloVHJJbZ0Kmws2fIdgqbSpBPHriMdBz5NKKquV&#10;KJ6Io7IYXDpBodTggGS0SkM2b9HCmqXISeLhSDiQUrC4sMrKr31rbzs6QQckhsIrgDzhO50XTW5s&#10;1L2gmMKyKgk4fgqux4PNR9AUAvoDG4R1NRWlYrJ37y4OFnpkAki6jVdqWHoMHbxcSSBQKcrqSPBT&#10;OCGzoqoe/NYF2U6BDcBSjUajZ+TakqOOS8yicawMmBqwzfo9fgl+rWfxP9TO9/gYaEQlSrdDu1b1&#10;BTIz9hzFvS0hVQQajc5AJHquE3cdCj86qVXW+TuJVVIUfDpQtTjx4sqFa+5Sfzx/8NcAMKn7rRAo&#10;bDYNMRm+L+jKsflt2AgVYTO0OkcECoONMIgaTuc520Yz6MyuK6+dXtyeo62A/cbEkRhsFr7WtOeh&#10;S9cerfXVC9l3LbfpQyXkS/h1pnq6tA+39fC6Fq269tbJyAyN4QmKw54U5LKH9PAzYGAbMjiNrD76&#10;5LEHZv7+jJhzJy68EX40lQOnJHAsdq9NIY8fHf9JL+nmhRt5QN513+z5T1r8fCXiyePHEadax04c&#10;vji6Xp3/4k7wK0qbIQt2nz2/c6grSfm+mhuYYKICAsdn7qbHEaeXsGNOnXqQKtaIitCWp/av6tm1&#10;k48VTXRv+/M6Ip1Oo+FITj1XX7l7Zmpbe10gmqcWek4PevLk2FCO5PbJ8Pr/0Kfp6wxVAw6EiUXg&#10;UIlSJpbK5MDfoSpZbtzrpHKcd0AHE4ZEIBaKRdipE7VcRqLRu/cZ6Y6k7g/KNnK0b+Pv26F1GxMK&#10;kFdSgNkUkDpJeB5TjDdq09GTpq4RyqR11SVVfFHDLz4ggZkffXP3wfMRL+PCY5PrOaaW5jr1Vclp&#10;GdmJL+MyRcYd27XSQSv54EwLOP6iQgiIuLgwqygn/enTJJaVe+sWXIUUuNiGs1pqmVSJSqqeP4xU&#10;m7bt6maolPDAuRUZOA6j0YCDLUDnUKVWOPp06tHC8sXTR0Uqdmt/905t2zibWQNJCwWW+xuk4laI&#10;hDKQtF3bnjQxLLxSZdK3qyNJXV4vAoeCFCBbd13565SsMj1zi7Z+3v5tW5tx9PFqpUQsVmpAll+p&#10;BJyU0ShkMqWyKi/0SYaBTw9vCzJfUqfSSIqyX+WX80ENBMc0JwsiEt8wbBzx0gKQCp8n+xPn3b7O&#10;PYatfHsEvkdfSAIJ+k2yzuw/H5tbwVcC3SCQ1AX8yNbgLE0dDMEtIFmTWfz6ejl4BcFr5LWvLh++&#10;luzg2rGX/Se2DfBevnbYyyqQg/qj2wc+tSIZdsYOrECh71UAh/x0PexNAF48yxlHKah779g7nUlh&#10;sqoEAq0Y7nsFzzZr1aEXPas8OTMjJb4s37BHV28zLPknyCQMxHzpfTaeOLVvzWid7EuHjtzhffAR&#10;Bt8hBDLV0x1MGGUUuj4QaqqVS6qSIuprfQO8DbCvLLx3rz4E0rOwFJxVy7b2pPQj0zsPWBZcTvbx&#10;BAtFTQ0Bv58RXT1XBx0gpmPTytZTGpOUWi+mm5oapR/ZfTGhsEqgIlCZGFigY0C0NrPW09IB6jso&#10;4urnxAJLtVQ9KxVSUP9JIaxv74PwDVlEYRraOzlzqEQ9C0eQc5RE5Zhau/h29rNn8x4GPSE5uDlZ&#10;GVo62hlzyEQ6x9rOyUDftEtPj/qsLJP2vS1E+dcuX68kskxNTRycLZkMHU8/H3ptyuOYHOs2Ppb6&#10;+NzspLyymsbTxyzLH2ZPsteknjtx6MrTDM/Og/3cgOYTIT0m2apNe2t16p2wRN0WrR0t9SwcrPSZ&#10;NDMXew6Zl1lP9e/sVpQYksjDt/BzZlMbPhc0S2dbIzMbkIiUn3gzOB/fqrOzDovr4GYFQgKNbW1t&#10;LHV1DC3MTCzdfLyMGXwBxcTPxy7m1tWY0mqOvpGtk52JIZNM57p42rAalDEJtJYB/pT6l5eeVXh0&#10;9jXX17FysDU3dXCwlKYm5Fi2C7Ch11y9dKdMgTMwtbBzsgQpUvWtbexsDHBktq2bFdfctYu/aeqj&#10;i8moRbvWlqZ29tjQC2ttvNxN9Gm6du1GdOrlbQPsMlFUpxeUwYf0G3r+/2+mYGp0TUpyUekHr3zD&#10;/9QICi4EIvqtVoUrmlgpS97TioW0/OFMnhLNO9GdYuh8uggtvLHIHec549obUDFyfTsu0u/0G74K&#10;jZhNoHB0+v40q5uJYa/NqdL3B5u01liH0ftwMfaqsjBkgx9iP+JkKvhH8sEBVkin3TFARu3VUiaL&#10;M/h0NaqpeLmzI2LZf/9rFBUFT+uqYzTyfHo9itZeGKnPZC580bRpReHxUS0Z/ktfVn1MV1MTd3Sw&#10;Obf/lGUjOxnaTTyUJcCkcVBNxBwyw7D72TrwZ3Xc5oEWRKOO2x8UKZs0oJKGTiMyLX+8LUFRXsye&#10;PmzjIeviZbzrnexJA/dGC8DvbRSVhCwkcvRXRQGnJSmMuXr+9K5pLc2BFKvrwiuFDTWwoq5JPdoL&#10;MQnYkYD9q+jBiFZk9znX3jzf1YKKtJlyvVSFpuxrT7XwuVqJZp+c4UBqvfhBnvbCrF3OJtT2W7KU&#10;Gnld9DJPqn37E4Xf8AP0bZqmUsqEfIEchEyIBVjcApBYEQoUSnldRWHmm3xeXZ1EIhLUAckUFVBu&#10;FvLr5UACUCGqrKySa1B+WXF2Vk4dWA9VykEdEF2gkYvLCnLeFJTU8fkgTINfB6aFEu0j1VA09ZXF&#10;mRnpWXklQhChgKLC6pLiskqlUl5ZmJudW1gnEErEQgEfxHKo1UppZVkJjy9ViOvy32QXlPEEQgHo&#10;XduMSlwnkAC5Jml9QXZGfhlPKKgXi6XgQmCdVCgQiWVAMEoIZDDVivpaHl8iV0oE+ZmZxdX1GnAt&#10;XyCWKNRKGb9eqNA0WqdWSEryst4UVQiwpiRCvkihUPCrSkoqqsBjL+SVZWaBk6VyEFzB5wsxXEIR&#10;UIUBk0tBnZZefWVOVlYxrxa8KlfIqkoLeHVCEV+IhSipVEA9BkhVyEX1pcVFdeKm3x/f5kMBrfrH&#10;CXwH80IcWLFsOqFTl+UXoYhFQIANMefKxpcICd+4o/Gp3xtgU4PZZeyqdetGuycc2bwjHTsZ88lC&#10;oOnq6dPrxAVgW42fkVBRjhDAAiuCcE08NXgyjYXgwEnPLw3aJZkNmT29Re3l5cdDGzoURWzq0bPX&#10;5mdg9ojTsfdr14379NLR2y/1+3RsZcZ8Ox8FAvCmWOgHTt+z//gRLlWRhy/dyvrdX7SoUknW9+2j&#10;bxh563kxNomUhl25gqKDenuJY0/9MvVModeYuYcfnV3gRazNLZOqm0x88UQCUp0fcSkDXJMXkZWg&#10;79/KiyrOL8QjVr26mBJSru6Ix5EBgf/bb7jvuGOghQlSowC6FDoLSEHgCWQmk0UiknWMLJ3srbk6&#10;OjQaA+hR0kiYGDyTDaaHBDyJYQhUGnAI28TcwdFOB4j0EcmgDhCdxJHpJlZ29lZmOmw2hUph6xiw&#10;GdhCw9uC4xiaOzm7ONqYgRAk8CJT38zcxJBIJBta2jrYWuqwmDQ6kwXW/sHniEg1NDHjgikYXcfa&#10;3sHKhMtiskDvWFM4Al2HRQNbjVSOlYOztQkX/ESk06ngQmAdlcli0ClkKpNJp+DxJI4ul00jE2ks&#10;aycnc30OOBJGZ7PoNBKeSGFzmKS3OWWAbqWZjaO9hRELa4rGZDOAKiPbwMzMyAAEHDG5Jk6Otnpg&#10;0YdIYrOZGC4mg8mi4Agklo6WHsfQztHRnKsLXiWDM6imVlwdJoPNpIGtRQL4zgAaMgiZwTE1t9CB&#10;50i/44/TFw+teX+ZgYVDFKmO3hro4tpYei4/X+49a20fo6fz2jq5dQ116OBcV59VWo/TqKSoVKEN&#10;HAYbCxJEpo1fBnvxEjGdyNZpNWlCf+T86QOPmu7rAclBiQTsX2g/63qOnQaMtHy4rZ/LhFXPRUpd&#10;RA5+l2sQsy7DvOtuzmobEHA6E3hkKdijB7XVYKNE0hAID6KmQStNtAq1C0A6bcZduLrW6s5iHyfM&#10;cq8hq3T7rhzihon34jlGTpa2KnGNzKqVn7cDvfF7S9tkYztkp54T54zzzLl46mJoTpNTOWqFCuyY&#10;YIuh4BgFZoFcJsJbTL9wamL5qQEuzq6uHj/mj3kUudmXQXNo38295nJnezePbtPOsIdsXTzchv3b&#10;wwBC+RUIQcxPW9fH1W34eaNJv84eYGvcfsaKLuy7U1u6efSPsu/gWFObXcbHgRwASjBnaPgZAP4h&#10;Abs12vBskMcAzEOa5A344ocSVoQEIAFI4F8m0LzzkYLFlZoSnhCodL/N9kLmGJoZ6+Lqy0prgJou&#10;jsPVxwvFREMTjkZQwZNSuVx9BkleX15Zj9cz4zJJitrCSjHDwNyAgcoElWUCAtfQkPUuPE9RX1zB&#10;J+uaGbG0ge8aqaC6vIqvJLP06YhCiDBNuGwKQSOpLqyoVyN4XS5XVcNH9AyN2CRpTWWVhKBnrM8k&#10;IeKqkmoJ09hK76P4d42gvKRSKMUUtglkExsbVuMpP42MX1NVJ1bTOEb6OjQskhkUGWYq3cCMy9C6&#10;LFQuqK6oljG4hvrgt3DDU4PKagorpSyumT5dA96u5ONYXANdTAtKWl5cJgT5SXAkXUtbw8a8AjJ+&#10;RUklX43iCBwjKyPOuzyS2FAVwqqyehWdAjR8RUqqnompARgJgshrS8pqJeCIIJC1wwklZCNjlrK+&#10;olrBMOLqYtHKSkFpRR2ebWrMIaLy+ooKMU7f2ISppQcLJAAJQALfLoHm7Qu/Xa7QMkjgLxJQV+em&#10;pRYgPgGeDaLSYC8O/AfLRw0W+/8wrTWqKkmPKpBwfFq1oCFobUlu5pt6PSNaTZXKpZWr3rvFQFST&#10;HftIwHFv6WRB+EySJHAiLOrukWcVxiOHBdoZUdTg5x7o/nczKn1J0mwwkt/Jb/H5d5VFySmF9bRW&#10;bZ3ASe2GnHR4PKGpPTW5cRmVKlcfPz0YL/gXn73/9GXNe430P33r4OC/TwJq3pvXT0Neg8jQhlJf&#10;mBcV+iw8NCKnoOqPN6RxmrLkp2Ev47WX4+qKs0PuvgATfEsLLtgm+w0YqsmMvBudWvw7ibKlgqIX&#10;wRk0I5OajNfhj8NePEuo/t2s2MqarBvHH9eiijfR4UFP09/PzN3Ys1JYFXHrUWxSxSdvnaQ+69b5&#10;sMpP26TKfx3/7FmGRCTOeBEV9ij8dVIeFmzYZEg1OdHPIqJq5V8hH+/3+WTBUf0uAegL4QMCCXxb&#10;BAgEEiqtSYiPfp1dCLZbGSyyoKakpJpPZGB7xzWF6aHPX7xOy+DxZSBhdkbc88fPXguVIB0NH4TK&#10;x0Wn1KkRKpmMU4oyM5NK6+VA5AgE2jDZdAoBV1OU9fTx47jMApDEBUSgUyggFrQyNiEFnAzl5acE&#10;P3wYlpApVjY4XPmbV88TS0hunk6mhoS8gvxaNY5GQ2p5xa+iojPzeW/zEAlT4yMfBoemlNSUZyTc&#10;vHQxKjkl7snDS9eCC/nvkjdoqopSgx6GAJUJflVxyOVLD57FyzSa6qKMkKCHT15lCOUKsPmQ8io6&#10;5PqVc+euxmQVg94zk6IeBofEZ5fI3/o7kP4BpArAgSBHMS8jN6dCKgchhdVFhYmxz57FJNRJVOAo&#10;EThHA5b1M1PjsyvEajE/MTI0PDoLDFZSX5OfnhL+LOxVVjFMhfRtPe7fjDXNOjf3/42itDwtMV9I&#10;Byf6Gjfz/m+WwI6/OwJofeHru8Evcnk5CYlFRo62sqxndx9FZRVVqnUtLdmC28eOhySnhN+7yDdo&#10;ZShMvnXn0cvYNImRNVeevG3dwVIpm6sHzk8x1OXZV8KT2Tr6ar6MSBEmvCzW1Vc+uXQ26HlMalaV&#10;haOrovCVlGleHPvgRlKlhx09+PjR0My80MdRdGtfNzMWgooTQ+7ejMgytNWtz0iKTUkv5Sn1rAxT&#10;Hpw8feWlrqO7kzWWPbA05s6h84+SUhNeZJTRFXUvIxM4Lg6CtPjYHJFfj85WOtgWubA84+rRk+Gp&#10;mcVVAjJNnfDwUZ2uTWtHZsil08FxiSFRyWwj4/zn1y7eCy8py0vNqLJt29Fcmrj/0LW8N5mh0TmW&#10;nj7mHLCFry5KSSuVMR3MhXev3U2urALBgqZccujpU8FJCdHRCTK2gxWtorgGpQlLT90KZ1p7qd88&#10;uvswMiY+i2TngGaH7Nx7LaM4Mzwqx9yjtQUHbmF/d5+bvz0g6Av/PEJVbcTZ9cv3R+q29ncxoP/h&#10;Ds6f7wBe8V8moOHlxDzNUI6cOo70JrcejxYmpZq0GdrNjvY6MVfEz0quNZv9U39edIhE31mYEIna&#10;B/R0lt25+cbelpCUKBwyc6oJPz44KC6rltN92BAPhjgtvZrDpQp4IAvNm9c8nUk/T/My5jA5+sK8&#10;5+HhiTkSw5FTRrnoa0Qydqe+XeVxz8upDp1ByCmOwiIp6qp0W7XRT4mpHjx5HKcyLatEJOEVMRy7&#10;jOjfDoRrgCNW9TXVOtY+7VuYZkWmW7T0wEuMh/w0gC2oJ5n69Ovp2RC6UZ0dGRyc02Pajy5mOrq6&#10;+ogAZ+/XuaUjVaJk+ffooM5I5aNUfn4Ws2X/icN9+KWcvhP7ckQ1FK571zb22VGxDOeW7ha6INlF&#10;cWpqkYDi4m7M4lj5+diXJ6RqqOSC7IIWA8e2oitz+TQbc0UiWExOkbULHNfDHrl35rZp15EelDfB&#10;kQJrbt2rPPqMuRMFUS/lRs4t7UCDsEAC7xFo3mukSlHukxMX7iZU/MUcSmjFy9NnLz3P/yj9y+8+&#10;JZLkAqeFB8e2JCoFjcmsPl1dXRZ36/yJsAKpSqMujTx59tqLor+kY/pe60pRUeSVs3fDipSIujz6&#10;0YULT7PrPrk184FN9SnXLp55CNRqfmdoNRGnDu/aCcquI2eva7eSVNUZL2+fOHpw727s5Z17DjzM&#10;bGClEOaEnrhwL7GRvKTw5d0TB/feja+B6az+7jeMBkGZTjYt3O1N9UFYoYBfQ+AaWTs42BgZ46oy&#10;08sQcwdLc/dW7i2NKLKy0srHt6/eDE+m0rBsnKZmLqbGTI1KU1RRJaFRLPX16UQcltOdRKGQlEC9&#10;HjWxNrEyb9mprYONrkwiK6ioVLF1LHX0aAwjOr726pGTiTm1DGpDsC64iMogEZVAUpBrb2TuZA9i&#10;bsQ8lGhrb2nBojaceMYbmZvXpj09e/Z2FV+ORRBS6Ew6iN8j0+mMdzJpBvY+AV2tQw4fepFSTKfq&#10;gIVZGoXGYBtSNbW3z5yPfV1CJBLpDGtbUys9BpVCBhGVBD1LS0lBzNFzV0sECjrpXQ5VIOKJY7MM&#10;5BWpl45eKqiQkElUI0NHBwsLQx09EGUJEvaWV1RXI3hLS2M6SVFUWHL76tnQhAIOFadG9V0c3S1M&#10;uEZsDv2Lw4D/7p2E1zcrAs3aF6LSqogtU8Yvvpz24XZ5+bN1K+9myRSC5HtrNoVXfeaWoJq04xPH&#10;T9734rMR9p+8kGprWHhpR3CmkkBvGrT8UV1V8vn546bsfAGyvckTD0weP+PYq7+vGiqtenVo+vgl&#10;O+KkiCrtxIbxE7Y+KfwoMeknzC65PWPihFX3Kt/T/m1ST551fP3UBYdDM3Nyc7NT7u35ccSc3REV&#10;4pLgQz9PWXAoOD4XKxEHJk5fsOpJJQjSqHy2acqEpVfTsc2l6oRTy8cMmrnzYXr11xASblYfoH/A&#10;WCzvCkIE6adlMhUCEukq6viVZaUV/BoVyKzGQSpLagVFOeVFfDWZo8P28m3Tu/+gHj3bsHFKlQqP&#10;Q9VKpdqjc0B3B8bLF0lAlBfT/FUplGqiLpOG1vBqq+vz09KLKutUeHLHIUO9yHXPYzKKXgVdfPDG&#10;p39ncw4qazx7AiJUFUAelwiC4+vK6qvKynliJQHLuqf57cNW++Ds5RS5nn/bljQcyAmjkIjrxCCh&#10;jFoCEsy8O8KiUuINHNv16eNTlhT3JCFDjlMoFbLC+PA7jzIcW7a2MyEpZCDRKAEPMiIqgBg2yAYl&#10;CjlzNrxCr4u/DwcE7L6NUAX94jTS5Ij7T15L/QPa6FKx6zRq4O2BloZcpdKABKyWrTqMaGceFxZT&#10;JcJxuXq+bTr2Gzi4cycPCqiiwaMauVyp1H4CNCAbzj9w62CTzZhAs/aF4JQ5mYnosD/W4SRzLK1N&#10;DKlktqGJhSH984Mk0ikMHUZTedMvuJdkyz7dOvYYO66Xs/HbyL5PXgV+/XI4CEiMAdQwSAw8S5fF&#10;wmLp/15h06g0DpaCA6w/EelMHQ6DTmd/QZMEKkeHygKxhp88FC9I2Lji5yvKyQdPHjl44MDhk2eO&#10;Hw50ZoHTFgQikURrNXb1/gNYuXxjBmv/+llHX1WDxB2APIfNJiC8O3tn/HJd1WfD8auLepo0RD/C&#10;8jcIAAlKkNAHBB6ABOlktpmXIyvuwYnjdyMJdi0CenW2EIO9tIMhcUUEhlmbTt5MDS85KRvE2BLI&#10;2NESEIEBFEa4puZA47ks+9mr7HIGA9x0jRKluHp6GwlST+3acujMtZwqCYlMMLTw7NXe9tWLkPQy&#10;sVRUWVhSriLLEXyDfhc4qoJD8WSunYMRqfDMsb2hmQprL3cG4W0kL1aHoFHJK3nFZXweQlGQ2Hok&#10;afL9sGSqPq0o8d6r7MYUvCD+NvTBveh8Ho2pb25hxCDwYmIiS4QgF0R1YWWZnCTFEUGMKyb5BD6u&#10;qvq48MhkGaquqy4qqq5Wk0Esa8NhFxAGCw4VEUFi4eq6EuCcETJYodCAszTg4wVGjh2SRVEGR79L&#10;b39pUWR4rrxNRw9cfXFSci5fgRLJYDSgC5BwBihh4CoLEpJzShsPCf2NOwUv/Z4INO/9QgU/9fbu&#10;IEGnEZM/0LWX55w5s/vIvqMXwnIYA0b3tSCVvriwftmd1Nrou0fX7Tx+q9aojZe1DgkpDNp4McNz&#10;2NyBFgnHZ/989BXXo5OtTqO3yL0zfd66SudAby4OFZc92zl+3UOSe4CL+vqeFUv2P8pMjgmuNe3l&#10;bUlB0k6MXbAntyr3/IrDYZR2XcyiTq2et2LbqVw5tyoqMtG4z4KBzpTioK2XErho2cn9uy8H5UpN&#10;vLwtaeA5EsYsmj1/+96j56/eCaO3G+jMrs28v2Xm8Wc1udEXl288cKuE5uTpYIItNxXfGTVxwdEL&#10;tx4pdAzjwwqMA8cPsy8Pvnwjx9DF4OHxXfuOnb9D8B3uro8ZLyt9smX0T+tPnbnwuFDXy89RD6x6&#10;Vb/YezqM02HmhDaSoJUTVl+UO/T0Mnp7gqDmxYJ5G2u6rT8ywQv88AeFbuLu39rbjKEqfvnwWmiN&#10;+9B+nW054KuE28Yw69DBByYDZnnU3tgbpmjbnpu1Zc7uMv+Few/OCjD43Z8G39PH5h8dC8hjpmds&#10;YmHJBYnLTGwcnN2thRVlOAP7AQO6Wurp0Yl4ELcgL0FtfbsEdHATleYUihndBnSy0GVxuCaWVlw6&#10;lc42tLaxt2URVBRdC3dXezNrU0MjQwcXNxM2WlheY9O6YxdfVzaNpmti42xvjFMqLTzb2jPqC2op&#10;7QK6t3J3NDTggKTrIJkZU8/IydPNXJ8Mspnate3Wp4Mbk8YwtTYHGSu0HxKqmamOhFciY9t1C+jg&#10;7uFppqOREbi+vp4UVT0Q+7XhYkLTdI4+kyjMeFPn3aVnj44t9cAUEkd18mtnwxAW8gktO3Rt4+Vq&#10;Zm5haWNmZGTMIApRhnmnzt64qkKQvzugZ3dXOysdFugOJJWjcC2s3d3tCaLSOqJZ54DOniCjt5mZ&#10;JVC257D0TU3NTAx0dE3M7JyNqQoN27qtl31lbnod2bxXnzYGDLqBiZm5mS7IDGdhZwGWNQQakCpD&#10;53Oxlf/o/YWNf6MEPsh4+h3k5kYlsRs7WjqO2/MkPPzodDey54CgSk3utflOCK3D1N2PI68tcjXU&#10;77ghrgYk5302i8qymnQlJXiJpaGR3/qgUuFvPASPZpAJRlPuFKMaWfblH9kch53RVS/3jGnpPWDz&#10;zeeRB3/gWlotv18qU4RPBdoXFiMOBQeHx2Sm3tzQVs+9/9oLQU8Odm+pT8KNvlEpVkge/Ygn6DiO&#10;PBwUdHxef3u9Xptf8FA0+8AgN4fA1XeeRlxZ7Iez87+Sp6l8saUNgnMN3BgcfWddZwcD95kPCsQo&#10;mn+uvQPiMePS4/snNo82oup1HH1HgMrC5vczIjtN3X3u0ZObC9oQLLz2p6NAsOrhXDcPn+FbgoKC&#10;jiwJbOs0+nhEBehrm60hLeBATtxeN3Om7o8n39S8y8SNKuL3tDTD99sd91t27kYMole7JlhTO6wJ&#10;LXrLJWG1Lpsz9lxB4aXhCIVtYmWIBYRbTz0cC6yE5R8iAFRDQAGNl8WH7t9+NOjBxUUzfrkaUwBe&#10;Aq+D/Nuf6fcTbwDJw49qa6uBdn6vIUyB5JMFXAYu/C3Vt7aRt/b+dgVYqf3NmobBgCnex7ZoL218&#10;U/2ZTn9vyI09NjTyjtsHlmMNaPMXwAIJvCPwPa5oUdwmnXwaOYO4dN7MTTfzyLyMMqB+SgDLJBYO&#10;7Xt29x86aLCdJiousw7kaAMqn7Ky63N6T7miN+LAnYW9TJssYrK6jJ+uI7x54XmlnB8dfJ3lMG1g&#10;KwOPkZvunp1R+3Dz1K1BfLA7XweClwhkEl2/Te8hPXt2asWMD7sbb+o16YfRvbqOntjGkIp95LAV&#10;Hg1K1WkTOLZXr8Ah7c3EKUkR+RLEctiuu89XWO9dNWfFuQxSeWqhCKz4EEmIsbV/tx6tBwQOcaem&#10;vc4olyJ5IWsSC7tOnjmye99hA3q101U2bsuBbyG6tWf7Pj26Bs6eOqA6Y93DeFnl82sneOjk1Qt6&#10;9eo1dfYkU9LjiyEJ9QiZAHZkXq7tFri21HtTxI7x9nq/ybqicjmi1tCplN/PKqL9NacGR2rwEpkU&#10;E/uVC8pFzt4/jR3FOL9l343kmm/0517zN0u7XorNxDgm5hRl5vUrT/S827b3NAcvgdc/nwzmE/cT&#10;rL9+tEqurYaF7332/mN3+zPlg2w4Dda8tfe3a0Ds32+tNyaewXr8qNXGkTZk2fl0n7835MYrGnp4&#10;x+2DdrAGPr1Z0PyfFTiCv0rge/SFsqT9k4f69L8+eMf1/dM81QgBWwnBkljRqNocVCgV7FCoGiVD&#10;wREBQUVJSbkiK7f6XSLSBpok39m/9lI+vRGcHhVyg2A+ob81vjbm3JqAbjMKbWad3DXVWh9rFqsJ&#10;PlssFpbls4ZXUJRrZG1qrgP+QTfRAcq/b0+tgc82C9PTUALlALA2qSLQkIKLC8a16n2o9ZJzJxb6&#10;E4gkLFgRqw4O02GicBoyjoiCH7C4yjeva3EabzdbrCumHpcCPKvWQjAoIouuzXNq4dIShJHFpxSU&#10;ZKcoWUx9ptbV0XSA1ml2fpFAJcd0iyW8gpIaXEoa7/2vNpKJFVAQyC4qVX3BOVcsg5aTlRlIOY7Q&#10;XLr+evru9hWDutmXXD59/XnZnzuP+1ef2f/wdXQTx7E/L122csW00QEmjYc5/8M44NAhga9H4Hvw&#10;hcAT/TbHQRBJ7MPLr5M67jixsIujAZXQ5OAkNhvWuhCt+9JCVKspxna/3Lo/Vxl3dvOdwvcjDgh2&#10;fYcGyINPzt91h2MytbcDvjrr8eOrijZjly3s5auPbbb9lhMLLMiAfzPYxsYWlbxqHialpAaSEe8l&#10;zWroHohrgKkVmcLPCb8S/cJz8e6l/VzNGMQmXb9nJ5hSGlo4UnGEjPwSzGJwCA8cqGt8AsAxciXQ&#10;jwP/qijIBGfqXOwsjC3tcUqFvMGrqRVymcbKFGzDkIEqIYEw7Xb0breqG/NPJjY9RYezajPJwiIj&#10;LaP6rbg9qpQKRUBHvKEjbMrQ0KEm9tFhuTrA3Q6vQdUIg9PRxZJNcw4Y3rW3efivuy99jaCRr/ds&#10;f5ct4agsrp29jW7DLyBYIAFI4CsRaO6+EBy0lotqSvMKG0tptVBJZLJpSHra6zcZlw6vjSeDGQw4&#10;+6ZRq1CwZaF1RkDXAtHqKYE/EZW6fctuPWavHCELWjP3Hgjba1rMugzqjjx/Fms6eOtoWxyiJjOY&#10;9JqKsrzc2FNbHlbWgFZAMxpwjF0J5JtAoZm1bx/gmpF273l8YebNbY8Kgd691p2ADYq3dYDsKfBf&#10;oD6BzmHg32Sl5+XcPbAiAi9XgNPowPOpEHD+u2FdFbMTGItz7bHQnBt56UZiYVb0wytXi3FEnFYW&#10;CUfE19y/futJalH2zcuhTL15vTvQjTsMGCipPXzwJiASdvlMerZHv07e+ohSKVUo2jp6tJy2fa3b&#10;m3UjDryW/eancZYTTq5rW7Dlh1/vvMkvLMxJOb/Ax7T1kLNvFDQSTq0Q1pQVafmmHN51kqk/e8Fo&#10;K7A622An1oh+u6kjenkRn+8+EZzH/4uhnl/peYbNQAKQACTwVwg0b1+Ipxg4u1shoat7d2ssP2y9&#10;Veu36Mi8AaQHiwcEbiStXjnCwU7CF1D1LJw9nC20SaEYxo4e7nZ6FLBnwDBv4eVuziKSTLqPWdhN&#10;pYxOKnyfonGXMRO9/PzGDmmHLYEa+fy4YN0o0oslA8YEuXUd17E9Q1aHauigEQ9LHe3clOo6dumu&#10;tb5JG0Z221cyvH+nLl7WLCLYo2Fbenq5WXCwQAiGob2Xu5UuwrAZt3XBeIvYrUN7L+QvXPKDl6dM&#10;UENiGjm4u9saYIdMaQa27u6ORkyCGnGeH3V8bM2Z4QPHbZJ2+bW/u4U5OOmHYxqbe/Sa6lVzfNqA&#10;vnuz+x6KXu2L4Nn2ow5GbPJ4sBQQmXaZNjPk2tLeFuD4O9fNo4WDAQiH9hyzZKqxYeTz5PcCrKyH&#10;h0Xf6hS5vm+Pbt16D96dYn8hJHiKE1WjZ+fnKn+87gct38F7iL88L9jYGhxip+jZuXs6mjQKDbuM&#10;Xjh3ygDOq1evq343mv+vPKLwGkgAEoAE/nECULPpH0cMO4AEIAFIABL4xgk073nhNw4XmgcJQAKQ&#10;ACTQLAhAX9gsbhM0EhKABCABSOAfJAB94T8IFzYNCUACkAAk0CwIQF/YLG4TNBISgAQgAUjgHyQA&#10;feE/CBc2DQlAApAAJNAsCDRrX4hKKh+v8PFu4enm4owVFzfPAeuuF/05BaaveJuUJeEHR/kMXReU&#10;/6lGNfXZ137y6TnjXAaCyF/tnB3QZeGt7Pqv2D1sChKABCABSOCvEWjWvhBRy3ipCVny9stu3sPK&#10;yQVexYcnLzrxovYLcon9NV6/exUqqy1MSkh8Uy35ZDWVpDIjIT6jHPhqDT8/PSYms0LcENr/evfM&#10;62WfUxZEMg8tvPqm/u9LH/4DI4ZNQgKQACTwXRBo3r4QEyRDaGxjGxcHrLTtO9rOGIlLyxFjSu8a&#10;hUKOFUVDkjJQsIQzDS81JHbRvqZ6V6shYwpIUAPSwqgaXla8vRSrqWm4uDHFTENlkO2soQ8s2xrZ&#10;pt/ql0Brd7hzY9Pv3m1oGqjgIGQSAaScoXbcfLOo+OJET32NKnmba7/VGcViYNRHvaDq3ONdhyx5&#10;klStBEn7v4snDg4CEoAEIIFvj0Bz94UgYaZGIagqrcRK6vMbBRW6A7v46dHl/EcrjMysbWyszWyc&#10;Ou1PAHISyqw7M/s5mVlZWxgyfWafLxAA2RZZ7I4+eqbWNpamZp7ttz6TqBFB6NwB1o79xo9p4+1s&#10;bsgJ2BcrAPlZUFVN7Mk5nkZmFmZGHSZtiKkGPhJV8KPXuThZmluYm5nZjz1bJlOUPNrczaTTvFtv&#10;QO5tcfLJzn6ultY2Via6BgvuSH+bqgLZUVnU6rFurlOu5pWGb/x5d06pIHJVV8+fH/OEyRcWtDAE&#10;vRj7j1v1SqxKPrxkV1ymMHVPX7cfrhS8nx/u23uYoEWQACQACTRTAs3cF+IJZISffnx6Wz+s9J19&#10;S9hpfC8fE7Lgxfo1IWN3BUU+ebhtIOX1nlnBJfLw0wfCK9vse5r5+uoko6gL9zLqlYWXVix/2Wfz&#10;k8T4sPXt+M8v3ipDKEQCoizKMhl5PSW/9MIPuUs7zouQyQvurhk8N6T9nXJeycNWuTfXbA/hywv2&#10;+AduNZ8ZVc6riNnlk7jvp/tvsOydWKZRIEdRdG7LRauBGx48i7y5sovqyMgdSUA36reHBGi3gbmn&#10;XMLquvrUbBM9WudtcdmH3GPX9J961+dmCa/scaeKB0tW3Lf8+cgSDxuq56KwwuujbTCRDVggAUgA&#10;EoAEvjqBZu4LNWo5otdy0d2G1NGFCec6ZG7pNW5bsqTFgtPnRlfva9t/zLrrBVQKEWTQ1Dc3lSRd&#10;Gt2y25ayYdvPnZ7aWo9ENTLmiK5NdXOaGuQ+++7RtUMtEJkSrKly27Zw0cUjZP++fQnkiw+f1OfE&#10;P6vWIVvyIsOiC2nk+pSEmJznjy4L69oM7AhE5Ah2Y29mvro91Ekg1+b41IAJnMWIzUcXuqZOHj1s&#10;ws4oJUL8vII2tl6LQ9UKhSQrNqxch2xbEx32Io9MFmbGRWSIBTjgQbHF3f/PFuhXf+Bgg5AAJAAJ&#10;fIMEmrkvxIiiGoW0cfXQpN0QFx9maU1R2omR3q5Dz5k+eJ1+bZGHRCqXE8jeI6auWjEssCfjwZRu&#10;Xh695z/IUJr0WX903PDAfr7VBzu2cOw07lBivYaKea1GlVGWDheshVbVCQgEkqK2+PqutWvWnMzQ&#10;bdOuk6tCVCFXKrg6nI8FR3FEKiqOXT3Q139h6tLL8a+ODQG++PObfWCK2Phg4AkEVX3ZzV1r1qw5&#10;9pru69/Ni6qUYeK5cKfwG/zoQJMgAUjgOyLwHfhCHIHKfLt6KMiqK0ctTZDM+HgcfsjO9b6MotjH&#10;RQiZTJaIk5NLSQHrb94NDzu/qhMr6ei1JGFO5IP6AWsv3wuNfrAzwImXevVBST2VSiWIUjMKsbOg&#10;2XFPZELHDq3NWLp6NJrNtJvhz8JDts4eOLG7t2+XLi448vOoFAWmyVQVcfjYhbQqKtgKBI6USERL&#10;UmIq6/1m/zLKXpV8J0WuQoGs96ceG+DlGCxjDY5MY5NZXEMujWw+6RroJXTnvMAJvVs76xiS9TV4&#10;GoXJhguk39HHDg4FEoAEvjECzdsXopi6enXylY1z5mvLlBkbS40nzBrSvvOwgVaaS8vHzJk541om&#10;Ta+utqxOIyp9tmnR2L6TFuxPy6tz7r9tZFuGhp96fXmHnlMXLDmRpGvWqv8Pg230JSoN2NjLfbxh&#10;+cqZM7cX9Jq1s68D1W3Q4jkd2Ht/mDp/Su8B01bcTKqW6rRdvXqO3f2d02bNmT19/IS1d4tEakQp&#10;FSACsUSK47bp52uUfHLp1DljdkRKDaTigso6cMpHhPBFQIoXnMWRiurrRXI1+NukzUBrcfyJxctW&#10;lLZYuqQH9+D4KfOn9h/w45Ir8ZUyRL9VX0e06Maqn+Y8eAOXSb+xTw80BxKABL4XAs1bs0kpynl2&#10;7nGGTCySaf0Ejkh36zauZ0s9MlLy/OyduHIxjubq1xLJLTPsNcLPSPL6yZ3HrwqAs6P5Bc4MsMeU&#10;6avj9px+IlEiBH2b1gNGdDKuD/5p6Nh71mt2eRNKBWLEfcjMfjbaMy+K0tgrl56WqAiGXl0Du/vo&#10;YRcrMs6dflBSo8TTjP1HTmxvLMiPeRScbxDQs4ujLj/90b2nKSVCjWPnjvS0NELnYZ30Sh5diUPa&#10;9envpVsa9ehxFqH1wM6u+lRF0fMz917VywhdJszxUb+6eDa0SEUwcO80qKcfl4RoKl5dvh9VUi3x&#10;G7W4s1WT4zffyyMIxwEJQAKQwP+dQPP2hf8AvtpHP48YdV13b+TZsQ6YfC8skAAkAAlAAt89gea9&#10;RvoP3B5ULZeKxCB8/v+Wye0fGBRsEhKABCABSOD3CMB54Qd01OLK8nIR3tDCiE2GC5LwwwMJQAKQ&#10;wH+CAJwXfnCbCQwjc3s7U+gI/xOPPxwkJAAJQAJaAtAXwgcBEoAEIAFI4L9OoHmvkaJqaV1FjRik&#10;M2tIXI0j0HS4hjq0z3h4lbC+to4vUdMYHLVKRmRyDVikT0b9NX0qUFldWa2coWekQ1VL+DV1coqe&#10;ng4NO0X6bRS1pKq6TkPlctnk30IYQcyGoKZWRtHT/7ypGpmwtqpOpCIyDbn6jD8G8W0MF1oBCUAC&#10;kMA/QKBZzwtRUenNH80tLD3a9eiJla5tnFuPXRH6RvxJSQdFWfiyYe2dvTv23LR2kYutWcdNyaLf&#10;idjT1JXWy1QalTR8rrlly4WPlIjmzbWlvuZtFtzJ+QduxIdNSgVCQb3sCxLOlF4e2Nrcf01MraJJ&#10;E4o3t37xM/ebdSP7c6aq+KmHZ/awdW3Xbc6e8MI/FIRCBbx6SUPgCiyQACQACXx3BJq1LwQx6zgU&#10;MWiz5O6bbKzkhGy0T9y19GgID9Ns+rBUpYe9eopO3x+XvWvnmB/HDunrqffZyRBanXhx/ozzBQqQ&#10;Q4ZAJtCoJLwGwXFs/QIHDWxjxf6nHwM5L3b/in03npf/4awVmwtTQKoc0vtpbfAca99Bgwa1s+F8&#10;zlRxWcKzO0X95z3Mvba+rz3t90ckyr63cubxV6V/6DL/aTCwfUgAEoAE/hECBJD7smnDPIHQiMP6&#10;R7r6BxpV8FNv7w4WBYyd0sEUNI9XF9+49IjvOHBMgAuLyIs6f+XBi5j0vHJDVyd6ddrDi6fvvSwQ&#10;EVX6juZWVk4Obg5OlvokdVnMtdAEkUaYceN+eFqlkmRqbihIPres34yTJWI6hWVsR4jZdS3PZ8hP&#10;/RwpJKqeubWTizWXSUbUZSH37z8Ni3pVpSGWRka9xps5c98PSERLn9y7FRL2Mj4pW27kaYl5UGXl&#10;67uXb4fHJVWhLAszfSIizH4YFFqEJ/JuXb+fkF1SpmvrSK1LOrtw2rJjYQKukY2DgfDVi2f59cLs&#10;4OBnPD1Xe3plzNkr96LjklIrFGwTCz2K8PWZs/clTj9M7GpJf7dyi8OTaLpmwFQ7Q5amMPzx40wF&#10;rvbR3YexKTl5TBs3jqIw/PLxG0/TqlEc29bG1YT4POjmo6eR8UnpORQbd0OqnJ8bdftZSh2vIDoo&#10;JCLs9OJfDsUUEjgcc0dHoy9YV/4HbjVsEhKABCCBf5BAM/eFgvT7u6+nKkW1eQnhYWF3Lh6Nk7Vd&#10;uXJuazNe6Oal43ZGUnG1L28feS7xa+soiL5+PSy1WsNkO/mZx08eN/k+OnRyFwNZ2KJWQ7a8JjpY&#10;5YccPXHoSo5Nvz7GRSG37r14IyXpME08Ohqm7buR5zN0Tj+HgpurA4ftqPQdMNCdlXtseY/ZZ2sI&#10;GlFZ4s6VK07cMRyxpLPRb3dKln/v8LwZ+xNkUmFe0KbNjyWtO3Ygvd48f8XO5zxidcSVOwl4e/+W&#10;loJzvXpNPVVi6sxLjHxybOXBEp9xvQ3Knty4EZUjIXOM3dqYxs+cNO1YLEVfXFZIsrYSnJ09fW82&#10;01D6+uzJY6nEFj1aG785e/Ke+ANfqMi9++uQIZtLWgQGeuLuThwyZscrto0gNy3qxLItr23HBjoI&#10;X9y4+Ci+VErVcXA3FwcdmHUwHKEQqp4fWH67oFefvpzKKzMCxh9/o9KlVLzJLinKzSsWoiyWkXuH&#10;tg76lC+Yrf6DjyxsGhKABCCBr06gma+RanmgqKahMNmWdLbgSXxGUdS5havOuWy6d/LMhXMresf+&#10;ujqK1mXqrKFOROOe0/fM7OZvqkelsGiYIgWeTEco+ibOo2acPLlpkmnO69DQYsses4bbmpCtB285&#10;vzTAnAykKhq4E8h0Np5Np9IQedrug9cI7WeduXzm5OpAWzZVh0N9LxpRlH5g3frHDsP3XT578trN&#10;S0u66irFydc3bXlcN/v65ZNXr4xkpp898bBcQ2Tq6FKYJO9xx89e2j3CVPX42HOFZedhgT2MiM5D&#10;V20c09pVn0ml0sx7LTp56ODsNkZs18D5u2Z2IhNJ9Pqs1JeRVcCDfeoeEkCybxybTgbv4chMDoOG&#10;dwk8fPjI8Rku9PBDD6v1vcbM/6k1i+XTf82Ksb2MHdvv2PCzsxmHSGVSoo7ey0MIRDINYVh5Bi7/&#10;9eTJk2eWd3ah63dedHBdP0f29/DEfPWPEWwQEoAEmjmBZv7NhmpU4Cu795xNG7Xl0PbRmpSj229E&#10;J2aWM4lFu0f069939Kag4vr0e7GVqBJoAGrkEgGKKMHmX+ONQ1EUodIcHbgIIqeQ2BSZol6mQaRy&#10;tQZVy4T1CvVH53DAFqKmNOmVoLZlB082OE1i0GKQIziO+96DoClKfsWv9engpa8Br1sOXLh0YTfz&#10;yopymbLwwvj+/QaMPf0i5WV6Wp5QRASGWLtb09UqEZFtrsGXCYUIKpfJNYhKJhIiiAoz0MLZkgZk&#10;qVCVWpqXEHHh4AM518aABRwi8HVfcLxGo9YYulhywCYqnmmNksqEAgSRiSVKFFXKxXJEJq2rvHvo&#10;8ItqJpfLwdPoVLDUqgG9sti2FtqtUb5IoQLKWGKBqJk/7dB8SAASgAQ+TaCZ+0LttFAtFzfqFxKN&#10;XYysWGKxUA3E5RH3nj9MnvTjnA1nwqODlrViCxuEdj9RgNyFChOP0KDAR+KwUyhAU/DdbPCjC1AU&#10;R2OSSSS+SIx186mCozGAThRfJMHabSgootGoiWzjrsMnT560YPetyIgTszzoeLlKg4CYEKwd8D7I&#10;Lt7QPZjrNmkXVAAuD1Vm3t269myw/Y/rty8c3cqWJFd+bkQf2aRRAeeOdQGcN/E3yUUciaKofrFv&#10;+/JIeo+NaxcuGu6hVZ1qtFijxdJA4wNnDz9PkAAkAAl8TwS+A18IzolQGsX9JDn3CnPorT06du3V&#10;VoOLo7gEBg6yqzi9dN3OajKN8CVTKOzeajSIvmkLEpkNTmiSCR8lYkNVSpxR68GGpukPXxQCX/H6&#10;2qpIzQeKvjgL30HG5pnBUbnY0cus3W1adzmU6uHrr8NHhR6DAgdYvzo7/+jDNA2JjQMnYd8rmD/m&#10;mOno2aJ4Ijjeia3jvvVNqKiqQsrkmriZC6MfPg0Xk+nkv7l1Bzy/QlJXo9DgLJ1smaWXVwTJZGo8&#10;7oNWdQxd6AxDPJnyB8dNv6cPBhwLJAAJ/KcINHNfCPwgUv1qcz9TM22x7XmCOGz/qpEObiPOhe22&#10;39LNzNSk8/JQx+ErfJmIXA3mNxpsdoTNdMCfDVMd4HvevdpQQa1EiG3799DLO9DdxnTNEzEKXnx3&#10;GbYvqUDwFtP2LLSpPhpga2p5TjXZEw/853uFaDXpyuW11EcjnYFp7dZQBmwe5W01cO2VX/2Dehqb&#10;mbbfV+g6oE9HHUQGpoTaGRtmibZ7TOXezKtzK8uCncNcJx27VSIDZ1W00zI82WvixpmmGcvamHZc&#10;dY3p3IJZVl4lFYF33w6giQmgMTDI3wb7tg8NmDI3vAp6AxkHxDSzIcvHd5EcH2Nn1uKKU6e2BGJ2&#10;USlwhhiWxskgqUVADzvZ3fG+VgtuFsq/YFH2P/URgoOFBCCB74BAM887g4JNNYnyrasC9wMchWE1&#10;zpbUMoFIpkFxBCKNwQQbaxqVXCZV4akgWBCnFItlCIlBp+CxbTmpmkxjUIioWiGVKPAUGoVMwKkV&#10;YolMqdZQGEwcuIxEY1KJGqVcKlMRaDQqEbwvFYjkCAGPJ/FOB7bcbHQ64+xQnfefCLVEhO20Aauo&#10;LHbD2Rq1XCSSgpcIFDqDhhkFupHjyAxwygWs9UqAkCKVziBhf8ukMrmKSKMRVSoFQqTTKdoZIqqU&#10;CCVgGkckkgh4FAXGkjVSqQx9V6HRAjBYqbTRVKVUItMQ6HQqAadRSMQKDYXOJOM0SplEjpCoNDBw&#10;8KdUrtSgJBoNr8BMoBLUUrCTSKHRGxKUa5RSqVSh1JDobGD135yMfgcfGzgESAAS+M4ING9f+H+7&#10;GarX2weOXBJkszdmX6B58grHnxI2Br2e3eL/Zg/sGBKABCABSOBvEIC+8C/CUyYeGjx3f1qRWIMS&#10;dAfuCt8z4LMpXv5iD/AySAASgAQggX+JwNf0hcnJiPitAi6VirRs+S+NAXYDCUACkAAkAAn8HQJf&#10;0xc6OSHZb3NBc7kIj/d3DIPXQgKQACQACUAC/xKBr3mOlNUkjyn7H89f/S8Bgt1AApAAJAAJfPcE&#10;vua80NcXiY9vJGZnh+T8G9JGWHeS7Mf7jzwoBVHkBIr3oBljO9pozz6WhP56OkLE54sV4CQnjkDm&#10;enQaOayfHVOYfOlKcEYuTygFJydxeLpJj+lLelshiLjg+b0L8Zouw4e2M5Mlnj73sIDSZ+aElgZE&#10;RC3LCT91NY0ycPwkN+2uIC/h+vWHqTyjLlPH+ZtSwTlMScL1ZWejcQQSlcEkqcVisUKNOPddMMQ6&#10;/cqtWOv+y/q6krS/OmQ5ofsO3S/BDpKSW/afNraLvTaddmnoptOxONfRCwKtQaSkuCzsztlkfKvh&#10;gQEmFPBuxaPdx0IKalQklmXnifP72oJkNLykkKt3ix1GDO3ppAdqSLMfHrgR5z5saYBpwYOtF+Nl&#10;YjA4FDtU69Rn3KgursDoqqi9Z5/yeHVCGQjox5P0XFuNnDjC8W0ybzT79N4zSXkijBSF23XaLwPs&#10;QKsl0Q/ORYnbDhvZ2VKZfPFScGZepVCq0oZkUDmGvcdOQZ/9ejsVh53TpeBkIjGQuEJajV4/3CR2&#10;+5kIkaCBPFYYdl1HjB3oRU25cD4oK7+xERyOZmDTa9KczlhadVggAUgAEvh/Evia88L/xzjUvJiD&#10;I2euiRIamZqamihSdi8aPffyazGWLqXg7oqV667lscEbpqb6mrzrG6ZuP58mRRSvj2xZsi2kjmEA&#10;Xudyii6MHb9oS6wUUeU9PvnLumPhxUAIkB9zYOsva2dOupyBDUotzXywbcWve1/XNQyR9/zYznkr&#10;1679eXNovgQEFoKIdZoOaMyQUBaxZ+2Ou/motksmWZVzdd3y1Vdfg5xvIC6hOu7IyJ9WRgi42Luq&#10;jL1Lx8y+kCDCTC16sPyXFcvmLXtSgzUvLA4+vmz9yQclWJx+3Yv1i2ZtC5PqGuqW3lkwduzs4GJg&#10;UEXcrc2rd9xO1dYHXiv95qrla25nypSi5HNr1+0Kq9b2QXxze/fkmfuelUoRpDpsw8pVxxIJJmam&#10;pgaE4qDlPy7aFVGKXazMO7Nt0vDdT+VMjKExt/zKiGE/zH9YhaiKn51bvvpgcD6wQxSvhVavhYZV&#10;MzZiUohMffCnnujF1XXrTiWI6NgbunQCLv/OilXrruc3kNfWNmCDVAdIfdyhzUu2h/KZWusMWBmX&#10;5y5ccbUQBiz+Pz45sE9IABJ4jwCI4m5akotKP3jly//p44MlCmv4r53dl1/312tKq8OXOVlwh+7K&#10;k2sbUVXeWeFhYtXtcHSNEo1dzGIajL0hbWhemrxxkKl+95VJUt6Nfh5Ul0XRooY3qh5Na41we17O&#10;rIzeHEiz7Ls9FrxRcqKzBzYDNPM+l46i8vqgZZ4Me3/wtY2V0ocT2+q1atmKTjcKPJoEQvjflYpH&#10;a30Q92k3G+qhqDh0mpUO4cdrUg0qq4tY6WyuH7g9R6Z9S111b1ULU6suB6KqlWj8cg4dZEhltRkR&#10;Vg0silvVj2MzaFm8AIwoboWDLjL4DDY+QeatmzfvZ9ShqCz19Gxngs+8OzkN/dTen2nEws0N4ksq&#10;b45CdD1XRDa8nn9tmiPbfMbZDDmas93OkBpwoKKh84IHE1zwbqPOlqOazAPTrXR9Jl9MwjKfYkWY&#10;eu3qjTsZIpQfvWsky6Tr6kg+ilac7+lOdVkcI/5tsO/+Stw8xozVZ18SMLehRM1nMLk/3GoYaJNS&#10;crabK81taZyk8bXXuzriDdruT2m4ebBAApAAJPB/I9Cc54Wosvblzf2FuFETxtuQtQ6eYDhgwhxL&#10;1Yuw5HIFig0NVUob80nj6BxDw3oRT6BU4kABQeciMFsCxaDtnPH+kvSbyaUU4kf51koTlu4Oqn//&#10;5aJXjxPjDbstmzPdnhx2/Xnxb0lBFSIpWBsFcelvT9M2JKPBIXiNqv7lzd356MiJE+2wZU8Qfm/Q&#10;b/wcGzQm7HWpHNFGr6OIMObxpnNpKB3L191wIYJKRGQGIWJ9+91xCMtpUGBgX2cd7a+N3ykgjTaI&#10;oseKvqWRBb2mtkasAnNX8G8Q6Y+F/iMoy9LJUiOvqVfw868GPeL79P+5h9fbUTLdhg4bPMCZgXyY&#10;lbwJtKa9CyVykOVbJZe8n7kbPNKftBEj36AJLOcYOWpQXmXVF2dV/d1hwzchAUgAEvjLBJqzL9So&#10;ilLjZfqcFmDm9K7Q9CgMXFZ+qVKtxr798cQGL6muzEiLT/Vy7GDHoGsTd78rKEJnG0qUvJyiWpBE&#10;5t3LarnKbfaiHxi861PPJREadvu04halcY9epdq0a91m6OQf9HBRN8IKwM7c7xecRq0qTouX6rFb&#10;OGLbe42Fokdl4LMLShQgAzaeyOq8bG7/upgzK4NzmY36T8BMgt+ocYY69Tlxv/R39mh5NO2LbjRI&#10;taMddVXEzRdRkja+PuY0kGQVy39DIGF+Fq1Kun0hjGsd0NZUlpNdXmLjaqNH/4KWQbukBpx/UAio&#10;qubmVEfrxtJy2ILgAuxmaBkSSA2NoMpXzy6x2V38W74vgfxHjcP3IQFIABL46gSasy8EZ0hUSgIO&#10;9950DksMilMCXQdwdARR1d2camdkaMjlGnpNTXPYcvzAcBO8FOghNS2Y+iGorVK/Nz0BC4lEzuCt&#10;l6bLan8N3BRHwjrBg6MmZSmPEuNdOvu5G1Nce01gU2JvPMn9Eg0HYCrxA1MxKYoGU7E5FNnY6cct&#10;B/yTn6+bezKHSWs81YKj+s17+vLkD3poVVZq0vxebksfA8Glz9814O0QfsbewUZYcRl1ibDg1MFZ&#10;7QxxiBLFEzQRK7wNsTfcR55kzTl1bY43EVPSUJPwDem462/95GZujPGybdH+Wh7IOteEE5FKe3Oo&#10;v6MJdr2xpdfse8COzxU1jqjTY92j6Mby6MiqzhagrgakfKNmHejjAPrgGnBt5j4eeCp8T4AOzOn2&#10;1T/XsEFIABL4cwSasy/EEyzs3ZUicXbx2zVJbLahQtUoEVOXAK6GqDNgX0Zh6vXl/oJ6BY3tYEYn&#10;gUzWHxJSq5U0CsvWzACkuH7PSSpx1J6z9vWsLt70y/pEKpUE/ExFSvjrV0Y+Tq40UV0d06w1kRB2&#10;PbSgMfH159CjeGCqHTBVkl3UZCERGKo1VesKQKZsoqH9sKkLreOebj51qZJBb9TewJE5DmNPlddJ&#10;Hi7WVZXnXl16oQghg2Hg8GDd8+1iKvaHdlFSAxKLs52mnX9TCEpJ5Zv76wY7N2QyBW/h2658nldQ&#10;WFhUUpz5bHNfHZCNVc/E2Ni0oKRMIAE1OAP2xOfk592Z71haUS1Tvy9XoZJJ7SZdic/CGi7Ijt3R&#10;5/ejZvA0XeO3xVDvrdKxUiZzmHItMSfvygxRXa0MdbExozd1uH/u4YW1IQFIABL4SgSasy/EkQw6&#10;9BurEd64+YjXKGAof/3oZEm97ZAALwaJgAUI4Al4qmG7USs29JWH3tu1O6RCgwDZB2yl7u1yn6L0&#10;0e2HdMOejuZA4u9DqihiN3bBQj0apuiLI5Ik4uSolFxc1f2to1q5u7u3mxehUisjboXk/u6OF1Au&#10;JBB1O/YbjxPfuBFc+dbUlJCThTUWg7u2ZIJc3Nh5Iw2eaOA/csYgFqlRYAIYKqsrKSqoFKFkMqX3&#10;5herPNXg3AkwUt/GwtRVIuQ3bLyBfUCJUk6jUBtcI5h+kqkNhdxEjhC8A9StGl6nkBtXfXVbTx/d&#10;jZ315EFKiXb5kkolKmpEQPMYnAj66BH7rV0qhfTR3uoH1QHhTz6joBEKmdFl7cPluqKSXZN2RjaO&#10;4Ss90LAZSAASgAT+AoHm7AsRHMO096rTYxUPVo/ZdOvly5dRZ1f8tDfFbv62GR2MSYhCIZHKgC49&#10;EK81bjlm/sYu4rATv26IrFHgEJWiLj/xRQS4JDLsyo7Tr7v3+GVUK5ZEDLQhFFpZXXAURCbDlBtA&#10;jJ7/khsL9fGIXKWsy00JDglSdpkXlFVSipWSnKtT9TXPzt5ObXBwQO4JyMQrfjt0AsQgpGolEIvC&#10;AW+76uwETfDqkRtvgH5fnFv98+4EyznbZnQ2JSFKBdCaUKiUCM7AM3DmxkCgEwgOpCDAmWRdnd7H&#10;ufWMvaGRLyOf3I/KsvMZ7WkMfKFL975eqheX95x9Ahp7euxkBNd+8aB2YONNrUCkMm0Mx/sFKHqA&#10;EWlPzrxfnPr/NKwFf/uyXy88xICE753Sf2OsubOXPlWtAnY1UMAEkwEc7Z8fFY1KIZMCTeJ372lU&#10;UomwJDUKNNdYknJLQewirkkjuI7L7s0zkr/eNG5nSDWIYoEFEoAEIIH/IwHCmjVrmnbPEwiNOE3y&#10;x/wZ044eRcrLGy/Q00Nmz/4zF/+1ujiirkvPET6EqKMHLz0Mfhxf3mHOyUMzO+lgUxJRSXwR4tdj&#10;cAcbKoJnW1obGshzU6WGzraGRJVClBv9JDgo+NHjsFTyyGP3tnelITJ+eXGJxrRLz06uBprqjJw6&#10;M9+BvVsYkPEkYxvrunSZpbe3q0ldeo33gB/7tQOnUbBC4nIU6bwaXec+XRxoCCqvKy8sJrr16d7W&#10;RhuTrxYUpJcjLXuMam1FxBN1nLqP9iO/PHrw4sPgR/GlbX8+enhOgB5mqrgkoRD16T64ky0VT9Pn&#10;cihlFYwWXbu18dK38B3dxTL+weUbtx48Di/Qn7X/9oJ22BV047adO6rS750+cyM4+GmOZszhiOVt&#10;qASNsrYwoVqnS+9+3ibvT9ykFcl5EpeOQ7q7sD7QXKKaBQSObpN5b//5C3eCH4VmK1u2avPL6av9&#10;zKQASJGc27FngJchUpOdU2vo1a+Pt/F7u4jAFI2otLBUaeTfr5Mrt4GKqDQ+X6jIDLkPxtlQUhUG&#10;Ldp7cflZ2TVGLfr38TaiEvAks5ZtmQmZYpzUvH13+y85u/PXnhF4FSQACUACf0jge8g784eDhBUg&#10;AUgAEoAEIIHfIfA110iFwt86EvzOKUN4QyABSAASgAQggW+JwNecF164gFRWNg5ORweZNOlbGii0&#10;BRKABCABSAAS+AyBr+kLIWRIABKABCABSKA5Eviaa6TNcfzQZkgAEoAEIAFIAPpC+AxAApAAJAAJ&#10;/NcJNGtfqK6L3dvVrtWI6wVfchuLwzcPsPFfei4bRSov9G5t22dnulSlFIbONXfptDrsiyO+hS82&#10;TPB0m3T+rV7Sl3T9t+uk7PBydZ54uQpBa1NPjzT3GXss6f0QQv7d2S0d7VbHfhxY+Lf7hg1AApAA&#10;JPDdE2jWvhDRyAXlxaU8IMPwBUUj41cWl9WKQGA3+LOuhi8BkeeoRlpTWlxWJ/2j/NqSjJe39q2P&#10;BCGFarGgtkYo+0TY+hcY8dkqKL/y8frpt+tBBWnWkdnzRq+PRRRho9rP342pDKL8kuLiKhHwdBqF&#10;iFdayhM2CFG8K6ikBtSo++DVv2MQvBYSgAQggf8OgebtCzEVXQKhQfFIKRHUVAtFwpqqyrIKHk/8&#10;Vj0CVYoqK8rLeNV8BQoybONB8hPEaPT9F2/uzXOlEbUpvAmgDTyCygRVlTX1QPcdJP2ur+GVgVJe&#10;WSVRgxj6osj9M9pNvyLnV/FVPitOJ6UcH+PeoDiBSkF/2po1WgVhzBIxv6YGs4TXaMlHjxOqEtVX&#10;lWuvqpMCR64RV96YYxF4iF9dXSVQ0Zwm/Lpy+ySzsmrnXfc3zGpvBuzBYTZqU6yBISPgz4Z0ayoh&#10;vxprp16CgWis0bQ7taheW6G8gifCcuPIBZXVNbKG2SNQcKqtrAVe/b/zuMORQgKQACTwSQLN3Bc2&#10;jgmkWJHH7ZziaT149qpJPwz1czYymnAqUwKmfaqal1tHG9t5+Y+evCY4D08m43FEClJ+uounUdct&#10;qVKVNr01yDRKVlSGLx7k4Dhq4wuejPdyX7cuHdp36drJ29Z01tmK6uzrm7fGIjXxBxcv2H3x0sqJ&#10;LrajTyUDTXkVP+/WLHtPP3//dv4duv18PKtUjCLimM0T3W2Gz1s9YexgPycjo8ln38jem3WqhPHn&#10;pw1s5depc1s341bTj2fzecGrl91SSaserBk/6VByzqudM3p5+ncN8PeyHDD/fgaYDn46+acs8+bo&#10;AD9X37b+q04kVCjepep+e6cVdSmXJwzq4texa1eA5IedmdXyiHWuZs4rXmLSjeKE4zNbWPbeGlEG&#10;PxuQACQACfzHCXwfvhC7iXgylSRNxXtsCorI2N/B4vbO81kKlaTg5pJfnnde/yw/9PQYg+pXIlSb&#10;kxokoSaD7NKNqazxGkVOyK41v5wRDNmze1NXk4rgizHtJ2w8cf7crp/ak85NOZjnMWPvzs6IYYc1&#10;V8+unuRIlONIJJBDDJEnLPcdExR4KCM/vyDz5oicpQFDjxRr6CAxNkmcTGi543FU2p42Zjd2nsv6&#10;Te8X9F4ZdPpkbF2btZcio28vbVMZ9aKAPvjw+QlEhsnYE1H3FtGTHubjO++7dvvUxklumUcO3k0S&#10;IqQP8qYhODCO2rtbdj+v7nwmrjB/ucvzXIVMBdQrmj7PtbH3I7htph25fPnY4r6GD5fueCZoPXge&#10;k3/8wJ1qVFkS+fIFuU/fUe0t/+OfATh8SAASgAS+H18IxAxVdC8XFwMEoep7U2hZZZVyZcXzR5EG&#10;Br07OCCIbutO7b1JSu0SaJOCw5M1wje3Nq8+nNtl2I/jXUGyT8Nu0xb2IkcsXrx845VkFYFKIWgU&#10;MnAdyE8N5lMg77VW6IJIVKY/vYGqRozqgeVvJVp3G9Wlqvp2XI2KBEQJmS1cncEiKtXAh0hNL6t4&#10;TyKebuFkp0i5MrlVp+VxXuMXrx7mxUaUEiUQXQKS7whi2XH02IEWT7cunL37PpB4olPeytw3NZtI&#10;RMQZIXkZel19XIB4knHvZZ1ZIB3p+4JUer4jfh7swtu7cuniky8FaoRKwlO8+821YUbcC35TkBL3&#10;UuzVeoBtQw5RWCABSAAS+A8T+I58IbiLqFqrWY9qwMEWoE8LtgClYvAHrVEn/tP3WQ1kDvVaBXTW&#10;S7p8/m4dgggi14zuPPJQ3cpzIU93D6CSQDoC4KbelzbEnCFOLZNogALF26kY+H+VSi1VKLG1yt8s&#10;Adr0YDOyadFtO27O7n0LZs/wTF46qkdAvynXkmVATxhs24E9P3XN093je4zboTd8b8yd9X7myKdE&#10;JzDlQlSpUCrkdCrlPSnjpv0I047M6zPwl4jAjbdenp5iwkYAGzLZa/iq7rTQwweO3U9QOfr3c4Ki&#10;8v/hjz8cOiQACTQS+L584QdTPgLRvE1nWx7vSUIFgihyUtPeqIjkD0YM/CZCM+2x5NjR5c7yW/tO&#10;PK3MLk+vE7uM/WmAuTzyVLRUoQG+jERhcYzVBDKYgtGImHMEO5Eqqkv7NkokLCIV2w3E1yeHx7NZ&#10;bb2NGKq3x3Y+/ZQpKp4EhWUajdh18ErI/e09OVn3QnLkKo6ejRpPYdEImsI3yWjLXiOH2dU8eZ5X&#10;gZDIn5gXgt5xHIdWZrb5kclF4PCoKOFKMrD0/TVSXkl6UYlRrx+Ge9NSLkfWiMAZIRw4KWTWuk9b&#10;NOrM8QhG78HDgboGLJAAJAAJ/OcJNG9fCET5BDK+UIHNBVUyMV8MDkViZySVEr5QI5ajeKbniF0z&#10;28evGDx0zoIjCdUUjUgsB4ukIBaDLxdIsZVLcOoTEdbpM20cBs0PtHm1dt1FvtPoXg7Zh6b3HdJz&#10;Vy7dQi7NKqqnGXi09sdF7Ju6eP/uRB4iFYrkCgWi027LiVXsPZN7DR0aOGDCofp+h7fNcSSKJWIx&#10;XyjSBl2A0618kVrynnPEkdikqhvbprbrPXzm+eBMt3FHJrVlUp3aDzApurpkwryNUu/xrrlXpvbt&#10;N/1CHF6CryoplwLdv3rQpBwbp1ouRPgiiQzFmQ5fOK+/4tm8IQOH7gqViPkKhfS9QA+jlgN6tpff&#10;3zAksMcvLwWGCiS/mKdGcHSTVv4dGHwBrsuAseaU//wnAAKABCABSACs9KHv65enFJd5WJg2EzKo&#10;ojbnRXQhxbNdW3Nq3ZukV28UNm1a2uuRKlPCEwr1fXp5GoJJnLjgeXBMKcXA2ppLKakhOft6WpMK&#10;n0em4iw7tHNganivgxPqbXy6uBtKyzKj4yoM27exkWdEx+VUitXmLb1oBYWIR2dfM3xlVvTL1HKq&#10;mZU1jVrCUzq09rTiAE8iz3sQFMuXaAh04xYBXZ3A1qGqNispPk9t16aFrS6pIvlpYpGhb28PbuNJ&#10;nQa0spz4qPjsSjVKoLp2CmxhDNZXxcWxT+IK1DQ9L5+W0pTnaTwZ28aOKxXKDJx83FlFIS9zdVy7&#10;+lni+AXxz9/g3Vr52ergEEVJwou47HKprU8HYn5ahblfbze9JsdnFFVZr2JTivgqI3c3dnmp0q5N&#10;a3sdnEZVBbAVE7z8/C3/olRlM3lAoJmQACQACXwZgWbtC79siLAWJAAJQAKQACTwuwSa9xopvLmQ&#10;ACQACUACkMDfJwB94d9nCFuABCABSAASaN4EoC9s3vcPWg8JQAKQACTw9wlAX/j3GcIWIAFIABKA&#10;BJo3ge/BF2qEpa9fRmHlRfSbSvEf3RBUVJGVnJBbIwchFaLixKSUwroPctH8UQtf/r6GX5SalFgk&#10;0PyRDMaXNwlrQgKQACQACXxtAs3eF8oqo/etnjF+4oJFixYt/HHwiJ+XX0mt/l3fpo4/MKK1z9Rb&#10;hSDndewK75Zes+/xvzbWt+2JQ1Z2aum9IurDzG//VH+wXUgAEoAEIIG/QKB5+0KVJPvKzGnzn3N3&#10;RUa/ePHi5cv7A9VnZk1b+yRX8nlRWyKFxmQidJDcGodYD5y/cMVwj38s+QqVQmcxCSBVzV+4NfAS&#10;SAASgAQggX+JAGHNmjVNu+IJhEac5hKAra6NOzxuYViPLRcXtuVgo6CY+Dupruw4WO0+speXMmr3&#10;sVtlosqw47eiURdfy+KoywePXw4qlhCKnz17yew6a7CXHo5fwidYOXtZ6whzIq+eisoV5bwKOnv9&#10;UaxYx8HGiInFx6uyr67bde5RaEIez7yFhw5eVhh29+KjtJLc4BuXYlT2PjZowq+bDz54/OR5Ui7f&#10;yMNZj4Boqp/dPX/6/PXgarxO9p2gFIfhy/raaQUy3pb6qLtnj5659jgsKlZu2sZBv+jJ1rP3SU6t&#10;zWiIRpD78vKhoCIdSycjxr/0FMBuIAFIABL4bxNozvNCjbIk9nmeiUHHlubvbiLJyItjqM7OL1eq&#10;C27Nmz9/5sEkOZVCwVUn3Fw7ac2FFDFVmXYnrpyPEAkgvTWSeWrKpGkHY+QIWpP+cPPCqZvOxIkp&#10;SNqRX39ecSGtXoVIU49N/3n2wyIqQRxzbsPirc9B7u7cO0eWzJhzJqpMA/JiC17sGjNmzyu1qQE9&#10;/8G6Wat2ZamQiqAji2bselKqodbHnIsXyH5L391gZn38yVUL11woIxuZ8MPXz598/GWdIv323Dlz&#10;zmcqQGrRpDvb5247li2Gc8n/9kcTjh4SgAT+RQLN2ReiKJ9fSyMSOYwmbkOtQFF8vVCs0eBoTIaO&#10;Xdux81bPn9q6JOTsLaHNgg171kyZ3MORjaINKkpEGoXBoZPA9XgihY6wLX0HT/9x07JJrYSPw5Or&#10;ZNXRJ1edDOu38+yaDXs2jPd+fXz/i1o1g0mj0y3bDFuyauWMji72bX7a9XCxR0xMXG5JvSw1rKSs&#10;NvjW9TRup1Wbt6yZPKyVGQWIXLx/coZq7DNs+/Z5LqSSl+k8Ulbki1yB9bD5nZG4U1dSZLLi2Ocv&#10;TLtMGuYHxKdggQQgAUgAEvg3CDRnX4jDG5taS+Xysmrlb6gIJDDf0zS4HxyOYGmpD/7gl2VkvKY5&#10;Wzkbg39wwYooHdF8eLQTe0FXxxgoUSCIDpGmlAOxJDGvoo6EhE738/X1Hrr+XlZ93vPccgoBh1JN&#10;9dlaBywteX7m5NK5V4y7jwxw00FJdEVlcXrRG7MWjhZggZNg2c6aRgbzz/eKrDI9YsfarS9q7Lr1&#10;9NNhAaFeBGfUc8n0lnl3r4anJEW+pDn3627+aSn7f+OZgH1AApAAJPBfI9CcfSGeZNS+RydeddDz&#10;1He3rSbtYVUZq6OPI41IwFwQEDQE/0um6ugZCkVAPgKrCOQIP3ObNRpM/hDoHwJXiqkQgv/Bk0h9&#10;Fx4+fPjYhQfR2fF35rvpCLSyvg2+tCbi7I5bNy1m7984cUBbF45SpabSmCy2Xm09XyzDOgG1Puys&#10;KvvWuW0xRO+5y6ZP6ebMJIM6KA7HajN+kHv6qV1rTsTr2wR2tYGu8L/2UYTjhQQggf8jgebsCxE8&#10;x37oxg2tn237aVZQOebDsq78tPSUZNAv83vZUXEqMDls9EM0Q2+/jravM5+klSPC8L1BuVVgv7Bh&#10;6O8tYP7mtjC9JY3GrF1Pf5QQUkfx9bUpujJ1yM8bCkn6JDzmKhuKUiSSkklyJgEtDz6/N4tEQtSW&#10;1t08vAkR8S+LhUjJ7XWPq8Xqd3K/Ddco5CqliMRhsarvb71bVgMUfPGgPaZrzwDXqtDQHJshS4ZY&#10;QVf4f/xQwK4hAUjgP0egWftCBEfSb7f0TNSvrZ6OcueC0nYqv8exRwemO+mCceFJVBqN3CCVRHMd&#10;uWjnCqd749y5P961drC0ZwC5evA6nkSngzrgLxyBRKFRG6qDvUNwJRGnxpuPuR29w3pNB66Bw7Rb&#10;6lFLtvmQxEqc9l08VtNo8MY9/XTv/ejp0GWhbPCIllJRdhGhzfIt6/rLNgfYcNflBrbiGrHJ7x2D&#10;MWn348y5bTL3dzN32U6x62RqWlNSolIjRLpz50FtycaGvXt1pDXv2/Kf+xTBAUMCkEBzJ/DdaDa9&#10;3SH8g9OX2sXPP33TsMa1a6afK6DCR+9/6rWm1//R+3/aSngBJAAJQAKQwF8j8N1MQIAr+l1v1Yjn&#10;LzhCbNL4R01/6v2/cs1fu4nwKkgAEoAEIIG/ReC78YV/iwK8GBKABCABSOC/TAD6wv/y3YdjhwQg&#10;AUgAEsAIQF8InwNIABKABCCB/zoB6Av/608AHD8kAAlAApBAs/aFGtGb+yunL9z+gvclN7I69eav&#10;05adDS9Dkfpn6xZPW3+3WKFRSV+fmDxzxaUUkAn0y4ok8+reubP3PyvSxu3DAglAApAAJND8CTRr&#10;X4jKyuLOHTl5I6P+S26EoCDqytHTT1NqEESYcHzP0ePPKpUajTz/8clDZ58X/JGcL1pTlvTgzGsU&#10;0RSGXtqz70p8heRLOoV1IAFIABKABL59As3aF4IAeTKDysCkCL+gUClUGqhOQuWIyYRnqenhS91p&#10;IE8bgYowGRTi7zcgKXmwPGDq8QoFDmF2XH8lM/PiRE+YO/sLoMMqkAAkAAk0BwJf5EW++YGAxDHy&#10;xINzO7aatWr9iF7tLK1tbFc94qmA3ai84PYiG2sryy5Dlj6t0KUCn4cnI7Uhi6aPXHy1QAHklLAI&#10;ehyRQpDnHvvZx3HQ4idlIM3o49G9fC1BsbJx2xatFiUfnDL2ZGbcg81jx6w+eufs3mkTtjzO52ux&#10;pO3ycrECNW29ev8ahfWIiOP3/Ny+9bw1G4Z2b2NpbWu7JrT2jyad3zxgaCAkAAlAAt81ge/DF2JO&#10;TyasLnh18Q196on796aTRTs3nctTqmVVwatHn6IO3Bd/Y7WvMPWpkEAlAu+nqs3NTsvlyRq0KvAE&#10;iqTo4aEFc26T+/w4t4Pxmz2TFuabTbz5PPruUs/cTQN3ZTmPXbuqPWLYZs7Bg4uGcisyUtILa6Xg&#10;yje7vPqu0/nhdnz8iwfrbS8O6jj0eh1CVgpqCmLP57Jnnnl4ZwpOsGPT2XwllvIbFkgAEoAEIIFv&#10;k8B34wsRHJCOYLRs4edmpufq0Y2Ni0gvkCnrnt8/R2YGDuzG1fPs37drS5Jcpp274QkEkJxbOyXE&#10;kzV1rw9PDFye1n3+ru19Tcl426lnn92dikzv36Hb0sdqsVCGEulsFhkkL2XqcJh0Ih5cTQD6FWj2&#10;k73F5aPmT23J5Zo7dRo9we912vFYIZGMV2tY3i1buZrquXp2Y6LP0vNV0Bd+m88/tAoSgAQgAa1T&#10;+L4wNCx5guSh4D9AgkJTUZxLpFKsTOngVcyBfWq0oDaJqGNAry8IDUsESoiqhK2DfS16nBt9POH1&#10;qZFUMh4TeQIyTljDmHxFQxvAIYrL82VqBZnUsNeII5FJEqm4rFpAwIN+3rPk+4IMRwMJQAKQwPdG&#10;4Dvzhe/dHhyeYOnuQ6nlJ2aDvT1UUFvL1+C1k8GmBVUhdLtOm29dm6VIuXDgXqEsK+1JTl67FTt+&#10;bs3hZ5crNSge+DUwDaSheCIVaCHitQoXGrWKad/CGCWUlNdpfaOqpqSSQTd3MuGotCKIsEACkAAk&#10;AAk0FwLN2xeiaoVYJpZqd+PUCplYLFWoMUelkotFGpkSh2e1GbzUQz94/5arQRfOPIrNVynUmKNC&#10;lRKxXKLA5noapRSRil3t/Dv+uLS39N4vy+9Umno7sNOCLpy6tGnH0UyqRMKrl9P0HD3aKXMi74TE&#10;vCgXaKSgT4USMeuydki3uF+X77169dzRPYcfq8YNm92CKgcWiUVvLZGJRWog/gsLJAAJQAKQwLdL&#10;gLBmzZqm1vEEQiMO69u1933LNEqJQK7Tols3fwuaUiRUcWzb92jjoE9RCGoRXb9u/VqaMixb93EQ&#10;vgh5Uoq4dOrZ28TcvmNHLxuGtEZIcm/bu5MzG68QluEsOnUJ8LQz45ooKjQmfQNHtzZT5KfHxZe6&#10;zZnTk2to2KpTa3tjPaamPDulHEe2tfEysrBp393HmqPvNKinU+bT29GvMgoVrj/t3/WTBwlRysVi&#10;ta59hx6t7fTIckENXr9Nt/4tDBuEFGGBBCABSAAS+PYIfDf6hd8eWmgRJAAJQAKQQDMh0LzXSJsJ&#10;ZGgmJAAJQAKQwDdNAPrCb/r2QOMgAUgAEoAE/gUC0Bf+C5BhF5AAJAAJQALfNAHoC7/p2wONgwQg&#10;AUgAEvgXCEBf+C9Ahl1AApAAJAAJfNMEmrUvVNe+2Oqj59DnQu5nGWvE6acnMVm6+i36LH7yRTKH&#10;f+l2oSBwEUUUeffWtKa2nHY58y818vYiVKPCIiZrg2f0MLIafyUbCCWmbLQyMRp2hoegNa+P9KXb&#10;Ddz36m/E82PWIogs7cxcD6b/sof5f9JaVCVXNWbf+ZNXwuqQACQACXybBJq1L0RQECkvkcq18fWf&#10;LCpp9uU9F408diQnPdwaYPjP3AMVL/vG8ql3pAiZTGHoGeqzMTWMv1rU1RE3zuzf9QpBaDS2LpfL&#10;oWKBiSCQUiLReiDgKOVSqfyvJzhVFCZdWTU7WIEADSuWvqEekwJUPr68oMKye0vGX6n+8itgTUgA&#10;EoAEvnkCzdsXArwNeT+Bj5BWlbzJKisvf5ORkpCUmsqTgCyi8sqslFIJKhflpWXmiUE+mrrSzMSE&#10;+Pj4xDdVIPModplaWJqemVVcmp+emJVdVFSc/6astPxNtraNAr6sPi8xISEp5U0u/62/VVWXvsHa&#10;SHydWiZEEVV19qkZTiNP1OW9zixitPvxePipxd0sG+67qCA7GestIblI1NCbUlSVn55fVF6Slxmf&#10;mJxSUidtOr3TKOsTL6/7adjim3UFOWUir4V77t/4JcASJFNVo2/HqW3n47B9WVV2ZnpRRekb0FtS&#10;Zl51w+gQRFFRmJWIDfh1KiY+rChLPDit5Q9n+fmpb0r1e887H3poeluThpq87DRgbMLr1Fqt2JVS&#10;XJ2fnldYXpKfhZlaXCcFQOsLL8+2HXqQ9yY5uUAAs+l88x9vaCAkAAl8KQH0/ZJcVPrBK9/wP1XV&#10;ERtcqeZdz+ShqDRyzWAuoc2Y2cOG93MFE8CeOxL48uLzPzob0/AUhlWPiUsj8rOPj+zpbuXq7d3S&#10;0nvEnuspdWq1rO72KAShtx0xaWj7SZOWjOnnQuswYN7wCX1dgYewm7Js3Wi/Vu7mulSjn++US1FU&#10;XhF7cnhnT0ff9h09TJCOM5/kFd5b6GME0pXqO/X7YfPVCyvdEKvRp9NQVF2ben+Os7uLm5e3t6tZ&#10;h1k3X5RKUWVB8KoWiGmbsdNnTWhhRUG8p53OFqneEZZWv9rW35yJkHUs2y04dPHIuE4UVuCZdD6K&#10;Jq3mclj9j1egmqqE/QGIac+dMer3bkzSKg4FcRg2e4J3C3c7e5vBJxPrNKi89Pnenm08XFu3b+/K&#10;Rbovii0uuPqTsz5CoBi6D5+1+9L+WdaI66xbuSgqLorc183OxcML2EobfTCrHlUXP1nngxi1Gj1j&#10;zqQW1lRciykn30hl4es6W5EIBB0b/16ro4Tf8KMBTYMEIAFI4M8QANIL75Xm6wtfbhlniTeffu4N&#10;isoud7MiWC+MkWpQVeZ6H5p9+8vAjz1d3oNrMuh0NuZ7cg/3piGtDmaJpPwH4xGSeefN2RiGrK1j&#10;nRH9gUfTNajsYYANHTFanoGiivAlbIqe78EsFBXEnd24at2+q6Gh1zeOMKUiI07mKdHEBWSm+bRH&#10;4PqiO8tbIK6TLuaiqtxN7cy4AVvSFOBlVdgse4Q6MkyElj79tS1C77IoCNgTs6ALmxl4Nr1W0+QO&#10;VMcf6ILYDD0NvLv80ZROOsajL2YKvsAXJm8w16cZjn8iA+amrm9HN2u7KVcmiDj4y5ptx689Dr4K&#10;IUWFAAD/9ElEQVS8eoA+EZl0vVqlfPYjju206Dk22hM/ORJbLQoq09QHjTEnmS5+ghnyYpE5qfWR&#10;Anll5Nb2CL3j3HsSFH21tIcOY8CJ5DoUzV6vx9EZfln8Zx4yWBcSgAQggW+cQLNfI/1t/qtSqenu&#10;9nZsoM7EdiPRC6qq1WolUB8EEyhEzldlvkhPZnVs6WeObY/ZdhtmYvgqJLJSowYJuulMXx9r8KpQ&#10;rlRqSI4WFnQUITBcEQp+qK+dRi1lGNjhKBQyWJmkWnh3tKflXTh08uzzHLDmSKfglAqRHOziKcRS&#10;RKNCtZKIJCLKSwip5vn18df2Rmg3eCiR/CgsVUzCadSIuam7NSZ4YUPjiGprRfImy6TYXqAK2x0E&#10;a6oKzSfWQj8/3UdRXCt/FwpY3TRp1cOTV/Morhjn2K6blTLhxOGzl6MK5HiETkIUYrECWCsXqxG1&#10;Sts+jkBUF2Sk4zSG2bdXrl279koGqow5/zQXDFeNmBp72tEQhGRN5Yhr60RyFBHLwRMN0sB+6boD&#10;rAcJQAKQQDMg8B35QmyTS6WVodAApwTkepuODZMgxNQH38oPam+N9hWt0KFSqZX4BftyKJXD0KHh&#10;ETVwFQgiV4KWUA1wYMBnkBBZ3qUN42YcSOqz7MidfRMsOAj2NtbdR3caa/rDEz0aTBcDOwijUWFb&#10;bcBIYCUQhGp6MRBK/BsHREkNQwYSUzgCGVedd2bViDlnS3/YePrW9uFcJjY6rPdPnzTCqRVS7ICO&#10;Toelx05ObsHUKn4AU7GxNTH1U4NtBs85NBESgAQggd8j8H35ws+MFFWrCUQLXxdPUdTrhHLM1xSG&#10;3argtejmb4zHf+gZgGrvp70FjoBIavJLiygte/T0YaadDi2tQ0hkAg6nb+CsxpOZNARPxmvVfpUq&#10;nGHLrnrcV49iyrRah7F3b6vkAZ09mKrPH3nV2g62Njm65hoiBcxuaQStUOKXFhxO/WpfaDFoozI+&#10;JMnQoLubSV1maSW7bb/uzoSYI0+qhFo1Y4Kegb0aT2ISEEKjtWo13tLRSYPUe43dsWXLr2NMc1Je&#10;W5tZAAyf6rphsHTOl5oF60ECkAAk0AwING9fiKrlIplQ3KBfKJcIxeKG+AqVVCjUSLUhCGoZqCGU&#10;ShBmx582LPUVbOvp6+/fruth8przJ0Y60nCYfqFAKNMGzIHmJEKRGKyqNrQBhAqV2jawXkRSGcJy&#10;Cxw2zDBia+/W3vNfCcwVSGFBiRqx6xxoV3JhRt/xP9zOJ6kRIF0oQ4g2Mw4dGJx/akSr1v7+vmPj&#10;Ol0K2tGOqVIo5SJEKMHC+4DgoliIiBsEF98WvI6Zd5tWyvsr+0/bseM1Dy+TSICYMDY4gQBcpjVG&#10;IUaEYJwfPlwoijf0zDns36b14FPFASt3THKy8Bg6qBfx3oqubb1X5hKslUhuQRmB7Ny5n2nW8UlD&#10;fv4pqJisUoFhSfC6nTee3WJ7dWar1u28ukwIVXmaUTVqoD31m6kSYKpcDSI5zDoPdau7u7h7vyE3&#10;/2xcYjP4OEATIQFI4D9KoFlrNqEqUWX2myqipaOjPklcUZhXruI6WBszifzitPwqlm0LSxYqLc/O&#10;qsVZODobkMGSJ68gM6dUCKTqde193YzBK6iaX5iULza0cbHg4NXS8sK8SrWOvbUZkygsSsurZlm2&#10;sNRBJZVZ2TyChaOTAVUt5hW8ya8UqVhmZgwhX2VgY2/CVtXmJufyNCSqiYmppKyGam1rpQc2BBFB&#10;dkpmFV+B4sgm7n52YCqFKgSVeW+qKVZ2NgY0CS8nt1hj5GLDpZN+WyfVKGtLs3NK6ylcYwMcrkaM&#10;M3ew1KMqyl9nVTLN3ewMcJKq/IxyxNzOwYjR5JlN2Wje+VePTS8PuArKCSx9WxdnIzA6laA8L7ew&#10;SqzWsbSg1dWpje0dDBnS6jdpeVUojWliwBVW8lm2NubgDCoiL0tJzedLESLVwt3XkokqhJX52dUk&#10;KztbYGpVbm6R2tDZxpBBUtcXvM4uV6BEa49WJiDcAxZIABKABJo/gWbtC5s//q82Aq0vdFuf9egn&#10;86/WJmwIEoAEIIH/CoHmvUb6X7lLfzxOHJ5IJBG025WwQAKQACQACfxJAnBe+CeBfaPVUSw4BAfO&#10;zn6ckuYbtRiaBQlAApDAt0MAzgu/nXvxdywBbhAcEoWO8O8whNdCApDAf5cA9IX/3XsPRw4JQAKQ&#10;ACTQQKB5r5GqpGUpT+KLQJD42xgDI9d2rd2tGH9KeuEffBZUFSnPkoq4Pr08uJjcxP+raKrSI+Lz&#10;2C16eBmTP/nrR1r8IjpFady2nZNuY7z+3zcVnEQtSnyWjbr4trbTbTJ4Zfnr8KRSE7/e7vr/RyR/&#10;f3ywBUgAEviOCDTreSEIdghd2X/A0AV7rl5vLM9TiyUg2rAq/vCB8AKFUpwdfuh4XO0X3jBFZeSd&#10;Rw/iKhF59sVjIUmY1MXnijI/IZdXK/2jhqWR24b27rc17uNwwD+68rPva8S5USHn7r5RIxVPrj4K&#10;Ta78OOnNR9fKYw+M691/bQRf/plmy29P6Nd38O7XAsVftqvJhaLUMJCgDuVnX5vav8eUU8nvYxSF&#10;bRzUp++upD9IO/A1DIFtQAKQACTwZQSatS8EycaIJMSg1bR9t240ljVj2nNJIJeniFevppBJDLKm&#10;vlbyBd5CSwvLAypX4ugIhSytFYmVnxMl0hQ93D9n4bkM6R9OP2lUBodJaBo/+GW35XdqYZqNMokC&#10;qA7SNWKJQBuA/0eFRmNwOAiD9H6+tyZXcbtu2L9711hHBmD3N4sobs+Sn7dHqRC8nnX3VTsOrxnk&#10;+P70j0plchgU+t/QePybFsLLIQFIABL4kABhzZo1TV/jCYRGHFZz4aTgp97eHVTvP2hCF+v3/BLb&#10;hP3ixJbDp65GFRsF9O9pD1KaKYrCruw5GpryJujK0ZCopBu3b4rturnoE3ByfuLZ+TsfqO06uhnW&#10;FDy5ceH4hRvRijbdR7WyIuPzby3YeKqEoopfvnbvw4QSvp2flzL64OLJy66nZr/J5hn4dnRShs+Y&#10;vfri1Zv3IlKqzPx8jEiIuvT2yV1bdx+7UkEwKQwKSXUYtqyvXdO1R5T34NSOjTuOXLv9MFRsEeBu&#10;QkKzr8zbcrGcIIlesf7AwxSe3MHbjZh6csuWZ4izu6UOSJRddG/u2sPFut19bTQ1cbduHD9/OaTE&#10;1GNAd18uuTp848bdiQRy7tpftt5+lpjCbdnJFGTU1vBCLu39dfuRK8VKvdKnYQmm/RcPcMBnXZy/&#10;63qVpvbZyk2HgzIFBDtXRxZBWvIy+rVIp4W3LRuXfWX+1kuVeNGLXzYeCEqrUdm5u7ABXEnKjk2b&#10;jhw7dyNXiUs6fuY+3q2LHUte9ezyprVACuNOUIrSxNvNOOvM1InTT8SKyory5EYtzKtepkmt3Fta&#10;cXCqwitHduzYe+JqDcUi796jTPdRy3pbw8M+zeWTBu2EBL53As17XgjuDgqSZlOZ709neKHzxw47&#10;mGnVKaCzD+fFisBpKyKFCK4qMfjI5lU3k4muXdr4cesP7Z+3PbgYJJ6pjb645PgZEYWeenHZvJU3&#10;yT4Dh7mLzi4Z+evDIjlaGbZzx7aVp8tsuvsYVF5avO1AaCnN2MXZypQKUtK0b22Di1w1aEKIxm/Y&#10;wADd3BMrV6x7rUCKru9ftexmrUXb7gY5J2P4YvUH07HayL2LV+1/YdZ5yDCnuourx+8J4ylUJSF7&#10;tu3YcKXWpbsXteDUwp0no2uINPGt8+tWX47hA2XenKD5e3YVI3pV0ft/+mF9oUW/oZ0MXh78cemR&#10;sHpEmnT60J5FW+Kp7Tu2okRu2LrmchoAU/zwxJp55wr1fbubl12OqRKgIA84olbmPdy3ede2uzLP&#10;7s6q9IMLdl9JAEvIoldHtq/dHVwkVaPqwmBgycbrfLfubsScYwt2no2pAp4wdv2qVQeS9X07BxCe&#10;T5m/Z++hWD6izA8+sHnHY0bbwG7cpEM/T9wTXMx28nPRoVO4rv4d3Zg10cc3bjz+rAQkwMk6vWvl&#10;qocSu/bd2RmHY8QS5XvaxN/7pwyODxKABL55As1Zv1AjKLo0EiHSje29WmhLj3kXXvPRqtsducQe&#10;O19j0oGoMGJ1e7Jl/6dCNG3/JBtSi0V38rGXVbGzjOm6Q85WyIV35xjrO65IVaKC4sz0uKBNy8e3&#10;97Jm4JFhR1LF6riFDIZej73FQCw480wgWz9gbrgCKAuOb8+2mHIfZCJT12TGxWU+3d+pXSsnE4ph&#10;iz5P8ioPT3BntJoVVgEEfQu3DzGl4n98LFE24Syvzk/LeHV/5bzR7T0saDjkh/MFEtmzn4g0k8Bj&#10;VUAj8dW+HlSTwHVxKk3Z3i62dO9l0bVo+n4PGn3MYykqrylIjQ2/enBRB18XLg1pN+98GVp+yMuc&#10;4jz3JRAVVLxaak+zCjgnQCvP/dya6jr2dgHoufLweDsGMuZ2tVQueDAeR7MZewEIBFeHrW9Hsv5h&#10;z2s1WnmmoyPVY8nLWrlaFjIVTzMfeqoGRetf7uxKMRu2JRGVvRjnoWs+7nQ5kLqQxPzcgsq13pqD&#10;SuIP/GBB1PcctOpqdHJO0qucSqB1mPmrsS6j/ykgdVifcrgHYhywIwHVZG8c5MDusOQlaFSV+2s/&#10;LpU8KxwkWoUFEoAEIIFvg0AznxdqUAXCsBmw9Pgpbdk1q7s9Q5KRWKxWWZlzsW0qDYFrZaFQFKaW&#10;8IlA94HAYbC0G1WEFnNX9laG3wnJjQ4+LzH8YYgTUZgddmbKD/NeKrouXTjaWv+teCAQQOIagjVW&#10;mQZPoalRCdhFVCpBYDsKtAYViCj5+OyZw6c+6bN82/QAEyWBIqsqzy3Js3C1MQHpQvFcZ0My8cPT&#10;ksKMoGMTxizOYA1cNm+wCQdpXCkEIYIGQFgJkQO1CopaIxbLcMbjQYWimGc5z2/vKSaOHtGRqqzN&#10;ur900vT9T1izVs33t8WrUe2kE+Sb0TPSIWqUMhyZgxIk6noFL7cwy9DJylIHvK3rYEgjYpUaCpFo&#10;oA+sU+AJVJJKLftoOxVHIHANMEtweAoZDBfhl2fmC+o9vBxooAmasSsXHD9WKxGqU4c+3dxqkm+v&#10;mxg4OHD8ybhycJgIyFihIO84UHNsOBwD9BE1dcW55UXWbnaGIEsrgetiiN2Kb/5XIjQQEoAE/kME&#10;mrkvxL7fiQxTZ9+GeaEryHNNoHHNKGSgwKD9isch4A8KhW6qz2qQNnwryESyDRwaoAo9v3D7RZQz&#10;ZaAXsT4/5PaxPKNOC5aP7evGJTdxHUDFDxPCwH68YMqA754OPJFcHXnlRHxcp20nF/TwtDakqFVq&#10;Boujp2dUwavmA6lfcBrnY/2nyuwHt09UOPRfsnBYb2d9EuE3H/VbR5gEIZDSxbG79e9tnBO2bN3m&#10;IvnEYQEUhSjh3rEnQs6UzYuH+ZixgMzGu/aBkVqtDSC1BKQT6SSWvoFJVXVtnRB7UfWBGe9GBDr6&#10;5IGaJhVAiyw9EyaDUVReqQCrteDwjlbNCZjHcAvcG15RWZl5rLd11evDkzdfzZXIgaPDJBTf/pYA&#10;GXHwLD1dXYNyXrUQO3iLNlwOCyQACUAC3w6BZu8LNUB1V60EX9HvCs6p88/mZjf2n06qrq8pizt3&#10;NNTOZqo/F1EogSYvmM+9rWjSdUh35NHDp4wB2ye7YZ4HTyTwxQqhuOD2rjtF5WBWhzkVoH0ILtJe&#10;A77V1VodXoaFjy7LQCas40vkGhwJX1xdUpV9+9z+HDKQujCz6uHdmvXy1dOMEkH2tbXBVaIPjqOi&#10;CIFIqBHJROI3l7bcq6jR6vtqG2/sCDgf7E9tpzS/gb0N4sKeCPw3zupKx+SBcXiFSl0t4L26eism&#10;QU0kgRkWJgD8zkgsG5tKpcCZd/LraJ6Q/Dg5T1B459egIj64sqEjFIxC23iTjrQtNL76oSVKhYbd&#10;aoKdfd79J3Fl1fXPz6x8rsbjCTSk7snWIebdpj8sM+2zbfVEf2tPPRaNaGvfhYSqRQKhAOhngbuj&#10;ATeH5Ni/hS8x4uWz7HJB+uVVj2rFILgDBhd+O18D0BJI4D9PoHn7QhyBbmBqZsSmvve9inOYGfdw&#10;nezKYE9XjzaTn3W9HBc20Rgs+DH1TCwM2dR3B04Nu4wYbm1nM2xIFw64Xt/zh7lrhqsf/ejX/gDV&#10;sa+3J1JbpVITdMzNzfTpABOeyNA3M+fqgUVDxDNgSFt2/JJenvuI0/aOcoxb1aPdsG2MqdM6UQnF&#10;xTjvJVs2j6OfGuXnvKfmx17OrtZ6lKb2GbedOn9Zn5pro707nzP3G+jupqipVGtIuhYWZnpg9xAo&#10;AjO55mYGnIZBUdv2H2znZDpkRDdrYARFt9NPO5Y7lm3r13pmeFW77gFGYoFIqWCZmFkYscFiLA5H&#10;ZhtZmBjRVAjBY8bK7fOt7k1p77whe2AXD08LPTI2CaSBUZjoYh0RqGxDczBhBuJOeIahiYWxDgV4&#10;SxxVz8LctMESCguzhE2QIfojjqzvaRY5tYOnx2PjdR0JGiKiQHQD5h44OgC/vI+Ti/vwMxbTdv8y&#10;zJSs237YcKP0bX38O5zN1Tc3NeOyCBqE3mnTto0D1XuH+Dgflc7p4+hsp0OBq6T/+W8fCAAS+HYI&#10;NO+8M98Ox+/cElRSllMsRPUdHA3wSPGuDo4bnS8XHhvYVEHxOycAhwcJQALfNYHmPS/8rm/NtzQ4&#10;TdH9XwKdnTr+fOjS7XtnHqU5dezmAh3ht3SHoC2QACTwtwjAeeHfwvcfurjwwYqdF1Jz6hUakkHf&#10;X87MbAV/Rv2H7j4cKiTwvRP4mr7w4kWksrIRmI4OMnHi9w4Pjg8SgAQgAUjguyDwNX2hkxOSnd1I&#10;hctFeLxvnZAm+87cQ8iiXT1UITePJ1ouWtxB51s3GdoHCUACkAAk8PUJfM2FLlaTPKZsEJ3+7ReG&#10;qU9rZ1MQPW5p7WKv//fzUn/7I4YWQgKQACQACXxM4Gv6wn+dr0aQdmlq/7FLQitAEpWMa9t+6Dlk&#10;+/0ssdaOmvAtgwYOuJCpkRQHr+g5cvHVjI8jvPFmzjaFi/v1GbYgWnfsYNcmh0EkzxdN7tmuLVba&#10;dQncEd302pzzv472b3jPv/PC2yBZJ4jUE5c/Wduz56SlV4u0vWvyghZP6Lniapq0Ln7z8EGDjiWC&#10;OoKChyt69py29k6pto4q+/bssT3X3snGRKawNl7v6dRe22xb/36zjsaCwMO3RZW4bXAvf8yW/lOP&#10;JWtflWZe2Tx2wJIrqY3Vap5tDRw44HyGRlIWuqFnj26dG5ry7xSw8HpStfaSN2eHBfYK6Kg1vZ1/&#10;x2HL9yQ00XDiB/84oktD9+17jjucpL2k9tXJFX0nbniQByry7s+ePKhbZ2BGQ+k9avqd2JSjs7DW&#10;OnQJ6NGja8cGLNvCxZL4/T17du/S4W3dtm37L7wQD0ytuj9z0sB3jbTz7z765+s5//qDAzuEBCAB&#10;SOADAl8xH6mPDwgZa/yvnd2/kGNOVfVsjS1i4H8yF6QLjfp1rA2CMAZuia3Ekn+WnB9GwONWvlDV&#10;px/qgnDabogEucE+LOW3htIxHka+K+O12Uuxwo9d9kNrg7Y/nb//LCoq6vnTbT1xJm37nMLSmMqL&#10;r60fbOnRf8XJx+CtqKgz4w0t7BzWxaGq+twzA0FD5l2WRoJMnKgq4WBbU6TLxueCsgdDGQTCnEcg&#10;aJ/3+nBPUMeu74ZYkA0UVcRs9zJA+uyM4YMkn68PerZwsJ10VNvsk+MLBjvo+/9yMU2KGVRwvndL&#10;XfefrjwLu7kiAGF5/HATpEeVvFg/1ADnvz68pMHqkgvDiXhkRZSqPuNod4TmMvlgBGgp8twsP2e9&#10;VktCi0Gm0PildBKh9eI7WBePTyzoo8/o8svDPOzi6mfTAr10Oy+6E4Jd9OTu2k5E84AxN2vQ2uAF&#10;XRDzAfsTwOUFe92MEZsfToY+1xoZFZuQUlEnKEwFfz7c3s+DROuw/FwQ9kZutVz4cALI/Nbv15CG&#10;qqDEpZfUA8Q5e1wMEdsJp59gjTwPvjSjLeI55HgWTE36L3xcYBeQACTweQLazGJNSnJR6V/G9e/7&#10;wuqIDa5U865nwBe69OXWyW7A05CZYw5E1aJoxZUxTAZ9XbSKn3GsF2LUefOLj31h8eUxelTKyOHD&#10;icaem6Jl2oHXP1s2iGvQa2sk8DcNRVmXn5dfWAdScufcXtWK5jr6WKzWRWFFVFKY+6ZKgmrqcy8M&#10;B73jiS6B82NEKJpytLMt0mtLpKA8eLQBk7kwBPjCqpTjmL8kkFqMWZUEmkjY7WeODNqbIETTt4JU&#10;nd23JYkbfYJGUluSW1hZL8P+LQydZsoi/HgLs19eV1BQWMoHTkUUvWm0Ob3rpueN96v08lgWg7bm&#10;pYqfebw3YtRpS2yDhflXxziyrBbczFegr1fps9mBZ6q1r0uzb0xww7eecpWHSkJ+7Mw0G34sGSQG&#10;byjymvy8whK+Cq0IXtqLZD/0cBLwhYUHva0ordanvvvR8NuDIgyd2V3XaNTFbDByLTJR8BQ803bm&#10;A/lvdRr+yjnQwoLSemN6Y65yQcTmAJxl5yPJTXOXf3gN/DckAAlAAv80gWa9RvrRJB+HxytFl49c&#10;jStTaDCFot8vvLAbwUrWzImbBvTmldx7FIclMK1Lvx4Xi+vUta+r+duLiTrWNtaWOiQ571VESIK9&#10;a2CnViDFdENhmFna2hsArUBtweGAIsPziAuPizU08mfI4nAaVUpI2NVnlWqqtg6egIsJ3lYp6D1q&#10;qBe90WQcTdfM1tKQo81XA5KxUcma06MtVj1R4llWVpambLCz+ftZW0B2NVVDDTKVRMYple/yoqLq&#10;hlTcOCKVTgZ513CkqtdnkpL1e/XuaWvwdlhkPWsbSzOgWvhbxrrGt0C7qo8Xm0FWOJAFVaNSKpoS&#10;1yikQlljkSubpEQFaeIaGkE1BDIVzJDfy6H3B3cNvg0JQAKQwNcn8B35QqVErB84Y3EvD97+Q1cy&#10;6pTEz6q4azGi5WHXQyT0GUN6GLXvFSjMfxCcCL6f6yoqqytsrM2Y2NqpRsbnVYLCAymu6+VCYWlJ&#10;jpGhgak+drlCVFuFvVVVU1MjAe5Fo1Tgzb0mLpvqnRx09tSLAgrp46M4aoWcYNf6xwU/OMfeOXPp&#10;VQmZSMSShJbmpSsR1N3eErNKLRdUa9utruGLZZjUAytgxnw7C6aifH03jpH11hf10g8SnH70VOAQ&#10;jUJYUw6aqYg8ezQxz2RAgI8RGeQlB+3L+NiIKnMjb1+6nuXbrl9rjjCnsq7W0caMBnKxIRppvXbE&#10;VdV19QKF5gOEOEQprK7AGgZVaoTyzzpkHJ6oERefm+xs2VhaTdz4AqR4BTleQR5SpbCqvBz0wct/&#10;E/7kqavb4PaeUOX+63+2YYuQACTw5QS+I18I5IKkIqcftqzp5vt4/opTyUWq33WGJaG3whWshYPb&#10;IgyTTr2HVhUGPX2lQigkHIIHcxjtvIv/eFUv/9Z+Xg7G5h7tL+SwGWSCEuztYW+pkk7M6N/Bz8fF&#10;0sDA4NcYFZiFqjVyXY+uM+cuZgVd3HrkdilI9f3RzFStlhr4Dpj708/IjRPbzwZXEgggiSiRSAQd&#10;Ah0o0K6oKHzTcD8/b3crY4PuC47nYMIOOK+fY+LPzXZxsmPKSpb0bbnsdo0aweZsH83atPedQKQi&#10;dYkHp7T18/NrPfaooMvZW5sGAPlCkH0cQSXPNvQBr/sFTD5ePuzI2T2BFjgp6BiHDRkrVXcWdvTz&#10;83WzNbRp3Te4hENt6tEJJGLGsXGd2mENtOs2ald0k6M37z9yYI6IZ1hNuljCayzJ51e3N8V8LVgi&#10;JqYdGdOpna+LuZGd36HShReCFnhBV/jlH1lYExKABP4BAt+VLwRf9zKBdb+VE7yNHm3f/EQqA1/y&#10;n1koRSse3wyTSdriq56Cklgi51SWhYW+Upo6utlbF+fl1WKnUXUH7EnIKSiM2NQRTKlobI6jWwtp&#10;TWluOXAqRL85V6KzCwsuTdBhUt5CBIuCHNfOw4YNVD24diU1Q0Umv8sD/u7WaeRiXc8+owb14N84&#10;f/1NrppAQExc21lz0Fcp2HlKlk3PTU8LC9PvT+9IlSrRd9Yb9N2ZnplzY7W7maImZNedaoRCpRCI&#10;NDwB39gFHjSEYEuViFolRQza/RJUiJWCvGe7hrjoNHSPIjhmnz3p2tcL0kL3j3XBXjV1cbEyfvMm&#10;V4gtcBqNPJ5VWFh8f7mPQt1Un0p7vVqharEkvEjbcG7y41Wd3q0Vf/LJxBZNP34DNOK9LLKosODR&#10;JhsdoFJFFPChhtM/8MmGTUICkMCfIfCd+UKg1CchOI5c1dOfise/mzcBH0Cg0N/zS6Wh16OEDJfK&#10;BxvWrVu3+WQYz9hMlBN2P1nmOGPyQIPsOwceJTeuRAoz78SUq6VCIY3ZbvC4AfTUoxfvVza8pym/&#10;E5UnFskVbxctUZUMpbsNCxzbRl97PvVTBVVLUVbLsYNGtNTVuhIgAuU2/NAYu9Bje64UN/qOytSE&#10;tBIZ2FVDgZZURcKdmzdelmBvdVh4bpSuWKJLJyF4M097Y5PCwpK6hk5EvBKJ2Jyr37CRiAIx3U+u&#10;pAIF4oaYk9+Krt/Cyb00MRf3P89rfLE6PiihCjh2leajXxIahUT8kfbvpweKw5NoQBD4E0WjEEs1&#10;BJ/Z55Z7iJN3zt99vxZqVvyZDy2sCwlAAl+dQPP2hcD3CGUCkQKbWKjlEoFYLMckfHW6717Z0x5F&#10;VDKZGjvSoUAqUu8d2rKtsZwKi4+6ePZpFTpg070n4Vh5Gh60/QeH3Ii7t6NqDLrNWDjBI3brqqUr&#10;N4ELNvw0YtHZzNaDJoLwQ4p9zxkzR5OfHpg3Zx3W1txxQ9c9tgyY4G+G16gVYkQgkilUCN5u6OSx&#10;I4AiIiIA+33AOQtEIinmP4CDAnXEcgVQMHT+YcbIAQ7gRaFMrVFT2v+8fWKLzJWjZmHNbpj/w7RF&#10;j/muvbt664Fdvur02zsn9Rs/B9i//petT4n9J87w1UUQA+9h07rrRx7/ZdFGcM3qxTvLek3ZMdAJ&#10;p1ZpLZF/7LHApFkgEGthvV+s+i9YMsr8wdIlK9eBTrasmDFm7fXCToNH2bKlMolYKZQosH1LsAcp&#10;kIu0W5gfFlQlFfEFDdUailqmERY+O7P+LfNt286GYaGQuIZGVEAdGUf0m35ygS8xfsusrZdzscVg&#10;WCABSAAS+D8RIKxZs6Zp1zyB0IjTJH/MnzHr6FGkHDsfgRU9PWT27D9z8V+riyfR9Rzad23Xwhgs&#10;F5IN7L3ad25hyaEgNKtWVkyua/uunTtZ65CYVEMzLlpdWw98ASh4E3tLHTY4EDpqWGtTTJoQKxwD&#10;K66ujYu3i6uZZcv2A7tSKlMKi6vBFzzbpd/AwDmrl7cG/gdHt/QM6OtILcvOKqnnCwjmPbp3m7Nx&#10;d08rPDgDQ6Na+nTr4G2tg8Nz7C0MzY0c23Tt6mmpQ2UaeXbu3NFOFwfkFhk2vt3ae1mwcQRdZwsD&#10;M2OXtl27upuxiLoOAwO72WS+SgRGSnBmbu0nzFz40/D2ejiEYOg5qJu3ildUXlUn1Zh0Xrh6SU9r&#10;bL5G47bs0ElHWlZUzOPz5QYtZm7a098cnEwBKrs0K99uHVpYYbKMTQqOSNZ3ApZ4mFA+oE02bNNl&#10;YEdVfkJpWS1fqNL3GDhs9Jxls91ZShTPNHDy6drWzZRJJJDZFm3bd/axZn64EQqOytBN3H07dXAz&#10;Zmg3GHF4Co5jY0Ouq6njN0AXEE2dPZzMOSQyy6Jdh4ZGCBQjt3aOFJa1jZGdu7shdnYHFkgAEoAE&#10;/h8EvmY+Ul9fJD6+cRB2dkgOzCfy/7ijsE9IABKABCCBP0vga66RCoW/9S4Q/FlLYH1IABKABCAB&#10;SOD/Q+Brzgtfv0bEbw9mUKmIt/f/Z0iwV0gAEoAEIAFI4E8R+Jq+8E91DCtDApAAJAAJQALfCIGv&#10;uUb6jQwJmgEJQAKQACQACfwpAs3bF2JRCiKxVPlvBmuDLGlSECTxLsHnn8L9+cogcE8k+lTAw1dq&#10;HzYDCUACkAAk8FkCzdoXqmtfbPXVd+xz8W2Q+BfeaJWwpKhaCLyZrK6gsLYhkZgGBIALGhNsykTS&#10;3+LnP2xTEL5kkKnhkGOJWuHCr1RQVf7+3vo27ruzPtugRlQr+aNEpF/JGtgMJAAJQAL/MQLN2hdi&#10;yhB4UP5IkOLDe1r5ZN7kY89r1Lj8G2NHn88Gb6sqQk4d2rUvEbSkqIjYPO9oRGb9Z54Ego6dh397&#10;dxPWx7m3//qzgwO5S39vJOrq1PPzptxozDHz1/uBV0ICkAAkAAl8gsDXjLX/1wGj0qLIU+deMftP&#10;HO+lw89PjU+tkUrfpCYkpOUW4/Ws9WiYpxeVvAp9FpuWlVMqRHW5BjSQio1t5u5BEmSkZIhMRywZ&#10;3oJYHXV88dRp+3NtHU00BZcXz98UnMN2tLG1062Pj3/NJ+Iqnz6Lya3gi9lGJiCkn2lq693Ox80W&#10;hJXLCiJfJNSS8FVhz2JyyuoEbCNTbao3SW5K7MuYxHSeAi/ITEmTsq24NBwiLI578jwOWFImRnS5&#10;+lRgnaYm7sWLhMTkTAVOHHL6WX2XCXP8uYiKlxsfFhmXnpVbKKObG9NrXx+d0fLHywxTdytDXT0k&#10;LyqpgqhrwqGIy1NfxRQodbi6aHnki1d1JELV07CYnKI6gQaP8mKevsws4BPY+roMmPr6X382YYeQ&#10;ACTQvAh8IJD4d7R8/2mtxY/aVzXR8pVErB6kh3gOnzNx+sROtgjSbk1EnVqjqIjbFmhn3Wn4sG5u&#10;Rha2Cy7lyzR1rw5OsHJv13/YyP4++kj/VcmF6cfGu+ojVEPX9n369PSzMiCRTbw6zriU+mgRnYhY&#10;/bR9W59u7ewNWQ5rIoBIMP/xz53JuG574mpQNG2NLgkxnbZtW9/uHZwMKRbLngChXE3ty2PdHW2t&#10;/Lr1mTK1I6Yv/EOQVCkri9400M6284hhXZ0NLZ2WXMmXoerSC/P19W18Anr1W7VysAPVyG5bFqqs&#10;jDs7qYune4/ho3p50bz6HIrOeXFghAeNSDT0Cpyw9V7Y3nYIw39TNKCRfHSQMeK8LKgUzdoNxAat&#10;f96yvU/P9k4GNAP/6bOWT+zjb8606DDrUo4AKuX+688m7BASgASaFYFmvkb62+8OHJHGZBJFRu1W&#10;HTr5ZFtf65gjNzLlSnHeg9O3ql06DJ+17cLFVaMdKEI1oqzTOG1Yv7RPt/YtHE3JQb/ernEZvWRe&#10;S8Sw3bwzDx4E7xnciqUbsPLCgZFu5iw2k4agbec+CLm1IwDl3b/0So5QKDQmR4dBwfKQEagcHSqi&#10;9J11//H9fX2p9fcuxKqQmuBTJ18q2++5FfLg4BR7HX0SjkbGqUU598/dqXXpOHLOzgsXVgyzJYvU&#10;orRdW86hfvNvhQbdm+JcKkJxoCCoXEby6T99yc/D/DwdTPIe3nxa4fXT1jFsJr39kounFnXQwdMQ&#10;DpOCTT8JZAYbYVGJeARPAYYUVJjNfhB8d/c4Uk16Ki3w5IPba4ZyIkKDE0s/q63UvH63QWshAUgA&#10;EviHCHw3vhCkg1arqQ5WFkAgQkOzJ9LL62s1OJplp07O/KANQwPGrQ8ps7a1MKfjyGw9vaybJ27E&#10;FlWJVXgqE6xVyiRAjlejlIBkOWKhHMyiwDkakEQHO56K9/S1JyISJVXXWKku5ks/UIFCUZyHrwMF&#10;kckpumZKpExULy98lZuh39bNAWg0kLxGtGRR8RoNSmRYdWrvWPdgXWC38ZueVtjY21qTq18959d6&#10;d23JAWm0LTpMcMOBeqBDuo6etCLh7qWQjFoVSkRoFIIKEcnALyylhI+gys9JOqCos68jCVHKSWxj&#10;uq5uWwuw9ckicxAyGf+xjuI/9DTBZiEBSAASaJ4EviNfCG4ACvwhcGBAmgJFwFEUFEcx67z17r0b&#10;l0+ublV1aPWUMeuOhYTf3rlq+hVhu227t2yZ6ttw7gYsbL4Ny0A1QFuiaYyGSqnVmNBogMg78VPH&#10;dN5VUINE2nginkgkkRRKlbrJoU/gMamW3bbfu3vj0onlXuUHVk8es+ZYbIGSQSXJFMD1vn12gBih&#10;uurJkfmrLiR3nLPpyJrRDgaIAlPZ1Wjeyk5oTcUsweaFRHzT+2ergyVVxywFjhMIZoA/P6322zwf&#10;VWg1JAAJQAL/GIHvyxe+jwmPqmrDt/ZedBvXfuKKk2d2j21JKc+pLK4oVaC6vh28mBXXV4fK1UAi&#10;EKEy9bl2GiB6gSBMri2Vboin0oBf+fPzKbUKR7Lr6OQhjUhKBoc++U93PasXq4GLU1aFbuq75D6x&#10;86SVp87uGOGJL0gT27btr2uQEBRdASzIuLMpFiUQcBpUUllZKjdz9/HTy7n8MKMIIWFSwUamXhoc&#10;hcoEYrwcA64uX5IlwU7oJBYXAVmKt/cQE0KCBRKABCABSODPE2jevhDVKGUyGfBnYOBAplAmlauw&#10;ZUZErZRJNWBmRGB59J/uVjTax8HZpcfKDMNhixYMHDhl9kDP/B2D7B19Lpm3biGTpRXU0019OrYl&#10;Bi0PGLjokKrFABf84587OSy7l1ovUckVYI6p1R6USWUNOn5KuVQKZmvgT6CfKAV9aisAU6TAFjHC&#10;DPh5Vi/rxJ872jmueOlsSmbiUTVC5HgN+NEpd2QLB2e3XmtyzMYuX+Bv6fbjiU19S452c3RwOcXv&#10;ay4Xi2QIwbzvhDkdis8PsredEFpsweDUFhSJ5AZdh7UW3J3Tqk2Xu8KuY6Z4Pj861H7Y3NvVGmNE&#10;gfWPGSIHg9daihmiZQKMliMNRsMCCUACkAAk8HkCzTsfqUYu4FWLCbpcLp2gENbVCNRMAz0WBS+r&#10;r6wRUfTNdKlgCVReX1heq9bg8FSWgaEBk4ioRDVVtUKpCmUa6BOEIkTXSJ+GkwqqquoleJquoQ5N&#10;VF8FNG8ZXCOygC8ic4wNGHi1rL6qRkHSA6EQSn5NjRjH4eoySBphOU9AZBtzmXiNnM+rlhN1DQxA&#10;VIVGVA/UEsUqBvX1ijbjs6a/DFniRgbbknWF5XVqFEgdsrmG+gzs+ItKUFFZK5GjOobGGn6dkm1o&#10;wiKqZXU8Hl+mIjHZVLVKTWHp6zDw8rpSHh/o3OubWNJUteXVAiWBxqETNBINRV+fTZSV8+pJbGx4&#10;apmwqkZC1APhI4ikrqZWQdLX16ER/2wMJvzQQAKQACTwHyLQvH3hN3mjSu+t/GnyvuppJ06t7Ifu&#10;9eqyrsve8n1DYYzfN3mzoFGQACQACWAEoC/8+s8Bmnv3pzkLb8TysQiJlgsfX53Tgg01278+Z9gi&#10;JAAJQAJfi8B34gsV9ZW8OhXH0oyFLTzCAglAApAAJAAJ/AkCzfvsTMNAUXl1wpWVP41e8zClXvkn&#10;xg6rQgKQACQACUACGIHvwhdWZtebWLQbPIKWEgWzV8PnGhKABCABSODPEvgefKFCLc599iIiJpbH&#10;NALJXr560ch5MdeOXbydKfpU06imLPLo8bNheYo/03Fd9tPLh2+8KhLCkMA/gw3WhQQgAUjgHyHw&#10;HfhCZWVu4oU9wQ9vHI+tbhodX/fi+mv+74TWFYUsX3I7V6Wojr3xy6Zn1Z/Hq5LkXF48de7qp5+s&#10;g6rTT0778afDMSD6/ctLScTB+TOWXUvkQUnCL4cGa0ICkAAk8A8RaP6+UF6XHPWwmK1nbUGIjAjL&#10;BWlEsVL/ZOmMmScS0N8Jq6MburrZGBPJBmbWzpac35E1ItOoVDaVA+IWP30TiHQyg8Mg/6kIPgad&#10;yULYNFLz5/8PPZiwWUgAEoAE/kUCzf67WFaXGXn3tUnnGbPHtah58iImD+TXVr7cPX76liuJMZsG&#10;D9wQV68qCt3et2dA5+Gzlm9eMmvkogvR5dgRG3XVs8crB3Tu0n3uoVw7Ox1EVfD46OyxC1dunDm2&#10;5/DdTyuQqqeTR/Xv2rV7/5MpbMpbT1efemz1qG5dwGV9F1xJlmmQxhSleBIJEUYcmtR36srQQtC6&#10;MmHH4uFdu3QGFX951OigUWl28BbMkhmrzqeLOCR45vVffNJhV5AAJAAJfJ5Ac/eFitq05w+zdSyH&#10;/jSlr7uj/HnkyxwBQnDoPaKLAYti3+fnhYMMqx9uGL8n2yRw1Wz/6hdX9195nMmTEdUxq/r98IIx&#10;aOPGtYE6UVtnTnpSR5CVJD24sD+izG74sjm9PUQ3Ji88FW8wbsmiyYToPal4CpFARUQvjv16IkQx&#10;aMnGmT45J2dMP/aqTgnOH+HwFJzszYO1o9Y8Eth19eBK47bNHr/jtd3ouatWzfF8NbNHlyNZCCLM&#10;e7Bp0oFci6GrJnhUZGSkqwkgFw0skAAkAAlAAv93As38y1guTnl2p8DIYmAHU5ZrJzcPfGhkZFk9&#10;3sDJ2wb4Lq57lw7OquibZ8SsMZOmdm0/fNqAdnYIAUg9qPAeP197ET5W8OOUKZtu5ZNrcqoUOCJQ&#10;mSA6tQwYMKCzv5M0bktsestRk8b17DFg4OD+FmoFyOKGKOtrBfkJYTt2BJHH3E9NuDTanY1HUIJa&#10;WnJlVu+pN43HHLgxt4uRKu188B1cn2FTfxjYteugjbN7J7xc9yhBVhZ556JMZ+yEH7u2HjwhwI2r&#10;UX5WgOn//lxAAyABSAAS+C8RaN6+UC7ODLuTZmI+xt9ErWaatDQ1LXkaHV8KlknVIHU2TqOSKCQF&#10;WSl4fY6zJcj8gmex6FQg0IQjEtXxW4f0ajnw0Y8ngw786KrQ4LGlTiB1hKNRqNjSpTQvjaeQt3C1&#10;BS+raLrGQNJXo5IjOv4Du3V0qC94sm10x3Y+bX59Vi0FOk04kK9byCsvq5ClZVdREKS6qKyWx9Jn&#10;NSSboepyiWRBfFp+SU4qwUDH2QJsTRLYbK0lMGv2f+nDBscKCUAC3yyBZu0L1cKM8McpsqL45a1N&#10;jI1N/JffyyRURr9MKJYjQEYQODY8hUwxt3FUCkT5ZWCLEFUAXUFM9o9c/fLB1TdZvY+end3GjAmU&#10;kn67P8A/YQ6KZmbPJlPS84rBW3iVTKxCgFPUICjVY8KRSL5Mnns0wBmtPDpy40O+RKVRU00cV99+&#10;OFfx6uzmu+UaU0sDHX25RN5wRlQtk6Aairu9pYmVg5wvzCvHlAXlcq0sIiyQACQACUAC3wCB5uwL&#10;VeKEu+cTddxWh5ZXYaW6Jv54X4f8a0ERpVJj954Mtbg0O6+U5jdgqKLm2q37OYXh54LiChASCY/i&#10;KRxdKvI68WVq0vnj29IoqEquUiMatVKpxGaUoDh0mutim3b1Rnh6ZsLD80fT1DgcgYGUnV/e167f&#10;zCuxcr9NM7s7W/V3tqQQcEpUqfJvEdBt5i/D/8feWQZGcbQBeM/9chd3dycKMdzdXVrcCwVaCqW4&#10;Fnd3hyAJFnd3d3c9d/nmEmipfaUtLQRmfsDdZnbkmdl7d2ZeEb3YvDpU7DLPv1/7w8AH4ZllZemH&#10;jt3UN/p6SB+yvu+oidLOJ4+fl1VHXHmWUo6gMCi4MPwIHgLYBEgAEvjsCfRgWSiXtVTX4wb0mze8&#10;1xvP11a9pw6eoMdqredQ/GYs7MV9uGzqnATMtP13FuIitoxae09mbO/OQEtlYnWvb06tGo4K+nbq&#10;vFPqW7+fZm0hZPNIOmYung5GDLDLCZLZly8ufcWIWTVp8qpmv+OzPGwtGWLEcP6Bq3v8BHsXjBw5&#10;elv2+CNnl/Wm4GkmXp69jOk4nP6QGeuHoGRxsY3e269encN4vHb6qFEzr2gdSCjc6IKgGHbTfnyw&#10;Wj3421HrH1M9Rs7xttOi/aSf+tnPRAgAEoAEIIEPR+AT8c39fwAqOopi0zv0bH2sjZDai7N9jrA3&#10;X72y2E39wzGHNUMCkAAkAAl8XAR68Lrw3UDKWBWxO6b6OvWese/Ekf23avXcBnsa0t7tXpgLEoAE&#10;IAFI4LMg8OmvCxGFuDTi7JlnxVyeFKPXe86SmX30u3dBYYIEIAFIABKABFQEPgNZCAcaEoAEIAFI&#10;ABL4vwQ++T1SOP6QACQACUACkMCfEICyEE4RSAASgAQggc+dQI+WhQpW5vlxHoMXBNX80TCK2sM2&#10;OPtOOpL0l4ILvlVa8/3l3r79zxT943ki5eQdWzJwTnBxW9ihca5T9kb8YZv/YVWi1sQ9o7wmr3jR&#10;+g8Leu+3N7+aO2rRwYja914wLBASgAQggX9IoEfLQqWc11iQlVvaLv4jCgppZ0VudkE99+/atEvb&#10;yrKycxqF/xCzUtYWfnbL0+redmbc1qr87KI69t+Vzn/WEoWMW5uXVVAOnIb/B4mT9irozuUsVV31&#10;D0d4fXO1sFOZfdTebnfabyvXtPTsjN5+Nvg/aBasAhKABCCBv0SgR8tCoPqDweFw2K6wSQqZFDg2&#10;k0rFIqFAKBTJuv2qodBY4GjmTYhfkEWgSkKh9I3bNaUM5AdXRBJwq1gi7fY6o5CIRaqMEjkGC2p4&#10;O0RwN17l6wzgRhm4QymTCMWS12UqZVKRSCzrLqk7t0wYE3SJyFwxwgIvk2NwWAwiE3dVK5a/zqVQ&#10;3SNVeW1TKuQS8FGmVKhaIXmTATRUJJLIlErVXyVd3VPKQW/Bx+4i5KLunsgQLP4NlK6WdfVE8MYl&#10;XNdtIoBK0tUCkfRNBaq8XSWAPnV7j1PKZaB8iaqrQlAzwKKC25VB5V9OKSx98uOysd+9kCsUoOUG&#10;Y+++3DjOEC8wnxMZ95VbdwkKUD3AqqIpVpoOXWhEDX75lyYozAwJQAKQwH9AoIfLwteEgDdtUcqB&#10;ebYGk1Z+O3FEgIkOjbLgZgVYLf4UXxe4zxbVRXwz3cfIwtraTE9tyv7cZokSkTXeWUFm6pk5e/vN&#10;mDrIwnLKd1Gq+IcFNwa4W+ubmJl/e7+Rr0T9OkqvjJd3fWSAi7mVtaWxFmPlXRan895iXTPPI4Uq&#10;H6Ps6G1TLIwmnc34eZNSJox9eYugs3SoKSKTIjgyrT50+xxfc1M9Nbd19wt4CqVSErWarmm59KkA&#10;QdozzkzUNZmxJ7cy7Rsffb+dYdWqcBbS6OXqmo5rn5YVXhhFMh9zPAPUVHjjC2eS3+7QaimiEIZs&#10;0dLSM7F37nc8UYFWCW+VV3F+1e0vx7gYmpqbm+kN+j6qggUayKm+O4OmZzNxwYKR5ib6VhPX3SsX&#10;A8kq45XfnmplZWZmZmFpsSuaJ0MkJQ83+2g5D5w5aqCz9zd38zrijzjY2VhZW5sbG9jtjuDVx5/b&#10;dShTXHhv3YylR2LbONXXxg1wMje3sLJ2nHs6v00oR6R1kT8OYlr7TJs00t1t5fk8svUwNcrT/2Ba&#10;/0dVKBUCdkdzSytH8JtVvlIBXjaAQ78/bQmImiJVvdv8n52LrvcZofg3WRQSoQC8Nf1pFf8nA3jx&#10;EvGF0tdvju9SklIiEgrF7znCCmAg5Aveei17l5b8N3nAm61UIoHOg/8b2h+ylk9DFnYRxGCUHYki&#10;m10hqUVHPPRv/XitWNK9vOlaPiK8lHt3aknDr4TGhR37wihy494XtSJuxLrZ18wXP2wuSzraF5Xe&#10;qMRh8RSk9cb6/dnIpKDi5qYFxAsZ8l9Hk1DWPDx+V2fQxsDwqMAfhuCvzPwxneA/anpn5YnLMRJE&#10;WPI8PUNn/MgRjto/DayssqQIh/Uz1Vf598YoxZ0i68kH4ptqro5Anf7mVHKbGEH/eiDAz5+F6zQH&#10;07ILN8LBFq04+uF1lPpXKydo/c7vFg4nzdo86zh+2InSqtIXvVuul6OIOCwZEYRvWrQmXG1zQlVT&#10;U+OTPk+GWSx+xZej0CCABxsrdt4S0VT8cG7zqQ37bhRJ+BHLAhZGTb/W3Nwcv8P3xNSFoUIsAYeW&#10;8+qotmueluUcniY7sztw4Porr0LDzi22bjg894Z00Lpd650Rm5nnXl1ab/9kyujN3CG3ihubmkpP&#10;qR3wtvo2Q4rDYlFyURNRd+b1wqJzS10MDI2YZMqHnO/vte72qswrx/dt3777+LXH5Swx2JrgdrJa&#10;W1pZbKFC1JER+SSrqvHNFPzDiqX8pqTn4UWN7J9zKOV8Dg+s2N+IR2l+5KPTV150CH75iyxjhd84&#10;fys4UyIRNje3CPj8tpZ2/muH8O/aT0lH2eUf9z9Lr3vXG5SiqFuXrz9OFv3ZDRIBG7SKz+e3t3aA&#10;/RWQHewwgHcDhUIGNk1+FaJF0FRw8fDxhArWn5UKIsJI2B2dbQAyR/D/4rwoFWJAhA9qlHJZXLBL&#10;86cl/34GhaQkKSEqtvgd3mr+Zg3wto+EwCckC2UyGcXN0UkPi9D1vAnEnOr6nx4AsFWHUD1mf//d&#10;bP2b384d9z1Y7SEEPEYQ/eIeGT9yuBeCkO37jxzOFAsRrJKbHlhbZTrMx4qEIPZTdvQDIZZ+mVCG&#10;YzYd/cq1au2Xs744FCOUY9B4gqbP6NkkcXhobFVRcm4esbd3P33iz3fJ66uSumJCqS7JwS6ptWUv&#10;cxJC1HSn0qpqG/lSxa+XniCbVIx3Wujtyo6ITu9khd27idJfMcxG+duHGkSgkhSG3ZCKBozxZyAo&#10;Db/J881lQiUWJSsJKczWA8EYTckg2Ea/WQupaoHPo7gosPmKqGv69bZEEHXrAHv3lsSsrMLQxCSp&#10;sA+x5cWrV1l8GrM95H5MAx4ll6OsLN1sNFSvGnbzD5+fj3k0euqMDVfyMTg8WIyDrijBPijoWXvq&#10;g7qq3tOHO6qBGcUYu2CeXHEzNE8CRKEcMTHxcgJvAaqkbdCHCBrzKSQFvyUy6EG5RN3H25VTFH7t&#10;XjSbL6opLEhLTCkoapAJ2XkJIfm1bX/aVYWIlR2VUNEM9iPeJAU77smLpJyGN7/fsuLkl9fuR7LB&#10;SvvtJOPEPboVFFnI76iNi4+rb25Ojc+o7vjDs/PfbYlcwikpza9u5f9pO19nQEkSH90JDM3+09Uo&#10;q6EoKiGxobkxPTW3mSPhNOc8CEnq5LAT48Mjs+rlyl/MeFFb8e3LFzNq34LwBw2S8bmlOfnpCSml&#10;ZS2y33ls3tyGkpTGRYRGFnFZDS9uvSpr/WtYfq4cJavISE9ILlcdEcD0SRP4hGQhGCelXKF6fwMb&#10;P+DH/62lFhqHlTXc3zzae9Jxm6W3C4I22Wgi4ECOw+4Aa0Z1te6ViurhRKFQIj5XLBap02ngUA8U&#10;9ZsNUrDJmLJ7ep+AtSnLLsZnXJ5JI6LkMgxJy2/6Gndh8PGTF6NL1Hr17mv6f33bKLraCdoLxCO6&#10;qwpwBcgb1cknGoPpOp+USRCy//rp7vLM8Mfnz18XmK8YaQm6ppJkIGaGKgcG091HlIDTAe7XVKN3&#10;90O1QYpCiSVCkZCHAsvA7hncVU0Hmwv+1PVN1T2ERCaRKGweH5xPgnrzgs78eODAuRCu18J5ZmSx&#10;QvVb87qpioagpX2dhh2VXYjMCNvbFxwRqtoPNvi66kIEXHCs+FNV4Jpcqejg8LvqAiW89SP+W6nf&#10;Mx8wMaejvKjT2W/MzNlzV30515qEkiAYlLyzuLCYh0IweAyBTKNTcU0VqUFR6WyRNDf66bmLtzKr&#10;2sC8S4+NePLoVV1ra3r044uBL1plODUynttcdv/q1VcJZby2xvDH9x88j216LfxQBDxNnUZHybkZ&#10;kTEhr57eunk1vqgZxB6j0tQoJDxZTZOJFoY+C2nkC4lEHDgNKEoOu3TjduDjoKSscqlCXpYSduPm&#10;rYcPH8dnlrM76mNfRYQ8v3vzzp3iZgGZaThm7LS+DpoNpbmvgkOCAi8/DksA8lQp6kh8FXjx1v2n&#10;T18VVrZzG4qe3LhyIzCqlSNjaungBHVB9y4FxWSqVocydtKz+2fPXYnMAqrRyobCtPs3bzy8F85F&#10;aWjh+K9ehTUKpBQcP+TS0Z3bj966fHrvlm+PnXtczRfV5cRfO3P61ss0gRLBYglMnDqNjOmoTLt9&#10;+fz9F6kcOSLqqH5x8/K5648KVRFJXycQi43LrskuKihngSnHyUuJeng7uKL9tXKbhNvw/NqFh6Hp&#10;Ag43KfjBvecvk1ISH9+6G55U+JMwFHXWvLxx7VFIGk8m76goTwh9cePW5eickpLMoromrkLOLctO&#10;LS/Jf3Dz4vmbgXmNPBqNSiFBH/o98yn9K63+tGThH/QchcZIBQ05RXmMIXPnj9RvDk9t4QKRg9Lz&#10;8rfmCqKTy8F9rIr8fAEWq5RRtRx7MTWz4nNZgA0rN7j017sryqqitMY2h/nrZtqhch9nCMQKDMiJ&#10;pdj497epeXr2VqbJiGGDjd9aFQLJQFMzUEm6P6aNolG1RMo6MRBQstaGaqFKkqveRM0Gje/Fidp5&#10;5ImG53cjHEBJWAKFjOdLVesNZXttRxuQREoZw87XWYqKiM9TAajJjm8DGkMyMtnM2cCsJbusoetn&#10;oDk7nsW29PfSU8V1RPgdxfH1qqv5ZbkCJ2sbEwczDb7McPmN8LCwlxdWDvXzmu1lLgJxrN4kSWFa&#10;Kl8+8PsfBmpwkx7kgRBWQMbiSUSyuhKDJaGM3NzUmCUZpewuCVuRmiAXOfraM2W/ep0WcGulf7qi&#10;+Cvz98PlJajr2bvoh1898P2+M6VoqynTB6Ca0kJeRVY3VIe8iMpr4uPJJGVj6e3LN5MrWTUZr+7c&#10;fFmUlXjt2suK+uLrx49GpddVZ7y6fe1RTkFRSWuzVMZKD3uSnJr18tnLxIJ6BC3n87iyN5sAYCag&#10;0HiFqPncNxvPPghPCrmybde1VoVKqQsEoWbVFYcER+dlZwTfuPwyrrCpJOHY/rORSXFHtm05fi2m&#10;rjT5yN7TMUkxZw98++P1iMaq1F0rNj9JSHt29scj12P5ovq7Z09EF9dlvbryw5bjSalxJ3cdjM6v&#10;K4x9cvjorfj4Z5s27XgYkvzszrGTF6+eOXk8vLABj0Gzm+pLC+IObv4+JL8u/cWdo6eDigvSz+w9&#10;lVTamhdydf3mfSmlrfUlOS9fJOTmpz26cu1lQn5nJ4fD6mhoaGhtbhfwOXWFkYcPXEzLLws8cfT6&#10;y2IlHovF4MCG/K3ze89fv3fu7PGY/PJnVy5efxqfFh587NitytfrXQXoXXR8alt72f2HQVk5qTfO&#10;nA5PLxF1H6UqJemht+LSi2JfPH2eXCYBql5SAVcA9kmFQh6ve6YopZy0qCDAOST4aVxOeWbI3VPX&#10;g/KyYy9dCgwOuhOVWcxhlQU9ffr84Z2o1Nz0iAeXH8ZJsSAs24ebZ7Dm/4pAz5aFQPGRI2JzVQqc&#10;4COfzed2649KBWyugg/OW5QKCR9hsflCNNE4oG8ANuHiykVz1j8sxPGRhoYWueWogzNdIvcvWvLd&#10;N7sja7BA/kglPIzVkrWLHfJurfxyyYrzUU1tQnD88/bmFErfe2Rv04qb389bNnVvLF9TIqtoAqIJ&#10;q2np4+So5Mq0h4ycoPcmilT3OOIsbXoLlKWqBxIllwg4co6gS5FVJuSwEJ5EoUSjbUZ96VL/fO+8&#10;TVv2RVZIxFx+l34qgjIbMca5rKlBY8S3I61U36n6bgNHMOLPfrvox0OB2Y0ihA80PeUaAfs2ThVd&#10;WDf7q9VrHuUKuDwOW8BFdMct/WYoJ27L3C9WrFg05XT7su+PjbPEqKITo3DC+pTLh1bMXn2y3XTB&#10;gnGuOvbDt38/r/bHLxctWTJ+xPBNDwraREqlVMhRAr0QVe9x1kMnOpPD9i5YuGTahTy8dnt7eYOU&#10;Ye7s5Nj24uCqg/fqpm7c7pBwdsWsRStWzJ4XSNq8/8d+WnKgQMpB2D8dYsmry3MErP9qbv+79YAQ&#10;mMNmLF0wdTCRXXDgm/U3wjKri6r4RIfVa9aYC5uKyzvRGNGzKw+a1XxXTg2oS0rH2ozbtmWBbmNx&#10;SVkrkWg4fMZ4Tm013n3uztULvcw02stLUrO5fmPGO5BaCsrZLj7DRw3206Pi3uoDCmwjAFUZK89x&#10;q2cNZ2UmlbLlQICApTmGpuXh522mLivOzE5NSI2Nf1WAGK79+qu+tvp4pSgr6mG61HD1d+sG2RlI&#10;eWKgGiyU4/sPWzzb36ooNrlZgRK2cYAujFgoJGrYzZi91A7Dy09OCIkOldkM3LpykYMmWcJvyyku&#10;ZOu4L10628WUJhQKGObuS7/e6q7eGBwcERj4uN3EZ86sKYzW2PuRqSIFWtvEd/bqCXbW5m6ensYU&#10;CSgtLavd2MbO2nvgwrnTnex6DZ06VJn/MqQeGTZ74XCTjrt3nrTI8TgMWsZuySsoJjkM+3rpdEZr&#10;9u0XMRr9xs0b4VIR9zgiv9ssFUXVsR49dtrMKeMtxey66iYJymjKF9NsNVUb7wpRdXhwuf2E+f6G&#10;mJSEYut+I4d69vPt4927z0A/n17d+zSizsqk+GrbURO9dbBZMWkNPIGRa7/laxcb8RUkQ1xpS2tj&#10;XrbM1Hfw8FGL5s4bP9QLXVnZAXZMevbP5L/7IHwypWO2bt36dmdaOFwdtZ4SxgGFIambO/Qe7N/L&#10;SoNIZOo59vEL6GOnQ8VTtMxcfQb0cTdRw9P1Td37DvayN9a3cPBwNdOjkrXcps6ePmSQh6ezjb6+&#10;9fhBDvoUAlHHwlpLnJOm8Js52cdI08HT01qDAHam3Md9M97bc9AATye9n4+5yDrOLm72hlpksmG/&#10;pUun+vm7uDtYaBIxBKahg4vLkJFjfOxex0B8QxZFoNSE/RhU4T17miOTpmXt6tPX3wkESiRpGDt7&#10;9vf1ttTAk40dPAyttbTUdGz9R84c7Ofp72llQAOrLIaRjbWz58xJwxw0iGD3E0PSsHR1NTFlqmlZ&#10;+g8ZOta/r3cfe1063aCvj6smAUVRN+s3ddUI7179fR0s1JkmLr4ehiQM+N3WdBy96rulvcGBopiV&#10;8+hopHzS2gXOGJTugNlfLRzqoI5GaOa+fl5UREyiWfSZvHb9V54aSgxVy8a5T98AFyMmAa1m5unq&#10;aK6nQVGzHLl29QTfPg4ujqb6+kBr1FiTrmXsGDBy1ABbNSUOT2Hoe07bsGGmAzhvxZDVLex69+3n&#10;ZqYJviFt6UfPXlWs3rysZz0/TU1N5eXlOjo63dvL3UnEb69pFNr08R04wE8faU6Jz+JhqGgti76e&#10;1qyyJDlDC4i3SoFMzdi2f2+zvJQMkbFnfzet6ow4maaJpBHlPMShLD1eaBww1EmtOquaoEFND38Z&#10;kpLazkc5eTkrWzqw2iZ2Vtpdy2xZUVxocj119FCbxGfRhv3GuTEbg15WBMwa1hT2rFXNxVmt6vzF&#10;5wZ9h2iymyQMYwa6okqpP2vsgNaUODZRlyDNK1eazZs2pC02rExh1rcXNSqyYsDkSfi6qMRq6vAx&#10;9sl3Q7X6D9dkFxZ06k4a7pAZHq7UMuK25iAW/ab1tswMCcVbD5o20L40MSQkOpNq7SgvymxVd505&#10;yrsg6XFuJxPbnJ6SX9FQWc7DEey9PGjt1blNzBnzBtbH3D/3KMnKx5dQ10yzcDEiN8RX48b3NY8O&#10;i2Xa99Vqir4Vnt5UVd7AF+lYO7pbMiMeRjjMXjrUAp/48klMTgWGQCnKjCwoqW9oakAxNNx9AuwM&#10;1QF9Kac17NnDG4+Ca1txHt4Ogjasm7+HTvfzJq2/f+5+eGZKfXOnuauHDobfIdOwsyVlxZaZeLkb&#10;qavyKPj1z24+fpmcXNvMtnJ3Z8iUZHV7L0dCTmyj82BvWWNddWmTVZ9+Wtyys5cvh8Tlq+nZmOsQ&#10;WSKKp5cllIg967H9q639jWLIXy3gQ+ZHEXRcJ85z7W6Ctmv/6a8/IkY+U+b4dF3Fmg5YYNqdAaft&#10;MHi2w+C3Gqxserl+3kW+/cqThwLkST+eayY72XTHsKA6j57h/DqnI9Ax+VWiWgZMtAx4fdEbqN50&#10;V0Cx8pmiWrz9JqGxRsOnDdy2N7lGMcndsvekNyXquo2Z1W2IB9Zquu4LF7m//uLj/VMZaB0gu99k&#10;6qpGy3bAYtsBrzP4/pRRr//8Zf1ff3NyenNZ02vYPK9hb3cafAYrPgwV/KhO7feLpmr6zlv8c3kI&#10;mmHuNcH8Te8QRMNt7NyfGuLp2XWrmn3AVPs3JAyGTVnydlUImqrvOmaB65tKWJkPsusdx/0eoY/0&#10;WllZWXh4+IsXL7Kzs8+dOzd48M/TR9hWcXbPRcvJKxcOszUw1mU2i5gUdE19VWObflkjxtCeQKSS&#10;Jswfy0vIDE9v0SUrCyvK2Y2i8iayF4NQoTIrJRgxKWXVJY1N9LLmRmtXKzsXj3EjJ5tgxQqyMjEr&#10;Tcjmg0y4LuGrkEulKjUlYEMrAXawQEsMnAJ2nYvLgVlpSVlSAdFyo4/HhVun0WSGiZGpJKmtsq62&#10;tL6JY0Qwt7eRJAKhU17Z1iqmgh11lQmHVC5TSIBGsso0ViqTyMG5tVwmEYNVo+pfspq6nky/qKSq&#10;ooFawRKYCDrblZR5y1c+OHYkNbvEXsxtqSurbi2vKRc4T3Cgo9MdjYbu2jgqNzJa09a6vuSJSIqX&#10;S3n5afFNRNtRvs7pl6+JsEQShoAGhqYyFF5Vo1xN39DEnLB2y05qDdDRstMiV4plMk5Ls4Cku2LD&#10;VxcO/JhVZ29qZN9r8OoVAWrJaZUuJtqqtZmCHxX4qFThsHmT56X9z1UGuQqQ3uzaoOlmVpb9Zq/x&#10;ILFbJARecXgniE0jp0tELB4fnGx2veJjSEa2Tt4jp9qSpDIMoSKyXIVChuIJpeomLqbpdw6WmR0f&#10;0XbtelSfOV+PKrv7LFcgk6p1n+7D9GkT+LwX/wxnb5O804dHWTg62s28Tp25bUs/nX9lvNFY81Er&#10;xujf+eF+9b9S/l8pVAm2kxFgZP/PDNP+So2v87bEHosijZo/9m/c+l/eAn5chUJhcnLy8uXL58yZ&#10;s2TJkidPntTV1cXGxr7dDIa+/ZQxzum3ty1csGT/nUxzv8nDhnjQ+Onffr2xgmzoamtAxqEoDCPP&#10;PvrR4WFqnl7YykfL1h/hW/eyMVNHg+14JdE7wBebf+ebg5dquBh9SwfvXupPz+w/cSeSh9E00BAk&#10;ht3PrX19yoUnUmgUIhqNodBoRHBehyXQqDQsCqydyEQS1d7BR7sjbvvmA2ViDJqKtfIa7UFv2HXo&#10;RFp1u1yBdu4/wUut4ce9xxKL2/HgGBqDo9IoWAwKS6RQqUQ0CkOm0Qh4LIZIpoAqwBYCkYCj6w8c&#10;PopSHbr11NW6TjmdTGrKCtu/63CJwnyUr7c6U1PWknNw8ze5MrsJowdOmT5Dtzbi+2823wjKVZCo&#10;RCKZSiIgWJKrty+jLmLztyfqgAEFRmZobanWlnIjtNjEnJny4Eq7yaCxlpjLuzftOvCoRQ6sd3BU&#10;uhqFgiqKe7B73wWJZp/5X86dMapv3bMzG77dH5vfggU6QapE0DfRbs18dOrSKyFFicWiiUTQpzfK&#10;YQSjYZOdk87tPXDhaSeapKlPLEq6l10vY+LLnwc9b+2yAsEzzPr2M0+9cuTI+ccdIhSFTACbs0CP&#10;jABaQCZTCVZOJuYmhnpadH7Q+SNPMhvVNNEICk8kvb1Z/V9ORljXf0fgc4/ZpBA0VzaypeBIDEtW&#10;1zfUpnRtSv0bSSllNddxiAbGjF+eJf4bdf3fMhUyXktNm5ypq88k/qc6ATJuXQOPoqXNJP1rkP8Z&#10;zNbWVhaLVVJSsm/fvqKiIvAVi8WamJiMGjVq/vz52traYJv0FzUoJbWl+VXNfLBHbGdtjEcrO5sq&#10;i8tbDWwcjDQJ7PY2FEWTghLVNLN19PUEdSWlTUJze3ttKqq1iUPT1iRhlc1VRTUsuZ6mvqauOkbc&#10;WVBQimIa2lsayDobqpvZWkYW6hQwW5SctqZOAVZXj9ZW10RQ11HDCeob+Nom+sLWBhGWYaCBqy0r&#10;auSgtXTUCWQKGZEUF5UqqLjQw/urNAZt3zq5MbsQzcS/2r8zlTTs7P454nY2Q08PzW9pE+B0Dajt&#10;1U0ELV28hN0pxOppU9sbm9F0DbSwqbC8EYvpuLT1tO7Ydd/N86gsLpWQdO2sDYWtzSyBgMtuwWtZ&#10;WhtqohB5Q3FBZStPy8jGykSd19LYJsQYGmtjZYKa8qJmDk5TW41Mp2tSsXXlFXychq4a0ljXrm1l&#10;SxG2FJZWoSgGjs5meAm3trZNzdiYwG8uLKnBa5nbm2sjUl5pfkGrAG9ha6ur/loZTSHmVhYXdqDU&#10;jHQYZAJRLJLT1RnAEPb1uCj4RRm5fLK2g705VthZVVVH0zcnCpoa+VhjUxNy1y6YQsItzc4XULTt&#10;bUzlbJYIRWTQUW3NArqOOooHTDixFDWg01tVWtVE1DHRp+OVSqwShWUywZr6n00vePfHTeBzl4Uf&#10;9+jA1v0XBID6SUFBAdgFvXHjxqtXr8BXkBgMho+Pz6BBg8C6kERSHXb2lJT36syaHXcd+vXtzK9w&#10;nbdmnHbB4q/OO48NaEgqsJv09Tdz+vz5u5iSH3zqh30Pi/sNcCjOYk1a+90UH+Oe0n3YTkjg7xGA&#10;svDvcYN39XgC3XuhaWlpz58/Dw0NzczMBF0CC0Fzc/NJkyZ5eXmNHfuxb+f+7hhIuM3RLx/H5TVq&#10;m/YeP2mQPpEV9jQwMa9ezdB98qShemr/1/D1TYmcpsLnT4MKGmT2noNGDfWkYuGaqMdPeNiB/0/g&#10;U5CFCqmgs6WFqyAztTTUiH9p/w2Y87YIKBr6mpQPcXCqFLGaWlkYdUNNCvZD1P+5Phxg2VddXR0X&#10;F3f9+vXi4mLwGZAAW6A2NjZffvmli4tLr169Plc2sN+QwGdK4BP4CVa0pF+Za2dmZjJky6Piv+RD&#10;VymP+9rUxHLxo7d8Qf5qHkhbKtv/rehKiCzhwDAbs3kPav92SKn3OGvlwHK/K3yHUtJWkZxWL0Yk&#10;rRWlOSXtfwnpe2zQv1EUl8uNiYk5dOjQgAEDFi5cGBISAgShnZ3dzJkzHz58CHRk5s2b9xcFoaKz&#10;vra8tF4CXPDIgRqmTPH/vGy/5z7xgEV7QbX4j92DSQXAh0RJO/dPvYf+umG8lrKXT4MySltkctAr&#10;lZppZ0NdTU1jU1VlBThshg7J3vNIwuI+PIGeLwvl7NKU6BwxgUZpzUhIrflLggul7z9j1twBFn9w&#10;giKtiTy5clUw998aJhyeALxzErAf/lBe2ZJ2Y+2ym1USlcs0Tu7L/WeygBflsogXlwILQeiMnp7E&#10;YjFQhDl79uy6deuGDx8O/gUmg3g8HijF7Nmz5/79+2CB6Ofnx2Qy/3pPUdWJIQ/uRrF4nMKU9JT4&#10;tLLKpj/1x/3/a2ksKUpNLhe+g3+e1pzY62eCOv5Y4V/ZVhV88WF6Zl56chHnpzhlv1O9uDQ5rbgS&#10;uCTsSkrg4PbZg1shpaWl2cmZqQkZzW2c0rjw4BeJ8U+eBAZn/qkDcH5TdUpMrkoTBSZIoIcQ6NG2&#10;9irGMlbJ3X07SrSHjfVhRCa1ew8daqehUhdTNCVevfUkOj45p7QBb2SnA7QfJG1pEYGPnkUmp+e1&#10;Eg0tdcC+KBqLZxja21rp0YDTq+Kkx/cfhyWm5dQp1S0M1Rqi9i4c8M1TNJ6Bp5u4WlJbMx9eux+W&#10;lN6soJkYaeIQbtHToJdVHG7B0+CoVi0nK3xd7KUbj+OT0nOaZEwDYJ7OL3kW9KIMwbQE3nuSnFdZ&#10;TTdzUFdJXUFZeuiDxy/jmsRI2auQRLUhq8c5A2NhScWL8zefJySXtQj0rc3Ivz6g4WVfvnw/Jj45&#10;o7iVbGGtDU59xA3JUS9Sqlpr4sJDo5Oy2NquFoyudxtZS3bg1XuhiWlNMqqxsRZoanFw8MsKNrcw&#10;KDiyRdPRmtQQd/HGI1VTG6Xqpkbo/KsbRi+/UsvFokmGjk6mdvbOwqSH4cmtdMvRUweYqJoiqAh9&#10;/qKonV36Mji0hmJrq9VDHDQ2NjYCvdDDhw+fP3/++PHj4HRQV1fXw8Nj48aN4FBw8eLFI0eOBLuj&#10;bxvRv/uTKxJ2FOZnlRSUC2TMXj7WjeBTfYeanrGOBrEFLKLq2gk0ereKo0LYmZNZIEAoTDqR185u&#10;aaoqqa7DUoGW6OstfYVMUFaYU9kk1NCipAfevvks39yrlw5VXpafU1zXTqQzcDIpu6WhqLxYgJCY&#10;NBIIiVGQm1NeXNrWjvce2otXV5JTWCnH0xgUbFtDfU1NM45O7Wwqz8stqK/lo5Qtz56mMh1tTTWo&#10;bRUF+dUd6kwNRNBU2yKiqlHEnc0VpblBl27n8ahubhZ44Fy2tTL4fjTDeejkkXY1hTlVHSJDUxNx&#10;fVmTiEBRcDhYvd7uBg0VhQWljXRNHeLro0QFn8UGoatwWAWng1WWHHb1WpSmg6Oxdk9x3PHuww5z&#10;fpoEeroslHcUPNqzK1Zz8Zkd/ZpfnQ9FeQ3v76CJFZXdWDnr+2SsCbrh0bGND+t6jRlu0fZ0/9qd&#10;NxoJzPawbTuu1doNHGqtkbHZbujmTo+vJtt2xl/+bsP+TKWOIv34rrOJmr2HaNWFPH2V2YBlmOqZ&#10;2pjwLn+76XASl8ZJvheYLDfzcTfl3Ro9avHlHIqBoq2JbKLXfG7FyiuNOkbSnCsXzxcR3AZ5koOm&#10;jJ5/pkTbTlieHX9586FCm1mTXJjs7AfrZ397s0rBUOdlxMQWVhmO/mqcE67y+rdrV9+vVMfUhT28&#10;V4D19u2l+5ZL0/aUY5sXbQwW6eBay1Of3o/FqLs42eCTdi6dvuFaKwUnYzW8PHYwusVt4BATdG3s&#10;/q+/O5TAofHT7gfGi419PM2F98aNWXghk6yvbG8imxq0Xlix/EK9jrEs79rlcwVEJ3dKTWhwTKGQ&#10;qKNp0mugfuHur5fsiUZrIJXpoYEPcplmrjZGoifzps45EonRRnU24qz9vY1+I6s/tuejsLAwMTFx&#10;9+7dp0+ffvbsGbCaB+owYFG4bdu22bNn9+/f38HBQU1N7e83W8qNuX3s8IXA1IJaHRB2RK3x9s27&#10;Mek5NVK6EZN15cfDsYUiZ08ndQpwls1Le3bl+IXA9HKuvZdV+pUzZx8+i48JK2Bp+PSyUMlKpbQ0&#10;OeTsyfOhiflSOp2VF/00ssSpf29h1uPDZ64+exXaQDDUas07dfpaTPKryPROF0/3xpBT20/dT8kr&#10;Juk4uFuIT+/ed+tlTHolx9yE+OjEoRdpLG0K6+G1i+DdrUOOIcraIuIzNZz72Gu23T5y/FZwsljD&#10;xEiQvfN0oJ6bd+mTAzfjKqvSksoRRt8B3gwcur0y7eLpy8UShCppDomIjMnI5pB09FAilgxPknJ4&#10;FEMzUsuFcxeCX72qEGv3cjQlgC4o+IkPHqQ34Yx0eYFnn5Q2FsbGp6u5eHvb6EOtm78/x+Cd/yGB&#10;Hr5HKhOWxQWnk/X7DnMx7+XjYNMSEZPWBA5HhJl375YRCSStIZseBF1eO0ALi2JlxyfkVihIxoPX&#10;n3tybcNwA7AsVGJIBAqDQsAhkpqs2LgsMUXXa+7eu/d2zLahkZynfTWKTiH2Wnj4wHzMq117QztW&#10;3rl+5uatmczSW5ee18uxVIYagWY2cv2ZY4cWe+hoec/6du+8XmKxDNdWlJeS2gFiQKipkWh4l6kn&#10;z148NscMG305ioVw04JuPmkx++7ErTPrvnDXI0pBpAoUujn+1LpjESPOPzlz8f7OsQahR08kt7w1&#10;CxrC1qw9ydh64+aZM5evHZxBD92w51y5gkqmUqgk7d4zdx86euncepNnB78KLhcVPdm390XLsjs3&#10;zty4PVen+s6FoFo5lsKgE2kmw78+c+zwEi9dTY+Z3x6Y765qantxdkwavt/SSRZ6eOOxOy+t82cF&#10;rdl93+Ho/Ytnztw4t8G+8er3Z4NaEApZjUqmGA5YcebEia/6AAPkjzJJpVJgF3jixAlgIDhr1ixw&#10;Cvj06dP6+vopU6Zs37792rVrYIEYEBAA4hX/8+Z31BdE5XAnLdo0t581TyYUIrSBE79YN3sEtrwg&#10;P7OQj9YePm20sYbKGINVmhES17Fi3SJHWl1URGZTczHWePCmuWNZmTlNXNWevkLIygyP0zQdumbV&#10;LCNtDXNr71FjxruaMFBE3XkL1y6bPkhYXFxZk1sl1l63crmpgFValP48rnbUoh1Lh/USSIU8JcFv&#10;zIzv1y427KhOScztlBIHTuzfUl6AtRj1zZLpWiSSiav3yKHjBntZpN8PElqPWz/XJyfoWbuW6wAH&#10;2aMT+0JbNL/4curQwcNG+fvrdameMfVsBw+eMKbvEGsTkwlzFi0d4t2WlVvLVkUyAUFQ8HhJZkoE&#10;wnBYu3Wzgx5RFZNQta0q57W3dbCEUomgpRE4+fQbPnjCQDszKAj/+UyDJfw3BD7SH7V37LxUWB37&#10;NFHDeuZMexSi1zvAwSw/AiiT8xGq3+QJSOnzExsmjVlxIquyFk9H010DvI0lmde/GTt+xYXgeBlV&#10;HQ9CVaieVVWIJ6KZRz9X9YpHO6eOW3DgdpQATwWbkHwQSlwJ/HxL2C0tLSJxzbWZw4YOm3I2Niep&#10;KL+Sy1NtDhnbGBLB8ZBCKmXnRL+4dj4Sb2qvq4bD4sDrPvCZpVAa2BlTpQqVyzMFtlnQKWstLMwi&#10;OJk7qIy2DQNsNSggEwgDVV/dipMlrhsxdNjANZdii5sKEop/VuhhZ8blknA+bhYqLAp1Gy+b9o7M&#10;/DbQAKWCaqqnoeqEde9BZFphdEI9u71ZKK27ORs0ddKpyOyU4oIyNhc0VWlkY0gC5zdKKYh0E/Py&#10;6plwrJm9HgMPmgq2QEVyhVIu4rIltYnRpUyGj2OXUTnZyMpNq7w6p0oowiIKpba1IeXvxoF7xxH9&#10;u9nA+V9CQsKmTZuWLl26Zs2ab7/9FmyNampqbtiw4cqVK6dOnQKbotbW1lQq9e/W8Kv7FJzWmkai&#10;kZ23m6O9gx4Ko6lv1FGQCHaeW3hiPIaup+doZa6N63KJIuHz8zJzTpy5HJVUJhCLsAQzd1cXAyNj&#10;bRxWFYALuN8jMTwHB4gbY85df4pgacC5DJlEIJDplpYGWfFPbz6IEomkCErTwc7N3NTCQF1T3llW&#10;itF38rBxdHQ1xeAZ2obylpLLZy5VdPDJeIqmtrOdIaaVK2bY2rm5ujho6JIxOCLYWCWj2ps7Qh7f&#10;OH8vuKkNuOo0GTNwWEXcC6nxMFdTfRyWQFWjdrt8A8EpQSwvMl3D1NK4MCr49qMQcEAIfGeDyaOa&#10;P0KMq38/Bqf8wsGzEhKD/trOHYXB4sFkAjFhCEQiAU8gAf8zlF9Ea3lP5GExkMC/QqBHy0KFoCrh&#10;VRyrPvn4CA93d4/BOx4VyIuSkvMahTi9uefSUhOin98Y23jl6Jb9G76L4JiO3RiYlBgbeWV4feyl&#10;CyvH7A/hiBRdB0VKKYLR6vPFlZjkuKjApfTy2xfWTt3zsFYoRr+OOApkjhzH0Bs+b9WqVZtPBycl&#10;XV3rSsGoIkkAHTvwa6YQ5z3auzcw3mXljj0rJrgYY8U/6Sl0Z3gdnhCFx+ApFLpAKBKoNPtQP6vj&#10;ATdVOKLv1JWrVq7bffF5ctjlL5x+tu8m0ZkqR1NvcgOTAOAyikoigjgcXdEDVT9gfE4H+Mak0xRy&#10;GY6uO3QuaOqmk08Tk25u8KD+oqn5T/fvvhfjtHzH3pUTe5ngupoK+tdVGPDESlfves1/PdvAywCo&#10;iITDqy4oQF8+Og3CvLy8mzdvrlixAriGOXjwYFRUlJGR0dChQ/fv3w+uA6E4efJkDQ0NYDj4Xh8g&#10;EDyLShTzFFKlWMQXybkJL17WKIyGDvKj40DsRixeFev4NSvgA1Rdx3D05OlzFs7t42qAyHEgQhHw&#10;KgpiZ3W7DwNvUnimxbh5i/z00c+fRDby+cAjGo7f9OBGCErPfYSfBREN/G7iCTgCAnxnypU4Ijjl&#10;4wIfelIhl6MU50aFZNSRhk8Ypo1XShUYEPwIiyISUAo5cNcpF7LEIEwI8NupxGCAvzKUvUffOXPm&#10;z5o2xggvLykqNzTxINYC7zBStFLVnu5lHFCJVSpBzJb6l0Ev5bqeA/2cceBK90QD00QmkWG0+0+c&#10;OX2k+cOzd/PZXepqaPAHMXDvR8AoeGK+RAGidSlAfM33yhwWBgn8iwR68mRVSMsiH8SSjOeduHX5&#10;7LlzZ689ufSdj3He49h8Yeb1vsO+uNXhMHzyjmuXljjKGqmCxgfb5ow5GK/RZ/qhmIsLTGREPpAp&#10;QMCAYLoYEsKKOjrf/+u7MqfxWx5d+NpTjcQVyNEGxt4oEAaYhFez8/BVZ8laLYaPHKqfcG7Z4UeZ&#10;QOCgf5JlSjm/vU0E3ItZabVFB0fFCfHAGeVvRw1Yd6P0PNx9tdILYso4iDDuZGhVB4jIiygNvAY4&#10;ieXZDLeRI/2EUds2HrrRDpwYv0l4r8HTlejLV4OAe0oFK/fl7VRTowm9aIhUScK3BwdHlgLBmvLi&#10;mUQ4eeRgprmrvyZH1mI2dOQwo5RLyw/dT5GCVfHPYlcpaG8VUTQ1rbU7455FRIMwexglQjPoRcCr&#10;YYBqJXPAiLGd7At34lXytSImNqjVxWGQJYjr+JGpBALrBWAgD44DgV+Y1atXA4sIsDsKrCOApQSQ&#10;iEBTZtGiRcBxDJ3eFd/4/SeUlomDG6Pl/LZvzjyO6RSjBB0tOfkZ2VVlbEELHyQBiKn3Whaqmdr6&#10;uFJzk+JTU8uFcqxMyAcxksAri4An7A5QiAJe09LCr915mF/NojC0tJio/MTAyPTKlpbG/NTkwqoa&#10;rrRdwBMIhRKwjhSyOhVU6/5m4qvbtxy796JZqBBxODkF6VnlxR3CJoGAz+cIhEqmv4tZ7bML2w+c&#10;TipvITPUmgsePQzJsuzrpSmqjI5KqmwV1CcFnnuZO/KrDUac8ANXo+SYptDgu8WsrnW/UgFCOEnE&#10;irb6mvSCtOLGSo64jccRikB4MDFYoiqbC1LvPHgQlVVNUdekdq8LURQdE1LCs+Pbj96obpOBw4H6&#10;4tCn8ZmNtTnJmZmc/2P28f6HBpYICfwtAt0ep35KOTX1v7ry0X6VCQr3+2MZVovCeG/aKM/eM9gc&#10;Zb0ipLKtLngdTUNHV1dP18zG72CSQCzhVr1cPqEXQ0tX30CLOn5PZr1QIY9egSfrzr3HApHhGlP2&#10;L/ajaejqGWjTB60NymeBF9vKKxMJJLqhjcuFLHbK+SXWatq6WgzDQfMf5PFkysqTrkZ4j+3ZIE6i&#10;UsGuDF7uhKFqaDv59x7m5uIzZkuGqPaavwXB+bsUtkQuKdzbB69nd6QEvDkLy26tGmUA2jFz7dpp&#10;trqoCTcq2Uq5sDZspydFXVdHU8fBZ2dYswjYdP2cpPzGJwspTC1dXW0Da781D5o6wTs4K3TVcB39&#10;aV+t9fd00lEj9N4X06ZqiqQ18fxyGzUt0FSDAXPv5HBlyuozHiZ4ty0ZHJUVHKf6xUoXDEVD29HX&#10;a5iHm8/IDXEdSmHYOgsDhrq2zvaYzuacy5MJaoCdlrHntP0RnVxQasONIQ5E69WRzYIPOx/AiWBb&#10;WxtY8AGv2cBBDJjyRCIRqMAAXZijR48mJSWx2WzwyvGfNFLRWJxy+dSRy7efZGVVNZRnXDlz7NT1&#10;WxExsUW5QIQVd4oAt9eprSTpzKHD1x5Gt4lFhXFJ+eUdwpaahIhMcL7WlUPeVpt//ezhI6dvFdaz&#10;xR1VT69fismpLMuMOXf0x0v3AhPTUooyslPSKoG9YEZUcnWrgN2Qf/Xk4Yu3HiYnlLQ2lNy5cPTY&#10;5RthUREF+QXpiflgg1QhbAt/ePXk+QvPniW1NLdEBV58Ep0pEPMSH1798cj5pKL6xvyIJxEpQqWy&#10;JjPiTnB8SXb0rZs3SzvABbBZzitKzigqba7KiDh98vilu3fjk5MLs/Lz88tLMzMy8hoEbTWPb57b&#10;d/BEYknrT6wF7eX3r544fPkmaEUnqynq0c2nMdmNtfnpuTkc1WEDTJDAR02gR/udUUiEQjkKGOn9&#10;5JpXKQNxYeQoAgmEopYJwN4V2NpBY7BEcrc7GplEKJIAt/koNIHUpc6ukICTMiwB+P5XGdZJRQIx&#10;+G1CAcf0FGD1B24AgXdFINQuCrg8xoEdKQHYFkVhgNt61V9BuAeRBMESX9cOvoI/K8CxCVa1CkOD&#10;LS1FdwagVo8CZYtkCGiqysGMQiYGf5GDgjBgvYXCkfBdJobgJwj8NAI7D3C6Q/iN+xyllM9Xxe8G&#10;K1XQHVXrWGGrp0+7Tdv36tA0KzUlCk+ivLlL8VNTAQmwQn3TVFVLVK/9bzUVDfqLI+BBQ0QiMdgD&#10;xZFpYJtLwheAny8EbASSSF1q/11gFSCIQRepD5GAmTzQBQVrwaCgILAEBBJRX1/f1NQUKMhYWVkZ&#10;GBiA48D3vRH6Z/1UIlKpGByvqbCilCAWkhKNw3W5EOrSiAILvp9gga1UMRhZHBYDJDUYbdV8U+X5&#10;2bZUKhHJEbCPCY5vQQAlmQJElEAhgDoKnMNhVM8pyA7KRMBSsmu7EuQHQ4cH2wpohUwikSEYAg6r&#10;qhiU3VWsXAaiMgEjBxAUAyWXS8GmBBacUIKwT3Kwx44HfwYXug4BVRuaGCwKVIqAHK/P0FW1ocAD&#10;IpGgwKYr6BTYBAXXwD9dW7sguBN4ksDJ4Fs7S6Bs1c4vCPmgulO1MQvCYoAbwPYs9OH2Z3MJ/v1D&#10;E+jRsvBDw/vA9bNCV0yedIN6MObCAmeND9yWf7P6hoaG+K4EpCDQkREIBMAcwt3dfdy4cZ6ensA6&#10;EGzt/pv1w7IhAUjg0ycAZWHPHWNu4p5164JJX1/eOsGa0XO78UctB46zL1++3NHRkZWVBQwEwQIF&#10;bH4Ci4ghQ4b069cPeEojk8mfXq9hjyABSOCDEICy8INgh5X+PwIcDgdogYIgSiCmPJCIGAwGKIIC&#10;+Qc0Qp2dncFe6MeAD+w6ivgSHBlscP99BTSZVCwSyohUMthX//1OAbUsrgALtr9/Ogf4x52XS3jA&#10;HY9AQtA3NqD+djP+H5f/TgUoFSIhX4EBe/jA0c3fT6pjDRmKRP1YQ2L+/Z7BO/9rAlAW/tfEYX1/&#10;SqCiosLe3h44EQXmgI6OjsBTKDCWNzQ01NPT+9N7/7MMnfV5gTfS3KdOcDX9taqqiNfZyZar62qA&#10;U+v/357W4tRnT4v8v5hmAZz6/V6SC9qDzj5U9+1vqcfU0GGCg90/Epms5jYxmqKj/acGlMri8Ksn&#10;74ahNHovWP2Fky7lPyP2i4rkrOj7l1sN+o/xd32XDW6pgNfWxqdpaVBJv7CNKQ99GlmOmzi7r6i1&#10;TSyT4UhMPQPm3383+TAsYK0fBQE4bT6KYYCNeJsAkILgFBA4jtmxY8e9e/d++OEHcC74UQlC0FqZ&#10;iFtTVssR/uyIWyIBhg/AvEXZlJdw59qrGo7KPkEqFnJ5gm7XLAq5Atg8iN7Ynkqlws729obKBpXG&#10;FCLj8XjiN7aoXWpYKhUaroDTUtfYVJp143RgcT0LlCKXSvg8ocroHWiqSF/XLuK1xzx4+Dg4W2X5&#10;ApZcfL6k21wDWMCC5atQ+LP7bmlHdkKlkceUtaumWmkQgSYO8BQjEHbZCKpsB6Wghd0msUCflM/n&#10;AVW0n4ZGpYzT1Xhg2gEUhcRAX6crAXUc6evQFSoFG6DJI+CruICqBUCZtiuPRCwEcLqbAZR0JEJB&#10;W31FUwen609AaVqlUQYsUWRdtYHNcNV6WQ4ISHk8PqiGXVN099yDnPI33sO72ieViTsagffVNtBs&#10;EEAD6NDWNnG6lIHkIoHwTZPgswUJvBOBHu2PVCGojj55+G4+w85N7/ePjqS8/PvbzkbKDNwt1f8d&#10;sV8XsuPwzTq6u7Peu7ze/p8xkQkKHmw9HSrR97DS+Hea+tvKJTVRD85cSVGaWZgA5+AfTQIKjGBd&#10;CKwGfX19QXz5j1M1RshuzE6pM+vtbqyp8oogaCq5e/38vedJOE39tpRn5+/FaHp4maCrL549/zg4&#10;shatY0JlP7/5+FlkcGROs42LE1KdfOzs+VepOQhK38PHNO3ppdM3AnObpcYGatmhgYHP0mkahLTQ&#10;B1dfhTXVCwko1ssnQTJjFx8n9dRHNy5ffS7StdWRVd+895xiYS0qD7/9OCw5+FVGi6jPIF9pdfzF&#10;Q5cy2xBLS/3quOgnzx8Hhb5qRenbmmiBZSqrMvnE0RvNRBxRRCUx0EXRkc/DgoKjUvE6VoSGwof3&#10;A59HBRe34K2sjKrTnp8/fzW1jKVjbqFBVi1bm/OjrwelGFqb1yY/Cc+sK096VYKYWuOqrtwMwug7&#10;6NGB51V5TdarR4+Cn4cmVrWzazNDr4TnG1haKxvTAYeHr2I5FH01RUvg9ZtZpe0iSTvdzJXGyr4Y&#10;nGVsadkQc+/o5WAWVsvSDB92/07wyxQsGZsd9eDCjSfFbImyo/Tu+XtCfRsvV/Mu011lfdrzY9du&#10;x6TkknUc+/RixoQHx2TmN+I1XE3IYQ9uBr/KUrOy16X9w4fyo3kkYEP+fQL/1a/uv9ITpaAy4tD2&#10;3efT2/+oeAkv99burUdelKleNwVFF7efOPGiGuHErF1wJrz+vUQNrHq0ZesPZxJU77f/LMn4+bd3&#10;bz30rPQvG7U3hqz84lxMi0CSe2vWvDsVqmYoW2vyY58Vd4X94SU/SSqtYf+ewxhxTcStXdsuRFf9&#10;8+b/s87/8m7gO238+PEUCgWcFL7Pcv/FsiRZr54XVCqNjfQqqxuUatqWlsBck1KdkSbEGtmqy0Mf&#10;hhYXZzx8HIHVNmtOiI3IKEyIetkkpptp4dsknI7Wytparp21YXV6Qnx8QsSLUC6exKpISMhpNNHV&#10;4Es4aKaWsYm1paF6fXZkUkmrqbNmyN0HZTw8rzH5cfCLsJh4CdXQ2srK1MgEw66Oj4zDm+i1lqVG&#10;J6QlRD5NKOdpU+URz2JqeKqZhSfT9Q1MLfUYea8iC8rLI5/fL+RRGPLml88S8vMjn0bl6WsyC2OT&#10;MrIyYoJicTRTNSy/rKalez1HoQAfNeHBz5+FxCcraFpMTMurZ7eDXoSWsGRUcrfUkVemR75ILNMz&#10;IMXdu1vAJeBbi+Ljk4sLi3FkbWMaPz4iISvhVUhckYa+LgjSwSrMvH0rEqVpICyND0kss7fUyo95&#10;kZ5TnPT8Sb1MHSuoq6kV2Nlol8VHFjbKTWxsDbXVuyeEQlT3LPCllGquTpR1ItLG2qI2Ada1t1nu&#10;s+D4zKyI56FCNXUmMIOCCRJ4ZwI9Whaq7N9oRDoF/4e9QKFwZIROJXadMeB1fIYPHOxhgtCdp073&#10;taS/l7BDrt8mJSadn6L5zsT/MGNXU2kkwl/24ahmN2V2f2dtMt7a74tpriAEH7f86eYJa6/XKMGP&#10;QcHJ75b9cKccIf7eyRUKA7xeUoAtZc+eBv+c/T8tQYnGM9XAApbO0HCwNTG3snR28rQ11jHv1c/b&#10;wYhEI9OEXKEEbWTlNXnm3MFWxuySwoxO3Mip8xaOG2MKfHcyzH37+2jSqQylUsQWUtSdhg8KELH5&#10;TNcRi2Yt6GNipqNnZO3k4+1o0JRfnFvFx1AJrNzUJpnugi+nND05Ec7xmD97rIOjk4uzu5q8NS2p&#10;RkAhK1pBVKUKKUG3d9/R0yaNNkIphFLVqxFZ09jRwaOPt7+ZLhlsilLUTIaOnDhtmB+F0ylAkRx6&#10;DZ41aYoTkww8oDIYNBwer2NhYq3P6HZbRDfv89XMfom3TperDZ40xHPgzJV+4qijr5pHTplt1S2k&#10;FMCuluzWb9icSUPcbTU8RoyZHmAq7mDrOwT0cjInESkUEV/MQ1s5DhgxyFsNI4l+/LSc6LRsUoC8&#10;viy1hEMgY7jV5ZUV7WoMm77Dh7l79und202NQiXLsDS6jr1rbxebrpgYCCKqycmUGkybN2/O0IEa&#10;crm6iaOPpzMNRdQUAq90UnVtl5GjhhirwUXhP53Xn9X9n8aPIOiFJPfy5jFDN+87+MXEwQ4u7h4H&#10;YlQhTn8hABSs5Fd7ZgxytHcauDaxDjzoYKQlacc8ejnbew0Ys3bj6jEjvz6Sqorc2xEDggM4Odjb&#10;z99zcJXfwGEXwGKrNfXKwj5zVu7Zvnamg1Mv96+vpXSq3rPrXm3ftu1mhghRduTeWtZ72uLde76d&#10;a+/Uy23Vhei27iVe8RU/LxcHV69+q7dvmjZw3jcRnar7Qr+Z7e/oYO/o4r74dlH3ezcag5e2Zx/6&#10;yt7ByXXm1ovl3X6wFVn7R/cFjXH28r9eBr7LGhIvLvCfOGfDosm9fb6+Wgh+GK6dXhTg6ODoM/0E&#10;B8/sTD6+5MtL6SG3doyyt7cdvOF0Rs7F+QOnnk1jI5zItR4u9vYOfqNnhbaCon6xVhSlHBzs6+Jg&#10;7+DqO/hAYncEX27G5Y0DHe1BK7+6lvK7S8vP6mn5VWd/jnqIQlv3HuzpqJ4T8fzJq5RWvhiEtweT&#10;qyI/IyY+Pa+wVAiM2dFEJk2LiBMCI3o88N2pUJnEA/t4Kg7DqauKjUpKzclv6eRhMCQyWZOkOlmU&#10;KrFo4NQTWNADQ33gCQEcN4IzPHZrTUlxq72/r7keGaWkYBQEkgyNkgHvCnyV11GUUsRjlWUVE7TN&#10;HR3MSDiGOp4IDt9wwAVEt1m/XA6O7oRiAXCmCyQXiajLxGDEIhkeeAFA0zVp6lKZEDg/JdD0A0aN&#10;oEmrnt8NTshrVLx+kFAEJQOrAJGbul4uMQSCXI0gw+CVb/RZUEo0Bk2lYMUSEZFGJmMR8ATgUIKS&#10;zNzo+PSikkqRQo7CMtSodKVUyuMiht7u+khrRaMUOBHgdjTnlzXpOLtbmDJQGC06SQnCKkZFJaXn&#10;FnRyBF3OHlTuH7oTcDAvBX4KAD80noRDt5YVx0cl54CcAile5alCiwj8qcIECfwVAp/GjFE58eA1&#10;VaSHnEmXjttx9sSo9vJdu29Vdh/EgwRcdyDsiAPrjwdLl595HPRDQN2pGT8EVYvkGbvH7Sg1mn/3&#10;5v4JhOSTQWmV9QIcwg/9Zuv1OI3lp+8+Gs/fcTY+KaUOSAagiJ6bdDMhT33Wnlsr9CWXdl9NaBCC&#10;HcjyqMgoEBIXZBC05CXfjU/HT9xxd60l+ubuq9FVwIFoyfGJm5PxE87fPb/BOPvA3eTiSjYWaQ3c&#10;vTO0zX3P7ScHx3TcXbbyWrFIiUYj8k5+bqPThkdn13qXHDx04k4pguQdGDZzi2LIuVsP9gxFNoxb&#10;FyfBKvgN2XGP8hvsVly/9vUIzt6pX6TTp1y8//T4BFzwmjGXm50mLZvvjBj4LDny6NGtH4a50rQG&#10;rD+5Z5Jh0nKfOZddv35078I0raJVc4+WItTXK2o08EKSun3pAZ7P5vsP787TDdu3eHuqUJJ/ZeOk&#10;nYn2W+492jsybtd3h15UqTyKw9T9iiKXCQXAoWjXz7NCVJGb3k7S83a1b69oZEkl7U2FVbVloU+i&#10;uTquvh4WaDkL6KcIRMARkkLM5yNqWg5q0vTY0LDk2OKOlor81PRS2QB/Tx26gAMUY3hCEYZoaazF&#10;y0+Min+WUFYhweMEbWWZZQ10EyNvH/f+/fvaGFthhFV37zw2H7HIHZdz+XGSHM0vL8rrRKiuvR0C&#10;/P08nJ21qGS5hA8cLQG/MiofTK/9owLBClRd5GKhCPh0BSoqIOgS0McRgq9AiQVIXIUceJQRchsz&#10;C2tMXHxsqLjy8rruuEycutRzDyIDpi0CXndvPU+Jf3wuh9hn0UCDuzevl3d07ccDF4NilbtVBXA1&#10;CFSBwBuBUi7pqI2JSEaY9v6uBioOfFClyh0rSiF2HDB8lC3uXmCogqkDFnb9B/RztLAADk6Btg+Q&#10;+pVpydnVmH7+bppkAXD2ze2oKCytAe8QIBGM7WxQTQkRkaEpCbUCXlZ8XAWfMWSEBxXfyeYDWa9y&#10;OAXnKSTwlwh8GrKwS94BB1Fkp159vO3N/X2Ga8jCs8olb7TngJ4ZQvddfSHkxtyMw3P8llxsaGLx&#10;xApZwrNDHaIxM6Y6WXmMnDhhKEMpxeAJ4szLmVmaQ4eP8nSyGTl/S1+KygVWd/mIsbl/gJuxi/cQ&#10;U0pxQXkzT4moItV0W5gB8xQUYmga0M/T2MlzkDm9srisSagsCdtf2zZo5jQfG5e+E2dNN0KAny0g&#10;9ERSVFX42dmLzytmxZQV35tmSUQB5TmErObTz1/fxm/QRDfHiqiUhIKouPu5BcNGjnJysA0YP868&#10;4tbDhFaCysOWmU3/gX2tLPW13FfcSQhfrFgwcfDUA0kYThNLQdbU0yEjOLqehY2NnQmDgsaqGdla&#10;obOe3i1vnDNpgpW988AhvQmZd0LL2W+s1kD/RGyuIvPkggHbUsdeaS2K2NRLXBkRGsjTNx/f395q&#10;6JiBlMKQkDQWkP4wdREAgS+tnC3BoZfqC9giZRBz44Nf5FT3G9Xf08lOndBcVMX2G+4lyn8eVSFy&#10;9LRgMPRsbI2IaJy+tbmxgemgvr68woSYQpaju7d7bw8TWn1wVA7VzNbCTM/E2phCo9h7BViSWUGR&#10;6epmDrZOzo5W6IzcCj2vfjYkfuCFq1VSrLS1ug2nN3zyyIA+5m01tXQLExS3tAnR9/NzyHv1JDyn&#10;BEtXN7U019ehEWiaVvamr51oowmGNuY6Guom9pZ6muomtuYadAJFU8/S2lhL39jcXAtHpJvYmulr&#10;ayKS6sB7D1sZZmOG9Op6Z1LWV5RI9eyHThre38e0KiMhsaDDc+Lk0eP6UDl1JQ1dIcbQaHWgWmOg&#10;gyOomVjZaZAINC0jCyfPvgHWbbkhSTWIlYOZvpGhhZkOcDCnbWqrTabZDulHEZSIDd18rTG3rt3N&#10;q+mgaWhbOJirUwkW7q7GpOrnkblkc1tbZxsrY2xFZUm383AszXrMEPfi8MBiEcXF3s7NrzddkH3/&#10;RbGVj4uBJtPc3owO1qQwQQJ/iUDP9c0N3kHbYnfaEw0HXK1QKoWJu6YbUAbti21UKsXByy1o6C9f&#10;8iWCpgdTEYbzt5FKRdvzH8ZqkPXmHEuqjN3vqI3MulZRfGU6kcbYlaxyHNyWfX6Cuubo75I7624N&#10;tkQN3BnaChxZK+vPj6QwdLbngU/hu3sjFlPO54KrGcdGGSF9jyS3KJQZ3zFoahOutCkVTYmHAhDj&#10;0ScyQYacc5PNkT774tqaQ1aqUzFrX6mCYvBqny8xo3hMfNAG/GrHbJ/grs5gqlGAj0rcFw+aecK2&#10;RzMQNYf1ocDrtpKVuWm8CXP83pjAfb0tSCS6hqaWlhawMzC2HXgtqz1ilydiNfOKqiWg35v8LKh0&#10;34NJrXnnxxDVtI/kK1vj9/siphPOgAycZ/MC1PRn3asQtT5dwCCjqUxQkKokLYfBa2OLCw/OAtD2&#10;x6kcshee9bfUB6deNBKabOJ8KItbfOZLC7AFxQR1q27Q0px/oYoNvLnC1OVOWypidbCBW9k3OKQN&#10;VUU5+SXAMAKshVrqyutbO+ViVlleTkl1I4fNArEr2J08sCDidbK4YP9TKa0rLyqqrOOywcahuLmq&#10;ILe4op3NEfC4rE4ucA2rmgUtdfmlZc0tbKlMDkwrKmqawVVeS11uZk6HSCHhsZpaWWBhKhFwGxta&#10;uFx2bWVlO6hBzC/Pya5oaAPTWsBi88CGrQQEt+CC9Z+qqWCBBfYchSJuBxvYWnBYoAtgVchjs8B6&#10;lMdhC4BFBKeTDQw/JKLOgrys8rqfvG8ruJ0tYBcXlCIWcOqqq2vqGkFfVc7gG+pbQCgKVagnhZDH&#10;YnP5cpmYwwLOyYHjWzZXKBLzO0vzskrrmkENPA6HzRbI5TIQZYwLrCzk0ramBrYQoGrOzspr7ABP&#10;iozdxhICN8ByUWN5QV5JRTuLAyw4OK31VbWNQulrN99yqaAcvI/WNPGA52+ZsLYkJ7e8jsNh8bg8&#10;VgdXZeQBEyTwVwh8OuvC//MGAPxlS3lVMfGhlOFLvlvprcfrAH6ywVLI0MaZLJFmFzeCe8GjyZaj&#10;wGkKQ8tMn6FeXFylspCScRrB2u/vJrDS07ZwYiCYrMJKVRlCdodE5Y1ZiYgl5nOOhNR1dpRdHu2l&#10;Lrs8Y29st2mZlNum2odkNzZWN5obGGprM5Vc4YB9ca0gmnBdYWrsy0fTHblv7LpUzc6ODS4tH7j3&#10;9CpvDXkbt8tvM/D4jEbjwOkjUJ3Bgd1hFAY4hcYTKGS8DJl7rwGU1FiRk/by6k5fQxYAoVrSAk/P&#10;bOLgawnlHazO6O+MKM2VB9ecK6VhZEzPGY8rWlqa6/Iyk/MPzTKi9xTFzr87Zu98HxpLUGPS33IH&#10;g9UzsXGyt1JpcqFxWgbm+poMNF7NwsHJyliXRlcDHuPoDAoWhaaA8zKVwTjWwNzGxtSACnS40Hht&#10;EztHazN1oDtFoaoxqN029WpaBvaWFtpadHCUR9MyMDPSBlcpWgaOrk5MAgpHUdPRVANbFjgSVVdP&#10;i0qlG5qaqoMa8GRzJ2ezrhDPJDU6GHYQGhOU2e2XHcwGKnjdIRKoTDqZSKSpgS4AZ/AUuhoFqLbQ&#10;6CTgiZvGoAPn8zgCw87BxdxA882hO4oK4kkxKOArnkQzMDY2MtBVrRdROE09fa0u6wUw9YgUNTqV&#10;DI5EaWoMAhb4lQGaawQ8mWHp4GJpoA1qAJGK6XQScNpNpjGpJNB3rIaOHp0IUGk7uzjoMoFxFIau&#10;oUYElhNogq65nYOVmboaDcSDpGnqmxjqdnml71qCYknm1nbmRjoUGh6FIRpaOTmaG9BoQNWGosak&#10;dntIhwkSeHcCPXvGKFXhH4TgHbpLjIAzDxAXTvVZLhEJFV1GwuAVHVHFpgC/APr6uqyS9JCXD44e&#10;CevsQEA8OMRr1Hdmak8unQ1LCr0fHJ7BxxNA6Au8ywI/b07o4+vBYdFBty9kykFAAZVpM1gIIOB9&#10;vUtkgVMRBHxUWQhLgZewrhaAN24xAj7+lEEklUiU5oO3OBpFXDn/OC78ydOgiFYcUFIgIzXXtkxw&#10;mbDy3NNCg5UTnMztl/lYAXkkR7hV4Ycuh0Q/vn8rt8ZjZD9fG9++8/p6Rd27+CQk6vJXfjYDZj5r&#10;QGMRVUu6jalRNH0zTWxmRNDL8FPHfswm8PidXBlVx9LaU1idFZdR0q7lYcyg16ZFvGo0Hf2lp/WN&#10;s8eiw55un9PLY8b36QIiThXqAwSFxSPt0aunePVeejI8iu+1bbqDru30/l59hs3Qby+9dD0s+tJX&#10;vj7u3z4o4v9seP3ucwzmhAQgAUjgYyfQo23tETm/paIBZTt05EAzMr+lrkWu6zsqwF6LyKkrakf1&#10;Gj7NSxfh1OaxNfsOHunpaGtliBQnvghOwAybOAS8UTv27ufkHDDWNCfyyfO4YoltL7vyDF6vSeP7&#10;W1gO6oXuzIwMfByiN3IV6lm4cPCS5T50XnNdLcpm6BA/S4awraKRY+A7rp+NhqIptw7tOWiCvxmG&#10;31pbpbAYMrSvNVPUUd3YqdN7bD9bHf1e420qkp6/epVcbTdgcENkucGEqeP6DBzRn1wedffOg9DI&#10;MtziUzfnOiJyVl0+V3PkKHr8iRtJ2EHrd349w4GIaHhMDtCIvH8O+BThGa06+Wy+PSLktDTUY+2G&#10;D/YxZ6C1nN01BZWpMc9D8m3Xfe2PxTH6jPCz0SHKGjNjwkskOgMGD8S1psW+fCV2XL11Uz/p9dPn&#10;Q+Oamf5bjp4bpitmN9aroI3oY2/Wa/o4l9QHV548exlTKHHZdukHfx2mnU8/3fbQy+efZnV6LT97&#10;YK6XGjyF+dif6N9vH1AaBWqoQF3z5xhRXWrEXZHqu5aL3V9+lcC2pyqy1M8Ks++n913hp95PUX+z&#10;lN/t7d8sC972aRD4vP2Rcgoe38kiWgweNlALyTnZb8wR4wPh1yZT059FlvBNR09xpyKtx9wMvvW4&#10;33Zu7N+MiSAsf3E3WaruP2aMEdIeNN39i8b1kVHLnT6N2QN78TcJgDMxELgSowofKANHW13yBkSR&#10;/Hu7NC2V6fk1Itfevsw/8h0kYYc/OJfCMpk7Y5w+o9vqjhX3OI3uYMqvata01GnIrjP2622m+SvT&#10;ViW7piSrmGvfB6ik/myrx28rS46vdxjop0P9PxvmKg9xcjmIdYjCYvFARfqtJM15FSnStXN3Nvoz&#10;d61/k+7btwF/bCCoIjBgweHRreXFJdVCDS10ZyfWxduB1h3UFCZIoIvA33v6PhF4Sik75dSC4YMG&#10;zVm/fsGWRzybadO8gPdnSVvsyRlTBwyZuezr9csvtAxeNdP9bwpCwEnOL7rx1dix/SevX7d8zakC&#10;7anzB5h8IvhgN/42AVFb2K3HKcXAxlNckhT37MmLyLBU9hs/pX+11PaqzLi4JHaXS9HfTdzmiuTI&#10;coaBKThHe5OBmxQclV9WmRKeXFldGRccXdnZbc36dkKBQ0UDI2AT+YtfCTG7JvZ5fHO3j9U/SnJp&#10;RVrq8yfPoyPS2ji/9qRUFBmdnlf/xmbxr3b3r+UXsOqjn758+Sy8sLylpaYsLjq9MC87MS4fqBL9&#10;XNDfVwn4a42BuT9mAj17j/QfkkWRjfoM6qVrqUdHYZmWvrNWLxpuAXxLUi09PZwdzLWJwFpCv/eS&#10;9ZsH/QPphdfx6u+ua2HIVGKpeq7jV6+aDpRpYPokCAg665LjE6s75dq6GnJ2W3V5UWpWEQ+h6KhT&#10;eM0VSTHJHDQdxJZoqa/OTc8T42mSzvK4+NQ6npKibL137HIF2dDH1VLGb6qoaaIbAaMGRlNVWW5e&#10;mYJIV3ZWJiRnS3BMDTqmsaympAQohjZRNbRpb0IsiVh18XHxlU0CTX1tfmN+eTPKwcWpsSybg6Ji&#10;eHWxcYmlTTw6U4Oiyi8riH3yPJll5W6jqa7BpOD5nPa69vrSxAqmg5m4vkPLUrelpNnUx1NdUhsd&#10;m1jeyqOBG7uUd0BcKrkSQ6ZScF0rOJmgLTMjNaOooLEa6TXEl9hREhmXLcYxtBkqj6wyEa+ushm4&#10;CkAkrJbmZpFUWF1XL6Wom5roiTtrs9MLQRQJQXt1amFGfmIx09bT2ZqWn5KQV8bWNtaVtrfXlJbk&#10;FGa38jCaWsxu/RilQlxVlJGQUiDD0UC7RYB2QmJVh0RLW0vOrquqLM3KLOKhcJKG4pSiGjIT2I68&#10;XueBWuKT0mtZPDwG2Ehhm2rLGtliDUMjHLe1ulGkoYXj8QkuXraCqtzE9CKEosmkycsLi4sKKzE0&#10;dRoJem77JB7Ov96Jz1oWAlw4dStvb1//gAD/Pr0sNd9sBBG17Zy9VFcD/HtbAqdm/yih1cw8vXxU&#10;hfl6OuipfjVg+gQIyIStr66euP0oLiu3Aq1jiSl4deDA2biC3KzcJgMzraKoR8+DoxLKWJbWWqGX&#10;9l17VqhjRI+/dzUsuyT0ZYSYyqhPiWujm3k7UEKvXozJqqyo52oZ0SKuH7rzqt5In1oY+zToZUJO&#10;k8zanHBz1/4XuYWxIWFNWEsfRwOVVFLwIi+cuB6WVlJUKtC1NEW1l9d2itsrrjyO0DfVKwq+cSc8&#10;KTQyVkCxcLfTx6JEOWFBLxMzi/Myyzs0+vc2y4+4/jizAd8iY9gaCmpaNS20W4pb9d30M++evhuV&#10;Gh8TyyJaeNjrYxDgUjvi+p00HWdbLWBGqRSmPr506u7z3OICjtLA39co/ta5Z3FZ2eUt5q6OmiSc&#10;tKPi3rmrfB1LdEfmg3vPC/KBNUlRUkYBnsksDr125XGWoTEh8sGtF5m5xXk1Nv2G0Frjbge+TI5J&#10;FxhaE0pebdt3raalKCyixNClt7E6eBKVzQUJV05fTszJr2hHmZhrZj26dPtRZGpGKVbXFlP8YN/p&#10;B6VlxWGhifW15aEvg1uwlp4AjkpgNwWdP347KjU5+nFhK8JEOh4/DCorL86o4+tr0LksiRoDzeNT&#10;zXSFL+/cCo1KLuzA2llKj23cEl8qd/Rw0WPCJ/QTeDr/Thc+d1n4d5jBeyABcOBWn/c0sGTchs29&#10;KfWpuVwmo71Nab7h+4WCqrTMvMq2TsrEVXN5CRGtSuBlu8Z+yqJJPuZEqtHIiaMxRWlsmq29oYnn&#10;4EHqvNzQZMyqLV8TihOLWsUKvtB57Fx7dEVsITJj7oim5BQplVpfXOE9d+MYHXlmudTX3w54WlBK&#10;O55feWg5ZuXM0c5UsgZFVBUR9DS9HDdu5bJhDlpKjMbgCWM024BVI9XN05aEwdGJcjHi+OVc97q8&#10;AhNni9LwFIalnaS6iWKpkoUa5tpNBfV6Xk4W+sYDRo/Q4dZVt1M8fGxJKOBopiS7hGPrpTovlLKq&#10;7j5N8Bi/+ssA3dIKLgPdmlSEWf7VlKaYkHaypaulFhaHqq3NLBKoaUpqO2hO/Xt7Dh7Vj1Rf1caW&#10;CzvYTkOmums0xtdrfLd+Ba66RK6uXpmSruc/caS7PPxFua6mML9dd9cPy/nZOTJtC0czdSDwq1Mj&#10;sypwX6xf5mymg+qsjgqvGrtyQ29ac26lVA1X34h22vz1xLr4MKOpq6c7o7MK2h16u1HRSFNxwp2Y&#10;1qXffOOCKU6vJPbx93V38/Fx0q3LrQQWJFKRkkpHS+VESX1uudJy1hS//PBEorZadVb9yHWbA6zU&#10;4NT+bAl81ueFn+2ow47/YwJKkYjPZerTddS1dCkUXJsQS7SwNdLWNtI11ePz27PiX2xe9210eTOB&#10;QiIRTfUYNBC8nlOVtGn56vuJJWQKEdieohRyAQjdp2/C1KQaGmBRAg4Wb2moQZHLRcnhgZu27s5o&#10;ZJFIBIaalYkuHQds+vCvtXhROK2Jq2eU3Nu5due5dikaaN40s0RSNTQiJaCxVFFb6b71684+iEcI&#10;BFzXriFw/AbC+WlZ2FLVFFnpxSy6tpWDNUrxi2M8HIYmbSvdvW7dqQcpKBK+e5cS6J2CUCHdKp8i&#10;DqdFTlBTV1fTNjYiEYEpfmbC82/Wf59YK6Ayutzc4xlWtm5ITVFJlayXi52kIfP7rzZcfZmJIpKo&#10;VBM9GqO9oV0GPJ4yNA3V9ekoWUdr/ZV927edDkPRCHKFupWJlRoBSySQia81ajBW/iN72yLbli8P&#10;jC0QIGiRhi5NU0NHn0omsERKlLGxHhH4LTXVNtSlU2hEIh44JFC1k8Pq4JE01BlaRtbOZppkoLgT&#10;dffomq1HSzskJJXRoqpbGJRMJhdFP7n83fb95XwRiUCg06x1NKEqzT9+LHpyAT1aFip5DU+W6r6d&#10;Rux6VNKlA1Bw2NXWbMbVhvc2NrKGuGMjdbwX3Sx4b0XCgnowARSJSKN31rVW1tVVcwUyHQoir6lp&#10;bqwqbQG7jlpGHv4jth08sWvzut7WOgqxGI0oKxMCb8XKNxw/NsZRSyQQSyQcNl9EJFLw9RX1dS1V&#10;NVKEzMSjxcBVJxaD7z1w/I9HTm1du8TBiALchwJPNjKJ5PWPvcrUldfaSV984NQXzlq3r0dJFFjn&#10;foOnBTiVRobnpEU+Dqmcun77wuEOiBi4BFchVlm+8rgCvHl/XY286NBOjL6pPkUCigXeX0ChwPef&#10;UtFSFHUjuPzLjTsXDLVWgkjCXUMDlDBBhi7zWoREZ+jgJB2Ndc0NpZUcPvBB5+E38tDp09vXLXEz&#10;1urKjrE2N8c1hUW1MckNaffDmpZt3j7T30QG5LBKpRRhamtgOptam2vKG6s65RhNXdMvN249fWzv&#10;jNF+FEQiUXlCBS5Ru7RquyQ4u61T33vS0b1rJXmZ+bUdDD44VKypqWYLZOoklEIkBlmBITHwmgNC&#10;A0tl3bGLEYShoUkTtjY11FSWFjY0NoZdvcc1mXRo00ITqlwIog/LVJ2WSBAsltxvzLzjx89uXDLX&#10;ShsvBjGHVRyA0mm3iTJMnx2BHi0Lgbt6XlOzWH/elaJykMK2D2rbtmLL3VwWeIr5zU1N7e/RNBwN&#10;rPYFfBCm+/+qz3128+fz7TBN27yXK/beke3XkpvtAlzVEWlpUvDm7YerhPoTJ4xxNOTe2vvD2TuR&#10;HJGCRCWA1RWVaYQRZJ0+fTKHxaIwqXRSR8jzx2ItawuNisM//BDPpbj3tiGBJRxKaebmYUFrOLV3&#10;99VnSTw5jkwigJUScHtLJHQva0CSliU/3vL9lldF3H797XBoOQ7PsPfyxEoKInLbqLjmu9dORVdV&#10;Y6iqUBQgAVcyxC7/nFZezJLSLIymFROjwBGJOCyWQCRggdEDkUTT0qEqq69fOBlZXk+gK4HfB5CA&#10;6yKQq9smEcvUH+phmvjo5JHrLzsleDNPP1etpv07dl95ksR9HbseAbo+DKKFla6ukbEemlNw+cK5&#10;pIZmPBWNwxGA63lDBy9LWfmhwz/GVbQQ1U37D7ItCr2+e/vJzBohAcSWAB5l0GhVJ18HrUQJWDUP&#10;Lh3YcfSeQtvM3a2XoxVy9+SuK7H15m4ODAIeC1zLoEGkDBIwTEF30en+LdMydRlkoThzbMeZoDyq&#10;hrGRKa0g/PbZuyFsvByLxRFAhCw8RqHA2/n10eZn/bhzz4OoXCHoJlAWwuKkTTkh0ZGdf6yR+/lO&#10;98+g5z3avlDJrb4913RV3ZaHCdv6gme9NWLVqMk3nX6MPfkF+qChzy6nXUUvlhqBN0whq7GVLQeP&#10;NklNUwP4e1INrLClsQ04PQTumxg6OiAkd1e2llagmo6maugARTrwi8NtbufhyUQJiy+nMNVJYhYf&#10;TWcyyBgRq50lJVDwXDbQF8fgmNp6FNVPjVIqYLW0c2UYIpWElotRZHUGtUsfD6ZPkoCQ05CSmIlo&#10;Wvq4WeY9OfEih2Pi6u/u6Wqrx+C1VKYm5VCs3T2ttZuqmvCa2hpUdEl6fDELbW6ip6WuhRa1ldS0&#10;23t5KVuKUzIqtGzc3CzUm6pbsCCQMY3UUVWYml+t69DLyVitvryVbqiL5ra1C3GGRhrYLldqEm5d&#10;bHwGQjf19XFWcprbOHJtHe2OulIelkHi1+XVsrX0DfRBUZpaYJtUwutobBFpmehjhGnrVtyd8P33&#10;/S2I9aUNeA2GlM0nMSn8Nh7dWItblpFdw9U1NtXTYGpoaQFrRzG7vaVDog58p3VPYwk3Ky21HaNm&#10;qq5naKkvqS+OyyzXsXVztdLtlkNgHclu7ECAk18GUpmbUtgqMwDRjdWoEqGSoKampU7pqC3MqGhS&#10;p+kZm5pq0hU5SUn1ApJ3/z4EVnOLAGOiT22ubcGpa2l2KaaC+ioLMrJL2bbg2NNIXcRuTEnOlDPN&#10;ervbKdtr2mRkfXVSa1MjUduQJOls4Sh1DPSBPJSJ+PWV1RUNNUX5mTyR/ewl3pWJaQKajoWxLhmD&#10;l8lRBLxSKELrGWm1FWWmV7SYu3nZ6OCrSts0LUyI/LrSZoGpuTX07P1JPrB/0qme7Jtbwam6OR7R&#10;9N6e0N2L6gdf2NAMVtwqESsLdxkwycNO1QK97Pa8a6v70YzsHG2MqM4jdoXVSEAQuPJnKw1MTczM&#10;zQw1mYP2JLXwpOyCy2vGmuqaWRgyfBceSweKDMqsLUwSynXmsgk23kM33n683xsxHHcGuOlmP5rm&#10;SdKe8c23Ad699CkIsjCwDXgClnGKLy/xQzMMLPqNGzbMSh3pszu8BvhghunTJ6CQxt7c9ePpm6yP&#10;2CO0oLXixoGvl/94u1nlXvuTTfz63APrVu86dHjn2nVHHqZDX/Kf7Ei/74717D1S1eE+Iu4oiH4c&#10;DNKZ3UczBW5fjvM1wCPgEVBtDgEfn+yyxJQ688O3n5zesypA/Pzu3RetgqqDw2dedFwXV1FekX51&#10;uiLmTER+5rl1y+8K1qdWlFXcM4o5ve96Bh9RbbwQa1FjrhYlvdzdly5DIWB/RfVWjiGSCZ3ZlKGP&#10;kzISt5rTbxy61YTI6uKv7T3TMO9CZlnk4X46RD7Y1nrjR/hzfMn6vPqMMXXp5+vhiP2Id9Al/PYW&#10;mcHUUQO1Ve61P9lE1rceNro3t66WaBMwY4wb3Jb5ZEf6fXesh8tCEKUXEbWkBp4+AdLTBrs51258&#10;N9AYeInpPv8GAhHDtBk8dbZf5fl1aw8/zGtBU+lUeU7sYwHPb6SPJvjl0h5xMvz55bFa6fm5aAqv&#10;OvD8uWvxAmF5WGxaK1B5AMmnvwsVFCXrVkN4nWRSuV4fFzOws0rRdkfhcpqbFdzyxMhSa5OBzkCP&#10;wHRMPwcjRAbPFt/3dP1Yy0OhDB18ens4d22Vf6RJzcRjzbdr/G269Vw+4YR3DJi25+DBrxeN1vqI&#10;h+MTHoAe2rUeLgvBFiiiZr/gzKuXID1/enZNP8O3fSqiUHJRwf11w8etqHL+LvrFmUmuOIEIhO0W&#10;AY12EgH/9usxCoORcVvzkuLj45osZ36zaIIrFSgyAGEKFOl+d2xBsHCgGwdcHoM/A/UCENRNLAQq&#10;EvifHTf20CkBmw0JQAKQwGdHoIfLQpVvfaVMyJX+3sCpfPDLxLX5GTxjt4mLvbFZMRn5YhDUT82p&#10;jy+OEBORIVD1vjZww8a9sZ0Weroost3cs1euXt7mZ4RyMDGmE0gqJ/3vkhRKNIZq5eGrUVqbUAxC&#10;v7clZFU0g5D3PZ7uu3Qe5oEEIAFIoMcT6Nm/1iCmNg9hcYW/XbnJRSCSOE+kxFEcRn0ZIElYP3zY&#10;tD13WFKmpLq6Fmu/8dRe/8j940eOHjV8/KonTdp6Br4Ldq5x4/8waOTYvv5LLiZ2ysDBoKyrEHH3&#10;GZBCJuIibL4YKJsrpXwQRZzfZYiklPDYHBZfhOCNA2atHoQ7vXzI2PV7IxvkDJWN87uJ0h4/i2AH&#10;IAFIABLo2QR6tE0FIhM25kYXiixde1uq/1IfgFselVJBs/J3NyYqeMBNcm6TkKClp0vASLBM4HSD&#10;SZDXR4entnJkKDzTIWCgLZBciKA+Lz6liK3Eadn19rHTwSHcssiUKrq1n7sREVGK2iuzUutIjm4u&#10;hsSWnPScDrKTl50OWVGfGVvYYew5UOW+ScEpj0nKb8frEdL3rD8nW3Pr4kJ3rU9ZUaFnT37YekgA&#10;EoAEXhPo2bLwYxpGUU3EicXrQ+1nHzr4lUPa14P6RVnff3hwuCl09fsxjRJsCyQACUACv0egZ++R&#10;fkxjStCz6xdgVnBovZ+BocHQR9Rvd3w1AKwnYYIEIAFIABL46AnAdeF7HCKgqcPnCaVA4waFJdJo&#10;ZGhe+B7hwqIgAUgAEvj3CMB14Xtki8ISqAwGU11dnUmHgvA9goVFQQKQACTw7xKAsvDf5QtLhwQg&#10;AUgAEvj4CXwKslDGqcuMjY6MjI5PL+sQQzOGj3/WwRZCApAAJPBxEejpslAp4RTe3bh4/IzVP2xZ&#10;MWzouAXHQ5v/QqQmYWVGnejjGhHYGkgAEoAEIIH/mkBPl4Wy1rR7u0/lep+IiYmNu7VtGJnT1Cp4&#10;RwfJopxrO5Zvi4bRyv7rSQfrgwQgAUjgIyPQ0/VIhRWB3wVMvqmxYtfJ7xf6ab5Nlx2/6+Cjdp4S&#10;x7QatWSJP3BJLKoKD3paINNVry8uaOgUNoQfvptjMfSr2fMWbZhmB+0AP7KpCZsDCUACkMB/RqCn&#10;rwvxTKs+ASatOcfWL5w77/DDRO5rcs2Rm5YtOJGEAoFR0dX31n+x+3yBBFFUPru0edXaGykdBA0Q&#10;5lRDnUQgEGhMdeovvHT/Z+xhRZAAJAAJQAIfCYGeHMu3q+1SXnno/mnuqvAQaG3bWSdeNYiUytpb&#10;nkTU8FNlXTnqb31pr+a6NFOqTNw8TofUe1dUU9f1gu0aamqTbnHed0xIWB4kAAlAApBAzyLQ09eF&#10;CIKlmA/6+ti9xOenFrijim5sPv0sj9Veml6BQzlaGaheOORkI3tTDqeooJmDQyuVRB11enev+WIw&#10;VjIR/yN5K4HNgAQgAUgAEvhABHq+LFSBQ2uZuw1fdOjgt6NNWPUNLJGatj4WgwVBCruoKoEjGBKJ&#10;pKFGUcUjBN9eh49QKt9RyeYDjQ2sFhKABCABSOC/IdDDZaG4M2R7gE6v4Wcy5Eo0Iq2R8TWMDLWI&#10;WNsBC8iUy6fvNCgU/OaMR1cTrMxmulOVEolq1f6GrJFFABpBqSQltEn8b2YbrAUSgAQggY+TQA+X&#10;hQTGwJUX9vZt/Xawrra22aSXat8HHpnrxEAwLtsqghYnfeeso2PiviR97N24wGmaiECBJ1GpJBCF&#10;vmswdAdMGYGEr+vt4Hap6OMcHdgqSAASgAQggf+CQE+3qfgvGME6IAFIABKABD5tAj18XfhpDw7s&#10;HSQACUACkMB/QgDKwv8EM6wEEoAEIAFI4CMmAGXhRzw4sGmQACQACUAC/wkBKAv/E8ywEkgAEoAE&#10;IIGPmACUhR/x4MCmQQKQACQACfwnBHq0LFSKOpJPz5k1Y/L40ao0duLUbU+zO/4GN2FL2vnVi7af&#10;znjjzvRXZSh5dZH756zc+6wMWiL+DbzwFkgAEoAEPnICPVoWIhJOybPrt6NlrnO+AGkQs+zOoqUH&#10;w2p5fxW6hFMZef3C4/BK4e/fCYRuQfD1q0+zmn8pC+sf/hhSJ5D+1epgfkgAEoAEIIGPikDPloUo&#10;FAaPqBu5DZ08AaSV33/Xh5F/7Wl8neAvMibh8QQKlUTEdhvh/zah0DgSQiHhMW/9qSVwxoxVgVkC&#10;Iu4v1gazQwKQACQACXxcBHq2LOxiqVTIxN1LMwqTxsDyBQIFGik/4eVsNX3TtxONHXpvTFYi9SGH&#10;xhsaGhgYGPZZcTe/s3sQlKkHzU0MDexc+1/KVyNggZ9vIiKO3zzDyW3Zw1IOgnCfrHS1s9mZCRye&#10;duVH48goVsJ34608Vh+8uHnxD09iGtJ29jWbeTP31dfmvfxWHt2z2MDQ0GjYyh/zujdbK+/297Iz&#10;BMnEyvNELoKw4o7PsRw59rt168YYGBoZDdh74/LXA/uYGRqZWexIU90ga047N9V8yNRvv1s+UZVj&#10;zuFXzTDW8Mf1yMDWQAKQwCdI4NOQhRKRKhU+uZaUSRzs76FPRESdNTXVj7LsdmfHv9qoG3do9rgz&#10;mPX38vLybk+u2+w97Xhyq1KZvX3c7lanTfGJz/Zp55ytQpNwCApRCtuba2paeRLgt1vBb62pru4Q&#10;vx53HKkj/fiO9YeKXRfM+nLWd7u+sDQkOK14kHRyjIGkpTKrNK4+4FBe4LqBZecD7yQ1IUj29tmb&#10;kH47IhJTby81zN458XIWBiVsLn9Z3GA/72baeX/Toi0LH5jvuJt5a35r4/5xOxOAtJVLeY2VYcVV&#10;xquuZBwfaBx88GZUFfsTnHewS5AAJAAJfEwEergsRGMICCv76BQLE5D6bsy0OfrgyFxnBgjUhMKg&#10;cf1GDrBhMiiyspgX6ZbWX071YTKZ/tO+NDVOeB5XwU0MO8HjD50ywpRh4DxsyjQ9ibBrdYlCozEY&#10;NKprtxQFPoLP3UtCpDZox5erLyqWbt2x2JNJIJOIGDSCIasxaXgUOEakq/cb6E1hGjqb6aMa6/Pr&#10;BYjj10+T7wwtHtbXe/yeRKxUKJV3larB1DQ1pulZetPo0t4e3tbGDHvHQTilUCRXVamKoWFsGtDH&#10;hqZj2UdXrb6ippkn+5hmDGwLJAAJQAKfHoEeLgsVcjHCdNsQ3NIMUktL9rUlffR+HqRugSYRtzZV&#10;Izgs9vVGJxaHRWqa2+urS2VKpYWBbpfMw/50VKiKZIECSSUA0T/jAbEs0CSKhiaqKiM8tVwlnbpD&#10;Pr0V+KLrntfKNRgCUZL0bYCt2ZS4LS/Kko8N6b4uB6JOjeqgSwcfu4QtWIiCMFKvP77VctVHqLP6&#10;6T1vsEeQACTwcRLo4bKwC6pSLvt/qpwEsom1M6a1s4mrEi4KdkNHK9bJytDc1VtbIk/MLVddZDXW&#10;ClGY7gUgCYURiRVoIjgvbG37KZ6TXIQwfWYfv31ifFH4+ZtRDXKETKApUVgckYTFva1S09UkNA7P&#10;KowPa2wbcfDUPBt0Y24jEH2vF5sq+flxTgbYKkgAEoAEPlMCPVsWKhVSIcLji7vWWL9ICgmPJxCo&#10;Dv0QDM128MyZTMH5TTtu3Lixbc9tvPnC2f3NCHaDdg73yD+z9/Tdaxceh2W0iSQSoIODtxzooivK&#10;eXjh3I2oV+nZnXyhBJSulEn4iFhoYT9o4vIVZlmnth5JZmm7j9ZXtCfcvXgttV4iRrh8cddqUS4W&#10;iHhCoRjHtHM3wifcO3H28vfHr9VSubwWNl8hESJ8gVTVLIVEwEcEYjmQi0qZkMvndfVCKZcIEJ6w&#10;q+GgczxEIFHlgAkSgAQgAUjgXySA2bp169vFt3C4Omq0f7HC91q0UiERscnWAwf42Wj8UqrLhSy5&#10;Ru9+w7xNSQiKpGnnP9CEHRceXVjUqTtu25n1fQ3Ask/NYaIXLTc+prQJ8Zm+ykFDy72/dy9dTUNz&#10;ElPSXJxbQPGZP0CXae4/aLg9Qy4W8+l2/cA5nqWpmqZAQLbw7OVpqy9urynNLdRwH22JJpoNGNjP&#10;QQvINQmi49zX16OXl5cRgV9XnlPA8v5m3SAdHQPv3nbqiFjDfkhAbyOaXMyVk+x7D/e2ZuCkPAHB&#10;su/goTbqCplIItZwHtzP05QuF/MUeGufYX0s1Il/ZOzxXnHCwiABSAAS+EwJwPiFn+nAw25DApAA&#10;JAAJ/ESgZ++RwoGEBCABSAASgAT+OQEoC/85Q1gCJAAJQAKQQM8mAGVhzx4/2HpIABKABCCBf04A&#10;ysJ/zhCWAAlAApAAJNCzCXwaslCpUMjlcoVC5bTl7yVgOA+s5v/oXvDXnwwN/yCPKsebP4HsoDld&#10;Lfr5GmhdVyt/eVllq/+LokE5v+nHr/P8vS6Cu35V198uB94ICUACkMCnRaDHy0KlojP1wkpHppau&#10;ribdavy+sErZawGkBF7PVGZ6f57kLWmnhpItJ5zK+D1pqOQ3Bc4i63tvifwjL9kydtr3Iw18zxer&#10;TAXFJTe/HmeprQuSjjp9zpnUFpFcLghbSSZT1DR0ui5rmA9efydPIgO1VZzxtGQE7MsXqowLebUv&#10;v3YlU22GrgsF7kx/SsVHHU2Yg4+WvWNv/ri/8qRd+jqTb9a9G5U/5wZzQAKQACTwiRDo6bJQ1pJ6&#10;Ze3CJxYHk1tb4zb6NR0/di25AcgsJb8xaP2c2y3vNEwYlFIuFUukf2TVroqEAf76RyJE2RZy/EAy&#10;c9FAGwUv7+j8KcvyLS7ntoJU93xz+fFxS6/miWVykRSvP/dGbdfl6E02T+eMX3oxS4rgEKkEFI1g&#10;MEpW2YWVww81ukz78fKhISrPcD8tM+USVR7gYfWdevPHmdDeg+coX64/lQAdnP5DkvB2SAAS+MQI&#10;/NOf1w+NQyZoqK0i4mTSjhaJ/aarSXVPf/A1xHVWPvjKevKJ2rzUtFIWWH3JOivSkhMTE5Ozyttf&#10;L+5ELYX5ORX1NYXJaZklHbIuB9yvk7yzsjAtKTEpJb3x7UCIKAwGkbZVZWcUVXPeXiEqOKH379BM&#10;1wy2kJU8PnfyJW3t9h199VVlEX2+Tcivf7jYBYfuWnCC/c+uy86zls0agzx4ElwkluCAm1Q0TtFZ&#10;enfnlDVxvaZtPnVprOHvUEWjWZWJSUnJWQWlnNerV2lTVUFKUmJiSlpmXZd/OSWvLic3r6q2Iicp&#10;q7BJhijaaotUGUAXa9igahTKe8h8ovDSwzQJohC1V+XlVTTwfuuz50OPKawfEoAEIIH/mkBPl4Vo&#10;ooaJObby5TdzFv54L72sqeuXXZz/8GoscINd9GDvpms5nU2RRzZOGzp7zZo18+ct/HZ/UKVKHpaf&#10;6+vpMnDl/n1fb9p+s1CIAdELgbAAnrybc++umjF73pI1K6b2nbcnvEGsugqciRJwmM7ie/PH9Bm1&#10;9U4p6+dxUgjiIx6RjJb0N5S3ZGbE1xjpuGhR/mQYSUYBxta4itpqFhdBY9Cs4vtbxk4/mGk8aP35&#10;Ve6/cy9w4d1SH3V73apls0f19d8f1KZApI0JF5fMmv7F2k2bF491m7kxqkKgkCRucXHuNWn9/t1r&#10;d516mZt4f+3cqXPWbPp+2Xi36eteFXMUKMTcui9HcjuhSCEoujnPyWnG9zEwItR//czB+iABSODj&#10;I9DTZSFe133Kd98PcySVPN00dfCMFWdiy3gykt+6owvU6aSAH1692mGXe3rp+iDXy7FJSUkpZwfn&#10;7Fryw/18CUIi0WgELnn0ibhXj7YF0KUq795YPEpYcGr56qf6c19mJaXF7Wvcv+xUSgdYT4EVYWfS&#10;1W++PZxhtOH6j+vctd+SheXFGUSUp7YmIhK2tzZo02kazD8dZwXYpUQ1trfxRBIsHl14acc5jq+P&#10;WcPzC8eTOn73ZmVTre3K+JSM0PW9xOe/P1wslDaUd3qOWbblh/Xzx3rrJJ28mNAmVuKIKLw6xm7V&#10;nYT7x6eja2usBi3auv2bBeN8DDMuXIptlCgRXUtHdTGSUtKE13IZv2TppAEmwBkdTJAAJAAJfOYE&#10;erosRFAUvaEbHlw6vW/5VG9i1sM1Sw6ElfIQRCQCWqFSIUfGLU2IqrA0GeGpA0aabNvXwVuckpXb&#10;plCg0UqUWx871RJOLu2OmoTGKDtrSoQ8RnP0ge82bT4aLZKUXA4tQFAYHMIpeXXx0uMGvwHD+xn+&#10;IiyFsr0pT6mUge1PHI5KZbCEIh7/TycVGodCKRlUKhGHVQIVGruJa89du7zJFR1xbPvh4t+q6IAo&#10;Uq6+DiDQk0zDc7BbBzs0qUpu0quPrjT35sU7j9LqxCiEhFNt8yoxBJKHh1lX/br23obo0nvnbz5I&#10;qRGiEDJeNdZoTV0buSynvg1v0Hf16VPrZjqQ/7SxMAMkAAlAAp86gR4vC7sGiOI5YcOJC5f2rHCn&#10;F2RkV3WCS0rZ/4n/1304iEJkUtnvKcSA6IVoENKX5rX2wsXvhxoqEbCMw+uZDp8yTi/u1vUn3Rux&#10;v0yqYIZ4pp2jO7G6ubjjzxQ1pZ0F7XViMwMTJh0jl8mNx285OMLcatyuLxyaIi8ePpUv/J1p1yXr&#10;VEmJYHDozvp7u2avuVI+8fsz9w9M16cj8teKP0qlFKjigHhT5ff2zlt5JnvYNycfHJ5rwkCkKrVV&#10;mCABSAASgAR+h0APl4USTvLl5eOXbo1uRRCqvZeuCYKm0JkEEDxey06BJpDUsDRbv37mZdXPUppB&#10;7wVFUfnJBK9ejppo9G+NEYFVIErd2IZM7dQK+HrXju1L7MvSojXUjVAKIAvJ+qNWH/1xvavs/okz&#10;gY1vxUtEaeg5olBYVWh7qtPIebNt6w8fO1Xavbarfrxy9uhvAktl4KQOLDsJ1O6DRFFR0P0nDV59&#10;+9uSiFJgKWFIxQKbCpS694J1A4iNty4fiWr85VChMMqsk6EVYBe3LSUkVZ0xtJcJt6S2ntBr0EAn&#10;UubF0AYWgsH/Mogit7O6oRbr1H+gO63gakhNO4LDq+IzKtqaijFYF0NNSX3UkcVLDtzIf1s9CD4i&#10;kAAkAAl8ngR6uCzEEk0cfbTLz03w9fLycht1lj356NbpzuoIoh0wwY0XsrHvgGEvNZedOzgm+0s/&#10;kMNjUbjL5rPbJzngEaGQyxV1Bzh8EzVQIBAqifbLTh4b23h1qIuXu+eEB2w7a00QykMVJZFDIuha&#10;jFo5zDbzx9N3Mn421kBbWruJlWnNbUDakU37bbp4YBrn4SQ3UJuXW79ZmbRBg521sGi5VMEpuzjf&#10;XXXZy2PWfb1lJ88tD6ChJEIuR8wRdi1iUXTbUVs3jpTk3Dt5JJb183wEsRg5Yrp6/CZvj17Djhf4&#10;/XByhZ2+zfjJkzQidw1yd96QLzGRIVVV9TK5VCTj8URdC0BNpwnTphsmHRru5rI6jWMoR9dU1YMF&#10;Y1NZbgcB8bTSlbTmPD53NjCqWvR5TnzYa0gAEoAE3iLwKcRs4jcVF9WywNoLQ9GxtDFh4FT9k3Pr&#10;C8qbxDKUkZObDpZVmVXaAnKQtCxszTXwqrVZa1FFE17bxkwTj1LKBO01Za1ofVNTTRK4lVVVWtHC&#10;lqFxWpYuZgyMQsquLayTaJtY6VIlHQ3ltXyGmYkeXVWKKinY16drry09nJKxrPugTthcUVzdKlaC&#10;lSDOwM7NgArycOvzKttkIFiwaisTRVA3tbHSBlUh4raSika0hpW5FrFrD1QuaCktbcEwDM1MGF2q&#10;rao8rUXlTQR1dWlNHQtNVjOysdEBdcsFbTUVNW0CGU1Pn8zlyDSMTbWQxvwqDtPYxpAO3nEUwvba&#10;iuoWvoyqq0fhc6VMI1NtWsRGzSlX57ysOeSp6Kgtb1IwjY31qb9cUcLnAxKABCCBz47ApyALP/Sg&#10;KRvvL7JeqQgsvTj4446CrFQkb9AeeGvxq5pdvlD+fehpA+uHBCCBj4hAD98j/ShIorSGLFnjHrr1&#10;DvDB9lEnRXLoDczwA0v7QEH4UY8TbBwkAAn85wTguvB9IQcOtIH+6fsq7V8qp0c08l/qOywWEoAE&#10;IIE/JADXhe9rcnz8ghD0tEc08n2NCCwHEoAEIIF3JQBl4buSgvkgAUgAEoAEPlUCn4IsFLfmv7h9&#10;/erVG3eepdbx/szO/XdGUinuLI999DKxnPW7wywT1ac8Co7Ib/0bRX+q8wb2CxKABCCBT4lAT5eF&#10;SlF7+oWVK1bsvPby+cVV86bN2B1Yze4OScTLCS0G3tjeISk6igLXTJiyMbDkd+MXitqjtk8Ys/BC&#10;Ogx19A4wYRZIABKABHoegZ4uC6WtGY+P3q303v/49t3nD08u9zXAd9nP85IPrlt2KPEt/zD/Z2ww&#10;BByBhqhRCb+vX4lC4ykIg056Y+/X80YZthgSgAQgAUjg/xHo6bJQLuXyRQgn9e7xZ3Uk/ylr9ywf&#10;Y8WUp19cunDd2fjMYwu+PJopReQtcUdnT588efLUFUfC67rdozW8+u7r5UduX90x/ctlx1J4uLcE&#10;XWfsiS3zpkyeMmPuvWJVPInXyqEYIh5pfXVy+YKdV/Pa4ayCBCABSAAS+HQI9HRZSNB0GDDUobPs&#10;+o4lE4d+eyGkK+IRRte5j6M6Ba/jOniEO7Ux8ocxa66xzMeNG+eGhG8bu/J2GvCXxkm7ePbUhvM1&#10;ZqNHDHXTwXUFrUcBj50d0Qe/nnsxVz9g3DCtko3zNoc1d++MYqkIO/neD1/set5CM9ZSuYyBCRKA&#10;BCABSOBTIQAszt5OOTX1v7rysX+ViZpTry7pBwIaIQhdf8SOB1Uc0OSivQbq5JEXO5XyitvzGer2&#10;R3Okqo7UPBhtrTFkeyhbWXnQQovo+n22THW5NfVoP8Rw1Kl8RVv4gl4422U3WsFVXuBImvrsOxX8&#10;poczERxN18zUwmXI1petIBwUTJAAJAAJQAKfEIGevi4Ei0CCtsfsA/dz0++t66/e8Hz3paBsEJJC&#10;DmQcSi7hS3gVBVkippp+t3dPiraGDrqwoootE6tM7TQ06V1OQF/HOwJXJAIJiVp1c42riYmJ3eII&#10;bsfjzHJViAlEym2qrCqvVrayxCAMBkyQACQACUACnxCBHi8LQaAlsL9J1TR2m7x7/4aJZsLWToHq&#10;kA+MEXCOjcXhdAxMUXLZ6ziFChCxUGmorUnC4sELDaL4TeAmFEom5NhN2/Y0PjU1Lbeyubl8s79S&#10;KZcgFAf/bReOjcgMunItRRUfESZIABKABCCBT4ZAD5eF4o6Q7f5MG9894e0dHQ01WRyhkbW5IYgS&#10;aGA9EK+UcdpYQk3f0UNbm85eDuno6Eh9cj0vx2qYfy9NRCaTylVStDsBcQdWhxIJSsd5mItHYXZR&#10;Ax8vj9ni7up4KkOOAvIWwWD8B8yd9/Viu6SLew6nd0JTw0/mEYAdgQQgAUgA6eGykKA+dMODqzPI&#10;p+a5ODv7rs4y3fP48Ex7Bjg57DtlulH5sTE+A58T516O22Z4ab6zs/P4U/LFYY+2jDIBI083NjHT&#10;V+tWH8UQ6PrGxro0tBJlNPvyteO2xWsHOnqueeG3I2JzABnEgtI2NjFQw2JpztMnz9fJL4orVEUG&#10;hgkSgAQgAUjg0yAAfXN/GuMIewEJQAKQACTw9wn08HXh3+84vBMSgAQgAUgAEnhNAMpCOBUgAUgA&#10;EoAEPncCUBZ+7jMA9h8SgAQgAUgAykI4ByABSAASgAQ+dwJQFn7uMwD2HxKABCABSKBHy0KloDl8&#10;y4Bxy65k/2vRlFqDNo4YM/FaGZwpkAAkAAlAAp8ugR4tCxG5sCEjMiy+tOPXcQeLLvm474rlCVte&#10;7vEecL7i74+fqDYtJDS8jPP3S4B3QgKQACQACXzsBHq2LASRJfAIkYD9TS8sJt9/ssyTQtTsuzTw&#10;xlSjvz8KoAIikfjbCv5+ifBOSAASgAQggY+NQA+Xhb+PUy7OvjSwn7OJrq6OufPY++Vopaw0cLOP&#10;1uAZa7+Y1F+TSafNPJXSKQc3KzqC1lHVmJpmTl4zZo60sZn6XTQbXK18MNTLUl1TU+vrB2zxTwEM&#10;P7axg+2BBCABSAASeD8EPkVZKEjeuupcrxU3klOSr8zXy98z40YdloCWC9ri23ATzkaUn+9n+vjQ&#10;9fRWESKJ+mbyGY1p1xoqove4ccJL+QoFmox03F2zK4E97E5Ofcss+cFEEOzp/bCGpUACkAAkAAl8&#10;nAQ+RVlI9thw/+U2rSd9+g1cdDoH173BCcJZoKytvO01UGr6vemU8so6vpQf+/wqFjNylB8epe46&#10;ZOxIdbEQhUPz0+9VlRsN93diEFC9Zu4egPs4Rw62ChKABCABSOB9EfgEZaG86ekCdwvPTezLyeWR&#10;e/ykr8M1AWJKpUK1xFN2xbAHqaO1EUGj9bTUur6jQZwn8C+f08EX8HU0mLguv92qqzBBApAAJAAJ&#10;fNIEPgFZiMIQyG+v3cTZ8fF86dgjh4Zp8/IiKxVoFPp3e6lU6rv1MeQK4zOqwBDzGioqRBiMQkbX&#10;trdnaGSnFnKAFOSVx9XA8Eyf9BMAOwcJQAKQAFj29GgISqVMjLQVBp/ctvN1Ovk0lW0UMMwS8+rw&#10;2i0/LLkQJWGwOus7hYhMxFVyhVKVYJOJeGyEL1Ftmo7ZN9Lq1aF1247uPxKSz1Vg0DIxD2O7eOEs&#10;49Q7mzdu3Xn1eUaVkM0RqfRsYIIEIAFIABL4RAlgtm7d+nbXWjhcHTVaD+ks2NHE0al65sZ4Lk8g&#10;6koYLSuPfkMH2uqRlWKOmDl0w5qRdnZW7r0sNWlMPQff/p6WWiCmPVnfoo9/PwddkobDRH8NhNXO&#10;xeramhDz0yR9Zkz2M9Zz93LRlLe1tfMcJ2wdaW3h3d+vtwm1h0CBzYQEIAFIABL4qwQ+6/iFypao&#10;3eseyOzn//BtLyT9cJ+RZ23PhF4e9w/MEf8qfpgfEoAEIAFI4CMg0LP3SP8pQIqxnujp1o2DXf39&#10;PebdwI76Zn2A7j8tE94PCUACkAAk0NMIfNbrQjBYss6yjNJmkVCG4NUMbBws1KEFRU+bwrC9kAAk&#10;AAn8YwKfuyz8xwBhAZAAJAAJQAI9nsDnvUfa44cPdgASgAQgAUjgPRDo2bJQqZDwWWyu6F8L2fQe&#10;CMMiIAFIABKABD52Aj1aFip5NfdnME367YqTvhtniUAo5Euhe9F3owVzQQKQACTwuRDo0bJQ5TMN&#10;g2Ax7+YnTdKReeaHUw8j66BXtc9ldsN+QgKQACTwbgR6uCz8w07KasOfP7x3796DJ2GFqkC8kvb8&#10;2xuWb/7x9KPUuKy6+vKEmJDk6sqcR/fvBz6PiGoUgyxybm1BbFhiclrUi4fBGdUcuPH6blMI5oIE&#10;IAFIoMcT+CRloaDsyeEFk9efvHHrxtVj65dvuPO8mt1RW1pRL0ezCsIjM2oK782fMnTEdzdf3bpx&#10;eef8gSO3vGgE5hUVwYdnDh65au+p2/efpFWxoSzs8bMbdgASgAQggXcj8CnKQlbSloWbauccCX76&#10;+GnQvU3GIV8s31tvPuyLacN1Cc7zDh370sdRg0YmYsSOc+8/eX5xti7y4nwEB8HhCCQyimI3dPO1&#10;O+cX9TUivhtBmAsSgAQgAUigpxP4BGWhuDAxQSELCHAmgMFRUl0G+ErE8UlVfJlcqlDKhFwuWAIq&#10;FQqluZslTSYX4tXM5KgaNgucPSrkCqyRvhGjpw8qbD8kAAlAApDAXyLwCcpCDIH4yyhNSjQGTcJj&#10;gaTrilz4Jsm7IxsqFHIEhf0prJMcpL9EEGaGBCABSAAS6OkEPgFZ+Ov4hViHvhMIpMd3QzvA4KAa&#10;w269oFHH9dYnkLTpasYIDg8CTmBRCDSs6OlTF7YfEoAEIIH3RqCHy0IUCMDYlrx3jLnF6zRg/ZUS&#10;keuW6NvjozZ6mFuYWww6Sv8+8sXXlhjE0MXfVa9o3yTHpVeD63kYmVTWJQ+VMolYLJGDz0q5VCyV&#10;yBRQTL636QULggQgAUigRxDo2f5IlXIRu7VTKJf/JMCwFIYmg4ZDK4UtTe1iIO3QeIaODg2rGgyF&#10;hMvu5PAlBDUmQSwSoIjq6lQcIuN1tAmVdHVNslLA6eRIiUwGjYDpEYMHGwkJQAKQACTwXgj0bFn4&#10;XhDAQiABSAASgAQ+cwI9fI/0Mx892H1IABKABCCB90EAysL3QRGWAQlAApAAJNCTCUBZ2JNHD7Yd&#10;EoAEIAFI4H0QgLLwfVCEZUACkAAkAAn0ZAI9WXdGLs5/se9hBoLGEilUvFzAF0jkiKnv7LF9zdS6&#10;FEffZ1Jw6zJeBObTBo4c7qD5ZwWLqiNevKwg9ZvQ30Zd5f0GJkgAEoAEIIGPmUAPXhcqgWmgmM/n&#10;c2pS7n2/ev3J8FLwhS+SyN92LvPe2Cs6CoK2r153Mqr2HYrkpZ3atGThgag63jtkhlkgAUgAEoAE&#10;PjCBnrwufIOuPWbfyL5XHe+/vDDJ+F/DKauNODBl4EXj84F3Fzj/aS2t2XEpjUQXXxdDGu5PM8MM&#10;kAAkAAlAAh+WQA9eF74BJ+XyRXJgSC8ATre7U8OTpbPGfn2vVqaUCUqvrRj35dqQTkRZ+fjwgqm7&#10;jp5Zv2iaX/+hw04mtAPHozJe8qHR0784cOfC977+/Qct//F6pai7kJLzX07s6+fbd8ioh9W/HaP6&#10;wG++HOTn69dv0OU81TqU3xCxE5Szc+e6iYPXnHqUnpr45FF8lSoGYtXNGZMnbA16eNDXL6D/tJWb&#10;UlldpYkKj34/r3+An++yg2e2T544/mwe9HfzYR8FWDskAAl8xgQ+AVn429HjlYc+fxpdzFEoldLO&#10;/PAnr6KqRIiSXZ0dcu9geK3D3HVf9ypM+mHn7XKRXCFvTg++8/hqovbMvYvcCME7L95JbQOC8Oz0&#10;uWsrzb76Yc8i++avpvyQJMECH6aqhALrvIaHaxYtikSmfLN3Y3/F99NWv2xVyIU1icF3Xr5o91q3&#10;bf5wO35i8PW7MRUsCYKwC4OfPjpwhR2wZ+M8p9ITV358VARCC2ce33/wVIXLF9/vHSY8cPJh4OOc&#10;9s94FsKuQwKQACTwYQl8krIQhSWSCAScqm8oNI5IJBJUggyNwmAJlo5+g3w9xg8bqy8OTSkVSoGT&#10;NixC1fLpN8TWf+joPsbCqtK8dnZZ5NWIJP+Jc8YMDpi5ZK5JzvkHSW04rKo8NA6vbEy5/eqFef+x&#10;E0f7j1y2yKnq+q3oOjQKjUGYJn1Hjuvj42imS8FhiUQ8Bq2qFkciU7z9B3gGDB42tJcBpzy8QopU&#10;PI6J4noOmDN2qP/o+esDtEAYDRR0g/phHwVYOyQACXzGBD5JWfgH46lUKlFARoIuyxECgpHJVQ65&#10;VQmNppDBcg9saGIwSqVcqZCIFRRS1Kb+ulpa2n7fZ+EVMcU1WJVgA8IVhUglCJmWfXKuDfir/bI4&#10;uSSiuBoNroO7QYRgVaZfb3eiKFQQGVgqRzA4JUaOsNiNdS31phZGTBIokKJNRXeXDRMkAAlAApDA&#10;ByHwScpCsAJUgni9KAwaA6JQABH3cwLysDs6hUqs/eLyW5lQWKxSIBy4I6SiqaWhtqqiNCdinjNP&#10;/CauIQYrF3Ddll/Mrm1pqquqqK4oWOcr7dZefV36b4byresgiCJdTUdXU6+mppEtBLeIOaLuNsEE&#10;CUACkAAk8GEIfAqyUKmQSxGJ7M0qD0H0HUdqo1OSo7NzMtNjYvMlIENXSCYQnQnILJXcUcgkEqQr&#10;lC/4iEhAoCaVIAPliCUSkUjNesB0d6ewF8EZOYWhe4eZeQx5UIPFolW1iEUilIHnJF///NiI+Iyi&#10;lNMzLJw8z+fKUSgF+OtriagqVKoqVFWVUi5RVdv1EVQrlgrFQsR6vLcPMSH6UWx6YeKtA7FckfQX&#10;ovnDzAVYKyQACUACnyuBT0AWoohMY1cvd2sd8ptBJPVftGXgoJaT8+asyDBYMs/XxVEXjyAUfStP&#10;X2djBjB+RzHN3Xt7WauDfU+MurVXH3dzJlgk4tWMnHw9rfXwIsT2q+Cbu0gxq2ZP3vAMtf5a3DwL&#10;OYpq6OLlYacNNlONZp6/csK5cf+iSQsuN8w/n/y1BxZN0Lb38nY2UutabGKZlk69vW20yGDHlGzs&#10;3dvHQdUANEHd0tPH1Y4pR7AeG3/4eqHG8x/mTXpOWRVApWnicXBt+Lk+hLDfkAAk8MEJfAr2hR8c&#10;4l9vAK8qI6u0k+E10FENkd4doT2duL/pwULtT+DN5K+zgHdAApAAJPDBCcBf3w8yBPyqFwdHDeoz&#10;bPZ3hw5tPJtlO3mitzZUn/kgQwErhQQgAUgA7Bb+Stsjt7bByUgfkvnXCXAK79+9n5zfKpSiiO6z&#10;d37pCVRKYYIEIAFIABL4IASgLPwg2GGlkAAkAAlAAh8RAbhH+g8Hgx+9Z8KEPdH8f1gMvB0SgAQg&#10;AUjgwxGAsvCfsW+LjlGOHo3ExADHbTBBApAAJAAJ9EwCPVgWykWlp6fY+Y7cky5+zV5Z9njRSLuB&#10;Wx41CP7qaEhro45PtBv5XVD5/71TmHdl48Bec04nN73OJuqQmgwZYiLteO3R+0/q5RQ/Wj1//PeR&#10;H1Zyytvzbsyz67/4Vikiy9oyd8HqC6mcvwoM5ocEIAFI4BMi0INlIQara22FT0i68SIduG9Rpbaq&#10;qIyEej19EypQREk/bGu7O1MhKL6+yWPolTrV35tfXr4f/Kz0jf+Yt4dRKeE2lxWV1HX+f5mmELbV&#10;FedVtPCBbXxX0u9n8rxv3+emfd9F30jWkfb4/I0Mibul+oedQjJhe0VRUVUzD8GYeWDLb1y6l1b/&#10;5oXiw7YM1g4JQAKQwIcg0INlIYIluwyfbMdnRxXXddmpd2Y+LajEDRnka0IH9gmuS2JjFpvxZLqj&#10;14cGzjJQsJMOfbt85bEEmVwqVSBKqYDP5XA4XJ5A0uV+BoUCTrqxGIzKW6lYwOOLQCaQFGKeKhuP&#10;L+iWoMAFNxZ46VZ5HwVJLhCqTTgaF390kvrrAMIgvLDgTbk/O8LpHlkpqzouJNbE4os+RqAWpVj0&#10;ugX87haoIhMLhGKpWMjhcnlCCfAb3p3kQoGqEVyhWCICObobhiikXfdzueJu/zk/J6Uc/EkoFIMK&#10;QP94QqkclMzjcrl8/psyuzuLliMotT5T7E2KIuNym96I9w8xDWGdkAAkAAl8UAI9WRYiaKKZrQvS&#10;Vn8zohrIjfbc4KJ8jq2FGZOKgPVb8CZLR2cXRwcrR9dRVzM5BcFnL9yt5qcc/3LW1sdFhQ/WOTvY&#10;OjjYmxowp50rFikxXcINjScQuNmnBzpr+X7/tFkgYeWcG2lsYWtj7eDqcTSZJ1N55u5O4H9xR8Ru&#10;OwcHF3fvXvZmdttCBDJEWhO7Y5armZ2jnammw8zdyfU/yTOV8GLVxEUn61nP9tEBYROL788a7mVp&#10;7+RooUf74mw9XyHuCJ5PM7KfuXPXKltzAy3vqd8ntgMhpxAlHXWwsjCztnGY8dVsXw1rzzOVQJLz&#10;i66tm2xvZmNrpj9u6+Mq/ltrXRkr4cgkNbc+K77+bqaNqZaG8/Id+1ePGuJspk+lL3nY/uuFr5ah&#10;t6ZmRlRykSrAFEyQACQACXyWBHq0LESRGX7DpuKqam/HN0j4+VF52a0BAX2sdAkIP+XHIymLjj97&#10;GXR/5whi1v4VEQYzv1s905jY55ugsL2T2cc3XFMfvTc4qfzFTo+2hzcyZWiw1kNjFMK0qwvXn6ro&#10;tevqtxN12Pen+awq+zaiobHpwRKLH2etS5IQCV1xKFSBnpDic0fCR2+8GhT87MSXls2nFt4slecH&#10;nbmXpL/pfnrW8+0BrZFhmbVvSR4Jp6q8hUZ1NwDbqS2hVx4Rey259So0cOc4jYfL9kRyFSColJIt&#10;a8RMP9+QenKhOCjsUVwdoqg4svhgm+W6xLrGqm8NIwpQOBwWr2RH7V6x9BluW1ZjQ8Fp8ZUf9j0u&#10;Fr7lwg2DQclLhALvVY8bI1cMkZ3fE+d5Irwy7aAJ7frMvfFvez5V3aRrpKeuVVRZwxdBL3Cf5W8A&#10;7DQkAAmAH/UeDQFNovceOg1X1RqSVVCeVpzDcvfr46oF5BTVfdmR4yMqjwyasexgcC2JRESDwBUq&#10;790KmQgcLjLMrSipJ+a4+iwq7nXsxOG1fXAKKZpIlRdd37f9bpLhxq9muGggrOToFJTcS1YaFPQ4&#10;j4PDNYQGZTbjcd1BmUDwC+u5+45Pl94fP/uL728WYXE4EHiJaWCKa45e6+u5KMR06YFLq4aY/WxB&#10;r5BxG2vzwFYscPGNaA9YvmOFL3fPqvlf/BjGliEgfCGIcaFAaGr+/nYIgjNQ18G2d9QLpI2J9zrb&#10;3Eb5GaAQlPuUjR5KmRItlTVnl+TQmApWYlBQSisTKX4WmcF+SxgqFQpEk2FgpAFAWGKpSB93By0i&#10;oqbbG40ndUVh/EVS1+pFV2usa2T9MqJHj54YsPGQACQACfwlAj1bFiJokq7H4FH0poaX0S9KSmSe&#10;7t7O+sB5tqTk2jQPt3lPrZ6nZdxa6yjoCrekBGHuwaajEogiu+X7vlq/ZNY0z6LV/h4u3isulrOJ&#10;GPAHkolNL3t60e0HCfVypCsWMJIddO7UqXOPCyiDl84zJYq6QzOhsARFx/Ol/VzGnsNejkx9uctf&#10;BiJToNAmQxfu+/HL2dOdaw/P7OPV74uL8Z3iXx3mgXtxiDDvxJIBfVe8nLDvVeatRTpUlOJ1xEOl&#10;Ekjs7qaqjibRYj5HJpUyaNTXwRNfj60SjcXzanIenj916nQseei8/h4G+LdiAavuppCsNWngrBEc&#10;jSJyuSo6BwjD8ZemBsz8dwmAc9q29k6B+BfRwv6oMIUqZsqf5wTzSyqTvb1yB5E2hXxwGPwuq3ml&#10;VBVhRdI9y8BjIJVIfx1j8zftAw2TgqP1Py0elKaKw/KH+cC8E4tVAWJADRKREByJg6wKuYzT2dHR&#10;yeluvlwq4fMF3eFipCIhOK6Xg+rFIg6rs729nStQbVmA5oAuvOkuCMYGIspIFaBwETgxB9NbCQ7F&#10;wZF615MuEwrBKbyqaImI197RweZyWZ2dnWwuiEMjfsNBKhZ0tLex+d1aYwqxUCQFIUZBHFNQIgh7&#10;I5fyuewOUH17h0p7QCblcVjgC4vD6451A9MnRqCHy0IERdNzHzSBnnrj9ImnDX16+7qqAkIgnJzk&#10;TAwyevcmF1JlXHAlSrVmQ4h0PEEdRaBqIrLiWynU/huu3/4fe1cBHtW1dcc9k4lO3N1dCQnu7k6B&#10;lhZKgUKLu1MKFHd3ggeNEXd3z8Qz7i7/uZNAaV8F+mh/0jfn6/teuHPvkXVln7PP3mvFpj9aOsJa&#10;dvdKZjcWqZTALIesOHph17Dqp/tvZNLRls5mErXDdw+eP392f++MyACPMV7WUu3bAkei5VUF+RLN&#10;gA0bow34GbfKVMA6yeUNeVnV5p+duPH49ZMTUyzb4p5l08VvXhs4AqunTwWCv2DZSm8sorXaTl4y&#10;J4hQ8zAPLOm0MTu/LsAukmyCAgl6eWmlUgQM3lEY1wxDwjVIhJ4xnoCwHrTrxfPnT0/PHuw/p7+v&#10;Hu6XNYAv5a+t8O88uhJxu0xK0tfD/VYf/mWP+z8wHE5H1aWjB7bt2HnxZiJd8OdGjl1b9PxJ/p+m&#10;5LSUpqTmlIjfCXBSSllZr7LaWO+TP6TurKnIzqmVaB8JCac55UlK22/tD4MoKxadyaSzgDHi0spe&#10;JycyJX8SUyXntSfff9Uq/Hm3GcRuCbjCXsMLg0mZjbcuXs+qYypFLZcP7r7yIlcJU5ZnPNy/Y+e2&#10;zXue5zeCN6oh49HaVZtjk2tUMOnzcwe/33yquouRdvfU+vWbd+7YtvuHEyU0ZltFyukTd1t6N7wV&#10;RfGxF+++7mZUXzp3s6xDouDWH9u86W5aDRggozp136aND3Lbwd/1uXE/7Nyyfu3aDRu3nrz1JDsj&#10;8fKFe41cmUrc+eT66a1bt+0/fL6KKYDBBA8PHb71rBh0Ju3mudgX+U2l8VvXrd+xa/ee/YeT8uuq&#10;s17u3LBx+66dW7f/8Dyv8T3frX/gedM18bEQ6Ou2EIYgGbl7h/G5NW1Ma9+ICEhSCXgGAyZOdYbd&#10;WD1h0YLPH7ToG7HojV0wc39/J/OaK5sXH7lfwim7N3PSqPmLlt8UybCDVu4YaCsUCPkwsYBkGTpt&#10;2RJC0c51pysspxzaMbN87ZgvFs4dOm7aoaROgUKjlol4EoFYIkU7jprqi4/fOXf+wikX64hUFquJ&#10;KVdLm+8f/GrghMVr7iQ32gzfMHeoBalngxHYT4y+vZOzQNbAF8EM/Ub29+U82jN/4eQtySxDOayp&#10;g6EBATEwHl/7tVMrJAIZD4oqxfmtXTKW9Xzv7HkLv7haqNbANXK5Cmk2bMmWifo1349b9MXYAbP2&#10;3qmkS9+ZqmqUUiEMTIEhq62SgWEJJNCEW6MQckHnoa8zmHILYDyhVAmFAnW1VrA7XRxsKfg3Xf1Y&#10;D9f/Xj0qYfujmyeKRPrR/QNZVYmXHqf1zoV6aH9/S+qZ01ydnFShXZto3QG/Km+OdVXn5BVVSrRL&#10;+56TECiCnYutARGa/L0tvyMmjdA3Nbe1MUFrQ78kPHpucm43/x3r9aYVhYhTllOQn1PYxpSKumqz&#10;szK5765u36n97Z9qUXfey4wusXZBpu2/UkB7eO5RM7/Xvss4rXH3H1W2c0sSLp6KS4CTLbrynu49&#10;fhftGBTkCD+3f1tqtaCzOPXY6Z+epBYLJOwnt2+eOX+7nt6dGvewhIWLGBDOKnz808XbZZXF928+&#10;b+f2LOMU1RkvY1/mMFkN927HNXFEWQ9/PPe6hkAB+wKw8uSHF05cvv0kD/TGyMo11M+hpTi9E2Ec&#10;GuwtqM65cft5l5AXf+XEtdQm/34xuM7EHw5e7uIL0m8c2nniUjNHVfT8zrPUsobSxPvJjR5RA6Kj&#10;wp0siaVpLxPLeGGRkXrM8nPHrjSDjQ1d+XchgNy6deu7I6LzBVR94FvrOwWO0jNxCAvoN+KzqaOj&#10;PUy1yyOUoVt4oJejpZmxtd+EZV+N6xfu6eFqZWXj5goCKw2tfEZ8Nnu8qwFKj0wxsQkc9/WykXYE&#10;JMnEza9fdKSHjYmVh2eIm7uLh49v4MB+QSSExtDcd8i8lV/P8yBpMIbA4kb1D3U2N3MIDvRztTY3&#10;MHEfs3LZpP79PAN8fP37DQtyJKJRhgZ2oVMXLRrpTQarwN6CQMKlxU/Olahipozx8/UN9ne0olBs&#10;+i9YNH3QoMAgT0czU2vnkIFDw9ws9DAkE2f/qOgYPytjPdOIQdGBVsY4PdOgCNeaW9lm076e7mtq&#10;4d0fiC5i4PpOkXOXrZ8dbtHzmYMKHEk0tveOHBjj72SExxjYeATH9A93MydiydaeQcMGhnmZk9B4&#10;IyfP8AEDAx1MCKLqW+fO1gfNWz7G3/TnSvrO/f+ketpRmpmSx5mz7OsBIUFWFFFCfAHV0YFfm/H0&#10;5euCVq6KXvf4UYrGyNbCkPD2dvFbaivbUP1iLF/H3oh9lkJXEm2tqRjoKdawO6puXb+WXUm3tLOT&#10;tpcz4OYOBspXabkqmCo/Ib6skYlCa1rrWmEUE4KCVV5WxuqmXb12h8bR2NhY41BwKb+7OKcWZWis&#10;ZJTn5FZqyDamJFHS4zv30/NFPFzggDBTPWjmyGspuXjpRlED28rRkYySl+SmFDXyXQK9CeKWui6x&#10;h4tVTmoyF2ui7iy6evlOu4xgZ00sSU2KTy7VNyEVJD16mJTFpCNCx0Yp67KvX7svxNvimEU/7L+g&#10;svcKcrUE45Bx29Nzagwp2KTkrIBp61eOc7nx484KTOTODYvCg32q7p8pUZk7YTm5xV3uAwKCbMgv&#10;8/MQIsLQyYMZufl6wRNXzZ9A4Be9Ku92sbaiNfL6jxlqZQAkSJXV6akNItNBUWYFua12FoqLd7On&#10;bzgwv589TNT54N4zsqsnXKoOHRZlYWzu6mjWVFbhMHjmrIEBvNr8nFp5ZIjh1TP3PSesWD59sKsF&#10;8vap6wYBEcLKrPxmVlhMf3lVOtvQ29OEm9Vttm7dIn9He1MDfFVuBpMc9P3y2dao5ueJ+a4Dxjga&#10;gm7oyr8Hgb5vC0FmhYGFm6+vr4ut8Tt+QpKVh19QcHBggIOlpYOnqxkReCeJFg5egcEhruYkGErP&#10;3TsgJDQ0JMjf0wj6ImDJZi6+bjbQawYn2Tr5etnqQ4dJtv5B4KxAH3dTHPgngmBi4+HjRCVBv+HN&#10;XLwDgkNCghzNze29Pa3I4MVHkM2cgkC9ocGBDqbYX666UVisqDHzYZHh5PmhpmQLZ5/AkNAQVytL&#10;Oy8vBxM8AqVv6+vlaqEHvpJoPTMnH3drYwJCUXb8q7XXUqiLf1wyzI59Y+X5qomr1veHImkIpna+&#10;wVA7buZ6v2gH2EJTB193YAihYRnbufo6mROBlUPp23l5A0MIbXcSjB19PYAhhMHEJReOHK11X7Jq&#10;lq8JVicb9d+92aqasoJygfnQKD8CGoZSSupzCjQEbOrj2y1SQnPm67ouiaS1ooqJDQxyxfdk8cBg&#10;3KbK0mako1HXgyeFOLQsObXMOSDMQh+jlvKSblwvahBqlCIh3tJU2dbWya7IL2hS4k2kFddu51Id&#10;rMpeZVXU5/INXUzUtMcvU2rSSzn6+pyuDrS5k4MxUc5tj7tzW27iqmjJunklnoc2RvKLXiYWKxTs&#10;NiYqfGiMGQkF03CenjhfIUfK2Z0yI2tEffyTpBoSTlzWqHFxQrXUNHU2taQ38Bys9LLuP2jlKhqq&#10;24hm6IQr52gaR1N55dOkSphaUNupDO/vlP/sCUuKKCmvJRuSG8rqrCNjgpzMwJMp53YmxSflZicX&#10;VMNnLvrCg9J59fpVg9CpY0IdUEgUrz41noV0x4lLakQG/u6eRHFZXaWUjg8f25+RndikMvdxJyTE&#10;3pcYB4TYIrPzu6J6baGiIuVVOddwULRVxvPkquxXhQ2GX3+/2IqE4HUUXHpcNHTi8I6sdIPA4c5G&#10;aCW3K/75K5hVaLSPTXtZRkaVyMVKmVXTPHDSTE8zsLegSUp5JjFz1rR36ltZYg31JI1lXJKbtwX/&#10;2tUntVUV6RklJGsXFa0gq14U5GNXnZ5WzTcYPXEolfDzPPe/e2x0V38SCPR5H+kngeL7dQKOM+s3&#10;Ybyt8sbJ16z3uwLYb7sYf9WrB99EOLm4uk6857/17pc+H/Oe8UuvJfFdx02IdCbpDOH73hTteWw2&#10;u7gY2JV3t9M0arha9eb2IBAoHAKhlCkNbFynfj5vQjDVOXTINwuHECR1bOkvcjlVSgXFI3TG9DEe&#10;jvZmaolIALavoFAntUJhYGQV3D8sxMMMjVDmvHyYyzFc+NkUUxTa1i9m5LBwElLPK8S5ubGxo7nZ&#10;yNXDiKC2tXAdEBPtYQa5dggGJg6exlXlRd0ShEtQoJGMnlPd5TJ4weovF3pS9cFuNDQMNfC5y6im&#10;dmEDBgXa6JcXtFiHzlm1ZAKmubhbiukoy3qYyZgw73NbNaNV5fjFmuWDbVHNZU0oksekmTEdXQzL&#10;QfPXfz0vxMqUVV9dWCGz9PJH0ErbpaSQsKHRQc49PnckCi6kt0iNvAcF4F4kJPBlcAwc5A/9DBPw&#10;rILBEsmGeJm6uq7dmmxJJCJVajgaKct9emXLuq0lYpuFc6aZocFmvebdpxT8Aw2Hc8vKYbaDBrmy&#10;7zxIBE7RzpJMlpwa0C/aCMfMKaiGegCugYPy5vaCYDKw2QCmkz1H4NpsKoiBA+sZFoXszC1pleDQ&#10;cCXYrbf0mjx7zsxpo92s9MG+Ai3/6bdfzNhws2LsF196G+kWhR/0uvSBkz/md7UPDPf/uYsoi36L&#10;Y+/f+z6Y8r4dQeh5Ljrb0FaT/eLZ06fJWXdWhBpD69OPVkh+m+7EPtw62gIkdejKnyHQsx/W0tJy&#10;8uTJpUuXjho16vnz5+9chDIjU/S5TRwpFM/C5zJ5OKq5hR4Jj8ICkh8i1oBCUCNhaGiDD6AtLUrO&#10;bGgXg3QaOFzDaa15/vhZckYWQ6LGYSCvA5JgNGjWLCtC57ULV1/nNslUSLDfTNVTdrSxgQvBkGyI&#10;QYKgSo21W7S7oup1KdfLJWTGslnyomdXr94uprGhXmEonu6BiqaiRh7eydpIKQVmD0RwYVEoAgn5&#10;xh2OpI7/cpEhvSL20pXMsjYVjoghk5BILJmkkkpVCIq5o4s+s4kmA8FdBCIGjSIQ4XCVCou10sfJ&#10;JUoVEo+BYXBENPCAqDmdDZnpqWTPAFdLvFDQG50JWVuFAoGnjpn35RcTgyvibmYzUPZWdu01DSIw&#10;H1BKa6vaHUztCGiERs/UC8ktqhCQLT30sAolmAmosBHjF/5w/PTZ4/v7e1BB1CgIrn7HpkEgKpQy&#10;hIHzuHlLPh/l9uLmlQKGvDK/pLq84OrZszlVTcUlFSCDCoSdvXtjQVS1iZ0jWa4B6b7gOI/RyGVq&#10;3GysQEAqxsQFrCMzC2pkSCyIviZQbcNjwsNC/E31sWKlxn3AzLXLZpkjOd1sri6Q9M/elb73u84W&#10;/qP3DHgnjUwtTYgfEqWCJptb2jk4geJgDblwP2pB4IyppkYkMFPXlT9CQC6Xg4Xg0aNHR48ePXny&#10;ZGAI79y5w2QyS0tL373Mwt2Ngq67cj+e1lIe9zRRYefpZkkQ8cUg6F8JEguA8VKABUhvakR5wvXY&#10;h4nF9c1Ie0p9cmor3nvm1EEYJQt8dkGdSjEzIzmX6j9qtKddfXU7yNDwjhgyxtf8dVJaJ1+uDXZR&#10;SyRSrL69haIuuUllZah89bQ8eOFCF7yytL6HOx5hZWEs6CxvUhroE5AyLMnFDMeoyisuSCntpit7&#10;VmaS7vjHWQ5jp0Q5Uiqa2k1N4N1l6Xl5xTSZuRFRSnX0mjYkpCk/o42HpPAaCjKLCpsUeBNDuEog&#10;Vup7WehzSvLzcvLzWtvQFDP/8IBZc+cF2jngcCipuLmxxx5DgVqQzSQSiS5hkVR5w6NnVUNGjeBV&#10;v7r5Mr88KTaLRRwaMxAjFSiQFCq5Mz49A2dhDBcI5Sq1XKYARtlYX59EhB57kCkh5DDa2prb29q4&#10;PJCAAVJRwFlKtREFTyZ5DB5JaSuOvX07vrDSOrKfn4NzhK9De05iLROGRGrkEPZQ3BFIjRCJhBgL&#10;/9Eh1mmP72ZV0p4/vI9w6R/lYSEWsIUq3KAgP4SAzRGp4Rolv6ujrqqttaWFzeeDQchUaL8hc8YH&#10;Gdw4eq6E+aeRv7oXqo8h8C/YL+xjiOu627cQAGlphYWFJ06c+Prrr+/fv19TUyMUCv38/ObNm3f9&#10;+vX+/ftjsT9PUJA4QxcXp7pnt87efomzjf76szF6cD6bp7RydkOKWDiqqyVZw5Fjndw99NAYMyvM&#10;y4dXcluNv/hurgNRmR0fm9nM9/b38fB1NyMTEWi0kt948dyZRpXFnM/GGmvYYoxlvyCHuooSJVzf&#10;3MrOycGA3Smw8XEzxuqZGzuHhLnyG9P3HbtBcYtcMGUwGQfNt+BYFEKq7+PtaYRTSNCmMdH+DekP&#10;n1azPZ2DgkM9KeAcNEHDqzpy7Dwd47hw/lR/V7PChDt30xgTliz2IklZYmRgWICgo1Jk6OpjKb5y&#10;7ibef8C0Uf7CLqGZm3NAkGN9wp24snYXx4ABkwaaShtOH7kgsfQdPixIUJeS3yIOCPXDw0Eos6Ct&#10;i2/nE+Tl4oKTdrTx8UOnTvczEDy4dvVVbtuEFZsmR9hz2ppEeNuIANNOGWFkTKScxXePCsXwWQQb&#10;nxBfm56Zo1LEqi7NzynKSXgZz8IY2wDzTrYN9rdkdIk9g4OdbB1witbSdpYBynja8nUTBoZ62+nV&#10;t3W5Bkba6Gva2+lmroHe9qZCVhdbhg+MjorqFyhsyLhy9VYn3GXFhhUeVERTTZuVV4hvsKOkk2Hu&#10;GernTKrOz8vPSklISRPhzRyoFDWW0i/c38YIVtnUYuQU6Gmp37eeZF1v/xiBvq1rD7hc6M1MpaGZ&#10;pSF46QBVNquzgynAGtubG4I4ur/n3qslrO4uPszIgkrGqji0Njba0MZCG2fz14uU1djBB2E5Znof&#10;smD86+3prvxTBIAnraOj48mTJykpKY8fP5ZKpcA7Z2hoOHXq1IiIiEmTJuHxP3MK/bo2kGGnAjmj&#10;gNfvT9oBDEFg56qH6l0NGBFAWNMvszw14CBEuvCLiiAiht+pWaVUwYE/8w/aBVtzGvivzgBXQdQO&#10;2nAe0CWQgINE/MJjBBaq4DewgwkHmbrvVA42+kAyz5uTQWdVgLu+53dQzZuR/RIE4GjWOjpBMr0a&#10;kEZA4+2p/n0K1ARYEsPhyF8B1XPxm7p/ruoPqwYZ/8BrDLKPf6dpQH0BVpOgOYDNr+5L7yDep8+6&#10;c/oIAtDG9TultKX9V0c+4X+qeU2XR8BwXmsTFaCXUvqLLQOpCILlgnO1bOjA+xc1SJJq4ijf6wJO&#10;/DeDCZhhR/NZGk3lDhM8LOJAPfR6/jcl61sUAjP6fBeoQyXpqqvKq2Cq1dzK/MraTiHYE9KVfwwB&#10;4Mhsbm4uKSkBq0BPT0/w0UahUFZWVm5ubj/99FNeXh4IqfjHOqNrSIeADoF/DIG+vV8IvlQ4GJGA&#10;x6Ng0tJbK789lEVaeDz18EJngw8Jd1Z3Pj+6b8dxwFTzPgWOBMECRBwamnsj0AQiHt9D1vbfFAQG&#10;bKf0rGTVgpqUhDuJnSA+Lunmq6QKuo447b9B9v2vBZ7Pp0+f7tixIzw8PCQk5NixYw0NDZGRkRs3&#10;bszOzs7Pz1+2bFlQUBBYILx/nbozdQjoEOgrCPRpH6lGQLs5z+7b7q3Xz/bP/HrpGZbHytM/LQmz&#10;7Im0FJWcu5TAEWtQZLuYaZP9KSDrtyP3dXI9ydG2paK0Q4QgRY7/IsCQlXJy8YLl9yVDVxxYOc3f&#10;VFFRIyBTGE1VSs8JM6PsNcVnLyZyxRq0vn3M1El+oBJu8ndzpp1H7ki8uNifvs+u3zanTRWvltn/&#10;wi3Fy3n5NLOsXYnEkUMmfBFp1ZJ+JoUWOXGWJ1CTEjQVvHzZbDJ4cLSTwZunJHcdZfDpIceq7841&#10;BQlfYEsnoYApRJkEDhof5U4B315xzbWbCd0cGdYl2B9W34GIHDHahQRTtGU+j8uqESBwoRMW9rcD&#10;yYK68sEIiEQiBoMRFxeXlZV169Yt4NkDC0EqlTpmzJiYmJgRI0aQyeQPrFQjETJZfI2xiQkIzYem&#10;N0qFTKZEgqwIpQaLxyJ/z7/5gc383umAH1QiUmCIhP+kYf+tSzQyiUiDwuO0pPNKuUSuRuBxH5Jp&#10;CpF/SpE4AuaDOfzUUrEUuGulgPuJSISppAgMAfM7nQYdEwgVRIoe5k/9zh8Oo1olZzMZIPQVLEFQ&#10;eD0zM1Mt1wFUQOYJkBRFgXun0OAIuF83rlbwuCI0iQT6/eHN6q74tBD4r5c0/7/DgcPRcHFL3N4F&#10;X2xOriIPmTL6jSFk5x7+/rM1V0taW+vL4w+v+Pr03QYF4Kq4+ePiWYtPPC1o6Si8/OWXXxxJ4wLm&#10;M64AkJVqeEzAp1zx4PjSmZ/9GJtR29rJU3RmHPp+wZprpaCS0peHVyw7E9uo7KXs/oNhc4sub1m+&#10;/mRuO5+Xf/nLJYtvl/A56UfmzV9xrxms8fg5t7Z/vvZQAes/OZzgSJiSnnfp2zmLT2cyhM0Jm5dO&#10;23q7VAwTF+9YPee7S4XNTeUvjkyfvuC7HakCmLw58eTiVQfuFbS2Jp9YtvynlHaI8lhX3hMB4OoE&#10;S72CgoLly5ePHTt2zZo1N27c8PDwAIvCnTt3PnjwYN++fdOmTftwQwjTSNhxJ3ZsOXijrLKxua6h&#10;o5vLbq19cPVZdlbqw7vJ3UDl8o+KWsBmdjP4Srm0u61bLP1Toi8Fq72TA2Un/FxkzNpbJ2Lr+NrE&#10;R5WCBXogALxlsq6mprqq2rYO5i8qVfNT7x5PrOjuub4h427s01ei9wRRe5paSHt85WhhG5QT+YGF&#10;H3/lXkpeWW5Kfmtbd/z1Y/lNnF/XoFELmAwmG0xYWjMS8xk9HHR/vWj4DCaDwf8VtzajKmvH99+v&#10;3bh569bNBy/dp7/Dp89vrbhzPq4oPzP2KqBm/Q8WUiU7Lz6zsfsvjP2vj0F35d+EQF+3hQiURtCW&#10;n9ghHxgVJbl1+PyLFu2L3Jn03doT5PUXrhw5cur8oUWW2ev2HK9VEQkkkh4O4zDg+207Lnw/0qLk&#10;/JMGtPngxV8GwEiOE1YtnzXCDgfHoKmBEzcdPLRxtEHh2jXHKZsuXgaVXDg4n5q5bt+JWhWhR7Xp&#10;9wtKz2Hw1u0rQqwQTKGaVPbsVY3YbdrqIGXq2Xt1cklzTkaBzfB5U4JM/rMGEBKBMXCd9M2mFSMs&#10;mRwxqq2soLRR1pGz6Xy80+ydV48dPfHNCEc9gp4+CSFvij28K5sy8OiNI0ceH3bIOnb2ZX2v4P3f&#10;9KT8K6oFyz6QCAHCQYEvdOTIkQMGDLh48SIIDY2KitqyZcurV6/AAnHVqlXBwcF/wQr2IMShtza2&#10;Gk6eOZEi51WU13TR+XKJpIPWzWGz2tuYMhUkosDhCiABsXeKXCLiQ/TWquIXT2/ezaPT6u6euFNV&#10;15uWAE4Eqz0ej9ujfaFRqsVCAWCZBfrQL85dSyqFpKxVCimPy5WC+hXitqZ2oVbzQSXpfHbhZmp2&#10;M7iI2d5WW13fTeeDUBWw3AEiDGI5UDFRstoa6DxgLNUSmVTAauvq7hCApHYogAYsE6VcLk+mfbAU&#10;cinQgQC9loIr+aK3khkahaSzBZBdqzUquQhwCICNexGf3yOGCeJ0lDI+XwB4usFaFahIQPmZQFAC&#10;nCEELao6G5u7BNiQQeGWRoi25nouRJarFEkgxlHQCCDMBeoRxc8e3LqRjafaRQ0KMsWjgKoHj8cH&#10;8hmgKjAKoYAnkvaQuWokAp5Q0qNToZaJRT31QKocIFcRCvEByEhzH8fFxuYIfjlvZLezSNSYbbt+&#10;+PHHg+sXTzVCyMGecM/NkQq5Hc2dPC67o5UOMmLUcjGX+45OBcowZEiEI7VPkVb+K17kv2MQfdwW&#10;AtoMGMbaa+3F++d2fdYfmX36/MM8PvAplmWWYZGh/o4QZCqyc5Abj19c1i1AAXEkvK25CbBmKqwl&#10;HMcQCsAbLAZ82BqVFBhRkK6k1uCsqMZQOrSgIL0Mhwzxc9BWou8c7MrlFZczhKg/iVBVCrvqbp06&#10;kUIjObnbEQgwDBKOshnx3XS36sd300tKsgoInsMGW/yWQQUahipRR/KDGzfv15t7+VIpcDQOxy3P&#10;LlXJI/t5A3eb0sKrHxVIL8GVCh4LJGCV3lgwYODAQWszGR03Mytlv5D0+Tuelj5cJ5/Pr6+v37t3&#10;78KFC+fPn799+3bgHTUyMlq9ejVIjbh06RIg5jU3NweRosBH+t+Ms6q0+l5aallpbk1dTtzz2Nj0&#10;zG6hnIDHoJBgoxkLl3MfXDj8/ap155/nvf0gy9gN147s/G7d8fKOjqr8pMcP7iakJL96cedlaWXP&#10;OkgjZT25+tPqb75Z9+OVqq62F1eu/LB3y/e7j+WV1WZnxN2MjadLmfcuHPh25apNh681SZEEArbH&#10;m8dtb4h/dvtxbi6dwygteX3/6aOnRTUdHQ13T5/ZtWfD+sNXOyUqLJ5IJipS484dvp2owenVp7zc&#10;tH7TnZRamaD96vGdy5ev3HPpaU174/WjP544c68w88WPO9cuW/n9teTevoGQVhSOqIfm3L/60/lX&#10;Fd1NxYe3r1+//Vh5p5hemXb+yJ7tm3adunTn9ukf1+8/V9HOrUu8t2/r+m837k0u68aRyXg4L+dV&#10;ZhtdiiOSCXD58yuHzrzK66pM3LTm+282bL2akJH/+vmzjPjC6rrctDKGiJV2/+zqlWsuvyikd7Y9&#10;Pndu5871m/afrWQopIzKM9vWbd57gcYV1Rc927Nh593npZDSk1yYFfcip6iN11Tx7MHTtOwXj+Ie&#10;1TGE795iEJOqVoq7O9tb27sBp0Fx4o1HmbXghPrCp0/yG7AEErh3aBxeJabfOb1/5fcbbyeV9N47&#10;JTvnZXq9bl3437wwn8y1fdwWgskojGg2fGhMoH3E4KmD+mHidp94VMbDmZoi4YgelhDt1FCDwWDI&#10;RJx2rgqisqHZKaTm1xMMrpU1/Llow7bBP3H6RkgEEvzaW4lag8Vg9Ai431dq055Ir7h5emuCyGPF&#10;xtWrp/iTsDAwhUUgqdGfj3LMP31g95VyI6fRA+x+wxSC3GclP/v2nlPpbUO/27RxwSAHY5hcoSLq&#10;GSBRKCCbph3Jm26CtC251MgjetG369ZtOPq0sDhr40CCjlr7t96rzs5OEBQDvKBTpkzZtm0bSJAg&#10;kUhDhgwBQTGxsbFgOQhy583MzD7WK0m1NAnxDrKzxIkF8CFDB6mbywqr2mBoNHhscERsW96zonLV&#10;pAkD1WKgSdLjrVTkv3wmxjuPDkM+fpgFWHEDAoLdXVw9vUI8rXqnTEJ6O19CHjt2OLGjprCgMDk1&#10;CWEdas5tT6tgOfmERIZ6g0WfSG44fvx4TH1edkk3BovtkbMENGzu3iGBTo6KbpoCYzlqUDCrIDc/&#10;Pzsxo9TMO0ZVVZZRzcCRsS0pr56/bnN3d0erZBK8RVR/7/LHF5MK6zB4+/EjoxQ1+bnp6UXlLWYO&#10;zjIG3c4rZqC/YUFyZnevfDQCj1YX3Hua3wT3cTHNuH1bqe8bYSa9fzujvb06p5QeHO5Yk/iMTrI1&#10;13SUlBRnpCTSYSYBjqjE5y84EjhGIyzNKe5iK0hoeeGT2IRaeLiXeVs9zbPfsCg7k4LXRSTXkFAP&#10;H7KUXpRfWV2UkZvbHRXt05ieVVQKzFCunVMIuYtWWFyd8eQpMWi8lx7r0bPcurLMRjHBy8cJzAc0&#10;SklDYUlDC4fX0VxZQbf29Avy9TfV+wVnBQYPb6pKOHXy2LFT55LL29EIRUlqAU8pL3yZxJUiUdBe&#10;IByNVTWWJNc0qkeMHQgkqXr0XmAKXmlmUQvrg5zKH+tB09XzkRHo47YQQgMBA1ISwK5ZDV40daB5&#10;98PDN9M4HoPmY7CXLzwE+w9qfsXTaxm2VlMCyQgFYHH6VdGAWFBzaz9g/ECK4C8SwtCBg2cjUJcv&#10;POaCSrjlz65n2VpPDiTDf6OSd+uUiPlSidTAytKUG7cnjs6Fgeww0CrFe3i0XXt8fJPj5OXje7OH&#10;/6MvGqWQxxETqCa2xPr7T/LKNSiUBhU4cA5BL+1xKtjSEWTeOlqNxMBUOJxtkKN7JwtODR8yxKZu&#10;29cz4qp0LtKf8QTbgVwuF1DDAF8o4IiZMWPGmTNnKisrQV7g2rVrAX0M2B389ttvAwMDCWDl/lGL&#10;sbGenYWDZ8CAAF+ryuKCrjYeHJDEaLnDFDKVvg3gfuHFZ5dQbcwoveTO8oaKmtdpedmFxU0lDShT&#10;OxdHZwcbWytbJ1uqcU/XSBYugV521WUFNHDL5RojU68hQ0b293AmwrCmlg5ODnZmVp4BHpbF2a+7&#10;OCI0CNF5kwSIIxrY2DnZmlMtXYNcLUhluXlAjFajRFk7BIwaOjzM0hwJdMYkopdxCQj38OHBDsAz&#10;4d8/fPL4MaamUpra2tfZIC83l8ERIRVoK1u/oKigoLBwjKQjt6hRI+kVIEaiMfzujscJ2db9hsa4&#10;wWs5BL/hU0YPDyJwSllwQkB4/0EDIvx9zUP7DxrsbybjdyHNLIdPnDx57FgcWtjJEYB8RLBcRmPQ&#10;AkYn4KAziRgV5ujoHtkPx6wtLKhEazBggPbW9kZ6eDxSyehgw+1CR06YHkLl09u5VOuAocNGBDo5&#10;EBTMkvy61MyUwuKi+sp6ucoyKCLapyc2DYQUYHEY4JwBGlckspmFrYO9g9Evha5kYo2zz6g16zZv&#10;2fDd6FAXZ09/lKajrraajrQP9XFAqiFBNLUSYWRho4/gFORUm9tYU0DoOlQ5EgRDaUPKdaXPI9Dn&#10;bSH0kelZAMIxYZ+v/ny4XfGhc48bHLZXPZj27GtnKtXMc25y9PmU2LlUuEjR803qKdCf4FI4Tt9r&#10;8BDbwh+GRy9clMI0wL9dXWFC9tbdm/TkS6gS7/lpgy6k3J5jCgMMWb+q5JcPgXXMV19+7pK5I8zU&#10;+QDWMVyf0kZrAwtRLNmz/0hPpYHh0KEDCP+BurZGwEZsPGjx9rnI5M89LKc9qHF0cNG00ugK5/VX&#10;V2Gy13lZ2ka+Nl7kCpOBoDqE6YSDZ3/0bljsRqUGL20LWf9ZhMnfxS7Qpx5ygUAAsgMPHToEkuJB&#10;FsTmzZvj4+NtbW1XrFgBwkTBcWAdJ0yYYGxs/C5fzEccIkSOBle0l2bFvao2dbEzJQE6TO0zB4eD&#10;gFI00WbY9GlR1phH5x/XsAFZJrTWB3ka4BMdOmjsxKkxKKlACvi/gGy7Qv42I76zJvdxQomhhb0p&#10;Hgtqx2EoOKxKqVYj4WqpTIbAo7pq0x8m1lg5++hjNEDYEJi03kmfSiGTK9BodFNecmJ+p4WDsz4W&#10;qYGhCHg9NFqmggPPiEalwQ2YNUq/o7auRYpBoYArAgEDu+IaQXVWQna7o6OjHgq8JRg8wQCj5iQ8&#10;ftkkIHhYG4BpY8+LBHgFYDjTMTMGikvKWjlIHAxIwKsBZ6lcCaIvQUo80M1UIlBAkQLk+KtBpj7w&#10;yoD/A1CAlStorudVBKYGTjIbMWWIrCCXLmCn3n3Spqa6OBgCqnOFHATMgLAyJDDwYLxwiMEOrpRD&#10;bwsJTwGVgJ1XQIOOQmKs7V0Hj5k8YVQQXoMEN7f3JYP2CcHZGICpXCNXKKRaMe5f3HAAFgarZ2lr&#10;Z2tjbUhEkamO7kb4goQUgq2DExWnkKsAlThgT8BRnEfMmO5JEd2786ye0yOjqCv/HgT6tC2E69lM&#10;uyVpS9sY1UP7gsAFrXlSLuLcmeNqhDcafKirrbW5mdZQnvrjJCoZnKIXtfMurTN2cQAQ/CSOP9XA&#10;5B/uD15GvNm4PTl8ZvvLk6dWHjhW2flkRViPxwyJNxr+U3d7i7aS1z9MNNVW0n/PvZaOO4v8wKzT&#10;ZXVNK/vZUrt3J4YItM+sIynNzDZa68vLV552dj342g+i+8QajdxbKG3OXB3+n+TaQdu76B3XZxrC&#10;EMY+s86X8rpaWzKePHtcUhZ/+ktXgkrjt7SquqmlqS5vVX8EEYULtTMFThui79Lzz+vBCDvYOQdm&#10;2eu/EQH69zycHzYSHo93+/ZtsO03ffp0YPCACQSJ8yBAZtOmTWAVCI4DEwiSJcB2IOJ3iUY+rMXf&#10;PFsFgljEIOSiu7qyhk1niWV0oVgoFssAJSZYrbLbS+89S+6gi+FIdC95DBznGeJNxQlbm9t5QjyZ&#10;KClKj6uki4WM0hfZ+T0RokJGdyWQT+ICgeZOgRhkQooVIA8ApDIoMBg17dWTx3UtwJQ1d0uEAnG3&#10;EISNCMDesXZ+iMUrRXWvMxIqG2l1bUCglycUd4vEYpFQBrbGpUKxVKZQKcV2vv387TU3nj3jSKVZ&#10;cU/2HThUTTewQwuLqppYXIFQ2i0Qg6JQy6WtjQ20pi4hnyGQMkGECWgCBLMAX6FfVLQZsv7Wq0pX&#10;e9Tra4ePXHmNdAjWlwt4AqkGNCASyZXgahCsg9AIOY+unj564SbZyNEYjwKC1RKgWS0HBC9K39Dh&#10;Xvotp+/G19Q1tnOBdDZLqODD4KK87GclbUDbA0G1t1G3pRz5YW8WR9/MwlDE54FRyMV8gRgfNMCZ&#10;IOa0NtIBKbhKJRFJevVDQLKHiak06cnhi3EJDBECjxUVZCdWNDMaq/Pqu3optoG9BZgCxtGeGwrH&#10;GPnbKxOy8vQsffGAQU4gUcjBjELObCqJi0tqEigA600v3zegxhCCeCadyv1HeHH+36vo43ykgBwJ&#10;zAjfMUXvHgCTRTAjRqPfsjUBTqie07XTdOjv3iu1f4PzwP4h+Kv3hJ578/uVvKnjPxmveqoDDUO1&#10;/dw96PBv82MB/83b86CztJ3uKQi4KH1NRNSE1eXucwPwLSnXfqo1Xbx0pielt/neAf6PemmAZJJE&#10;Imlvbz99+jTQjgCJECBNEHzXQAjMl19+CdaFgD5m4MCBICjmb1oF/ucLDB4hIsXUI9jLBMlnKklB&#10;/QcEeLpZWVnbOliaWpi7uruo+S3NPPTIqROCHEy0U1GEiYWVhN3RxsFEDo92ttBXKcSm7gFOVIwS&#10;p+/kaAdy3ciGRkS4AOSXBvXvH+jtaWlpaedoQSHhzeycXR30hQKFf79ooJ/AkCEiBw3xc3eytLa2&#10;cwSSzQgYCk8kaGQIXGB4qL6KJUQZ9RsQ5ePmYmEFVkEmJKKepZONmbGRiaWHm50JkLFwcnGj6mGE&#10;MnzU2FkDg+1hYroIY9Rv0EBvF0cLKwvgtbU2xXNYXXouoTGRQXbWlnhIZAOJIRhYOvvaU/FiDSkq&#10;KkTEpEkpbtOmDTYmYCnm1lYWVCLZ2NLGwZBiYGhgKGqv7BLATB0DR48dZmtqYG5vZWlhbuNoZWRI&#10;Aa5lV1uSSEkMC3blMxmGjoGDosPcXOyRGomJo6eTvbWrr7cpSdXYLo4YPTrM3U7fwMDGwUKPTKTa&#10;23v5u7JryzlE85joIFN9PVNrawtTMvRWIDCGVAMBj4E09x4cGenuTlWrVabWdggZU40zNgKxO5Cq&#10;FNrA3NzOzgxohvTcULWQlZjROWbOOAsShmBobOdkQzW3dPWwk3Ja6VK98ZPH+Noa9nxEsASKrbO1&#10;gZY9XFf6NAJ9Ote+TyP/AZ0Xpu8a9d3tbpZUg6a4zT/y4LuwPr2c/4CR//6pYJ1SV1f34gVQxEsA&#10;9NllZWXAUw6Y0nrIQkF0jI+PDyDz+ShtfVAlvQ574BEFihQqDRoNbBnYb+r15YP/g9x+CjUGC7LG&#10;f57BAAlD4OsDB6FYYpUSLPvBVSAXAMyRes4C2QkKpRrsq/Vc8/POAFwDmkGi0TCltjksGrzSMIjk&#10;FDoL/A/SBlSpwawKODMVapAyhIYcqOAXiBL0Z28h2C4ApwFnI7TQU6kxaAx0BLQJ3KNo4Ojs4fWE&#10;PPlAsgOOwqCBd/UNLSo0ZCAHCPUcsLCCtHTQEQQWCjnR/gJFsIAeQaco2Y3Xzx3DBEydPCAUjQQb&#10;qYCBFeov1FvtOhaqRK1GIOEAIxjYitSylfbQpUJMqOBktQpITmCgTTro2wXqBHVrvdDArQy8vigs&#10;Grh0oWqhBt8UhUKmAZ0GnEHQMAEhKwJElIOd/DfzWO1N0/YQXKEQdsfduJEpst389UQ9EPOk7ZiW&#10;lRTcO+C77rl32qpB2z1j/5v5Ez7oCdSd/NcQ0NnCv4ab7qr/NwS6u7szMjJycnKA55PFYoF1IbB8&#10;gCMmICBgzpw5JiYm+vo6AYH/t7vzxw2rRYzslASkfUSou+0n2kWg0lyfcepcesi8uYPdzT/ZTuo6&#10;9tER0NnCjw6prsK/FwGQHQ9yBMF8HChFgGUT8IL6+voOGjQI+EX/1o3Av3dU/yO1Q8IW0LIMWuV9&#10;qkMGG74iiZpAek8Su091GLp+fSACOlv4gYDpTv//RgBICYJ9QWD8eiwi4NEGyaP/3536o/bfX5Ho&#10;bS0apZTNYiJIxgbE/4y0+uOxKrl0tgqJkYtFKDwZRIPC8EYUkOX6y9LTJYWU29YqpNpZAFn59wRQ&#10;LRMx2VyCgSkJ99/JlL1nex/pNOBYZXdzUGRDCumTflQ+0nB11fwVBPq0LdTIOMW3dj/kDZm3dKgD&#10;yF7nlT26ciWhwnb0xnmDrYAUoLz85Iqf8gG7IAJp4R2zeNlMK2iPpD3hzM3Ehm6l06jVn/WnYhAq&#10;SVvyuZ9etmCsvUfNnhvKeXztTkphq0AMIu3AxjvFZNK63YONQYZh/eurp3MNJs+bHfqO50RQenn/&#10;7YaIhdtH2AtoadeOpeEmzJ8fYQnaoWddvngnt8Fr5oE5EWQMXCXrTD178FmbiefY2fMjLMC94hSd&#10;P3otk8ZF4il6OJWUL5CqcIau075aiMs7/JwdMWfuCIee7a6OB9sOPm/lgD0TopHN/E2bA0jgoKwl&#10;5eG1uAqnSV+MC7MCnzp+8c39d8uiv9gZRSq6u/dGIQgplLzhoTGLXvrNtAAq69WWE/FcNlcI8S2C&#10;OEYjz+i582d49jWHYlNTE6CMAfEjBgbaBLJPu4iYXbRWukqDMre3MzZ431xGBbfxwc3rpPDpI/yc&#10;P3D9xIs7fYdn6uFjSUDhcLVZ99CBc0YG/cohqeyqa5JgjU31BXnZXV79A0A853uiKKLl37z30mv8&#10;wjCHj8ZO8MdNKySCppp2Q1tbBL+LrSQ6OJq+r91+p16FkP7o1G1S5Njh4b1QKCXChtp2A2trU8Pe&#10;mwLI1lq7BXAN1s7LkYTRqZG85xPx7zntLzxXn9DgZdzSmwf2nEpsAn1StyUeWff5NxfyNEQDPAoJ&#10;63yxYNqc6wwrkE8d6GxUc/e7qavOlHDBiZ0pF4/uPXDgwLcPqiB2R7Wg/sWB1eDfu0/fzOXA1I1x&#10;F3YefMUxcYYutGHf2bPsizNQaDu/MfXsgUO3C7p+MX5Rxc1du3cnNINtdGFb5vkDP17Pbodm3LU3&#10;d636au2dehAdp2XeV0tpSQe+PXBg37qjZ5I6tFWgKXbu3qAN4/ojB3980G4VEBjo5+ViDG/Jjt21&#10;/3x8kxg6SVS0Y9nMndlyVx/oV2TpiWlz1zwBrcEUrRmPThzYsezokzoetLnPL7+3a/ee5DaNjJF/&#10;+cDB2/UEP2gA2uJpQ8GBTrQn7Nl14BnLXnvMy1yZdmzJ7tPZrE/ofr5XV+xB0KCX1ydrCEGkh4jL&#10;b2tppHWxIA4wpai5obqyoVWqBL9Iu1tbulmCXm5otZIJWDhpTKUccCwAJlHAJSQSCIVQhL5aIQBx&#10;oxqFFGSns0DmgLKrtbGpjQ5mNyCHQMChN9Y1cSVSXhetsZOlUAGNBzGb0VbfCBG0SwGTpxTl7O9r&#10;RcUCElSIC1TM62JylUpZO62+trldIRdl3bt1436anGAeEultgEMpROyamnq2QApCQQAfTntrQ3N7&#10;9zs02Bo+p7OmpoEHagc5Bnwe6KGIz6RzRGqFvLOxrrWLB7oMUia6W2ndzF/Qm729o2Cl2wrO7GaD&#10;a0HCH+hJdSOYcErEAhloSC3liyVSLquztqauh9JFLRM21TRwBAopvfHWictZxRV5T+9fi03hvs1f&#10;0CgZnS21zR3g3QREo2IBq6m2kQGqYXc0tHZJ30lzkAhYtY21nV0chRIEv0hpDY1MgVzEar5z8kpS&#10;TsPbE5VSXm1lRU1LJ1DvBdyrnTQag6d9B3XlfwOBvp1TIedXPj2cJBu+8ItIxeVNs9fFEuccOXd0&#10;fjAZ3XJ38twNTeEXHxyY1j84OHJQsDnv0aEdpfBBI/oRi24/ymhiKBU05zFf97dGsLLurbvdbWEj&#10;1rMcOW1GIP/lzdgW5+9O7pk/JDw4eohB9YZDNxFDvhxt3JH14HKF8YQZUwKoPz8bopr7Z591RsxZ&#10;M8hG1JH/6Hyh/uQvpru3Hlg5d3e653cXz+wd5wbFnKlV9Y937HlJ8w8IqursCho+xZ0Cwxg4ePoB&#10;Fmj77vM30jy+uvHTl9GBfm4mqLb8l3eyJeHTZg6yU2ZsWPblDc23F46uHB8dHBIWHepecXHp9UKn&#10;4ZP9lXmvnr8qbKaVoJwGRvmYqaqfnH5eFzV/fTi+9MGxHMpXPxxfPhbUDhVvOwMcmOd2pf50qyTs&#10;25s/LOwXHBwW5SktuHs8Wzpg5Eh7Hbfwx3vbRcyaiwdOPUpNTMqsMXX1UDdlxL5My6+l4U2tRPWJ&#10;x4/dlhs6eThQQTYoqyH32oVLT1/XEExQBS/SyLb23cXPM+sELi62CCmnxPG+/AAA//RJREFUurKK&#10;ZEDNeXmviE0wFNReOHX6RXqNnp0HuiX+1PmbySmZ+ZUtLSVJl58VOHp4d8ZfPnI5NjEriw03IYv4&#10;CjyeXVPJkKA14ha0nnlBwt08FpzCLj157tr9V1k8OKIl9Xlmh8rHk5L2uNTAkZJ29fj5u8/rmBhH&#10;W9y9Q0cfpSenvC6CqI1MIQ+toKsu9tKFu48SOlSGTmZoWlObsZH+03u3aAgrI1nFtTOX4os6HL2c&#10;6lNvHDnxRGPk7OX0H7zzGkl58r0TJ66mlXVSnVzg9YmHTl19Ep9JYzAaCxuMPdzbM++n5tVmJsc/&#10;io9vlxp4upvVJN04fephkwxOxrDunbsjMTVklGenNfBDosPMtS7fzorXZ0+ff/wyB2nuZSzIP33q&#10;YlJqVnpxTXdN/uWHiTgzD1dLyOMh59FunzhwPiGzq1MeMCBa1ZRw5tTNChbMlMx7eOE2S9+uX7iX&#10;Ni1fkv/s9pOcyrK6ZiNbx9a0GycvxBNsvFysKR/v0dDV9Ekj0LfXhQBaOByD5FZd2T131Q3cjEPn&#10;Ds0KgDKG6hO2ZNVFzl08qNeLBrfrP21UoEFe3msGH4cE8/DhwycQeace5ypkkvykm3ByoIcXFLmt&#10;LSBYWykV93AMUhyd0GguHSgsvU/UNBxBQHRlHNrw2a4kt7XnT24b2evgUqtak+8moWy/WrZ5mG1p&#10;2YvshnceCrEchGWrZKJephB1r08MhYEJi08kZBgMmz7RHZADQAXvNODzKQPq8q/XiUGqovYQv+3c&#10;yfsloH+/VI/7Fcfq2+Y0SlkveaIarWdkKpSyBDoyxY/6hiokzKrGVt8B0wNJsKL8GomG2H/o6Egr&#10;QmVOQWlBJc4hoF+gI+Qq0Egz4l4gLUJHeKuf3c/oEDdUNrc0t3aqiNZgRwsw2CLk3OS7z1tkNgO9&#10;jXLjs6yCxo7wpxSlFtJam7rkhtPmDWIXphFCxkQZC4trmxpqSzQW/gtmhlckPqXxNTiUsrOJxuIo&#10;MGp+Yuz9GqlZdLC3UoHsN2LSUBej2tJWE0D3OSDKGCWkNba3lKdlVyGXrJgOq8krqK6pbaJ5hk+K&#10;NEMVZlf1ANNRWdTUpBgxaZSdCQYQryFl9AdXHvMM/KI8KK/vJ5lETnFGdjx6mttSW4dxCOkX7ARd&#10;o1bx2fQuBluqZQYU0VtSkqoCR88ON1Jlvs6ji9D9hk0e6WPZUtFYz6iqbaiv6eTSuxsZTMyYqTPM&#10;9dGsporEpNp+MweLqrNKW+ERA4aH+ocFB4ZGh0XYGkE7BDA5N+tlBskhZsZIl8KEjHZGe32ncuKi&#10;8fimXLZlxJgA/ZLcop41Ha08q4xluGTGFAcqjt5emZFRHzQ4HNtZWFovD4oeFh3sRexxD6ukCrjB&#10;yEkzvNH87MzShqoGo8DwYF/rj/po6Cr7pBHo47YQgcRo6AWnli3ZlcZmd4s5QMMUMiXc2hIGTBXo&#10;rX0tewoCjdcjd7LA6ykEmVsq/YDg/iReZWWrrKWySWIyd0AkSE/6+WyQnqVFhv74xGkVZsCIMCJI&#10;e/qzG4lEE9SNL/YvX3+sWEBvA/o2qjebDsrm1/fTNJTP5k8ICOvvUVv0Iov2Z5WBjHtYZ30rj+Ph&#10;6Uh6G6agVuFIRhIpp6mdh1TLJIajZi8Is6j78ewzmlD+hjgAicLDGJk7hoMdtZ7Sf831JkhhTWtk&#10;exLPgI+VXlucW+DjEuNm92dd0f3+IQgAhjNzS+9QIJJibkpQIs1srBk1RaVlDQgYSB+09vbyszYm&#10;avP+pC0N7enp6VlVzVisvoOrR3tlaTcf6+FvDz2tSJSQyyuntRmDHHMKlqHRdwyIDvJxJqjpQg3a&#10;y9/fz8nJx9vCC+SRuFKAGC/O1CRmYL+IiBgTE3U7kw+oGgA9NxaLAiTSFc0tFFsXZytTKzt7bn1x&#10;UUkNBonR0zcypVLxeBwBj+B1sWG2wUG+kf52amaH0MLSL8A/wNHaiqTspW4xd/bydNbLTEoHOkuA&#10;m57Z3V3R0W3l4u1gqq6rpKW/flnX1gFkeWFIG78AH0tDKDhFLeMm3z+z/+ydGjrkMgWOSxbGyjsq&#10;OMTHFCHsptg5SVtK8wrKcUQLv0Cv9uJchpgwaMJoDxNF1rN4NZaAkzKLc+vT0rM72gUwDSDJp5oZ&#10;mYI8fRNjUz1tmA/wiXZICXbe4aEhgaYIOkcMd/X183dz8fQw8w72DvC0Qqv5Wr5URXtLl9I+LDwg&#10;NMDeHsWll5XUJaUWNLYC9zWSRDE1MzLofUeRJHsX27r0l7U0Bg4OwxAc/Ly9qQTdruGHPPp9/Nw+&#10;bguhDzzYZDEcPGLzyqUW9w4evpkJbcaBhFyITuJdqi0QcaiBsokBGyJ4VTVyy34ThuDSnz1LTEjO&#10;IQ70d0C+FTxCE8jMh0siHEGmmon7nFdhP2bfnGsK/3NTqM0UBuHYtnMXbp01GXFqy6Hn1dyex6Mx&#10;KTYLrbdopBfa1D1soH9JyYuihv9gCf/PJwmkA2s0vxhFb3avBmRhgz/lMnXg1z9sDHN48Pn2e60s&#10;VU+cOtiVghkFrbheWtFb4rZMsYUm0yAxWSN69o2HibGRgb6B64xM6u5LFxe4vG/YRB9/0v+p7mvU&#10;wK+A1ahlMrkGpuh+/jCODTe1M9cHmeBqNQYkqL+ZUyEBYYq9i2tozLD+g6KiXK3aSp/XKOw9tKFM&#10;KrkMSaaOmTIM1lRS3CHVg0n53a1MNkuixGPA7hggdAO0ZQqQNQ64YuTguVPIZF10JpPRBpTHyASc&#10;XPubEjCa6pmOnjQKQ6uqqK58du9Rp8bI3tIQVC6TAf1DnkIJMsdhWCJGw2oTSOidTGCGgK4KGqmW&#10;y6RAafENZGg956ABwc56SY+SSts5JAunaZMHsPOzazoVRiYUR3fvgUNGRoU5o0GuxJv8diDj5OgV&#10;Eh3sY6JlwUYjsTgpm9kOpqJSBEKTcO9+s4pib2EoVSGCXBxoJUntGktzkoFLaKSfh8HjS/eqZWhb&#10;WxMv96DBI0d5OZIBa4xQKpLLBQIhv2fCCphiiDCJoLudyeriyYAgFjRYqVQuA0NSAFBA53u6AoGM&#10;YLex2fRWJkOGxpuZGbm5+A0YMcbbxVgkYPJEWkpYADiz7NK5pzg3b1M9hBQ4iDSAIUFnCP+pd+bT&#10;aKev20KVDEb0Grnz7P1tK0cOD5I+v3rjVb1UY+DkSUSgSmub3wEZSHoqgAxZ7+pJrbFx9Seokm78&#10;8CAfM2x0BLWXdR+aSor5xmOPptZ0gcLgMB8vccG9p7lQimEG/T/fd+DUlo2j+zl0XD1zO48O5taa&#10;5vi7r9GoaT6GnZ3dQj2yObq08nVR3R+vM0EaFszMzkSfUl1Pk/ZO0CHOJxAmAL4tYBjQ0DQyudxn&#10;xpbZ9pTba9c8EkMkxtrDMDgKr2dA6S1kQi9NBjhOHHG4uqsp6cAYwN6BwtuYoHWE3h/5RdROwqCb&#10;AFhNkAi0RCJs53QI4RIkFhJJ6V2Vg98RxJABwYZwVmVpPUeoMbYzQwjRlp5OvY+aRoPGYN38A+1N&#10;xa8Lq+2dDPIen77wsNTQxcsQC/GeQet7QCEIyFAgXj8UQiFOvH/r4NGbxg5hLuZ6SiXEqQIeBjQG&#10;5+UX5m6pSkjPYYskdE4nTy1E4REUirooK76hUwJUIszcfMyVJTu3HalQWLo6UcFEElwI2APBJKzH&#10;GvK6G1+9elbZIqBaW1LwgPaaGBTWzwzb8jKnM3hQIJbVUlHVCfhP0RAlTo9UFMSW6xU2dNyQCAsK&#10;tONINrbxsoU/PX3kbk6ntY83RilupXfwNCIEWk42oKBkeAdXOxW9Nu7V66p2noWNrbmNS2SUdUdN&#10;La2DjSGQ0erWjPwyNRFdX/yypAVoz8AQBH1/b7OK1OtHT7/Cu/hTIS44ADocpRWFAbRwoPdaIhuE&#10;o4+/BT//4LlLpW0cio1rWIidmNnY0EBH4A1IiJbX6dnMHpJtOFokYrd1dyjQciQS7FroUlU/8nvx&#10;6VfXx20hWDjBcPhgawocZh01Zdh4t4Ljhy/GN6ndhq9zNE+6cSuN17sHyCh5lZxDGxg50sUGC0S7&#10;weJJFTRwMQmZlZWBNvFzMlP/ct0HJQNr2UB/lRIMMhF+Pz8J0gLXI/uagzWY2+j5UTEWCVt33Chj&#10;KWmJ99NkKsTdReGgjFx5qQCNaSpPL2h9J1DvNx4UhRymH7AowJf+7MnT+t5gT3lXRezjp87e06Od&#10;yIALClyllkuwgXPX+LpjtVxWbwogNf29lDG4GqnnPWHjwcnInJcHdj2qf2tnP/2HtU/0kGjqNGbm&#10;UBsDPd/B0f37R4yfOM7H1sx/xJyZE0ZGD4+JCHB488ohXCNHhnra61Edo6IcEVjrBV9vnBVp0zNG&#10;FMk8cugkd2vr0OiBkV4uQcMm9ovw94seMjrG2d5v6JDoQKKB3dDxM+1IeOfwiQO8rQH1mqujtaNH&#10;zMRpwyOHRESE+4UPGxDg7xIQPc7NwSKwf//ogICx0yYG2lJ9Bs+YNW1kxODhIwf6G1NdRk2Ksrfx&#10;m7xgkpW588R5Y3yd3IZNH2ZLJbvGDB48wKVn69rCPWjIoABDM6dJU4d4u7hHDh4JHO8xI4cHOlD9&#10;o0d5WetTvb0CvZwDBw/t5wtlLf1nQeCN+0+eFhbkFDF8SExIwLhpE0PtTd1jpi6aPYxoaDF/6ZqJ&#10;gXam7sGDB3gbkC3nLpzgamIZMXyctT7ZNcTb2c192JSJAS7WDmFDJo6O0IP3zCEx3oPHDxkU4hw0&#10;cNpYPyuXyJEjBpDwxpFj5/ma6Zu7DRg9OKxHDYZi7T9p5kQnZ58Ziz6L8nYJjBlsa27hFODh6uIy&#10;ZNKkcD9riIwNTF+MPBYvmWiJIQ6ct2LK0JDI0UOCXN8JkesTT56uk/8lAlrf4c+ltKX9V0c+4X+q&#10;eU2XR8Lw3usSwUQOlJbnm6LJMNLgnXkMhabxekywLXnifqBXEH/vzJIhZk4ztqV1ARdV/uYAE9iQ&#10;/XV8ZtwXIEcKHnSuUcPIWRMGsx38U4NGHv95Pyxp3Pky5i8HrqDF7wiEGYQtOwlVqC3ZdQx5+62R&#10;aDh2dRLwv3Zk7AuBmQw9nAdUe0CpvrHIGwUzn3Lq1uYwGNxwWYKot0JJ+Z7xhjCP2bHVUu2Rkm3G&#10;eFjUoaaeyzScnMNT0HohqxLp0L9YKV9N8ML1W3Hnyav4l3EH59ibhE+/WA5+EGZsn2QEi9gOsihA&#10;aYsN12oibsxUcqtOD4ZhnOccfPG2o/GFLVyZRpO3BvC0DD+tvcEqet6lcUYIsv+UO+U8oGmgK30Y&#10;Abng1r6vbiUV9uEh6LquQ+D/G4G+nVOhVvC76qQWA4cN8YYycPWdPMyQClYrwm1wkJN98GfTg+U3&#10;zl9NTknLq8QFzj91dG0AGUplYtKYCpeICRH+jlRkk8R4+eKFLgQJo6sV7zh0cH8neGcrV89p4Igw&#10;e/13l4AahYTP7WBxu0oSX6ekaUuLfuBAN31Gu9A4asREH1OVhN3dhnAeOiTK2QDMjo29fQ3EYm4L&#10;V2Kssraa/sUXMVY9FCIoLEmNZLGI7v0CPKkgz1fGrOuC+UaPj3HWxlSoJRw6XWMeNTTaxxQLw9uO&#10;mjbEPPPh5WcvU9Ky2nB+P16/OgFKF1ZLWN0suHnkyCh3EzyM7OSHaeURHGNGT3UnC9kNLBG/MgkM&#10;vLdwrKJC3UyQzJpudNCgcVEOeOAsNbO1sUO2NymNrb39PYzf0wv8X068dJf/LQhALk20gZUj1UDv&#10;AxPz/5bu6CrVIdAXEejTvDN9EXBdn3UI6BDQIaBD4JNDoG+vCz85OHUd0iGgRUCjVnQ1NnUzuYxO&#10;hhSOIf+Hvp2M01pT34IzNMX+vgYzyMypqekmGhtikHCVXNBY3qDAkEh4IM8kri2uESFx+j9XK2+p&#10;qGEpMQZ6OOBqAh34b1SE5CJGTWkz2sQUYmj4syLjMaqruuBISXM9i2xq8GexWBpWS1NDC49spA9U&#10;l1Qybl1xPZxsCKK7/qydv+t3lVRYW9ogRyjaG7pUMDGtkaNHhOUlPSjtQjlYAYFJSJKJ193R3MyQ&#10;SvhddDHFSO//ra9/Fwa6eiEEdLdV9xzoEPj4CADbVZnwKv5ViRgkN/xWPo6AlnPv7p1OEBQM0u+Y&#10;LQmP0xn8X4cxgW1dkP2g0to2hag74ebDMhq3x9SCBAIgLfhOv4WZ9x+nlnfwultTXiWnxGe2cf56&#10;UJSMXf/4wqNWbd96Cqu1LullDlPyG7HPorbq2CuvaqvyHtxOfY82AQsalG7SU5Fc2Pb00oN6Rm9i&#10;w8/taZS1WekZOS1yFi3xcSZLGyb20UtXdXlycqlQBvQklXJew6OrL8pK8u7fSmtrLHty/QWNxch7&#10;lZyUkFpDY7XVFMfFJuelp7x4XvLXYf3oA9BV+FER+Ji2cNUq2Pjxvf99+eVH7aauMh0CfQcBqYBR&#10;VlFG6+YhUHg7R1tTCobZ1V5b0yiUyxktDWVlDWIVDEoFBVHJCAW9q6m0MPPuhdhyGhQtDLg6WXSO&#10;RA6UFQQyNdLBzRGITbA6aeX1NTyJqlfYF4mz9XS1MMTw6MyG2oqy2mYlSGqE8AHcE3CpmMMUCAEN&#10;KTCgnc21JVU13UyWUqXidjaXlVe2dnbLFAoBu6O4sKC8qUOuVArorOaG8rKaJiEwORp5e1N1cR0N&#10;GCug4CtmtJWUVPOk8q7a/FuXH1a3QfkMPUXI6igtLGNLQR5fz9oJDmX0wWEiZktxURUHtK+Wd7bS&#10;6mqbRSCpVyEFgwIcNIDzE+QwOrrYEhHK7tbG8sZGkVyDfEvppJbRKiuqG7qUanHe4wePX2Q2Vuff&#10;ufqgis5/06ya3U0rLCgBfAJgeEohu7K0tBlkZ8BUPDCK+qriyloB6LpK1txQmV9U1s4Rq5TitqbG&#10;puYuqUzSXFla19z9xrAq64tTb1yLaxWqHT2djfSwKq3iMhLQxVUUiinBIwcEoJESBpsrBtlNYCsJ&#10;whcSE0bAVN2N1WVVTWIoR0ZX/j0IfEwfKbCFaWmwmhrov85OGPjnJ1raH06eeBcTHUjK2DB8QXXo&#10;glDTT7Sjum71PQRAbFbcyb0/3nhe28q0c3HsKKnqFnbev3j0ZX63ubn81Y3r9+8nC00cnfQF1U1s&#10;AzX7xNXb7d3skpQcff/wMHcLlZR+//iZLpIDmZt/dN/RnAa8lTn/+uEfridndzEQocMG2pkQYNKu&#10;mwfv8LHqp0eP3E9Pf/b4lcomEM+kwSzslE2vrt97VVpe1IaycULVH997/EH808yiSjMbg/jzZ28+&#10;fhYXH29sZ1t478KFhy9in+VYOVolnzx6JzPt2eN4hbmXiShn++YDiWW1MrVpZH+blEvHzt1NocvR&#10;KG79wyeZFkHhfk5UMH1WCJofXz176+qTKinB3RxbVcGycyW1tWg8fMjPzhy8FpvaBjew1aPv+35T&#10;Nk0dGBOC4TTdOXtDZuwEa0k6vPt0JdfInNhy6sChB1l5TA6u3+jBFmSIWqkp7+Gp49deZ5cjLQzq&#10;nt4v5Mr1scJXibkm3qGBTlRgjHitFZePH7/3+GUlB+fpYVn17Nrpy/fTK9luAWaPdu69kZzy7NEz&#10;rmGAo6Jgx+6Tz1OSsuoldnr03ev3dWgMcZLqW6cuvCxooli52FP1YBpJwasH9xKr3fyd8mMTxRQM&#10;iyYwdzDobupobS9MKaWZ6SvTXjwrrCjJpck9rAzpnSKKEUqqoFjqdV8/cfLOy1wVxcbNDuKV1ZV/&#10;BwIf0xZeuACZwJ5iagr75ptPFSK8eXC0v4+dgbGVb/TgAAdD/Htsi3yqY9H16xNDgNmYcyeNsXTd&#10;RntpO0NDwIIFFk7aThNPWDhPU5LSZRA0cZBpakKjnathVeqr+ELpsHlfTQm3Y3HIY6cOMwYMYwgU&#10;ryu3kI4yQgk6BVgKEsET0fi4wO8Xjuiubqb6BTtRSTAFLze5TM/OqKawJGr+pmH6otJOtTFCqKBY&#10;uJgbeUcM9TdVVhXSOGIGzn3CV6PsqgprOFyZjBq0/LOYpuxcnGOQl5Pn6MljEVWFAox+R0NN2MI1&#10;g03kdTQhq70M5zN/02TX8pIOEl7e2I6dNSumJiNLz9LDztJ1yNhoYwIUcdyc/TK5Cj5/xdiKxwkI&#10;I0NWp8zWidjZJichGvMbSV8vH5gXm4g2InXRJNO/XuJhgkMjVK20IpoQA/QU2TwU2NTs7KpE2g5f&#10;Myu8pqjZpV+UFQUDk9MfnI01Gzs33JCZUSD083W3sIuZNsiOzaSM+2y4kTZdtrMkLb9cPGPZIi9H&#10;SzS78Xli1aj582ANOXQliVFd4jJl7XQ7RHa1KDTYzs4tcliEY21aEZaM4UuN5n85Ij/2hfXoz1xU&#10;tKJGqW+AOw6FUQiEaGOfkQPcKtPL9J2MmI08qi2+rQ0zcKgXmeQ7fJSnhaX/sCiH2rQysrWZhCXV&#10;M0DLpAh+Z7nCov8IP1JGeq1zgI8BoS/pOH5i78qn1Z2P6SP9fxqZoPzW2iBTU6qpqYnPnJNZHVrP&#10;ReVBbyebaRfbtX3i1j5c7m9sEjL7YA4X/FOjqrr8+XBXMyrVwW/Q0OATBZA7CWgqbR1PpUK1QMUU&#10;VAjK93FaARl5e/K+/ibgiKmJy+hNj+u1Ozi0C0NCbN+cCJ1s4z/hYD7Ikcjbv8DLfuqpfPofAKJR&#10;V5+aN8RO2whocsMrLugEr+nuAm3b0NGeEv7tk3rA6Fix39Xe2nrWg25tlezKnz5zDZi7/+XjQzPC&#10;3vZZ22Vr56jzRfzic1PfqQfUP2Drk+43mzIydu6uGGNjy9B5p4vfeHnabowNs+q/PY/7Difru71X&#10;lv440s9k9qkmPnCjZa0zNXfwXpbY47jqSF87zjry6zOtMN6dCVEOECC9/XcK6H/jDQk50MwaYmNs&#10;HPL9SxpEjQqKjPNqeQ/S2oGCTvp+tr+YD2u9Nc7PETrQex/An94Dv4zruZOfftGIOXQuwZBqSbE0&#10;tjIA3j8UiGXBGlCczEh4AYv99NLxfSefyAAfDArRSRdJCXASAQ+chJDUe4+rEIl18YuAt1XVtIjc&#10;3O0wSlk3R4wwsdA3tLE2MML0qj3BUVpqdkOKm42FEQ5H1IfoVoALD7I6d0//sP9SPNgDYwpUBAuq&#10;qZ2zp4U+o5sLMzQ2szT3drI2JOEUrMr96zfE5dSjMGgKxc3FUo9IIJEU0jaWjGhlZ0S1siWS5CJ+&#10;evzDXT+cbJcjcXikBiRuIHonjUDRtzDx8datR2lCDWA91UC9Au5DNdAaTH/+cOfec90qFBqlZ2zk&#10;ZNAT3YOnuHr7iZvLWxgqF2drlEzSyZESTC0oxnY2ehRkD0mEWsHqaL324+7TDwsJ+iQYYFED1DkQ&#10;ecybVmEwm+ABEQGU49s2xmU2qFGY5urifTu3p9XSiSQkieTsZGeMxZIoCDSJgC16emHL9uNAugmP&#10;MzQzdjIEoTHNNWd+3HEvo1zPiNQbqQMcn4CnBgkIfJAA/LceT/CHRoXA6VHKkm6u33WKxlXiMGAG&#10;oO0JUs3nMGIvHDl+4ylMj4jVyRx++m/ke/ewr9tCFb3g8oo5N4w3vmxtilvgWLh+64n0VkiVUATY&#10;GXkSaFOBXnJm5eTjdM8ZW/d+E6yvan4wKmzcA981WTU0WnPjwxWuG0farXhER9vEbLxDo9GKz0/0&#10;UsD6735ZDP5B2zUCj9KIOh6tGvqD4Is7rS1pWwcwj+7cd6sKiiuQMLs6bb58Wt0AnQlKbfbtbwKA&#10;4QQfEdC2WPm7G/5qRua348bslA26p20k/9i4yws8v7hPQ6qE3UyN85Jbb2qk0V7vG+kIeGyAmjiz&#10;re3eilMpUMCERiXmA4bkNv3IZZdTQAXJa01QPPulL2obaXVlCfM9BQJ2OxMfselJT7/SD4Y2/7j6&#10;WHqHdttfxa9MuJ/C4nRWlb5IrujlvlED7TgGWwSS7n/nyQGafCwmT6zlqFSKmV1NDbfXXirUCs3J&#10;hVwGWwDCKjRSVmc7dV5saX1Pu+VZ8dMctPVpGnMS8wvb2Ky8J0nF9J6YDA3IkGRKDWecr9WeXHLn&#10;K8P43fvOZxIm382pALfm1nSgoDHoAIRQ/vOjIyD1475Q4ERjcwMx2MZrq2tpYABmS8AMqgT0f0rw&#10;J8nIZNT8L/fs3jVjdBROxbfwDVkyLij3WXIHTwJuMFfUAwyCaulmJCxIbkVbmBgA2WUzY5Kqs6mj&#10;vbKuq+PNfEatZRwF1apBUSi09KOARoLXcPPiI+fBX3472R984qkULL+xqamypLxLaG5lrKa319fW&#10;V7TQafnZd5LZ8zdtHORhIJUAQlNA3wt28mRKLNHOFMdvqGhtqq7lcjBkw/5Dx+7Yve+rGeMs9GFs&#10;wPwp6uErgyHx5JAhY7bu2bdswXRbAzQgAlWrlSAgBk2kxIwcv3P/7i9mjTEhaiTSt1tqGBcbW1lb&#10;VhGPbKKPl8FRlkZEfmtje3tFLZOh6GEORGBMre1mrd64e8faIeFeCCWHyWHJgRikkMER9U7RuN10&#10;vEPUrk1LuEW5Ze1sd7/QtVt3rV/xVYCDkRzaYlUBglUNXPLy/t0ui0Gb18410IglMpUS7J3CUdYO&#10;7p+v3rp93XdRvs49DIaQoBOXIRSB/VOlUgMuBfdJBf4GwCJhwpRLF2pR/fasmmWGlUqk2hsIKGVl&#10;MIqJ+eT5S3ft3DVhQIQeUiMHjLC9E5S+8Hjq+vj7CPR1W6gQtTbVAupGMkqGC9n3oILzcmeUNZjE&#10;qcE8G7BBAmaau7vnbsjwmbnp8E8jrVCwrtgN+zIEY3d8M9KagsPh8P5f3ro0gXVl9aYUMQKFAUfA&#10;FBAF/FQYLPQ3Dg3NTBWtDRWA9tEYJ0K4Lj2dzc09O8MDpM2roI10FI5EJmlPBQWL6XnJIJWL35d4&#10;0vAzTh66WRu8c8vyQAvoMpup59ra2s9NsgbWEw5DonGktzXisOieDQkwR4bDZB0HZ/xQoIChe1sA&#10;zWv7CU4C01t0T5exEBsmaB0wTfYcwLlEzTU1aYlLrYCki1WS0lf3aaZO8+eNqK94nlXWGxYHdVnL&#10;7P17BQoaeDMmaMIuYVQfWHC+RgUDXKdvhgsB8qYb2q705guo6kte5ReFTJjq6yB8Ep/PhaYo2kGB&#10;iTZYIWmLud8IV1dCQk42XdDTbyxwF/beEuwbFPrCm2xk4zvIFXVp/47kRq6JoQERrLgIBDIZr0YR&#10;AgaHqWuTdu08UN7Ow2GJRDzROTLMUFOV0y42RNTHvS6A5hYAFgLB0jYwwMbKEHjviQYBQRH6rOx9&#10;p66x1ER9vHaZBUeRKHo4LI5soAceOQyRBJ4YPJFINjJzsMbF3zx6J4+mb2cUHBamLLy17egdutSg&#10;/6Boc3benv2nKjtRDs6eFE3NqRMnm9RqPRKKpEfCoJAYAh5HoUZGRXOzLm27kqghmbgGBVvj2vbs&#10;2PUsj2ZoYYXg5yam5fWYa9vAUFcD1k8bNj4taMZgSBQDEhaLwxNI9gHRTqTGrat2JVcw8AR9CoWE&#10;erOfhjQysrH093eyJVMISKJhv8hIdd2zvWceyLAUIla73MSYDBgXUnXz1L7DlzslGEDBWlPwskSs&#10;R9JUvHiV1UsaqpZkPDm7fu8VkrNHSHhEmBf5xtF9p2PTRAi8viEZi0KgIaiBWL1lU+b1k/eTceZE&#10;PAZD1MOiKeaRA90Lrv34w7n7TLG65zU1tzYX016lltTjwW3CAgJfEgZPIIM8Fej/gNC2fVfuncM3&#10;k5FUHAaNI+vr4UEhGQSEBwjL43bsPlHHlskYlYnpKWxxz33TlT6OwK+Ib/4bDrbAQGjN0vOfo+M/&#10;w6gja0vcFwYMk5HPzBMJdR0cMDvuITbbYWFICP9u/zJ3GIwUuOJ5D0mbpuPljFCKwxfnmgRvuqeW&#10;Nl3/DG3hcaay51LWiyWDDUynXq5gvTlDxS89PwyszfCW/fc8rW7u7K1K03A8wBbn/vmVpNRMbcnK&#10;L27lASI1fvqWyeZ6ww5mdf42BLySHdPsyUNXZfz6dxWn5uIYGMXni1O9NWZmFtZ3gXA1jaZgi4k+&#10;Ss+CaoCxnnuRIWg4MMnYatg32eyeFuqOeFliw3aVS3rI1BRtqfsjYfZTzlf2dqDmhI8pLmpPmhBI&#10;q/Oyv/PA24+4lF/w0wCM1ZTjedrh0C70d8F5r8kEcYG/WRQF2yNsYGMO1nGBzkfqcsANrm9ubEAJ&#10;WB3HZ+WtjMZ7zPupWcO50t8J57ep6Nd1KKpuL/PA+m94kR27IJBku/BZmxg0ImE+nA3T9/g+ubdB&#10;5qu5IQY2807V8bQH1Okr8UTTWTff3obf7tgneRSIpleVlTbQugQ8AZfDEwj4bCZXAuirAfVdc21x&#10;SRVPqlTLBEwmE6xYeIyODjaf3d7Y0Mp48/SqpQKRVCCTS0QsBmDIU3O6aWXVNR0dLLB4g0asUnCZ&#10;HJEI/MoWy1QSHofDFQo4HIFYLuF2lRcX1rd2ctj0lvq6gvzChLsXdnx3MKusrrK8NOvV/c2LtyQW&#10;tLI76ovLqtq76Xw+j9XNliggViUoZFKt6miqLqtrZNC54Lnj09uKiko7OWIQ3dpNq2nuYCp6mQI1&#10;UBxpflEnR6KRS0CMqFgk1HYVXNJaVFDWLZAoZdBxwJr79j0Sg3WlVC4R8lksAVhHMlobSmvquzoh&#10;jcPec6A40rLy6kaJSqOUcBtr65gCKau9vqm9G3oJtCNndzUVFBR3ciBGQ4WAU1lcXNfGVIHj3SyR&#10;TAlGwWKLwGDqKorK6mhsNovH4bGYfNAxtULcWF5c2dAmfUs5qJCAoNm2biYb6FWIhWwIUgHk/RDx&#10;2RyhUiFoKC8ur21kgUp4Ag6LJ+ABoIUA/K6GavADX65WijkdXZ1SxZv79kk+jbpOvScCQBToF6Wv&#10;2UKNik+7tyHUnqKd6EV/dq2wTQw96yU7LI20s01TDw9zA9tZVxugl0ddcXW0G2zgpsdvDZpGLW28&#10;Mhdm6Lo5uYcv9D9tIZDfEST9EOWuperV8xp2LK2eB72aDccDHQlEK+/gkFBt6T921vki8IPwT2xh&#10;e+q3A3Dus3ZXvCEoffux4NRdmQhD61l79tYYGjpl9/1mPvi9cLMJRW/s6Rs/eFjoOWy+kP3DfDPr&#10;ob9vC9MORMNMwxYfuHfvYdyzFxe/iwgOnH6lFNgxDSdtkzPWYGQsXcPKWD+Y4DzhYBlkuj7EFqpS&#10;luH0zWefOb/RycIy4qfr8StHkTx7bGG0K8F24t4rt++Bcv/Ry6IO6FbIG699GYgP+Ox+u0aYMN+O&#10;ZPX1Ixo4LmU9mgsjWI3ZdPPeg8dxz+/+MGdQQMSORzXCHjj6si18z3fvbz5Nlnv/5JcLFq5YsuqH&#10;y/HVuS/WL128dOmyVdvO1tElf3PTuup1CPQ9BPq6jxSG0LOZuP3FhYPfTR3iKUu7uOjzfa8bgaI1&#10;5NuEw9ymLD1z7exXlPbY/ftuMiDvE5CcwXAlEpAy9KYA7yeIBFP+gc8fjiENWJ18+/jG6aPDKfUv&#10;ly1Yc7+AB5oAsQIq7+WPc3OytSXl0bUFfpB79k88BWgMhkDkgY2M/4xTAbs2MIPAFTd6a8zOvrNu&#10;gq0eqA9aagP/Y9SSK/PNBYfXrItrVoAwid9tCDhPYcLm7GcXz+2cOWb4Zz9IZxw/OcdbHwGTFj25&#10;12YYuWqUCczQp39UVFNJcg609/lhgbRA/gpJNBq57MRoZN3+zbvSumEgEgTqDIgt4JTGXb98EZRL&#10;12KzWoDzSEYrS86sD44ePsACRoya62vOffw0D5hlraqwnFuZcOPi4W/njpjyXbz9guNrxroQ+7ij&#10;5ZPpPsZvyPhpEwcFDRg0dVS4a1C/KdNGhYT3mz9njJNJDzGurugQ0CHwMwJ93hZqP8GUmM/23759&#10;cfsiT1xBdm49ExwCYWEYpwX7j43z95m6drxx+cPjZ590wCy9gkwsG7Ir6dI3QSJwDLOlEAm3trH8&#10;49hopPekHTdjr+1fEWZWV55dQNPAILk2sP3G/9DdAoqVt50rt7GrS/SrBxG6F0BuVykR/Ob+g0YF&#10;x+B9Zm4fRWQkp7xmYf+AIEutlMDMYr6//OTZqzPfhxtiuKlFtSC/GyYpfhxbrWSKbu9av37Dxivx&#10;9crG6py8GjnY9PvAl0IlR5BNwmetDJc2vM7PF4KdQagClUzhOOfMi6dPQHl058xXoVhgCsuzC0vl&#10;3blPd21Yv37TuZYOWcvjZwUcJfBIKGFEu+mHHj9Jjj20wJksraiuaYFU0HXl4yCAJpnFjJoxa/II&#10;GyMiIGP3ixozd9ZUL3udFNHHgVdXy78MgQ/9Bn5iw1cIi+9uXrzpSD4XBjMIHurujoJhSWR877al&#10;mzaDl+QwdPEXnuyiMycul8pdFyyZZVx97duLaT32RphzbPmposj568c6/44t1Cgbn+/94rudSV0w&#10;GNZhYGg/MgyONSbBe9Z/KDxZm3H1ToHWcBo4Gmy//zZYaLOh0+aEKdN+vJHQm15Qf2/V11+czGaA&#10;4JUeGd7fUY1Qq+Bo58FfrxrmDNX8h6wXoHtyAVgJG0xZ+v18F97D7Suvl8uEBXEPWuDuk4IsoJh8&#10;fdewmAiH9vT0zHaVBiwyNUgQRq4NzXifolGp4KSgcUvng33EnzsDh6mk/HcTM6T0ovSkajNHvyBH&#10;AhKFwrmOmhxIYMQ9zAHzFaioJFwZDO47bvmqEZYFF7ccfVEOFvW6okNAh4AOgX8YgT5uCxEoA2MT&#10;dtKu8YNHjBw5eMpJ5vAd30/yBkZILuHxxFxtciAMbRUxY90Cf9qL0yeuV5pMWHH5wgzxiRWDBoFL&#10;Rgyb8x1x/sNjG4ZAtBbaj7pCLOTxRHJt9oC2IEgm1vCio1OGDh05cujoTVlO32xYPMASOP8kIrEs&#10;58jMocNH9pZpK7akCGBYjUKt4ifsmw/q7y3bXna8c1+RxlGzDp9YbBi3fdRA6ISYUbMylJ5ORoBV&#10;Wa2E0dN/Wvi2xpEjNz6qgoivpGD7HjAngmg7I7/J38/1gcHoPBAq01OrWsbnyQTSt10GrlYBjC8C&#10;8fig95ZjV2/7ypqduXzK8tWHjtKUHp9t279lOyjbNv+w+bNw86qHz1NpbRKlUlZ8ZsGQYT09Hjtj&#10;wcWid1kiVVIBDyaUaT3JSrFcxAMxGzAYwT561tdj7GAwBuALA/xdAr6U/7ZXUM8ErXlPb+cQvKZv&#10;OLx5m7bNHbsWB6PpF8+/7FTKRTAeX6KlxNL3mf7d94PMan5auv1BKVPrwFZKJCJwH3Q8V//wF0HX&#10;nA6B/00EPqZmU1AQrKCgF0ZHR1h9/T8EKachO7uKrlDDkfp2QaHeVGg3RNicXthMcgzzs9TujWgk&#10;9Lr8ki6yvZenkyEKOO6ys8oZfGA8UDg9/wEDzH9eEyrYNeXldLRLgKsZ8eejkraClJJ2OaCRJFp4&#10;BgfYk8EcQtKWV9zA5QlAYlPvQDEUqndYqIW0ubqqoZUtkYH4uJ5fqL6DQm1/tRGm7i7LKWwGosNg&#10;JYj1jh5mRwSf/67qrIpOOZT09QY7U69+/g6Gyqa0ghZ9pzAfC7BwU0mZdQWlbJINGAwZWkJK2nIK&#10;65CWIQGA5hGYdI2M21pe2IZx9fG2BPGvwFayC/MrGEykvrFIKrH0jvQw6l14KtgNVSU0lWOwPbqx&#10;rp7B4oOGtV1GYAkOATEeJm8WqBpBU2FpE9om3MMKj+TVvi6hm7mHuZuCn5WC9sqiGomJq687lVuY&#10;V600DQDwvE3gEnZUF1QpTL283Km9S041tzartBVrG+pDaEmv4lt7hTgbamdkooaK0sZWhFOIj50h&#10;HmgD1L0u7jJxC/Ok6og9/qEXSdeMDoH/YQT+Dbbwf/j26YauQ0CHgA4BHQIfAYGP6SNVvxNB+e7f&#10;H6Gbuip0COgQ0CGgQ0CHwN+GwMdcF0okMNUb3x4CASMQ/rZe6yrWIaBDQIeADgEdAh8PgY+5LsTj&#10;YSRS7386Q/jx7pGuJh0COgR0COgQ+HsR+Ji28O/tqa52HQI6BHQI6BDQIfD3IPAxfaR/Tw//qFaV&#10;jFmfV9WtADSHEJEJkmztG+hugvmAjqiV7PrsGoGFW6ADRdzdWFUvNHJ3tTP8/yfmkDAbqqv5Bm5u&#10;Nsb4P5uwSDuKypoRZn7eVoQ/5Nf+AFx0p+oQ0CGgQ+B/CYE/+8x+0lhoRF3PV0f1j5m1au9+UHYs&#10;m7N49c4HjZxeZZn36btC8HpDVMSYfZlqmLr25qaYfuP2JLW+z4W/d46IQ29rYP82D5ta0lac+SiJ&#10;poYxc15mZFazfmaC+4/qaC93TIyaePAVrVdI4o/61HxpSEjkhONAjPy/6bnuWh0COgR0CPzPItCn&#10;bSGkcISCGYd9czEpEZS0+J1hafu/XnOrgPceBqT3lgOCGBhQ1EGqYHCLftO3bVoz0dv4Lz8N0q7M&#10;n1buuZza/duwauTcNlpVkwwBQ3TVNNZ38P/AFhKABA5MD/8HpKM/99Js4Oa9m78fbqFlhdMVHQI6&#10;BHQI6BD4UASQW7duffcaOl9A1YfYoPtEkfPKHx5+zo0cP3+AHSDEJLvbijNvXm6xBCTaxtKcLVt/&#10;vPfoaXxWeZdpgJ8pGqZhpT26eOzUtcdlbGXri3ux3Sahzgbqhid777eHTflquBPQ1W7pVlI9XG0N&#10;cDBJ5Ymfjl6/ef9FqwpWfvtBKtot1PqdwFh+yeUzZ1LZtl72FAw/6+L+G6lIaw/uvRWfbbwa3yhB&#10;iNqzEhNaSM7OFhANXEfS9sNX2sj9fO3Qiqbs1NjYRxl856AJQ/0N0Zzs4yculLM4OafO3u20DvdH&#10;1dzb/sOZh0U0FrepNqXbZuKUgZ4gM77l4bY9x+89Ss4po4b0M8Mo6EWvLl9MLGvJeHr5OYNqQ+Zz&#10;uERLX09LtKTqwa5L8RwFI+PAiespNBne3smGACyzuOzIj0dv3H4Q36ZSl9x+nIlzC7ECVHW6okNA&#10;h4AOAR0CAIG+vS789S1EGnrqmyrr2+ldGUdmzz1bSQzwdlUVHv92zdZiCYyRcHHj0mOZQgM7XOXO&#10;Les2bLtZ1cPRBhU4CqZuT7u2fsWu2BI2oK3J37Fh5f5kqYmleceDuV9t2flDKiD3fKfwCs4c2LL/&#10;cYMI1MBOO71l667XHKSesSmVAiMbUK0tDFhXj6zecCsXWqG2vPxmy+YsJoZVeO6bmd+lyFz9rSUP&#10;93625mwaDybK/mn3liV7M6XmtjYmMHb6kfnfn8qX25lLS4oqGtRoSGQV1nhr+ZLPn7RZWpqLsk8v&#10;WRlLgyGZxU8ObFh5+nkLDii+ErlJm1d9s+tZh0qtEJXf2P791t0PmaZ2iMqn27/58WEFkNQQ5Gxe&#10;u/JQmtrM0qQ1dt6SLXsOpbN0j78OAR0COgR0CLxB4N9lC2EqoB+I4PJ5CLP+q04nfO/y5NGTnBqO&#10;pja1pYOX8vxeHjnwu83bVi9bOjPQhgCEhn7pU0Ri8HpoSFIeJij8ITbRbPTS3ZvXrlk+c6gtjqSH&#10;/SVSQExcD6+H19aAwBLxekQsiWgfMaS/GczEf+L0uYvXf+1HTL8VXyOENbw60YCb+M0iT4pV1PJD&#10;R5Z4MR6+zGHQmpvqG0UwNHSltf+YRd9/s3S0fvHtQ+XqeWsPrJ67ZE6YLUap0CCwgqoHu889DV19&#10;dO3a9Qc3zeTd2hPXKCGAXsKtfIctXL388wHO5mQSaB6SioDD0XgYwdQrdMrY1euWjTVvrcwvogPL&#10;vjf2td2E5Xs2rF23bPpAaxyR9Kvh6F4IHQI6BHQI/E8j8C+zhQiUBqayNbdEdiYe//GLhTedZyyb&#10;FkFVo/EKFr22scbY3d6OAu63iY8VAQPJGP/GvUeg0KrW0lqhMCDYHQcIp/XtA6ng1D9/SsApchng&#10;JgUC2mApRp2zdAKVlpPamP3oSD1i0qwYolLQln1sy+aTD0Vj5s/2s0JqgLAUqBVUbWJlhFLDlMKG&#10;kjyxuVGgM/DFoi0tqUZwwN4Dl7GYAjwqd10/Ly8v/7mnq6Xtz4paMEi4BmFANuhxc76rvQiqw2LN&#10;zQAPqRyNxKMUajmM11JSJ5EEBnugNTC1vn2AieYPxBr/fJy6M3QI6BDQIfCvQ+DfZQvZ1Y87aEYe&#10;rsiiR0efxTmsPrZj5tBAJ7JSqcLhiRRDEw6Px4cU8iBj8HvWTa1WIwyoeDyuvZupBBE1GvVvWg7I&#10;OsLh2oUl/OdEhl7zCn5DGA0fM8K0/vXmHXtqJLNnDCYohIWPjsU2yqbu2PD5UC8zfbjqbb1q8Cew&#10;jEgjU0uFVNbNhjy3kCy09mkDkrcalXLQt2du3b374EVOQ2Ph+WGWPCkIuwE9/c3AUQ3QUwI/aGsA&#10;Mo4akgEVh8O0dzOU0NHfHs6/7sHWDUiHgA4BHQIfgECft4VgqaNWKXtK2ZPzmXm2C6cMNNVTSpFw&#10;NkyhoL+4tLcUjYQpzM37+4cb5pQm13YrO5/uftHBhyEBURxkdd4uECHrodEoZHCz8HkWluWPkyr5&#10;YlH6lS3Zmje6C2+RNbGJ0CPUNDTzJNLWjOcpkGUCpkvPzNzSW6mQKlXA4hDDxg03yn/1nBmyeflg&#10;MmhEJZdL4VglWl718GFGnhKt1b/taROqF4Gz6D9iGJMRl1ysVFbee5ZRoUGjNQrD4IFD9ClP6zjO&#10;jvaC58v6j5mTIyFjEMB6/rxY/bmSd4fTU7dCjjDr9xnVrOhRYq1AzE+7srMA8V7RqR/wFOlO1SGg&#10;Q0CHQN9GoG/bQjgKZ6SvaTg5zcYcKgMOKL5OvL95sLn54I1Hpjnmru3nEva1cO5nkXBVfQvc64tV&#10;X87QHJ3iZb6hZKCPoREGLPnAsgtN1Nfv0eNFYoH+LtgDBI5Jq8UXt/qrb45xs3V5Qd0YCle+s/bT&#10;3nBM//nfePuUrgxzsT/OGz7MkKyHBQbN0KnfoGBs3HcDxq672KTEx4wdTbUkD5syAtIJxhhELflh&#10;tXXtpn6us+7X+kSGU9gsnkKKJ1Moejjg8gRdMXCfcTR2kWjvcPOhW2sMvQebEeEwpRIz8FT25Ylx&#10;X1lZWo8+VDdp550xxgoFUtvVXpuGwJL1QSXgXoL9Qmg4eGg4CCAKTCETMBop3Hrp1a2ewktDnW19&#10;ky3WBWn+Yzh9+yHW9V6HgA4BHQL/JQJ9m3fmQwavFLGZLCHc0JxKQqtefeU2rnpOzuP1Pr+pIa+R&#10;sjqYYo2epZU+Ala7t5/fMZ+7tSdG9VWycY2E2c6UwPQtrcgIVcW2fiGXQu5X/TTs/59c50Pun+5c&#10;HQI6BHQI/H0I9O114Yfgwi28uNLb1nPyd5fS0h8/T8bYh/rZar2Uv1GUtRcXRNlYD9vyMOF10pO0&#10;cvuAKJe+agjB8ORVZ+dE2FiP3Pk0MTnhSVa1Y0A/Z50h/JCHR3euDgEdAv9yBP531oUwGKf07KHd&#10;t1LbJXINJmDxhQOzHXC/S9Sirr7+5Y5rNTS+QoM1n7jn7qrQPj1rUFVeXrT9RmOrUInAW0/ee2t5&#10;0L/8udYNT4eADgEdAh+CwP+SLfwQXHTn6hDQIaBDQIfA/w4CfXq1879zm3Qj1SGgQ0CHgA6BvxEB&#10;nS38G8HVVa1DQIeADgEdAn0CgT5tC9WC6ger5yzZkdr117DWqCsvzpn35cls0W9fT7v35YJ5exMA&#10;P+l/UZpjv1gwf18iF6YR0OJ3Tf9yV1z9e5DY/BcN/r2X8lIOLvhswa2Gv7cVXe06BHQI6BD4RxHo&#10;07ZQI+suvnft9ot6/gdi1v34yMu6brEG1vH62pVzL+t+R/CQXXTz2pVX1b9jKX9uUwOrurEnGRCv&#10;wWRNt7ZvX3aoECbPXDF15/kcYKR5xaCS+BoJTCNjV728fetFOeP3bKFYVHr7YDpEjPMXS+21Hf+l&#10;5f7ThiX1ideuXMtn/umJuhN0COgQ0CHQdxDo07YQKNljCDgC7j9YYf4Qf86LJZ8tPZ/MQGMQiH4/&#10;NjTUn5lA+e0LEBgCkYj7U1XA4j0+E3ZUc0E+PQxjPmThou/n+MAwQat3fTbawxAcQ7+pBI5A42AE&#10;3O+QvqhEqVv8px9qlf5VKaXqn0LGbyql/06ayMd6JFFoHJFIxPTt5+ZjgaGrR4eADoF/CwL/jm8a&#10;+P7LCo8sCfVevG7LxCEh5uYWFmuedkG0nkpB+qExFqCYm3uO++YVXdNwfc2m6y/ayo+OcZ90rizr&#10;6IjRU/elaJdisuo720do+WvMI1Y+rAXHkFDKBeADVQhS9w429x96qhQG6369droPVJ25+bDdCWwl&#10;M/bzsTvLaqrvLu43ZFcFT5B6aXmEn62FhX3E9tutYkg64ncelbpzC0c4QtVYfPe4Q65suzh//JG6&#10;qryzcwfNPFPRWrhrjp+21+aDt8fRJe/WoWh9fXCkRb+v79SCoyVnZgZYTL9a0/Bg1aQteVXNccvC&#10;w9endbTfWtOv5/KQL4+U9CziWM8XuzmAIw5ewRdreirserlrvpd2xJ+dyuRAeBXsdHF1n3/62Cqo&#10;Y8HjP0/ukarqjp87MgA67/tbHJka0cPDChNW3F4Xqr18zLrzDb/o5L/l/dCNQ4eADoH/EQR6qCzf&#10;ltKW9l8d+YT/qWSm7fTAWQ283KjRSDL3zraGGc44lEIXVh3woBL67auSKnj5B2MMrJY87GIWX1sY&#10;TB6x+hlD3nV1qAfe+au4epZMkbIUhaPOuSvSqJritoZgPeeeL+XzC/cO9dKfeLhGlL/H0lBv6KGM&#10;W1/iKLYDTlfIlIy4tcN9wubdq2HVXBnhSg35IYMp4r/4AkMwn3OdKeQUnFvSP2DsqYLuztQDYXao&#10;MT+k8zVV26kU0qgznRoVs/jEEJj54IOFGnXb9YXh2OAlj+qE7Lil1kZDjpcLeK03p8DIbsvjhGL6&#10;i81jfQNn3Kxk1V0f72kWsDu5S/7zbZA3Pd8aCHOccbECHMv9cYgZbMDRQoZMkrqSRDSYeK5dyK24&#10;+U2wTei+TEZn4rrBjtaLz1dIea+XOBsTF9/lchgJWweYeX6bIxZl7p9s4DBqXzZfmLMn0CpiXRxN&#10;psn5DoshmMx5wuTXP98WCneYdha0wo1bEK1vNetqGZ2f/6MlBYfX31CkkTXdX+Vg5DP3YYew7uYU&#10;v8AZB9LYn/CzouuaDgEdAjoE/gCBf8e6EJq3wIE4AzHAL8jFhOjoNoCEzKyhKVVAzk8jbDsx2X/C&#10;bfK2J423tw01RmsQgJMb0h8kAuUjBBKJQCGRGnZZZkK+o8PwSG89Pf81L8u495a7EIDikUb8amXk&#10;9MsWE398+IUHBqnCkPTo2ZcnxXwWZ/bD6+L45eFGODwODRaPKByaSPGdtffurW/ajkzxnrizqFWJ&#10;REA0o78qCCRaw6xMKMt38XAwQXBEDsEBqpQ7r+pQODyoB4HBE/FYgp4es+DmjAGz71K2JxQlr4qm&#10;Qg7YtwUsVWGIHnEM8Cf4Gw5oVXEEDNDNQAEPJg6HJ4nbc9YMHbKhduTVjJJDc9xluXGP6cyJwS4C&#10;odjY09+s/cndR4X5hak4W3MPfR7HzCOIUPEioVgg18AxGPzA4ZFGeiZ2jvambEYRXaWoiK0upwzp&#10;H2Frohc4e9dA4OWFq5SCkrRn3Ub60dYqDs7Cl8orSkujsfpyVND/yORXN0wdAjoEfguBf48tfGd0&#10;vV9kDQyl5zFn4yY/H1dy67kZVmbeUze9ZCngQOPwHXEKSHlJoZQwulvJ+nqmBr8GCQ4zsLIlCV/E&#10;PusGl1Gjpk1bNM3Hk1K2eyhwLk48kNehhAMdJEi4Ca3h55xa4OY+qcZtZ2XW2QEOMKkc6Ff8VtFo&#10;UHhS3aP9MwZHR4/d22TnKVAKND2qgmqlHEYOmzT985k+XoY1B8f4mJuP25dBU7yrzqQVY+phCwcm&#10;8Y0TVg11A6ZRwLD2/eesWurrbSN6sXqAuVnUt7ereWBrFYWK2zS+f/SAyRtfaQK8hSIWsJuM3Niv&#10;RkRHD/w+A++gxAF1DeAn7a2vVzwDiRRwmTwex9LMBI+BGny73QmEHsW0gk2ToqNjFt3oIGGoekqF&#10;QveW6RDQIaBDoC8i8K+0hb03Aq5RyVg0xJCrqeXV1cnnF9iJ419ce9El0TNEwrEoEHMDDApkPdQa&#10;DFrfwdlL2NBW1QHZI0FVfmJ+o1ClBj9jzZbff30sApW45fgzoUzBkNuM2pFYXtn4ascCH2zi+hOp&#10;QgkKp68BYTZouKgkN1EZPuW7tVH6rfUMAVAk/C14gZHBELBSieXEXdmNDQ11WdfOHX+0uD8SgcWS&#10;1Ag0JDJMl1GHbI4vq2xI2Ls4AP9686nXXNlbYwjWjmg0XKaSgM1IFZ8tlfTqKGKx+mpoXQj28QQS&#10;h/n3Cypq867tGG5Uc+raw3oeVl+uHHikCGow/9H5HzbvHeellMr1g+bcbwDhQ8UPLp948O0IIxwK&#10;UlJ8p6iVSrKxg6ORWVVpHRdYdllnGR06BQ5H4rAYvHnIwXxweW383dO3NszwpULWUld0COgQ0CHQ&#10;5xDo27YQGDuhVCjWLppUMolQJJaroE+5UioUqCUqjUZc93ztopEjvj51s5ClHx40ODLS39DOJcYa&#10;K8m/c+ZUVrNQIhMJxDIZjOw9fM4iquzBjzvOn//pm8nzl53NYClUSpFA5GVqbTtx6+Ywxt6vDiXS&#10;Sp7vnTB9+jf7L1Y4WBq5ha8Z7kPAuQSNJnblP7hy57ncMpTYnHn2x8N7Tj7v7oIJ+HyFWiEXAsek&#10;HFqLquRimEAokcAo3jPnLUQWPtiz//yppUPDJ391v0qMwrsGDkPTsu7fjrv94tZP02ZOXbL3YqmV&#10;uaF7+Kphfu9EbqIMHXwCfKRZl0+ffR6bkNvKhkkVamCm7IPHUlilT6/eupr07MZXc8dO23ghXow2&#10;9A2d3d/PZ/DMlVMGJB5ae+b0yVVTQ4euOFqichgz+ys3Xum+zWfPb5jcb9yss+mdoJdyIbCkCqi3&#10;aoVEIBALxSK467ypE60K4w4ePnn+duyTMr5AIFEj9QLHLx1lKj686cj5/YuGjRm17V4JF4q+0RUd&#10;AjoEdAj0PQSQW7dufbfXdL6Aqq/XV8YBvtdKpHnQoJhQS7xaoUBTXfsNDnIwwKpkUoJ52IDhvjYO&#10;kXOizPNTE2tr2+VOI5Z892WIIZxiYoaQMdtq68k+Q92IenYDBkT7mOubeUVFmbNz03Mb2lH9Fh3Z&#10;MtOJiJAK4Wah/QcH25nZupjwkSqP8M/mTPXD0fNz8mprBdQ5W/fN9MUhiVSqvqi7uZOHHDB3dQy+&#10;o6aKRug3ckJ4sJOHb4C7KUKCpEbGDAmyxqiVKrmx9+CoYHsz6+CoUEx3fm5ug8p63o7L30ToI5Bk&#10;UxOisLOpTWgwe+X2YabdOZm5tbV80xkb984JJL6TKoEhm1k6GHKZdbUys/4xvv6WfqFDg2zJelRz&#10;QyGjpaVDHL14/1dB8JzU1NpaBj5m0cavRluRTfzGRVqVZyZVNyqsBqzb/9MQKzjFJSzaVlWTmVrB&#10;p4xefWz9WGccXCEToqz7Dxzkb4ECvUXou/aLCfAyswoJdccxK0pKau3H7RxENXKNjhniZm7hNyTU&#10;qCstsbgbHjJnx9aFA011y8K+8ubo+qlDQIfALxHQcXPrnggdAjoEdAjoEPhfR6Bv+0j/1++ebvw6&#10;BHQI6BDQIfAxENDZwo+Boq4OHQI6BHQI6BDoywjobGFfvnu6vusQ0CGgQ0CHwMdAQGcLPwaKujp0&#10;COgQ0CGgQ6AvI/CvsIUaNcjy7imqd3PS/+TGgMuUyg+54ENvtFqlAvX/s1wsGhU0pr/cZg8mv3e5&#10;Rv3f1a4FsLcS7Z//ZW8/9IboztchoENAh8BvI9DnbaFGQU8787WfqYWlpaUF1WjY9+cq3jfNrXCr&#10;JZU67apW/FAtEwm5AjlITRTyBEKp8i8bk3dgpl2IctUL3JTPA9X+Q0VCfzAHbeK3NuF3VKh+txsK&#10;wJEDmcDsNQYGZrNu/I4kU/VBVxvDEcebf9dYvq0f4AmlVIKcSqlQyBMCBBQCrlAkA3mQVQdcrA1H&#10;nmyBqXmNVyfjbQbszdTlJf5Dz4euGR0COgR+B4G+bQs1CkbyzjnRB+pWpTPodDoj75JZ6tKRXx2r&#10;YL6PMXtnXaigvz6597PNmTBYzQ9f7jrwpO5jkImh9W0dXOxMcD3Mof9IgSP1LFyd7U2IH9SkjJm+&#10;a8mF/FYxDEYydXZ2siD/jvDTe64LVfSaO98vegAJOira4n7c/dX+QhisbPP8XceTW4H6h+btcly3&#10;LvxHngpdIzoEdAj8KQJ9Or9Qza04NdprC+FQwqsVvj1D5SYt7Tc+NuZi9oFh+Kq6Dn0rC2VVLR1F&#10;MKFaGODFTfVdGqypo5eDCREFg+VvNBp0tP/hmgefmcFgcl5LRW2rQIrQs3b2sDPGgrpUbJBczhcq&#10;kCY21nAWF2bj6maMgcm6muua2jgKopktWczmku397PQ1vOYSmtDIlCyua+FijCxtHW3MsXAFt5nW&#10;pSbbAnMI49OKmviGZhRZLY2FNrCwcbKzxAF7peFVldeyuBKNoa0DhsmQWrp5m+F+cdME1aVVDK4U&#10;hsQSnfwDqJrO2hI2zMXNhYKEqUVtjTVdakt3eyqxl7tboxR01HXIjKwcTAniblpDp1rPUMrtZok1&#10;WGvXAGt9MGqYjFlbWNOlUCPxRpZu7nYYRtaRSTPX1XjuPLF+9jAvdEcnj2TmaKkPzKFa3F1TXMtQ&#10;wlBkay9POzK6ar999FaHDRUJy62Y1UXNIjPXQBuypKO+qqlTqEZgDB28PMzxzOqzX7oveTlo0709&#10;cyODHNHc5oq6dqEMSbZ18bQxRMMq9trGbHfeXJ2wVL/+6hzn71g77qds7IcCy8Tm6qpWphyOtvUJ&#10;tSX37Vnan754uhN0COgQ+LQQ6MOaTSpp1anxMKr7gXzFz6Nof9TfBT/kx1xB8jYAtP93P+6IDHE3&#10;p1i4jv5m2coJEZ56SJcpPyYypIBUM3+DIZk8/kK3RiVoTNwxOcAiYMjw/t76XgO3P2uQauTtFxaj&#10;iFa+Ef36z5gRSIVZ+p+kaTTCirvTg5yM3YIjZy4YHAQs0LQHbKmUdW8KDG4QvWrnxkhfK7JNyGeP&#10;m6UaTdNxb1OY47dZXLlCFDcLrLkiV+/ZEulnS7HynXqnQaLRKLofrKcaW7kFh/eb+Vm4DYxguqP8&#10;3fuh5pRfW+7kERA1eFi0uz5s4r6G9vYL04kE9415EJV3x5XZviTr2bdruW8vEnXdGgdD2C17CSrP&#10;/3G2Ocx7/JK5n00PtIbBora+ZirUSm712blupn6Dh4S5mNg4rnnY3PBy91hbEhILtCoW3qx8thSI&#10;D4+5yNBoZJzaO6tmBFh5R0b6Uamhs09mshWVP9ib4IecamOW7JpsDnMdc7FMzsg5M6Ofk2/04AhH&#10;hFH/b5NauuO3R9sikWgT95EzDmQWx28c52cTPGR4P3ei74hDyR1yTfVeW2P8oCM0jYpbd2kMzCRi&#10;R7pSI6dXxn4+MMzDLzLCldJ/+Z0anlKnL6NDQIeADoF/DIG+PPvWqLu6WvAYjLkhtNzpLSrg3US2&#10;0ZlKOIpIwNWynDem5zzcO5pRW9Rm9cX9jMerhorv3nlRy4SkJbSXAH5utZjFQDqM++GHjTPHxbiy&#10;k568yhXwyrZtvGY87kBGRlry6kCRhEAm44kwYcrls89bvQ48yU2/ssSOYICCaWXqIcF6FAljMXdH&#10;evyJr/Tzcp6ntWhgWBxJD0fCQYrAQDsKhtZDGEzdmp58fiW1tPBZMg2mrPtp23mZ/6rnuZlpu2PE&#10;YixZD/uL+6HhN7Til2/Y8uXn88ZHuWAfr7tOMxk07TNc0/XrmRI1J/9FBb3fohmDHPXfjh4ORxNg&#10;ZBIOAgSJIxARTIr/mgs3849PcMk6dadcKJc1PTx+pS144sqd52KvfDuUzOgwHrpqSYQn3nLKicRz&#10;092NCSQSmYjFwuQNLw5/c7Aw6nxmenrOo00DFJ2tHIUCYhtve31609cbSkO3X74x34ub8yA2o8ly&#10;zLJDt2LPrwrEsNiYwZuOzcITKKP2xd1YZS9qJ3hO3bNn7YyxUY4dz+/HF/JhQPHpF9NBOBKDkDVe&#10;W7PyOnzo7aL0jJyjqgtrjyW3v4+b+9OaV+p6o0NAh0CfRaAv20I43IBiLFEqucJ3Il1QGARCowar&#10;PqClgER4BDjDYBINmmJMMTMNMgdOSSpGH4ZFAwHANwWciCCZO9lQ5UmnTz7Mo/EUcCKJIClKT1BK&#10;ooYG4YGv1GXwDEe1QoNUKVvyq0twYR5ehsDU+M0ONSLCtLoOUGsEkr+/Fdgg0yMaYoWibhGo9udv&#10;PjgBgScEBNoCZyyBaEQUS4H4bndBMpflPzjQEJhv24Ff+cF/Hf6JINv7Bihybp66n5zbwIVhiCgs&#10;2ixk3GwHREZSfHFGVlW3Y78wf8rv3UOVSoV2tnOkAGcnwQVD6mKzFBq0eUSEs/Dp5lERs/aXIGMi&#10;A9zIMKEQMJqrZUIe2C+EkARyUGoVr7Ygk+XpGO1KgsEwoUv33No21QGPUqrhqqpbO06mmdoN/TIU&#10;/ERw8Pc1YKXsnBw141gTyXl4uBswzAKwKNbIRDyYmmjpbknhvTxz/klBq1AFA1KP/7mRCRQYNaKu&#10;BiFPj5V1dNV3321/zBY0Xk4oV35ASHCfff90HdchoEPg00CgL9tCBNoyNNq5k/G6sOUtmPKOQl43&#10;ys3RCouBIzRwF0PwaQYfZmAc1WoFCGLUAPGKd5GHtHBVwvxr3y3aeMloys7YU9/3c4BL5CpIIhcG&#10;V6t/8T0GkrnguNbO/mcBXkltA9A1CAS0GPxVgU4AAZPQCRogeQRkE6H6wD9+70lQtybu+GbGoUrH&#10;fSfPnPsuCgV2CJUwjFnA2Ll+6oc/7DqWyPcICvc1/Z04l55aQVYHGAKIEoJMPtA6RFOj9j64cu7k&#10;we99Gnctmzb1+yOv6UIQ3fPukHo6BJkoSM/qV71TI2CRn387Gpt4cks6HwYjuk9YdeXR+ZNHvzF7&#10;9uM3S6ZOOfaaB1QbldDlcBU3/fzyxbvu2c/de/f48iArmEz+u/YNmi2gcUQ9Mtkk8tvLV/dPc30r&#10;lPhpvCm6XugQ0CHwb0agL9tCGNLAd+r2WVZ3d393okIbls/N2bblxzbvBStHueFRQNpWo/ylMfvN&#10;O6lWybqb66WWXlGjHLlJrwoq1Sg0nBgQNQKNT3uRJwJWofzpxToEBq6Co2xC3f0UWRWlDBhMmns2&#10;gyEEi78PCtl8uxpVyLHUkGEU4+JXeQzg0ax7drBA8yvnoaaztUmsMhswKtyA/XhvElBmgk5A6LtF&#10;Rtky0h9nSyMnjg81+UNT+MsBA2+wKO/UzL351Akrd1+5dXxOEJxW0CLTN3HCYg1QYDUMaoeu0KgR&#10;SH3XoH7U8vrkCi44UHNi/ZTvrtSKFSgEDO417vvtB78bz7+8bV1plzjx/N49OfjxX2+7nXpprjWr&#10;oaJLpjaheqngGCIJiWK1NUit/fsPt+5++rK0AYbGoX5jjqBSI0gWrhRjDtFn7tZNm77yqsuIw+BM&#10;/xqw/+aXVTc2HQI6BP42BPq0LYQh8U4TD589PVa2b6hPQECAf/CYl3pfnj2zqZ8VBg40DIXiN0p8&#10;4G+RNmkQiPKJYGKZNkEOiB8KBWI5DE0Jm7liuOTVogDviScSsAQTaVNTB9Jz88EFvGerggOC+z8U&#10;R5nBlHKFGEaMmr94jFPVqhFeAWvi9PSwej0rJ41SCgPJc5A9BpKKYqlICi2ANAqxSApS6npOUEM9&#10;0J4gF4uAbqJUjHRYtmsxqeLgEB+/4Avd/S3hwHS/uwxDeEz5Zqxn08GpXv4h57FuHlJJFQ0YYaSZ&#10;U6i7D0pp5DAkKoL4qxuoUUqgnoAFKkwtB42LZdptNyVInwQyh2AP0y5yIrV0cpBPYPC4ndXEEavW&#10;jzHXd4sJN2HfnhfptzuxDYAGOieDYRyGrzy5MSJ7QUhAgM+gPVkmnh5UDErKF0j0ESii84w1n7sl&#10;XPz+VrV7VJAmbU+we2D4nC3PnL48s3yIIdYheqIn/daX0WPndoWvHc59MMfbe/r1fD0shdfcKlTL&#10;FGD4Yi1A4G6A3kolKoz9nANHPsckTnUP8Pcdd4vj7k7F/KU5xt/2ougq1iGgQ+BfjUCfzqnovTMa&#10;Eb2uvl0ERcMgDa2dbY3AHh/YJWTWtDBJZk6W+gg5j94M5OwtbcxJKk5ra5daz87SFI+SMmppbALV&#10;yYqCVEsZzQ2dfDmaTNFDwJQoPTMLYxxC1trcxOFKlXje48Xj7nnezDk+AiydhJy21jamVM+w7eCQ&#10;OTmT4xO2BhGknbUdEkMrBypRJWK0tfIwplYWhihuc/ObnApRV027yMDS0YykErM6WthIYytzYzwC&#10;puhsa2YyhUpDZMZXEXtIZ0tvzzB654FTcNpoHSyBXEOxtERz2DAzByt9NLBy7C4aXU6ytjKHckPe&#10;Ke/mVEjZXW10mb61pQkRLepubGNjLVws9IDzVtJdVtsBXKcIgqGlnS2UPiLj0lrbuUK5oZ0juquT&#10;r9ebU6GRsptrW7gqDYJIdXSwIKHkrPpmBtrY0dYQpRJ21LRLjKydqHheZ1NzNw84flGm9p4AbmB6&#10;+e21LUwVAmtua6fpqu/gK7AGhiRAWoMzsDQn8BtoPZUg5bz2hm6ViZWtMQEO0wg7m5u7uQoYysDW&#10;zc6gN0vkX/326QanQ0CHwCeDQB/Oqfhbg22FaWsiPKyt1mYoNbKue9NIpmFn6jQaVsL+2Q4WMVvv&#10;Nmg0XWeCrbEzL2rTM/5SkRf/MC7E0vKLJ11SjTrtazLZbk/uX63rL3VAd5EOAR0COgR0CGgR+Des&#10;C/+WeYVG1fXwm6Avros0KCQCZBwcTT4yzhAJU9XHff3119ezhRg0TOny5cPY9THmxL/aATUvcXv0&#10;50ebeXAUHE4Y+mPmldlWYEdOV3QI6BDQIaBD4J9FQGcL/1m8da3pENAhoENAh8Cnh4BuFfLp3RNd&#10;j3QI9CKg7KZVpyYnJSQkFtS2/TrhUqXgMTvZ/Hezaz8+cAopt7GmVfT7yTAf3qRGymfSGay/xKWg&#10;4tLpTA5IhP3jopEKWHQmS/6ngi0qaXdzSzcbRIvryv86Ajpb+L/+BOjG/+kioGY8Onn08OkrD+7f&#10;Of7T0aSi5l90VcLMiruSWFDxX8ugKOlNjQ3NDCj4+Oei6Kipbe7my2Xs6pJ6vjYy+SMVVVPh0wdP&#10;X3C01amV0ubKiuy0rJLSZr5Y1FhRR2dLfr8hUea9B09T6/6sJ+qWwmcPn75kyP5EbwbEd7fW1Ld2&#10;8z+GLs2fdUr3+6eNQN+2hUoRLeP2w/hyRk8Kt7SjOPH2lYuvStnSv4+zREEvSXv4IL2BAz5Bgqq4&#10;h7Gv6wDHzKdUNBJGdeLtuAxAVfMnRcmqzHp873U18w++Pn9Wh+73vw0BjUrC55BHL/xu08Z10wPI&#10;d67ENUuh/Bg2iy0GXEUaBZ/ZxRNKYWqVSCSSyRWQcCXIU5ErIGoJkEYj4HF4YhC9y+ewRXIonwfo&#10;fHLZbJBSBP5WAZZcAZctEMM0koqkhOcvi0Cd4DIum8nmg2aEuU+eJOTWofRt+g0JNAbxymo5i8kS&#10;SyHLq5IrwbUcHv/dJCCNBlzLYvNFQABToV1HAksjU7zV95KzmUw+6C14TwVsBoulgsNkEpCIBLJe&#10;VWKRWAVDyNkdT2/GFdZ0g3PkUgGDwZb1rIXV0BB4QoipgsdksrliMECpkM/m8t5d+UGd57C4fOhh&#10;lgtYTDYHkEVIQYqQQg1yqbgstlAM1QBUUoR8nlACDQSOJrmHBbnbG+sSeP62p7jPVIzcunXru52l&#10;8wVUfb0+0n2NsP3h0qjZt0hDlgxxQHArrqybNn3rC6Zt5NgwZ/IvqT3/eEQKRXdFOtPADog//GkR&#10;ZO78csJ3qfaTx4VadJwIHbi0yHLBwgjDv5gZLq18XQ83JhMw79Hy264p2QXP4+PrMX6O3Dtn0uhk&#10;E5BG8s7LrOrKPT1vzJoCx9FzQi3+cDzCnP2LR6y4Sxk2caDDz6SmfwqB7oR/CAEVN/91tXW/6ABn&#10;SyMDfHV6iaGnFz379p79Z6pZKBc3anddBcbciV+dfDunFkikNHORVIzw2d10HNWg4MHRmw+SHr3K&#10;lUgYT86dSukiBPnZN76+fmD/6UqenoczJfvurWv3b91NzEXo6ZU/uvogvzVgUHB71u39h87cTyzC&#10;GRJyb55/XqcM9jfPf1ZCdrKoe3Vh+/6LDTyUo5NFwd3rV2JvxiWlySlu7tYU6NlTS/LiLv9w+MSD&#10;zFIxj9VQzrD1tqp6dauUS3ayMgTmriH13qa9R7PK28xdPHH82nYRzggrOHP5EdHSTVqfcPHOS7G+&#10;hTGy5eKhsx0423Bfk1fXjh85ebNJbhTgY8csij948NjLfI5vtBs9r1xuSFU1516+fuNB/CsGytbf&#10;0VT78Kua8+MP/Hj4SUa1lZs3hl/XISdYkwTHzt7BWLgjal7s+OF0YTvcP8wq58G102fuSQ3t3GxN&#10;EHJO9vOUDpWerbm+zhz+Q0/1p9pM314XwhEYEoyirwf09tgvTyxde5XTf/O5BxvHWul9iGmRVZ5b&#10;/O3eF22Y97pJcBSeRKGQsBDLGhKnT8H/ilD7vSrpOUlReWn7V1sedSLfr+V3akYCCScSGYYgE9Eo&#10;LRvquwWwlgISAH3Sn88G8B4z1187v2+KJ+BX1ZVPDwFI1UutVEJimlg9Y3tbMa0oIzOjbcDIIci2&#10;8rTibhwF25ye/CyT6ennLWltrKxnyEW8qqI6Ho9fmJmDso0YYM56+KQsdEQ/ZWV6fmFBYUnngCmz&#10;cF0lKbklpZVFMhNff1NiUV6ToXtwdESEBU7N7lCNmrkkxkSent1m6RURExVI1DBLCmtam/MSntcP&#10;mzEO3lSWkpFfUpIp1XePsjXMfV0g6Fm5SVldDOXY2fOjLNAlBYU5VRlN7Y2lDSwUDgd9YpStT68k&#10;+k9aPCjYrpvJRWDRgsaqp/dyTZ38KayytNSWQcNjlFUFZS1K/4iYCH93VnFSYQ1s/tJZRhh5d2d9&#10;clJe4PCpwUZtT5+UoHB4FFxWVZbaAbeOCbIvfJXVqXXfquWdqU9SrIJGjBrsw+Tw1RicuqPuzqVE&#10;A5dQK1nzi9e1Y2ZMMxWUpaZX12cniwy8wjytwTcCUFM0V1Q2d0BSm7ryP45A37aF0M2Do9GyzoRL&#10;K7450RX87ckL3ww26s3S7n68aPaEcePGT1m46SFNe5vF1Xd/WvntpVvX1i39bOK0ufNiq5VqWeut&#10;1dPXX7zx5OGOdUdjkx5dWr9q/+FDKxZOXnK9ELwhjEcLZvVUsuVxD+vpb/pDoTmluPbRmikTxk2Y&#10;vP70427oLGbKzjWLd128sGvGtOm7s7kwXv756ZPGj5swaca6UyksRffLnSu/3Z+ad/qrSWuft7zZ&#10;9FFy82P3Lt637+rRQ9+OnzxrzqZn+SnHv1owcdL0L756AjmPQEEBiuvap6e/GDdx2SMZxsXGCAlr&#10;f7Ly688PXju/cdK8JT/libHAQsLQJJi08uymWYuPvmKoul6tXf7FgcSX5yeNnzBl8dpt+VzoAyJh&#10;tNVW01gS0F1G/IYVn++Lf3lxKjhh0eoNOWxtW6rOJ+c3TZ88Ydzqo5eOrVi66FyR6GPoHP+Pv3Yf&#10;PnyIU1cC59KZIop7zNBJoc44MZPB50tTk9P4ph6DAtyBawGJRAEhEQwWA6ZHFKpFxKBhEX6Wzl5O&#10;0YNivC0k7c20nPSSxLSUsuLiliYW0cC5X+TAKC83igapb2rpYG9vYmTmG+lLL88sqWpCwTBGFvbO&#10;Lg56RAwGjeR3drGM/CeNHB7iRmC20lBEp4iIAWG+HmSFDKTXgtEgCOahEQGd1YV5+U0GZs4W1sYV&#10;WeVyoqmLrTE0VqSea5BVS/zLBrbK1cYYoVQWZmdXCLDDB4XApVw+2SNq+NhAG4SEJzW2dLWzMjWx&#10;sTPF8RNepumZW1EU0sL8ShA+lF9S1lRNkyIALa8aizcPCegXE+JvrFJp2ZyAVIyevbsFszC7uonv&#10;YG2KQcPLsjMzGfBhwwdTVILs3PLXSYnFxaW0pi4kyj4wIsLaSOv9giNQaDTqN9iDP/wO6a7o4wj0&#10;cVsIFoYaTsWV1fO/vVrbLrOys6b2SrK33ps9c2kqfOjs2ZOHWBRvmfL1jlwJDN6V++rioS1PW+yH&#10;ToqG3b22av8jBors2i/GGaZn7jNwWLirrOjFhYN7EjpsBs0Y62vddWfW9GXpKKiSQeYFm6Ys25Ur&#10;hWH/Y8kJByzUgsqbn8/c+tJ02OxRLiWXDmw/XySBKWoe3jiz+Vit2ajp06L1ay8tmbWd47dw6cxI&#10;UdLWTQdu850HhDqYoY28hk0eCEnz9hS1iJb78My2K6lSx5ETnEteH/9y+ml2wLDpvpKzp1YuuF0L&#10;dltqH+7+ZsUldNSipaPNMn+av+lagQgmKLx87tyGywzvmZPHhpmjVSo43lDeeOfwd99caTCwtCMi&#10;OAVXL5xdf7jGcuqkwUZ5+47siq0Cdr094+GRH25kQYr2/NKbV85tPFhuMnHyCPOSH49uu1kGTmh+&#10;eHrHmoci91GzQ4THfzp+4nwC7WOGUfTxt+fv7j7E3ofEYiEeJW5bTXkn0dSCjFTKgR9AowLZUCql&#10;BhM8apC5sKO+TYBEAP5dOBquVGhJ6FFIFCBzl6vhBCJWBVh5oecLjsOTXTx9Rk2dHOlrgVRhgJkD&#10;JhYJ1wCLpoQjQMRo3P0UhZ6luSEJ2h6UQhttPXy7EK27EmzwqWGQrCQSgwFeB4xCpUIhkT0kupLO&#10;2ocPUmT6plaGSPj/sXcVgFUc3Xqva67mxt3dDSIkBHd31xZaChQKpS2l3lJKDUqB4q7BAgSIkBB3&#10;d3e97rJv9iZQqLyftrQQ2Hn/Kzd7Z8+c+Wb2np2Zc75jYDnM1aw0J1lMsjAyQLJiQzq6/8Q5E6Kc&#10;u4szLieWKPBEu8AQfwtSWWk7yNiFQ0iDMbAOA2u1SmBbNRqGqevIWbPC7Ehxp6+XC8QkioGZvVP4&#10;uOnjRrpjVEqNFiLgmQwiGaPS4IDxH9jcpLpFTJw8aYiiOjfmbr5AobUeEj7MllxaUK/DYclkhqWT&#10;x6hps8MCLWEtlU55kq7p3x5HVP5gQGCw20IMDhCINXebOy6bO5t2euePF4v1y5mau9tjksI++Or1&#10;mTMXrHpz+XD4xMWfitUUkDOITLf1GjZt8oTVsyabdl5MrsUyXMLCLCGSoXd0ZIA7Fw/hKW4hY+fM&#10;mz7GQ5z6Ycz98A/1Qla/sXSY9sSln4EQsCv526JRlN7cH9OsXbvttZkrNs51U6dfuVmn0lFoFLJd&#10;yJhpC6ZODXX1GPvRhYubrdLe+3R/ZlmnqKUVazfEh8fCsdxGzx5pP2DCkR8sAsgeSOHwgoaPWLxw&#10;hj29mWM/cfbsWStnDKG2Zlf0ggxKFuGrD5zb7d9zcdvuy811rW2dwI0HT6LTqF6RU2ZNnzgm2IyE&#10;IQMr9snKtQelSz/Z9+FkJ0BxhidTyR4+kSNnL1y4INxGXnGlSAARiEQyjUYhIu/FWAKFSnLxHDZi&#10;zoLFC6MdNaCCGOpMuhtbbBH42qoVM2etfD3cmgYRB/mMGQwP5UMdgRlSSJqSbl+Nu3n53OV4tm9g&#10;qI8VUVB4+fwv9yvlLHMTEkbh6DMk1Alz43YaiYtryI09Gxtf3S4AN6qVMrUG+M0ogLeLDmwFyuQk&#10;Y1M/PxOaFisVqAEzrUarVGl1GhWwLXgiUVpamFrZ1FhW0SSnkmCIL9GqCXhBbnJSc5cS5F9hmFka&#10;SfP2Hz+TUiU1trOGlBJwUafWKAHHrX6jRCPuKSmuAwkuCRjAWqgytuC11rVRDU2o+nc8WNl979z1&#10;Ug2RgsMogS3TKk1s7KPCnLJS4logIlNeEnPy8P0ajZmzHVZanlVQWlucd/d+nopEh5VKDIvn52vO&#10;NiCqhXK5Eg8DXmCtVq1GXIV0YFGoZ/5FmpD1pt+Oy++UEkhEpIpaQTeymjreP/d+TJmKFOxrSiHj&#10;FUKQgQYHvgJeRv0Yg/cJIEmDpgcbTI/Fv6XrYP9l0yohilP4J8dvfv/+9GjbprNHLyZ3wJCkpqAL&#10;B1mYsBDYtASuGU8saa7uEOBBciI8k444muiwBhBerlaB8xgVSDIE3O+U4IlGKNBwBlRAFArexMvz&#10;unCwubHeqURH5JobisTNNZ0CwEPz29EA6ZiUSnlf5bZASwtLr7fO5hT2dDQKRIBNBqJzDHBg/1Mn&#10;qo3dNH3Ou8d173y/a7oPRQlesiHE4Q/4yCnloOlfiwZ43hlzXI0BnY2WDOMgIyYFXAEbWRCeiNhh&#10;VWvakUVTl15sDPh85yZ/Cwh8OfBmzOHSkU/gQQcbSYqetuaeunoFX6p8tJJlGwKbq1SBHBIwRqoG&#10;e51P+gvAEBNUAEgA9zoYJ9cJlV31TdUmDpbmCAYGVhywJn6xXGb/rcfiBZGL5/gN99R2lt5/kAPZ&#10;Dlk8N9rc2itqbFBXQ6uZ75Bhvk6O7sEONjYeQ4Ns2DiLkChfB2yzSDdi3HBLHscrYjRgjeXYDwn1&#10;dycS2R7Bw73d3YYMC+yqyhfR2Y6O9t5BfjYmBiaOzgHBHr4hwfbGOA3FdspEn97qcm7A2NGhXj5h&#10;IVZ0iRrDC4v2t7H2Hz89rLW02jQwYkSIr/eQADtLNsfWeUiYG1W/LjOw8Zg6wauvqZHjOzo60JbO&#10;dl409/WRXgOuWxiKsX+QXV1uLsnOf84oXzNTNx9vbzs3zyAXQ4qR64gx/m1N7WYBQyNCA0KGuhMx&#10;cqqVmx1XkZrfM2LuJD8rh2GjR6pbqmrFeAd3eyd/fx83Wxc/f1cnHp1nExHt3Z+/E0M19PC2664u&#10;1xq5zBjlb2vj6eXsZu4aEunBheg2o8dFdJQV9xLYNjbWXsOGuNmw+0cYgzdwHxLibs97QQYcVeN5&#10;IjCY+Uh1ooZTUyFu4PtJ4O0U7nmwfqINlhD5TUqnruJHCybxzRtCpHea3vjPRtI9JidIdZnvTzJi&#10;Tdyb0w3DkkvLzGmENUnA47zuxGQMN/ijVBhWpX88y4w+aldqG5LzMP8bUwbprZtivZCeOx9HG3hP&#10;TZTp0t+dwGNP/jmvD4YrvrQ2pET/0KAU3/84kGzu+VNub19vb3dXZxdfrNQ2/DLEnuy9LUsADK4y&#10;c2cYiefwU4kK7knfHE1zmvNlDSw6O9qV7L4ppUf56ygoWy+9Gw65Tz5bCa4Vfh5hA43dWd6ng1tO&#10;jqLSLT7PgeXNR1bZMr0nx3Zo4crjo52g6I/u8uHqLyw51FF7GxFjrm5J/ToCMhq7cvc3G6Io/qsv&#10;V4PcuhU77YzIkbtrgTN6d8rbbmTX4Se7YU32p3PMaSN2PuiC4brv3cxIQ78oV2pVwqz3fMj2Ycd6&#10;dQ0/Lnajhq+NbwFi5bFvgcS/C66C00W0/FcIgPyTCoUcFBV4RdIXHYjIk4OVDTLSYGGEZMNE/GtA&#10;djJYo1YpwGIPiaxAvtJX1oEaj/2pBcL6RSH3/loBRGIgl3Vg0QSEI1+B/wOhEUqkBb1AsITSt/vw&#10;XiBaXx4hgdyrQCoMXPwttS64XQYWc/196NcK9A5pVAeWd6DRfj3Bq6kafAL/yuWK/mrgskoJVoDI&#10;U66/daBlpHcPa/SLVQIV9dX6e94vUB9qgigPuqhv9PF7kIqPdeK/Gle0nRcPgUG+LgQzG1kG6fdp&#10;uKErZ4/1wiZ9f+hmo03URkuTk9/8XNjV1VgWf+ZEob/XMj8q8mjrnwz99oj+BwRkkCXSrR1DdTIQ&#10;GiUUggxH2ocVMD6j1pvxTuz6uQgIKYk/e6rE32upHwVsKj0Sopeh1UEEkmvUdHel/HJem6b7wbsz&#10;XCa9f74LC5xZH7UGtiDJkFZT31JXePPi3UQZgQCrdAb2Qxlkirins0Oi+nW9BR5fkIJXryTyJEMP&#10;9QWtIuFcIB8viSiTSVs7a+78ElNSBY7/kfOjAU36X6s0WhVEJAeP37Bpw0TlwS/3XuvQEbAgsOpR&#10;10En9XFfD38qnvyovwziz5TAVS8ozCwv71ZORVf1pS/vdvztfI3P83VvMLcNskKTSGRQCA93I0Aa&#10;aBKZ1O/ugSRMRs7zMMBtBvyLw4OpQQDX+r9C/guST+sP/B7+iQXC+kUh9/5aAQNcSMBl4EqCCEe+&#10;Av8H/EqISAsDJ3LgXtDuw3uRXNT6fNQPC3IvCakwcPG3MQrgdnC+oN+jeKgV6B3SKAaL3DigNg74&#10;siBb9jgCmUx6mB0UQyCSSPrDCf2tAy0jvXs8fygGQwQq9p9h6Huu72b/kSaiPOgiuIJ94h6k4t+M&#10;hxrM8wrV/fcIDG5bCJzHzO0drJCMP0hxm79x3ZLR+KTE1HqLDcW33us+PCkgIGLqF13LryWcmsSE&#10;lARDcwcHcxYZPBIYurG9o5MRBcKQGB7jpkZIr745e8v7xVgXN1cLDqV/V9HjnfLYrR0HJwIh07/q&#10;W3Ut4fhEBqQi8vqFAOiIHDsHR0sWFibwwjZePb8a8+l4/1HrCm3e+vq9ZSCLO8XcDvjRIRUxRO/l&#10;3349DHth9agVZ8qD5sz0wKgEfChg4oJgQtL6seG7Ux/G62PwdENLextzAyTOgsSxtLO34CBndHgD&#10;C0dHOzYeIplPePPrDea1n00c+WUXc9yISEMFWINCXHtHRwtW/88AnsKxsrczoUIYs+i1E2Yr07OK&#10;egQs0F1LNpCKwVF4Nk42lkjcCZlrZu/Y31+wf2TvZMUBaQMxWLKhtZOtlQHwnPBYtmnDGyZXNowJ&#10;2N0yOZDLpaPc4ejPCIoAisBLiADKzf0SDuqz65Kqr6muoQdv5+UAzOzd5fbjG5cVXt3qSvsr4ZvP&#10;ThtU0r+BAHAfAbuRIGCVRPj1zVgtEwskGhaPRdAvmsCffJGGa8z+59EHyOanVEVm0JHV3x8VkOxa&#10;IlGR6dRHS+FHtcDRulwJU+nU3x/Z/xvIoDJfKQQG97rwlRqq59FZSfW1L6L9vUcv/vz0mR+PJzGC&#10;ooMtUU/S5zES/16bckHTvWvnihv18eawqqelUywH7G71OVnVCGeZvsh7mnNSS3tFfZ3t/Cc5tXWi&#10;7u6ubvEjprX/qSfIsR1z6GoTwsX2x0XdU3X5aGwj/w9qtJfnnD+VIHik1v9sDK2AIvDUCKC28Kmh&#10;ehUrcoIXv3/wx9XOcOHlSym6JR9f2DyCTkDJqv7LqaAVAVZRiaz/kFutkPL7BCAyAHzWaVUyiVgo&#10;VQCnFYlQpADBgMixsUoqFolkKvBBJBSCqAnkLpWc38eXKJ4gSVABUXwB2F3XKkT11WU9UsBjDSv4&#10;LbdPXHyQ10AxtHL3sMLpbwdN4Q14Hv42zXn3z5xO6tZ7PcvFIrFECZxacm/funYjR/SQBbv/3Bqh&#10;RdV70YDwBsBcKpYp+s/oFXJpL7+jtqhaDHqgVgrACT0I70A0VEpFEiRyEDQmE9QU1/fw+XLlwCk6&#10;WEjyBUhuCklPR2VZEzjUB64wfIRYFaV9+C+n4kve1qDmI33Jx+aF6B6J6xY0eur0mbNmzZw+zNkA&#10;fXf6T0cF5tfn7D/wS2pBM8vclkfou3ry8JGY+EYpwcmGVfHg+rXYxLsF9ZC049aFK9UKlr0ZLivu&#10;4u24lMSSVpK86fKJi814KzdTbOLFI4cu3Cxpkdm7OBuAA2HA18BviDl7/PTlOw1Siq0Zrbm2wcjR&#10;oyH31p30vCQgCuL4uxo35hcVlbYYOlirO0oS7qX0SnF1udfPXC10jgy3xLSf++XQ3YI+WwdG0vED&#10;1zJbfYYNAUfoEKSsysiq5mPZJFnm/RKIrMqMjU/MvJGQ127j4ooXVJ44dOBqdqlOzh4yLrD9weX9&#10;J29KCKaWppjka5du3s03sLYzYVF1sq781NKa7sKM0lYLOxcWhn/v4onTF3MM/dyp/NaKRnVgsEXG&#10;1WP7z98u6VA4OTvSH9va/U8HB23s5UIA/W17ucYT7c3LhAAsTj5+oUVhzCHJi+paOhoq6xr5RoA1&#10;+9btzNKqhNjrFX1adUXqifNpeK0o+/adyvqaq+djOjQGkswrhy4VMSmSxJjYyobairJmY2uLsjtX&#10;7+S09sPTVV3U0CoxZhEyY6/nt0jpFLj87tWrKZVMQ565ubmVmaG4rSQuNjX1wcXMxq7G2vyUxLS4&#10;6/lUrrmVhSUTp8q9G9sqgWFh5c2kQqaJpaWFKY3cz3wIbGF6ZlGLmN+RcjursSH/1MlzvTRuY/aD&#10;hIKy7MSYwjqFGVHdqZHzGwrTMisMGKT81LuZhQVJt2KbZWQmDVhTwCmjbeyp7tHQW7Oz4rLKSjPv&#10;FtcLzQ37zp++K9IAj1msWNRQXtxsYmVadPt6YlHXyzTgaF+eIwKoLXyO4KNNowj8/whgSVwDDp5q&#10;bGvv52DEtvaIHh1qRSezQZImoZRl4TB5wbxFo5wcvfwWr5rrYyLs6JaYOPpMX7xqTrixrXfo6tVz&#10;XKgNArpF9MSR1jQKDw+oAsX97XEcAodHDTFnU5kgjlCDEXfUxVy7bx0xa/6UaC/PkNAgH0DszjK1&#10;9w22rSioAZuRLkOGmLJZ9k7eQ4LDHHmEwoyKPjWFju2rL2rmOAaEB4eA6Fa9YAyBTKGA+AgcnkoH&#10;7to4I0vvecuWT/b3UDXUZtfKgmZv3LJ8thuL1FZVWVwrNmASFY1V9WU9RpZBk2dPsjUE/BKQWg1E&#10;W06bt3SSryfE7yrNLWvu0HEsSc0PUtvkOhBARGbaj5g00pZGNoIwShGahhd9iJ4NAoPaFsKyjrvv&#10;hY9feaig/4y/9d43KyODA946Vs1/eOj/bFB6XIo076ctE8e9e7Ua/Kw0nZo5YcT6i+3/M332X1BD&#10;3XJ//9LwRTvj+/nE/1pR8u9/FD528U/ZTxykdN9/feHYQD9fvy927ooaOfmzRMlTSBU33tkxaexb&#10;X2eInqIyWuVfQQBDGTJ9vqdhX3zs7bgHFV2t1Yn3ckrqmsDZICDMBqRiRDxGgYXYHBqIjsfgYBAO&#10;Q6UQcESsAkfk8mgylRYPiMfaGpLvphdV1vZIlFRA240UTVcd4KrOLK5qFik1RMADSuJ6DnFRNjT2&#10;9gEWUqlMowGnkRosxcMzgtKUlNdq4GLFBmd/crVUqpDrw19Vrc3NcqJ5UIQnLBeKZfJHT4AORPyC&#10;mD4IB44utTCBSTVnwAqMDiJCGBWMxZLwGiyRhvBrQ5K+zsY2oVVgsIuDIQ4yIGIHeNG0OhzHABCZ&#10;KiGMlgziEWG4s6u9thkXNi6CA1jHMZCsuzbhTkZRVV2fVA6iJf8V5FGhrx4Cg9oWgmP/jqIHydl1&#10;fNANecnRj999/5cux+Uzh+tj556+aDobU458mYyczv/vouFXFybfL2oVA3Mja3iQnJjX/A8y4dYf&#10;//ByRdfj77YgE29t5oOM8o6nU+dJhXWq7pIH9zNq+h7LZazNO7Pz4knxuA9/PLTQtTYpKaW0E3lT&#10;UNaffG/rgo/SIPWD1eO2fpfY+JvXB7W0oyTlfl55L+qf8L8nxb9UQyvIvJMMu0WFO1g119QX52TW&#10;ShjRY4OoWL5UAThmVEpgedSAa1QJA3JQFaCeQQhcEAoalVImUwJ7plVpW/KK8tvgqNnRHLyQP+A+&#10;oyxOy6jXGkWMDKRCQqFMQmQaTZo2jdZXcq+wTqPtrW2oBfJlci0IwVXVPyhW8uy5JIVMhcVqOpvL&#10;W/gqBw/74cOGhgX4cMgMEl7c0lTbLex3+6Symeqmitzskpz6rl7g4wKYKcBUBGQ2OibXw5TQlH77&#10;wYPkvG4B09wsMNh7RHSUm7k5HgOr1IBiZoBuAgMScgCeUy2g0VHKNAQze8vQSP9Ro4Ya0Q2JeEBF&#10;qm2qyMmqg8ZMDWMTQaIOdHr+S5PvlRM7uG0hiBsnQIDOggaLcr/Zse1Ibegn336yOsyS3B+79Ijm&#10;57fDOvCF/jIsbry00W/hYYkW/ygPYP/3/Xf9Tghg4wAcGAjPB4hqB4QZembrJ+o+1pye3OX3wvol&#10;t52bMXf95fQuQNL/2C2Av4MIgTw5Ay0/rvtDXZ7oz+OdAa/kABDiQEB8/zc6qVAAQWw7Dx9fC0NA&#10;3zEQRka0nLp563dv+cE4/8+ObFk+1OIR5fhA7wG2oHOEh2kAHgLxyj0iz7HDOIadLfnmsW9TWpUz&#10;5o8LDAwwkOdduFtgE+hnacgws3ExolFYpnZ2VsZECsvG0cWIy7N3dGaQMGxrd1tzDpbMtnF28wgN&#10;sqc0njgeZxQc4mSK078k0XxCgw34WTEJxTaB3pY8prGxFdfUfthQ8/ZuobW7cXNRjlBn6uZiSiQy&#10;/IMWzg9xoTMN7ZytLW0dDQnVhQ2SkLHje0vuHbqUgjey9vR0xMiryxq69TjhvMPDSfys03fz7Tx8&#10;rXjGTh7WRIhgbG9jZmoTOXoS1JR4MqvHx8fP2SfY05pwYv+R3C6libWVnaM1R88uAQqWynbysKMT&#10;SUY2NmbGpgFR49jS6j1fnlIaGfOAli6WTp6hjozqI5dSzIKC7HloxonnOEFfrqZ/QwtX1NT64hHF&#10;/ZlGCB/pNIxJ4Kpdn6ywxVCDN12oGCBtBC7d0vubeTyOoSHXxD70nRsCOXhJFd5/b4at9eJNW0YE&#10;e3AYFMq6q90KWcW3Y+hgnwVPtZzw5u6jn73uZRs5Y26Qu2nIZ/FtUmnKJq6hXohDxNZYvRBBwqbf&#10;8JF+X4cQOYpKL2zxZnIMOazg+e9ndIOaTYeHeXBDlr45w8rKesHVRn7evvkGbB54oJn+M3bnd1Qf&#10;XeLNwCL5gDnjD5U/IvlUVl96158cMnntktnDDdkG1JnfJPeALD06VWfMWzSWobERj+0QtPB8LeJY&#10;rmw+t2C0I5tryGVRIz/LESpkXZfmQizvbckKQdYHk8zMZ2z64eOVw8yBpx2RzuZsib2ylmRgsugc&#10;H6GwFOcd2hLBAp0z5PisOJ7drieE1IpiN5NpTK6T55B3ti6z4kWvutkHwJRkfDjK3wS0w6S/ebkD&#10;JD5Ay3+FgI7f09nDF+v5R7Vifk9XnwiweoIEvyrAKa9FOEORFSFYLyHJjMB/lGAYwYoKpGoAu5pK&#10;pRIsFmWiXiBCCYIcQEKngRckjVjQ080XqkDog14UCIDQapRSwDiqkguFQoUSiFIBok4daBisPoFE&#10;JWCS18qRAAlwXSfp6+3pE+mnjFoiEoKAjUeASER93X1CfT4KkAwK3AUiK4A+SKCFVNjXIxSrgShA&#10;8auQdnZ2SxSI8uB7fSSGvgA9FCAYBCHN72cQlUuEnR29YLkLAjb0aujkwp7OXgHIoNHPo4gWFIF/&#10;jsCvy55+WYPMFjadnat/NcHjqVSq8ai3ztb1P+zq7C3GTMPpRzvAg9SR+LYn02Pc8S5Y/eD96aYY&#10;09VHSxRww3cuPNLQr2vAr3/9ycnQQ27uz+dbYXiL92UKECFZm40YvJnHO4GQ9vgN7izPiSe6YVXy&#10;b23hD41aZcvtrfY025k3+LAkfWOUb/T6mF5d55EIJwo+5IcCERAmyN07wzP0k8SuxoLLK0Mpzgg3&#10;t/jcKFeyG+DmBtzZj4qy+uoH/hAl+u3LgDC7YPdIY0zk3sI+dceVpe7ub12ubapM3Tnb3DB4XqpM&#10;c29dNNt0zokyCSxLXOftaPfhPUnnpXkYju/y3Xu3RFJcpn2r70fqZ2E8aPyRKqEOfrCORDNZdEEK&#10;a2pitnrh3V87Xw0qFO6dZI6N+DarW6dKeZ1GM11ySQqLMn+aScEajX8zQaGp/m6MA2n0Z4ViWH5v&#10;nQktal/5Y2Ti/3wOohJQBFAEUASeNwKDfI8UYeXGkKjBa976ccfbLok/7z5+rx7sAmnz7h1Wypes&#10;nmkMKDcNfSYtGlrXcCZXDA7w1VpWkI+XCQniWYUR8Zl1zeCUon83FPkvyOqm1tD8vX2sQJIiTe7d&#10;w0rF0tUzjYAQnu/EhcF19WdzJRjiwF7Or/sDIKdadcbdZgbJR1edVdbDNpBXZyeXS2UESAd7jhxq&#10;i6QzZXgu2H12l+WtFSGT11/KV+qziT5s+NHebL9I8K4L2dsHuYNEMh7DxpmYJN1OblZzRn5+5eLk&#10;mu3+oxbsvt1Jo1NwteU3Koqow4MCTGkQJfL7gqraHdFYsLEJ9+Uf2rh2Z/OUN95bH4T047fNAHJi&#10;uLcoLaE5wHN2tANo0GvyMjuHrDupTYKkuGNYaOzECCpk4BQ9bZqRSgnhJV1FSS11Hhbk1uKsYp2p&#10;kyrx1J2al2tzBO0NigCKwKuOwCC3hSAZEkR3nbTty13LVoyaFMnMOXngUqFIqxJ3gcws/dz8yAkE&#10;BitXKPgiGbACgJoD7PwgdgjYzH6Se/3Hx0p/BUjW14kIeUhiD9jtZQqFAAjB/AFowHVO1dd8bPsb&#10;a9d+Hq+wcx/ijFeB1R7IBN7vE6Btvbt9iPuQg71zs4sTNgynihAeKbAdBCzxH05BoDvSCo7JI5EJ&#10;nX1CSeHPYxxdV93ySSwt+WmplVShlQOiDomQy2KS9ZnDHxUYwtEMbF0cVAUx11MQp5zf0sSAHmk0&#10;KqGgG+g88J2e07+rT9jT3QYUMjVEsrsBp8T+b4GCeBK1Nu7Ae+vWrv0wjjZmMs8AZGREy7+PANib&#10;ALuEv/VS1gGHFCT50TNqX5/f6I89oZGNTJkM7Js++YD8tYbB6/6fyX8oaCCB1MCfSCYm5KzjD5r5&#10;36L+p27AyQjJQ/w/66EVXjUEBrstBONFIrqxwYEfO3D6lJn+TTF79l6vInqHuqh1heXNyHDipI3F&#10;tUyGu7sxA2R9+90AA1cVCpWtA57eIO8EcGl79AgyPEKcVLrCipaHQupZTDe3PxICDJcBm0OlWK+5&#10;npmdlXb0szWb54705jD7GbAQswJr6jMSWo09X985x7yrqLwWOL0DT1cihQtyQhBpdCTE+NeCBczD&#10;ve1NjcDgSKszOprpIX52vflJhRTG0j2b3DFVhTl9MBYysLb3MLWqzilvRzz4tLWXTx9Nb4IhnRqi&#10;Ooz57Ozxt8h1J/eeyZJBIJ3PE+LBLxOewHJ09cE2tNX2IhoqW0o7WgwCPK1tgsJtJcrEnCpwUdFa&#10;XS7FAQ8eIoXNVCp4U794kJ2dlXpk/cpFX0zxedWek+fSX1jXm3L5TknzE1EtXaVJn23Zdiq+bCAE&#10;4VfNtHKJDFjOv6aqTl2ceDEhowSQsf2uaDIv7Vr7+ppdP9/ofSLb9F9rgV9fcvX4zQ7Rnzp8yvm1&#10;P21//7uj8XrPaW3m5cPbtxyoFf5Bk9KOshsXT9fo+dj+bhGnXb2dV9Xzd29H73tpERjcthB4lEgh&#10;gag/+x/Jes6ypRPNmg59tC9RF/TVtiWtn6x+c/v2rRu2Haxyee+ttS54qUwiFQqlSoRIGFbLhFK1&#10;TK3DkhkuAZHYksu79547VdYDDuoBL6L+B8Uyeue7C5s+WrkOCFm/7XCNG1gYueCkoMJDIYDKUSiX&#10;KLQ4suvEjW+Gc35a/db2jXMmLFj5c2K9FMICpwKFWA5eccHKyjx4nLeu/PsNG7d+sb+4iQz1dvVK&#10;yb5jHIl9cbu3bbtd/ZDPEfAxAu8FqL0gbt9nu7av+eiGcdS2eaE844BRURzRoXfffP+9D+PKSbSe&#10;znqM8fSl68b2pX+1edP27atnLvv6Ri1wcwGASISWpt7BizaPxN7c/unVJj4My0SQBDi8gP1SuVIK&#10;/BzAYtpzwuqVDtqDa1dv3759xY44l4kfLBtmRnAY9c2K4bXfbtzy5Sdf3szvFkulYgmW5f/a+nXk&#10;5H1vbNy+aVL49O1Hijr/4IfzpX1Enl/HMFimT1SIg1F/GLu+aOWV2ZU4mkuUn/1vHChhTfuZb0/l&#10;Nukpth+WP1pcPbnegrWtVfk1jSAx9O/6KW3MSuiOWLBq4fRw1kAU399Ziyp6u0syS0TyP50zSomo&#10;OPleXNr9DhCcpGlJy7t9O6FYJO+P8XmiRbWgvSg3u0eObEs8uXB8VO0PV5OPd43mFRHiasV6fqOK&#10;tvyCIjCo+UiRtKYsjlPwiFBvKyZY/FBMXVycnKxNrNz8AkPGjfbHdDVKlRiq1fC1H66daAXie3FU&#10;to1vYHiouymdSKRz7X0jw4fasYhMcxsrFkGLY/HcfIf5BviEhnqaM8CpIM0mMtoP6m6SIUKi3/hw&#10;zXhLsE7CAyF+QRFD3UzoJArLzG14xFB3czrLPjLSldre2Ic1DJ/3zqZFUUY4HZFh7BgWHu5rTcfj&#10;2I4BgeYMjEZHdx46c97MUC8PFyd7axsHE8DiqFSbeQ9z5A4kscESKMYOESNHeJB7OjC2k978aMUQ&#10;IzLF1G+IPZMEUg9zXKe+tiza093Ryd3ZNzjUiSLm90m1DI+V73031xuPJTJZDoFRIb62ZhY27hZc&#10;SzsvJ1sTE2vHIWER7sYUMo1h6T8yItDRkMZ1GBLpTOnr6FZruX4L3v10njsD/LoaOIwNsVH2dcEU&#10;68g5q8M9XUOHuDqYWPuFhrDVXX18yHzImg+/m+H6uyPTF3R6D3K1YHl9WaOaiGsrLEhIvpVWUk8k&#10;aONOn61UM4P9zVKuX7wcnw2xTTk4YXLcnYQ7V85fuCdnWQcHOHRk3Prl3D0VzdTGBJt/Ny054058&#10;TjXXxpEN8W/HnLl6LxPPtjQzpPcHHrWXpmYVVuZVt1J4FuZsSk36ndOnb8Nm9vLqpANHEzhujoYk&#10;QzJBXHg/PTHjVn6j0trcpDU/517Srfs5xUSegyFRnHDj/Pkrd9t0LGMGriI97fbd2IyaXgs7BwNp&#10;3cmzFxJy8mUyVvjIQFH1/WOHbivZplZGjMe3KmSCnoaKViXP1NcrgNpeW5pbpCQ5RY3155cnnzx7&#10;Kbuq19jOvLO6IOFWUrtYKpBI3X39mrLv5PeQLBna28cP3a8UWllbyborb16+1SaAYGnDxbNn7he1&#10;0M1seUT+lbPHbqeUkA0tTNkIqQ3YBGksrVWQGByDJ48WBvlMQdX/5wig+Qv/OYaoBBSBfwUBWFX7&#10;7YaTllNCKy4caWRZsjViiqU/tSGzBrIe4UUvb+zj93Zqef6TvdRnLqbb+Vjl3igOXLFp8VDSjTOx&#10;Ygy+FzJavCTk2Bsf9DoFUXsbuVErZ5s2/BKTSbHg0Yw9F84eZwZyYMOauz+/f+xBj4UZGaJ5zJri&#10;VZSU0CWB+/AmUe74Y9/fdhvlK2lkjpvF2f/5eZux3u0l4kmLprfEHMiSM6wpCqzTzPnB8rNn03FY&#10;SZnIcM4U9ztHrhAd7DoqW8e+tcW+5tyhAhUb09Amcnlvy4TMi8e6IFavmr3ktWVuIIv2w9JTl3fq&#10;l1s9JFL0lPEMeWvCvcy+LsPZr/mlX47pgelNZZWeC1bg035J6XZbPNG6qqLY3Nw1OSs/ZO5q6/b7&#10;8bndIIjEJSraqC/p5zMNMxdNUzdk1gugrsYak7ErxsBlZ/O62AYQ1n7o2lnRDCTFSvuPa743mLRs&#10;yRinf2XMUKGDFoFBvS4ctKijiqMIPA0COmFeUjnTwUzawY+YuirKHNfUhXNxsTa1CBw7KsjIiEkU&#10;9/X16th0jI7puXrNLFWNbMicSdii+Cs5wmGhtmXxmSRzG2lzd8SqbZFMeVWz0sZYUl+v8hkW5e/l&#10;ZMFlAMIIsCNfXfCA5jFl/dKIzMy4+qrO9j6861CnimsJxj5DWJDp6Mm+neVtJg705hbC2m2vGzQ2&#10;ColkNZ/vMWrJJDd2WaXIPyrE3sSMRlV31vSZmLNFUtr8tWvM+zpEKkluY+e4lRsnOnCba3oZNHFC&#10;UmfIJI/yKwmQ3RAfW+DhPFAkvS1lxT0mDjSpFqPsaqTyGOJ2nX1ogLedNZvDkLY04hlmuM5uhymv&#10;TXbHJVy5cCOtL/K1dxf64C4dipFb+1pom8uqhWwqiWbhP3vhGCs2l81jK9pbYKopE9vRJWD4hQcG&#10;eDiZcZj6DMCygvgCirO3lx3naUYArfPqIDC4zwtfnXFCe/pKIgB8fgEnEZZOMeOS8DoNTMJhQQS6&#10;RiPtqMu7cfbanQeFYp2ORGKzyRwCRiJXgYB3sNOja6ktuZ6QTffwtLcyIBEteEwQp6MjwATX0Enh&#10;HoxbR/ecupbK1wzsU+LwBJAvAkehcIzAQYOmuaLozs0HPP8AGxOKXC6Vq1UwogOZy7Q0AO6mMJaI&#10;xVHJpoY0MnANo5LxEkFj3PUrV2/ebxcp8Tgal2lKIQHWUDxRrRQBPlQqgUhgMIkkwMPWVF1x92Y2&#10;083X1Q5xVP61gFNNHN7EylqUl11YhrM2NiOTMDp1X9aD+IuXrubWtOFJQEczLhMHPEylOrZToJmg&#10;ulqJw8jE/Mz7tyuFOt+hbgw8g8HgYGFRYdb9S5cuZ5TWSVU6/8lLh1rKLh8/cPpmjuSh4y3wmX7o&#10;G/5Kzim003+CAGoL0amBIvCiIgDrFDI54IsB/wUkLhrAm61ACFzU8q64u+kkt6FTRnpgFH1iKWAh&#10;Be5jBJWovqKqCc9kB4cOnb9g7hB3DzoekohlwH0a3KtUy2srC0Q0hwnjR/SWVjX16FlwMRiZQJCV&#10;mnH/emxTo8bR1T0oasicuXNCHF0NCLBCCu5Vy6UKEIYA/gvolZQKRB8l0EOtBUl7YZUk705SE8Zh&#10;2sRhXLxQIpUBclRAGSMXizU0Ey+qLD8lNb3gfm5bD8XYMiLSf+bseUM9PNlEQKDT2SuW9Du6AO4c&#10;kBbYgGsmqkxK6ehhGTKwGk1XYfrdPEnU9Dm+prBYJlXIADMN4NGRGxjxpk+bTKpPjckUunu4jJ8y&#10;d+qYMTZcllYrUWsxPdWlN+83eY2YEeHE1KkFRSmpcqfQaWFB9UXVfdL+QCAYkOsA7poXdchRvZ4b&#10;AqgtfG7Q/5sNw12Z+2YOC11/oerveP79m5qhsv8CAliypaO1EZtjbmdpQCfTDE0srIx5JkbmFo6B&#10;nrZ12bGJ9XxHT1sjY2MLSw6JaOrhQS5Nu0fwHD7UUnFg76HCVgHdkGfrbMWi4BjGprY2plwaPudB&#10;zNm72WGTRnsCigbEFuKs7R1I/KKfr+ZZBY4fPXGEE01+/qe9+b0KDptr42TBZLBtHC04HEM7B1MC&#10;nmhkDTTgmtpYclkUGodramnlFeCBb0+9cL+c52pnzDO0sDGlEvE8K3NDI6vJU4a3J16+Xdjq6OTs&#10;7B4Y7Ek6/s3eYr6cSYYbytJKGtr6XUtJwKHLxpzDNnMPiwr1dzNis40tTKzd/bxMRFfOnes1tLcz&#10;ZxrbWBsxCTgqy8LKxtjc2sef19zQ5jVqOD/1zNGrKQoi3cTCwsSIzrO083fAJ8acq8Fy7e2MTc2I&#10;92N+uZBVN2FGtAW731mGYAacyTi/nlb+heFAq77UCAxu3xnwnirpk+qoBkzqf5O6BdbIpWKZlsQw&#10;oD6eTRvWyIQgHorGYIGcbY+KTgFiL2ASk0kd8BB9upmk0ygkIhmGbECnImf9vy86tUwsVGINGAak&#10;P0nHoWnPy8vOy4LtXbG80IkeT4YvPp0WaK0XAAEYsIZKcRSSTqkmUikQIOPUQngQTQCCUiFpS1sH&#10;TGEaMmk4kNwIxtINKAphV49YyzM1w0i66toEXBNzIzZJ2AeS5NIhsLDS4Rl0XGdrM18GWVhb0x9O&#10;HrVcKOgT9MogMysLsFcq7etu7ehhW9rxaBiRUEGiEZVSDZGCUyp0dCZZKQEBq3hYrcGRyXiwQNVg&#10;aRS4s6VFApN5XAYRh9doMBQDMljowXgKjYZtb6iX46lcOpPBpKqlfQ2N3SxLayMGERCravAGLAPg&#10;vQOB5Z5UoibRqWAVrILwdApWIlJRmWRZT0cbX87m8QzIeI0SJtCoZIxGIpOTDBiwEgQzYdgMem9T&#10;nRhHszI3wSilCphgQCfJ+jpau0V0jqEBjQIyDHc01Yu0JGtLCwoS0QuKViKQYslUsLv7AgwwqsKL&#10;hMBvSOAGGR9p/YmJEMPnvURAXv1EkXdXlLWJATewsL28svtxus9/RnonzvhiNhcKfP9u0+Ny1JL8&#10;D7wxZp57ap6QXr8/wArrtiVT8NfYOzuyfhhD4Ux4J1H4x7qqam+85w6ZTT9Y+Kd90XQVpJ/b+eG+&#10;SzdvVT67zv8z6NC7UQRQBFAEXlwEBvkeKSCNgQiIO9xvSsudjesu1WCwquJL6zfFtj+zlw8i295v&#10;9NgwZ8Mnllp4Ah4HXAR+TW/U3x7InwSuEkmUvxaNRybgcEQg8Q/XhIhYqrHzsOgR/lYGf9otHM+V&#10;R+5tTW+g+DmhYVTPbPRRQc8TAeA4o1L1Z0lEC4rAs0dgcMdUqIQlV767JRo2e3mUzRPbhSxTW2tx&#10;XVpOpdZ61vpprojlUrZWZNy59yCvUagWVhfn9ZAsgE86DtK2pV68kZxf3NgrM7K1ePwYgV91OzFN&#10;yXM2AndrZC05sWl1eJaDo529m7u7szkL7LGo2+Lv3MvIyitRYaV3TudoRy9eHfiYh5ww79CJ25CR&#10;N1lYXlZW3641cTAhQ1pxS1lqUpmEYWRsQOitTL6f2kmxMmaAHVdhxZUb93IqGpoF7dWx6Rr/WTOi&#10;zXoyU5Jr1RhhcnxSQUVDE9XciUXE4MksSxc3b29nuqz4QWK1jmvKpoLei6tj7z3oJTpashQtuTey&#10;eizdfYwNiHRDI4P/Zv/42U9OVOLTIoBQ1P/Zu9PTyngh6gkgKAGC0iCoBIKKHvsf+LO4upnQKTAy&#10;RmMhXoiRegmVGNx7pA2npkLcwO1JT+yRqhrjto1meY5Zumz5xAAefdaXlSCpUfXVVQFOPL8xM9e+&#10;NjyQDkGjfqnkw4q6qx/OsrSLmDl11FB/37dPlyLZlR6WhiMREOS/sxikPVI333vfBuKsuF6U+d1c&#10;NuS3LQ7skcqrv1+MZzhFTZ0x+8N3xlhR7Px/qn0CzYaDoS50a8+pI2dOnxJsBfluutsMw8riQ6vM&#10;IfsV+mRJCe+44KARh2tBNqWue6tCIa7f9NWr5r05K4BpOfO9VDXcd2q4A0QZt+WzhQsWhJlD0JRD&#10;9RpYXXf9XWfIaPqxekHpZ74Mo6l70kQgF0XflWgIct+U1N1w+4OxHrYjlqycN9LKzXv1sWzBr6nl&#10;XtwNClSzP0BAx7++f9fnu6/275Y3Fyd+vfW7nJqex2pKcu4kZGQXpcYlFZQ+k8yjkrzYm+nFzUja&#10;wL9aNIqy5KvJuaXK32UU1Iobb5y42SD93xOxFIbnCIWLGho2NDaua+r/X9P6pqYFDQ3TT5xLScr6&#10;q0qh9VEEnhKBQb5H+ocvJ7BWZTL65O51rvZWpmyKNn7fgxZlcezxs9Wm2365dX7PtpFO5hSIQsTj&#10;erP2rf3oSvjh++cvx30z0/LaF7vTH+PstZ64eRQtb/+hHJlWVnLvksB17rpxnlRArAZ8A0hkSJr/&#10;ya5LvIkfXbl84excJ74CvJn/XhutVuqy+Mz5izGHFlqUHP38Xh9EIBKpDByj3/UGT2GwIDoRi9E1&#10;Xd14IGfYttMXf97//lBOj1wHXvOBRKIBg05UOk47cuLE6becqfH7rnWAXI0EMgNikjEqpsvsyf6k&#10;e+fiqsRQV+KhVGLItk3DKFqi/cjVX22cAhwKDAWFGclpHf+AWPklfPsbRF2CxXl3Ey7HXahC2Lll&#10;VbnXjl9Jbm2TPNYDRVVGTkGN0NLDxdLs1+j1f9BFZWN+bnld99+JOdCq6ovTKho7QXaW3xRY3p0R&#10;l9Wh+N80tiDuwVAmW0kgvMNgbGFytrCNkA8s1lKh0Lmljkj+O3r9AzTQW18hBF5GW4gHAcnyO9/u&#10;SeqGiAQclmKAE/JLi3MgL3sfsLYClNuePAMIpJDACOpr2ohQ1Vfz58yZvv1sVl1bUXLpYzkBuOHb&#10;FgY137iS1lEef77JbMx8Z6y6n0Ibg8er6zMylLIhUT4UkBvCZuhUW/gP8sCA2GQrNyuSRqcmMG2x&#10;xFah8A+3srDYzvSkYgP68CH2QLiRq68vVTOQNwBkLjf2sGMDjn+cgT1EaBYB6uWBnxqQkQJrvXTO&#10;GFZFVlpLxe2f03Rhy0cZ6zB4XF9zUczBmFbYgEzEEYnA1L5CE/pl6ip4n2Wy7Z0cOJ1NAkgm7qoV&#10;OHk4guNkjaQ99vSxy3fzZVosOJHG4WCQWUmtgZSytltnDp+KiecrNZLu+jtXYuKSCpV68yHvaypI&#10;vXPu9IXY1NyKnPtHz16v7JRCsLww8caxw9fru0GsIVyTn3T8NHgMeoggX8sAjuqyzJv79x95UNwi&#10;6W1MKygQaSG1rLewsqy+obow5dap4+dS8ssK7seeunq3VQwzKPjGvMSDR8+XtgKBmqrs+CO/HEmv&#10;6MThQLA8Do/HSdtrzh8/dj2pHGxvNJWWxsdePnzqfGFj9+ORP1Qs1oxGM2GxeGSNgbbOnMEwMTCw&#10;wOMNtNqXZCP4ZZqjL1FfXkJbqCi8+MGH72XbLDuwa/v6qfbAmmBxeBKFplSrlU/m3QOnLOArl9Bx&#10;48ZPW/nR0dvX9y9we9zPhRm6brZv0+Wjn/90oYs1eY4vSAU88NAibu1UHA4LYov/RwCfFgQ6gyrg&#10;4B8sA5GchEgyN/BM611j8PiBBIpkCh388En1BPy/LTrAGaKXAIj79RIeFiT9hdWcadHcmuRvPv8i&#10;STByyRhDrbzw0sfv7Y+1W/rx3u3Lgm3xaFjxIH5adTCBzrY1t5G3VnWJOhs0lh42phi1MP/+zYLS&#10;2oyk+NSiRjyVRtYJ7l+8lVfSkHP5VGJOZdad2Av3iirzYg4evtYqQDYYQOmpTNnzw/7cusorh38+&#10;dSMtJ+Vu7N2s2uKM1KycqpL02KTc9tb8K6cvFJRUV7Y2yTBQ/zTrq844fzyup68tPjG1pqnq5qlr&#10;1e0qQX32zdibuZmJR4+dLakoOP7DT7FJWSmxV5KKmjQQXFvbVF16//zZ6xWl6VfP3qyuLTtz9FJR&#10;j5IKYkLknRl3YsprmtPuxj4or0+9dvx4zP3S9PunLt7vkv36GCFzHYMBkfx8wTGRZDlfkAg0AXlE&#10;B3oyiIcTVf2FRuAlsIUYHJHyuHeIDsRHYSCWn785ruzUjlQIB2EN2b7+Q3m5FQ9qpZAm51B8Qy+E&#10;BxknzPxD3RW6evtxixbOMW48+uOJa3Likw6ijuOmBbTHHLmhHLN5jQ/46qEp1Khx1uHTaIzUG2nd&#10;4Lcm7+K3RdjHAw7/ZMyRFDp0Uy4X2ytqAZatOTu9lw+BJMEwc9joCRLJ9XuFwMenMiXunoiI5L1/&#10;msIInRxNyzl3ocJl1ZZxZoDDQ9jRKmdZOgZaCZJupmQqCZR+e4uWwYgAoFQjWlkay2WtlcXldHtT&#10;U0OGgt+YkVnHcw+0JwvyUoukOrANAmt0GFjdlpYnHr58y+sTvFuyclo7tba+wydP8SXqR1+tVjAs&#10;nZevXRxmTTTyi1ozIxTTkZtwt4APmw2NsGxLfxB/60GnYeg7b2+c6O8AxPXvRcr4HRIpyT9qeFSI&#10;q6W5swNdVNdY093cScI5mNAgrlPomlUznbla15EzFo9wFLbX9GqIQaOmvbd5ubb3waXLD7SWw9a/&#10;s8lN11JS2oUhkZWdtWmZbY5+gZbYtrQ7eXIs2XPYnNdmTCR39YBAxseGB2hMEgsTcfjdJiYZSuXX&#10;EkkvyDY9GMcP1XkQITDIZxgGWLqezC8n2jwswzYdbQvY+MVkywdvB1vbRT8IHOMpEhY1aZ2mvfba&#10;VO3X05xslp8ksJnGENjS1FLdXrt0fbN0pauNtdWsPWXOoxY59ud1eVTwjqOnh8pUqujpsy30K0YY&#10;MGGp1CBwESI4b7nyzfDCzwOtbdyuYGZYq+T6vIiPFVinBjm0+y/CWpChHPBZQZBxwNgxU5mn3gm3&#10;Wb63lQLpqSJhHHPc3qubiN9MsAkZ/WE1O8xAKdXnZNRpgIT+xOZ6CSp96kVAWgUNXAVZliLHR2kh&#10;hfvEWf5sLIhUDlyyYzE9a52v5chvbhpYOeKaW3sfP2AaRHMTVRVBAMuxsMB2N6WldFkb2xnQIa1G&#10;y+9svxcXW9mntrI2xsGI2cLhiTidVEzhsFgMIy6FBokVaq65ickjv2gMBm9szGMQCSxDppkpk0Yj&#10;0UgaqVhUmHr/Tkoty9xYCWLpDThMLovHNgT5EvtnsqnX6KnjnJNOHLmZkCclcpx97JuKS2t75PZh&#10;QUwcxDUypOKJhmZsYyMGzYCAxaqxWJKJEYfOMTbkkYRiNdnImEGlmfHAtqocBtFPsLKztSnuZmyT&#10;impnxyYSTG3MjfAEogGJBHJoP/7g6J8YsHOC1+dfZKD8oeij8B8g8BLwzogUgKpRby6QHwUKg8Oi&#10;YWR8vliphjFUBh0jBxQtbDpRB9hchBIlTCaX7x4765b/mas7R5iBp14l7OyT6SAcicJkMUm/ezfQ&#10;KcV9EhWFwaUha0/AOyMRSXVkZj/vjFba2ydWaSA6i62TSgEvB/tJ3hmBQAKTWCwaHqOVCYB7DY3J&#10;poA0igrwIySRawlUBlGrVOBobEAgA96FVcKuPsDqQaJSSSqlFrBr0PBKkUCsITBYNCIWlgMGES2V&#10;xaFiVDKRSIGjMwAfB9JnjZwvlGJpLOYAlYZWLugTKTRYIhmI1UEEmgHtKdas/8FkQ5v4awjAytrd&#10;G044rpinurHzh1zK5ztWN99OwDu7iKvTMPahThwyzYhefitFaWohq22zGurZdPsmc+xik6a78W2s&#10;UBt5Sa/Nm2+N6U8EXJf0y/HkrmUblmQc2KUOXh4ElcRm1rHIDL6SEBLsqdKQ8Kqiy4mihXOC4vYe&#10;oo1//fVJfiBMp7e2IKNUaM/p/W5P4piPP4zQVR0+dKqX5bd63Zyeu78kdxktHOt6+eRx5+lrGZXX&#10;0iXmnN7CUoXt1HDm5Zu5jpY2Te2kKdP8Yg+ecxgXVnOjInzNkOwjVyxGTLIiqGE6tereA0LAhEBi&#10;7ZlbTfPWL7Q3RTQtgKDTXV2rSGRbGrm374hafZNK/ZDN9isvL4+JiRkxYkRQUNBfAxGtjSLwdAgM&#10;7nUhBksyMOTxjE1MHxYjYHiARaSyDcFFE2MmlcbgcuhEYe7hNU7GAet/LiNiBA1pEo2VozWtPwqd&#10;yERuB6+zf2AIwddIC9x+QwgKBk8x4BgCxrd+3AAtPw+52YBCYhpynjCEyK1kFseQDQwhUpPKAhWA&#10;IdRfpzGNQKMcBo3O5hgC3qv+TUwi08jE1IjHodNoHPAdaBJDYrANgfqI9wsW8G1xOUggIZaICBsw&#10;hOA+PIXNNXxoCJG2KCwEEh6HzWCyWEzUED7do/AC1sISmDwOw4Br7uxsbm1uacaiUGlsM9vQMPe6&#10;5JgLd7IkOiLbkMtkGrC4NCrVLHKsS9753afTWwJHhFiy6Awm7dHuOJ7K4PI4BCyeweYxqEQCmc40&#10;tAqOHMJU1588fqGmR+UaNDyA2Xnw8LFqGYnHHNgeweHU+ckXfjybyPUO8jTnciyNcNoOPsnChEoj&#10;0pgcJgNHIDE5PAqRQKKz2UyWsaFhT2nyrr2XKbYjx04aZqwr3fP99wIzrxBPC8BEyDJzDRtqlxl7&#10;NiahGKIxWVw2nUYgUGlcQ9Zv6DJAKgmw0gXeo3T6QWAIkWcGnCSge/0v4BR9iVQa3OvCvzAQ3QXf&#10;bX9t13UQ4QdhnBYfObZtpBWIMkQLisCLiwAMKzobe8lGRgSwZSDWmZswwR4Ggclh4BV5WTlyA4sA&#10;bwdFd4+GQIKVCuBlA3hAizLSRCSzof5uGkE3X0s2NWb2v7UpxN29EjXPiCftbtfReFRIJpRqwSZn&#10;R2VBRbPMPdjfjEkRtFYX1razORZWVmZMBrnfjrZV5+ZXC5x8fR1NOWpBzb7vjtFC5y0f6Srt65Bo&#10;CFwmpa+3l8zh4eVCsY5AgxTNjU2NfI1nQIg5E99RW1Jc027rGexgjG9p4LPtzAnCrpzcQgzPPsjT&#10;it/WDTZsqBglX6DimHBJ+vdLEF9/uLdnnkLpRCJqMDhgE4HPGLCDNTU18fH3wLowMBBdF764M3ZQ&#10;a/bK2MJBPUqo8igCzxsBnbLv9smDca3UVa+vcOf9W3keilTqnWXlrgV55mq15uFCEKwIZTJZd3c3&#10;cPgOCQl+3kig7b+cCAzuPdIXYEy07Xk3b+Z1/O8o4hdAV1QFFIG/jYAOAnkuzEdFj3D+1wwh0A1u&#10;arfOLoO7u3uFAv7D0tfXB5hIqVTAvobu5fztAURv/B8IoOvCfzZF5AW733j3Lmbklz9u9P633pX/&#10;mYbo3SgCgwQBGIIFvUJxrxBLxsJIKO6veoMlIsgGxWRy2Ox+ZyC0oAg8YwQG8bpQp+lKPfbVviPJ&#10;HY+emb7yy0e+3nerSPhHMev/L3JaYV3qiV2Hb5f1/r/V1B05tw58dy69WTxQrSe/b/SFC6P78h8j&#10;b3vGQ4SKQxF4NRDAQBg2l2XlZG1hZWlpYfl4sbCwtLGxQA3hqzERnk8vB7EthHSqyqsfr9nwQWw1&#10;iFtHirT63BdvvXM4uQUJ3K29/uabl+p0ytakU5s/TtSbOHVdfklpYecfcRpquwuvfrL5gyMZbf/v&#10;OCgb7x7ZsuHrGxX8gWpsd0bS6tVJTPfH8lM8n5FEW0URQBFAEUAR+LsIDGJbiCWYjli0xFhbH1fW&#10;vyhTVN0v6caFzRnvYwji4lm2UVEeFliSqaNnqI8JCYLbkw5uWv1NQt8Av9RvEMMSyAYQ8Db//wHB&#10;gOg/JoVOxj+sRg9atXLmzBUrkdQXaEERQBFAEUARGJwIDGJbCHLlsj39vCWi6pjcPmRVWHszo7TR&#10;3NPNnIWE8clqzxx9fVhwSMTruwvNLGg1lz/d+G5M9tkv1izdebNZWHpi3sSI4ODgsJGTv8uSP+K7&#10;BgF9ED/lg8URM7++1QVWl8qMj0aCaiGjZy5LRNp4klimK27elBET1v+wZ9viJVea9SvTxktfzQsL&#10;CQ4eOmzxD3EdaObRwflUoFqjCKAIvGoIDGZbCGHIhqFRkcLmgmMFQkhdfz+7tNo91N/BmAKJEjeN&#10;XVnnuGb/vt3zjNK/WbsykRY+ZVyEKdFl3JubZga171n7YbXFwu9+3DOJcm3H4g/S1CApPQhSJ7OF&#10;Obu3v/1ZNm9EuD9bk/re8MXfsKf+8M3Hoyn5byzZUw3R+tkdISwIhC/4dPqqIsOZu3Z/u9qj5dSW&#10;RVfqdVXXvv3+ZMvYD3/+ei4teceab2/VAjOLFhQBFAEUARSBFxyBQW0LAb2YefSkMb3NVVeKapvS&#10;8otr7KJCA82pGIgesjUu/+a46inT5n58sZ4oaBGSjawtjMlYhrWnj62hrrtLUX52+7y9VbNOtpbF&#10;v+uHV2uwJLq29MCmpe9f5+3Y/fWKECNZ2oXDeVVzl6wKDhs1c2Y0Mf1YXLWI2M84g+SMcF1zLi15&#10;uXrVwhnrD5eR+A09ClgllzSV5Xz//veF7t9kl6RsGWX1BNX3Cz4XUPVQBFAEUAReVQQGty2E8FTr&#10;8HGRQkFrXlFhU3OLU1Cgvy3CLMxP2hoZ7D0n6/2rDw6sclFoICwMgeRNwGlbqwKZ1YJWrnMwxPa2&#10;nF/tZe4VMfpYgw6HQ3KjqaUisbKltLG2C6GzVio1BNyp+TY8Hs93yaEaKrawsQPff1II1oVw4dfT&#10;hzuPu7T0cNK5LcHANoKEAW7Dp86IhIUl57ZMCnZwW3Myv0PzP1I6varzDu03igCKAIrAi4TAILeF&#10;EI5tHTZqbHf+T4e+uVPgOcQ/yMYAwMtPu36lvW328ZPLPA0wah1ItA22NgHJIQbkb8KB7U218bTz&#10;+c1ytTxhA03dVPPFipPFIAucFLKa+94ve960PXHsWGqTlkgm4zTaBSdqAOFFe1NNTXbsD8MthTLE&#10;ZxWLJypz7l6uqhr53aG3QsyIKmDyQNIcWM0N2XS+Xazourlhoqn02obdF+v4Az6uL9Kgo7qgCKAI&#10;oAigCDyBwGC3hRCBbRk0bER9VWxatnFw0HBrPaswjs4zosAZKXeyUo4c2VdL1qnEcsjIxdLUXthU&#10;WVlfemXJWJ+QjYcz86mT9r/hZ2g9yc1SKVcoQFJDj+jXN6+fxP95++6rAq+Ziz1sT585XZSbuv+N&#10;QNdxr6dJQKJEtVKp0mh1GArXmA7lZyRl5Rz66bM8okajkUqyflnhPGzqV1cbDOfOiA52G+tqy3za&#10;PITovEQRQBFAEUAReG4I4Hbs2PF4410isTETWVoNmoKFYElfR72ENXzsnIWTvQ2RjBJk2yFemqLE&#10;G9evJdX6vr7KQwUbhU0d4mggac67e+l8o/mSE+9PTDv17dHjZ66ldljtOPfDKBNRV31lpdpx9IgI&#10;Xy/z7s7UKp3v5NnLXgsS7/nqq/PXyiGvd386P91S1ddYXd1rEDQhwt97mC+pITvu+rmYPJdNGwJk&#10;SlrUnDkzxgZAJXt3f3fhYnJH2Maft822MUAT6Q6aqYQqiiKAIvDKIoBysL2yQ492fDAgAOtUcrlC&#10;rcPiMUQylYgb9Bs5gwF0VMdXEQH00XoVRx3t8+BBQFObl5qYkJqamdAkQCN0Bs+4oZoONgRQWzjY&#10;RgzV95VCAEOwcnI25NKt7fwsWX9MSw1rla1V1U3tfU+QCwKf6f8fKK2qva6usan3n3k6a1urKsvK&#10;W1WPJ2qBFQXJ167fzRUq/6ZsnUpWmVfc0Cp4pYYa7ezzRQC1hc8Xf7R1FIH/HwGMtCnrp6+/ulaj&#10;JuL++OwZoxVnX754L61c/askXUd5QXZO4x9R7z6spBKlXrgae6fk/6vze9VgbVtZYUZa7cA3sE4m&#10;EglF8seFaNpLL+47W9LQBWKY/mrprKnMSK+SqzWSPoFU/pcp9v9qc2h9FIFHCAx+3xl0MFEEXmIE&#10;YGVhyp3CahmVxvH2tCdhVa0N9Y1N3SQWu58Ut6+7qbiooKq4ycDK2d3BqD4vs1GIAVnikw7/eDGL&#10;7zPcl4EFFhRWSMWNNdVdApUBm1CdndcpJxgy8dW5pVKaaYCXWWNZfk27lM2ii7olWAoJo+jli5QK&#10;SXdebkGPEm/EpUk6+1payquaBQYMYtaZwxfutwUM86UTkaBcMs2AY8gAwbidzdXlDS0EOr3m/s3k&#10;SuriNTPZ6vbcgnKYymVS4a729vrqOiUOp5N2lRdUi3EkjKS9uLqFyDaiYlX1VUVFla0ULrUm4dqR&#10;i7k2wX6ONiZsNoOAVZdmpzUJNVwuB5aI2psbKuqq5HgWh0YaGHOdorq0oKy2k8nlkQlYcW9Lbk6x&#10;CqBDxSnE3a0NDeUNnTQmubmspEmONWWjrMEv8aPyT7uG2sJ/iiB6P4rAv4eAWtIZfy/PLnoUgV+E&#10;s/Whd+d+/dmuvGadZ4Avh4KDBbWn93538ub9oqpuj4hoI13B0R+P3s6qZVtbVceejKuRBo2IsGIA&#10;7iNd0f2zX3x1RM4wIasrT/94PKWs3cjJQdVQL6dZWrAaz+z7JSapDMshFN1OItq4yirjY+NTU+Ju&#10;3khMvp1YaOLsUHj6wImE+ykP0ntgCj83Iamm1z96uBWbAoxsesyN/Jqe9tLk4+euJmU+aODr+OVZ&#10;tzLKDK25xbeuxMTFlbbhPF0JJ3d+dSurh4jruHrmeFJ6flpWYUN54bXYOBnTyVCc+d23B+4lpBT3&#10;KKHuqjsplY7+rtW3k/lEtrbmxnd7L6TklVItXKHKm1/9cCG//EFisWJImC8dIR2G2ooeHPj5FxBQ&#10;1Yc18bDGxh3df/TMtZI2yNnDrODKDwfP3k/LTisoaqzMu33iToN/SIghTX8bWlAEfofAoN4jhaXt&#10;sRsdHRzsbK31xcbWbvjWk7WivzfOisrzO0a6Tt+Z1PL37kfvQhF45ggI2gpKO0n+gY5Ekbgwt17B&#10;71FjOBNmjrPlILFDpfmZVWr7t99+Z5SXpUrVd+9Shv3stya4kO/eynWKnjR1zHhPc6ZeJVjc3EQy&#10;8Z8Zbl10J893+vwQW1zyzft8LJmMl2bcyWGGzJodaZV/J7dd21HbUFPV3AMbOQcPG/X2lnejOMri&#10;vIrm3g7byEXLxg/tKu+0jRo7IWKCryWrX7JMKAK7pO2ddTSnyJWzpmraRFb+Q6dPXuSo6mrTOb+9&#10;bTu7uSgtr6GvWzZs2VIPurZLxl2zYaU7oU1rG7JqYVhPQUoXxnL6/DfXLx9LbeskG/tMmzknwMFU&#10;3MmXyFtuXS2N3vDRwmCHzLtp9d2NSrbDmq1rGQ11lb39bkSyirwHWLbbmxvX+dlz6nKzqlppG7Zv&#10;sVK05Jc0tLYLrYZNXDc/ore+LXzR+2NoDdll6KP9zGfoyyNwUNtCkMFQUFfTRZ38TWoWUm58NUJ0&#10;dNXbB5N7/5DsBe64eejctRvVyNmGrnD3mtM1oscPJGCloLO2srFbgp5SvDzze5D3RFcZn5KScff7&#10;j76MiU9Izy6WwUwzEzcrI0P9cytr7+nVmtg4uDu62ThxIXFjXUvM0Z9i0/IxeCwGRybTqCB3mb7o&#10;sFierY07m4qtL6w8febkvbQSLB4P63B4nKqzreX66WMX4x5oyWxXbz9hXUlzuzIozJsi7zi558f0&#10;6k4qAW9g4OLvaWtpymETiHgcgUQG1/oPLzE4Ag6LxZBIVh7OLg7GPB6ZQiIQKRSsmICl2Tk42lt6&#10;2MLSHhGF7u3swKOQiXbOjpbmFla2xq7OVmAflEJUkJjctsK7+09e7xTrKBQSiUQkk/B4Egkn6+k0&#10;sHVydvB2NWFqu6RyEw97LydTIxMKWBH3H1BSvaNGm6iaTu09xpeDNaoONnG2tvf1scIqensJBlw3&#10;V2sLc46bl7mdja2tBValUg7y+YCq/y8iMLhtIUKsBhEpbGMLY6R4DJtqY0YsqWkQ8sUikaLftQ0w&#10;kEpEYrGsN/2bd9au+yFNrRb0lX4fPOW99KI2oVT52KE/Bgt+H8CDjYNgtVQsEMnVgMRUASTJFDJR&#10;H/gb1NUopXx+Xx9fIJSBb0HRKsVisVyllPXx+QKxVPbQn04nl4pARaSmvg1Yp5YjasgkQr7oiWb/&#10;xdFFRQ9qBDSisoQy6ZL1G1YsXvzW2+ts1WU59XwKiY4f6BWJTiJCIqFOqegVADtCZDJYkVMWrF61&#10;evRQD6JaqNToHjrbgKkKmHTB9iCGZWoyetac11asBAldCDqFWo2lUBlDRk95fdVro6PCIl3s+iru&#10;FausCQ1pV1N7xyxd4szFKrXgySDgIYwWUNLDsEYtV8HaRz8cQDQMg5ygBCIWC8OA8xfWaTVqLUTS&#10;qJW9IrUS7urSYcgUAo6AxyHRzDqdVqcFBVSEdBCeqBalXrnVTHSfPSaUgVOrlAolYA8GZIk6HUSm&#10;k4UdIjnE71UJ1UQiGYfDEGCt5leXHJ1SrqKGz1g0KdTm9uXbDUolQcZXq2VdfVodERynAkU0MGhJ&#10;i2io0YEXApT4YlA/EP+u8oPdFgKiUa28u7G8BinpN0/WdZvNm+Rb+s0wU+aiG33AMKmbb73rae09&#10;6cufLpy51CzP+WlVtJfXiB2FzcrSn2YNXXO15XFncOQ1l0QkdKd85u9sPunbNLE66wMTE9NxazfM&#10;9hk5d09JQ/7OldEOnv4Bnva8Se/G18phqOAjC1OTsV/v+dDLzcnKNXjyuTqwJtUIi05MHxHk7uvv&#10;52LBWvlLl1wna7+8mGnmMn3F8rH+896Nafp3hxWV/jIg0JRd14k3nzApOnjI0NGjRgdbau4l5IgA&#10;ve7ATzrOKyDIUpC9Y9uOK1kVKjwvcopnT1rsxWv3e9U4tiku59bhxMr+NNcgsYoaWBkSyzwk3KEh&#10;/ubVe2kSFR6nU8rUtOBob11D+vkLdxr5co4pGyclm9tbG1DILXU5N+Lj2xUijUaiUGiBQdFpgJHD&#10;M9m4guSzcWWtA6+a4CLyPzXCTKjTqtUaUE0q0Tl6uuLqYrds3pStMvV2N9LIJIC0V6fRqtQaYBCR&#10;O3Q6xLABw6eRFqaBnpVIICmNQ2jIPns7rUiuVsNYs+G+5BPvrf3yUrKlfwAXr5KrwMMFq1WqAXOI&#10;xQoaCo8cPXQ1o9LQ3NLby5OhKNyx8Y34DoqzkwVWLVNrtcAyq9Rq8DYKA820f92x9WWYR2gfngqB&#10;Qc07A05Bzq+ymn+Fa2ZlCBI1QRilAA5a+sX2TZOoN3z9VnoebDs1CRPz9pDFt1yuFV0zP7Fq9Pqq&#10;5XevvBemPRIU8DpmZUHaNpdfj9LlxYfembU2fdSWEcW3L9X7fJDyzSILesZmyvADxouuVf48jCQv&#10;OL7jm9uaiZvXONf8snDtl1bvZp3dQPqKPfRb8sxr9UeG1B6Y4r0D+vRa7FbzmE3rb5NGLpg9lJj0&#10;4fjNF5fFSj9xj11mNjd7xOexd99xfaqhQSu96gj0NXZ2iNVO7uZ4xPppehpqy5qEXJ6xrZ0FldQ/&#10;cXXNJVkZ5Y0sjo2bh6sxQ51+604b3igqKoyh7XyQnGXiF+1hwQa7F931Dd0KipurmULQkhyXLGNa&#10;hYX6qztaZQS2tTE+/358tZg4ZNgwWyNyW0UznmdiSNfkPEio4GMcrE1NeUYqkYZlZ06W9Xb0QcYm&#10;UN6DPEOvoV5WhkByR12jFCYAs4qjczkUdWu71ICB4fdhHN1NG3PTMiua7fyjQxyp5YVtpt6uBH5T&#10;i0BjY2Xa3ViNNbRmYiUdfUoDMpSXmiWjc+2tzS1M2LUF2VgTVzaMpQE1aMK71+PlTJvIyCG4noYO&#10;BcPBgVKd28LzcDLUM/2qxB2pKSnNYtLQyCgHY2pzRV5KRqW5T9hQd+PO+iqYa22Ilza0SyztnUW1&#10;OUqWk60J41WfVWj//wwBsGvxeClqav3NlRf4T52o4dRUyDDks+wBJbvvrvEjQ/7v5ghrD4WwydNO&#10;dvfcXWlDcZx6TQhr8r9bakMO//BeGww3/+xvTQrYkS9WP9Y7WdGRTYH9MPFmnC4V6L9KfZtGN1x4&#10;jo981ki7GzJjf14+faSnpwODBM3cmyuGC99jGzBnneyDYVHtpaWWBqHzr/bB6t66spSTH4RHDvNx&#10;NiXgMFsTZJKWszMgjv+HyeCtGC0oAk+DAFg4/abofn8JzEv9hiNYbIH/12of/qXfjQQrtX4Jj0sC&#10;dcAS7qFk5IN+01L7u7aQeo/uRjY/H9V4TPKfdWRArgZsaSKqPN7ck+ro1QNqP6rzSLj+JkSJX7X9&#10;g9ZANx/qiUgCJPm/g+1pwEbrvOoIDPo9UuRAUCkdiDI2DJzo4kdva2sR2US/4YW5ceTwhWtx3YzA&#10;FUMZENiTAU9Kv60DTwz4z+9fD7QqyMDZL9AFzjxwKQ/ZYe0v4FFDXkE7bn89N2Lml+zZPxfEfupv&#10;BilUDw8b+yuAJ16HwZAoBGXp98sjR72btXTPvawjC9k0LHI2om8X7q+JFhSBp0Dg4V7or1Uxv78E&#10;srIMnIMhO6fgtPvRqRgGHPM9rP/4QRmog/v15Az5BlQE5TcagdtBPf1FfZ3+f/rLY5L/rB8DcsEZ&#10;H1L/0a0DHje/bQuo/ajOI+H6uogS/+8532N6Ii3h+ltEC4rAX0Rg0NtCkDgQRzZAHMyRwi/qboGt&#10;zY2IOusRr/vp4r/fcVXECl06hAueKTKTROZiSFSwScJmmuuwFLLBIy+E/rsB9RPWYfp7+/a/F5Jx&#10;+uPLeUIdNCAYebrEveXlhfjgyUtm2vUlpjX1gnP/P3jqMDi8XFBb0NplP2ftXHdc0fkssQJkCh70&#10;OP/FeYVWf4EQAG5bfb19CnA29wwKrJQKewXiZyLrGaiDikAReEYIDO7faLDOUkE9eUffWbREX2Ys&#10;/rzDbs2mud4cPGQc/Xo0pa2z02D48mBwYgIRrb19HEwqjr67+NvYFsexvpia42/OW3Kp4tE6DdbK&#10;pUKdQkK2jFixfrkk6Z0PT1dLZQqpRCDVLwBp5kNHTjAuPbtm9sx1p3OxIqirtUupVSkEYqFEhXjT&#10;6VRSAQi1kuAYvpOGuXWc/WDuokmfZsqMVHBtaw/wI5VAwBcVTe37jGbuqydGKelpbWn7GzOouyb3&#10;l6O/5NT3PcJMLuhua2tXAG+Wpy5qSXduakppdWtB0sWDl2/1AL+x/1X6N91ALUlva0vH/yY+1amV&#10;nU0tfQLZ/xKMfo8i8OwRGNS8Mxgske3gGRQx1MXU1NzC0tLS0Xfy/NdWjXLXr/eo4vrPTmTjZ37+&#10;w3R7hLGJxLZ28/R0sjSzdvb0Dw4PdLe1NDZ18vQ3H0gxiCVzLX2HDhsWbG/CtfbyGeLu5eThbOfo&#10;HTxybKiHJQuPp1q6Bg/xdDQzsg6YOnf+9CnhwV72psaWXkHR40I9rdhEEsvWd2jkiCAnWysPn2B/&#10;F1sjI8fhK1fNHTkywN/V1sTE3iNsxMhAR2M6uofz7CfyKyCxpeTO1dtZph5B7IcEZP9fp9XSyoIq&#10;DYlOpxLE7bW5VQ2Wjj42vAESsobsGzdTCs2d/Zjkp52MzenX9+6/aeDsQ5PX1YiJfm4u9AH/nT/U&#10;QtfdWFcL4t3rOmhWJg0JR28USv29nf7/7Us1vzPu2KUuvKGDDW9ALVjTVFreLSNwWJRXYITRLj5P&#10;BAa1H+n/D1zjbie3ba3Tb3cfj/xjfv/niTvaNorA0yGgbGlo1uAYFuZGjZmnzie2zXhjs4m2S0Nk&#10;03Hy1tZOmMqxNOEOBL6D8HtJb1tbH8fMli6v27V1v/WcZfNHuvMbci/F53mPnBJoxetvtOzekesF&#10;otkr3+Bqu0RKihGPRcAq5XI1Bofpbm9XEwwszY0gtVLQ3a0lMY0NGbCSf2nn1/kaz20fTKtLuZbe&#10;RZk+ZRyXoBUgW69YDs+QhGgAi4VdHd0yQ1MzNo3UUV2WW1yu1nFHzIisuvDp9S63raumiAVdJAND&#10;Olbe2NhFNzY1ZFBBGK6AL6FzuDhI1lhRdvdkvNWYGZNGOHU0NOPYxkZ09bH3P++yin5z7ahHxlDc&#10;CTZksGamxhiFEkcl4WGVXKHCUwA96uDe5Xq6+YDW+rcQGNTrwj8HpeJY2Jglp0q6lxyJX+VPRSkI&#10;/63pg8r9dxHQ1KfE7j54PD2vGmdub4TtbWyXM8maM2cvYtnGrWmXfj5x/mpKKdPS2VEfKgDLu2+e&#10;OHQ05lpph86QLr588HA7yz7ck3b16ImMqtbC4iZzNz9TA2TPpLexrFUIs/Dy8+eOxyeUMyzsWJqG&#10;O3cSSrLTz1+9cSMuDW/uJK28tfeH82KKla+Lmbyr9OD3v5QrccZk+d2E9Krq2jYpyRDbsn/XT+Xd&#10;eCc3JwMSVt5Td/HoLxdj4qrFdF8Pi7aihJtxyTW9arDHgmvNa9GZcJTVP52JM3W0abhzYveBS9W9&#10;Ojsb7oOLP52IKWCwCWk3zhy5kdDYrgiOiiQLMw/9cDStTmRhT7770748MTEkKoRLRjSX9VZc2n/g&#10;QkKhlkRuSn8goJmTBaW3E/M4dg5M0kMSgn93UFDpLycCL6ktZNiNmjDvjU2bJg8xpjztJtDLOcBo&#10;rwYxAjrhrX0HRRYjh/ubaQgMIzw/7/79wkoBxz0wzJ3X1dxp5+MnryrphkwCfW0JGIjfnH7xXG7A&#10;1GksItbE1EjaIvOKjHY2Vtc3Sl39/JofJGmMvf0dOAAQQVtZXkZ6bpnAzC/UkdhYJyNRFN0lHXIa&#10;nuwUGE5tK6oRUrEdOQ1Y9xlTo3gMIg6P76trpVkF+VrhIJalNQNXXlSHxwjKayUj5k5zNmUB0reG&#10;tBv37ncPmxBGoBsYkSSxp+7Yhk4wE5dmtdCdOPzC3JKi4lbLiLF+9PaLZ/PDFk6WFxd3qTStxdlU&#10;p6E2pPasWtzY4f6C5jauvWllaqpRWLC8pqRTzeThcYbOodHhLkTkQdbmXD2VLzEf6szMzihU6Lp6&#10;IQ5D2VbZR/fzcqECCNCCIvB3EXhJdxWIDOT40MyM9pL27+8ON3rfoEIAS3UOC8I35RU1dpoZsglY&#10;uK6yvFqg9gsKtDa3tbGzbKup6GjuJeoQjjFQaDwbT1ejmuRUFZZmxeNxDc3NTY2ZRnZ2luyqzHSx&#10;VE2GB1y3sDBUV1FeLdJ4DQkdEh2qFbSVVzbb+gWFBLv2VubWtfWRdCo81twnKMjJHDlixFEYxiam&#10;xkZW3gE+FFFbSVEFiBPCwEw752BvZ0v9BilkaOfqaE3Myish0gxgjbCLaOMXEREdakvoq5NAuKrC&#10;/AYtNTg0CCfoE3B8J4JzeQe6uK2dRPcK8nZQKcRER/+xQ4eGODgSJJ2FeY3ZOUVNtc0igZZhDB5k&#10;84dn7NKm2rbcgoKi0lKJSGvp5SttraprF9p62DHQd95BNbVfQGVRW/ECDgqqEooAggBwwjRxCYsc&#10;4SmuLDp1JV2kJNj4hQzzM6t4UNxWU3TjUrIUBlzWMCAz618QYXEcz9Dhfq7M+FMXEqrbVFqFRqtu&#10;y4+/fCufYm6K1cq10MBxgUqttfQbGunOK0rMo/LczRRl92u1ZkRx7MVbPVhwEqlDPKcxlF83HYHD&#10;tkqlUfck3rxW2KbgcAzUKgWMARkD9as1fSEYWPgPH+nJVV89dqOmW0nRyGQyhUgoV8IkENxrEzoy&#10;ypmSdydHRyfj5Xy+QiEQqXV4Eh5LxGnxeOCFDZywFfJekUiLBTkQSRyGsX/E6NAge42EL1MoHjaC&#10;JxIBCRzX2tUzavyIoe5e3J7sxCq1naEJCH7q91lFC4rA30NgcNtCnVrUVlFeVlJUoC+FRSW1neK/&#10;G8yO5Kmoq2zokjyWHvwJUGGVqKu+or5T/MeJLDTyvqaK2hb+o+f2iZt1GlFrRVVDt+yFeV5hpbCz&#10;rqK/vxphU11lfbccJWz8e4/Rv3MXBpYVJ11JruezDbgskL0WVrKMbIeFDxG1pMWlF3b28mEijs5Q&#10;aWG5Vh/up+iqjb+b1KwlcVhsGo1K0DUlpaW2dAlb+SI8i0IkKJS6gUQNsFbNNbEbMyy4qyYlp0XI&#10;JOB1RBabTmqob1eSiWQaMK9SlQohgxmYrnoGbmB1O9u6+iCYwgAB7hKVEuGveRRo2NdQHJeYLoVp&#10;HAadw7N2ZPXdOH7gxJ16nqcPTavgWLiNDA+oKYyrUHMccVU/frc/uUVn42SH00pkWoqHmyux+sG+&#10;k2fSahohlnVEpDObhJHLVFgMkUmXZGckVgn7Nae6B3l7mtE1Cp1MoKExWUwyLIfoRjxCbWlmfdff&#10;zNb274weKnWQITCozwthccvFFY4j1p2Ny0i6ffXq1XOHdh5I7nT0j7Djkf7Qe1vc2yeVwSDhDAbS&#10;dFT34JgUwq+UFvLig+vCxn/eEzBxvCtypvK7oiw/vXnYqPfrPSZM9QRMjL8p2s6sPVP9l8aZjFwY&#10;Yv7YwYW6vbKXwKUoWs/NdRixWxWxZozD8z7il7VVi2hcXOmhN8PGf9rlP3WCm/LEiKGj9/eNWRRl&#10;pad5RMsLgQCGyGBiCjKzISPnmdNHmzLxWBLX0dXFAC8lGTu6GsPVrUI7n5AQf29zIy7Ick+i0lWy&#10;tpy8Wr/xUyeHeQFH0y4ZNjByGENSV9MDhUQO83W353EY+smJIRkYO3g40jBSLN3M1cHby8He0dGG&#10;QxRW1baaeQeF+XuYm1qa25qbch9uT2IIRrZO3k6spupqLdcuKjLEztLKxNzM0tKQqKeMoTAMZD1V&#10;BTWSYVMnR/i68Hi0uspSvE3Q/JmhNAxMYVq4uQDLJzIw8/R1ZhTmVLuOGDN6iDsFTzS2sbRysiPK&#10;e+p7ZL6BEWGB/g52nOLkLDkXkKYGmvNIvXyZuZOLsQESSsKxsFQ0FOe1SLyDg13sTQ0Y1t7OLlYm&#10;2KaGWohmwmOiLuMvxMwdlEr8hoRu0PGRTgF8pJ/nDPSifM9IC8hz/aXOP6LWkzQkbF/64eGbCOFq&#10;W+KemWP21D7BDapsvn9i64qPzxd2/Qkxn7ot4+z7yz48mdPxRxU07em7IyCriXtyHqNDVDfc2T11&#10;zH5AgaoVZO5d+saOS+WPU6A+DwbAvuT97y9afhM03ZFyYuvyj88V9MJw65EIJ7LnlrQ+xfNQCW3z&#10;/0NAqZAplCAzA0Lx189HihBwgk8geZIckMn0fzMgAaRLkkllA3SjOo0KuRH8o5DJlU9UfCiqn+7z&#10;UfMgz4RMJleD5SCSWekJ9tOHd2iUcplCn2sCyb70JD+qVqMCtz+kD9UiNcGq9THNtVogG7lLLpUh&#10;aSOQvjzqlFqBpMPQk5XqQAYNmRJpBfmsVoLkFr8+VVqQIU2ueJyjFMmPAbZwf0epik4sFIGnR2BQ&#10;rwshlbAk5rvbkugFK8LN9JtENedO3VP5TgqQZ8XdlZgGWhpgYEV7/oWz9woFrdlfrv/gVGovSdla&#10;EvfjGzuu9Um0UryFj6fxw3BjQOsLkzi2rg4mBuryy+cul+lwnWeOn03Oq6xhOPjwSMCgqXUElrWr&#10;vRkTvKIKs08dO3kjLiWzwMA92IQMS1oyLx7KIE9aMs9Pm3ThcFyLDqo68+60d67KVJCSaOLpysEQ&#10;eC7ODvpY+77cuNMnzt+6n5zRSvPyNAPitPK6hINX00Qafv6Rs7G5bWqSuZUpolpPzrFjp2/eSUzP&#10;r9BY+dsQO9OvHM9uNXWwZ+AgVfPdq6cTm9iODhxS+90fD5y9l5RX0cDz9Obg1N1F96/cqOqVFCTf&#10;vHI3vUBn7GXFVGYfXbt85d4sCplBo5s42jKpTGvwds2Q5R89HqtwXbw0yhJdF75g77Q4PMj8h2xz&#10;ADLSfj7SfqJRfbpN4L/Z/82A0kimQQLY7Ohf+wEuT3Aj+AcR8UTFh6J+wywKhBIIepn9jT22v/Hw&#10;T70whLz0dzX0DYLbH94G6AiRZvUK/6p5/2c8UFK/JfP4V6A7eiWRq0AQ4CHV90LPi/oYJSmgHCX0&#10;13xYEDAQjlXUj/QFm7uDSp3BfV4IHj4iJKm7/Onra5GyeNWHNcZTty8fwWq+vOqNlTFVWkinrrr+&#10;8bK33r3fBUhBceCkXiXi8/kiDZWKg1VigUT5a2JQZcPtvSvmbjic1Q14TZM/fee1+e9dLWvr7kzd&#10;s3LF1vPVIPlaS9Ivr897Y19aJwjQevDTewu/uFTVxq++8fmqjRdqNCDQF5zdE5kYQca5HXPX77pb&#10;I1YCK2hAw4N0v0KJqDv58/mz3jxWDENwV/oZsCA7nV7P5/ck7tv41oaYeq1OLc37ae3Ste+eKJXw&#10;S6/8uH7lF9cqpRDUemXHW59dLAbphFN+XD135c+VAnH+2e3zt/6QAxi1VLUHPl71wclskaTu+va3&#10;Fv98n9/d9uDY9vWfxndBmOb4w5tWrPjmYk6nsOH6O+tWfXmzFXg/yJQ4iIgHr+USad2dfSvnrD+E&#10;9PdRrPagmryosigCKAIoAs8IgUFuC/UptUlsMzt7pHi7+TIIdSeu5ZnPfmMep+Hg7QpI1fbgeoqB&#10;7dy3506IGhZqiHea9PY3u3Z9vdCai7eZ9MF3rwVyHiEA0vhSmQQDcIQIPPKIBgwKx8B32te7vtu1&#10;wJGYfjSxGyIQiBQGlkGjUnUdSV9//hNp9seH9uw6fORd1bEtpwtFeAKRDHVnHti84ssC/zcO7F0+&#10;KnTGslEcBt5pxkdfLA/mEqgQi0Ej46Du28e+vY71ePeXg7t2fXt6o9OF7zaeL5LDGCIVIvNsfecu&#10;3rX7/bkmdcVpWW0Q1BgXWyUTS4W28w7ejvlxmRudYRkxdQar5OaVApmiOS65zmDm63PsOi9v/eKC&#10;3yfndn2358C2SVU/fXqnTUMDBUe2Hrryna0H3pvjWnf6ZpmcFvra2qEYstGI1zevmOhAwdLw/f1F&#10;ywuNgEYhB69TjyV0B8lZ1FKJEOxA6vXWKaQiQJ3b78aikklFYvnD1CgvdL9Q5VAEXhwEBvnvIHBt&#10;g6jmw5Zs3qgvOz9bSGg69+OlAl3Iwmn0qp9vFLanXEvRmUyZ7QCpxUiOJQ341YAgEeJ4p1VIJH/O&#10;lA0OQowdzWlqWIOlmsH4LilYow3km8Fg4b7OPgqp48Ta0PDwYXN+rNLWn35QTQDGEBJW56aVFvXY&#10;GhkzyGCUpci6U6MQg3MS/Q8V2MrRSlvKGqoYbrYWNOQK2zWQY9j8IKdFT2NMJttYscDPGYlAJyjV&#10;4OcPcp8+k9uZfWnP8pEz37lwJ0kGnOgdhk6d6YXJTo5NvJxTRxsa6WeD72zoouJKPh4VHhE+bsuF&#10;WnHNzaJmwBapw4M8rIC7Soc3xlHEMolWC85zVMB/XSnTQiBTObqn9OI8if+fJm2FaSf3Xup4zIFZ&#10;wa+5dmp/Zn0n4uepFWffOHj5fka/q2XZndiDR5JA/ARaUARQBJ4egUFuC5GOwuAHfiAMAsu145rR&#10;FXKRjDJs/hxM/Y9fbr+QSWDOmu6Nh9R634F+ZMDJ31NApOt3KQcH80iOuN/YDXBY7zJu9Xsff/LJ&#10;t2czSssuzXGQq1VyiDVk4ttvL+CeOnomuQ0J0ULufawAe4clU6g0pt5DYEAXkEmRx2Lq5SPJWMFt&#10;+i/BIYhOBTFHfHyntCgnK+1dVszpAz+/teRcHdnab9R4R83pz9//JdkwYqivNR4D0vHAuiEL3vvk&#10;k093HYrNL0r8LIQrQtYJiH8DIg8Jlug/fgGyn6LvaJUXBwGQRFok7O3iq/URL/2jp9MoBD2dArFS&#10;P6N1UmE3XyCU6x8DuYjf0y2CMRgwl9SqgScDSXKLuMRAwO9GpVIPzAGQPEWlAs/Fi9NXVBMUgeeF&#10;wEtgC8FiCz+QZlBQfrmxhhER6MbEU0JnLsJ1XTqbRGEvnuwFvqewrblcex0GBuHGJpZBBCIVnO3/&#10;nfgB4LOGcwwIZxvm9BCDoiK9hacXLVyULWLiQKJeyMB47JKPPlwXLPjp20O3eyFbh6F4HBkLfB8G&#10;bKlWg8HZRPkEyW6l3C3lg1F/cPpgX+/EcZFs8Nv120mAo1IEcdPGTNj2ABM45M1j8Z8OIXYa4Awg&#10;rKFXWBCzryCv12X6zLH2RIjiFxlGICVJ2ZHDhlHzP1+4ZlsdloP/vUBgD/FmNsHgyBKHA+b9eU06&#10;tN2nRqCvJG7DmlWfHr+qJJLaSrPj7hT39bXeOnO3ToSh6YTnvvts3Uf7aro1hgxy4c1z69a9dSWr&#10;BoQHUihkgk6YdPy7dcvejslsUomajn//xUc7fswuyvn5y3fmLX1t5+lEiUKSfHHf8uUrvj4a2yVF&#10;U4k99ZCgFV9SBAb57yEWT8WJCndN5Bnpi8P409SF+3cscABpmAhhU1cS1ViIuWySO2LyMLY+USFW&#10;jbtmus3/MdN+7Ayjmu+GWRp/nvprZL3eGW3AaCHpsR/aL+Tq4+GKWgVECPg47vji0i/ceUZ2c/db&#10;Lj04y1ar0SEOe2DfkeYw8Y2hAbmHzifU60JnjafnfhxsZf11NiDYACLBUo8y9J0f9i2iHxjlaGTE&#10;m3A36lL14Sk8EEn9ePN6TWCFghF56Kslxd9M4vGMXRfs6Xr78i+TQWgjxtJ1iIsvk+HrHe5hC2w7&#10;1nTaqbR9/nsmGvF4oz/LDV/7XRhdqYQf607/RxjCk5xHTvZpPDzLf/Lkax0ckHan30g/3t+XdKoP&#10;wm6pe66dv8r2nDTWx6ILED00NZaWtUplwtLskk6xokcCOYaMDCA1X72RXN+txhp7zBjvm3f1WHG7&#10;hEol1hUm5nWRZ80PT750Lqe8PC+zwCpiKK6nCuYELJwaVp967879lJzcvkkL53FwIuACNgjRQVVG&#10;EXiWCAzynE1IqBXYBPyVfQnx43644LmznjrpMPvLlNb13v2Qgdqg6EAdUEVPqgHjQHL6h+8D+q9h&#10;sIgDztkgvkIHOK2Aezm4C2kC+K/rqs9tnTovPurihR+nOuj3qZCoJ8SOAP9vJGUNchNiVIDRQfQC&#10;wkEANLjY3xAeAv/i9CKRm7VIfBX4gMUTQS29eiD4Ctgv4IaOhF0BPfV+4uC6vh2kIcThfWCvVl8D&#10;aPjr5i24Xb+LhiyTEYn6Gog9BN0BYWRIvwfUBH+ArVtEPAjeQhR+or/Pcnqhsv4JAtr2jA27bkzb&#10;+KFTU9L5mxWWrpwOoenkyWZX9iY4T/LuyIk3H7ncVZi4636bG05MchsxNchh/7FvxF1sllmAt3n1&#10;obO1vuGW5fFVI5ZMqr1fPG7jGh8TKPPuveTUrIZ2wtSVE7oe3KmRMnwiw4eF+DJJg/y1+J8Ajd6L&#10;IgB+iQc3CPqAJuDf+agMGEIlv67m3OnvVVyLLaMGDCGy+EFiowChIWIdgMFAbnt8o7A/Dqs/SgkJ&#10;3RqwWqAqHo/Tibvrahq6NYBow3ogCRwQoW9Xb2H04pF4qv6oKX2gFfLx14bApYcikQZwA1oPGEL9&#10;2gxUGIjH0rc5sK+KBGP1N/RY6AOi7KMa/c0PSNQbwoHeDsSfge/w4B3hoZpANyJADQRtIa38tr+D&#10;e0a8VNpjsVjkLQY56wMUDeC1DLxZgUHU6DTgOBAErYN3HfCmxaEbgIA/QJkG/qQSSHQyVf/iBMYc&#10;JtKNomZNcjKl4zAGNIym6HbM9ZRKDYgsUiioXKeR06Y4coSXjp9NKGx5qXBDO4Mi8NcRGOS28M86&#10;3HBj2cKd+YFBn15e5/bXQfmDOxQ9KYff3nSyImLF6wv8mM9EJCoEReD/RwBn6DDESJV89uz1xLvl&#10;fAXXmNBSdjcmNqGitQtHJHTV1dy8HHP8WgadbkmDZPE37p67cLymg2LKooklajMbO293WztrU2Wv&#10;EmxNKJUqSKOsLa/qJXMcHZkqdVdbVe71m+kEOyeQh1cul/V2N7Z0C1A+WnROvrIIvKS20HlhUnpu&#10;YVbaUpdnNLIUk3FbrpcWZx7YPkHPcIMWFIF/HwEcZ8KSBeTOtDrYZHL0MB+fYGdbOL+ydcjwEW6m&#10;ZhFR4aTuqnaa76SxkUPDwwLNobTCrrCpS0NDfX08rZy8owKtsNcOn6d4ebrY2weEejJZ3JCxI7h9&#10;+cnV8JhZU4N93J0toGtn4mwiRk8aYttenVve1KVBXUr//VFFW3gxERjk54X/PqgwLCmNPZXLmLAo&#10;4nHG7X+/YbQFFAEUARQBFIH/CoGXdF347ODT9mWeu5ScFnejVP7shKKSUARQBFAEUAReJAQGtS0E&#10;GQfzj7+1bu2qZYuQsmTF69/eLRc+W3i1ggbsyB+/COguRZKjqZoST3206ce4asGzbQWVhiKAIoAi&#10;gCLwHBEY1LYQUgqKz//w44UGVmgEKHbi5J9XvPFjchugS3vK0nL1+5T/P7QKz3WGrkxf+sA8gIXY&#10;wvbMaz9+czylAc0a+pQIo9VQBFAEUAQGAQKD2xaC3C9EyNBu2JzVK0DZ/sUHIYTsX2JSW55uO7Pl&#10;xKRZmxMa/38IcKywDZ998eGG+fZIJlEMjkihU2gg38UgGFtURRQBFAEUARSBp0PgJfhNh3WqfiJG&#10;iGXK4RGEQpFSzyhV/kOAlwMobiEzvs/Vfy/O/vatESNWvvXG2HAf8EXwmuvp1fGbIyM3XU47/7rP&#10;5EUffrp5voOTi+uqPXc7+yWW/eLn6Ro8ecXiWROWXW0HtKRPhypaC0UARQBFAEVgMCHwEtjCR3A3&#10;3D6dmYMbNtTPgg5Vfu87fgd11umEhNhjbxr8PHHkklgRRFJ0NxXHX+U7rj94IyEhYf9SFp0etvn4&#10;6a3++M6Kwmu5RbR53975KIB1aefxxHoJJIlfO3kbe+7P966f2+TbfGH7qjsiEvnvMJgOpgmB6ooi&#10;gCKAIvAKIjDIbSEWR4L68ndNNuWB4r8myWLn+R+W+nCgorhv6lvmbX4zyMrK2W/s/HlumXmH8uQE&#10;Ek4HMQODQv1cLKysrMyYgNeDamhuZkhFaKzNbCLCfY3svCKtWc3VdS18DT38i/Syk563fUKi1h+t&#10;oWjECh2aOfsVfEbQLqMIoAi8/AgMcluo0yohju+mq+3doPQKKs9viLQCVGPClhq5Tksm6dNXwBgS&#10;mSiWCFt7hIB1DBz5IRzVSNFnZAKMnEhCYFCw4Bt9dX1aPwwBK7i5wtXGfVXLoZyaixvdZSrwDVpQ&#10;BFAEUARQBF5CBAa5LfyTEWE5enF1mM5evbcnXiPo6mMYmNkbsxCS7V8LgUBB+KpJwDz+zsoBts+u&#10;9Lg7UtnS08emWCl72iQwICpFjeFL+AigXUIRQBFAERjk3Nwgrb0CkslVv8vM6zhyx5ghCZ+8f/Tm&#10;zcsnDhy6rZg58XUvokIhU8ikioeZTG19JzBEDRm3E+JrBSCVkgx8AWaETqOUQXKVRkvkOTkz4Tvn&#10;fr5ybvfRs11UhRQkS4U1KplcoUJ5G9FnB0UARQBF4CVCALdjx47Hu9MlEhszDQZLB3VqSU+Dxip6&#10;VLQ778kVLstj1hibtMvHE5JzKqRub+3f8ybI56uU9vZIaHbDxoTYs8kQRDbmEutLcgpLynl+Y03k&#10;GPtRI8Mc2SpRh0BuETw21M83KoDWVp6XnVkuCV/3ehCNZTU01B4j6IVNh4wNczOiDhaUUD1RBFAE&#10;UARQBP5/BFA+UnSGoAigCKAIoAi86gi8nOeFr/qoov1HEUARQBFAEfgrCKC28K+ghdZFEUARQBFA&#10;EXgZEUBt4cs4qmifUARQBFAEUAT+CgKoLfwraD2fuorkj0YEvX6qFXVefT74o62iCKAIvPwIoLbw&#10;hR/jvqQM03d2OFSltetpVtGCIoAigCKAIvCsERj8thAWFZ3a7MsFHGyGHPd5ex60Imwy+qJ7IrL+&#10;/0FO25W3fyLbffb+goe3Pl4ZlnVeWca2jfj4vupZow/kwbp+1ps/L1qFlmZuyYBUWhDqr+sp+mUK&#10;23XGT7mPswb8C3qhIlEEUARQBF4hBAa7LdR25R5bv/ic6UfxHc1xr7mW7Pj059RWJTAxSuG9bQtP&#10;g9QST1GwkFYhFgglit/F7OtvhkEYo0AgGkiG8RTynrqKRpL1+aojJV2y/+8O3ii/vMVTE0xDLQAv&#10;OAzrVRX/iapP3TJaEUUARQBFAEXgVwQGuy1US1saqolEPBWW4P0/v1jUc/uTcAuCpPPWO3ZTvm2u&#10;rqpuk4Jll07SUV1ZUVFRWdcuGthoVAmaG+s7erubK6trW8VahKj0IcWaTtLZXA1qV9X0AauqL4Cj&#10;FIPF4SCtqLO+trlL9vhuJazobWho7OrpbAQN1LR2Sx+t2OTtTTVATkVFTWd/RkVYIxe0NbS0drY1&#10;1YLLSV8Pn7UjMaWwtpWvkPU0NDZ1C/vaQLvVzV29qoHVoqKtqcP2tbNxn47CSPpbBWqibHDoM4wi&#10;gCKAIvBMEYCfLEVNrb+58mL/qWxJ+HoIBYLYHrN/uFXe3KtF1JUlfRJtS8Zh6WY+Qzcl8Hszfl4/&#10;hGHh5uZm6xb9xnfxbQIVDJd8akyHnGetmeM9dOQ7F+L3jYQsxn+fq4NVvTUxq8P87B3cXEzJE79I&#10;7VLB0rbzsyBu4Icp/LpLc/ypvGkfZ3b8iopWdW8VBBGCF6yd4+ZkbeETvjmuWQqWb8Lqe++4uzs6&#10;uLi52ZtEbr6V36mE1Q1xO/whluv4qTNGAXUczWkkDIlr47zwVOn1FRCeHrHt8y2gtoGlz/QLdUoY&#10;ljbe2O7q6urh6+9pScMu2Ncm1Xbn7YmGzEbvztT3FC0oAigCKAIoAs8AAbDp9kQZbLYQ1oqbrmwP&#10;tWcjLwjG4YuO5jTJNKBH1TvNObQJR0Qw3J3yiQdkuuh8M7gqTNnhT7RcdrBQBdfusjMiMWfdECDd&#10;78n+PhLYwj3FsKLo0ygT2sRv6sDV2t0uRPcdaX3S9gtzIKbb5HXr5gQYDd98vQ6Y0sdsoTrxDQyR&#10;67WlAFxrvrzQijZkxUWRrHV3uCV32GdFCnBVeec1GyxlUbIUbk34fAhEjdx0jY8IEFwY7U722JYH&#10;rJ4uaQ2GYOiztQgomfxlCGQ3d1+xCm48s3n59v1XYuPvndgcTibgdmTB/ALUFj6DeY+KQBFAEUAR&#10;eByBwb5HCmHplpM/jD3y/bb547y0acdXr/gqoRYcvymBfQHE3WKNpCY1vtLBZmqYBTCWDM+RXkNk&#10;6XlFPToYi4UxQRGeDHBZq9FvSGJwOLi3vkTEN5YVHdu1+9tzpXhV6dE7ZeALIiQsu/rDD2c7Rkya&#10;Nd5WnwrqUYEhmEAghwx1QBpw9R1mWNmcXp6Xc4/fETJpmDVSlzhs1hws8UZCiYyA0WkhC3NPBxZy&#10;u1im0UE6pUSkhMEqD0+khIQ6Q5CaxjBiSaT1vRqIFzx1nkvX9Y++3ns8sUFHoKKZhJ/pnggqDEUA&#10;RQBFYACBQW8LkX5gmeELPzt56sgnqzypBVk5tb3gGjxwpAdrNerfjLYGSd0ErB8G0qiBMfpNwWCx&#10;CkFnY21tTZfRnJ1frwzlAWOngQhG5sPGj2Slnj4d2/17F07g4YlHoMSCXE94IF6lUupAYsTHLSYM&#10;g9wXSKOQTqfpVw58ABb7MauqVoMvQEZFHYzBkamQMPWjJWPfuk75/NjlK5+NJOAAeSw6cVEEUARQ&#10;BFAEnj0Cg9wWqiV5Z99dtnV3Jh+CWH7DHZ1wEJnOJIHzQ66DFkuisvAGzkMjLGua4wsQA6msTa/I&#10;JQR4uxticcDg/AZOWKfFsMxtCWS5/aQv9u3d+9EYSNDqY2sP1nIaiGY58Z19P2xykpzd80ts9+O+&#10;M8CRRauQ5BzNkkCQrLboQZuDuZ+Hf9BQhmFeQm6nvo28uBtaRUSkh4HmiXh5JssGS6CTDJgkDP63&#10;qRExOLy0u6ZcrHKYvijaSHL3xwcKDQy8d9CCIoAigCKAIvDMERjkthBL4JlZyVO/mho1YuTIYdP3&#10;9Y3/YutMT3B4aBw2zVMSv2P8lJmJJq/v3RGdvmz4yJEjw1+LdVj77fYZHiRIJhMKFRJl/9oN1iol&#10;kEgqlcNUj9d3fz28/sjEsJFRweP2lpDZFHCYp5ZCIoEBzdJlylujrdK/+P5sfvdjqzkYwhGxZErC&#10;lyMjx23Ips/fsmkCi2Gx+ttvx1b8Mi88auTIoQtSAg5f/iaUoVGpFWJIJBtIuMgMGhtIaT66JHr4&#10;3gd8mVoqkqmBfQbKSIVCiUhCNh27fKR95XcLw6MjfhKa2MnFFc3dkE4FVJUo/zj845nPD1QgigCK&#10;AIrAq4DAy5CzSdCQk1vVAxLx4hhWPv5uPLAshCBNX01mcYNMjXUeOtyK0FWSXNCi1mFo5l6BnqYg&#10;dyEka8kuaiRZ+nuakzGwStxeUdCCs3dzN6ODW7tK84tbetVYooV3hIcRXqfqqcysllu6+tmwFB21&#10;RVUinoerLQeRAopOnbTOYFLM3IN332Y2tZGNbTw8nQxBJCAofcVZhW19ShhDsgqMcuMgUY+C5vLi&#10;TrKjm4sJDakhac0rqe4RKix9AwhVVX3GzgGOXK2kraqoCWPm6mrDVLWXFVa18uWwsYsTsa0d6+jr&#10;QOWX5zVh7Nw8zAdNmslX4UFC+4gigCIwqBF4GWzh8x0AxBbSJ8TMP155eBowpGhBEUARQBFAERh0&#10;CAzyPdIXCG8Y3bV8gUYDVQVFAEUAReCvIICuC/8KWn9cV6dWqLQ4Agk4ev5zYagEFAEUARQBFIH/&#10;HAF0XfjPIccSyGQQCI8awn8OJSoBRQBFAEXguSCA2sLnAjvaKIoAigCKAIrAC4TAy2ALNbKuyozE&#10;xAdFDfyHXNrPAWFYJWrOT0wvbhX/C42L6x+kJBe3P8fu/QudQkWiCKAIoAi8KAi8BLZQ25F9clXY&#10;8OHh07+IqXh+1gJkFjy1Yvi49ecqnojh7y08cTSjVQO44NJPnCsSDow73NPY2tYiemoamYqfoyOG&#10;rY95LKrxRZlAqB4oAigCKAIvAQKD3xZqBBWZ8XVkuhFXnZOe1tCfHOl5FCyeRIcYNNKTkEo7iiv4&#10;GDyequFXVHQp9IoJSq58uO67OzWypz5ixJGZTAMacfCP1vMYGLRNFAEUARSB/4UAbseOHY/X6RKJ&#10;jZmDKYhb1Vty8tOvmu3mzY2k3rvb4TN2tCePCEHtCZ/vPlxLxld88vneOzm1LWae/oZERd2tU/su&#10;1ov6bpw8fDLmTjLWcbgDG7Ev/MLzWz/+Pub67fgqmaGDuxlNmL3vx5+ztfiW73f+cO1+bgHLM8Kc&#10;+iSWnQ92f/PtsTOXbyWkSazDPXhYSUvmxUMZ5MnL5nlLLu/55GQZwc3Z1sDQ2qT07I9Hzlwv6HMY&#10;PznKmiapub3r9TXfxmU39YmY9kEOurQvv/z21IWrdx7kaezDnRF9dO1p577+4sczN+50M5zdrTk4&#10;qD3p62MZFqPemOs3mMbmf00+9HsUARQBFIEXBIHBvtLQ8KtSbhVQraZveHOah31Pckp2vT5JfEfi&#10;l59++uZ3hSR3O2brmQ0f7bzVAAhlGu6d/XLbprMFkLULp2r312/uut0LEg0Wn9i4cGseZUi4p0He&#10;iY3bf47tgZSFR77/dN1HCUIrZ0d1/I4P3z1ZqHp8xLQN57e/czhb7REQCKd/uXzux5lSLOAKhSES&#10;S9dx55d3l311qwNmkAh9iVuXzNyZSXN1dzSVXd04450vshV0E3MzUyaBY2bnaMqsO7xp45lqRmCA&#10;t+j2jhXLvi1R6tqTf1qxYU86ztmT0bBny0dHM7q10O/oSl+Q6YOqgSKAIoAi8HIgMLjzF6qESV9E&#10;0K2C99aARIW3lgzhOKw4UCMGfSr6xIxN8fugRAeu315uTPeZd1UMKx+8O8WYOvTzpG4YVlyYZkZg&#10;rU9Ta5R9dblJ92JPfT4mMsCSCfks/bYWFpyIdKJYL7nVCURVfeJOMQrc0/A4Uur0zT5WPLuQCTvi&#10;m9szU1MKOlTajswfRkM0MwdXa+eh835MQRIGt14KZ+NGflOEpKOABXc2B5HtZj1QwOU/LrWiRH+d&#10;I4Hh+8vNOUZuw6bvTOvoSE9NLekVNB1f7cjwXRCPJEks3uxnM3xrbI+28CMjpsHEg4MrzzKaHQ1F&#10;AEUARWCwIDC414Uqac39q3nG9oun2EOQoUeYo01dfFpBmxQkTwJHcRgTCw4GApSkZAMdJFKpQb4k&#10;kJyCxGMzwJdaHAdDFCuVkE7Rlv791i1fHe+Ztvb1cHuSFmQ2BAs8MIBscy5JBdI1kbgwTqjsP+ob&#10;KDivmQus4PqMGzumDp+4YcfnhSoCFsJg8ZC0raa8sbKVClJKECBlVW49pLW3M0HuggmmjrZKRW1x&#10;kwhkZYIhrUoCPGn8FyzmCsruX3pnQtTkd7/eW6020CnUWlnVjeUeri5uEw8VNiSU1QgUKizmqc8W&#10;X453NLQXKAIoAigC/yECg9oWaqU1KXHZksbU9wMsLSwsAjZfKNY1ZGQUtqogHGI7dCBPITBCSI5A&#10;zCNjok8PiFzVgRy9WEijKo3dd75aNOPzj1YOdzNhYbWPcjmB2xFHT6QmsK1P2CIMNfDNqyUtTY31&#10;R6MK0+/e2jzzUD6FAMsgTuTsjz9ZY3Pu+Kn4ZphoZkkkEPu1AGK0Wi2JTDbm0LUgtaFeMgTRIren&#10;NrQ01ld975OZdOXatuU/l5FxGpZb9Gcnr1+/Fp9X39x4aKk1BaP5XYap/3CSoE2hCKAIoAi85AgM&#10;ZluoVZbdOZfOcHw7priksKioqKw6/juQ4+hyfHavVgPI5cD+aP/oIeuw/s/g4sOryEdgYICJ0mhU&#10;WLxEJ6uJi4m/LyeQcXpT+djtv970cDa0354Z7T9pTx6JN3ZXxndRBlo3Hg/I0UBURuSMLVvfGqU6&#10;uGvPlW77sW8Y8c7tPVElVYi7C879ctfWamkwB8u0MuQ5apQqrLrl4vAg30Wnm3hWM3bd+2gIXu5q&#10;7+oXMAxu76vUmNlqUtZO9nv3fKUCQ+7vw0s+GdHuoQigCKAIPCcEBrEt1KqbspKrHZymTYoy4+gL&#10;NyRqim+gMLuwUiAjGxryGBTQPQxIl8sxZDFISO55GoPLZVAQTxQMic7lcmlEIi1w5bcfenTtHucx&#10;7Zdst5EjzEVCgUJGZYF7aHqXFRyVachlU55Io2s6+uyxL+h3N3naWjmM+6Jpy7VDE83UEInJ5dAJ&#10;MMFy9JoRY1uv3Uqu46wvvL2tfV+UrZW9z8L4qDNZ8cvNMJCl3+hh9l0/zfdeesU05ujnvYfn2Vpa&#10;+y4+qvno8s7RNu4rv7mwwe7iJBuziE1d4V9sn+dPh3RkjqEhgzyIR+s5zW+0WRQBFAEUgadBAOXm&#10;fhqU0DooAigCKAIoAi8zAuhK42UeXbRvKAIoAigCKAJPgwBqC58GJbQOigCKAIoAisDLjMCz3CON&#10;iYF6egbAYjCg2bNfZuDQvqEIoAigCKAIvDQIPEtb6OQEVVcPIGNoCHWjTNIvzTRBO4IigCKAIvBS&#10;I/As90jBWvBRYTJfatjQzqEIoAigCKAIvEQIPEtb+LxgkTSn7H192rRFH53N79+iVWTuWz1/+gfx&#10;HdoBlaRtt39YOW3Dzgct/Rcaz2xcOm5EdPSo8Qu+zdAgVzSdOWc3T1u3537zk72oPDZv/pJvUwZy&#10;EvIrT3w8/609t3Ljf1o3Nzo6euS4qVOnTRo7EnycMGPNtcbnhQDaLooAigCKAIrAP0HgJbCF8tbs&#10;m3t/jok5sffK7eI+BAwCF9dx8fLOQwkDhk0jbky59Et6gZzIAd/23tv45juXhBGrNr4TTTi1dfao&#10;w2XgqqS1MDbmWlr9wwyDA6B25549e+FB/UBaRHlPfvy5mIQsjU30gte3bNkywzA+NqbGcsE772zZ&#10;8MZiX+4/GQn0XhQBFAEUARSB54XA4LeF0t6c5JsyK7tAH/PUrMQa5JASZz9x/jge/lZxnR5WbU99&#10;dlamefDksX4g75K2JSstr8UtYv6U8aM3Ha0ovP3TBFvAM4PBESgQhYT/DSBYIpVKJT1ME4HBEslU&#10;MgGimjgHRYwaNWq4F5dFsfAZOXr0qOjIYEv68xpFtF0UARQBFAEUgX+CwKC3hZKewpQbjVYjtmxa&#10;4o1JzHpQ3QHgwJg6+xJIir1xWeAPjaguIz6JbGzmZIkHf8JaHcWAlPCB7+aLfA3L2cXVxYiipwZ9&#10;+oJBGEqRogIJKCCdRomShT49eGhNFAEUARSBFw+BwW4LFd35Cbe6TOxmzJkZ5elqkJb6oLoXsWte&#10;o183wKh/uJGmgyTtD+7cYDg4TPTT54vA+85b6eHClff+MMuYRXs3TqAcMGwv3uCgGqEIoAigCKAI&#10;/CcIDG5bCCtEufE3RNau84cyMC7R3t6cxAfJzT3AGGKCx79BhbAH7qZIutPjb9PtXOYEmPSnmsDY&#10;zbuQevbDIHdrBlb25QTzxYcbNNCf4TDA6f2fjAXaCIoAigCKAIrA80FgcNtChaAw/nqdAd5bWZmZ&#10;WVBLVJP49zOymrqRlZ7vuPVGkC6zIKe0tJLBc507lPcYwrSIDzJL6pN2h1hQVfc+OFUD4ZHt0z8o&#10;BAJVB+EIA8TcGCzIbagDGSyez2ChraIIoAigCKAI/CsIDGZbCGv78uPimnGw5vanb7z55htfJ3bp&#10;WKrMxMw6MWIM3ce/ZSW8d/ST72Nlpp4Lg4378YOF9Q8SbqXXicBnj9XXtzrBChYVHBgiX0FYPBl4&#10;1zxe7P0m0CQtJd0D0RkSYbeGTPxN0op/ZWBQoSgCKAIoAigC/xkCg9gWwurupJOH6xn+269nZGSB&#10;kpGauGeyfff5c3dqetUAQa+whUR1QUJSLcdvRaDhAKS67tKYr5eOW7zui+/37fvp49MNwbM2RZhB&#10;GrVWo4Yac678su9huZzdrNRxo5a+EyXc8+ZW5OrnXx4oEoxcPnOSzYDF1CnFYrlUhR44/mfzFW0I&#10;RQBFAEXg30AAt2PHjsfldonExkyDv9fSgQNQe/vArRwOtG7d3xPztHfBOlF7k8QhdPHMsU7M/qNA&#10;MtOIxDPg2gWGAOdQPEyhGGsMHIePHbtierhp/9oPwnKcRo8KIXRXVVY3trbBTms/3bvYGwc2PjFY&#10;KpFOwfAbmlva9EVt7h/iaMSyHTrBl52XltXU0ibQ2k7e8MHrE60f5jKEdWqi6dCIEQFWlCfz3j9t&#10;H9B6KAIoAigCKAIvAALPko80IADKzR3ok709VFPzAvQPVQFFAEUARQBFAEXgfyHwLPdIxQNMZUib&#10;IuQ8Di0oAigCKAIoAigCgwCBZ7kuzMz81QRSqVBo6CDoP6oiigCKAIoAigCKwLO0hSiaKAIoAigC&#10;KAIoAoMRgWe5RzoY+4/qjCKAIoAigCKAIjDIbSEMyEBBUTwsSpXmOQc4wFqNSqXWPuNwfNBPlQqw&#10;n6ITFkUARQBFAEXgX0BgUNtCWNxyYRGVxjA0s7JGiqUp23Pxl1lt6qe2hzqFeICOFIY1Spn6Hxsb&#10;eeHBNa6UsPduP9tchj1nFpjzjN5HqMb/uMAKiVL7j7X/FyYYKhJFAEUARWAQIDCobSEE6bQKHctn&#10;842uTqTU3dxqkvDexn33ulVPA72OX33h7WUX+aCurivx9MHd32Y/tRH9M/lYCtfSxdvRlEF4Gg2e&#10;ug4OgnW6P11rwpKmG+8sOdH0MHXxU4tFK6IIoAigCKAIIAg8y1j7/x5RlbDkyne3JdELVkRYgNZJ&#10;BMG1SzdbTEcuGO7BIKjb0tOyKqvrG9tFRCMTBiAc1Qgbq0vrekT82srSiqqaWztCVp5m2gVaQyU3&#10;925e+V2tq2+gvZWpIb62JK+guLyusaUDx7VkEoFkjbA+PaugqqlbJBf11LdJ8Ew2He4sKijtxWKF&#10;OVn59R18AZVnSsVh6aaOISPC/Z3N6CRtV3FhSTeEFeVl59e39fZReWZUJEpf3d1UnptXXN0l18la&#10;6qrFRB6LiseqeyvSMgur6xrbhSoa11BfU1JTWlhUUlGjgiSJR27W+C16dyTop6yrMi2zoKausVWK&#10;Y/MYqoar24bM3yM28HK2MjYmduSVtOjoJiyyUtBUUVArJrA4ZHFxQXEPBhLl5OXXN/fxNSSKtORB&#10;TnWLQItncp6x2f7vZwHaIooAigCKwD9GACRieLwUNbX+5soL/KdO1Hh6BkS3m7LtyHGkfL8x3N19&#10;+L6ULhUsrbv99WiqTVBkZFhosP/k9+9mdmlh0b31Yxh4p3HzJk4ZHxkZ6W9NwOMNXUIjI4f6O7Ag&#10;EtcxauP3N/OufDHUz3foqAlj/Yyh6I057RqtsiFmVSjEdYucNnPkOC8uZL1yb5EObvrekQ2ZLPvs&#10;s5ERQ50MIea6W90wLM/7YZEx5LH+WiMMN//kZQwZLvz4kzFRES5ciLz6ahcAU1p7c02YM9MpKHL+&#10;shEhIP3vuGN1Iq20/vhSN0Pf0eMjvU1NecsPlEtguC9xt5+1tW1AeOR7O5YE0OkGWzJhraQu/uPp&#10;vmZB4yZG+7HdI3bcKSs8/toQNgnLsBsy4p0rhWemQBjrN29pYbgh9m0vyHDBj2Vw11kPQ8h06Xuf&#10;jRoTBhTBB6zZ/MH8yBA7tpn39L0FfaoXeIhR1VAEUARQBP4LBAb5HimEwUIqQXV67A2kpJXIsbZm&#10;vfwedXvS5ilbWt86lZGYmJJ8fKH84Pw399Xr6FQ6lYrBes37KeZGYmLi6RUMGi3q4yTw8dSWAMg4&#10;fMvBb9aFSzp1c9a88/rKeWNDXejxu4/ly8SlF987UDb5q7jES8ffHmYFYahUMli1YYkMJlnV57zi&#10;zv3Ukwu46pgD8RKISCBSDAh0Mh4Ai1SgaHrsF99KuH9+pQn2yv44MSTLvXz4TJHph2czE09u8Tc2&#10;JEJkIg6jabux50it1+ilm76/cP7TBXbaToWi5fR3B6tZM07GJyduCGwTw+A4EAPpFEIBxXn6rs83&#10;TR41xFGQfP1qtsnCnattjAheb56/+9UEcyIFYhqQkawbgGicTmRQiFgIQ2Cw6O3VrIVxt1LOvM3T&#10;lsTWBZ1IvL9/nUthWszNcsk/fqFCBaAIoAigCAxuBAa5LYR1KojhPH/XhXNIOXv1wDT+zfffO/bg&#10;Xtx9Kn78yACEphQ2DhwT2Nd3P79HTsBodXRXG3OyftBECvC2oZYKIFggkmkgnVomAqkqTBxdVGWx&#10;x2NSchtFOiKGjNG2psWXGfOiA80B4am7r48LXqPsP5kDJ3jOwa5MrVZG5jpoMbV8PmKbHytaLWwX&#10;5MrW6NQkjpMWVyfo0XaVFGVrfZ38zEA1p6mBJgxw5gmyQvGGRnoqE76cEzV96z2+t7+3J1tecr+5&#10;3nqYjyWwa9yw1QFkHAb4xmCpPEseQxJ/4OCd0k6pBkMhE3SQVA5EaOQilfbPaMJBG2b+jiwVrCQy&#10;nYh01hhnDCQnkdk0PBGP7+dyRQuKAIoAisCri8Agt4UgMy8EaxRiJC0FKGS7IdaudIFQCHIMYsBX&#10;/QX5F4PF4HD6zsIaLbAc/aZMM1ADBp4poA6eCIny97636Ks06sadPx3dNsqAjEXsDw4PATfTP3TT&#10;1Kj1QRw6nRbcDpIb/q5oQQUgQ98WAYfDYIA04AbzpB+MDsf0+/jyuROHfvp0jHjPpiWz39l1o0Rq&#10;QCZogTV9KBLcCmml+We2vv7Rce7MT87++Ha4A1aBWD+98P56SEcwQBPQZywe95BDHKgPW7AZAATw&#10;vQb8pURu+H+8cV7dBwLtOYoAisAricCgt4XAhOHI9AGvTV1LfEsN3sPBe/TECUrdhSvJiI3UNiXH&#10;pBkZjvHnENVPBE3wTDx1GLClCWEMGGyujQ5HYmK0whah1MBveKi5LG7XHaFUiyMSzcJH+nf13Elv&#10;AEvJnLSMIg0B2SL9G0WnxWBNfX2CqbkVWU1gIVp4PKVFAAEbjVEV/jL13Tv44a+/9+OpQ28MozVm&#10;djA9RljZNcTn1ikhqOPuN2lyNYyBtKquxlq5iUvIaHthUlxWkZZAAapwjdwgHI1kQMRRqDyeuURZ&#10;KgaWsae8tlKNe5SkWIuYe7SgCKAIoAigCPwBAoPbFsJgSQT1ZOyc7umlL25jdsuHf/nBPDuTiK/v&#10;/+x7cKGHl5e739wLlu9fO7LSAiORKxRSqUI9sCizjJzuK7zy1pDhE66JQqPDMLFbo+buzAoeNwV3&#10;4Q1/T6+v5aauWqiivoPuNPOLzf63t0Z6TVl5sp3qRoZVyGoNVsukSln/rqROJVNK9eGJOjUIU5QP&#10;VJDLFDL9R1BBrgRNyyGiz/SViyL4H09191pzUkuhsPV7pHjrqBVurQuHuHr7jHgnTTV000cz3R0n&#10;fbZjISl+cZCH1zelXhyFUqrQEZgh8zdP1CSs8nOd9EMcycBU1djYLSGFTw3F5H4x3Nt/f5nH/DeG&#10;VV1b5TZp3s5ShQWkkIH4SVgjl8ofKqIGisiQCExYq1LIpP2qogVFAEUAReCVRmBw85HqNOKu+g6R&#10;Rq0a2PbEEtimdmZsArItquVXV7eCzUAswcDUzpoNlo46eU9HuxDiWhgzScjKTivtrGvpU8M4E2sH&#10;kqy5pUuCZxgZG+AEXZ1ChY4OAhREQh3X0pxFhLTC+vp2KUyS5O3Z+El69FdnPxlvJmxq7sYwLS04&#10;JEjZ19IsgnkWVkydsKutW0k3NTWkQSIgEjawsOCQMWp+S5NAZ2huDWRBCnFnS1uvgsxs3T9lwe0h&#10;Z29+FW1CgZS9FbXtYMcVQ2YYWVrxSIiCorbmNr5Ewza3xvK7pAxze0MyrOxrbugUq/F0Jh0HaXE0&#10;njGHpOqtb+mWKbRGdu5cqLumuUeFITFYNKJEgeWaGtFVzc0dsIGZBYeKUQtamvpgQwsrFl7e19km&#10;hDmmJmzy4H4leqWfYLTzKAIoAs8CgcFtC58FAv9TBiws2Ddt9E5V6M6YyzNbv1kyab9k64Ujr3sz&#10;/uedf1RBkHVw64L3c0Z/eOiHNRZnRoatoL1WfPwNe8bf23X9WyqgN6EIoAigCKAIPIkAagv/94yA&#10;lb13v5o+45siIhEHMQJW7vr+sylOiHfK3ymwrjX1o43Lv7/TQ8BjtLaLTpzZMc6e8TeF/R0F0HtQ&#10;BFAEUARQBH6LAGoL0TmBIoAigCKAIvCqI4AeFL3qMwDtP4oAigCKAIoAagvROYAigCKAIoAi8Koj&#10;MLj3SNWyxszL92sVMpCwCIwkBk829Y0eG2hDfm7nb8B5NSc5i28VFeZrBrhGX5Aiqb51Nxu2GzPS&#10;k0NA335ekEFB1UARQBF4gRAY1L+MsLzr/hcLF6/+JiY3HynJ5z5et3rVwaQW+dOGlQtybpT103FK&#10;hc1FqU0D/DV/f4CUNVe+nr1g1c/pHX9fxrO/s/PWhuXz15+qk6NZnZ49uKhEFAEUgZcAgUFtCxG2&#10;MSJk6Lvo88O/IOXs8S99JPe+v5Dco3iaoREmfPDmmwcLEB5rQfq3y7fsy+j7x1kHSfaTNp46um9V&#10;sMnTaPBf1cGSGEwSg4J7bsvl/6qjaDsoAigCKAJ/C4HBbQt/22VZr1xOszE3piA2rSNm8ewJ48aN&#10;n7Jo66V6fU1Z2dlv17311bc71y6ZOW7cuNGLPz2ZkfnlxHHjoscs+uLSmfOHt2zbl65Wt+z/+PWJ&#10;48eNnzxj7slS/Y263uxf5kyfNG7+G9t2f7F99ZajCa0w1Be/bd3ST27dPDR9/PjJC9duTOkGNbWy&#10;roai7NJmISD85Cd9uGHphzdiD8+eNGHyvNVvJHb2C+tOOLljxuQJ49Z+9dP3619b9H1qN2K6u+7v&#10;nDF5/LgJkxZs/jplYFWpLvxx+2KgyrjxUz9LkulvFjXc27nozc3ffvXugunbj5cI29M+fWvuhPHj&#10;Jk2buzsNSUsMki22JP04bdK4cRMmz9j2S2oHwqg6ABSeIHqwa96CxfuzpX9rtqA3oQigCKAIvJwI&#10;DHJbiMWSIEHxngWBQUjxHvdBo+/ajxdHGhKaz8+e82Ymdcrq1Ysm25d/NOO1DzPkEKYrN/7kD7tS&#10;JR6Tlq5evXrmEJDCySZq8erVi2dG2kFcu7ApE8LIMVtW/BCvnPDapjVB0ovvzfkpV6EUPNg97+N4&#10;ZcDqRSGyrBOfHriUXQ2sjqzs6rmjH+0q4c1bOtel7qeft5/IB0eWPYV3f9l7OqVeDCpUxF48+slX&#10;+cyZSxZ5th44+P7hbLBH2Rp//NMNZ/kuU1ePJp0/fHD/iXv1UrWm4/aONbsFfqvfXjBUcOWdzf/X&#10;3pmHNXV0f/xmJwkEAgkhbELYwhp2gSACKmpBZbEWrFiXuoJaERQrWqlbrbbVurZarVVatVXUilbq&#10;UqogtGIVRFxYZDEsYU2AkPW+cwNY5df3Ka+l7S/tnD948lxmzp3zmSQnM/fe812b3YhoSneumP3e&#10;TVbE6wsWxJtdXRQVdaQSARVuynOO7j6Z08xPnPOKn+z0ulWnn5i/nrQsBHd8dfyKS03KlsJ9yfN2&#10;4kOXp80K6vzu7cx958QIFWhR4Ig06sMjEXPXf6UQBFljAsXQIAFIABKABPoJ6LaW75Mv4xBDl7n7&#10;8oswK8xaE+Zr7ZycVV/0ibsBcfoxkTa6prMp/gyPxEI5WpgxhaMftr2gSXu85B0TBiPumBRFO+/u&#10;DUesJu8tRVF1a83j2junZ00Nd7MxAcVgUi52NuW8RdczTz4vAX3uHV/sSnRMOlCmQev3eY+guKQU&#10;gP6qu2td9KyCPmtENWX7F9iTAtIv1KHo04NB9noOi6+1gX4PNgr0zHz3N6Et2atCSA4xXz4EB6Un&#10;3xIYIjFZT6SKqk9GITi2y5g3dhe1isornrTI228tC+W6zTlQpZXalZyZTyRZ7SpH2+7sGYOwwt/N&#10;U2pD2DLWhWli6zn7yP2GR4/Kq9rkGqW0sepeUfaepQJnW2Mq4r/o01pU/FmQI53Ksbc2JoRvKgBV&#10;56BBApAAJAAJPEdAx9eFQHgIIepbuwdp14Ujpy+aY8GouvRz3u2iRiLCNTXEEr6axDQzkXY9rWjq&#10;AFpGKNGARum7biZXge1DtbIXQXvloFg1CgSSwM7q1V2rwl7JII3L3L92shEdiAaqa8tvK5gMD3sD&#10;0Eff0NAACB/1CyShiL6xPlGtliMkOoqXKQffeoOiCB00UGqUCEkfJfSqpcqOJ9UPTUZwR7CAMyqX&#10;CVR3sdkgWicsmo2K7185kjpREDh3y+cV3coGUVuTkSmToj2XgakFkdx++2GDtt4NhWyA6VMgCD/2&#10;DTcuWn3n8MIQ33GR0Sdqyar2eyfmR0597zv2pn3bolxJSiAmhbXE4WRNFbVtxNIHHSh2hRQaJAAJ&#10;QAKQwDMCup4LsUCAEN/A/ZEkPZIeEdWYWvL08ASFvC83oeCFPp1hwTLU6hZhuUd7HIcDWQJTBex7&#10;AYp46yHNd89czjaITl3zZrA7KI8NDuLx5taOapms+qkM9FGpVC/ciwnSIuZM61LrZrA91wA00SPp&#10;m3GtW1vam7FLexqQgrVDAYr11Ek7xO2SzsrvMlzrCg+f3J5VqLE0NVXK+9V51Qo5DiE5WHG0Z9L+&#10;mMH6EUbEfpJf1dnVlbeE1FP58J3JmT88yD16Q81O2rE60oFBJiF940MQpQo//asbe0bLzyd/enOo&#10;t9nCDwokAAlAAv8OArqeC8G6UCHrALIPWrt75VB1vW2k0H1iXKol99j2vcUiUWVJ7pdZ9/w853pR&#10;lXK5GuSyAR3dEc4RZGV3i6ixSWNgY+enlDQ3NHf0EPWoovq6p/X5n6zLlXWpFSiOGRI1U9V9Ovui&#10;qLn4TM61EhVZq1+IalSYkm9fMtOAl9rXqEatPaoVahrUQAEWjhx/4RiXh2Vnr98WVX370aUnnUC/&#10;kIBXFm1z5LsvPFmn5/DK4sxYAZVqExA81Wdk/YnT3xY+EInK9uw8wjJdPtEbB4avRgZiaL2xJNrL&#10;a8mhsgaLN7Mzx7DZ4x0s8RQqquipqH5085tTNwqVQM9XDX4sKBQKd56T4M2dHwQ3bY7ZWtQLhZr+&#10;HR9wGCUkAAkMiYBu50I8mWnvZK7IWRUq1FpMRoXbqsOrYzkE/tI759d1HntVKBwb/0H7/HOXv4gy&#10;ROQUjjXf2dq4b38RYYXFzxhRve+1yfGXe4Ljon1ER+bM+6x6yqJ1oaIvZoxOLJ40I9HbW9HZQuVE&#10;bTqVRLqaHvz6+/eNPcJMECVYTCIkY3tHVzs29lw/Xo9t5+poZwxuX6UYmzu68jiYujCRyXN0tTel&#10;gm1NHIXFc3VyYIKz8mKS1qwXFG2ZJtx8L9iTy6UREA1CDlxdcXxp8eZJQuHE5Zdwkz7aEcU2Dnrv&#10;8KE4/OFZrwiFk3YxthZVrfVENHg9YxsnpxEmVG0EIZ9+eSi880R8hFAY+4Eo7ZtPpzv7zvtoU6Am&#10;a15k2o+tYdPi+Hhlj1JpYufkamdKIRAcXk9bZm5x5dLNIT11MqS3EGwECUACkIDOE9DtujN/DX6V&#10;pOZOSYuRtae9NUF8NiU0/Vb83pNrw17uCUJlR13FQxHK83BhU5H85YKxtyb+kJ05koXJFUKDBCAB&#10;SAAS+FsI6Pa68C9BhvY+vZ45xdfBc8ZHRw7vzrpP5oUF2Bm97Kl763/cPzVQMCp29aEjHx/MJXuH&#10;BvHof/gR/5cdDewHCUACkAAkAAjAdeFQ3gbqmqs7txwvkUrleLbPa0kLopywe0pf0mRPc0/sPZlX&#10;29OrITnHZabG2NBgPZiXZAm7QQKQACQwLARgLhwWjNAJJAAJQAKQgA4TgHukOjx5cOiQACQACUAC&#10;w0IA5sJhwQidQAKQACQACegwAZ3OhWhP0+V1ASP9vQXubpi5C3xiN2fXa4tY65Td3zs2fNzbF/pK&#10;aw9YZ8HmxWMj38mtAaVNoUECkAAkAAn8iQR0Ohcialnj3aJSid/yrJOY7VnsVLl7zspDhW1AJWJI&#10;dufjZWeasZbyil++P7qr6G966k5anZ9fcL9J8cKYlW2PSwoKy8VDEh18sC/lmyeyoYY9JDZ/eiNN&#10;hzh/39rvYar/00nDE0ACkMDvEdDtXIjg8ASEZmjh4OGCWUh0ooOZprD0YZccixsUGAUl054rNANq&#10;l2m01veP4g32kRuqW0CdmMZbh5aOTvpagRK0ZWRAg76O6l+rs/Q5U4Mqbpj1F5vRgBo2WPkZ7BwD&#10;1WxeII5VoXnBE2g+0BQbDNYfdMARKRQKCTx03+9K6wOHJ5IoZBIeq+yG+dHWywEv+vtoS8+B7sBN&#10;xSfB0ekFDyT9FXXQgbAHyqb2NdQOBdRcHVxxps/PwLCxqqwD/fr8PIus/4QvxvsC0uf8aPlr+4OB&#10;P3OOnaqfbrf4Qprjq/s65bgXe/3eOxb+HxKABCCB4Seg47kQKyOKKrvamtowe1hwpqbBMCrE34Su&#10;UUivpXLMOFyumZVT8MpzbT1gzSS5nhHvwItImJj9psoAAAxYSURBVC70duJyuWO3VIpaLqW4c81d&#10;x6V9L634bn18/JpzzdXfJ47z4FpYWnKY9IVZ7aBamUZyd/9MuhGbKxg9Ln6Cv5lPyqFyFBEdCHA0&#10;Fm76eI2duRmLa8XfXTJoWaZuvbDS3dHKwsLClGWYcKhSiarqrm4dRXV748h9MJN3dkfbUyfsvd2C&#10;IgRQylQjbTq2gmvGMeEHx2RXDxQ9xeFJJELdqfmmZpzZJ6q7n36dQLUQvnsddK/JWRWk77U6u/Ta&#10;npTtxY8kxVvGOM4686T97iczDU0trCy4xt6T1l8VaxDxyRh/U8/0rRkCR1u2CZOzsUD5fDoUX1sR&#10;ZBGYefEJtirVFKxgs2zfzJaoJXe+SBGwzLhmrODZG35uBeOp/jTIyTho484MexCvmaXTrrsg3t57&#10;h5b7mPm/kjAhVMBlG/quPVvZg3lXtT3KmsFgAcocXvDcvYUyOUiIoi8j/Ux9E5MSnGytuDb86V90&#10;NNw/ODdi6o5S3VrQDv/HEHqEBCCBv5mAjudCPIGMdJTtn+PjgdmYhSc7Q+dMHmmlJy/OsJ9ydMxH&#10;D8RiUemh4NyZo+KyxAiNiNfIasuNIw/crBSLxVdTjRmMyN2PxeJHV94bhViM33r+1Bb/K9t39Dgv&#10;zL7x0/fbptCOzth0vae79uzbi3K80nPFZccTrbpKxUogd9FXElxRfJk2+7Go+kRUS+OufRe7np9N&#10;eeHGFUf0J267VlJ7/m3eg/17Cnqx4qAqpbJvIYTVMB2oZwoOq34pdX1XLLp9dHTjD++vPduJ0ElY&#10;3XCl9MrGkNQLlPnHP0/gaYudKlXapZ32tUImpYQv2Ztib07xW3ej9lhE16n39lev+ubuzUsHZxjl&#10;Ze3Z8wj4waOKclDY7ceKutx5eNnuHSdbnxsn22OKo3Xlwa9yn3YjyvyzBxSUpclRnTnvTEm64Heq&#10;Tlx73qc6e+3737UjenhEo7h9mfbGQ9GTk5Nbm3btuwTkN3A4tFf8mCpYfaFMnJtO2RudfKqmW9F5&#10;cTF/QemS7EaxuOLMzNZ1sfEbrssRPRxOJS99aJ92q65B3FCV9RrCcEo6lped4gGVM/7m7wF4ekjg&#10;305Ax3OhBsglGXutPF/fZ7ePBpdvGTdnx91LOcfUyjfmxbERhMz0mJQorK49fkuCkBCl2shP4GZG&#10;w+Zdu3cHUgq2mardf1QpUMR00rr9GyPlGbNjo9+5IJUjBI1KnHfxAosZFSZAEMsxEWE+JEVv37IN&#10;7B56RwRaE3AErq2nQnGzrk+4vt9wBlwr+k97El2DlzaMPfHNV5mjqSimEvWbBpJ62Hg/A4Rs4hE4&#10;lv2g8myJHE+i0vQbTsyZv/UJY1bO6rFgqvo1JwZ7wNQ3tDuSKM1p2taj220vLQqOS/m6WKavR8Ie&#10;4wf7q7xwfzsaHjGzCUDV+TUNz3tgCWb7eXZduV7cJs079bnGJGmCh6y86FqTEcWh65f8O00MquR+&#10;0Y3HPT1EIHrhNS7QmojF66VQFNQ2AhkP4Jzkyve2A9UHBOFRTNZ3F/PE7VcvnGIazE8MA4Vfmc5j&#10;Rk8yKi65XKkmkFCVxil8JA/DP1DK/JnGyL/9owjjhwQggb+RgI7nQowcqlH29gsHWghfdfHVr20o&#10;a6iXo2rtlTZgODwe1wvU6bt6gAATtpx7dh3tmfwSuOoFGhLIOHn5x7OEXjOz4z7KKzsxz0SfAK5v&#10;dbQ1gUt3LCamBQ9cvlAkpv9Sm7Y/2Ol8fibJHos2zF6QEDnBpmCOt4uDW9LRWgkZBwpxg+Ue1pAw&#10;qD2OiE0Gicxgmkh7uiXdMrDkUiHGzl58Vsk3e/MasbOD9Av+ErDueAIIps+wfI6FiaibfsgUugfu&#10;aX61sOTayvEGEtmAoiLad5Xyt8aJMMNSEnxxJdfOHzx4qMsiKdJNgwODU7TWZG1MS0v7+BZZ4B3M&#10;JyvlWCb+7XhBRNhYyEwWiYhvautobwW/Cp5JWIHx4jq7enoUvdhC99n1Ukx7EhokAAlAAv8vCPwD&#10;ciGOQHlW0LPrcXujhm3sEhDiIlffLqvBGBOkVXceGzLc3EwZYEvyOep0fY4aR6YaAPFAKoVqpCHR&#10;jJDu2uKaOv6slXP96FW5Jd1yDZFMsvYRmja1FZS2gRXW0+on9WqCNmv9nkkf59Y4TX///MXvfz49&#10;e4y5PGvnJRHdgErFd6ukoL+yuV4qeZYwwIZp1bUKcBuruuV+Ubkl293JWF+llMmoIRlHjm6OJx14&#10;f8OdNoRApNOoMhW4CIggXU2tzRqQg0CGotFNNXgKha5Hbiy+Vm/itGDrdMuWknvlPXgycVDu/u1B&#10;88KjvbrzN354guqSHiUAidDAyFiPxks+l1+Qn7d79YzkmBBnQ4by/9x2g3nDEwnq+prqpyAdt927&#10;0dLIFvpYW/sHW7d1/vIYEEMQmai6rI1n7WxFpYH197MB4PA0uokaT6Lr/R5I+H9IABKABP5sAkP5&#10;Uv+zx/Dy/lFUJUda7p3atjJda4uXbK5nzVgS4yyIen/N7KaN8xamp6ckrzpQ6bF+RTKf2N3T1dXZ&#10;0SXv/063CYw278w/8Pambb+ovfwD5TcPr9t17hHP3b353PZlK+duyGlgyNGaJgnDd2pGGOvLDfPT&#10;P9zy2U9PsTUQtsbSyCWdcmkv5gxV90rlnVLs/pBfTdFZceXDyXGvvpW2MY9JowvnZobbU0d4C4Nw&#10;V3avTTtwIPdeQxfSo8D6q2WSbmlN3ueb01csW/1tpeechTN5SFdPu6Qd3FNDFby59a1RP+6b+UGh&#10;iukeEWtecnTzkh07jxbV9qDdMoVShbD9JvEUFV+vT02/zZ7kT3i0Y2ly2oZdd+pphJbWdrlM1S2V&#10;SXq06ooaeZeso7N/i/fXoeJsJ0xxrxTVMyLSo53xCIHqEZ26JMjg47nJ6UlTouYsP1YIhIxxSumL&#10;8UpAvJgIMoGEPP3psy0fpi/Y8AM/ZuM0P4aeR8y2xRE335qRCubkrQ/LDOLenhXFQbq6OyUyiUyl&#10;3eol6fFHTqQ//PbDd/ccKZe8/HsA9oQEIAFI4I8TIKxfv/55L80SKcfwDxSe/uMj+h884HAEqimH&#10;5+oIdAHxRGAGVqNfW5oa62NIoFqNCvOjSBuVKMWQN3ZxxvyJlgQEJTHY9n4BIYHOHGwlSeLYOpka&#10;UkhEmnPApEA3SyYZR7cJiJ0S48MhKZQGAfMXvjrS38VH4GJl6x8dZE5R9BLMnS1RUZnIMiohwpVF&#10;Z1m6hI0SulvSiSQDtrVXaKivO+fXVQ7NPHjCGHONtBdIytPsI5avSXCm4WkcOwHfhInDGdqPGR86&#10;1id4pNCVq08zMOP5vP6mkFbbjDpEzF46N5ZPQVCyIYcfECj0tWWZOXmaj2DajvAT8J3c3Uw4JKIe&#10;xytsfPTIAJ9gbxs2jW3taMmiE1GiZ1xKgieLgicyHIOmzUwY7enBdxrBYZs7BAeP8rE1JJHoxuaC&#10;kPAAbwvtFdNfjWluZ+HoOm1alBeHDjY3gS7k6BC+QVtTN81qbOKq5fFBxgRUz8TKNXRUkIcVnUDS&#10;N7X2Dg3z9WC2F+ccz0WCZo3nE2RU/rRlmYkCBliMMp0jQ/iK1iYUb2AZkLBqxWQvI5A19Ywt+KOC&#10;g71sGOBREaK+ha0dR59M1jdxcneHolX/wxsfNoUEIIHhJgBrc/8+0a7Hp9euuWgSkpqR7CQ+tsh3&#10;7ePk4yfTRhr/fs9/fgtZyYEVUxcXx+aceS+C+88PF0YICUAC/1ACur1H+pdMCkph2pnLzq1dEuLu&#10;6xO8vmTkvNQZboZ/yal14CTgxqUuVU9vr+4VvtMBuHCIkAAk8FcRgOvCIZGWt1U/qu9QKNSInrG1&#10;nQ2bCn9D9HHT9LY31ol6GdaWHAPsPltokAAkAAnoIgGYC3Vx1uCYIQFIABKABIaTAFzfDCdN6AsS&#10;gAQgAUhAFwnAXKiLswbHDAlAApAAJDCcBGAuHE6a0BckAAlAApCALhKAuVAXZw2OGRKABCABSGA4&#10;CcBcOJw0oS9IABKABCABXSQAc6EuzhocMyQACUACkMBwEoC5cDhpQl+QACQACUACukhgcC78b/p6&#10;uhgbHDMkAAlAApAAJDAUAoOfta+srWNQoYrOUNDBNpAAJAAJQAL/BAJsNntwLgTi6Jr/op7+T4gY&#10;xgAJQAKQACQACbxIgEQiDc6FVVVVkBIkAAlAApAAJPDvIcDj8Qbnwvb29n9P/DBSSAASgAQgAUiA&#10;yWT+B9vRQcOuJcerAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQC9wKR+4QAAAAwBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLMk60FaaTtMEnCYkNiS0W9Z4bbXGqZqs7d6e9ARH&#10;//70+3O2Hm3Deux87UiBnAlgSIUzNZUKvg/vT0tgPmgyunGECm7oYZ3f32U6NW6gL+z3oWSxhHyq&#10;FVQhtCnnvqjQaj9zLVLcnV1ndYhjV3LT6SGW24bPhXjhVtcUL1S6xW2FxWV/tQo+Bj1sEvnW7y7n&#10;7e14eP782UlU6vFh3LwCCziGPxgm/agOeXQ6uSsZzxoFi0RGMuZJsgA2AULIObDTFK3kEnie8f9P&#10;5L8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54&#10;bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph//&#10;/Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH&#10;3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKy&#10;VBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN2zHolwEAAA6&#10;EQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAbWehunQM&#10;AwB0DAMAFAAAAAAAAAAAAAAAAADCBgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAA&#10;ACEAvcCkfuEAAAAMAQAADwAAAAAAAAAAAAAAAABoEwMAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAG&#10;AAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAdhQDAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHNQSwUGAAAAAAYABgB8AQAAaRUDAAAA&#10;">
-                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+              <v:group id="Grupp 31" style="position:absolute;left:0;text-align:left;margin-left:21.55pt;margin-top:66.7pt;width:479.05pt;height:629.2pt;z-index:251667456;mso-width-relative:margin;mso-height-relative:margin" coordsize="60845,79908" o:spid="_x0000_s1026" w14:anchorId="05103932" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQA3bMeiXAQAADoRAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1u2zYYvR+wdyB0&#10;31g/liUZcQo3WYICaRs0KXpNU5TFhiI5krKdPc/eZC+2j5RkO3aHpRlWrEMuLPNP5OH5znco6fT1&#10;puFoRbVhUsyC6CQMEBVElkwsZ8Gnu8tXeYCMxaLEXAo6Cx6oCV6f/fzT6VpNaSxryUuqEUwizHSt&#10;ZkFtrZqORobUtMHmRCoqoLOSusEWqno5KjVew+wNH8VhOBmtpS6VloQaA60XXWdw5uevKkrsh6oy&#10;1CI+CwCb9Vftrwt3HZ2d4ulSY1Uz0sPAz0DRYCZg0e1UF9hi1Gp2NFXDiJZGVvaEyGYkq4oR6vcA&#10;u4nCg91cadkqv5fldL1UW5qA2gOenj0teb+60upW3WhgYq2WwIWvub1sKt24f0CJNp6yhy1ldGMR&#10;gcZJmCdFkgaIQF9WFGE+7kklNTB/dB+pf9ndOU7T4ztHw8KjR3AUI1P49RxA6YiDv9cK3GVbTYN+&#10;kuZJczRY37fqFYRLYcsWjDP74KUHgXGgxOqGkRvdVYDOG41YCamQBUjgBiT/hvFSLr7Qe4tcY0kN&#10;AQHe3v/xu27KtlHIyAatmMEa1a1GhAqrMUdMVFhbVMr7toEmqrFBDH2RrRaYmwdjaQOyfkc5k/oE&#10;OSE7NA5ABwc7uq4luTdIyPMaiyWdGwUJAdjc6NHj4b76aC8LztQl49xJwJV71gD7gfi+Qnwn7AtJ&#10;PPYuUzXlQKAUpmbKBEhPabOgwJR+W3pAeGqsppbUbsEKFv4IYB3QvQ6PcgfMbcGAdp+q1rSI82QC&#10;PnCg1q3mgDRt7BWFiLgCgAMMEGg8xatr06MZhvQcdgA8MsDjsgiszAx0Qe2IsG/K1tsaKwoQ3LR7&#10;8gJf7eR1B6moW7CbKHdh7Ye5jEZ280ZCjnp2XftfUBUX0ThKkwC5FM6iLIvdRHg65Hicxtk2x4tw&#10;PIn9Ss8lDcIpOSsHaXmrp+dcoxUGk+a2U+fBKC7QGtwmSUMfDSHd7Z04uIBA7LbnSnaz2PRcLGT5&#10;AFRoCcGEwBtFLhlE9hobe4M1eD00wvllP8Cl4hIWkX0pQLXUv32t3Y2HoEJvgNZwdswC82uLnbHw&#10;twLCDXyCCyLrK+M0i6Gi93sW+z2ibc4l7Dzy6HzRjbd8KFZaNp/hmJu7VaELCwJrzwI7FM8t1KAD&#10;jklC53Nf7vzqWtwqcLnIk+Z0e7f5jLXqxW0hwu/lILAjjXdjnRKEnLdWVswngCO4Y7XnHcT+vVRf&#10;HKu+eK7qszBLs7FXfVzkYRZODmQPjZMCaHVmEYVJnoNzdJIbTsbBCZ5kFgeK/rd0350+Aykv8v8f&#10;yd/5yIHpQ1NvdHA2fJPpZ/k4m3TyH+fjNEoOXD+J8jzZPdmlYbfUf9z1vfr9TnY29WL+YOE/vvnH&#10;cEAeqn/7aPMP1J9maT4Z+2Nk98yTxEWRFbCiN/8kS9PMHw8/gvyTwRJezP/7mL9/U4UXdP+u0n9M&#10;cF8A9uv+WWn3yePsTwAAAP//AwBQSwMECgAAAAAAAAAhAG1nobp0DAMAdAwDABQAAABkcnMvbWVk&#10;aWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAJZAAADKggCAAAAPlvDywAAAAFzUkdCAK7O&#10;HOkAAP/KSURBVHhe7F0FYJTHEj73XNzdXQgOIQR3dy3uRVoKhQKFAqUUd/fgEiABEpIQIQlxd3e5&#10;XC7Jud+b/xIgUHgFSoX235e+hLv9d2e/nX9nd3YEq1KpMB1KVlWtu7lJx0/Qv1EEUARQBFAEUAT+&#10;3Qjg/t3DQ0eHIoAigCKAIoAi8LsIoLLwdyFCK6AIoAigCKAI/MsRwL6lI82prjPX1jwaECyVyz92&#10;6EwmBo9vf0ipxLS2Ygg43Bsa2I9tEa2PIoAigCKAIoAi8CcjsHn2xLdlYW5NPYNAmL3ryLeTR31s&#10;7+vXY8rK2h8yMsIcPiwvZbXgsNiPbQetjyKAIoAi8CUigMURyTQKTiYUShRfIv3/WZq/HjPk3bJw&#10;w+mrVzev+lhcOnfCpKa3P2RrjSkuxWRV18HR8GPbQeujCKAIoAh8cQhgCThRbcLVPYdZvbdtmO6A&#10;FcpRrdiXMonOJobvloXrT/lf37L6Y4fRuTMmNbX9ITs7TFGRNKWsHv+GLMQRSATkpKhSymUypZpT&#10;sDgCgYjHYpQKmVzx6iMiEQfnSZVCLpUr1bXwUAlqwUcyWXu1t+mDlvBYlVL5shU8iaR+Qi6TKt7D&#10;lDg8Ca96TQkeTwDykG7l8rcfweKABIKadPiynSgiUA7DQUbzni6AKCJe2d4F0gb0ADQpFXKFvG20&#10;//CCzA8B376hUcpgPoBqHIFMfGOPgwxIrlBg8GRARKWQtsGBDJ6AVQJcODzx7U0RTIsSQyC90c6b&#10;yGPxRBIep1LJ5TDlapjUxOBgRv8PdvAUEY9B2ESFwSH0vOIi9RTC00Aplogw4mvooRMg5xVDAiNh&#10;FB16+c14kRmXY3AkhF86Kj5UCGd/8MS+JBWY7X2s0DZiIFWBQP8n8woWT0Lgei8z/8ndf/7m1QyI&#10;g1VEocITSK9ucNo7+s1r+/Id78AXyJv9gbBj8SphXVFowGORnR3JZNA0D6pY9gGPIkyAVQLT4P4f&#10;+O+cGlgVYTWBN++LWEk+//R+xha9LM3+wkMbaA+Ecb8O6+Pn7tq/+/JwFhYPCgWqtPzx/sXurr7u&#10;U08+KpbSSDgsHtcYsrG7l6+7+8ihWxIFZCKRxBDknd8wwRepNvx4eLkER/yN4hVPZnKe/7jzwsmY&#10;JhwZWsbiMk8ijXiNH32xkkZ6eY/5Gj2QYSp58qk+a56xcSDQCGQcK/H8+v7Qheu0zVfLWnGIgG4v&#10;WAJJwUq+9A1CwMhdZ9OEDHivyJSS65P7dYX6w755wMF3XFlfP0doCd/muzyoTAavGUnRnHpxhXoU&#10;vb/fH87CUUG0/qMLlkjF1ob9vHA4QjP8uOx6VCnFEGT86F89XH3hp/1zV99Bq+6kN5N1qm+PGzDQ&#10;Y9aDChgvbJLrQ7YPHj37h2fRgbumqCu/esrDfeSJRHHt4x/fbGf61hsVPDXyWFgeym/MdfX16rvk&#10;aKKcCiKTgEzx+ulDBm1+XiOAPfg7oAOGUhT4zxvsu+x8BVdJwKYd7eQ5tP/3cTwSiUTGspKPLeg8&#10;8/uLtQRB+NIJwzvQP3TAiMAy4BJkwJXBPy/p4eo7YltUBQ8LWzIsRiZ4vudNOsevPpLL02YFzZ/c&#10;+81x+Y3eHFKrQSb8/rQCqcrC6wuG+i45U9oif0Mwv3qYQNZoiFg3rR8C3Y+P+TLVn3nhQCDSSq+P&#10;6DNg7sVquervZMzP1TewCPvpD726jjyehhXW3Puuw0y1Tf2ay5Wtr5CHFUBen3Bh9ZsTveBoNFeK&#10;bEU+qMBGXIWl6VkbUaXiDzK3wBFpyqxj00b+cLFamHnBt/vQlfea3nGrRCDSK26P8Rsw62y5TInw&#10;APwHj4qLrm1ctvSnRw3Yf/xK8kHw/c2V/jJZSCBTSy7OXCebuP9G1Av/LQa7xh0ppFEFudHPkmN6&#10;X0i/s9siMvJifK6QSs05OX6DzqbAx1EhOybLt888X09jhZ4ObaUuuJqZFXVzSsyPZ54UNCg7LoUq&#10;EKoNsb9u//Xi1TwsbP6QvXTGwcVFS849CL41zvnIplO5FMqby5NCIZYkHPeZd7GGLVXC4yR+fsi5&#10;s5ewX90IS7jYpyj26bOcVlX7AgXNiWryox5dsj6a9OBE//K8E0EveJrSuO1Lf3Wed/ZuZMx2t6Cv&#10;vg1sVR95sSCGX0lQIiH9zs7QigohdIGX1eU+CDxbsSqg8OntNaqwK+euJguopL9sAj6a0WCx5uee&#10;Xzd/a7rud7fiQpNSb+weG7N9+PfXcwE8TiOfOmTn7aSER9ExgfBzZ+coN12VTCJsampsDN3l/1wB&#10;y6lKKeaxG+priPaT112Mf5p+d5mdBpc+fOv9sKDnMdcXeMmlvMZGqeGUgwHJCU8SMi/9PEByZ/fV&#10;8AIuIA/H+YrnIaGNTQ2lpU/D8hBwEfko4XLYbK7kfed8ZJGQCznspmaBuopM2FhXVfrw0J1UUD5g&#10;lFJ+M4vDFSgwKjG7tlZj1I6H4UExsUD/zXvXhlgIpUoCQVydE5eeVdnYlPY0OZclUqg3REoRjJcy&#10;aMetpIQn8enXjszSij1y4XoYceiJi0/igp4fGczjSbzXXX4RF/Tgyob+RnzJhyyEalKb1aQipwdg&#10;HCgI/7QVZLWjSJOfXk6Nps86/vDB5qEM2A+8/PbVgtn+WNsj6n+oebC9jQ5/vdqfvWpC3QacN0iV&#10;j47fiU2oUZHxCpFI+Pow82bN9oP5W0S2NfuqH6T7l+zfToR6LO1VXn7ZTuhvn0ReXVzu5c23CxuE&#10;6jepAw2vOno9wA54vVNeKcXcRlYjV4Snm4zYGhecHLZ/aT8yx3j4jptBSQlB2yebMQmvz1Sg3xFz&#10;6hqpXqvOBaoZ8tRa5/Jjsw8EV0uU6t3ZywG9NcS2z4HdVSSmJoNR+2TDhWoXT33QTyHjexOFN99C&#10;AolS9uzUvSRjEydNBlkqFAjF7WrVjoAirYDqqW1qEF2HrL7g6fmfwnkWVh5mmOLggOjcRkQVgpY/&#10;hsBftRQT8MSC9Cjn+X4D7fU0qdq9/UYK8muaeKySqqZMHy9PTctBMwZUEGsKawV56ZE9143pq0vV&#10;1jHt2c2Pk1PcaOL77dcrfxhooiQQPb39iGx+vUimaGdIeJexzXlXVk/ZGVdn7djbCNRpGNDLJsde&#10;8fDpYc80NPEdtMT0WkQOaJpeIgWLPC92z6whS0tGjvEmEZH1AN9ak1tB4k78anY3Gq3z0uvHFo9z&#10;pinbtLjAluLWuvyyqD7du+mY9BoxQGzRklrc3FiaYL9oSH8rHW2G46gp/Z8FJTcSsDIet5ktVqhf&#10;YjJREXvq50JrWywdjrE4mYidVZzEGOLtRtLx7NnX1USjoZEv+ceaFuFIZF52yJUbzxjTv/1uqDMD&#10;Fib9gVsfvsg6MN0BmAaLwRMoDKamZtuPhgat7RgNrz68lMJzi47ESZFdCfwbWbngpafTGVQyLHR4&#10;EoVGp9HpVOTthUkE3RWFymCQyQQX75EmZqKY5CweX4HFYcqfB+XR9SfNHtdUE5GY2URQ6wJeL6Lv&#10;53voE/NyZQQtEkbaXHF69aUsUOt2XILbiQJKEGKoVETWEgnCyrz4jAyngcMcLCXRsVlcgbxtRcYC&#10;jwCddDqZTLR39bO2YySmJTVy8XQGgwZDweHxRDJ8S6NR4XD54arvDqRK+Q0NjS1CQXNVbXUNm9Mi&#10;x+LlfA6HA5JbLuI2S4EQgkJQV1NbVVVTU8cRKvDI1gvZHDQ2Nrc21dVVN/D5XFZDA1fIb6mqqq2p&#10;b27hC3mc+qrq+jqOWKaCOUOmRyGor6mqqaqqq2/kSkEQ1oRt+mHv0dtZvOZWjsnYa4H3Dk81AX0F&#10;ovqXtAAp0FQdWyADE3HoTiFks1gcobC1uqa6uqGxUaJUi16VjM+pr62urK2p5QikCHdgcSpxM9JR&#10;dXV9I0eiwinFrey6RoFYgbSskvKA0FYx1JQLm+qrkWqsJp4MA0yUc23i0qORiaWNHAEooTHi5hqE&#10;BhabI8OC/lbK40BFLq+hvq66pqGeI5EJ2erBcjhieO9/wxRtM45MIIEMHEingM4c9KYUKjLvCEO8&#10;9QR8QCDTNJhaWgwNmmf34XQqrqK2XqlSgQTitaFR08AVg8YVAV/MYTc2tXDZNXXVLKECqxK18nAO&#10;s/dcWTfCXMyVIrwPuyhWLUxZbU1dK6DwZnegvy1MeVBd79G7qxWNYD/j4dObP4/QRiSoSsJvrENg&#10;qQGWUIDeXWQ+6vL9e8dnWpKVjTnXfx68MkjczK6lmvbydFBmZieUcICgPyYJ0Kf/KgDlEr75uHO/&#10;zutpQlOp8OKm8iYKgwYzzhIIGGZ6GjK5hq4xgyeob2y1mXvvwDQbKgGjwoiaq1qpDCoe1hbk3Wqq&#10;Koo7cyGcYmFio0mCa6S22VPJJXiTQauuBd3e42NFQDa1wKWs2kqlhQHchsKFkYGunqSCBaqHV2NV&#10;SOSGE089Szsw3xNZwOHlFAtb2KJWXSMMOzU1KbWikacEDe6rnbRCLmFxmqiW+tpyOVXLQEuqYDfx&#10;5WQKv54vxhKIZCK89tKURg6htfDJw7P7M1voRCKZrIg/vVuwZuIAPS2KEgqBZtyr+0iN6KjA7OR7&#10;DyPITKN+7gb49kvTfxwjwgrS3JSflVRjqO9koC0HFxlwvkHKy00/RilhFWUlJ2ekpsBPXkktLJfq&#10;lUWFoepr0yS3zp6rhIPG64F1cN7p2BByiCeRoVCoKgVfKpRTyGRk+ZKXxz1KIZgvG7vYx4dbG/c8&#10;tRn/SWdoOJDT9UmC2jvX7rDx9Dc2z8h15MuCrCRYAl5YlRufl2PiNGXRwt4GjeHRec0CtU5KfSSB&#10;6mo6Yc2TCiVkEgW5nu6AiRqiT5tJYNn0Yz26j5h34taJKfNG9582+euIBkJD1Plrd1KbMXk3Ny32&#10;j6msz76/rffgeTOmLpg645ud98qbFSQdXsL2heMGzdmxef6q2Zuf3t47qFfXNSevXpg+cebgfvPm&#10;/nDmwO5100aN7DHtQGCOEI/Hy1tKrn0/fPjklXOmzxo3eu3NpLrEZ8GRiTxx2s1NPwWkRl0a1X/Q&#10;vEvVcKbGcgseH/2234hFs6fNmbp4/6XYRjGWxKy6O2HAoAn7bp2ZuXDSsIl9h13OUJEpBGHOw1+W&#10;jJk7c86C4V2nr7tQyFHgZM0JR2aPHTtjxfQxk0eNPhXNako6taL38D13c8U0BoH1+Pu+3hNPpKn4&#10;lSE/T544adaKyUMnTpl/L5Nd8tD/SVGVvP7x/iU7IkpZpU8PLRg4asnUcQu+WhCQjdEQZB5YPHjc&#10;up/Orf527fiBg7tNPXHpwo5pk78aOmDqjNPZCgzp/ymR35ied88ViE6QvhW5GUnJWWnpDwKuiIg9&#10;x/VzIpHENQmXf/AZumDm1HlT52w+FFzDw5B12OErJw8fvnzvj3NWzN4eU16dcmrFyNHTV82ePHnS&#10;jN2PCglkcuOz/cunj188e9bsAV0W7Y1slnYUhrA9L8t9UtHs1s3dUo+Gyzrdp9uwVfc4cL/ZkHF9&#10;w7hpU79aNqHfpLkbnhVIyMyqO2P9Bs46VyqoiT52MAUjrH74684fb7Zoexgas7Py0hub3jTM+DQ2&#10;/G8/9VfJQmSRVN/J48kYTs7VH38qmDqxk7ZCrchqW0DU/4/sGRHDCzjticteXDp4omHaeHeGVK7C&#10;kzCNyVf3/Xoy2XZcfzdDDRwc7mATTqORSTiKpqahlQVJ1EFzhuxqXy5MyG9kewgbd/UjFBxWpePs&#10;oAP2FS9vxXESSauiIReT+Wj/9l9+WLZz142satmrs4V6IXzVoLpZMMcw8Z5AeHbn/L3gwMfhYWn5&#10;OhiVVKnnNX3uD3t76PFUWEn27VDu7O6OZjqghYEGlEoc06Jb97HOL7bM33EuVdeuXy87TSDgExfP&#10;P5lrYbgSsZDTWKOrqamtqQGi/I0OQcBgxE2xF3av/W77xu93bPz+8NXQai4OsXdSyjEeK75b68KI&#10;3Od/j6Wk/X/VDSw90pbCuLDAR9HPIu/euScgdxo3sLMmgyAtCQ/NVJnOGuyt7dV1oKIyJjqfjf94&#10;PZBKiSNrDli76ittTuDhB9E8LP3lFgcYgl+aHBoc+vhR2JOQmOwGBdg48evy45MqbFycXf38Rjnp&#10;tEbFZTWpNRBqfWZ5UkTgo6jwiPsB9+uEZqMH+xpp4T/fBCLKQQKL470p896l7y2KcwPvvzCesfWb&#10;Jb76mM7Lr0Ss7V91cMQ3BXPOBGVmhTz82T3px1VrbtYRaCQKCd/abDnl/O3kW1M8tQhYQlGd9bdp&#10;sUe/9ylPia3SnXM/+frUng03rz0pr5MRBLmPIwUrDpz7cdvG8e7i3Ev7C53mz5s4QJvus/zy+aVD&#10;7elEHGjb4DjDzb2zfdl5+o8PI4tyHxwYULp31Z4ryXwCbAAopLoCw1nPgyNODFRyH14P5RNYifdv&#10;pTe6zt0TdPHstz0kuXm1fGnd4zNHc7ou+PXAlVtbplixE1Mp3Sb364dPT0lltWJrXwRnSvTmDPPi&#10;Fd677N/ot/rUcf+zy3uTKpIKDOZsmOVlR7KcsS/szFDF7bWLTmvueZ6e/XxNL/yVH39J51M0GKTW&#10;NIXHvquPg36y0Sy8eEaxLjXBf+cQTsm1sw8qqB13X5/wjoBJFaYp5+7BHWvXbvtu5dmHLJqfrzZe&#10;pmp4unPidvaqa0/zch5fXUYPWLdhx5MmIgI+oanZYcn9h4nnBlKyI9Mo3xy++NPmlQP0ihLu3ciu&#10;KQo8EygyH7/25NMLhyeZlMTmtHQ4GoIGhcMu5XIMjfSZJJJKBSdXMolEwIOcS759Pww/cuPVM5f2&#10;TrXmlhaVtwJ3It+CcsJi5M49fhim7dxDx87M99Sh6+mZIToAnuCdFgufgMF/9pG/UBZiVFgiDd+U&#10;eu2n9aGqNduW+tARm0TggbZ7C/jVfvIAAwZlTdS57btyDDb98JU3UQxWdnIRxmLET/73A5Y1HT0f&#10;ntvYWhpx/fzZq+cuPrify4V7FLi07jiHcImNHA/b9vNIByphY+az61fPwSOB2ZVcBdxHdXwA+LKp&#10;vLpM3HtdYET8w4Et4U/DE1sUalvWttKBTqRZpVRMcp934FeT1og7l84/wnZf6K1LIIExpUwqESvx&#10;dFnZzeBKm1G+fayNqaAGJNMZGhRFfVLApT3FIwKTogO/Yz49cfhkdAsezHz+obxHwBPIFLpQIpVI&#10;2k98Hc54IPHoppP23klMCIqKDYyKvbBjvrOuss1cV6WQuEw/PtOGcuunbSFlIrUt73sKaB5BpmaE&#10;BBzfvWH2yHV78j1X/jp9kA0VKy4KDyohOs0b4c00tOjsM7C1PC45uwHzDhOo30EPGAFPYfrM2e1H&#10;qLi053BqE7ShpgdMe1qyw25cvnHxwvVLVwLjKhVkvKCuMCm5yLFrn+7OWjZdx9sbCaOepXNB6Q50&#10;qmS8/Gf3Tx3YvmT0mq0huuN3LZzupaGQfM69DNjadulpRxHJyJp6OkJxWSsPzHZhH4hRAFO1voiM&#10;pBCHj+hFbOURGbZdhrnW1UUWlSgJGLlCx8vOlKIS8QF/UOUau1jRxBIiRVdL21ivswlNSTQha2Jg&#10;jcUqMUynIXNm68Uc2LT/fGQWj0Kj4pRSqUyugg2oSPTSThWLlctZiVF5xsZD+3hI63mGDj4uPTHZ&#10;OVnsJlBaKjGuvZ10JGK5pp6dXJHHaiZqGdlaYUtDdk3ovyfObODc1QPdtAgaNrZmkuidE8auuCDp&#10;snrW+N56FlY+Hs685NSSmtQXT1OEhjN8XIgkHXsLnabA7/rP+Om5zpD100Z462IFYtg7KuHmWVyX&#10;mVxGwekXPDl26lpWHY9bnZicxyFgVSQ7M30CRkzRccaRqBM6WwpFKqaBEVhcgY3wH3yZlFIRxqzv&#10;95cDkxIfxSbfv73F5OlPX+8MLH0e8YKpOXJINyybp6Hv0am/cWl5fGWVCrbTSrOuDoZYmUCI1e88&#10;YuYY1aMdm4/eSi2XUSlEDMnA2lm/NvzQyhFT73OHTpo/r5s5/jXDwIaS11Ih5HNgYexAtgpLYhg5&#10;6OOLryzptfx0jePEdeN87ZiEV5supVwMdjkqWIFE8HLSmRZMTXFTM0ckRrbraPkDCPyFshBPxbHj&#10;zm7e8lAwdMepVe4UqRws3KkEskgokxPwcplIRCFSiaAwU1Q+PfT9znjN2T8fmmeDFchUwPLIcU7S&#10;wlE5+ww1xsqbpEJWSUYyXNkk5+Q0SMEM9A1BiMHQ6RoyHihP4XSIkSjEGCaVyKsvykhLgkfy2zT3&#10;b/AfHoMnOnYxH+hiLaoXGzh78zAqruSVQgOWQhqZKuIjdIK+VETEIvoxqcRsyL6Lt/0fPjw12rSi&#10;rKulhUJ9fMISKMKMOwF56YH3z+3/dff1fFHh01O/nooqV7Rgiaaju9mKavEWPt3kmvwSdjPhn8nA&#10;iAjR1LK0dVHUsmu4fAr4MSAbVwpDg/nSJhfeRiGvtZXHRX744FrcYR1SYawHbxutL455HtZA+j9b&#10;dZVShmHazdhzLfTxzm8H6VPEhUXlzQI5SV4U/ThPJiDG+W/6eceeW+EFqqbarPiMV4LsYxgejvA4&#10;mnGn4Yu7SCtjMlP57fSAntxi/Bb/e/4PH/nfv3NgeS863AcVpeVmy1rz4v33btx26FZDg7QhPCKv&#10;Ba7aVHIszWjU1otPn+zfMt2CIausKK/niOAK7WMo+YC6ba48anNEUNK/1tKDFZBUDGS8bgIOqgpQ&#10;tMjhzArUwUrZ9h085KCvA5tHcO5AfkC7rf5LLf6JwpzLa2fOvFI36OTNG2vGm4rg9g52eUiNjg0j&#10;Gz8pCIU3C4hMhL+BKHAHgvqI8xLojWFXpOc+av76n7+et7Rr7bE1y6fP3HIvXaI3YMXhtQuWzBtl&#10;kLh1xphF3x0NL6Z6De1uqciIvH7lbmKz5bR+1qDasRm15uDqBctme3PvrZ068uudNzKbZQQMbIrb&#10;+gYPKXltbnxiQnarbp9JS2c6aCskMpWGNpNOJkH3iDe7VI6M4W3FxQdA/b7tGchhER8Ym8tuVDr3&#10;HGhgRmQ11okFb0hZAB9xzIGeEUVIm5hixx1cNndRJHnO+WunZvoyhUKxhGAzePmq9euXzZ6lGfLN&#10;/KXTlxyMrX5rrXpbfCGzQdbvNOm7vavnL5tokH589dRxa4+HVAqUHY59b2lpPn2w6JMdEfjcL/P7&#10;0MXiKdi6sD3nsjSn7Tm3qbcRhcxgEAkaBtb6Skp4XCmRWPb8OVmhY22mqyp5uP1Ctevqw6dWejLx&#10;ZA0thrwm+sr16yE1FHNjUmlSFFlTS49k0HvZvjMXDp07ueXHAXqiNx2vVAqlhpe3d8yNF/V0Aq48&#10;9U6uV2dnI8tBS/YeOgePfD/UwwDfcemG4xxJ39rT0ooWmVenYaKseJ6qi2Pq0Shti49KiaVomFpp&#10;6j99mq2isjLjpfVEJ3sTRW7ATyejC1ph3ckP3h2s2dWVoVDhyGBBgVfwtT1n9XL3oMpbhCK4EVTK&#10;JWKxgkgz0KSRwjIraUYYXkG9hszATAse+aNb2T+Hn0HSEXU69R/bT6f85u2gKpmmnoEhqTZs/8YV&#10;pyOr293wyHQwMXhpPsMAo4RXazWs5EZd5iwd7IAQ9zsDVCmELQ0SLZ8ZiyZ7E1+c/+V+fAMv73l4&#10;kchkgIsuXySQYJmW3l3s+QUpscUNKqQTHImmAQY7bV3DLuf3tsPADyRtzwFzxnZWJ2B5uc5iFBIB&#10;t5Xb2sJtbeVDlBBBU1HS81IdU1tHA3xzK09l0XWgK7UlPCKN3c4GYi5bSHYZNXf2QJO8OweuP8kS&#10;YCh/zbEeOFSzU083geRFUgFORwunYBW+KNbT9ba1ofzGDxaDXO6+q4BWuKUws4JI6rl4loMiOzG0&#10;FksGxQeVok0iaePINCaNjPj4ANNjCQTjTr1M6liJedU0Iy1+fU55pszB3lFXB/+W/gXkK1FYlvDs&#10;WSZlwPID1y9f2tFXuyI+vkKUE3AmgtxrxeHTVy9sGeOprIjKyG3R8RzQ3Qb/wv9uJttqnJ89Hq/k&#10;Zd71TzUYsv7sheunVvmYsvLiSipIWmZ4Ap1IZTANbW0NpFjj+Yev3TizYIiJBp1ia2yACHdEm/Rn&#10;vTZgp0mkIrYzTF1d7eaaZG4jw9bSvmsfR27ri9QSooGWXFhRlNRgZuJuZkpqu+NRFxW7IIPDMOk7&#10;b5xhY2paYise7LE4KfceZUk6Ldh66saZn+c7YNIiXzR18M9QKql0fTKF2aaDb5f+YDHFq0l8EFhh&#10;N2nb5cvXjsx0IRSlpjdwFO2yENRoeKaGETjIgq4JsT1liQREJtiegZb1z1kK/jOtfoAj1OfAAk+k&#10;saL3n7gRIvPmH5wfAvdkRIbWqO9ODuzUo2u3J1fmjojGcnAjFnTtZlUbOPHQo1j9fqTtU6+BHQzD&#10;2H7q1+v1yfXXT38ddkcfV8bVmLasu4seTsIHa66XDKTeQ4LiEtmMgU5JpZTo+2wZe3fW4rl3dDgN&#10;9FGXfDQEYpFC9Xqv28Z7oBLhCmWgIVKSzfoM7svJvL1w1D15eTll4upunkyCDI4tbcJQw8Kj9zjT&#10;Q4tGTdcQSjqNnjDAkqhk0Vqebl8eaMQkN2MNZ2/101Wo6guC4uKKLEZ/13n4ROdRcOYjEtm3yv3P&#10;+67YMsMWw+PhhoyM8Z8y+qmOoIXaf8qC/gZEiRLM7v6JBTDEazgNW7WTe2T/5dWT7+toEUQVsWzb&#10;mfM1aRhw/Mbwyu5uXVJ2Bm7M1OTbDFy0aNQwnIzPlcKglCo8zdbvm7meURvyuRB+o80EVCkT8CQ8&#10;ROXdvn7AjGG4ApgymQBr0GfW8gURX287uXZbvWdcgdBg/tfbvvfVgWM2UVL2YGvmytORsRlDbZQY&#10;eU3QgWXVNxhEWLaxJGq3+btmdWW+CnUAxxapgAeWPerNulwsEfLA6FiGYdj0GD53aGjK+Wa+BAyB&#10;EEr4QEk79Di8ileX/fxhEsFu1cIdu310JBIMWVVwIjtkzcOb0XO7aopVfD4o70BVr+k+dsGyqPTV&#10;N7YecLHaM9JbDy9TSIQCHvDRR85jO6mENlIVoPNCGkE08DIRlysUyUF7AYPhYwQQHFhu0Hf9geU7&#10;NyxckGqHE3AFjMk/rJlhQRYUQddcersJlkIsFgpESBuwlxHxuECyCrSaCCASMcQO0O41bYxVyJ21&#10;oystBM1SE61WVjUL28Xb04R+4vL6ryQbZnBaRFIGeITgNb0mrl1VcWLDpK8emPHrWrUGfzd/SndN&#10;XJWYx5MCtshboZDwJXyZREFkGNJECcc2RN0+bafbUmg7YePU7kytaj3WwaXjnvvaU1pbSM6T5kzz&#10;pDcTnfr3tXmUUIhxW9LDigrbCDJdk1h4fOHw8J7W2Bqp+YCp0/taWPJ7O1PCHuyaXzhx1cYf1tb/&#10;/O2wcafJJWVFFtOOzcJJxQIuDxgMsYoFlAQitR8f6A3BZBa2nW9rWVQyEU/Ie+XrhxgjgHoHfF7g&#10;gPub2YIVBDlrlkQeWjX/kTZGiSW0FIbpDdux0M/YHvv9toI9O2bNfW6t4LQoHRau+3qUIYEvBqbg&#10;wTwhFgkmfWf2vbz2/NLBKQaCBrkhqaGBJaXYkKu++XHus5OmupQ6ts/ivWPtXu9UoDM9fXuGThAH&#10;1iCZ2iSYLxBIlXgimLu2xB2Z8ySws7m0kNZ5+vQxbob41NZWKei4gOVpDl6+9ICbmzfiM2cP71TX&#10;VGVgYqjHYCiVbx/lP5If/+vV/6K4M2CDJ6xOyilt4gMfqtdCPJFi12Owja5SVFeek5zNxhg4dva0&#10;NGVwCyOzKkUSQbuXE4mu5dh9kCW5viAzpbhagCGYevp6GjIIbc47rwtyoyOozqkQMYzMrXTh5g5H&#10;klSGROWJlHQdr+5+Zrh3+L5iVeK6gpQmva5u+iRkLyxrrsxLTqsV401duzpZGhFVr6NGgDe+DPwq&#10;4lJrlVo2rl52dhoqGR7Hy4tNKBSIlWSLXn7eekq5UtxUWl3N0XToYUB56Y8hayxIqtP0cjWkgS03&#10;NFKT8zy1Xkkxc/F2sjckIKFX/rkFbp8oJEVjbnpGYY0Y1HYEsm33wQ76OKmIVRqbWSeTiOF43b6m&#10;aFl38rKzwtfFpJYTzLw8zakQMEbGrUpLqcfrO7h56pDB1UXckJpZItF29gI7YER9LRfWFyaWyK3c&#10;3Gy0sXD6VjZnZeXW16voOiKJSM++m4ceGZGhYFTKqynOLuQZeNppsqtKaxp4ImTLg3yHJ5h49nMz&#10;JrVfw8CmWcmtyMiuxJt0cjanEbilzzPZ+o6dXAzBfB7AL8koEOraOTsb89NTimW6Lp7WTLBOhZUM&#10;h5HxGkrSciV6Lo4uphQlNA8c1VqcmFVDNOvkzqiLy+Waung66uEVODKGV5SfXVGNsezkbmYAaoCW&#10;spgMlo5DJ1fgmQ8WiGpSKzNzKrDGXs7mdBKvLDqDpefo7WaI4dWXpBfJ9V2d3HTFpRl5xQpTbxcj&#10;TSqJLCh5FF0oAtcDhqFrj84OGgqxgJ2XU8gm2Xg56DNImObS+KwqHYfuzoZ4Xl1JdglPz8XTWVda&#10;npFdpjTwcLbUpGPZWc+zKnkKPMXIwlTJEWi7drYgNeXnZlfX83VdPZi11XUUU08PgA6PkbLyniVV&#10;SUHFbOLYtZONLkku59YkpJfjTT1hflX8qvS0Rqyda3crbQW/NDc9r6wRFCMkm859nI3ADIjALQyL&#10;yQUGwTH0rby6uelgpXgdVvCMJasCaEvvn1jYnU4Ezxk8sFd0UhF4jBB0zJ28PKyYBHFzWWZWQVOL&#10;2LTLcFdddnp4cp1MRdExdfbubkFoyMrK4RAtXB0sNDCNeYm5HEO3nnZakqayrNxGuqOnmyG1QwwW&#10;LBaGkJjPNXXvbqOFGCbgFbyq4oJivq6bi6U+FfOmlypiqs6pLs4oapLAFTkIS2AB0OJ29nEyQPw6&#10;QTAGx5aCVpmsbeHVzd2cJgeOScsqFmk6edlowZEaK2tIf55XJ8LSNA10NeVinKGrpy21KSE+tZYN&#10;1sgEqqtPfxvEDvDlCw9HO1LhmVnL98sWXjo4zptc9SylVtOuk7spHafiVmclZFSA6zPJ0KGTh6MB&#10;nV8Wm1ZBMPP0sqBjlNyajIz8Bpy2jSUp/fDXP2OmnNi0qp+W7PXe7p+7pvxTKYO4M3+RLIRtJBbC&#10;YXWIwwUcAZpDxHgbbg0hTpI6VBoEE8ISwTbr9fYOtlxyKTAgVEK8rZE9M5iZvttiAYxPIeCX4mVs&#10;MxwBWkLuQ+TS9pXztztB8ArDKyXtIdrU0eCQ6FvqAFu/jcHWRgLcP8G3ahEGpqltUd4QGwekPhIF&#10;Do8DlSgIjvbOYBfwZhdt40ACfP1WvfVPZBQkRBTEYGsbj0ImUZ/AwA38LTuWtunD4ClkAgDe9sYj&#10;7hIQ4w4i0KkBQVgAmSGYwZeiC8AhYpHq6pMGFqJQIUHXlLC/R1B8FToPCaUFwdzAwliJxOJ7w03r&#10;JUmvsINOiQRQgCImIQgP4MGgSU000gpwhHr+wH3yDUrUcpVIIoKrXIeIfeoJBqcdmQqJOQcmLOrd&#10;ERLaAWFZGGdbuLU3evmYOXwHqYAvQgnAopBKYS0Etw8wj2nn+XaWRjgOgRvOtwhk4HYnb9thQqg4&#10;EgHsTmC46tEAyQAZBLoDL1oAD4iFdwSJngdEw24SdgBQAV4uGA5cfcL1owrC7cHZST19SEAyiAqG&#10;jOfVCwEz+Gp+kc7wyD0mvLRIC8ibo66rRr4Dj4DeBd4PJUFDT/Bs+cy1l/jz71+a2cWYIFf3goxV&#10;3Yk6LqMM5h4iXwC6cCeHvLcwUUiUPnVsOxgxDpxgEOCRZ5En2yaljdHa3sI3znvq1nFIQ+17zlew&#10;vDNsWRuHvHFv9Iq9OhAKQCGB2d7mZ4hORUYWCPUNLLLVg1pgNwfToKYJcG3jn1cFhCGl5NzUaXfd&#10;N+9ZMcIR3JBx7StJB0LAHg9Zb+Cy/vWbpZ5nPIEmyj6+buXhmolHjizqrY+Y1KDlUxH4K2Xhp9KI&#10;PocigCLwpSOAJzFaUvb/vNX/drLLwjPbVo8wpoLU+9JH9cfph0COvNAfpmznjzv3wxzrj3LRwRHp&#10;4txTG3Y8Ugz5Zd88O/Cs/mCVxB+n+9/XAioL/31zio4IReAfiAASm0YoFMJBiURjgBH275pU/QPH&#10;8KeQBMBI+AIFgUZBDJk+qsDtJ3JLgQOfT9BnoJLwo8B7u/JfG5v7D5GKPowigCLw5SKAeOTQGJpQ&#10;kCjrv2db/OWO86MpB2DIEO4NAoB8/KOg8IZwhhRwuUQF4Uej99sH/iqfis9AKtoEigCKwBeMQHsU&#10;P3TdfmsO34jj95Hz+yd6l3wkJV9+dVQWfvlziI4ARQBFAEUAReCPIYDKwj+GH/o0igCKAIoAisCX&#10;jwAqC7/8OURHgCKAIoAigCLwxxBAZeEfw+9f/TQ4fyLJ3JBQZxrgp/fydp8AiUEg/hmDAZ5eyPjV&#10;YavobdUQByt1ATfltvBskPLvdXC2N+ECTzKKhjo7F+JABt7IdLCuYGrSOsREf+MB8Bck0qhtPp3q&#10;giPR27InMt7VB57MZKq/JbfTCbYGENoLuniZbfG3s6ceCw0xzGuz74AggBDnTZ2gEQlQ9naBcPNU&#10;JGPhm2Sq+3m7F+RDNSUwaMhXBgYPH8A74ESHZNN7GeiO+ocStkKOmJdNaWhotE/eBxDxIVVg+pCp&#10;UUdx+9ACsfRe5r9UD1AD8lt+ECof2kE7j7zZiyZYm7yRYhImnEl5C9jfcNpHdYlW/ksQAN9TDaZ6&#10;2dGE3+AI/P5egdWYvxvY/y/ztf9L0EE7+ZwIgN+8uDDszvU7z5sxxv0XLhnUyRQnk+JIrKerd4ZJ&#10;iMb2Mxdt7EblKqkUbuK1SwGR2QKc9dh1X/cyp4EckZXc/XF/mBxLtvQeP2PJEB0xT/5m2CtIfysX&#10;FMYcz7ZYOcmWKMNrKIqvXrkdlsgh+ny1eZKDDniHv8ncKgJVV5x9Kphl7tGppw0VI8cRZWmnvr+R&#10;JiUZ2A5dtLafiQLCYb0EAPyYW6K+2xXYLNQymrZ8Z18NgYqOaYp+ePleWK7CwG/u8gluBqQObvXt&#10;wpVMaEm9G1lDte81xEMDi6U2x2z79TqHJ2cY+M35cbaVArI0dih4ojjn7iNu59FdTBHrSHUBe0l5&#10;XVSQ//XEJvexiyd1s2ZChFAIYiKujrt9SjB432Bi0tMXUU2Os+c5arwVSPftyQPxqayJvXzlbmE1&#10;Tx2tu9/CfeNtIJ/LJ8wygl5L1NpfHta3QEhpio75hHW/dmOyIVfxR0iv9/YL8qQ189KzJjOPzr3t&#10;aRi1r/3/LxBzjJ10/cCtgvbgdbBHMO89ec6oYVbYFrHyc9CkngysipNyY//NPC6E+G8nyLjz0AlT&#10;JlnS1OAjFRKv7a7vs3u05esgpzCclvSz4a32Xby7WwOn/f5wfm+46PefGQHgZz3u8/W/PKjmQIgB&#10;spbJ+PX7umuyRRCs/jevkVLemH77rLTvJh8ziObybkJQn4rPPEH/ouYg/Jq8+vm1h6eDyZ3HDfOQ&#10;3dp9PaygUUWilj5Y/Vjh1NPbtj75h8NRTVpasoKbhx8/KjTsOWaQXeOR9VdTOCJpbdiR1YnGgwYO&#10;6GnPTQw8fDpRCIfIDujAPo2MyfOfvfjQ3RcsyM1GpPMybwalJdI8RtgJz+8IiOKJ30wlAols9DGl&#10;147s2rYrvKRZhqQMJxUFLP7pidyjXw8zUe6tHy8VysG6vL0PHIFe9Xjdfa5B1+5dJdkbdj6t0yQL&#10;ch4cvXktXrfrhF7M9EOn76Q1CDskbEYehGOmpDLm/omtgUk1kLmWRKsL3bipBOvRo3cPjYobP218&#10;0gj5/TqOAk9rSDmYWSNUQtTPdkkIiTZZGfeDYlKUdj28jDWIGHWSCDg24enGjt0tGFhFS2l8zJ3g&#10;ajH5d7Nc4Ag0TtbVYj7Wodvg3r59e/rYQhzn35Uy72JCiHbd8GztyuvlzE69/Xr37W1PKbi4+pvE&#10;JjgdfhaehZTZwrKnkRkZteK3MH1/8/KWvAj/NHKn/j6+fXv1G9zTURFx/Ij/42Lp62n8DLQpufkR&#10;V1KInv2gl57qHw8nKwb+ZdgZUH2QDR16WWu8mcIND+HugiMysuslEAHwM1CBNvF5EcAT6Y2R61Ze&#10;K6J59gJ+9nHUKL20clUCW+PNoEHtnaoUzXnBF7LYv5Ph8fO8Cp93oGhrfz8CODyJV5uUnJdlP3XJ&#10;17MmfTunR2tRZS5bgit8vlfotWTpjEVzpw/tVHMyrlFY8iSFLfCZsXDJrMnrZngVJBRVCDBarsM3&#10;rVg6fdakZQtG9TZWRryogTyGr+QFDtcQvHHC8LlRKhM9OqzGODyFnRdYIMH1GbNs/vIfZ2n4J+e1&#10;Cl8dDuB4hOVknFs1Zs2ZMCHZlImoULEYXF7MXnbfNT99NWve/O9/Wr6kl5YKwom1FTyeXBizr8l+&#10;6rxp8+cumNOXfSCiWsHOKGsVdZv/9fKZs76d7PQiPjOTJcZAilRae4pgUPIJi0NiwsIqGGYMPMQz&#10;IxWGHoq2H7viq6kL5n21Zozek8eFXIhG92pyoJeC9NuderjpEV6HuIe8iILWBrqZx4yvFg2006UR&#10;IaoXhU6j02mGLv1nddaGgGEQLwz0dBQKHT6kU4ivNaygPVXXpNPUcdIgCFprbRnVxXf67BXL5y1b&#10;PH12N/1PW5ghmhq3IOI+vceqhVPnzZk8e8GsxWuctFJORhZTKRQymQKIqvXUoIKG9FzqQOoILQgx&#10;VAqk2FR/CVHAIBe2+kN1WDR1gchkappBPUqmQpBFGAzEaaNBYDj14zQYHrSEPEVFWn5DkGOJDB2n&#10;vlPnTv3qq8kzv5r99RRPImR0r5Wo5xcaaesLUZy29QRzRaFCW0iQRoRW6ktiiETa+xODwbRqO/pO&#10;mQO9TJmN/Azp00mLpICocSQKdEEjaTn0n9tdv83n8R3DQYLJtXVEo0G+sk+bgL//hf5XUQD8zCuM&#10;vE/rsnz+1AXAz/NmLfrWQy/1+LMiuLBAYiKSX/JGu2xEuBnhWeSigv6So9+GBJWF/yom+WyDUSok&#10;eH2f6d/9tGYglcfm4ehGNBwOdEWsgrzGzo4WKpGKoGfjYV6Vli90mLpm46opnXC8Jj5J05QKTyqx&#10;NFOX3hZEsUzEqslJT6/TNGTSXqeYQ9LjkbxX7D317aKedCSCJA4vYlVXUchMSw0CF2Pd3VtUUVnb&#10;MU2uUiShO/dfsfPoRl87XUhZh+R/bizMb+zWu4c+RgoJ36ycu9oxsS8TYOBwOE5Rbp27vTlRKpcx&#10;HXo41GaWNaoUJE2SvhFZ3iJhmFjgMqsrmqXypuB1vhfTlHgIAEnh5z5LbHxhOGxENxwEtII8SeaO&#10;3ckppSVCmUhcm5VU0LObHbUtRWWbwCWQciOvu/VxNVCnzGhbSbGctJunT964fPfKku83X6tryjm1&#10;98zxr32G9fA8fOnGliFnSqkEHI6owSu+sWl6Lw+Pfp2XBmSwlchyD4KiNmCpV79Onv17jdx0LQ/H&#10;oOKJjewijeyTKyb0tOjmPO1OgRAUpZ8yxZA3REPXgJLJqUMiaUKcTIyO24zNJzcNMmOlXN68c+Xd&#10;HAEdAnEyym6PWRuYw4WMvfw8/2Xenv28vWYu3ZzRqkkikjWbotbPGNQfPuzsvflBJYgrWHKUnBz/&#10;r4Fm14kr96aycBSIxksSPN8+/Pwd/7WdO/XvPWjN7bTCG2tgUAOmrb9fIHhTO6AOMwrZEJHIvCpB&#10;VaWqu7mbr5uWRImnSV5sHza0M/TVber2SDGNTFaxkkKu71oxb2E/z1WHQ5pwRtW3J47u4dmve5cf&#10;/O9cGrs9SQyy9j3YvOoF0n0gsWkxZEm2/4mLR1YMHtXd88CVyxv7HMnBQnB+irIx7SIyBa6TvjmU&#10;1YhDEm1jiYTCy6N7de7n7Tl44MizKSKYwE+ZAvSZz4iAmp/1aZnNdVLIbgChnVVaTlM2nd7cX0cg&#10;w9FwNSHb5o/q5NHPu9Ovj8okqrbdHSIhlU2pp+f0Xv1TLJf5js0TOq+fcYr+TU1Bpg8yU0ffBDJK&#10;kGjVd/ddw6kMXYzpEGcbBxHW1Us/DjSDsKzS9PX19BgEUHuWnN9wzcTS0YYBAbAhW0593IGp3Ufd&#10;ZXku+mmcoQgugdoLrIDGPYb2dnM1pOPag3SDoIQmQYcB2VthVQIVFnLEe1lfKScbmLv7DPE00yMR&#10;IPCxOndFdUlSN/PW63N9PFxHDp/8pIyGBGJ/VWDVgxNaW8xnHGS4lUrhikxZIQq/ldZIpxZmBLdU&#10;10NIZ5W2z9rLY51wShxeXluWW5tOnDjSkwTiFR6TSzDeqyL2qNYP6uvZbUOyz/79Y3XhgvFlF7A3&#10;ZZUUWDgYMCDwdZsshLDtKk2nYZOnjpwwdPSWr5cNN6FwGwKPJOitPOh/b7wTv7YYDtZYCKWdUSGj&#10;dZlx8WnE2Y36/if948u4WELDg2/HnTD68cajh4e3DOUEfr8ntEFT0lJZX6vdf/P+a0/3L1btm3Qg&#10;HY6Vn8JlEC/bdcH+yU+2jhzg4dS/R8+ruUSmtpGpJkHX2IKYI05+UdgCJ8Ts6IsUYyNDkkJUEXY6&#10;1u988F3//b3N5dcep+B0mwJ/2qOynr339lP/rYPDtt3MgkR77Nzrx5ZHexwNCI3Y0JNSWPakBOLv&#10;Y5XC+pKzD1pm3Lp99Nfxgg1Lfq0cfCn62tdWuPKbkaWK19Y1wEWi1uAf+jj0cnft42LrO2z57bQW&#10;TV0NMkUUu23Cpqbhe/zvnb+83T1r7bKLhQwqUZwdnJCPGbIz4KeFg0mx61Y+dl968uaFq5c909ef&#10;L2NDGPN3IgOfSnmhW/yckF48XEfM+Ca0FEOjYFpCT8fixm298HBONxyrmCXBE2X1aZdPfJvU7XhA&#10;aOR6b2V2ZVg5Ho67eZeW7PNYeuHK7RubRlne2n6vnPoGo33KbKDP/FEEIG6/0/x9U8N3Txjg4div&#10;a7fLWXgNLSMLHSqOKM1+8LhWq+cPARH39k6OeBxR2CKAHSRoFWSsLP9j36b02rNzdVe64PWL/IoW&#10;VBb+0Wn59z6vjmmBJwnTzmzfnWs3fG4fJz2cOqN5hyHDUoMIJ9A9tETtWL9PNHjRHDc9GpIITkXU&#10;77b0bPDlIRopZ38N4VBwkEWPx+XyIJ0hXK8RIZsF/H735ReSnA7JSCJU1+cJwGAFEZNICvHXT0A2&#10;yqR9YbSNoS/Cd850D1m9JUXc8TYPIew1nZCNEWc44Ks1vcxyvu5t6rUjydHB0EYb8lbiqNpGDDJI&#10;Qk5BWlwWd9j0oXqw04Q0GTjQkZILr41fV/LV8aDn4Qd65q8Yc77itS4Ohyey0yMFne2MaVTCK6rA&#10;AoRE19Cga9AZOlqadDwcVWVuvXy6mJqbgQ0pSGcky6ZEy7Pb2OlTfU2ZTOtJ08dU55fkcUS1iTHP&#10;RmxbO1hbx9jFb/Skbr0l92LySK5fnT+wZvFAax0t55mLRkkvxaUoPu1kCPY7+G7L7oRHP4qKWjeg&#10;4dhU5yFDxj8owGEteo4bQmS2xldxqDmR1+36uNkxqJBti8ONvRpRSjXxmLjouy0T7SQNjD77bm/+&#10;dpgFk0CxcvCElJBYSWt9Vu2zbrMm+YB1qnv/iT5O3TXVOcjg1D566jhHMwtjUwfvvsSBI0fbaNvZ&#10;uYrk5AJOCwGSY7QVyEhBZQ744VFScEzco7jkqLDzvuLmp6FZAlF6RJD3qvnjbGzNTG17zFi8QOfc&#10;sxwSZO4ytLPp5entoKdXHfLrfW+f4V3sbE0srPov3TMEsm685z2EqSEx/DY8TEB6eR5349QOPyus&#10;GHhP6tCte1dLO3MNKh4Pmm+ciFOT0xjTc/r43mA47D5wio99Z6ZMJBXbTnsSt3aYMZ2poWth7SgQ&#10;Sz5pM/LvXSX+npGpIGWJ9+KbIZGPo2M2Dms+OcN18KDR9wohKQieiK8KSY4vruGTvOZf+WW6qxYk&#10;fsOKOfXHV84IMzt4akFXImgQ3pXpCJWFf89cfgm9gu4Sz824uuX7q9Txm7/9qqcWRqYEGQFawrbE&#10;OCowQsZh8VALy44+sHpjVOcf9sK6TYFDIWzDkHUfR7N2AksNp8bquqxne5ePHDfAb9yAn543COCs&#10;9mZuHdi5YbDqEx98rkS6wVQHfa+uP3LNt08aGb/ZjONxFNX0SWMsiXR9E3cHB/OEmvoOl3nQgKqd&#10;TrikAuELsaFFWq5f7br7PD079uzqTrq99A0YBMg3CMPBYgWNpdnPzut0deYWlbH5fD6XVdvIldWV&#10;F7WMmjDBiaalqd/ds0/rlcRs0surQRxBVV2YbawP7hnEt+xdX8YaQyQkCG9bUyMSpO3tIPexeDyR&#10;gKQXA6M2U3O3YjaPL5fCloJMISE5x5Rkuo4+ndpS08yHaw7kdgw0iSq8maUXse2k+9EF0IVke80S&#10;uPEDZ48B24rjkp+t6cm48sPFMpK2a5eeVTxJWeWjmEDHLg72FDKY+djP+HVf53MLBvXqOXHGqgdZ&#10;EjIQJmfHHV3w1SCfsVN3pkoVOEhB1FhXhwE3ChBECqW2nqmmjgaCJlLwoEhUn/Xb2AP5E0kH+BvC&#10;YQ8FV4BUKgWyNNm59LbS0K1raBXC9ooEF43QmBKDo5oYGwrLGjjwrI62pqEGQ6FQSKQSR3MTJgG2&#10;ZsArcOP7/xFBbgHVvcBPu0cOPGhhZEAnQipqNcVYhVzMhtSZJAoMBxJC6RiaMbUZyEzKhdyiB+sG&#10;j/IbuHDDxSr0UPjRzPcnPNDOz2I8mQp+WH5b8uNSotb307ny/blSHM15xrq1HtT7i4cO6dV18b5I&#10;jlRt2EYlM1zdzO7dCm3AIJHh31VQWfgnTNW/okkcES8qDD3+8y38yC1bvx1uQgR5glEZ2Dlpp6cV&#10;y8gYeXN5QY2hi7UBpjne/+fdse5r962Z7K0NthI4rJJbnZ3NVoLDGWjMJHweHku1H/nT9RfRmTnR&#10;mXsHmoA1ZQfRAGseXd/URNrKLuOIqbjKtEyihZkJ2XrSCXX9FxfOjTPkQbL1DkWlUJm799NmNfGw&#10;4PioFAg5IiaV+tIoHhZIPVsnvdzMYgHoSfkl6SX67ja6kpaaqqrKFhVNk1AbGZpGY4LjIUEFCe4I&#10;eMhZWF8aTwnaOGzG1DVXYp4/D9q3Yff1Yh5Jk97IEajIkL0QQ8Pba1LJ7V1AWkFFcsTz/tamRjpk&#10;tX73wwsWUhPzOM1cGZnOxAlS01PsjXU1SWBbQqyraJSDPQdJ3FpTU8s1cTClNpXkVjUCAXS6sjku&#10;Lb2PrfknvbA4Mp31aMWSnXeymwhkMmQzJNPo+tY2FuD6KZeSnbr0YQkqTp+7au9lb68NLpAKKbe5&#10;wWltXkV2VtjyLnoh9xLFuLzjk6aGaX17I7s+4vZKNyIIZxLVxNoM31DXJCXR6VgBp4nfJP5Yq0sk&#10;KSCFDPY7VCpRJmrBKDEMKgmMYqjsyiYhHMzBXZVblF5q4GalC/K2DWOYAoa2QVF2AUuKBdFGEtUX&#10;NyFbKeQCExKQfqLLCZ5EN7E0wbPqODIYDobf2CRolkC2xqYn6/rMbln4IrEg+9KOMQYCMaRU/PC5&#10;Rmv+KQgAPzcGr1q282YGCxy/IKUlGFrp21hbMKhknLgxl2s5c+etktqckG3cwOcpHL4CC9tMrcVr&#10;9w0Yybl07A4LC5r8d9CFzuufMllfeqNgRogVlIRfOJXOtvB2kqfcv/4oMDCjvEkmc/ddo7i3/9jj&#10;23dvhTzXXj7Isjbm2uEbLdru9oyauPu3Hwc+zKsXS4tCti3ZcSXk8ZNLN4LS6qmT+1kTRWKxRAL/&#10;idV5ddtWNUiUKgKtmlIuNnQbadXEDb53/taV3efqp3Zy1qRBjl91fUlbnmR1UcrEkCkWdKtKle6g&#10;ad/UhJ+9Gn7vesDVsEKdxV1soOm2anBycO6zmvTk3KlHdwP8rwRRVg1ykvNKQi7v+3b7zSfh1477&#10;1wy1dbHUg5ux6pTgokYs02Lk5vj4p8nZsSkPVg8aPGTa3htHljvb9xo8q/bZ0avB9+89PheUrrmq&#10;lyPkzIX2wc4CkxEX3cNEU0+L+RtRCLJEnRAYWaAVUpG0PfU0JLkVwXUfqF/55Znhty5dfxIeem3H&#10;wWRvNzc3PbJB1yHTy8/uOhoe/CjA/9bTxhrLaT2tOAW3f9m35/jl4NCQC9/+nDdlRGdD3Kf4uilk&#10;Ysf+Kyyq/A8dCbz/MPTxo0f37kdWlZvO72MhEIlJ9j2HtTy8EWFsbmOvy4DTuUJc8GTlhgNX7j64&#10;+6QIw3Tt56jJEwsY7hhe3vPHNx4EhdQRIsMTeVqmnZxH1t3dt/dReGjgpdPB6SlNoMsG9KWgQn15&#10;gSoBNz4ECCXkI4ZMvR1T7cKRq6U0JeRBSODDp48fBZ6+Hqlr5jTaW5/pNmSOOOjSyaC7D54E3L/+&#10;NFr76/62Yni6DVWFTGQ+eOOy1pxrdwNuPXl4/8G1c9mIGgIjYpeU5GW1SN8M1QD3vkLJ24m5EUaS&#10;tufShszAQqlCQdI293IYVHl3375H4WGBF08FZ6Y1walWrBBodVVUBT28fftZbGiFKj4pWwBn+i/9&#10;Bf+y6Yd1w6Hf11Z1148cfXj3YeijoMf3HjwrKTZd6GeDEVQ8uX5i0z7/2/cePMrRGu5tq0EBvYRc&#10;xBNTDPsMH9u56sTRG/lSZM/0Ngb4rVu3dvyskccn4XBhKZkT+/b4WLxOn8aA0qSt6OhgVq5U1LXw&#10;kXsetHxpCIB6FK6DyotT2ApRSeKLzMys3KxMuVl3FysdE8/euo9uBGRXaTt+++1SL2FxTmlDSROP&#10;XZiUkKWuRnIc5NHNd4B95vUzj7OKuOZd5i+b547nSt/KOA7u5wrI3CbTce7jpoURU61dbdiNSaEP&#10;c6Ujv1k9zlyLqDaS6ViQVG+tbKmOq6udhTbcN+q5j6S/OHwlNF+k77xkw2JrDB8MTNulrFKm4+Fr&#10;EhEUkJKJMf72h9WdsGKaib2JipcQ9iC0lDx05aIpzoYkuYKbfftwpdEIB10koTistbAutjQKKWY2&#10;VrZ6EADAvK8f7v7Vu4lpLEKv9QdnmkvFamkL8Aibq/AMazdzE01wIXxNJbLsywQtUoqJpa2LPkkq&#10;aGokWPZyNNAgqaQCrkDLdYAtoUVlZmDJYFYG335YQRu55ruvPA3ISjnFpu9Iq6zz/o+TC2ox7mM2&#10;Lemn14q39u1OyIc7vvAXLMKcLb+MM3njFvTDuQruS5kOk8Z5NTy8EfgiKyO9sJrbdd7plT1orTAg&#10;LEUf3xiUZzx29ggvKwbcxBBJpg5dRffO3UjNrdVxGD5veg8KTd9WpzInOjr+RZLJtCPjLUrT5faD&#10;vB3t3X00iq/eefCCbdzFz3WQu4uVibW2vLGeYu9nZ0AGoSriy/Td/cwZcjGXo2BYWto7MIlq13UA&#10;Ss5vAC10ViLCXRmpuWzdIRNnj/LUFPIxpr1He9Y/uhkUl5VbQuq1fcd0e6lYLGyVkAzM7dwMiRIJ&#10;yXZoP2bY3ZvR6TmFBiOWOsBeaMEYw5LbgcHPJbajHDUl7UEXYDbkguYWikM/byM407cDBp+Kmxux&#10;Rp3sTfXpOCmf00x37G+nQzNydO9OKbh272Ecx7xXfyc/NzcrI++unpTnoQ9f5JTUdF58qCs1q5rm&#10;1dta4/WG7sMnAa352RAAfmbYTRzn3fT4VlBcZkZGfgWn07wz3/SkcfgUWw/jhrr4iKDQ1Ert2V/P&#10;8jahwx29sJnLdB3oaqqNk2PK6hUOnZ2Y2Dfc7o20mGjcmc82P/+2hhAvHTrcBr0qMhFfjBzRIAYb&#10;nQRnNIVIyJMooRYouDqo4KVCLrgk4MkMOhLZCs5+IqEABOE7tkQQ4Y1KxUl5QghJow7iRYPLMRwG&#10;9nBCOEH8Fk+w5KHQyViZRNJ+UkQMVeCCB67TxALebywJIQYbgwzCQ4Uso6AnAUcx8DtCDBmVQFPb&#10;2QU61cBJua80sIjxC8ToUsokYjAmBZpfNSIDql6HtQEUgHTkAPj2kQNpAbyc4DiCnAKJVA2iQiBG&#10;DkSIaxNW3CrBIDpKuL3HgTdeB0pguO3DAWjlYqEQkVLqEQM9iPoGcO0QV+dTuA0ZLLVNPQRuLUIe&#10;EAiW5lRNfWzsD98kGEwfNcXLCNs2IPDeY9BgkjFwjyYSiOE4RqCAryHiTyAV8pVEOlkp5IllakgR&#10;JgH7YuQKEY5uYjmBzsRLeaBMBItgCFGHEXMBfbjagahvoAeAptppB6SRCHwvCxynRUIxqAnU/o0A&#10;HBWuWYFSmRB2TGDzS0RuThUSoQxLUpQ/9S8xnzLB145OUBQGfb9qo+K7Jz/alz6PKyin957aRQMA&#10;f9ks9MIgyNqj27R/iMDKIKlA5QD1wE6agZNwAe42DukwHNgeAYPT1aCpVBKREEui4WR8AXgNoTv8&#10;T+HAz/vMayZp52f1XhjeNCoVPFyBVZUSgUCCiDyECcDYS6yAlxAuxBXwdrXx2auC5rX/vHODtoYi&#10;8EUhAE6VosrQ+7fvR2f2nLEGvOjIWMmn6GD/0kHDHaOqMuqXEwcLcRb6RJyipURivn7DGl8LYXkt&#10;h8fVcXWigQfqX0oS2tkXjwAag+2Ln0J0ACgCn46ASqXAUbQNzbqPWtG3kzsd/88XhMhBUSHFWQ/+&#10;btHcUR4ezvZuHr6zvl7ezworktFMjS1cnFFB+On88N9+EtWR/rfnHx39fxsB8AUEKzwiTimRSF4a&#10;an4JiKggVisFfA4R2aiSguL0PSGXv4SxoDT+AxB4r450w+mrVzev+lgKO3fCpKa3P2RrjSkuVWVV&#10;1UFUpo9tB62PIoAigCKAIoAi8Jch4GJi9I5zoRaZNHLjL2Z6Oh9LR309RiptfwiMzk1MVGC2DNfg&#10;H9sOWh9FAEUARQBFAEXgL0Mg+Ncf3paFWVW1bmbGEGnodTKvDyYHgmJ0lHuK94VF+uAG0YooAigC&#10;KAIoAigCfzYCGjTqO2Shu7nJn90x2j6KAIoAigCKAIrAPwcB9DLvnzMXKCUoAigCKAIoAn8PAqgs&#10;/HtwR3tFEUARQBFAEfjnIIDKwn/OXKCUoAigCKAIoAj8PQigsvDvwR3tFUUARQBFAEXgn4MAKgv/&#10;OXOBUoIigCKAIoAi8Pcg8EXLQpW4OeX80sUL58ycOgXKtJnfnopjvZHn7k1QRUX3T6z75nhUJe/v&#10;Afv/9irjp19Y+s1Pd3Nln5M4VVX0yR+W7g0taUUDc3xOXNG2UARQBP5dCHzRshAjbc25d/J0IMt0&#10;yEgofXQzrqwY/e3D/Ob3rPuSquiAY4cD0uqFf+0kVt3bF9n03i4bHh5+VieWy4X5t04eOPSk+P8I&#10;808guyHt/qmT15Nq+O/BRJj6NDY5uRaVlJ+ALfoIigCKwL8GgS9bFkJSGBJGz6rX+LmzoCzbvX8+&#10;o8H/p0uRLNE7JwhJHMOAVDAdEgz9+RNZdWXUpLXPyt4TfYcdOHfm17dShRQCVW/46czsF9v7Uz4n&#10;TVgKhUbH0Ej4d/YvK7y+a8Xyo4kyJMEJWlAEUARQBP6zCPwL1kAV5Khu0ytSPIYs8DTNS8llCSBn&#10;S+4BTxdrKysrhy7j9iV2zOGCJWlIU/b7dbKdcTFP1Bq53tF7yM7nECSHlXB8poff+kuFGO6zmYM7&#10;jz9+/OdOXnY2dl17rbr55OQoK2sbO7/lO2PbFayK9N0jfeytraztnQ6nQeeKxvSLX7mMmLl56zdT&#10;rWzs7OcfCeNgVBGbJq0NSiiL+K53l29jOaL0y8ttgSZoaeKW4DpezvHF310Lq0za0c/uq+u5SSdn&#10;LFx/LVMdxk6UfnL9YBuEfJuRvyY3I+OTC6J/cO3e95uT+7+2sra1G7Hy10w1KdKUo0N7OUFVGwfX&#10;bx6xkI9kjRHHF9hDT5NX++dymYSXwj/9mIuDLdJ954FLntZLMi9t27znRfG9H8ZP+iXs6YlR/T2n&#10;ni6RKeX87ANj3AdOu9+Kqb26YUzX5St3fjW7n7WNvcOkC6E3Fnu6Wts49up/tuw/+9KgA0cRQBH4&#10;9yEAsdY6lszKmrc++Qf/U8ktvzoOo9t1S6S0nUrWvUld6TbLQlgJ+72sdfruSqmtLUm7Md/J0G/m&#10;wxaVJOb70QZ6ky7fOT6kswFmwsESjlTS8nAGhmaz4rFMpap5ts2HaDJjf6aq+UFfezqmy8bogsqy&#10;W4sxGJp914OZtZlnF3fBW43elyRQqbL2DHEmD9seX1SXfHC4rvncRy0qVtLBvhis24RDmeyKWzN7&#10;aJvPulHAFbdErdNn0gfuyapnlQRv62/ttTGkpjrp0rhO1N5rr1fx8ve5m5C810WUs5ob7k3F0B3W&#10;PFWoZNnn13gye66+mlxbW33z607mOgsCG0USwZM5GIyO08rw5trYw3PtSd3WPYHJyt7hY9l18bnM&#10;8trbK+ja5vNCuKrG+IP9KVaDf42urQ1fPMKagOl/KJ6l4oYstNIftu9FdSkMxJ7ZaVwoh/98y1gj&#10;Wp9N93O5ooIDjob47jtzJAppa+IGN4JljwtNqvIT890wTL+fAotY6Sc8LJlUjXk388ryL8/FkEz7&#10;nsv7B/MGShqKAIoAisBHIPAvOBe+sT9BUpXjCLiE0ANVddO/W+ZtbGzjPmjaTPfkjHMpIiKRStds&#10;ujt38vIQybSnhxbaaBORLMgYAqFNhYjF4eFPJBEMloDD4Wys7MzNLb28e1GI2Ml+7sbWrg42VAlf&#10;oCJicmPu5eb17d3DRJdm23eIG+vurcgadcJwUytfH3ddC2dfc62q4rIaPllTl4HDYSmauob61v3X&#10;3om+aB+5xHPoqidZIrxSgWdoa0DfRKaBsQ4ND/FcCVBwqtqomNBmn94zRnY2NjadvGQREecfGNWi&#10;VGCxOA3t/oN6axnbejmaE2qrMxugS0hfk3lmUeevLlhsKi1KOzyA1pIbFRJpaD5+cB9j434Lhrmb&#10;QMh0uUyh4bc3KeeE5W23bv2/vVJKVQqlkICcQcNjKUx9fQ0KEU+A/6mz4CAQIkAgf2BxGEMDEysL&#10;fU/PATSyaITPABsr606dumDFLUI04Oy/b2+MjghF4D+KwL9LFqrkQpkE42BJ4tTIFTIysU03iCWR&#10;iAIBr47dCku9SkWga2lSc8NCszjqtVydxxuLRQSg+v/bilypdLMxpeIxChUGB98QACilSl0FqaRU&#10;4qm0mL0zurs5u43eX2VlWc5ugGpIG2051V6n51AqwS4FGlFJyh9v9rbsfrZhcnzyw9ldCAIJ9K+E&#10;RuFr+NWmxcXicDJRK7uxFk8mEdqoIZDweGVRVR3UQT4AydrWPvxSSEQY1wXf9unhbmpUcqCvkaGF&#10;w9aIVgG7ppSmyTTVV49dLdMwWCKm8f5MG/PO33CvpZfcWOUkkCiRdqB72DmpSUQoaEOgfRBI5zKF&#10;kmKka6VNwiiQ+hgCIIjQjGCCJiD5jy4a6LBRBP6FCPwLZCEcYshE9dSoKqIuZ1XZutt7enXXk2Nq&#10;WVzkU7yMU8fWYJjaGWqBsSYP32PbtatbR8j3HDpT3KLC4UhEkkwlUIHYVAiFPOUHLPEgNKg0okDY&#10;ZUNgdU1NdXny44AbAbO8Re/OJ0oi0ZVYApmEVebHBFbb9Fx/YKaduJrdqsQih1EikabCEghkCqHN&#10;fEWlVBBpehbmNhJWM1d9CyptrhXwaN4u5jg8tuOtZ5vkVClaWmzXXoquqKxKO97bidB6eM3ZEkc3&#10;L0ktK78GqktZzQIxBgsnvvq44HCZfOH1M8OM+PWVfAwOkWV4EhZHBgMksNehEKkKLF+GIeGIcj6H&#10;r5a1aEERQBFAEfhvIPBly0KVSiHFcKpTQ+4EIGX/visCxqQfpvXR9Bj048g+0T9tOB0QcP3c8XNh&#10;ymnjlnuQRGKugI+n4I36fbfn627hPy08kS4kOfQepVkdcOvM08eBz3MqJFIZHJJUcpFQIJTKEdmj&#10;lInEAnXebJVCJhYIRGKxGGPbb9G4oTkBp05dDTi5xMdz1KInlSBNZSKMQKyWiGDOI8SIpAq5EmPR&#10;aaQWryzmwcNHHG0PfW7xnfOXT526mZkPopcnkOt6DjVQclKCbt3LaIAjrUAID2GM+o+Y3qky7eiv&#10;pwIC7m3bc9+q07qJPZk4jEyiFAgliM8FjFskEIgVeLI479i60d1mrL94K9Vg0VBbm16LB3hY9R0/&#10;iym4dfJQQPi1i89y6uGUq1BQjF1cNBWPLh+5eXnv1fvNNDGvqRVj4mlrYlaT+PhOfDHBa4KjKiPk&#10;8o07t57FZJWIxRIYvkomEYpFEjgcI4dQoQAjfomJpA0TtKAIoAigCPwbEMBv3bq14zhYXJ6hpsaX&#10;MjKVUsSvFWIUlYlJKWlpaVXUgRvPbh0BZi8YDZeJQ21SH92Mic8qlbivPHFgqRsRZFVrq1TTts8A&#10;b1s7F+sWQSnOYNCALh4ORiV1GVnFTczOviOMDK379O9iQ2I1yu27D+7vYkRQCho5RIf+QwbZaUh4&#10;rUKadd/+3Z11DdyG+9kUxdyPiCqUWa44dH+eG04q5nObac6DBvS01ZLx2XyFZc/hPg76TCN9em1x&#10;Vk5uRaf5v4wkFyYnpDebdRrZ38fGwsHLy9nJTItdlZ8Rn6LVdbSlRGnab6Cfu6GOfc8+zqrskKDw&#10;5NQm++Vnry12o+AxSlFzhcy43+DBnkYYCY8rYjj79vF09xw91qclKTQyKjapQOy48fT2vgYkXcdu&#10;3TXLnj1+1mI4ol9nNy37TkN6eHr4dWU0FGVmZFQo+q1Y1F1Tx6J7f08bPZyoriAlWWDSe8qI3s3i&#10;4uLY5GKbkUu9KDTHgQP7mko4rQQz7yG9vQwokpZ6Mc3bb0wXS6KC39hMdhoweIAt80thFZROFAEU&#10;ARSB/4MAmr8QZQ8UARQBFAEUgf86Al+2jvS/Pnvo+FEEUARQBFAEPgcCqCz8HCiibaAIoAigCKAI&#10;fMkIoLLwS549lHYUARQBFAEUgc+BACoLPweKaBsoAigCKAIoAl8yAqgs/JJnD6UdRQBFAEUAReBz&#10;IPBFy0IVv/LWdA1Lv50xb+f8U8pFIhl4xYFLoKjNJe5dRaWI+U7PyH5JQOvvQymvjt7bj+42+2I+&#10;BsMLXjjYxGnJw7K38iCqEH9CDD9+12x7k3FHkyBNU+nRTja6gw4WSd/nild6qoejjt/uHOEHZGpS&#10;Setj9vbV0dOHoqfTfdr3iUJZ9slJzkzXTY8rJG1DkPEjd/Zm2vueSK5O2D1Z12P66Yx/YrLG38cb&#10;rYEigCKAIvAXIvBFy0KIGyYX8fnqYGZvloLzvbvseiGRNYfu7u53uuS9gCpEPB5f9F5h2eE5PB5P&#10;pmtCwickGJtMxOfxQcZ2FLL8nOjruzdFYzBkjETI5wkRUYzBkegaTMZ7MiYhreOIdAaTTlHHSfv/&#10;Rc66udJs4ume1wsboGQGDZXfmr7oEMeir4le3t2ITL5aGCrl3IKUF1Smn4+nJiDzGyJ/rxP0exQB&#10;FAEUgf8kAr+/Bv/DYcG+MzCm08z7QVO0ivJqraeHRC6zw6ikvMaKopo6VnVZUVZOXn4DT9Ye/xNi&#10;riHxpzHCxtK84opmccfhSppKiotqWXWlWbmFNdROc87G3dkx2hoOX6q2sKQ4IkbSWFyQU97UWhqx&#10;f3HfxTf4taXVDSIMxD2FCGZw1DObejMo8sRMcyJOKefVFZaWN7DryzOBgsrGFvVJ0GzilQdRZ+fY&#10;kAnIv+StFTlZmZnZJdWst0+6wvBv51yx/u7WL0N0IGw4zqTXttulxf5rfYf29tM1zU8v5Kjj0UjY&#10;EQ8DtAyGD3YnyuVqKv/h04eShyKAIoAi8E9A4IuXhe8AUcHJu7DKq9+E+QsXTx3S2eu7GyyJsuzR&#10;zsEO/b/auHnHpqmD3Zwn7AypheDU6kDUeCJJwXq+eVpnjzm74mo7HvVyD3q7OAxcuWPTVyu+Pxsa&#10;emykdZcFVwowGBIS1RqOfKrm8INT7XuOOBCaEnH2bBZGXHp3z85zwTUqKhLKGwPirexkd1erUUdL&#10;FQph/cMljq4+c385fnDWOF/vgTN3xjaAvCs/19fDasj+fDhkimsjTqwd0G/CrGmjx81Y7J/S1FEc&#10;imNCrhPwA+3N3x4vzszNVlsj7P6zWiEcUxvCbzymk2zcbSBkGhoh7Z/wgqE0oAigCHwRCPwbZaGs&#10;JjJJvmXf0R83rZ/bz5h7bf2DejyNQqViGijW807fzLkyu3PKudspjWIVZIXAKCUFwQc3f3+KM/b4&#10;iQMjbDoepHBEGp3KoU04l/rs3lYfppKIoVPaQmjj8ERxRdyp1WOOcwbvf3xoav/pe/cNxGh3/ubS&#10;uR8XOECI63ZBBCpQOkWtV8XiiGSMnIKzWnIwI+LAPGVYRHBiHYhVMo1OhrTzGGVD1K8zVz3oHVCY&#10;kZO82qbh4Naz+aLXLFRXW07GYqxNdX/DVfo+czrraMZcCymXyBuCrwRpaLjP62sCsvCL4D+USBQB&#10;FAEUgX8CAv9GWUgx7T1mnObzkxuPX32aziZQ6CCLIP+DAmtj6WoG+SiojhQmm90kksPBEKcUN0af&#10;+Ol0qkffyV+5U387JbjuPi7Ix4jK8fW3eCqDFfLT7tsC0oDdU1zglCiFUNUQ0lssAD2lAkne9JuC&#10;5ERianX1AjGl0mfo4VpbGwRIEih1RfiyNjutjqGUPPh11y/7o4trSvLjk0vaDWKggiZTG/7R3NpB&#10;PL7sQb/7zG6aWtERia2tsRHP6PSui3wM/wmshdKAIoAigCLwxSDwL5SF0oLbK6aM+bmw+9WA26dW&#10;dpK9toxRKOTIaUmJGL2o0wAi+QMJGow+k6d6Vtw+c6b0XcacMtk7PxVjbEbOGu5QenPD3TI49amg&#10;pd+fdJVK3ZhKAZXh0u9tkQkCm9vUwGJJLYet/GnrIk/d1wpbna6+XnxJdBnrHZ1od53ry2SmxgU/&#10;fp7IwPSZ3++3h8ffJw2tgSKAIoAi8B9G4IuXhXC0IlA02vIXthV5WV6+AuM5e6YruSbwcJKKiPs/&#10;VpoqHJHpu2jf4Z0jzGKP7DlZ9obtzPv5QiEVa/eYv+3YwTXmwb8seVKFIZO1tS0UOBKk+CATIOD5&#10;R7IUGLkYOrgYiIgWS/cd2P/rcMsmnkBiqAtpBV8W8xEHV/SMO/ztbZC8SKl/cGDx3J1X8prhb2bv&#10;ucPJzY+3/3S9HjN4bl+9j+wcrY4igCKAIvBfR+DLloUqjEKOYccfmu3bt71M33WvwX3uN76awWv7&#10;+/Qdcp/sbMVmF9ZxIfseT8VrS7crh+RKGIEUySgvF8kELVpkPX3fZfP7cU8ePBRa3oEjFGIuVwAV&#10;1R8p5RI+hieE9IKQ1Y/P46mUUozpsB++G5/zdNHPIWJdT99+tNgD0+du3fyiHi9FHD2gfSXkVhLz&#10;JUjyQ6VMiOGCIwbSlEzMl/NEHZwOVRi8cf91Z7YNChnfuW8vj0k7HzRRLalvnBv1fHaeuDKFsGtw&#10;T2So3fpvvlNg6ebaJi6Zrv1dFQ0lJQ3yEV/10WobAaKwlSL0fqxc/q+/Euj4UQRQBP6DCHzZOZsU&#10;0qay1CKWTCKWtZuKUI0dPJ3NsNVZWeVNAjnOyNYa18CmOLgZK+ryC1s07B2sdSi8mpzCKoKFl50e&#10;RViRmM/RtfWy1VHy6vOz6ki2Dg6GkP6wrQirU3PraBaeTgYkuBHk1hXlskg2jvYGpObi/GIuxdbF&#10;Socir0vOLKeZd3HRF9XkZZeyCdp6RnQ6p0li6GRnzJDXZeRWEY09nI1IMk5JapnY1MHdnClpriwq&#10;bGbYOFjp1x3z7PsteXFS1PfuVAJkoc+Kz2lUYGn6Fi7ONky423yryBoz4rKbQLxh8dpm9u72JmpX&#10;DDCUaS3LKGqQKohW7p2NaOqPZK1VJQVNOEsHW0Pabxv6D7I6OmQUARQBFIH3IvBly8Ivf2IrTnj2&#10;Xun0U93luXpgJ4oWFAEUARQBFIG/A4EvW0f6dyD22fqUpZ8e3bPn+nz9TUuHaaGC8LPhijaEIoAi&#10;gCLw0Qig58KPhuyzPaBUSMFTA4MnEgm/MSn9bJ2gDaEIoAigCKAI/C4C6LnwdyF6bwVJU2VZXeuH&#10;BDN9dxM4PIlEJpNQQfjpU4A+iSKAIoAi8FkQQGXhp8KoYAXtmj1iwd6klrdDh35qi+hzKAIoAigC&#10;KAJ/DwL4rVu3duyZxeUZaoKT3JdR5KK6zGfJ5RgtU503HRA+kHxVc15YbI6IZmbA+M2mQF6fFRWf&#10;zqGamWi0GWvKhZW5cS+Kmuk6xhokDIbz9CFm1T6HjESd7h66SITS9xRpXWZ0YrZM10YXz6tKi0yr&#10;JWgba1H+oJ2MpLksPTaTjdUx0MbWJ71IKBfrGGtT8L/Xqqo5Pyw2W0gzM/zteIF8XmlUbFJuVkZm&#10;dm5efkFRNV+uY2oAQXf4lWlJ8dUSPT1tCkHdhaIhPvBpQg5Sq0GANTLRe+nfKSyICH+empGbl1dc&#10;2aBpZf1mN5La5ISEMpG2kQ4V1wLI54ro70L+AycPrYYigCKAIvD5EIDoXx1LZmXNW5/8g/+pbC29&#10;MBiDd/ouTPoWlY2p505FV0ik/KLnZy6lcN4zBqU8bB4GQ5vo/64Koqj1zhiM8feR7V8qG1O2DsJg&#10;PeY/bkOIn3zy110bv974oFqk/H8Ysc6PApeGFbEqJTvlQE8MrceOGMUfxrTq2Y/dMBpjfkyQqxrO&#10;dTbGmK+IhPCqv1eU8vAFEIJuwpX3AJK6kY7D0Bz6j4Iy1MfZ2sxhbWAZOFLm7utnhun0zfNqdRfc&#10;nLNbx3d2HoDUGtjDu7PbkrNhUEulqn/qv6qvh+/Q4fDFcB9H+sANl+KqOs5M5dkeZhjTpeENYqU8&#10;eArw8OjL75ua3xsK+j2KAIoAisDnRODL1pFiIVkERksDPPPeKjJeba2IQCLSscKacs7rsJ5v1yPQ&#10;ICkh/Z2nOkqP6Qu9tRoCEtqyH6q4DQUFuRr9h03sARFFodA7T+xMIXcbP9T0/x/yyBSGFoOBkIjF&#10;kxkYLU0m84+DrkGFqOGakPcQWiVpMClMCoVK/oAN0v8ZLzyNpzA16QM2BjyE8iT46nr75uO7jr/g&#10;Y2mQhBEDKEMkc0zTiw3LF9zDb3gUhtQKDT28agyxqYanEJde2jXjx7iuP19+8gi+eBR4ab+TNL+e&#10;3zEyHY7EYFKZVIjLg8U5z9u99+jibm2+kGhBEUARQBH4exH448vy30v/e3pnalPxIT/OnbvwWJzR&#10;xD5GGAUrLXDv9ycv3T2zb8vcRStWXkuul4IYaXsaR4A8hNn3ti3feqRjziaSc7c+GEbZ7eRqRBQK&#10;K1IiQllW5l2dtOGfstKzezdsvFPanHpt05NK+EDETr6wdsuOC+cPrF308+VUubzuxvEti+bPnXMp&#10;GmJ1vzQThZ7EFS/ObZkzZ8GyzbdeVAMNSOHEfrdy0Zw5cxeu3nI0DaJ7y2tibu364eKNe0d2fj9v&#10;8cpVd7Ja20SKpOj+qmUL53y37XBKC6hEX0WUASFTfG/5ovnzVqzbEt/Sjklz+sNfFs2bA31tu1us&#10;7qnjeHMCflrx4+G4mt9EpZEJW9UNUMy9+7oJm/PLWlSEduUrjoCpC11zOqbzwh0TII0jUhi9Z+04&#10;vG62OzH3xPGb8m6L1gywbPtCq/uiI3t/Huf0PgmtkkulUrkKj1E1ZT3av+7Y+bsXDm1FpsY/oVrS&#10;RpQ4/cSSBXPmzFv3y4ki9E62fVbRXygCKAJ/CgL/Rlkozjg6bdLBJErfQYMt6/xXLVgc3YTlFT07&#10;vfu7s09YJp4e0sCLa7dcy2uVITIKjpZ4VT0ET1t1KLxVR7/jtSPRzXcolpB26Gk5hKBhp0Tc59ka&#10;+bgZYzBVAesX735Q69Ctt6syds/q2bcL5NLWrJv7th86FY/37O5mS8k6/cv3W58IzDv1xKYdTxBJ&#10;Fep8FJDhV9ksrOTr9eyukRGwcc2RZ9VijCR17+SZN2othg/206+6svG77xN5OE7mk2M/r70ULbLp&#10;5NR69dQ3O+6UiSCweNaZmWtPJON7ehvz85LihQRK23kYT8CWxJYoXTt3s6y4tv3br8Ob4PiWfO27&#10;mT+Hisx79uzJyDywZPTuWFCiwsEOGS+mPu7g9JUHn8J4ab+5YiTSNNWt8gufP0rU0Pdy0sXK2+K4&#10;QdJjYWZcFhnvYwsgvFFUlTmprWwXe5O2lFa/V7AqZfHdzRu33siUYlTNRdFn93x36mG1oYen4on/&#10;d5uuZoM5Ei9p99QlP5Zo9exiywo98c3WJ5Dg6r9RVBJ+S0N987siwr8FupLXVNvUyn9nkD0pv6Wy&#10;pLaVx21icbjcVjarRSp/R/R4uaCpoqyEqw4N+LIoof+m5ta2SE5iAZdVz5G+TEL2Z06BuKqovLH1&#10;AyMCvyJWwW1kc5oFSERFtKAI/AEEPmjp+gPt/x2PEi0Hb74UvcHh5uWzAYmNhJLnRQIckUiiYPRt&#10;eo6dNmHNommugrCYnCaxEovDKyUNgRvHLzwnG7I/cNsMe+TQ96poDpk9UUIuPhacI21MehrQbG8z&#10;up8dHHR0u879JXD/6IJn1y+GVRAKo1JZIGUIZAzTqueYBbPmj+6qvPPwQavnqHXfrlw8dcIgWyKu&#10;LVq3SilXaFv1n/n14qXL53rJEyKT8hrlBOuRO29ErjY+d/bs4xQ2viSuXIwDXwsKwcjRZ9K0KesW&#10;TrZrehCVL5BKUu5vTW6auPqnxdMWzR/orouRtS9uSqVSy6TzkGWLF29ZO9s9JXjbizJR+pOLD+Qm&#10;y3dtW7x48a8bRlfE/uof3SBV4vEqCSto4/gFZyWD9wX9NPPN8UIGKaw0ekufrlA69Zh5QjJu/7EV&#10;3agqSDSsxgSLrIwklYrJeBWmrh0rlViokso16XT8h4Z7I1CIdA0qEUQxuJaop2bM1PGrF89wF0fG&#10;5jRJGmIv7AlKm7p97+IVP3w3xav05qno8r+Dl/6GPuW16c9vXo3gvOya31CdkZicFJ9WVdfyxoIv&#10;F6U9vhAcl9XxCgCi5NYUFFZUt0j5TcV5JaV5qYE3niYlvHgcEF3Pa1dDdByTHAk9mNUk6nDuVopz&#10;om4FRsYLkXqqmqykO/6h9f/nnuFlczJufWpcalpyUmFx4ycJJlFxem51E/+jIFdKBEkPH4Y/ywTt&#10;C1pQBP4IAv9GWSgvC9zz44RpF53mblk1ylaJIyHGj3DJimUytNtCWePIMinE5oY3FgshrBsKMvMq&#10;iGw+nvk2kvR+U2coqFVJmRU1eekiU4uxgy2Rtb4x/trhWbN2Kbou+W52DyqNjByGkPSEZLKeFpLr&#10;sKqoqKHGzsNOF8wrScaeRi89CJE6FLK2BpCjoBKokBNRjiGoSu78tGHyjNtdl29fMthMhlVTq1Sq&#10;cNpMTXhehdXEkiRSiVJVlZnQqkXv5mqAjMDA2BCvbE9dr1KqmEY6ZGRJdPTuJlVVJaQXVlTk4U0h&#10;MioyIpKBtY6+IDW7QipXYFUK9XjLiY3vGC8QSHSZtvM4lNNX7j0MPPKVmwEg1n6eUCkxmqY2Chyu&#10;pKr2LaRwusY0pkZZTb34/XezyLn4nawK9GM0GNrqq0MNPBmUpwqVqIXDwyluTnG0t7cdtulunrA+&#10;oZj9Rxj9y3lWJeQ219Z18NRRqaQiiVQsUynV+KlUcnlbxHVlK6uqsZWHfCaXtx2MVHJBYuDjsOhK&#10;hqFlz4HeFBm/porV0tLCYnEk7eyCVFPIZVJ1+jCynl3vfgPMmGSEN9sKmIVxahs4zWrhIpPyW9n1&#10;raKXB8dX1dr+UKkUUplUoe4b9ntSiUQiBi7rEA9eXU0hg6gS7VykhEyi6tRpCrlc9pIklVIpl9O7&#10;DfF1NtVqa1Ymaz+KIn+DNr2tJqRGA9KRCBXtRS6TCNhNbA4P+RraULeMFhSBT0DgXyILOy6ywqSH&#10;Z56G2Hx7aOvkvp5WzA75k1TIqoscz5A3t+0RhYJsYL7mwtWF3Kjzu0Ma3kaQ4jd5nkry8PZh/5AG&#10;c+MpA+xAFKqK4q89uIwZuHLz4qF9nXQ7LPDQvhJ5FzV1NTV16lhNAkQwKN9UTSF11DQAXVg8gcRO&#10;vHc6IsJt68kfx/V2NWeoBXRbgeMe/A3126nVN7FSyOSV9eq1T9FhYVMvHtAa/GqoLScRyTbmpto6&#10;xipYadoag9VHgbEw1sPj8QoFycB0zYVrS/jPz/8SXP9bjsFq23RBzoVdu3g5W2h1zIWFgIXvPHgu&#10;nhiWV/r2g6bek80sKwrLmt/an0trH/4yxQQpXddee96Ef5/fx2tY2qYGCwdtEnnWoadhYc9iUgur&#10;0x/96PPGmf0TeP1LeQRPIFDU+6u2yWutz30QcHH/lWtRpdWN+elXDhzatGHJhgNX6/kKEo2uqUFv&#10;znq8fvfRzAaE9XgN+U9u+gcE30/NLUkIT22VYWlUMoEIahFQTrS/JeyixP3b1y1ZtvFJZr2EUxwX&#10;GZ6RnPTgdjwPI4y9/TAmtwGssTTo1Jai2J17D2exMRRR6cmjG388dKm0iZMQ9DQho66lNPvhjah6&#10;Dvt54NmVyxZsO3q7WqwkqFqSQ29fuvmgnMuOuv04o7pFwKkMD7yTkpV4bN3ajTvPFTZLagvj9mzc&#10;fOzyk8KC+CM/bVq7cdOVOw/S0xOO7Nh56Nj5gICIosaW0tjHR3dvXbp61bGgTIy8KfDC7iULF32z&#10;/URyVWPS/Xv7f968bM06/4hsqYIbcfXAwm+/v5WQT2NoYSUVF7ZtXLN2T0IZXBGgBUXgoxH40mUh&#10;yACFXCriC9qLSCJDhA8RU8drFTWFnNkQB8kLwYcBkSlq+aMWHCCO2rfRYLyB6+czfsLa78c0Bfz0&#10;XVjDW3cqBL+xC3nsgGOnsozM5/lZq+ECMUTAsfhimST93IZgMZKdCRFa0GZ7B7qu41w9xeGxLyrY&#10;gszrP4RCrqi2iWmr0/Yn8jeIMCVk2CABtRxubeC5nelEAhZpBCHxDWqVWCzDd+QcqSQoMEogKnv2&#10;5Em0kNh2X6jCkXB5hy49rWpuLQi5G6+ns8jXW8+j+wDTpFT/J9mAS6T/6XrW4BF9TSkEhRJuDPv3&#10;Hjd+7YaxzQ+2rQ19c7xIr7Bb/w0XtQEGUGMI3XffXik+PW3hjTIE8cr4n6daGg1dHVZvOuPYlq7V&#10;++fueVzXIhDwW2J299ey7bIjQWPYmgv5SInYMam7lkwkU4PVNgmvR6hu/dXUwDdmPqP6kUl3s+sM&#10;tRXPdg3tM3N9Bv9D1a8f/RL8kx9QthTmFFp3GTTEUz8tOj4tLSo4vtC1Sxd+RkZyNYdEI7Xmp164&#10;Fq9v72WmieBDYeg7unl5uLpryeqTozNaZa8Mn14OUsaOuf9ExHCZMMytprqO01SZnpxQUlKUnFAk&#10;wsiKElIKanlkOklYmn/T/xnRxNNWR57LqjO2dafVlzyLTi/KKyitahGyarPTSkpB9/q8vs/IiSY0&#10;aVlD/fPbdxvorj6dzCJuByfkPIvNr21mlyRllSU/i9bsPsBNlxvy6FleRkJOZbOti3ZC8FO5rpsN&#10;qS7oSWRG0ouMsiYbb2tQaJSzOVlxj6JzJH36eOQGXQ1+kdbYRBw9ZYJ+c15kVFJqcnhBq34vK/2M&#10;qOS0+BfxGY1devro0hWtKl5ScLDCpnMPB2JoUEQN7/cvW//Jc47S9rcg8GXLQiyRYWRIrr0wx8m2&#10;vfT77nJ9jw0nF/duODrJzXN+04qVQ5ka9awWsAjRN9JnIk4IGBJD19BQh4oYR5KYRkb6mmQi2WrE&#10;jGWexaWBz4vfmgaSnfc4QwN9W1vHhQMs1BtrrNPUH1fNMX++pY/90Jjh08ZZ2zQ21OHwVB1DQ10G&#10;OOFDDd3hhw9s7duwdbCb7UXV+mFWVqYMOGHhCDQdQwNdOnLYIlA19Q31aHi5ft8fj832yN813LPP&#10;WtmSZQOplLrGVpKGloGRrgYZoZasoW9oqE3Bgu/E4P2xO6xvL7Dtu/AevvtXznpkMtIqVVPLqP98&#10;jYdDPZz7naifcSb6G1scxnbClosnhxV9OxBwmfrE+1SO/xxHTZwC/3K8FsNnLvcqLXsYXdRhvASG&#10;gaGRzm8zPAHd+oa6GiTkCIylDNxRH7m9YVVPBPFuYx8qx97xPzDQBIu3nBQZf8fv2YbOMBl2TjPO&#10;s3c/SPqhjwaRTGMihUGBv3T1YBLU7ZCBEgNNxB0FT9HQM9TXpL6eGhpehTOZdi/+kNeRsVYOvbal&#10;WKz95bjvfytF8Uv1AE7Tq+8AC6aKU8FStvCFUry5dafBI0Z4GGiDhhGjlMY8eZRLtJ09so8eop0H&#10;vtKxdHCys7bXoePhHPjqLPh6lnFELX2moplVy8W6OyPBEODSHLxlCLALQ8yw4DcRmk0MD8sS600d&#10;66tNxusbuowYOsTbzFDBacGQIGYgDh4Bgy0SU0OLoqgvrtWxtPHQlmSVypwHDhk1ZLCpnKVhbFJT&#10;Xs2uqGAa6zfkVeRXV1RVVJSmZjbx6I7ufbxNCaUcrNvAIVOGDXTSp8uEeEv7Lj27uGoRCRjYidHJ&#10;vUcPmzxuhruFqlRsPKh/Vy6rhi+S4Ph8HNWoc5+hg/v0MVUI8ooKhZadp40fM8DLS0vOSUsoLiiv&#10;rK2rLkjObmr9f5r6v2WdRTv95yOAxub+588RSuF/CgFp/tO7t2KwS3+aqg/jljRF3r3/opLNKSuS&#10;arr1c9MuqtZevMrz9rabxtPH4xNPBZeABlR/wvwF3a2R626FhH1r9xmh85iJXi3nLqS797fMj62x&#10;8NQtLxCPXDDeVhcRmCJ2VVxk9IvocLHT9IUDlAF3YsysHbOzcKt3jQ3csE85cKwtN+hmFEtb16L/&#10;hFk2zSnXHtVMXTk4/15gHd0Ix6ljuAzz0y87fi1/4prpTHZOSFR4fJ5owtxRhY+izCbMG6LPv7D/&#10;lPmwiS15z2pEjK7eDok3blXomDsZ6ljau9Baa/NZetPH0Q6djxkwc1lXQcSJgDQdPUu+yvirZR43&#10;1vmbTR+JSb/Kthk/08/j+vHtVWQPc15VtVRYm1ti13e0TlM9o+fwruTqB0+yKBaSMoXd91N94i/e&#10;aGRqV6fFF6uo9hZ62kYuo0cPNGgPFvWf4hx0sH8IgS/7XPiHho4+jCLwT0QAzJtEDVXF2Tm5+YWl&#10;1WWFzyJSSKbOXV20pOImoUgiEsng/hd+ScCGRCZx6jVocmfmlRuPGoTIfSEc2TByVmFRDlsoBbMW&#10;KGDMAr8lElm7tYuYkxAZ06xh4evtUFta2apQYbE4hgFN1JAUk5KYXVwmAPMThcy2S49RPUxCggKL&#10;OVwwVgFrF4lQJFeSGaSmoqzY5ynpdTxhc2VWXE6DY68+umJuQRPWWlsIUQtjE6JyeXpWLq5GopyQ&#10;HL6dh4uTi7FXF99unRwZeDJOKRYJRCSmhS1VmBcf/ygqOrsBHGpVEhiUSg5dKLF4hYAf/ywhNj6k&#10;vEKqw6+KyOH38vHVIzTzREKoBlY0cCcikGDNDU2olVnPYuNjMlNqVQxHF9NO3Xt27+quS2XAtQha&#10;UAQ+FoEvOx7px44WrY8i8M9HQCKoS4iJSk5PT88uxBs72muK4GKOpaTauzjZGBkSqLou7vrNNa36&#10;LnYasiasnkvv7hYZ8XEUS29rHTJoL+X8qtTsMl17FyaRYmQJ3qEkIwtdIp5m42zNhHiyBIKQXfr0&#10;ycP4YumgKVO6ajUnp5U49R1CbIh/lFzK1LDt5dNJi8SVk0y9u7vV5rzgE/TNdA1tXEykzc0UE3sP&#10;G9zziMf5zXhn+y69uluUZ0cHBEXSbXuMHzvA3ZKSHPL4RX5N11GT+3uby1qlmgzbvr5eugxZ3O17&#10;ydU8t269jChyEZbp0dXVmClPi46Iy6zQ1nTq7GVNZeo6uhg0V7QYuNhgaxLj00vyS6ocfWdM8LEs&#10;y4hNzC6hW9i4OdkyiRq6tlbGVEWTAN+pd2d6U17Q8yQVw7RrV98+vU2yHwdGpJRbefVwtQPT7X/+&#10;PKMU/rMQQHWk/6z5QKlBEZBLBaz6Bq5QAqktdQxMNQmiuoYmHE1Tm0EjYLAyJY6hQRRxRTgqBSsT&#10;ynFkBpXY3NiIpetrqa96ZSJuYxOPqqlDwqgIRKwMvEpJOIVMRaFDFD3kxlslF9XX1nKlJCtb89bE&#10;O8eup439fr0jRVDTLGbSdXW0qEqFWKYk0GgUQUujREWhEIlUGlEqEinxFCpBXl9XI8HQdTW1GEyK&#10;kNtYV8+h65ma6EJAf0VjVWWLFGdsbs4g4eRiiUKOhYMkRiGtK68QERmmZsY4iVAsx1JJ4vzkbC6J&#10;zkqOeVFKmrNqiqU2jULDi3hSIp775OzPxTr9h/buampqokWSc+pr2XyFjoEenYBXyDF4KoUEYfJF&#10;ciqDrhCwa9mtVIaOloYGhYJrqqpoluFNLExpxP+kmRX65vwxBFBZ+MfwQ59GEfhiEZDxKi/s/iVd&#10;0nnTltkmGm/6z/yZg1JJGh+dO/OkoB6rJDr5jJ89rjdTbXOGFGlj4Nn9TbbjZwzp+tcR9GcOFm37&#10;S0EA1ZF+KTOF0oki8JkRUEoFQgXJo29fZzPt98RB+Mw9tjWHJdCNTPUwMpmRY5cxQ3uDSffrbrAE&#10;DV0TM3MLOAT/XgayP4U2tNH/LAJftFpdJWJF/Txq+jdXsz/Nn0ilzD41buLsAzFwff97RcHOvL12&#10;1MLdTyEStzBx33eT5xyMq1eHqXq7CHOv/TJ78o/3C7gYTN39xbPGr79X8zpQxlu164K+njPu25sV&#10;0t+Ll6HKPTNm3JTZh7PaAmlxcs7+MHHp3juVHxm+sUP30orQk4vHfHM+CeK5NId9v3j8iov5/A+P&#10;ga1sLny4YdTcbYHF7wq4pRJznv8yatrKy5mfNjW/Nx3o928goELCKbzlGosEfugQuuEdiBE1TPxG&#10;ju/jbva7iS/fCTe4wUolIh6Py+Xx2wLhvEkT+NIqXrrTqh1KO5DDNHEeP2P+jLED9RlEJBINEKpE&#10;AkiosGQTW3drIx0VPKpUSpEoNh3HpQ5n8TvDej9vIDQgCdNQ7kER+C0CX7QsxMiEFbFBD8JyfhP/&#10;sPCSX6/dsXxR49Nf+ww9X/a+mVc1pt6/F5j0Ml/E/2MQlaAuMyjobmQhZHGQ1yY+CwhKqhF0lBxK&#10;dm3C9UMJCgyWkxMXGBBd1AROTrzcezcDnmRx3/v68fIe3LoflNn8XmH5iiZ25sP7t67tXf8ASZsB&#10;dvHpUXeDE/JaP13UKFvLUoMfhmXWgkQXl0cEBzzNapJ2WHek1Q9/+XHW5hiVImnd1M37Q0rflJMg&#10;7Yoig4JiipvfCZtCVP0i6H5o1tvBC35TWVaRG3vvXOp7PMJULeykq3s/ZLPy73y7YfEWixCB8P+H&#10;V5udkvCioGO8UZmgMfNFZDHrA7Z5v4cchNEVC8Uvo9++rs2tK7h7+fRhKEeP349KE71Jo0ohKUkO&#10;Ty+qavuY21CaFB/TyPvtZkvJKspNTS1vhBiDicmtUjVDKziJT1+U1VZnxqXVvDmE1trcxITE5neE&#10;Vv29YcB7K21Ji3yRX97y+1XRGv89BL5sWYjFQkRsKuW3yRGsxlz0X9iFQdXvs+DyibGm751XHIlM&#10;o5I+ZFtMMPf7Lqoyx3+uE9xp4EgUKvLYay2OoPrBum5fnWtW4jHgrkymQuArHCwCNl9nlleFfWP/&#10;XrM2m6WJxVXR611/m4LxbZqBVHCCrorfMfcBRAMlIJRTILDWH2BZiHJGgRDZyOixBAoUCNPVoTmi&#10;Yb8FK35Z1RWL91q75+vZvczezBKJV4cjR8b5bhIgWyMyNf/fikHJzvBfM2D5TQHmnbmdxI1Pvu80&#10;80ST7ENyM/4BJP65j2Il7KSnsYVlryJ1v5vUurTokMdpHXUEEl5NbPDdzOrPsO6LWutin8SWIXu7&#10;N0ptflpYSFqrDE+UNof5XwpOfHPPKRdnRtxOyC5r44DmiuyI0Kd16rihbxZ5VVr8s4h8CM8W8vQZ&#10;W9wmOhuCrwTlsERk4Mk3PSRYpYmhT0PrPsmZXi5uirzzOBXZzqIFReA3K+y/ERKVIv/GmBHeloaG&#10;hg7dZobUEjHy4vtb+5qN+Grdgsn9DfR1deeeSYGcNG2yDIsn4qVVl1d46PWedaego/4ke6+LjenY&#10;b78ZZezq882tyOuLOo/5PgBeeCS7AhIyk0BuCPra0sJk1vnH5xbNvlJTELl36thvjuWrwIwOKoDs&#10;qL46fnCvBVcqlQphXcB8PZcei3/eNNtAX09vwNeHcpGI/NU3pw3vOedcCRLGU1b/fG9fPX0DA/3u&#10;k1bHsN+pycG2FmQdupQkp6p7QDpRKUv9+3jbwVgNDY0cdyequEWHJ5v0nnxXHWyUE/z1SGu3pQ/K&#10;hEpO0FwbCwMDAwtHz1M570jfo07KhCm6PE3PwmFtCFelZD07s7SzG6Bo5rbiSBob0Co67OVgMuqb&#10;teNMHbssD28lt1k8IIFQsy5N7mtjYGior6cz6kiKVNUuVHFECo6Xun2ilcXYTTEslbLiRr8u9gil&#10;BoZ2u2JlTUnHVqx4WJ8R8MPESRuDOPLio5P7mCMA6K4NZEklJWfnTTlfXRh/eMbgmSfy30nyv5F9&#10;EcVDccrDwEfZ5SxuXfnDS5cePUstqS6ramwCtaSQzy6trq6srEiOisqv5DTXF4U9fZJe3YrEHcUo&#10;ilOiH4eEVzZLCRAZhkwmUbCNDcVJmbmV5XUsOJRJuDUV9VwBl1NXmBL7PDQmpa6hJjE6PDKnCtBV&#10;8NkJEaHPYvLh7MZjsYsyUkPDQzLKqhur8m5fuPIkLu9NfTwEySY5dB65au369T9+P8pV83lEcnlt&#10;fWUVR6kU15ZUc0Qy2AqxS7OCo+OreWIyhYyXtMRHh8dnl8ChTiHmZjwPA6cKCDlOgnCpBAIOT0T2&#10;kBhxUU56XkUzmUIhEOnGFiaaDLJCzIoJDgyLS24Ry4iQoZsCF4ySwpyUgppWUUt1dOijh+EvqltE&#10;r3hBJW2KD3sS9jylRYIwDbs8M+jBw+SCSrBg1aCQm6syI+PialrfecHx7+QndFQfgsAfOVd8SPt/&#10;Rx1h3MYF+2zmnk9MSb44Rzf1p6n+1QQSRtJS86xWNfJISO6RHka39l5OYYuRxR+LxfOrI0+vWXiH&#10;PHH9z+MdOp6MFAIOp+lpcbdjFWkRP/ckNDU0NrWKQIeDHKTAp1nxYnfv5ddbJp0+/9WQmQcODsHo&#10;dVvrf/vXRQ5Y/ktdo0LYxG5oFoCgU6lkvKa82lz5pPPVweuHFp8LuJ8M0gorhgocqKDkphweOWyf&#10;ak9CXdGTodKYdesvl725+ivxVN0xv/40jZt5dWtAOolMhhBbJLq4dP+y3RrDfgF/tAfr3Ct2jztR&#10;YNK9h1f8i0MBWSoMN+tacqLZ6GE+tMQlXWbdHXmsqrL02hzDH8evilWQX4rTl3OkkvPDfuz8TZjm&#10;kou/DCIVBBw6elu4OTA7/cFWz/ydP18IbcIQpdzmpuBcj70lWS/2+2lKEE0VDgRi5dntBwo0Z91N&#10;KQ7f7pC7Z+utMikACyG9SE0ZF3d/93OG58rv1/XSz92zeBdlwI6IpIzADd7Vu8cfq+22dPe2nhjz&#10;IbvuXdvmfHvahG8bfK5m1RVfnnZt1oyLFSazj54cidHxWHkp8OIix38jq77z9RDW5T+44H/j/oOb&#10;gSEpJTVNTZVV7Or458F3g17wZdKKlCeBYcF3L588fu5BZlbO42tn/G/eexSbLqZTOSVR/mcv3755&#10;7fKNZyw5nkGnyBrKbl6+8CQm5cXD4GfRBdzGgsc3nxVXFT24cPCs/53r/mePHL366PGtfYf8C1m8&#10;fFDt37t/8/K1iJLakrigvbuPBQTcOHPmRmphLYdTVVJc3p5juZ1o5BWALBFiKYhOTUcvLxN8Y8bT&#10;4Fu3U1RyVujFO+n1PAIW8pJF3Lhx6eadSD6O0lyR/+jR7YuXLsfn1JbnPX9857b/pRuhaRUqRBYi&#10;eyoqmVifGnXiwrWMSh6FQsbwK+6fv59bVJMedOX8pXs3Ll+HE7KSSmOQsCUJoacu380rL0t8cPXa&#10;jetnTh+/9DhR2P6+iDKCrl68evfqxQv3nxfyuUV3T5669eDW1QsBxY0yLKYxNvbJrSvnrz1MEf2H&#10;dld/xzr8pfX5b1xgaN1+CIw+aBPcrZfPnCMZRJw6OwVc3GMdHXq4GxL1LHpp0QtLKnlIhl28QlR1&#10;6+vRX0d3W7D76Gjzt6zpYEEn9BvRx4JEIoJrFqzu6hUeCpHGrLwwceqPJQYrn28fTsQj8RkBSkg8&#10;QXyZBL6NE+CB9piQyJW9tr5fX08CSc/F2FBWV1sC6eggtiNSASwCSqODMinEwSbykgaZmRGlITUs&#10;7U1hCHXIOqZTN5/xK0/ase5wFpZMVMlERKsl/mEnfHJHDfQZuzMWCVROpzv4jhjQVP0U3J6zQgpL&#10;LQb49sQWBgdzWkY7G1ZUVhMsnAxqAh8kNpIhq++rgqdQsvcOnLRb7LUlcmMvAo5sP3LT5evftZ6e&#10;4jV2S2yZqk0RjWwd+g7vYw3a2Ve6UQCXwNDRLg/8ybf3ktROl6Lirk23IcHQyBh2/LFlC/fUTlq7&#10;bW0PJg7ruNz/6cl+xeMH+4zZHqVOtQGAgQoMNN1UAjvnWVGOm4MRllNSr+fiIYu4/rQYwmO+E9Uv&#10;7S37OHoba/IqarGTFizy87I3MLXo2nvogO69uxrrtUJyXja3LKOGTmaI6xvshk9w0GtOqqJ/tXLT&#10;tB6WYoUwLSKD7DxkzdcLpBmxmTVikqo14tr9BozDlJE+BEEzu0WkkEsgF5ZEwquu43WaMHW6r2Vd&#10;HW/IzDX9yGWJSYmRkcVdBowZ7UOKvBrewKsXUGwWzF1kA0mbpLp+/YYP7tcNSTb2ZoE3ou0DhgZo&#10;2Xn85hYORwQOjNymFqFELsUQ3fzGrF8yuiEtKK68WdPUZfbCpYOt5U8e3AwLzzH1HTXAXS8pNLqa&#10;r8LDG0QkiWszL/g/t+w5bngPczlkfFFKW1sF3KaCh89rhq3+Yc3sSRDWF/KxcPITgu6nOvoM9/Uw&#10;Yhg5zpq7eJyXVX1uKUesVqUIyp48KvRb9PX0fp5F0TExESHpEvsft22d4NeZpOByZTwTj6GLhvep&#10;Scpm8z/p1vHjJhOt/cUg8C+UhUpW0EJvG7dVdWcSKqJ+8elw5w/iqC3pmnpVV88RZDUkEgytbQjV&#10;gfdD33mP8G6zM5UCo2FhZ66RfMc/CR5D1IQfZJ3Wno6hTU6+wSUQC0vW2nBqxbixYxceT1Maedmp&#10;ZG+pcVQKOcnAcuictQ4FCRcDH3NoGgxyS9qmAc5Oc5J+DCpKPTESiwXbO4y267Aps8yrgo6fPpde&#10;a9uzh5c+UypX4Qkhv3w1Zuz4hXvjNXx7KkQtkBuxAwVAmZa1oxnl2XX/LDj78lIvL3V1GpVoujE3&#10;+epoF4yg/SJHnR+q41ChP4zJ2GWT507s3lUv6ZueTubmM46XNoHUBHFIpZtY6LdmPgpNgVrC5xsG&#10;ujrOjtnwoCDt9Jj2a6AOCfEIVHrBg33zJ4wdO+9cq3dPDE6gzkX1nytGTl17eGk8OXI8uZQNbuQ0&#10;CpVMpTu42WgwFaW5OSyijquXq4GGnZurBUbEEujZOrpYerh6GAm5NTKqiYe7q7Odk6mEz+Y3sgWF&#10;LBbT0srCSJtEgetmEg656CarFCpDcws3Z2trK0P3Tla2tk5O1ngZt6W8uPS6/5W7YXkKpRh81t3d&#10;OttYWRpqadMhdj2NwaBTf7tYvNoeclslYgmTRgfVJvSCh1t4mF/ISO3q5uLs4KpvQW1o4lrYWLq6&#10;etq6OcgUjSVZhUG3bgZGxAkgwJs6dQkBTygvqa5RyEytbZkUdT5FHHAEXcytqqSaenWyde3Vo3d3&#10;R4JUWlZRx1KqrGysdTQgaj7jecidB+GJSogrrt7JKpqaWQxrV2d3T1dHY2xNVno11rmrrbmdz1Af&#10;O0MGmWDRs5O3sbGxHpnwn2Su/9zb9OED/hfIQiyeRO3olitOex7NE084emSUsaDwRZUSQjS+31NJ&#10;qSIbeG+6G7jNsiVg97kI7geqTVRiAWXQr/eubhrC3/PrgVI+vIhksoYSR4SEtGQ8SIGPLVgMHRYd&#10;kv7Sxzm5udnPru/b/83MoQ6Mt5uBzTJet9e4ZVMtNOErSC7Qkp0Y1dA8aMe+mfbK0rgysGxHxko1&#10;6urrrRN1bv+DXK9hft6GGKWGFkMo7703Pi83Nyvy0i8/rNrY11bQZrPXVsA8XmPymZArS71Ltv56&#10;qoYjyUt4JvAa9s3mAZqVebVNEALlPShi4cayuYDvNHl3aGJKfuCa8ba4wO9PZsBJXIphuIz89fbl&#10;xZLMS6eCygW52TH1TQO27v3KEVP2okyuUkGLOCKJxFDhiFSslh5DIjSd9GsSQuLjgz9vvTCjB5wt&#10;yUxAlfrKFftjcf0C6ysVUrKj35R584dUx8c8Si6SYmUisRij5+ptpJ39PLoVr+1oSVPKQJeAoVI1&#10;SPxmkUDFYtU2E8laOCm/nsvn81jNoHbEM4zMJn41hlaanZzNIZIgIa5QDi4QIiRuKZLLVyxVyiQy&#10;mRzCmwohGijEuDE0HTJl+pJlSyeM7UlVgDoRC6l8pYgHg1wk4r9K5/uaZZCcY5DkAvSbrVkZWVyq&#10;qZ62UiTkQpN8AU+mgqclDU2tLa1shVBppMtkNTbzuU2CxgYmQ8/I3Mpn+Phlq9dMHddfh6KEDasU&#10;Zt+7z1cjOheFR9VDiBskba8SyCTTtbXgeoGjEnHqSkqrBQqVU5/+o/s4FEWnluclXfd/pu89YKSv&#10;IwmSn6lfOxydxhSy2a2trXwOV6Flaq6NZdcpMPKGspJqNh+HhzB0kBxYguQ+7mD79gXyCUryZ0bg&#10;y5aFkOJbgmEXhl7Yf6i9XHyazjXt4WeFe3pi8+49q08/4Wm2tta1ijFyCU/FhwjAgJ9cwudiBJDX&#10;Hv4UKQStDsbOLlM3zTdL27r2TFJHgz2FhMsVQEU15kp4DMMTIv9SybhcLux/mb2+ObjC6/H2r07m&#10;YLRcvPti8oLP+j9+UNKsFPKQrIbwkITHFfORG3xIVCjEcPnq/OBKmZgv54k6ODCA6tF68PKvfc3O&#10;rt1waNfqseOGf38lruENWwW5SCzgCpHLGR2PkfM2jtICw5hWAcHS3deeFn/pl5/3rT4YwGJyuTWg&#10;pMLQbDr3MtYX8Yleo4YPMsBiSJ0m/TB3yPM9q/bt+3Xp+N4Ttvjn8TA4uYgnhzSMCHVSLldsSKdp&#10;+f1wdI6p/4qvb9Vbdu1tUBd/9Mcd2449rK7GCptbxCqZlMeFuMhtgIDRvADDE8hUWFVT4r0dY6fP&#10;XPvzsSwbI7rLoF0jXeFbIUbAtbbs5rdgrS/v9sYfH/Ht+7oyk67+umP/mgP3GjR5rVVsMcPI2b2b&#10;KOXOkasx/DGzVxJfXPlh26FfZvn1X/hjRLmMwnDq3B9XFHrxzJ3gyv+KrQNWUJN358rFwOQSsoaO&#10;pYkJUV4RGRVaIaZ0ccTnFKaIGA46JCJkcJdKsJb23q6Y4vMHd995niUkMT3dDSojbuw9dLpKw97R&#10;VgMnl1o4eTtYYcMSXxAMSKVJV4/5P6hplZJAjd+W1RrJRY+k3oQs8kQdK5/eFhyI/hmdUFEnx+Eh&#10;TSdi0qmUg20LAyvJj4qIrmOxsjLiX1qd4IhkZUVe5OnDB/fvOhhXKe/br5ubmzm3+M6uE/7ZtVw4&#10;hoIQjwq48svBc41YZw8TrarclJMH9l0NK7fzGti3v42sJic69EV5ZRMODyyEOCNSqJq9fHpTxTkP&#10;wjIxOMRMG4QhVct1sLno2u6du345EJxQqCTiqQztTj27yniZwUn5YnFLaWZGZUO1BC9U0wsJ06x7&#10;umDvHzt49k4E3qmL35DeRhVPf/x5+8GjlwsapMi42tJeAwAfv2X9zKsv2tw/CYEvPO4MFkfGahrp&#10;yevASo6NFImWbY9BIwfaaam4TbVNlAHr1wyxtrHp2sUBtESa9j0GdncyoIH6Ttukq+8AL2MaOD5o&#10;Ovr6+riaG5s56GO19d1c3U0hsmJ7wWI1rHz9+nmZUhCNJpZCt+46oJe7KQNuuPRcu/j1cjAyd3bG&#10;0eSGFn16uFoYaKl4jUKKhoNbL0cX516+XhaaJAyWZtbLt19nCxoOS8Aaegzo281WGwigaDl069/T&#10;0USSdPJCCM57wdw+Jjq2A4e4YjOT8jhKpxErN6+cZkd/g1OwSk3H/v36uBoSsWQDYzMrTX2X3n4+&#10;ffv0cTAkCjnV9Rif774dYWdn1bWbqwGZRNPRMtK07DtivK+7Nngk4PU8RvS2rchJqWGR7IZ+v/OX&#10;foawyuE1DBx7Dehmr0eGwRl69/DrZm1g7WIv1cDYuYyfNNKDBIErmzS6D54wuJ+ri4ensxENx0CG&#10;421BVdsPkSkWnfv39LS06jJwoBVksissrWskOK3YtXmgGcCFxxq6+/Xubm9pbmxDx2raDRs5oasV&#10;ld9UXavqtXbNSFt7y649PCwhgSRD3tIgpjpMWLq4H7Uhp6CQTXNZtOPs3E5UHEHTyFhHxWviY+hO&#10;Xt76/wnXCixdx4BJFteyJL2GDPfr4q6rRSJQaBaWtvp47rPImu5jhzoaazO09MytTPT1jU1NtTnN&#10;HMdeIwZ3cXXydqcpWlqVzOGTxnuaaFEYBiYWtjYmujQKw9ndS4silTJtB/b1c7E30TU0MzO10NbU&#10;0TexMoHkkZo65nYebo5mjZXVMrrVwOG9DJlMY2szEyNtpp6ulYODlRkdT2OaGOuJBM1UTSMmBVHE&#10;QIBTMlkploiBm/uOn+rnbkbTMdGmy3kYHV+/Id6uFkZGxgY6Ghia+YiJE9xNtQ0MdEFrbtdj0Kj+&#10;XUz1dYV1VWKmke+A3hYGuvqmJqYWJnpGZmY2Vka6NBJZ183NxdrewtTMyNzGxsXTtrW6gmLtPmSo&#10;r5m2pqaumbW1jTGTzDR16Oqi3yKQWnUeMKBXFzMDPRJig0OxdLHm19UxLD3HjfYz07c0MyRWVXNd&#10;+g7y6+ahp6tlbmOmq6upZ2Zmbq7/Qe5U/6T1GqXlz0MAjUf652H7IS03nu/kNd9gfeWDFeaUL/uM&#10;/iGjRet8MgJymTD18dVr2YSVi6fZ6MHeDC0oAigCnxMBdP39nGh+VFvywoBv503akY6bNKO/wdv+&#10;DR/VElr5349AY3H8vQf5nX16WqCC8N8/2+gI/wYE0HPh3wB6W5eq1vL49AKeUt+juxcoH/82OtCO&#10;vwQE4GLvpUPPl0AuSiOKwJeGACoLv7QZQ+lFEXiJgEoBmSaEBIrG78W6+z+QKTh1NY0tAgJD18TE&#10;4GXGCLAq+dgsEQohRHKhgMtGW1QmZLP3ZiMqiRCikZJoVMon5MSQyyQioYxMp5HA4xTsfT7SBLSN&#10;FKVCxmW34hlMDXoHw+RPGCvKgf9GBNDjyL9xVtEx/TcQENYX3jp9OK3q3eHRPwQDVlH0ns3rv/v2&#10;21XfbbwRU6jESGtK64TKdwpClbCZU1/X3O678Fbrqsag4xefZtZIJbzywpKywhJWy5sxQxWS9LAr&#10;tx9F8z4pmnxzWZb/4RvZpQ3seo7oo+0/gfLG+nquVNoS/yQi61U0eZW8ub6B3SL86PY+BFm0zpeG&#10;wBcuCxHLfZHaK+DTihKydYvekW/mU1qDcP5ADDguffjDcrGI31YEwrb4/FKRUCzpkLQCUgTAJ8jy&#10;o5R1JBVOBCKhAOmt44sMHyLD+XAC3lfzE8byxztFW3h13oPQLRLITyEDplCIhMK2WQa3HAGfD0kr&#10;kL9VEHhBIRYKOU2NQoRfVJDNAn4pJCKBsF1YKOXgTygC1oFwM8Bh75BhEtaTm4Gag5bcePTw53nd&#10;oq7fTS9MPbP9UhYHEWOIExFf0MbP0J1UyE0JCrpyNoTVguSakIqFfKH4daYmlby1kcMTyaFaQUZO&#10;Wkp2XQtCBkQXAj5t89sR8jjNXCSbhQL8GiHoEPg1CoTtVKkgiYQYKH8r9RM4jvD4iEMkuL/yWnms&#10;stRzv14v5CLkgZOgQCBuY3/IxAQjlckhq4dMAF5QbWmeVErk9RJBlAdZdvj9sxcj+GT9QdNGeTvp&#10;tj2lEDc8vnztflj2p+c9Q1n2X4TAF+1ToeJV3phpMOgQtuecflZvJESQ8WrrRUQGGQsx9tkymgb5&#10;nTJfpYheo+G5uNxxwVjXP2CZpxS2iPEUHCv+4Ajbaff1+03vbvIBCiY5tyF005ipS7bsOnz0yMFf&#10;t9c6feVNS9/R32nJTVWf6f1M1VkhxHE7uvccfFU6YGrPmh+0PeYX2y8Y70ZVKUqDt0/3GbHyKdel&#10;dx8XvXaFj0Ic8bWG96o6twWjnP6Y94GyOff8ZLPRF+l9ZvmYf+HbpS/vZRWwi0PvXrkb+Dwmq1zU&#10;WHz3gn+h0sjVjBRx58KRs/5ROY0WDmblqc+unb9fr8CJRC1Orl0rIi/eypZ6OWs+O3Pk/N0InJGr&#10;BYMTcPnSk4g8EhMf/eDCyYsBeRyMjYMdk9SBN+WtiaHPG8m6Fob6ZvZeHqYG7OyIs9cfqcwcOtkQ&#10;7p4+dPbqw4xasYmVXlbY/Zs3rz14EpJWznbs1UObm3H44JErj6NbyIYu1kYExF+PlxGRSXZ1NyM2&#10;hD0LziquEurY2NJ4jy7dvh92Pzy10srZVVKZziGYGREaL996QjO3lZVEH951KldEd7LTL3oW/uDJ&#10;/YDAB3V4M1cbg7Z3WVCXe+nU4Qu3g9K51E4mGkV5JU38kqBHkQRLz67W1Ijrpw9fDsfpWRtpip7c&#10;8H8cmszmcFKiwwMeXE9nUbycLcoTHx46di4wNFFmoFMbctM/qtSjp3tzSlJsSjZXSTU2pKUEnDt8&#10;4nqVXKNzb2+9308U8+UxEkrxRyHwL1jo3iV3yu5Nn3Q2S4kRJpyfMusmpN99b/mjBgmKxtxr3ywM&#10;4GHwFA1jF+9OjoZvegW+u2OVKO/ulKHzI3tuTq+tg5J9eWH41rGH042HjPOuqQp/nt0WKVFRkR3b&#10;IvIc188FPPshYhoQC45dren+W9dui7Gdf+rkzgmObzkhQpAdCET+WQriIvj/Uy59lm7QRt5CgN9Y&#10;EvQwXK5hjs2Puvs039ScXhAdmZSUVt0g7dyjp6o4NSI2NSbwTrFMx8JYh4GTZIc8uB5Z7+hoWBwV&#10;VCCjubtbxT4OTM/OiouIkhsby6oL2CLNnl62JRFhCTk1b/RFMR40th8v/uGWdSt/Ov6QbGvr4GZn&#10;YWxrb2/JyUuvbqL16ekuyIqNjI6PCw/lkFx8vLs4WjsYaSjzElIZ5q5u+tSooIiyxnZdKAQRIuAk&#10;xUlxMrJDP0dqxM3AnNLMh0GhBF0nTFFGUFQ5ncEQl6fduRHCoxqRuYWx8el2XdzZ+YkJqVkx4Xfj&#10;q2UOlpSQ2+HlbSoSyE+WD4kpNP0GuOUGPkio5kEaCz09M3srJztLZuGLZ/ksXBdn7fS4qIzM5OeR&#10;cQotC0nRs/sxRQ72hhlPorLLqwpSsw3t+3TT5gTcfEG1dHF3ctKmKlPCXqRkJidkJFVW1qQW1GkY&#10;Obq62GjQOsatQvnxP4rAv0AWvmvm7McePtKtOTQ4Dudz7sECG9DPsEpTYrJyizKTYp48fRZRwOoQ&#10;pB4LwShUzSXx4XGpNUgepVeFX/Ei9nl2cX7Ck/DorBp2TUZUYm4dkhyVX5MdH5VRKxDWZZ9a4jrr&#10;fG1yaGSG0HzI+jO7V/SzxGIUzYUZcYml5UUxEWHBoZGRVW80CzKu/sGvB2PJUw+sHqevljYGow5l&#10;pyfvHG1l22WAFaspKacSUXTKy4NvVdRYDvRx1CCqLREglHVr5dNdmzY9UEzd9cvmmc4Q8u2NAkFA&#10;paKyF48fP3kamV7U+CpxalM6JLF5/Phx8LPcl3dLKkl9YfxT+DAkLKGYhejX3m6KoBTWZyVCU+EZ&#10;lez2Wx7IK/XsKTQUEhGb3ojorvh1RclxaRlZ8VEhkXkNrIrkhJisuur8YHgsOjGl6bepW/+jL9pH&#10;DRtn4ew1dur4gT2t3Lp2GzttlINGvUjLou+APgwFXyGR4AQiHMa8z8iRPRxNWysLrtwKNhyxYKy3&#10;ZUVqXmZxE6e5sSIJMtZKjCx7DBzo06Pf4F6dHOWCVoxEgpW9FY0aa9195Obt29Yvn42Lv7Fx2/kW&#10;XQt3O1cXJ3NL517D+nsKWpsVMjleIGEwnQaOGT/Ut5ebnaORjkGn4aM8LbWVLa0kgUjenmcYsU2R&#10;Sske/Sb2dNKq5YoZQoi3RLB06DZ60vQBrrbEFh6obGOeBGVLdGfMHcXkN7yIKa2VC1kZqRkZJQqa&#10;uY/vyPHjRliD5rL9ygNn223QAB9nAauFIRSJJBAnimxoae3s4OHiaFCbV5CRXysSNJYnJpeV8gzM&#10;uw4Y7mupa+jm7jd58hRPJpmPo/caPtFWW8EWSWlCla6tsyecWXWZBBLNztMLjxcWZWXQrBz8+g9w&#10;s7PVJaNbvo/iz39n5X+jLJTXxe6e13fGDyfOnN21fHj3ZcfLhcrq8ENT+oxY/vPxa1d3rxzaf+pP&#10;gZUiZVvmCQKRJKl8tGb6oJFbr+dDhrjXpfD0QF/fEd+duHD49JXQpNhLc/xGrgsohu/zr68c6rfg&#10;el5dQfjTXBJBVRx+9WJIcsLlGZ37LLqSD1nnY39e0q/Pgj0Xjp0+teWrfv2WXC54w5CAXRBRUahl&#10;b2bwdrhjItPKxYtSVvg4rBqueUqfBdaU63RxNUficcKxUCXOf7Rt2eTdj6W+s79e1d/ktywJWXRa&#10;MwJOHzi4Y9WcqVN2PqmBwGXy+lj/b/7H3lnARZXtcfxO9ww1dHejgBjY2I2da66xa3esrWt3d3cn&#10;KCgooISENEg3Q0733HfugC7Wrrvr7hP3nPc+7+HMuef8z/femf+c+P9/g35c/uuO3bvXT582//SD&#10;PCmirk+6tWb62MW7ju1bNrTn0J+uJta957a0gjx1qc9u3Nq9bmbgqPFbnhfLEU1ZxK9Tes349cTx&#10;o+tnDer1y5liuTrvzpYh/j2nrdly4MCpiLzEU4N7dui5+sKdPTt+nT20Xe9N4Z+WYfw+P0xfa1Qg&#10;oQ+QhgSbX3gCnQHENzVEOllanvM0+ElyZmm9SIYDSs5kQzYdD9KkKUlG7Xq3qI+JAfcUbCjW88A+&#10;nabdoL5OpmwCTodJwBWnRYWEROaWVIEEhEAYt6mN8urC21dD6shGvh36bdq/wYcEHAR47kCWbKQs&#10;K+7u/fD8knK+RIknUikUfQZNIwa7j+BdnDQp5EloVHJJbZ0Kmws2fIdgqbSpBPHriMdBz5NKKquV&#10;KJ6Io7IYXDpBodTggGS0SkM2b9HCmqXISeLhSDiQUrC4sMrKr31rbzs6QQckhsIrgDzhO50XTW5s&#10;1L2gmMKyKgk4fgqux4PNR9AUAvoDG4R1NRWlYrJ37y4OFnpkAki6jVdqWHoMHbxcSSBQKcrqSPBT&#10;OCGzoqoe/NYF2U6BDcBSjUajZ+TakqOOS8yicawMmBqwzfo9fgl+rWfxP9TO9/gYaEQlSrdDu1b1&#10;BTIz9hzFvS0hVQQajc5AJHquE3cdCj86qVXW+TuJVVIUfDpQtTjx4sqFa+5Sfzx/8NcAMKn7rRAo&#10;bDYNMRm+L+jKsflt2AgVYTO0OkcECoONMIgaTuc520Yz6MyuK6+dXtyeo62A/cbEkRhsFr7WtOeh&#10;S9cerfXVC9l3LbfpQyXkS/h1pnq6tA+39fC6Fq269tbJyAyN4QmKw54U5LKH9PAzYGAbMjiNrD76&#10;5LEHZv7+jJhzJy68EX40lQOnJHAsdq9NIY8fHf9JL+nmhRt5QN513+z5T1r8fCXiyePHEadax04c&#10;vji6Xp3/4k7wK0qbIQt2nz2/c6grSfm+mhuYYKICAsdn7qbHEaeXsGNOnXqQKtaIitCWp/av6tm1&#10;k48VTXRv+/M6Ip1Oo+FITj1XX7l7Zmpbe10gmqcWek4PevLk2FCO5PbJ8Pr/0Kfp6wxVAw6EiUXg&#10;UIlSJpbK5MDfoSpZbtzrpHKcd0AHE4ZEIBaKRdipE7VcRqLRu/cZ6Y6k7g/KNnK0b+Pv26F1GxMK&#10;kFdSgNkUkDpJeB5TjDdq09GTpq4RyqR11SVVfFHDLz4ggZkffXP3wfMRL+PCY5PrOaaW5jr1Vclp&#10;GdmJL+MyRcYd27XSQSv54EwLOP6iQgiIuLgwqygn/enTJJaVe+sWXIUUuNiGs1pqmVSJSqqeP4xU&#10;m7bt6maolPDAuRUZOA6j0YCDLUDnUKVWOPp06tHC8sXTR0Uqdmt/905t2zibWQNJCwWW+xuk4laI&#10;hDKQtF3bnjQxLLxSZdK3qyNJXV4vAoeCFCBbd13565SsMj1zi7Z+3v5tW5tx9PFqpUQsVmpAll+p&#10;BJyU0ShkMqWyKi/0SYaBTw9vCzJfUqfSSIqyX+WX80ENBMc0JwsiEt8wbBzx0gKQCp8n+xPn3b7O&#10;PYatfHsEvkdfSAIJ+k2yzuw/H5tbwVcC3SCQ1AX8yNbgLE0dDMEtIFmTWfz6ejl4BcFr5LWvLh++&#10;luzg2rGX/Se2DfBevnbYyyqQg/qj2wc+tSIZdsYOrECh71UAh/x0PexNAF48yxlHKah779g7nUlh&#10;sqoEAq0Y7nsFzzZr1aEXPas8OTMjJb4s37BHV28zLPknyCQMxHzpfTaeOLVvzWid7EuHjtzhffAR&#10;Bt8hBDLV0x1MGGUUuj4QaqqVS6qSIuprfQO8DbCvLLx3rz4E0rOwFJxVy7b2pPQj0zsPWBZcTvbx&#10;BAtFTQ0Bv58RXT1XBx0gpmPTytZTGpOUWi+mm5oapR/ZfTGhsEqgIlCZGFigY0C0NrPW09IB6jso&#10;4urnxAJLtVQ9KxVSUP9JIaxv74PwDVlEYRraOzlzqEQ9C0eQc5RE5Zhau/h29rNn8x4GPSE5uDlZ&#10;GVo62hlzyEQ6x9rOyUDftEtPj/qsLJP2vS1E+dcuX68kskxNTRycLZkMHU8/H3ptyuOYHOs2Ppb6&#10;+NzspLyymsbTxyzLH2ZPsteknjtx6MrTDM/Og/3cgOYTIT0m2apNe2t16p2wRN0WrR0t9SwcrPSZ&#10;NDMXew6Zl1lP9e/sVpQYksjDt/BzZlMbPhc0S2dbIzMbkIiUn3gzOB/fqrOzDovr4GYFQgKNbW1t&#10;LHV1DC3MTCzdfLyMGXwBxcTPxy7m1tWY0mqOvpGtk52JIZNM57p42rAalDEJtJYB/pT6l5eeVXh0&#10;9jXX17FysDU3dXCwlKYm5Fi2C7Ch11y9dKdMgTMwtbBzsgQpUvWtbexsDHBktq2bFdfctYu/aeqj&#10;i8moRbvWlqZ29tjQC2ttvNxN9Gm6du1GdOrlbQPsMlFUpxeUwYf0G3r+/2+mYGp0TUpyUekHr3zD&#10;/9QICi4EIvqtVoUrmlgpS97TioW0/OFMnhLNO9GdYuh8uggtvLHIHec549obUDFyfTsu0u/0G74K&#10;jZhNoHB0+v40q5uJYa/NqdL3B5u01liH0ftwMfaqsjBkgx9iP+JkKvhH8sEBVkin3TFARu3VUiaL&#10;M/h0NaqpeLmzI2LZf/9rFBUFT+uqYzTyfHo9itZeGKnPZC580bRpReHxUS0Z/ktfVn1MV1MTd3Sw&#10;Obf/lGUjOxnaTTyUJcCkcVBNxBwyw7D72TrwZ3Xc5oEWRKOO2x8UKZs0oJKGTiMyLX+8LUFRXsye&#10;PmzjIeviZbzrnexJA/dGC8DvbRSVhCwkcvRXRQGnJSmMuXr+9K5pLc2BFKvrwiuFDTWwoq5JPdoL&#10;MQnYkYD9q+jBiFZk9znX3jzf1YKKtJlyvVSFpuxrT7XwuVqJZp+c4UBqvfhBnvbCrF3OJtT2W7KU&#10;Gnld9DJPqn37E4Xf8AP0bZqmUsqEfIEchEyIBVjcApBYEQoUSnldRWHmm3xeXZ1EIhLUAckUFVBu&#10;FvLr5UACUCGqrKySa1B+WXF2Vk4dWA9VykEdEF2gkYvLCnLeFJTU8fkgTINfB6aFEu0j1VA09ZXF&#10;mRnpWXklQhChgKLC6pLiskqlUl5ZmJudW1gnEErEQgEfxHKo1UppZVkJjy9ViOvy32QXlPEEQgHo&#10;XduMSlwnkAC5Jml9QXZGfhlPKKgXi6XgQmCdVCgQiWVAMEoIZDDVivpaHl8iV0oE+ZmZxdX1GnAt&#10;XyCWKNRKGb9eqNA0WqdWSEryst4UVQiwpiRCvkihUPCrSkoqqsBjL+SVZWaBk6VyEFzB5wsxXEIR&#10;UIUBk0tBnZZefWVOVlYxrxa8KlfIqkoLeHVCEV+IhSipVEA9BkhVyEX1pcVFdeKm3x/f5kMBrfrH&#10;CXwH80IcWLFsOqFTl+UXoYhFQIANMefKxpcICd+4o/Gp3xtgU4PZZeyqdetGuycc2bwjHTsZ88lC&#10;oOnq6dPrxAVgW42fkVBRjhDAAiuCcE08NXgyjYXgwEnPLw3aJZkNmT29Re3l5cdDGzoURWzq0bPX&#10;5mdg9ojTsfdr14379NLR2y/1+3RsZcZ8Ox8FAvCmWOgHTt+z//gRLlWRhy/dyvrdX7SoUknW9+2j&#10;bxh563kxNomUhl25gqKDenuJY0/9MvVModeYuYcfnV3gRazNLZOqm0x88UQCUp0fcSkDXJMXkZWg&#10;79/KiyrOL8QjVr26mBJSru6Ix5EBgf/bb7jvuGOghQlSowC6FDoLSEHgCWQmk0UiknWMLJ3srbk6&#10;OjQaA+hR0kiYGDyTDaaHBDyJYQhUGnAI28TcwdFOB4j0EcmgDhCdxJHpJlZ29lZmOmw2hUph6xiw&#10;GdhCw9uC4xiaOzm7ONqYgRAk8CJT38zcxJBIJBta2jrYWuqwmDQ6kwXW/sHniEg1NDHjgikYXcfa&#10;3sHKhMtiskDvWFM4Al2HRQNbjVSOlYOztQkX/ESk06ngQmAdlcli0ClkKpNJp+DxJI4ul00jE2ks&#10;aycnc30OOBJGZ7PoNBKeSGFzmKS3OWWAbqWZjaO9hRELa4rGZDOAKiPbwMzMyAAEHDG5Jk6Otnpg&#10;0YdIYrOZGC4mg8mi4Agklo6WHsfQztHRnKsLXiWDM6imVlwdJoPNpIGtRQL4zgAaMgiZwTE1t9CB&#10;50i/44/TFw+teX+ZgYVDFKmO3hro4tpYei4/X+49a20fo6fz2jq5dQ116OBcV59VWo/TqKSoVKEN&#10;HAYbCxJEpo1fBnvxEjGdyNZpNWlCf+T86QOPmu7rAclBiQTsX2g/63qOnQaMtHy4rZ/LhFXPRUpd&#10;RA5+l2sQsy7DvOtuzmobEHA6E3hkKdijB7XVYKNE0hAID6KmQStNtAq1C0A6bcZduLrW6s5iHyfM&#10;cq8hq3T7rhzihon34jlGTpa2KnGNzKqVn7cDvfF7S9tkYztkp54T54zzzLl46mJoTpNTOWqFCuyY&#10;YIuh4BgFZoFcJsJbTL9wamL5qQEuzq6uHj/mj3kUudmXQXNo38295nJnezePbtPOsIdsXTzchv3b&#10;wwBC+RUIQcxPW9fH1W34eaNJv84eYGvcfsaKLuy7U1u6efSPsu/gWFObXcbHgRwASjBnaPgZAP4h&#10;Abs12vBskMcAzEOa5A344ocSVoQEIAFI4F8m0LzzkYLFlZoSnhCodL/N9kLmGJoZ6+Lqy0prgJou&#10;jsPVxwvFREMTjkZQwZNSuVx9BkleX15Zj9cz4zJJitrCSjHDwNyAgcoElWUCAtfQkPUuPE9RX1zB&#10;J+uaGbG0ge8aqaC6vIqvJLP06YhCiDBNuGwKQSOpLqyoVyN4XS5XVcNH9AyN2CRpTWWVhKBnrM8k&#10;IeKqkmoJ09hK76P4d42gvKRSKMUUtglkExsbVuMpP42MX1NVJ1bTOEb6OjQskhkUGWYq3cCMy9C6&#10;LFQuqK6oljG4hvrgt3DDU4PKagorpSyumT5dA96u5ONYXANdTAtKWl5cJgT5SXAkXUtbw8a8AjJ+&#10;RUklX43iCBwjKyPOuzyS2FAVwqqyehWdAjR8RUqqnompARgJgshrS8pqJeCIIJC1wwklZCNjlrK+&#10;olrBMOLqYtHKSkFpRR2ebWrMIaLy+ooKMU7f2ISppQcLJAAJQALfLoHm7Qu/Xa7QMkjgLxJQV+em&#10;pRYgPgGeDaLSYC8O/AfLRw0W+/8wrTWqKkmPKpBwfFq1oCFobUlu5pt6PSNaTZXKpZWr3rvFQFST&#10;HftIwHFv6WRB+EySJHAiLOrukWcVxiOHBdoZUdTg5x7o/nczKn1J0mwwkt/Jb/H5d5VFySmF9bRW&#10;bZ3ASe2GnHR4PKGpPTW5cRmVKlcfPz0YL/gXn73/9GXNe430P33r4OC/TwJq3pvXT0Neg8jQhlJf&#10;mBcV+iw8NCKnoOqPN6RxmrLkp2Ev47WX4+qKs0PuvgATfEsLLtgm+w0YqsmMvBudWvw7ibKlgqIX&#10;wRk0I5OajNfhj8NePEuo/t2s2MqarBvHH9eiijfR4UFP09/PzN3Ys1JYFXHrUWxSxSdvnaQ+69b5&#10;sMpP26TKfx3/7FmGRCTOeBEV9ij8dVIeFmzYZEg1OdHPIqJq5V8hH+/3+WTBUf0uAegL4QMCCXxb&#10;BAgEEiqtSYiPfp1dCLZbGSyyoKakpJpPZGB7xzWF6aHPX7xOy+DxZSBhdkbc88fPXguVIB0NH4TK&#10;x0Wn1KkRKpmMU4oyM5NK6+VA5AgE2jDZdAoBV1OU9fTx47jMApDEBUSgUyggFrQyNiEFnAzl5acE&#10;P3wYlpApVjY4XPmbV88TS0hunk6mhoS8gvxaNY5GQ2p5xa+iojPzeW/zEAlT4yMfBoemlNSUZyTc&#10;vHQxKjkl7snDS9eCC/nvkjdoqopSgx6GAJUJflVxyOVLD57FyzSa6qKMkKCHT15lCOUKsPmQ8io6&#10;5PqVc+euxmQVg94zk6IeBofEZ5fI3/o7kP4BpArAgSBHMS8jN6dCKgchhdVFhYmxz57FJNRJVOAo&#10;EThHA5b1M1PjsyvEajE/MTI0PDoLDFZSX5OfnhL+LOxVVjFMhfRtPe7fjDXNOjf3/42itDwtMV9I&#10;Byf6Gjfz/m+WwI6/OwJofeHru8Evcnk5CYlFRo62sqxndx9FZRVVqnUtLdmC28eOhySnhN+7yDdo&#10;ZShMvnXn0cvYNImRNVeevG3dwVIpm6sHzk8x1OXZV8KT2Tr6ar6MSBEmvCzW1Vc+uXQ26HlMalaV&#10;haOrovCVlGleHPvgRlKlhx09+PjR0My80MdRdGtfNzMWgooTQ+7ejMgytNWtz0iKTUkv5Sn1rAxT&#10;Hpw8feWlrqO7kzWWPbA05s6h84+SUhNeZJTRFXUvIxM4Lg6CtPjYHJFfj85WOtgWubA84+rRk+Gp&#10;mcVVAjJNnfDwUZ2uTWtHZsil08FxiSFRyWwj4/zn1y7eCy8py0vNqLJt29Fcmrj/0LW8N5mh0TmW&#10;nj7mHLCFry5KSSuVMR3MhXev3U2urALBgqZccujpU8FJCdHRCTK2gxWtorgGpQlLT90KZ1p7qd88&#10;uvswMiY+i2TngGaH7Nx7LaM4Mzwqx9yjtQUHbmF/d5+bvz0g6Av/PEJVbcTZ9cv3R+q29ncxoP/h&#10;Ds6f7wBe8V8moOHlxDzNUI6cOo70JrcejxYmpZq0GdrNjvY6MVfEz0quNZv9U39edIhE31mYEIna&#10;B/R0lt25+cbelpCUKBwyc6oJPz44KC6rltN92BAPhjgtvZrDpQp4IAvNm9c8nUk/T/My5jA5+sK8&#10;5+HhiTkSw5FTRrnoa0Qydqe+XeVxz8upDp1ByCmOwiIp6qp0W7XRT4mpHjx5HKcyLatEJOEVMRy7&#10;jOjfDoRrgCNW9TXVOtY+7VuYZkWmW7T0wEuMh/w0gC2oJ5n69Ovp2RC6UZ0dGRyc02Pajy5mOrq6&#10;+ogAZ+/XuaUjVaJk+ffooM5I5aNUfn4Ws2X/icN9+KWcvhP7ckQ1FK571zb22VGxDOeW7ha6INlF&#10;cWpqkYDi4m7M4lj5+diXJ6RqqOSC7IIWA8e2oitz+TQbc0UiWExOkbULHNfDHrl35rZp15EelDfB&#10;kQJrbt2rPPqMuRMFUS/lRs4t7UCDsEAC7xFo3mukSlHukxMX7iZU/MUcSmjFy9NnLz3P/yj9y+8+&#10;JZLkAqeFB8e2JCoFjcmsPl1dXRZ36/yJsAKpSqMujTx59tqLor+kY/pe60pRUeSVs3fDipSIujz6&#10;0YULT7PrPrk184FN9SnXLp55CNRqfmdoNRGnDu/aCcquI2eva7eSVNUZL2+fOHpw727s5Z17DjzM&#10;bGClEOaEnrhwL7GRvKTw5d0TB/feja+B6az+7jeMBkGZTjYt3O1N9UFYoYBfQ+AaWTs42BgZ46oy&#10;08sQcwdLc/dW7i2NKLKy0srHt6/eDE+m0rBsnKZmLqbGTI1KU1RRJaFRLPX16UQcltOdRKGQlEC9&#10;HjWxNrEyb9mprYONrkwiK6ioVLF1LHX0aAwjOr726pGTiTm1DGpDsC64iMogEZVAUpBrb2TuZA9i&#10;bsQ8lGhrb2nBojaceMYbmZvXpj09e/Z2FV+ORRBS6Ew6iN8j0+mMdzJpBvY+AV2tQw4fepFSTKfq&#10;gIVZGoXGYBtSNbW3z5yPfV1CJBLpDGtbUys9BpVCBhGVBD1LS0lBzNFzV0sECjrpXQ5VIOKJY7MM&#10;5BWpl45eKqiQkElUI0NHBwsLQx09EGUJEvaWV1RXI3hLS2M6SVFUWHL76tnQhAIOFadG9V0c3S1M&#10;uEZsDv2Lw4D/7p2E1zcrAs3aF6LSqogtU8Yvvpz24XZ5+bN1K+9myRSC5HtrNoVXfeaWoJq04xPH&#10;T9734rMR9p+8kGprWHhpR3CmkkBvGrT8UV1V8vn546bsfAGyvckTD0weP+PYq7+vGiqtenVo+vgl&#10;O+KkiCrtxIbxE7Y+KfwoMeknzC65PWPihFX3Kt/T/m1ST551fP3UBYdDM3Nyc7NT7u35ccSc3REV&#10;4pLgQz9PWXAoOD4XKxEHJk5fsOpJJQjSqHy2acqEpVfTsc2l6oRTy8cMmrnzYXr11xASblYfoH/A&#10;WCzvCkIE6adlMhUCEukq6viVZaUV/BoVyKzGQSpLagVFOeVFfDWZo8P28m3Tu/+gHj3bsHFKlQqP&#10;Q9VKpdqjc0B3B8bLF0lAlBfT/FUplGqiLpOG1vBqq+vz09KLKutUeHLHIUO9yHXPYzKKXgVdfPDG&#10;p39ncw4qazx7AiJUFUAelwiC4+vK6qvKynliJQHLuqf57cNW++Ds5RS5nn/bljQcyAmjkIjrxCCh&#10;jFoCEsy8O8KiUuINHNv16eNTlhT3JCFDjlMoFbLC+PA7jzIcW7a2MyEpZCDRKAEPMiIqgBg2yAYl&#10;CjlzNrxCr4u/DwcE7L6NUAX94jTS5Ij7T15L/QPa6FKx6zRq4O2BloZcpdKABKyWrTqMaGceFxZT&#10;JcJxuXq+bTr2Gzi4cycPCqiiwaMauVyp1H4CNCAbzj9w62CTzZhAs/aF4JQ5mYnosD/W4SRzLK1N&#10;DKlktqGJhSH984Mk0ikMHUZTedMvuJdkyz7dOvYYO66Xs/HbyL5PXgV+/XI4CEiMAdQwSAw8S5fF&#10;wmLp/15h06g0DpaCA6w/EelMHQ6DTmd/QZMEKkeHygKxhp88FC9I2Lji5yvKyQdPHjl44MDhk2eO&#10;Hw50ZoHTFgQikURrNXb1/gNYuXxjBmv/+llHX1WDxB2APIfNJiC8O3tn/HJd1WfD8auLepo0RD/C&#10;8jcIAAlKkNAHBB6ABOlktpmXIyvuwYnjdyMJdi0CenW2EIO9tIMhcUUEhlmbTt5MDS85KRvE2BLI&#10;2NESEIEBFEa4puZA47ks+9mr7HIGA9x0jRKluHp6GwlST+3acujMtZwqCYlMMLTw7NXe9tWLkPQy&#10;sVRUWVhSriLLEXyDfhc4qoJD8WSunYMRqfDMsb2hmQprL3cG4W0kL1aHoFHJK3nFZXweQlGQ2Hok&#10;afL9sGSqPq0o8d6r7MYUvCD+NvTBveh8Ho2pb25hxCDwYmIiS4QgF0R1YWWZnCTFEUGMKyb5BD6u&#10;qvq48MhkGaquqy4qqq5Wk0Esa8NhFxAGCw4VEUFi4eq6EuCcETJYodCAszTg4wVGjh2SRVEGR79L&#10;b39pUWR4rrxNRw9cfXFSci5fgRLJYDSgC5BwBihh4CoLEpJzShsPCf2NOwUv/Z4INO/9QgU/9fbu&#10;IEGnEZM/0LWX55w5s/vIvqMXwnIYA0b3tSCVvriwftmd1Nrou0fX7Tx+q9aojZe1DgkpDNp4McNz&#10;2NyBFgnHZ/989BXXo5OtTqO3yL0zfd66SudAby4OFZc92zl+3UOSe4CL+vqeFUv2P8pMjgmuNe3l&#10;bUlB0k6MXbAntyr3/IrDYZR2XcyiTq2et2LbqVw5tyoqMtG4z4KBzpTioK2XErho2cn9uy8H5UpN&#10;vLwtaeA5EsYsmj1/+96j56/eCaO3G+jMrs28v2Xm8Wc1udEXl288cKuE5uTpYIItNxXfGTVxwdEL&#10;tx4pdAzjwwqMA8cPsy8Pvnwjx9DF4OHxXfuOnb9D8B3uro8ZLyt9smX0T+tPnbnwuFDXy89RD6x6&#10;Vb/YezqM02HmhDaSoJUTVl+UO/T0Mnp7gqDmxYJ5G2u6rT8ywQv88AeFbuLu39rbjKEqfvnwWmiN&#10;+9B+nW054KuE28Yw69DBByYDZnnU3tgbpmjbnpu1Zc7uMv+Few/OCjD43Z8G39PH5h8dC8hjpmds&#10;YmHJBYnLTGwcnN2thRVlOAP7AQO6Wurp0Yl4ELcgL0FtfbsEdHATleYUihndBnSy0GVxuCaWVlw6&#10;lc42tLaxt2URVBRdC3dXezNrU0MjQwcXNxM2WlheY9O6YxdfVzaNpmti42xvjFMqLTzb2jPqC2op&#10;7QK6t3J3NDTggKTrIJkZU8/IydPNXJ8Mspnate3Wp4Mbk8YwtTYHGSu0HxKqmamOhFciY9t1C+jg&#10;7uFppqOREbi+vp4UVT0Q+7XhYkLTdI4+kyjMeFPn3aVnj44t9cAUEkd18mtnwxAW8gktO3Rt4+Vq&#10;Zm5haWNmZGTMIApRhnmnzt64qkKQvzugZ3dXOysdFugOJJWjcC2s3d3tCaLSOqJZ54DOniCjt5mZ&#10;JVC257D0TU3NTAx0dE3M7JyNqQoN27qtl31lbnod2bxXnzYGDLqBiZm5mS7IDGdhZwGWNQQakCpD&#10;53Oxlf/o/YWNf6MEPsh4+h3k5kYlsRs7WjqO2/MkPPzodDey54CgSk3utflOCK3D1N2PI68tcjXU&#10;77ghrgYk5302i8qymnQlJXiJpaGR3/qgUuFvPASPZpAJRlPuFKMaWfblH9kch53RVS/3jGnpPWDz&#10;zeeRB3/gWlotv18qU4RPBdoXFiMOBQeHx2Sm3tzQVs+9/9oLQU8Odm+pT8KNvlEpVkge/Ygn6DiO&#10;PBwUdHxef3u9Xptf8FA0+8AgN4fA1XeeRlxZ7Iez87+Sp6l8saUNgnMN3BgcfWddZwcD95kPCsQo&#10;mn+uvQPiMePS4/snNo82oup1HH1HgMrC5vczIjtN3X3u0ZObC9oQLLz2p6NAsOrhXDcPn+FbgoKC&#10;jiwJbOs0+nhEBehrm60hLeBATtxeN3Om7o8n39S8y8SNKuL3tDTD99sd91t27kYMole7JlhTO6wJ&#10;LXrLJWG1Lpsz9lxB4aXhCIVtYmWIBYRbTz0cC6yE5R8iAFRDQAGNl8WH7t9+NOjBxUUzfrkaUwBe&#10;Aq+D/Nuf6fcTbwDJw49qa6uBdn6vIUyB5JMFXAYu/C3Vt7aRt/b+dgVYqf3NmobBgCnex7ZoL218&#10;U/2ZTn9vyI09NjTyjtsHlmMNaPMXwAIJvCPwPa5oUdwmnXwaOYO4dN7MTTfzyLyMMqB+SgDLJBYO&#10;7Xt29x86aLCdJiousw7kaAMqn7Ky63N6T7miN+LAnYW9TJssYrK6jJ+uI7x54XmlnB8dfJ3lMG1g&#10;KwOPkZvunp1R+3Dz1K1BfLA7XweClwhkEl2/Te8hPXt2asWMD7sbb+o16YfRvbqOntjGkIp95LAV&#10;Hg1K1WkTOLZXr8Ah7c3EKUkR+RLEctiuu89XWO9dNWfFuQxSeWqhCKz4EEmIsbV/tx6tBwQOcaem&#10;vc4olyJ5IWsSC7tOnjmye99hA3q101U2bsuBbyG6tWf7Pj26Bs6eOqA6Y93DeFnl82sneOjk1Qt6&#10;9eo1dfYkU9LjiyEJ9QiZAHZkXq7tFri21HtTxI7x9nq/ybqicjmi1tCplN/PKqL9NacGR2rwEpkU&#10;E/uVC8pFzt4/jR3FOL9l343kmm/0517zN0u7XorNxDgm5hRl5vUrT/S827b3NAcvgdc/nwzmE/cT&#10;rL9+tEqurYaF7332/mN3+zPlg2w4Dda8tfe3a0Ds32+tNyaewXr8qNXGkTZk2fl0n7835MYrGnp4&#10;x+2DdrAGPr1Z0PyfFTiCv0rge/SFsqT9k4f69L8+eMf1/dM81QgBWwnBkljRqNocVCgV7FCoGiVD&#10;wREBQUVJSbkiK7f6XSLSBpok39m/9lI+vRGcHhVyg2A+ob81vjbm3JqAbjMKbWad3DXVWh9rFqsJ&#10;PlssFpbls4ZXUJRrZG1qrgP+QTfRAcq/b0+tgc82C9PTUALlALA2qSLQkIKLC8a16n2o9ZJzJxb6&#10;E4gkLFgRqw4O02GicBoyjoiCH7C4yjeva3EabzdbrCumHpcCPKvWQjAoIouuzXNq4dIShJHFpxSU&#10;ZKcoWUx9ptbV0XSA1ml2fpFAJcd0iyW8gpIaXEoa7/2vNpKJFVAQyC4qVX3BOVcsg5aTlRlIOY7Q&#10;XLr+evru9hWDutmXXD59/XnZnzuP+1ef2f/wdXQTx7E/L122csW00QEmjYc5/8M44NAhga9H4Hvw&#10;hcAT/TbHQRBJ7MPLr5M67jixsIujAZXQ5OAkNhvWuhCt+9JCVKspxna/3Lo/Vxl3dvOdwvcjDgh2&#10;fYcGyINPzt91h2MytbcDvjrr8eOrijZjly3s5auPbbb9lhMLLMiAfzPYxsYWlbxqHialpAaSEe8l&#10;zWroHohrgKkVmcLPCb8S/cJz8e6l/VzNGMQmXb9nJ5hSGlo4UnGEjPwSzGJwCA8cqGt8AsAxciXQ&#10;jwP/qijIBGfqXOwsjC3tcUqFvMGrqRVymcbKFGzDkIEqIYEw7Xb0breqG/NPJjY9RYezajPJwiIj&#10;LaP6rbg9qpQKRUBHvKEjbMrQ0KEm9tFhuTrA3Q6vQdUIg9PRxZJNcw4Y3rW3efivuy99jaCRr/ds&#10;f5ct4agsrp29jW7DLyBYIAFI4CsRaO6+EBy0lotqSvMKG0tptVBJZLJpSHra6zcZlw6vjSeDGQw4&#10;+6ZRq1CwZaF1RkDXAtHqKYE/EZW6fctuPWavHCELWjP3Hgjba1rMugzqjjx/Fms6eOtoWxyiJjOY&#10;9JqKsrzc2FNbHlbWgFZAMxpwjF0J5JtAoZm1bx/gmpF273l8YebNbY8Kgd691p2ADYq3dYDsKfBf&#10;oD6BzmHg32Sl5+XcPbAiAi9XgNPowPOpEHD+u2FdFbMTGItz7bHQnBt56UZiYVb0wytXi3FEnFYW&#10;CUfE19y/futJalH2zcuhTL15vTvQjTsMGCipPXzwJiASdvlMerZHv07e+ohSKVUo2jp6tJy2fa3b&#10;m3UjDryW/eancZYTTq5rW7Dlh1/vvMkvLMxJOb/Ax7T1kLNvFDQSTq0Q1pQVafmmHN51kqk/e8Fo&#10;K7A622An1oh+u6kjenkRn+8+EZzH/4uhnl/peYbNQAKQACTwVwg0b1+Ipxg4u1shoat7d2ssP2y9&#10;Veu36Mi8AaQHiwcEbiStXjnCwU7CF1D1LJw9nC20SaEYxo4e7nZ6FLBnwDBv4eVuziKSTLqPWdhN&#10;pYxOKnyfonGXMRO9/PzGDmmHLYEa+fy4YN0o0oslA8YEuXUd17E9Q1aHauigEQ9LHe3clOo6dumu&#10;tb5JG0Z221cyvH+nLl7WLCLYo2Fbenq5WXCwQAiGob2Xu5UuwrAZt3XBeIvYrUN7L+QvXPKDl6dM&#10;UENiGjm4u9saYIdMaQa27u6ORkyCGnGeH3V8bM2Z4QPHbZJ2+bW/u4U5OOmHYxqbe/Sa6lVzfNqA&#10;vnuz+x6KXu2L4Nn2ow5GbPJ4sBQQmXaZNjPk2tLeFuD4O9fNo4WDAQiH9hyzZKqxYeTz5PcCrKyH&#10;h0Xf6hS5vm+Pbt16D96dYn8hJHiKE1WjZ+fnKn+87gct38F7iL88L9jYGhxip+jZuXs6mjQKDbuM&#10;Xjh3ygDOq1evq343mv+vPKLwGkgAEoAE/nECULPpH0cMO4AEIAFIABL4xgk073nhNw4XmgcJQAKQ&#10;ACTQLAhAX9gsbhM0EhKABCABSOAfJAB94T8IFzYNCUACkAAk0CwIQF/YLG4TNBISgAQgAUjgHyQA&#10;feE/CBc2DQlAApAAJNAsCDRrX4hKKh+v8PFu4enm4owVFzfPAeuuF/05BaaveJuUJeEHR/kMXReU&#10;/6lGNfXZ137y6TnjXAaCyF/tnB3QZeGt7Pqv2D1sChKABCABSOCvEWjWvhBRy3ipCVny9stu3sPK&#10;yQVexYcnLzrxovYLcon9NV6/exUqqy1MSkh8Uy35ZDWVpDIjIT6jHPhqDT8/PSYms0LcENr/evfM&#10;62WfUxZEMg8tvPqm/u9LH/4DI4ZNQgKQACTwXRBo3r4QEyRDaGxjGxcHrLTtO9rOGIlLyxFjSu8a&#10;hUKOFUVDkjJQsIQzDS81JHbRvqZ6V6shYwpIUAPSwqgaXla8vRSrqWm4uDHFTENlkO2soQ8s2xrZ&#10;pt/ql0Brd7hzY9Pv3m1oGqjgIGQSAaScoXbcfLOo+OJET32NKnmba7/VGcViYNRHvaDq3ONdhyx5&#10;klStBEn7v4snDg4CEoAEIIFvj0Bz94UgYaZGIagqrcRK6vMbBRW6A7v46dHl/EcrjMysbWyszWyc&#10;Ou1PAHISyqw7M/s5mVlZWxgyfWafLxAA2RZZ7I4+eqbWNpamZp7ttz6TqBFB6NwB1o79xo9p4+1s&#10;bsgJ2BcrAPlZUFVN7Mk5nkZmFmZGHSZtiKkGPhJV8KPXuThZmluYm5nZjz1bJlOUPNrczaTTvFtv&#10;QO5tcfLJzn6ultY2Via6BgvuSH+bqgLZUVnU6rFurlOu5pWGb/x5d06pIHJVV8+fH/OEyRcWtDAE&#10;vRj7j1v1SqxKPrxkV1ymMHVPX7cfrhS8nx/u23uYoEWQACQACTRTAs3cF+IJZISffnx6Wz+s9J19&#10;S9hpfC8fE7Lgxfo1IWN3BUU+ebhtIOX1nlnBJfLw0wfCK9vse5r5+uoko6gL9zLqlYWXVix/2Wfz&#10;k8T4sPXt+M8v3ipDKEQCoizKMhl5PSW/9MIPuUs7zouQyQvurhk8N6T9nXJeycNWuTfXbA/hywv2&#10;+AduNZ8ZVc6riNnlk7jvp/tvsOydWKZRIEdRdG7LRauBGx48i7y5sovqyMgdSUA36reHBGi3gbmn&#10;XMLquvrUbBM9WudtcdmH3GPX9J961+dmCa/scaeKB0tW3Lf8+cgSDxuq56KwwuujbTCRDVggAUgA&#10;EoAEvjqBZu4LNWo5otdy0d2G1NGFCec6ZG7pNW5bsqTFgtPnRlfva9t/zLrrBVQKEWTQ1Dc3lSRd&#10;Gt2y25ayYdvPnZ7aWo9ENTLmiK5NdXOaGuQ+++7RtUMtEJkSrKly27Zw0cUjZP++fQnkiw+f1OfE&#10;P6vWIVvyIsOiC2nk+pSEmJznjy4L69oM7AhE5Ah2Y29mvro91Ekg1+b41IAJnMWIzUcXuqZOHj1s&#10;ws4oJUL8vII2tl6LQ9UKhSQrNqxch2xbEx32Io9MFmbGRWSIBTjgQbHF3f/PFuhXf+Bgg5AAJAAJ&#10;fIMEmrkvxIiiGoW0cfXQpN0QFx9maU1R2omR3q5Dz5k+eJ1+bZGHRCqXE8jeI6auWjEssCfjwZRu&#10;Xh695z/IUJr0WX903PDAfr7VBzu2cOw07lBivYaKea1GlVGWDheshVbVCQgEkqK2+PqutWvWnMzQ&#10;bdOuk6tCVCFXKrg6nI8FR3FEKiqOXT3Q139h6tLL8a+ODQG++PObfWCK2Phg4AkEVX3ZzV1r1qw5&#10;9pru69/Ni6qUYeK5cKfwG/zoQJMgAUjgOyLwHfhCHIHKfLt6KMiqK0ctTZDM+HgcfsjO9b6MotjH&#10;RQiZTJaIk5NLSQHrb94NDzu/qhMr6ei1JGFO5IP6AWsv3wuNfrAzwImXevVBST2VSiWIUjMKsbOg&#10;2XFPZELHDq3NWLp6NJrNtJvhz8JDts4eOLG7t2+XLi448vOoFAWmyVQVcfjYhbQqKtgKBI6USERL&#10;UmIq6/1m/zLKXpV8J0WuQoGs96ceG+DlGCxjDY5MY5NZXEMujWw+6RroJXTnvMAJvVs76xiS9TV4&#10;GoXJhguk39HHDg4FEoAEvjECzdsXopi6enXylY1z5mvLlBkbS40nzBrSvvOwgVaaS8vHzJk541om&#10;Ta+utqxOIyp9tmnR2L6TFuxPy6tz7r9tZFuGhp96fXmHnlMXLDmRpGvWqv8Pg230JSoN2NjLfbxh&#10;+cqZM7cX9Jq1s68D1W3Q4jkd2Ht/mDp/Su8B01bcTKqW6rRdvXqO3f2d02bNmT19/IS1d4tEakQp&#10;FSACsUSK47bp52uUfHLp1DljdkRKDaTigso6cMpHhPBFQIoXnMWRiurrRXI1+NukzUBrcfyJxctW&#10;lLZYuqQH9+D4KfOn9h/w45Ir8ZUyRL9VX0e06Maqn+Y8eAOXSb+xTw80BxKABL4XAs1bs0kpynl2&#10;7nGGTCySaf0Ejkh36zauZ0s9MlLy/OyduHIxjubq1xLJLTPsNcLPSPL6yZ3HrwqAs6P5Bc4MsMeU&#10;6avj9px+IlEiBH2b1gNGdDKuD/5p6Nh71mt2eRNKBWLEfcjMfjbaMy+K0tgrl56WqAiGXl0Du/vo&#10;YRcrMs6dflBSo8TTjP1HTmxvLMiPeRScbxDQs4ujLj/90b2nKSVCjWPnjvS0NELnYZ30Sh5diUPa&#10;9envpVsa9ehxFqH1wM6u+lRF0fMz917VywhdJszxUb+6eDa0SEUwcO80qKcfl4RoKl5dvh9VUi3x&#10;G7W4s1WT4zffyyMIxwEJQAKQwP+dQPP2hf8AvtpHP48YdV13b+TZsQ6YfC8skAAkAAlAAt89gea9&#10;RvoP3B5ULZeKxCB8/v+Wye0fGBRsEhKABCABSOD3CMB54Qd01OLK8nIR3tDCiE2GC5LwwwMJQAKQ&#10;wH+CAJwXfnCbCQwjc3s7U+gI/xOPPxwkJAAJQAJaAtAXwgcBEoAEIAFI4L9OoHmvkaJqaV1FjRik&#10;M2tIXI0j0HS4hjq0z3h4lbC+to4vUdMYHLVKRmRyDVikT0b9NX0qUFldWa2coWekQ1VL+DV1coqe&#10;ng4NO0X6bRS1pKq6TkPlctnk30IYQcyGoKZWRtHT/7ypGpmwtqpOpCIyDbn6jD8G8W0MF1oBCUAC&#10;kMA/QKBZzwtRUenNH80tLD3a9eiJla5tnFuPXRH6RvxJSQdFWfiyYe2dvTv23LR2kYutWcdNyaLf&#10;idjT1JXWy1QalTR8rrlly4WPlIjmzbWlvuZtFtzJ+QduxIdNSgVCQb3sCxLOlF4e2Nrcf01MraJJ&#10;E4o3t37xM/ebdSP7c6aq+KmHZ/awdW3Xbc6e8MI/FIRCBbx6SUPgCiyQACQACXx3BJq1LwQx6zgU&#10;MWiz5O6bbKzkhGy0T9y19GgID9Ns+rBUpYe9eopO3x+XvWvnmB/HDunrqffZyRBanXhx/ozzBQqQ&#10;Q4ZAJtCoJLwGwXFs/QIHDWxjxf6nHwM5L3b/in03npf/4awVmwtTQKoc0vtpbfAca99Bgwa1s+F8&#10;zlRxWcKzO0X95z3Mvba+rz3t90ckyr63cubxV6V/6DL/aTCwfUgAEoAE/hECBJD7smnDPIHQiMP6&#10;R7r6BxpV8FNv7w4WBYyd0sEUNI9XF9+49IjvOHBMgAuLyIs6f+XBi5j0vHJDVyd6ddrDi6fvvSwQ&#10;EVX6juZWVk4Obg5OlvokdVnMtdAEkUaYceN+eFqlkmRqbihIPres34yTJWI6hWVsR4jZdS3PZ8hP&#10;/RwpJKqeubWTizWXSUbUZSH37z8Ni3pVpSGWRka9xps5c98PSERLn9y7FRL2Mj4pW27kaYl5UGXl&#10;67uXb4fHJVWhLAszfSIizH4YFFqEJ/JuXb+fkF1SpmvrSK1LOrtw2rJjYQKukY2DgfDVi2f59cLs&#10;4OBnPD1Xe3plzNkr96LjklIrFGwTCz2K8PWZs/clTj9M7GpJf7dyi8OTaLpmwFQ7Q5amMPzx40wF&#10;rvbR3YexKTl5TBs3jqIw/PLxG0/TqlEc29bG1YT4POjmo6eR8UnpORQbd0OqnJ8bdftZSh2vIDoo&#10;JCLs9OJfDsUUEjgcc0dHoy9YV/4HbjVsEhKABCCBf5BAM/eFgvT7u6+nKkW1eQnhYWF3Lh6Nk7Vd&#10;uXJuazNe6Oal43ZGUnG1L28feS7xa+soiL5+PSy1WsNkO/mZx08eN/k+OnRyFwNZ2KJWQ7a8JjpY&#10;5YccPXHoSo5Nvz7GRSG37r14IyXpME08Ohqm7buR5zN0Tj+HgpurA4ftqPQdMNCdlXtseY/ZZ2sI&#10;GlFZ4s6VK07cMRyxpLPRb3dKln/v8LwZ+xNkUmFe0KbNjyWtO3Ygvd48f8XO5zxidcSVOwl4e/+W&#10;loJzvXpNPVVi6sxLjHxybOXBEp9xvQ3Knty4EZUjIXOM3dqYxs+cNO1YLEVfXFZIsrYSnJ09fW82&#10;01D6+uzJY6nEFj1aG785e/Ke+ANfqMi9++uQIZtLWgQGeuLuThwyZscrto0gNy3qxLItr23HBjoI&#10;X9y4+Ci+VErVcXA3FwcdmHUwHKEQqp4fWH67oFefvpzKKzMCxh9/o9KlVLzJLinKzSsWoiyWkXuH&#10;tg76lC+Yrf6DjyxsGhKABCCBr06gma+RanmgqKahMNmWdLbgSXxGUdS5havOuWy6d/LMhXMresf+&#10;ujqK1mXqrKFOROOe0/fM7OZvqkelsGiYIgWeTEco+ibOo2acPLlpkmnO69DQYsses4bbmpCtB285&#10;vzTAnAykKhq4E8h0Np5Np9IQedrug9cI7WeduXzm5OpAWzZVh0N9LxpRlH5g3frHDsP3XT578trN&#10;S0u66irFydc3bXlcN/v65ZNXr4xkpp898bBcQ2Tq6FKYJO9xx89e2j3CVPX42HOFZedhgT2MiM5D&#10;V20c09pVn0ml0sx7LTp56ODsNkZs18D5u2Z2IhNJ9Pqs1JeRVcCDfeoeEkCybxybTgbv4chMDoOG&#10;dwk8fPjI8Rku9PBDD6v1vcbM/6k1i+XTf82Ksb2MHdvv2PCzsxmHSGVSoo7ey0MIRDINYVh5Bi7/&#10;9eTJk2eWd3ah63dedHBdP0f29/DEfPWPEWwQEoAEmjmBZv7NhmpU4Cu795xNG7Xl0PbRmpSj229E&#10;J2aWM4lFu0f069939Kag4vr0e7GVqBJoAGrkEgGKKMHmX+ONQ1EUodIcHbgIIqeQ2BSZol6mQaRy&#10;tQZVy4T1CvVH53DAFqKmNOmVoLZlB082OE1i0GKQIziO+96DoClKfsWv9engpa8Br1sOXLh0YTfz&#10;yopymbLwwvj+/QaMPf0i5WV6Wp5QRASGWLtb09UqEZFtrsGXCYUIKpfJNYhKJhIiiAoz0MLZkgZk&#10;qVCVWpqXEHHh4AM518aABRwi8HVfcLxGo9YYulhywCYqnmmNksqEAgSRiSVKFFXKxXJEJq2rvHvo&#10;8ItqJpfLwdPoVLDUqgG9sti2FtqtUb5IoQLKWGKBqJk/7dB8SAASgAQ+TaCZ+0LttFAtFzfqFxKN&#10;XYysWGKxUA3E5RH3nj9MnvTjnA1nwqODlrViCxuEdj9RgNyFChOP0KDAR+KwUyhAU/DdbPCjC1AU&#10;R2OSSSS+SIx186mCozGAThRfJMHabSgootGoiWzjrsMnT560YPetyIgTszzoeLlKg4CYEKwd8D7I&#10;Lt7QPZjrNmkXVAAuD1Vm3t269myw/Y/rty8c3cqWJFd+bkQf2aRRAeeOdQGcN/E3yUUciaKofrFv&#10;+/JIeo+NaxcuGu6hVZ1qtFijxdJA4wNnDz9PkAAkAAl8TwS+A18IzolQGsX9JDn3CnPorT06du3V&#10;VoOLo7gEBg6yqzi9dN3OajKN8CVTKOzeajSIvmkLEpkNTmiSCR8lYkNVSpxR68GGpukPXxQCX/H6&#10;2qpIzQeKvjgL30HG5pnBUbnY0cus3W1adzmU6uHrr8NHhR6DAgdYvzo7/+jDNA2JjQMnYd8rmD/m&#10;mOno2aJ4Ijjeia3jvvVNqKiqQsrkmriZC6MfPg0Xk+nkv7l1Bzy/QlJXo9DgLJ1smaWXVwTJZGo8&#10;7oNWdQxd6AxDPJnyB8dNv6cPBhwLJAAJ/KcINHNfCPwgUv1qcz9TM22x7XmCOGz/qpEObiPOhe22&#10;39LNzNSk8/JQx+ErfJmIXA3mNxpsdoTNdMCfDVMd4HvevdpQQa1EiG3799DLO9DdxnTNEzEKXnx3&#10;GbYvqUDwFtP2LLSpPhpga2p5TjXZEw/853uFaDXpyuW11EcjnYFp7dZQBmwe5W01cO2VX/2Dehqb&#10;mbbfV+g6oE9HHUQGpoTaGRtmibZ7TOXezKtzK8uCncNcJx27VSIDZ1W00zI82WvixpmmGcvamHZc&#10;dY3p3IJZVl4lFYF33w6giQmgMTDI3wb7tg8NmDI3vAp6AxkHxDSzIcvHd5EcH2Nn1uKKU6e2BGJ2&#10;USlwhhiWxskgqUVADzvZ3fG+VgtuFsq/YFH2P/URgoOFBCCB74BAM887g4JNNYnyrasC9wMchWE1&#10;zpbUMoFIpkFxBCKNwQQbaxqVXCZV4akgWBCnFItlCIlBp+CxbTmpmkxjUIioWiGVKPAUGoVMwKkV&#10;YolMqdZQGEwcuIxEY1KJGqVcKlMRaDQqEbwvFYjkCAGPJ/FOB7bcbHQ64+xQnfefCLVEhO20Aauo&#10;LHbD2Rq1XCSSgpcIFDqDhhkFupHjyAxwygWs9UqAkCKVziBhf8ukMrmKSKMRVSoFQqTTKdoZIqqU&#10;CCVgGkckkgh4FAXGkjVSqQx9V6HRAjBYqbTRVKVUItMQ6HQqAadRSMQKDYXOJOM0SplEjpCoNDBw&#10;8KdUrtSgJBoNr8BMoBLUUrCTSKHRGxKUa5RSqVSh1JDobGD135yMfgcfGzgESAAS+M4ING9f+H+7&#10;GarX2weOXBJkszdmX6B58grHnxI2Br2e3eL/Zg/sGBKABCABSOBvEIC+8C/CUyYeGjx3f1qRWIMS&#10;dAfuCt8z4LMpXv5iD/AySAASgAQggX+JwNf0hcnJiPitAi6VirRs+S+NAXYDCUACkAAkAAn8HQJf&#10;0xc6OSHZb3NBc7kIj/d3DIPXQgKQACQACUAC/xKBr3mOlNUkjyn7H89f/S8Bgt1AApAAJAAJfPcE&#10;vua80NcXiY9vJGZnh+T8G9JGWHeS7Mf7jzwoBVHkBIr3oBljO9pozz6WhP56OkLE54sV4CQnjkDm&#10;enQaOayfHVOYfOlKcEYuTygFJydxeLpJj+lLelshiLjg+b0L8Zouw4e2M5Mlnj73sIDSZ+aElgZE&#10;RC3LCT91NY0ycPwkN+2uIC/h+vWHqTyjLlPH+ZtSwTlMScL1ZWejcQQSlcEkqcVisUKNOPddMMQ6&#10;/cqtWOv+y/q6krS/OmQ5ofsO3S/BDpKSW/afNraLvTaddmnoptOxONfRCwKtQaSkuCzsztlkfKvh&#10;gQEmFPBuxaPdx0IKalQklmXnifP72oJkNLykkKt3ix1GDO3ppAdqSLMfHrgR5z5saYBpwYOtF+Nl&#10;YjA4FDtU69Rn3KgursDoqqi9Z5/yeHVCGQjox5P0XFuNnDjC8W0ybzT79N4zSXkijBSF23XaLwPs&#10;QKsl0Q/ORYnbDhvZ2VKZfPFScGZepVCq0oZkUDmGvcdOQZ/9ejsVh53TpeBkIjGQuEJajV4/3CR2&#10;+5kIkaCBPFYYdl1HjB3oRU25cD4oK7+xERyOZmDTa9KczlhadVggAUgAEvh/Evia88L/xzjUvJiD&#10;I2euiRIamZqamihSdi8aPffyazGWLqXg7oqV667lscEbpqb6mrzrG6ZuP58mRRSvj2xZsi2kjmEA&#10;Xudyii6MHb9oS6wUUeU9PvnLumPhxUAIkB9zYOsva2dOupyBDUotzXywbcWve1/XNQyR9/zYznkr&#10;1679eXNovgQEFoKIdZoOaMyQUBaxZ+2Ou/motksmWZVzdd3y1Vdfg5xvIC6hOu7IyJ9WRgi42Luq&#10;jL1Lx8y+kCDCTC16sPyXFcvmLXtSgzUvLA4+vmz9yQclWJx+3Yv1i2ZtC5PqGuqW3lkwduzs4GJg&#10;UEXcrc2rd9xO1dYHXiv95qrla25nypSi5HNr1+0Kq9b2QXxze/fkmfuelUoRpDpsw8pVxxIJJmam&#10;pgaE4qDlPy7aFVGKXazMO7Nt0vDdT+VMjKExt/zKiGE/zH9YhaiKn51bvvpgcD6wQxSvhVavhYZV&#10;MzZiUohMffCnnujF1XXrTiWI6NgbunQCLv/OilXrruc3kNfWNmCDVAdIfdyhzUu2h/KZWusMWBmX&#10;5y5ccbUQBiz+Pz45sE9IABJ4jwCI4m5akotKP3jly//p44MlCmv4r53dl1/312tKq8OXOVlwh+7K&#10;k2sbUVXeWeFhYtXtcHSNEo1dzGIajL0hbWhemrxxkKl+95VJUt6Nfh5Ul0XRooY3qh5Na41we17O&#10;rIzeHEiz7Ls9FrxRcqKzBzYDNPM+l46i8vqgZZ4Me3/wtY2V0ocT2+q1atmKTjcKPJoEQvjflYpH&#10;a30Q92k3G+qhqDh0mpUO4cdrUg0qq4tY6WyuH7g9R6Z9S111b1ULU6suB6KqlWj8cg4dZEhltRkR&#10;Vg0silvVj2MzaFm8AIwoboWDLjL4DDY+QeatmzfvZ9ShqCz19Gxngs+8OzkN/dTen2nEws0N4ksq&#10;b45CdD1XRDa8nn9tmiPbfMbZDDmas93OkBpwoKKh84IHE1zwbqPOlqOazAPTrXR9Jl9MwjKfYkWY&#10;eu3qjTsZIpQfvWsky6Tr6kg+ilac7+lOdVkcI/5tsO/+Stw8xozVZ18SMLehRM1nMLk/3GoYaJNS&#10;crabK81taZyk8bXXuzriDdruT2m4ebBAApAAJPB/I9Cc54Wosvblzf2FuFETxtuQtQ6eYDhgwhxL&#10;1Yuw5HIFig0NVUob80nj6BxDw3oRT6BU4kABQeciMFsCxaDtnPH+kvSbyaUU4kf51koTlu4Oqn//&#10;5aJXjxPjDbstmzPdnhx2/Xnxb0lBFSIpWBsFcelvT9M2JKPBIXiNqv7lzd356MiJE+2wZU8Qfm/Q&#10;b/wcGzQm7HWpHNFGr6OIMObxpnNpKB3L191wIYJKRGQGIWJ9+91xCMtpUGBgX2cd7a+N3ykgjTaI&#10;oseKvqWRBb2mtkasAnNX8G8Q6Y+F/iMoy9LJUiOvqVfw868GPeL79P+5h9fbUTLdhg4bPMCZgXyY&#10;lbwJtKa9CyVykOVbJZe8n7kbPNKftBEj36AJLOcYOWpQXmXVF2dV/d1hwzchAUgAEvjLBJqzL9So&#10;ilLjZfqcFmDm9K7Q9CgMXFZ+qVKtxr798cQGL6muzEiLT/Vy7GDHoGsTd78rKEJnG0qUvJyiWpBE&#10;5t3LarnKbfaiHxi861PPJREadvu04halcY9epdq0a91m6OQf9HBRN8IKwM7c7xecRq0qTouX6rFb&#10;OGLbe42Fokdl4LMLShQgAzaeyOq8bG7/upgzK4NzmY36T8BMgt+ocYY69Tlxv/R39mh5NO2LbjRI&#10;taMddVXEzRdRkja+PuY0kGQVy39DIGF+Fq1Kun0hjGsd0NZUlpNdXmLjaqNH/4KWQbukBpx/UAio&#10;qubmVEfrxtJy2ILgAuxmaBkSSA2NoMpXzy6x2V38W74vgfxHjcP3IQFIABL46gSasy8EZ0hUSgIO&#10;9950DksMilMCXQdwdARR1d2camdkaMjlGnpNTXPYcvzAcBO8FOghNS2Y+iGorVK/Nz0BC4lEzuCt&#10;l6bLan8N3BRHwjrBg6MmZSmPEuNdOvu5G1Nce01gU2JvPMn9Eg0HYCrxA1MxKYoGU7E5FNnY6cct&#10;B/yTn6+bezKHSWs81YKj+s17+vLkD3poVVZq0vxebksfA8Glz9814O0QfsbewUZYcRl1ibDg1MFZ&#10;7QxxiBLFEzQRK7wNsTfcR55kzTl1bY43EVPSUJPwDem462/95GZujPGybdH+Wh7IOteEE5FKe3Oo&#10;v6MJdr2xpdfse8COzxU1jqjTY92j6Mby6MiqzhagrgakfKNmHejjAPrgGnBt5j4eeCp8T4AOzOn2&#10;1T/XsEFIABL4cwSasy/EEyzs3ZUicXbx2zVJbLahQtUoEVOXAK6GqDNgX0Zh6vXl/oJ6BY3tYEYn&#10;gUzWHxJSq5U0CsvWzACkuH7PSSpx1J6z9vWsLt70y/pEKpUE/ExFSvjrV0Y+Tq40UV0d06w1kRB2&#10;PbSgMfH159CjeGCqHTBVkl3UZCERGKo1VesKQKZsoqH9sKkLreOebj51qZJBb9TewJE5DmNPlddJ&#10;Hi7WVZXnXl16oQghg2Hg8GDd8+1iKvaHdlFSAxKLs52mnX9TCEpJ5Zv76wY7N2QyBW/h2658nldQ&#10;WFhUUpz5bHNfHZCNVc/E2Ni0oKRMIAE1OAP2xOfk592Z71haUS1Tvy9XoZJJ7SZdic/CGi7Ijt3R&#10;5/ejZvA0XeO3xVDvrdKxUiZzmHItMSfvygxRXa0MdbExozd1uH/u4YW1IQFIABL4SgSasy/EkQw6&#10;9BurEd64+YjXKGAof/3oZEm97ZAALwaJgAUI4Al4qmG7USs29JWH3tu1O6RCgwDZB2yl7u1yn6L0&#10;0e2HdMOejuZA4u9DqihiN3bBQj0apuiLI5Ik4uSolFxc1f2to1q5u7u3mxehUisjboXk/u6OF1Au&#10;JBB1O/YbjxPfuBFc+dbUlJCThTUWg7u2ZIJc3Nh5Iw2eaOA/csYgFqlRYAIYKqsrKSqoFKFkMqX3&#10;5herPNXg3AkwUt/GwtRVIuQ3bLyBfUCJUk6jUBtcI5h+kqkNhdxEjhC8A9StGl6nkBtXfXVbTx/d&#10;jZ315EFKiXb5kkolKmpEQPMYnAj66BH7rV0qhfTR3uoH1QHhTz6joBEKmdFl7cPluqKSXZN2RjaO&#10;4Ss90LAZSAASgAT+AoHm7AsRHMO096rTYxUPVo/ZdOvly5dRZ1f8tDfFbv62GR2MSYhCIZHKgC49&#10;EK81bjlm/sYu4rATv26IrFHgEJWiLj/xRQS4JDLsyo7Tr7v3+GVUK5ZEDLQhFFpZXXAURCbDlBtA&#10;jJ7/khsL9fGIXKWsy00JDglSdpkXlFVSipWSnKtT9TXPzt5ObXBwQO4JyMQrfjt0AsQgpGolEIvC&#10;AW+76uwETfDqkRtvgH5fnFv98+4EyznbZnQ2JSFKBdCaUKiUCM7AM3DmxkCgEwgOpCDAmWRdnd7H&#10;ufWMvaGRLyOf3I/KsvMZ7WkMfKFL975eqheX95x9Ahp7euxkBNd+8aB2YONNrUCkMm0Mx/sFKHqA&#10;EWlPzrxfnPr/NKwFf/uyXy88xICE753Sf2OsubOXPlWtAnY1UMAEkwEc7Z8fFY1KIZMCTeJ372lU&#10;UomwJDUKNNdYknJLQewirkkjuI7L7s0zkr/eNG5nSDWIYoEFEoAEIIH/IwHCmjVrmnbPEwiNOE3y&#10;x/wZ044eRcrLGy/Q00Nmz/4zF/+1ujiirkvPET6EqKMHLz0Mfhxf3mHOyUMzO+lgUxJRSXwR4tdj&#10;cAcbKoJnW1obGshzU6WGzraGRJVClBv9JDgo+NHjsFTyyGP3tnelITJ+eXGJxrRLz06uBprqjJw6&#10;M9+BvVsYkPEkYxvrunSZpbe3q0ldeo33gB/7tQOnUbBC4nIU6bwaXec+XRxoCCqvKy8sJrr16d7W&#10;RhuTrxYUpJcjLXuMam1FxBN1nLqP9iO/PHrw4sPgR/GlbX8+enhOgB5mqrgkoRD16T64ky0VT9Pn&#10;cihlFYwWXbu18dK38B3dxTL+weUbtx48Di/Qn7X/9oJ22BV047adO6rS750+cyM4+GmOZszhiOVt&#10;qASNsrYwoVqnS+9+3ibvT9ykFcl5EpeOQ7q7sD7QXKKaBQSObpN5b//5C3eCH4VmK1u2avPL6av9&#10;zKQASJGc27FngJchUpOdU2vo1a+Pt/F7u4jAFI2otLBUaeTfr5Mrt4GKqDQ+X6jIDLkPxtlQUhUG&#10;Ldp7cflZ2TVGLfr38TaiEvAks5ZtmQmZYpzUvH13+y85u/PXnhF4FSQACUACf0jge8g784eDhBUg&#10;AUgAEoAEIIHfIfA110iFwt86EvzOKUN4QyABSAASgAQggW+JwNecF164gFRWNg5ORweZNOlbGii0&#10;BRKABCABSAAS+AyBr+kLIWRIABKABCABSKA5Eviaa6TNcfzQZkgAEoAEIAFIAPpC+AxAApAAJAAJ&#10;/NcJNGtfqK6L3dvVrtWI6wVfchuLwzcPsPFfei4bRSov9G5t22dnulSlFIbONXfptDrsiyO+hS82&#10;TPB0m3T+rV7Sl3T9t+uk7PBydZ54uQpBa1NPjzT3GXss6f0QQv7d2S0d7VbHfhxY+Lf7hg1AApAA&#10;JPDdE2jWvhDRyAXlxaU8IMPwBUUj41cWl9WKQGA3+LOuhi8BkeeoRlpTWlxWJ/2j/NqSjJe39q2P&#10;BCGFarGgtkYo+0TY+hcY8dkqKL/y8frpt+tBBWnWkdnzRq+PRRRho9rP342pDKL8kuLiKhHwdBqF&#10;iFdayhM2CFG8K6ikBtSo++DVv2MQvBYSgAQggf8OgebtCzEVXQKhQfFIKRHUVAtFwpqqyrIKHk/8&#10;Vj0CVYoqK8rLeNV8BQoybONB8hPEaPT9F2/uzXOlEbUpvAmgDTyCygRVlTX1QPcdJP2ur+GVgVJe&#10;WSVRgxj6osj9M9pNvyLnV/FVPitOJ6UcH+PeoDiBSkF/2po1WgVhzBIxv6YGs4TXaMlHjxOqEtVX&#10;lWuvqpMCR64RV96YYxF4iF9dXSVQ0Zwm/Lpy+ySzsmrnXfc3zGpvBuzBYTZqU6yBISPgz4Z0ayoh&#10;vxprp16CgWis0bQ7taheW6G8gifCcuPIBZXVNbKG2SNQcKqtrAVe/b/zuMORQgKQACTwSQLN3Bc2&#10;jgmkWJHH7ZziaT149qpJPwz1czYymnAqUwKmfaqal1tHG9t5+Y+evCY4D08m43FEClJ+uounUdct&#10;qVKVNr01yDRKVlSGLx7k4Dhq4wuejPdyX7cuHdp36drJ29Z01tmK6uzrm7fGIjXxBxcv2H3x0sqJ&#10;LrajTyUDTXkVP+/WLHtPP3//dv4duv18PKtUjCLimM0T3W2Gz1s9YexgPycjo8ln38jem3WqhPHn&#10;pw1s5depc1s341bTj2fzecGrl91SSaserBk/6VByzqudM3p5+ncN8PeyHDD/fgaYDn46+acs8+bo&#10;AD9X37b+q04kVCjepep+e6cVdSmXJwzq4texa1eA5IedmdXyiHWuZs4rXmLSjeKE4zNbWPbeGlEG&#10;PxuQACQACfzHCXwfvhC7iXgylSRNxXtsCorI2N/B4vbO81kKlaTg5pJfnnde/yw/9PQYg+pXIlSb&#10;kxokoSaD7NKNqazxGkVOyK41v5wRDNmze1NXk4rgizHtJ2w8cf7crp/ak85NOZjnMWPvzs6IYYc1&#10;V8+unuRIlONIJJBDDJEnLPcdExR4KCM/vyDz5oicpQFDjxRr6CAxNkmcTGi543FU2p42Zjd2nsv6&#10;Te8X9F4ZdPpkbF2btZcio28vbVMZ9aKAPvjw+QlEhsnYE1H3FtGTHubjO++7dvvUxklumUcO3k0S&#10;IqQP8qYhODCO2rtbdj+v7nwmrjB/ucvzXIVMBdQrmj7PtbH3I7htph25fPnY4r6GD5fueCZoPXge&#10;k3/8wJ1qVFkS+fIFuU/fUe0t/+OfATh8SAASgAS+H18IxAxVdC8XFwMEoep7U2hZZZVyZcXzR5EG&#10;Br07OCCIbutO7b1JSu0SaJOCw5M1wje3Nq8+nNtl2I/jXUGyT8Nu0xb2IkcsXrx845VkFYFKIWgU&#10;MnAdyE8N5lMg77VW6IJIVKY/vYGqRozqgeVvJVp3G9Wlqvp2XI2KBEQJmS1cncEiKtXAh0hNL6t4&#10;TyKebuFkp0i5MrlVp+VxXuMXrx7mxUaUEiUQXQKS7whi2XH02IEWT7cunL37PpB4olPeytw3NZtI&#10;RMQZIXkZel19XIB4knHvZZ1ZIB3p+4JUer4jfh7swtu7cuniky8FaoRKwlO8+821YUbcC35TkBL3&#10;UuzVeoBtQw5RWCABSAAS+A8T+I58IbiLqFqrWY9qwMEWoE8LtgClYvAHrVEn/tP3WQ1kDvVaBXTW&#10;S7p8/m4dgggi14zuPPJQ3cpzIU93D6CSQDoC4KbelzbEnCFOLZNogALF26kY+H+VSi1VKLG1yt8s&#10;Adr0YDOyadFtO27O7n0LZs/wTF46qkdAvynXkmVATxhs24E9P3XN093je4zboTd8b8yd9X7myKdE&#10;JzDlQlSpUCrkdCrlPSnjpv0I047M6zPwl4jAjbdenp5iwkYAGzLZa/iq7rTQwweO3U9QOfr3c4Ki&#10;8v/hjz8cOiQACTQS+L584QdTPgLRvE1nWx7vSUIFgihyUtPeqIjkD0YM/CZCM+2x5NjR5c7yW/tO&#10;PK3MLk+vE7uM/WmAuTzyVLRUoQG+jERhcYzVBDKYgtGImHMEO5Eqqkv7NkokLCIV2w3E1yeHx7NZ&#10;bb2NGKq3x3Y+/ZQpKp4EhWUajdh18ErI/e09OVn3QnLkKo6ejRpPYdEImsI3yWjLXiOH2dU8eZ5X&#10;gZDIn5gXgt5xHIdWZrb5kclF4PCoKOFKMrD0/TVSXkl6UYlRrx+Ge9NSLkfWiMAZIRw4KWTWuk9b&#10;NOrM8QhG78HDgboGLJAAJAAJ/OcJNG9fCET5BDK+UIHNBVUyMV8MDkViZySVEr5QI5ajeKbniF0z&#10;28evGDx0zoIjCdUUjUgsB4ukIBaDLxdIsZVLcOoTEdbpM20cBs0PtHm1dt1FvtPoXg7Zh6b3HdJz&#10;Vy7dQi7NKqqnGXi09sdF7Ju6eP/uRB4iFYrkCgWi027LiVXsPZN7DR0aOGDCofp+h7fNcSSKJWIx&#10;XyjSBl2A0618kVrynnPEkdikqhvbprbrPXzm+eBMt3FHJrVlUp3aDzApurpkwryNUu/xrrlXpvbt&#10;N/1CHF6CryoplwLdv3rQpBwbp1ouRPgiiQzFmQ5fOK+/4tm8IQOH7gqViPkKhfS9QA+jlgN6tpff&#10;3zAksMcvLwWGCiS/mKdGcHSTVv4dGHwBrsuAseaU//wnAAKABCABSACs9KHv65enFJd5WJg2EzKo&#10;ojbnRXQhxbNdW3Nq3ZukV28UNm1a2uuRKlPCEwr1fXp5GoJJnLjgeXBMKcXA2ppLKakhOft6WpMK&#10;n0em4iw7tHNganivgxPqbXy6uBtKyzKj4yoM27exkWdEx+VUitXmLb1oBYWIR2dfM3xlVvTL1HKq&#10;mZU1jVrCUzq09rTiAE8iz3sQFMuXaAh04xYBXZ3A1qGqNispPk9t16aFrS6pIvlpYpGhb28PbuNJ&#10;nQa0spz4qPjsSjVKoLp2CmxhDNZXxcWxT+IK1DQ9L5+W0pTnaTwZ28aOKxXKDJx83FlFIS9zdVy7&#10;+lni+AXxz9/g3Vr52ergEEVJwou47HKprU8HYn5ahblfbze9JsdnFFVZr2JTivgqI3c3dnmp0q5N&#10;a3sdnEZVBbAVE7z8/C3/olRlM3lAoJmQACQACXwZgWbtC79siLAWJAAJQAKQACTwuwSa9xopvLmQ&#10;ACQACUACkMDfJwB94d9nCFuABCABSAASaN4EoC9s3vcPWg8JQAKQACTw9wlAX/j3GcIWIAFIABKA&#10;BJo3ge/BF2qEpa9fRmHlRfSbSvEf3RBUVJGVnJBbIwchFaLixKSUwroPctH8UQtf/r6GX5SalFgk&#10;0PyRDMaXNwlrQgKQACQACXxtAs3eF8oqo/etnjF+4oJFixYt/HHwiJ+XX0mt/l3fpo4/MKK1z9Rb&#10;hSDndewK75Zes+/xvzbWt+2JQ1Z2aum9IurDzG//VH+wXUgAEoAEIIG/QKB5+0KVJPvKzGnzn3N3&#10;RUa/ePHi5cv7A9VnZk1b+yRX8nlRWyKFxmQidJDcGodYD5y/cMVwj38s+QqVQmcxCSBVzV+4NfAS&#10;SAASgAQggX+JAGHNmjVNu+IJhEac5hKAra6NOzxuYViPLRcXtuVgo6CY+Dupruw4WO0+speXMmr3&#10;sVtlosqw47eiURdfy+KoywePXw4qlhCKnz17yew6a7CXHo5fwidYOXtZ6whzIq+eisoV5bwKOnv9&#10;UaxYx8HGiInFx6uyr67bde5RaEIez7yFhw5eVhh29+KjtJLc4BuXYlT2PjZowq+bDz54/OR5Ui7f&#10;yMNZj4Boqp/dPX/6/PXgarxO9p2gFIfhy/raaQUy3pb6qLtnj5659jgsKlZu2sZBv+jJ1rP3SU6t&#10;zWiIRpD78vKhoCIdSycjxr/0FMBuIAFIABL4bxNozvNCjbIk9nmeiUHHlubvbiLJyItjqM7OL1eq&#10;C27Nmz9/5sEkOZVCwVUn3Fw7ac2FFDFVmXYnrpyPEAkgvTWSeWrKpGkHY+QIWpP+cPPCqZvOxIkp&#10;SNqRX39ecSGtXoVIU49N/3n2wyIqQRxzbsPirc9B7u7cO0eWzJhzJqpMA/JiC17sGjNmzyu1qQE9&#10;/8G6Wat2ZamQiqAji2bselKqodbHnIsXyH5L391gZn38yVUL11woIxuZ8MPXz598/GWdIv323Dlz&#10;zmcqQGrRpDvb5247li2Gc8n/9kcTjh4SgAT+RQLN2ReiKJ9fSyMSOYwmbkOtQFF8vVCs0eBoTIaO&#10;Xdux81bPn9q6JOTsLaHNgg171kyZ3MORjaINKkpEGoXBoZPA9XgihY6wLX0HT/9x07JJrYSPw5Or&#10;ZNXRJ1edDOu38+yaDXs2jPd+fXz/i1o1g0mj0y3bDFuyauWMji72bX7a9XCxR0xMXG5JvSw1rKSs&#10;NvjW9TRup1Wbt6yZPKyVGQWIXLx/coZq7DNs+/Z5LqSSl+k8Ulbki1yB9bD5nZG4U1dSZLLi2Ocv&#10;TLtMGuYHxKdggQQgAUgAEvg3CDRnX4jDG5taS+Xysmrlb6gIJDDf0zS4HxyOYGmpD/7gl2VkvKY5&#10;Wzkbg39wwYooHdF8eLQTe0FXxxgoUSCIDpGmlAOxJDGvoo6EhE738/X1Hrr+XlZ93vPccgoBh1JN&#10;9dlaBywteX7m5NK5V4y7jwxw00FJdEVlcXrRG7MWjhZggZNg2c6aRgbzz/eKrDI9YsfarS9q7Lr1&#10;9NNhAaFeBGfUc8n0lnl3r4anJEW+pDn3627+aSn7f+OZgH1AApAAJPBfI9CcfSGeZNS+RydeddDz&#10;1He3rSbtYVUZq6OPI41IwFwQEDQE/0um6ugZCkVAPgKrCOQIP3ObNRpM/hDoHwJXiqkQgv/Bk0h9&#10;Fx4+fPjYhQfR2fF35rvpCLSyvg2+tCbi7I5bNy1m7984cUBbF45SpabSmCy2Xm09XyzDOgG1Puys&#10;KvvWuW0xRO+5y6ZP6ebMJIM6KA7HajN+kHv6qV1rTsTr2wR2tYGu8L/2UYTjhQQggf8jgebsCxE8&#10;x37oxg2tn237aVZQOebDsq78tPSUZNAv83vZUXEqMDls9EM0Q2+/jravM5+klSPC8L1BuVVgv7Bh&#10;6O8tYP7mtjC9JY3GrF1Pf5QQUkfx9bUpujJ1yM8bCkn6JDzmKhuKUiSSkklyJgEtDz6/N4tEQtSW&#10;1t08vAkR8S+LhUjJ7XWPq8Xqd3K/Ddco5CqliMRhsarvb71bVgMUfPGgPaZrzwDXqtDQHJshS4ZY&#10;QVf4f/xQwK4hAUjgP0egWftCBEfSb7f0TNSvrZ6OcueC0nYqv8exRwemO+mCceFJVBqN3CCVRHMd&#10;uWjnCqd749y5P961drC0ZwC5evA6nkSngzrgLxyBRKFRG6qDvUNwJRGnxpuPuR29w3pNB66Bw7Rb&#10;6lFLtvmQxEqc9l08VtNo8MY9/XTv/ejp0GWhbPCIllJRdhGhzfIt6/rLNgfYcNflBrbiGrHJ7x2D&#10;MWn348y5bTL3dzN32U6x62RqWlNSolIjRLpz50FtycaGvXt1pDXv2/Kf+xTBAUMCkEBzJ/DdaDa9&#10;3SH8g9OX2sXPP33TsMa1a6afK6DCR+9/6rWm1//R+3/aSngBJAAJQAKQwF8j8N1MQIAr+l1v1Yjn&#10;LzhCbNL4R01/6v2/cs1fu4nwKkgAEoAEIIG/ReC78YV/iwK8GBKABCABSOC/TAD6wv/y3YdjhwQg&#10;AUgAEsAIQF8InwNIABKABCCB/zoB6Av/608AHD8kAAlAApBAs/aFGtGb+yunL9z+gvclN7I69eav&#10;05adDS9Dkfpn6xZPW3+3WKFRSV+fmDxzxaUUkAn0y4ok8+reubP3PyvSxu3DAglAApAAJND8CTRr&#10;X4jKyuLOHTl5I6P+S26EoCDqytHTT1NqEESYcHzP0ePPKpUajTz/8clDZ58X/JGcL1pTlvTgzGsU&#10;0RSGXtqz70p8heRLOoV1IAFIABKABL59As3aF4IAeTKDysCkCL+gUClUGqhOQuWIyYRnqenhS91p&#10;IE8bgYowGRTi7zcgKXmwPGDq8QoFDmF2XH8lM/PiRE+YO/sLoMMqkAAkAAk0BwJf5EW++YGAxDHy&#10;xINzO7aatWr9iF7tLK1tbFc94qmA3ai84PYiG2sryy5Dlj6t0KUCn4cnI7Uhi6aPXHy1QAHklLAI&#10;ehyRQpDnHvvZx3HQ4idlIM3o49G9fC1BsbJx2xatFiUfnDL2ZGbcg81jx6w+eufs3mkTtjzO52ux&#10;pO3ycrECNW29ev8ahfWIiOP3/Ny+9bw1G4Z2b2NpbWu7JrT2jyad3zxgaCAkAAlAAt81ge/DF2JO&#10;TyasLnh18Q196on796aTRTs3nctTqmVVwatHn6IO3Bd/Y7WvMPWpkEAlAu+nqs3NTsvlyRq0KvAE&#10;iqTo4aEFc26T+/w4t4Pxmz2TFuabTbz5PPruUs/cTQN3ZTmPXbuqPWLYZs7Bg4uGcisyUtILa6Xg&#10;yje7vPqu0/nhdnz8iwfrbS8O6jj0eh1CVgpqCmLP57Jnnnl4ZwpOsGPT2XwllvIbFkgAEoAEIIFv&#10;k8B34wsRHJCOYLRs4edmpufq0Y2Ni0gvkCnrnt8/R2YGDuzG1fPs37drS5Jcpp274QkEkJxbOyXE&#10;kzV1rw9PDFye1n3+ru19Tcl426lnn92dikzv36Hb0sdqsVCGEulsFhkkL2XqcJh0Ih5cTQD6FWj2&#10;k73F5aPmT23J5Zo7dRo9we912vFYIZGMV2tY3i1buZrquXp2Y6LP0vNV0Bd+m88/tAoSgAQgAa1T&#10;+L4wNCx5guSh4D9AgkJTUZxLpFKsTOngVcyBfWq0oDaJqGNAry8IDUsESoiqhK2DfS16nBt9POH1&#10;qZFUMh4TeQIyTljDmHxFQxvAIYrL82VqBZnUsNeII5FJEqm4rFpAwIN+3rPk+4IMRwMJQAKQwPdG&#10;4Dvzhe/dHhyeYOnuQ6nlJ2aDvT1UUFvL1+C1k8GmBVUhdLtOm29dm6VIuXDgXqEsK+1JTl67FTt+&#10;bs3hZ5crNSge+DUwDaSheCIVaCHitQoXGrWKad/CGCWUlNdpfaOqpqSSQTd3MuGotCKIsEACkAAk&#10;AAk0FwLN2xeiaoVYJpZqd+PUCplYLFWoMUelkotFGpkSh2e1GbzUQz94/5arQRfOPIrNVynUmKNC&#10;lRKxXKLA5noapRSRil3t/Dv+uLS39N4vy+9Umno7sNOCLpy6tGnH0UyqRMKrl9P0HD3aKXMi74TE&#10;vCgXaKSgT4USMeuydki3uF+X77169dzRPYcfq8YNm92CKgcWiUVvLZGJRWog/gsLJAAJQAKQwLdL&#10;gLBmzZqm1vEEQiMO69u1933LNEqJQK7Tols3fwuaUiRUcWzb92jjoE9RCGoRXb9u/VqaMixb93EQ&#10;vgh5Uoq4dOrZ28TcvmNHLxuGtEZIcm/bu5MzG68QluEsOnUJ8LQz45ooKjQmfQNHtzZT5KfHxZe6&#10;zZnTk2to2KpTa3tjPaamPDulHEe2tfEysrBp393HmqPvNKinU+bT29GvMgoVrj/t3/WTBwlRysVi&#10;ta59hx6t7fTIckENXr9Nt/4tDBuEFGGBBCABSAAS+PYIfDf6hd8eWmgRJAAJQAKQQDMh0LzXSJsJ&#10;ZGgmJAAJQAKQwDdNAPrCb/r2QOMgAUgAEoAE/gUC0Bf+C5BhF5AAJAAJQALfNAHoC7/p2wONgwQg&#10;AUgAEvgXCEBf+C9Ahl1AApAAJAAJfNMEmrUvVNe+2Oqj59DnQu5nGWvE6acnMVm6+i36LH7yRTKH&#10;f+l2oSBwEUUUeffWtKa2nHY58y818vYiVKPCIiZrg2f0MLIafyUbCCWmbLQyMRp2hoegNa+P9KXb&#10;Ddz36m/E82PWIogs7cxcD6b/sof5f9JaVCVXNWbf+ZNXwuqQACQACXybBJq1L0RQECkvkcq18fWf&#10;LCpp9uU9F408diQnPdwaYPjP3AMVL/vG8ql3pAiZTGHoGeqzMTWMv1rU1RE3zuzf9QpBaDS2LpfL&#10;oWKBiSCQUiLReiDgKOVSqfyvJzhVFCZdWTU7WIEADSuWvqEekwJUPr68oMKye0vGX6n+8itgTUgA&#10;EoAEvnkCzdsXArwNeT+Bj5BWlbzJKisvf5ORkpCUmsqTgCyi8sqslFIJKhflpWXmiUE+mrrSzMSE&#10;+Pj4xDdVIPModplaWJqemVVcmp+emJVdVFSc/6astPxNtraNAr6sPi8xISEp5U0u/62/VVWXvsHa&#10;SHydWiZEEVV19qkZTiNP1OW9zixitPvxePipxd0sG+67qCA7GestIblI1NCbUlSVn55fVF6Slxmf&#10;mJxSUidtOr3TKOsTL6/7adjim3UFOWUir4V77t/4JcASJFNVo2/HqW3n47B9WVV2ZnpRRekb0FtS&#10;Zl51w+gQRFFRmJWIDfh1KiY+rChLPDit5Q9n+fmpb0r1e887H3poeluThpq87DRgbMLr1Fqt2JVS&#10;XJ2fnldYXpKfhZlaXCcFQOsLL8+2HXqQ9yY5uUAAs+l88x9vaCAkAAl8KQH0/ZJcVPrBK9/wP1XV&#10;ERtcqeZdz+ShqDRyzWAuoc2Y2cOG93MFE8CeOxL48uLzPzob0/AUhlWPiUsj8rOPj+zpbuXq7d3S&#10;0nvEnuspdWq1rO72KAShtx0xaWj7SZOWjOnnQuswYN7wCX1dgYewm7Js3Wi/Vu7mulSjn++US1FU&#10;XhF7cnhnT0ff9h09TJCOM5/kFd5b6GME0pXqO/X7YfPVCyvdEKvRp9NQVF2ben+Os7uLm5e3t6tZ&#10;h1k3X5RKUWVB8KoWiGmbsdNnTWhhRUG8p53OFqneEZZWv9rW35yJkHUs2y04dPHIuE4UVuCZdD6K&#10;Jq3mclj9j1egmqqE/QGIac+dMer3bkzSKg4FcRg2e4J3C3c7e5vBJxPrNKi89Pnenm08XFu3b+/K&#10;Rbovii0uuPqTsz5CoBi6D5+1+9L+WdaI66xbuSgqLorc183OxcML2EobfTCrHlUXP1nngxi1Gj1j&#10;zqQW1lRciykn30hl4es6W5EIBB0b/16ro4Tf8KMBTYMEIAFI4M8QANIL75Xm6wtfbhlniTeffu4N&#10;isoud7MiWC+MkWpQVeZ6H5p9+8vAjz1d3oNrMuh0NuZ7cg/3piGtDmaJpPwH4xGSeefN2RiGrK1j&#10;nRH9gUfTNajsYYANHTFanoGiivAlbIqe78EsFBXEnd24at2+q6Gh1zeOMKUiI07mKdHEBWSm+bRH&#10;4PqiO8tbIK6TLuaiqtxN7cy4AVvSFOBlVdgse4Q6MkyElj79tS1C77IoCNgTs6ALmxl4Nr1W0+QO&#10;VMcf6ILYDD0NvLv80ZROOsajL2YKvsAXJm8w16cZjn8iA+amrm9HN2u7KVcmiDj4y5ptx689Dr4K&#10;IUWFAAD/9ElEQVS8eoA+EZl0vVqlfPYjju206Dk22hM/ORJbLQoq09QHjTEnmS5+ghnyYpE5qfWR&#10;Anll5Nb2CL3j3HsSFH21tIcOY8CJ5DoUzV6vx9EZfln8Zx4yWBcSgAQggW+cQLNfI/1t/qtSqenu&#10;9nZsoM7EdiPRC6qq1WolUB8EEyhEzldlvkhPZnVs6WeObY/ZdhtmYvgqJLJSowYJuulMXx9r8KpQ&#10;rlRqSI4WFnQUITBcEQp+qK+dRi1lGNjhKBQyWJmkWnh3tKflXTh08uzzHLDmSKfglAqRHOziKcRS&#10;RKNCtZKIJCLKSwip5vn18df2Rmg3eCiR/CgsVUzCadSIuam7NSZ4YUPjiGprRfImy6TYXqAK2x0E&#10;a6oKzSfWQj8/3UdRXCt/FwpY3TRp1cOTV/Morhjn2K6blTLhxOGzl6MK5HiETkIUYrECWCsXqxG1&#10;Sts+jkBUF2Sk4zSG2bdXrl279koGqow5/zQXDFeNmBp72tEQhGRN5Yhr60RyFBHLwRMN0sB+6boD&#10;rAcJQAKQQDMg8B35QmyTS6WVodAApwTkepuODZMgxNQH38oPam+N9hWt0KFSqZX4BftyKJXD0KHh&#10;ETVwFQgiV4KWUA1wYMBnkBBZ3qUN42YcSOqz7MidfRMsOAj2NtbdR3caa/rDEz0aTBcDOwijUWFb&#10;bcBIYCUQhGp6MRBK/BsHREkNQwYSUzgCGVedd2bViDlnS3/YePrW9uFcJjY6rPdPnzTCqRVS7ICO&#10;Toelx05ObsHUKn4AU7GxNTH1U4NtBs85NBESgAQggd8j8H35ws+MFFWrCUQLXxdPUdTrhHLM1xSG&#10;3argtejmb4zHf+gZgGrvp70FjoBIavJLiygte/T0YaadDi2tQ0hkAg6nb+CsxpOZNARPxmvVfpUq&#10;nGHLrnrcV49iyrRah7F3b6vkAZ09mKrPH3nV2g62Njm65hoiBcxuaQStUOKXFhxO/WpfaDFoozI+&#10;JMnQoLubSV1maSW7bb/uzoSYI0+qhFo1Y4Kegb0aT2ISEEKjtWo13tLRSYPUe43dsWXLr2NMc1Je&#10;W5tZAAyf6rphsHTOl5oF60ECkAAk0AwING9fiKrlIplQ3KBfKJcIxeKG+AqVVCjUSLUhCGoZqCGU&#10;ShBmx582LPUVbOvp6+/fruth8przJ0Y60nCYfqFAKNMGzIHmJEKRGKyqNrQBhAqV2jawXkRSGcJy&#10;Cxw2zDBia+/W3vNfCcwVSGFBiRqx6xxoV3JhRt/xP9zOJ6kRIF0oQ4g2Mw4dGJx/akSr1v7+vmPj&#10;Ol0K2tGOqVIo5SJEKMHC+4DgoliIiBsEF98WvI6Zd5tWyvsr+0/bseM1Dy+TSICYMDY4gQBcpjVG&#10;IUaEYJwfPlwoijf0zDns36b14FPFASt3THKy8Bg6qBfx3oqubb1X5hKslUhuQRmB7Ny5n2nW8UlD&#10;fv4pqJisUoFhSfC6nTee3WJ7dWar1u28ukwIVXmaUTVqoD31m6kSYKpcDSI5zDoPdau7u7h7vyE3&#10;/2xcYjP4OEATIQFI4D9KoFlrNqEqUWX2myqipaOjPklcUZhXruI6WBszifzitPwqlm0LSxYqLc/O&#10;qsVZODobkMGSJ68gM6dUCKTqde193YzBK6iaX5iULza0cbHg4NXS8sK8SrWOvbUZkygsSsurZlm2&#10;sNRBJZVZ2TyChaOTAVUt5hW8ya8UqVhmZgwhX2VgY2/CVtXmJufyNCSqiYmppKyGam1rpQc2BBFB&#10;dkpmFV+B4sgm7n52YCqFKgSVeW+qKVZ2NgY0CS8nt1hj5GLDpZN+WyfVKGtLs3NK6ylcYwMcrkaM&#10;M3ew1KMqyl9nVTLN3ewMcJKq/IxyxNzOwYjR5JlN2Wje+VePTS8PuArKCSx9WxdnIzA6laA8L7ew&#10;SqzWsbSg1dWpje0dDBnS6jdpeVUojWliwBVW8lm2NubgDCoiL0tJzedLESLVwt3XkokqhJX52dUk&#10;KztbYGpVbm6R2tDZxpBBUtcXvM4uV6BEa49WJiDcAxZIABKABJo/gWbtC5s//q82Aq0vdFuf9egn&#10;86/WJmwIEoAEIIH/CoHmvUb6X7lLfzxOHJ5IJBG025WwQAKQACQACfxJAnBe+CeBfaPVUSw4BAfO&#10;zn6ckuYbtRiaBQlAApDAt0MAzgu/nXvxdywBbhAcEoWO8O8whNdCApDAf5cA9IX/3XsPRw4JQAKQ&#10;ACTQQKB5r5GqpGUpT+KLQJD42xgDI9d2rd2tGH9KeuEffBZUFSnPkoq4Pr08uJjcxP+raKrSI+Lz&#10;2C16eBmTP/nrR1r8IjpFady2nZNuY7z+3zcVnEQtSnyWjbr4trbTbTJ4Zfnr8KRSE7/e7vr/RyR/&#10;f3ywBUgAEviOCDTreSEIdghd2X/A0AV7rl5vLM9TiyUg2rAq/vCB8AKFUpwdfuh4XO0X3jBFZeSd&#10;Rw/iKhF59sVjIUmY1MXnijI/IZdXK/2jhqWR24b27rc17uNwwD+68rPva8S5USHn7r5RIxVPrj4K&#10;Ta78OOnNR9fKYw+M691/bQRf/plmy29P6Nd38O7XAsVftqvJhaLUMJCgDuVnX5vav8eUU8nvYxSF&#10;bRzUp++upD9IO/A1DIFtQAKQACTwZQSatS8EycaIJMSg1bR9t240ljVj2nNJIJeniFevppBJDLKm&#10;vlbyBd5CSwvLAypX4ugIhSytFYmVnxMl0hQ93D9n4bkM6R9OP2lUBodJaBo/+GW35XdqYZqNMokC&#10;qA7SNWKJQBuA/0eFRmNwOAiD9H6+tyZXcbtu2L9711hHBmD3N4sobs+Sn7dHqRC8nnX3VTsOrxnk&#10;+P70j0plchgU+t/QePybFsLLIQFIABL4kABhzZo1TV/jCYRGHFZz4aTgp97eHVTvP2hCF+v3/BLb&#10;hP3ixJbDp65GFRsF9O9pD1KaKYrCruw5GpryJujK0ZCopBu3b4rturnoE3ByfuLZ+TsfqO06uhnW&#10;FDy5ceH4hRvRijbdR7WyIuPzby3YeKqEoopfvnbvw4QSvp2flzL64OLJy66nZr/J5hn4dnRShs+Y&#10;vfri1Zv3IlKqzPx8jEiIuvT2yV1bdx+7UkEwKQwKSXUYtqyvXdO1R5T34NSOjTuOXLv9MFRsEeBu&#10;QkKzr8zbcrGcIIlesf7AwxSe3MHbjZh6csuWZ4izu6UOSJRddG/u2sPFut19bTQ1cbduHD9/OaTE&#10;1GNAd18uuTp848bdiQRy7tpftt5+lpjCbdnJFGTU1vBCLu39dfuRK8VKvdKnYQmm/RcPcMBnXZy/&#10;63qVpvbZyk2HgzIFBDtXRxZBWvIy+rVIp4W3LRuXfWX+1kuVeNGLXzYeCEqrUdm5u7ABXEnKjk2b&#10;jhw7dyNXiUs6fuY+3q2LHUte9ezyprVACuNOUIrSxNvNOOvM1InTT8SKyory5EYtzKtepkmt3Fta&#10;cXCqwitHduzYe+JqDcUi796jTPdRy3pbw8M+zeWTBu2EBL53As17XgjuDgqSZlOZ709neKHzxw47&#10;mGnVKaCzD+fFisBpKyKFCK4qMfjI5lU3k4muXdr4cesP7Z+3PbgYJJ6pjb645PgZEYWeenHZvJU3&#10;yT4Dh7mLzi4Z+evDIjlaGbZzx7aVp8tsuvsYVF5avO1AaCnN2MXZypQKUtK0b22Di1w1aEKIxm/Y&#10;wADd3BMrV6x7rUCKru9ftexmrUXb7gY5J2P4YvUH07HayL2LV+1/YdZ5yDCnuourx+8J4ylUJSF7&#10;tu3YcKXWpbsXteDUwp0no2uINPGt8+tWX47hA2XenKD5e3YVI3pV0ft/+mF9oUW/oZ0MXh78cemR&#10;sHpEmnT60J5FW+Kp7Tu2okRu2LrmchoAU/zwxJp55wr1fbubl12OqRKgIA84olbmPdy3ede2uzLP&#10;7s6q9IMLdl9JAEvIoldHtq/dHVwkVaPqwmBgycbrfLfubsScYwt2no2pAp4wdv2qVQeS9X07BxCe&#10;T5m/Z++hWD6izA8+sHnHY0bbwG7cpEM/T9wTXMx28nPRoVO4rv4d3Zg10cc3bjz+rAQkwMk6vWvl&#10;qocSu/bd2RmHY8QS5XvaxN/7pwyODxKABL55As1Zv1AjKLo0EiHSje29WmhLj3kXXvPRqtsducQe&#10;O19j0oGoMGJ1e7Jl/6dCNG3/JBtSi0V38rGXVbGzjOm6Q85WyIV35xjrO65IVaKC4sz0uKBNy8e3&#10;97Jm4JFhR1LF6riFDIZej73FQCw480wgWz9gbrgCKAuOb8+2mHIfZCJT12TGxWU+3d+pXSsnE4ph&#10;iz5P8ioPT3BntJoVVgEEfQu3DzGl4n98LFE24Syvzk/LeHV/5bzR7T0saDjkh/MFEtmzn4g0k8Bj&#10;VUAj8dW+HlSTwHVxKk3Z3i62dO9l0bVo+n4PGn3MYykqrylIjQ2/enBRB18XLg1pN+98GVp+yMuc&#10;4jz3JRAVVLxaak+zCjgnQCvP/dya6jr2dgHoufLweDsGMuZ2tVQueDAeR7MZewEIBFeHrW9Hsv5h&#10;z2s1WnmmoyPVY8nLWrlaFjIVTzMfeqoGRetf7uxKMRu2JRGVvRjnoWs+7nQ5kLqQxPzcgsq13pqD&#10;SuIP/GBB1PcctOpqdHJO0qucSqB1mPmrsS6j/ykgdVifcrgHYhywIwHVZG8c5MDusOQlaFSV+2s/&#10;LpU8KxwkWoUFEoAEIIFvg0AznxdqUAXCsBmw9Pgpbdk1q7s9Q5KRWKxWWZlzsW0qDYFrZaFQFKaW&#10;8IlA94HAYbC0G1WEFnNX9laG3wnJjQ4+LzH8YYgTUZgddmbKD/NeKrouXTjaWv+teCAQQOIagjVW&#10;mQZPoalRCdhFVCpBYDsKtAYViCj5+OyZw6c+6bN82/QAEyWBIqsqzy3Js3C1MQHpQvFcZ0My8cPT&#10;ksKMoGMTxizOYA1cNm+wCQdpXCkEIYIGQFgJkQO1CopaIxbLcMbjQYWimGc5z2/vKSaOHtGRqqzN&#10;ur900vT9T1izVs33t8WrUe2kE+Sb0TPSIWqUMhyZgxIk6noFL7cwy9DJylIHvK3rYEgjYpUaCpFo&#10;oA+sU+AJVJJKLftoOxVHIHANMEtweAoZDBfhl2fmC+o9vBxooAmasSsXHD9WKxGqU4c+3dxqkm+v&#10;mxg4OHD8ybhycJgIyFihIO84UHNsOBwD9BE1dcW55UXWbnaGIEsrgetiiN2Kb/5XIjQQEoAE/kME&#10;mrkvxL7fiQxTZ9+GeaEryHNNoHHNKGSgwKD9isch4A8KhW6qz2qQNnwryESyDRwaoAo9v3D7RZQz&#10;ZaAXsT4/5PaxPKNOC5aP7evGJTdxHUDFDxPCwH68YMqA754OPJFcHXnlRHxcp20nF/TwtDakqFVq&#10;Boujp2dUwavmA6lfcBrnY/2nyuwHt09UOPRfsnBYb2d9EuE3H/VbR5gEIZDSxbG79e9tnBO2bN3m&#10;IvnEYQEUhSjh3rEnQs6UzYuH+ZixgMzGu/aBkVqtDSC1BKQT6SSWvoFJVXVtnRB7UfWBGe9GBDr6&#10;5IGaJhVAiyw9EyaDUVReqQCrteDwjlbNCZjHcAvcG15RWZl5rLd11evDkzdfzZXIgaPDJBTf/pYA&#10;GXHwLD1dXYNyXrUQO3iLNlwOCyQACUAC3w6BZu8LNUB1V60EX9HvCs6p88/mZjf2n06qrq8pizt3&#10;NNTOZqo/F1EogSYvmM+9rWjSdUh35NHDp4wB2ye7YZ4HTyTwxQqhuOD2rjtF5WBWhzkVoH0ILtJe&#10;A77V1VodXoaFjy7LQCas40vkGhwJX1xdUpV9+9z+HDKQujCz6uHdmvXy1dOMEkH2tbXBVaIPjqOi&#10;CIFIqBHJROI3l7bcq6jR6vtqG2/sCDgf7E9tpzS/gb0N4sKeCPw3zupKx+SBcXiFSl0t4L26eism&#10;QU0kgRkWJgD8zkgsG5tKpcCZd/LraJ6Q/Dg5T1B459egIj64sqEjFIxC23iTjrQtNL76oSVKhYbd&#10;aoKdfd79J3Fl1fXPz6x8rsbjCTSk7snWIebdpj8sM+2zbfVEf2tPPRaNaGvfhYSqRQKhAOhngbuj&#10;ATeH5Ni/hS8x4uWz7HJB+uVVj2rFILgDBhd+O18D0BJI4D9PoHn7QhyBbmBqZsSmvve9inOYGfdw&#10;nezKYE9XjzaTn3W9HBc20Rgs+DH1TCwM2dR3B04Nu4wYbm1nM2xIFw64Xt/zh7lrhqsf/ejX/gDV&#10;sa+3J1JbpVITdMzNzfTpABOeyNA3M+fqgUVDxDNgSFt2/JJenvuI0/aOcoxb1aPdsG2MqdM6UQnF&#10;xTjvJVs2j6OfGuXnvKfmx17OrtZ6lKb2GbedOn9Zn5pro707nzP3G+jupqipVGtIuhYWZnpg9xAo&#10;AjO55mYGnIZBUdv2H2znZDpkRDdrYARFt9NPO5Y7lm3r13pmeFW77gFGYoFIqWCZmFkYscFiLA5H&#10;ZhtZmBjRVAjBY8bK7fOt7k1p77whe2AXD08LPTI2CaSBUZjoYh0RqGxDczBhBuJOeIahiYWxDgV4&#10;SxxVz8LctMESCguzhE2QIfojjqzvaRY5tYOnx2PjdR0JGiKiQHQD5h44OgC/vI+Ti/vwMxbTdv8y&#10;zJSs237YcKP0bX38O5zN1Tc3NeOyCBqE3mnTto0D1XuH+Dgflc7p4+hsp0OBq6T/+W8fCAAS+HYI&#10;NO+8M98Ox+/cElRSllMsRPUdHA3wSPGuDo4bnS8XHhvYVEHxOycAhwcJQALfNYHmPS/8rm/NtzQ4&#10;TdH9XwKdnTr+fOjS7XtnHqU5dezmAh3ht3SHoC2QACTwtwjAeeHfwvcfurjwwYqdF1Jz6hUakkHf&#10;X87MbAV/Rv2H7j4cKiTwvRP4mr7w4kWksrIRmI4OMnHi9w4Pjg8SgAQgAUjguyDwNX2hkxOSnd1I&#10;hctFeLxvnZAm+87cQ8iiXT1UITePJ1ouWtxB51s3GdoHCUACkAAk8PUJfM2FLlaTPKZsEJ3+7ReG&#10;qU9rZ1MQPW5p7WKv//fzUn/7I4YWQgKQACQACXxM4Gv6wn+dr0aQdmlq/7FLQitAEpWMa9t+6Dlk&#10;+/0ssdaOmvAtgwYOuJCpkRQHr+g5cvHVjI8jvPFmzjaFi/v1GbYgWnfsYNcmh0EkzxdN7tmuLVba&#10;dQncEd302pzzv472b3jPv/PC2yBZJ4jUE5c/Wduz56SlV4u0vWvyghZP6Lniapq0Ln7z8EGDjiWC&#10;OoKChyt69py29k6pto4q+/bssT3X3snGRKawNl7v6dRe22xb/36zjsaCwMO3RZW4bXAvf8yW/lOP&#10;JWtflWZe2Tx2wJIrqY3Vap5tDRw44HyGRlIWuqFnj26dG5ry7xSw8HpStfaSN2eHBfYK6Kg1vZ1/&#10;x2HL9yQ00XDiB/84oktD9+17jjucpL2k9tXJFX0nbniQByry7s+ePKhbZ2BGQ+k9avqd2JSjs7DW&#10;OnQJ6NGja8cGLNvCxZL4/T17du/S4W3dtm37L7wQD0ytuj9z0sB3jbTz7z765+s5//qDAzuEBCAB&#10;SOADAl8xH6mPDwgZa/yvnd2/kGNOVfVsjS1i4H8yF6QLjfp1rA2CMAZuia3Ekn+WnB9GwONWvlDV&#10;px/qgnDabogEucE+LOW3htIxHka+K+O12Uuxwo9d9kNrg7Y/nb//LCoq6vnTbT1xJm37nMLSmMqL&#10;r60fbOnRf8XJx+CtqKgz4w0t7BzWxaGq+twzA0FD5l2WRoJMnKgq4WBbU6TLxueCsgdDGQTCnEcg&#10;aJ/3+nBPUMeu74ZYkA0UVcRs9zJA+uyM4YMkn68PerZwsJ10VNvsk+MLBjvo+/9yMU2KGVRwvndL&#10;XfefrjwLu7kiAGF5/HATpEeVvFg/1ADnvz68pMHqkgvDiXhkRZSqPuNod4TmMvlgBGgp8twsP2e9&#10;VktCi0Gm0PildBKh9eI7WBePTyzoo8/o8svDPOzi6mfTAr10Oy+6E4Jd9OTu2k5E84AxN2vQ2uAF&#10;XRDzAfsTwOUFe92MEZsfToY+1xoZFZuQUlEnKEwFfz7c3s+DROuw/FwQ9kZutVz4cALI/Nbv15CG&#10;qqDEpZfUA8Q5e1wMEdsJp59gjTwPvjSjLeI55HgWTE36L3xcYBeQACTweQLazGJNSnJR6V/G9e/7&#10;wuqIDa5U865nwBe69OXWyW7A05CZYw5E1aJoxZUxTAZ9XbSKn3GsF2LUefOLj31h8eUxelTKyOHD&#10;icaem6Jl2oHXP1s2iGvQa2sk8DcNRVmXn5dfWAdScufcXtWK5jr6WKzWRWFFVFKY+6ZKgmrqcy8M&#10;B73jiS6B82NEKJpytLMt0mtLpKA8eLQBk7kwBPjCqpTjmL8kkFqMWZUEmkjY7WeODNqbIETTt4JU&#10;nd23JYkbfYJGUluSW1hZL8P+LQydZsoi/HgLs19eV1BQWMoHTkUUvWm0Ob3rpueN96v08lgWg7bm&#10;pYqfebw3YtRpS2yDhflXxziyrBbczFegr1fps9mBZ6q1r0uzb0xww7eecpWHSkJ+7Mw0G34sGSQG&#10;byjymvy8whK+Cq0IXtqLZD/0cBLwhYUHva0ordanvvvR8NuDIgyd2V3XaNTFbDByLTJR8BQ803bm&#10;A/lvdRr+yjnQwoLSemN6Y65yQcTmAJxl5yPJTXOXf3gN/DckAAlAAv80gWa9RvrRJB+HxytFl49c&#10;jStTaDCFot8vvLAbwUrWzImbBvTmldx7FIclMK1Lvx4Xi+vUta+r+duLiTrWNtaWOiQ571VESIK9&#10;a2CnViDFdENhmFna2hsArUBtweGAIsPziAuPizU08mfI4nAaVUpI2NVnlWqqtg6egIsJ3lYp6D1q&#10;qBe90WQcTdfM1tKQo81XA5KxUcma06MtVj1R4llWVpambLCz+ftZW0B2NVVDDTKVRMYple/yoqLq&#10;hlTcOCKVTgZ513CkqtdnkpL1e/XuaWvwdlhkPWsbSzOgWvhbxrrGt0C7qo8Xm0FWOJAFVaNSKpoS&#10;1yikQlljkSubpEQFaeIaGkE1BDIVzJDfy6H3B3cNvg0JQAKQwNcn8B35QqVErB84Y3EvD97+Q1cy&#10;6pTEz6q4azGi5WHXQyT0GUN6GLXvFSjMfxCcCL6f6yoqqytsrM2Y2NqpRsbnVYLCAymu6+VCYWlJ&#10;jpGhgak+drlCVFuFvVVVU1MjAe5Fo1Tgzb0mLpvqnRx09tSLAgrp46M4aoWcYNf6xwU/OMfeOXPp&#10;VQmZSMSShJbmpSsR1N3eErNKLRdUa9utruGLZZjUAytgxnw7C6aifH03jpH11hf10g8SnH70VOAQ&#10;jUJYUw6aqYg8ezQxz2RAgI8RGeQlB+3L+NiIKnMjb1+6nuXbrl9rjjCnsq7W0caMBnKxIRppvXbE&#10;VdV19QKF5gOEOEQprK7AGgZVaoTyzzpkHJ6oERefm+xs2VhaTdz4AqR4BTleQR5SpbCqvBz0wct/&#10;E/7kqavb4PaeUOX+63+2YYuQACTw5QS+I18I5IKkIqcftqzp5vt4/opTyUWq33WGJaG3whWshYPb&#10;IgyTTr2HVhUGPX2lQigkHIIHcxjtvIv/eFUv/9Z+Xg7G5h7tL+SwGWSCEuztYW+pkk7M6N/Bz8fF&#10;0sDA4NcYFZiFqjVyXY+uM+cuZgVd3HrkdilI9f3RzFStlhr4Dpj708/IjRPbzwZXEgggiSiRSAQd&#10;Ah0o0K6oKHzTcD8/b3crY4PuC47nYMIOOK+fY+LPzXZxsmPKSpb0bbnsdo0aweZsH83atPedQKQi&#10;dYkHp7T18/NrPfaooMvZW5sGAPlCkH0cQSXPNvQBr/sFTD5ePuzI2T2BFjgp6BiHDRkrVXcWdvTz&#10;83WzNbRp3Te4hENt6tEJJGLGsXGd2mENtOs2ald0k6M37z9yYI6IZ1hNuljCayzJ51e3N8V8LVgi&#10;JqYdGdOpna+LuZGd36HShReCFnhBV/jlH1lYExKABP4BAt+VLwRf9zKBdb+VE7yNHm3f/EQqA1/y&#10;n1koRSse3wyTSdriq56Cklgi51SWhYW+Upo6utlbF+fl1WKnUXUH7EnIKSiM2NQRTKlobI6jWwtp&#10;TWluOXAqRL85V6KzCwsuTdBhUt5CBIuCHNfOw4YNVD24diU1Q0Umv8sD/u7WaeRiXc8+owb14N84&#10;f/1NrppAQExc21lz0Fcp2HlKlk3PTU8LC9PvT+9IlSrRd9Yb9N2ZnplzY7W7maImZNedaoRCpRCI&#10;NDwB39gFHjSEYEuViFolRQza/RJUiJWCvGe7hrjoNHSPIjhmnz3p2tcL0kL3j3XBXjV1cbEyfvMm&#10;V4gtcBqNPJ5VWFh8f7mPQt1Un0p7vVqharEkvEjbcG7y41Wd3q0Vf/LJxBZNP34DNOK9LLKosODR&#10;JhsdoFJFFPChhtM/8MmGTUICkMCfIfCd+UKg1CchOI5c1dOfise/mzcBH0Cg0N/zS6Wh16OEDJfK&#10;BxvWrVu3+WQYz9hMlBN2P1nmOGPyQIPsOwceJTeuRAoz78SUq6VCIY3ZbvC4AfTUoxfvVza8pym/&#10;E5UnFskVbxctUZUMpbsNCxzbRl97PvVTBVVLUVbLsYNGtNTVuhIgAuU2/NAYu9Bje64UN/qOytSE&#10;tBIZ2FVDgZZURcKdmzdelmBvdVh4bpSuWKJLJyF4M097Y5PCwpK6hk5EvBKJ2Jyr37CRiAIx3U+u&#10;pAIF4oaYk9+Krt/Cyb00MRf3P89rfLE6PiihCjh2leajXxIahUT8kfbvpweKw5NoQBD4E0WjEEs1&#10;BJ/Z55Z7iJN3zt99vxZqVvyZDy2sCwlAAl+dQPP2hcD3CGUCkQKbWKjlEoFYLMckfHW6717Z0x5F&#10;VDKZGjvSoUAqUu8d2rKtsZwKi4+6ePZpFTpg070n4Vh5Gh60/QeH3Ii7t6NqDLrNWDjBI3brqqUr&#10;N4ELNvw0YtHZzNaDJoLwQ4p9zxkzR5OfHpg3Zx3W1txxQ9c9tgyY4G+G16gVYkQgkilUCN5u6OSx&#10;I4AiIiIA+33AOQtEIinmP4CDAnXEcgVQMHT+YcbIAQ7gRaFMrVFT2v+8fWKLzJWjZmHNbpj/w7RF&#10;j/muvbt664Fdvur02zsn9Rs/B9i//petT4n9J87w1UUQA+9h07rrRx7/ZdFGcM3qxTvLek3ZMdAJ&#10;p1ZpLZF/7LHApFkgEGthvV+s+i9YMsr8wdIlK9eBTrasmDFm7fXCToNH2bKlMolYKZQosH1LsAcp&#10;kIu0W5gfFlQlFfEFDdUailqmERY+O7P+LfNt286GYaGQuIZGVEAdGUf0m35ygS8xfsusrZdzscVg&#10;WCABSAAS+D8RIKxZs6Zp1zyB0IjTJH/MnzHr6FGkHDsfgRU9PWT27D9z8V+riyfR9Rzad23Xwhgs&#10;F5IN7L3ad25hyaEgNKtWVkyua/uunTtZ65CYVEMzLlpdWw98ASh4E3tLHTY4EDpqWGtTTJoQKxwD&#10;K66ujYu3i6uZZcv2A7tSKlMKi6vBFzzbpd/AwDmrl7cG/gdHt/QM6OtILcvOKqnnCwjmPbp3m7Nx&#10;d08rPDgDQ6Na+nTr4G2tg8Nz7C0MzY0c23Tt6mmpQ2UaeXbu3NFOFwfkFhk2vt3ae1mwcQRdZwsD&#10;M2OXtl27upuxiLoOAwO72WS+SgRGSnBmbu0nzFz40/D2ejiEYOg5qJu3ildUXlUn1Zh0Xrh6SU9r&#10;bL5G47bs0ElHWlZUzOPz5QYtZm7a098cnEwBKrs0K99uHVpYYbKMTQqOSNZ3ApZ4mFA+oE02bNNl&#10;YEdVfkJpWS1fqNL3GDhs9Jxls91ZShTPNHDy6drWzZRJJJDZFm3bd/axZn64EQqOytBN3H07dXAz&#10;Zmg3GHF4Co5jY0Ouq6njN0AXEE2dPZzMOSQyy6Jdh4ZGCBQjt3aOFJa1jZGdu7shdnYHFkgAEoAE&#10;/h8EvmY+Ul9fJD6+cRB2dkgOzCfy/7ijsE9IABKABCCBP0vga66RCoW/9S4Q/FlLYH1IABKABCAB&#10;SOD/Q+Brzgtfv0bEbw9mUKmIt/f/Z0iwV0gAEoAEIAFI4E8R+Jq+8E91DCtDApAAJAAJQALfCIGv&#10;uUb6jQwJmgEJQAKQACQACfwpAs3bF2JRCiKxVPlvBmuDLGlSECTxLsHnn8L9+cogcE8k+lTAw1dq&#10;HzYDCUACkAAk8FkCzdoXqmtfbPXVd+xz8W2Q+BfeaJWwpKhaCLyZrK6gsLYhkZgGBIALGhNsykTS&#10;3+LnP2xTEL5kkKnhkGOJWuHCr1RQVf7+3vo27ruzPtugRlQr+aNEpF/JGtgMJAAJQAL/MQLN2hdi&#10;yhB4UP5IkOLDe1r5ZN7kY89r1Lj8G2NHn88Gb6sqQk4d2rUvEbSkqIjYPO9oRGb9Z54Ego6dh397&#10;dxPWx7m3//qzgwO5S39vJOrq1PPzptxozDHz1/uBV0ICkAAkAAl8gsDXjLX/1wGj0qLIU+deMftP&#10;HO+lw89PjU+tkUrfpCYkpOUW4/Ws9WiYpxeVvAp9FpuWlVMqRHW5BjSQio1t5u5BEmSkZIhMRywZ&#10;3oJYHXV88dRp+3NtHU00BZcXz98UnMN2tLG1062Pj3/NJ+Iqnz6Lya3gi9lGJiCkn2lq693Ox80W&#10;hJXLCiJfJNSS8FVhz2JyyuoEbCNTbao3SW5K7MuYxHSeAi/ITEmTsq24NBwiLI578jwOWFImRnS5&#10;+lRgnaYm7sWLhMTkTAVOHHL6WX2XCXP8uYiKlxsfFhmXnpVbKKObG9NrXx+d0fLHywxTdytDXT0k&#10;LyqpgqhrwqGIy1NfxRQodbi6aHnki1d1JELV07CYnKI6gQaP8mKevsws4BPY+roMmPr6X382YYeQ&#10;ACTQvAh8IJD4d7R8/2mtxY/aVzXR8pVErB6kh3gOnzNx+sROtgjSbk1EnVqjqIjbFmhn3Wn4sG5u&#10;Rha2Cy7lyzR1rw5OsHJv13/YyP4++kj/VcmF6cfGu+ojVEPX9n369PSzMiCRTbw6zriU+mgRnYhY&#10;/bR9W59u7ewNWQ5rIoBIMP/xz53JuG574mpQNG2NLgkxnbZtW9/uHZwMKRbLngChXE3ty2PdHW2t&#10;/Lr1mTK1I6Yv/EOQVCkri9400M6284hhXZ0NLZ2WXMmXoerSC/P19W18Anr1W7VysAPVyG5bFqqs&#10;jDs7qYune4/ho3p50bz6HIrOeXFghAeNSDT0Cpyw9V7Y3nYIw39TNKCRfHSQMeK8LKgUzdoNxAat&#10;f96yvU/P9k4GNAP/6bOWT+zjb8606DDrUo4AKuX+688m7BASgASaFYFmvkb62+8OHJHGZBJFRu1W&#10;HTr5ZFtf65gjNzLlSnHeg9O3ql06DJ+17cLFVaMdKEI1oqzTOG1Yv7RPt/YtHE3JQb/ernEZvWRe&#10;S8Sw3bwzDx4E7xnciqUbsPLCgZFu5iw2k4agbec+CLm1IwDl3b/0So5QKDQmR4dBwfKQEagcHSqi&#10;9J11//H9fX2p9fcuxKqQmuBTJ18q2++5FfLg4BR7HX0SjkbGqUU598/dqXXpOHLOzgsXVgyzJYvU&#10;orRdW86hfvNvhQbdm+JcKkJxoCCoXEby6T99yc/D/DwdTPIe3nxa4fXT1jFsJr39kounFnXQwdMQ&#10;DpOCTT8JZAYbYVGJeARPAYYUVJjNfhB8d/c4Uk16Ki3w5IPba4ZyIkKDE0s/q63UvH63QWshAUgA&#10;EviHCHw3vhCkg1arqQ5WFkAgQkOzJ9LL62s1OJplp07O/KANQwPGrQ8ps7a1MKfjyGw9vaybJ27E&#10;FlWJVXgqE6xVyiRAjlejlIBkOWKhHMyiwDkakEQHO56K9/S1JyISJVXXWKku5ks/UIFCUZyHrwMF&#10;kckpumZKpExULy98lZuh39bNAWg0kLxGtGRR8RoNSmRYdWrvWPdgXWC38ZueVtjY21qTq18959d6&#10;d23JAWm0LTpMcMOBeqBDuo6etCLh7qWQjFoVSkRoFIIKEcnALyylhI+gys9JOqCos68jCVHKSWxj&#10;uq5uWwuw9ckicxAyGf+xjuI/9DTBZiEBSAASaJ4EviNfCG4ACvwhcGBAmgJFwFEUFEcx67z17r0b&#10;l0+ublV1aPWUMeuOhYTf3rlq+hVhu227t2yZ6ttw7gYsbL4Ny0A1QFuiaYyGSqnVmNBogMg78VPH&#10;dN5VUINE2nginkgkkRRKlbrJoU/gMamW3bbfu3vj0onlXuUHVk8es+ZYbIGSQSXJFMD1vn12gBih&#10;uurJkfmrLiR3nLPpyJrRDgaIAlPZ1Wjeyk5oTcUsweaFRHzT+2ergyVVxywFjhMIZoA/P6322zwf&#10;VWg1JAAJQAL/GIHvyxe+jwmPqmrDt/ZedBvXfuKKk2d2j21JKc+pLK4oVaC6vh28mBXXV4fK1UAi&#10;EKEy9bl2GiB6gSBMri2Vboin0oBf+fPzKbUKR7Lr6OQhjUhKBoc++U93PasXq4GLU1aFbuq75D6x&#10;86SVp87uGOGJL0gT27btr2uQEBRdASzIuLMpFiUQcBpUUllZKjdz9/HTy7n8MKMIIWFSwUamXhoc&#10;hcoEYrwcA64uX5IlwU7oJBYXAVmKt/cQE0KCBRKABCABSODPE2jevhDVKGUyGfBnYOBAplAmlauw&#10;ZUZErZRJNWBmRGB59J/uVjTax8HZpcfKDMNhixYMHDhl9kDP/B2D7B19Lpm3biGTpRXU0019OrYl&#10;Bi0PGLjokKrFABf84587OSy7l1ovUckVYI6p1R6USWUNOn5KuVQKZmvgT6CfKAV9aisAU6TAFjHC&#10;DPh5Vi/rxJ872jmueOlsSmbiUTVC5HgN+NEpd2QLB2e3XmtyzMYuX+Bv6fbjiU19S452c3RwOcXv&#10;ay4Xi2QIwbzvhDkdis8PsredEFpsweDUFhSJ5AZdh7UW3J3Tqk2Xu8KuY6Z4Pj861H7Y3NvVGmNE&#10;gfWPGSIHg9daihmiZQKMliMNRsMCCUACkAAk8HkCzTsfqUYu4FWLCbpcLp2gENbVCNRMAz0WBS+r&#10;r6wRUfTNdKlgCVReX1heq9bg8FSWgaEBk4ioRDVVtUKpCmUa6BOEIkTXSJ+GkwqqquoleJquoQ5N&#10;VF8FNG8ZXCOygC8ic4wNGHi1rL6qRkHSA6EQSn5NjRjH4eoySBphOU9AZBtzmXiNnM+rlhN1DQxA&#10;VIVGVA/UEsUqBvX1ijbjs6a/DFniRgbbknWF5XVqFEgdsrmG+gzs+ItKUFFZK5GjOobGGn6dkm1o&#10;wiKqZXU8Hl+mIjHZVLVKTWHp6zDw8rpSHh/o3OubWNJUteXVAiWBxqETNBINRV+fTZSV8+pJbGx4&#10;apmwqkZC1APhI4ikrqZWQdLX16ER/2wMJvzQQAKQACTwHyLQvH3hN3mjSu+t/GnyvuppJ06t7Ifu&#10;9eqyrsve8n1DYYzfN3mzoFGQACQACWAEoC/8+s8Bmnv3pzkLb8TysQiJlgsfX53Tgg01278+Z9gi&#10;JAAJQAJfi8B34gsV9ZW8OhXH0oyFLTzCAglAApAAJAAJ/AkCzfvsTMNAUXl1wpWVP41e8zClXvkn&#10;xg6rQgKQACQACUACGIHvwhdWZtebWLQbPIKWEgWzV8PnGhKABCABSODPEvgefKFCLc599iIiJpbH&#10;NALJXr560ch5MdeOXbydKfpU06imLPLo8bNheYo/03Fd9tPLh2+8KhLCkMA/gw3WhQQgAUjgHyHw&#10;HfhCZWVu4oU9wQ9vHI+tbhodX/fi+mv+74TWFYUsX3I7V6Wojr3xy6Zn1Z/Hq5LkXF48de7qp5+s&#10;g6rTT0778afDMSD6/ctLScTB+TOWXUvkQUnCL4cGa0ICkAAk8A8RaP6+UF6XHPWwmK1nbUGIjAjL&#10;BWlEsVL/ZOmMmScS0N8Jq6MburrZGBPJBmbWzpac35E1ItOoVDaVA+IWP30TiHQyg8Mg/6kIPgad&#10;yULYNFLz5/8PPZiwWUgAEoAE/kUCzf67WFaXGXn3tUnnGbPHtah58iImD+TXVr7cPX76liuJMZsG&#10;D9wQV68qCt3et2dA5+Gzlm9eMmvkogvR5dgRG3XVs8crB3Tu0n3uoVw7Ox1EVfD46OyxC1dunDm2&#10;5/DdTyuQqqeTR/Xv2rV7/5MpbMpbT1efemz1qG5dwGV9F1xJlmmQxhSleBIJEUYcmtR36srQQtC6&#10;MmHH4uFdu3QGFX951OigUWl28BbMkhmrzqeLOCR45vVffNJhV5AAJAAJfJ5Ac/eFitq05w+zdSyH&#10;/jSlr7uj/HnkyxwBQnDoPaKLAYti3+fnhYMMqx9uGL8n2yRw1Wz/6hdX9195nMmTEdUxq/r98IIx&#10;aOPGtYE6UVtnTnpSR5CVJD24sD+izG74sjm9PUQ3Ji88FW8wbsmiyYToPal4CpFARUQvjv16IkQx&#10;aMnGmT45J2dMP/aqTgnOH+HwFJzszYO1o9Y8Eth19eBK47bNHr/jtd3ouatWzfF8NbNHlyNZCCLM&#10;e7Bp0oFci6GrJnhUZGSkqwkgFw0skAAkAAlAAv93As38y1guTnl2p8DIYmAHU5ZrJzcPfGhkZFk9&#10;3sDJ2wb4Lq57lw7OquibZ8SsMZOmdm0/fNqAdnYIAUg9qPAeP197ET5W8OOUKZtu5ZNrcqoUOCJQ&#10;mSA6tQwYMKCzv5M0bktsestRk8b17DFg4OD+FmoFyOKGKOtrBfkJYTt2BJHH3E9NuDTanY1HUIJa&#10;WnJlVu+pN43HHLgxt4uRKu188B1cn2FTfxjYteugjbN7J7xc9yhBVhZ556JMZ+yEH7u2HjwhwI2r&#10;UX5WgOn//lxAAyABSAAS+C8RaN6+UC7ODLuTZmI+xt9ErWaatDQ1LXkaHV8KlknVIHU2TqOSKCQF&#10;WSl4fY6zJcj8gmex6FQg0IQjEtXxW4f0ajnw0Y8ngw786KrQ4LGlTiB1hKNRqNjSpTQvjaeQt3C1&#10;BS+raLrGQNJXo5IjOv4Du3V0qC94sm10x3Y+bX59Vi0FOk04kK9byCsvq5ClZVdREKS6qKyWx9Jn&#10;NSSboepyiWRBfFp+SU4qwUDH2QJsTRLYbK0lMGv2f+nDBscKCUAC3yyBZu0L1cKM8McpsqL45a1N&#10;jI1N/JffyyRURr9MKJYjQEYQODY8hUwxt3FUCkT5ZWCLEFUAXUFM9o9c/fLB1TdZvY+end3GjAmU&#10;kn67P8A/YQ6KZmbPJlPS84rBW3iVTKxCgFPUICjVY8KRSL5Mnns0wBmtPDpy40O+RKVRU00cV99+&#10;OFfx6uzmu+UaU0sDHX25RN5wRlQtk6Aairu9pYmVg5wvzCvHlAXlcq0sIiyQACQACUAC3wCB5uwL&#10;VeKEu+cTddxWh5ZXYaW6Jv54X4f8a0ERpVJj954Mtbg0O6+U5jdgqKLm2q37OYXh54LiChASCY/i&#10;KRxdKvI68WVq0vnj29IoqEquUiMatVKpxGaUoDh0mutim3b1Rnh6ZsLD80fT1DgcgYGUnV/e167f&#10;zCuxcr9NM7s7W/V3tqQQcEpUqfJvEdBt5i/D/8feWQZGcbQBeM/9chd3dycKMdzdXVrcCwVaCqW4&#10;Fnd3hyAJFnd3d3c9d/nmEmipfaUtLQRmfsDdZnbkmdl7d2ZeEb3YvDpU7DLPv1/7w8AH4ZllZemH&#10;jt3UN/p6SB+yvu+oidLOJ4+fl1VHXHmWUo6gMCi4MPwIHgLYBEgAEvjsCfRgWSiXtVTX4wb0mze8&#10;1xvP11a9pw6eoMdqredQ/GYs7MV9uGzqnATMtP13FuIitoxae09mbO/OQEtlYnWvb06tGo4K+nbq&#10;vFPqW7+fZm0hZPNIOmYung5GDLDLCZLZly8ufcWIWTVp8qpmv+OzPGwtGWLEcP6Bq3v8BHsXjBw5&#10;elv2+CNnl/Wm4GkmXp69jOk4nP6QGeuHoGRxsY3e269encN4vHb6qFEzr2gdSCjc6IKgGHbTfnyw&#10;Wj3421HrH1M9Rs7xttOi/aSf+tnPRAgAEoAEIIEPR+AT8c39fwAqOopi0zv0bH2sjZDai7N9jrA3&#10;X72y2E39wzGHNUMCkAAkAAl8XAR68Lrw3UDKWBWxO6b6OvWese/Ekf23avXcBnsa0t7tXpgLEoAE&#10;IAFI4LMg8OmvCxGFuDTi7JlnxVyeFKPXe86SmX30u3dBYYIEIAFIABKABFQEPgNZCAcaEoAEIAFI&#10;ABL4vwQ++T1SOP6QACQACUACkMCfEICyEE4RSAASgAQggc+dQI+WhQpW5vlxHoMXBNX80TCK2sM2&#10;OPtOOpL0l4ILvlVa8/3l3r79zxT943ki5eQdWzJwTnBxW9ihca5T9kb8YZv/YVWi1sQ9o7wmr3jR&#10;+g8Leu+3N7+aO2rRwYja914wLBASgAQggX9IoEfLQqWc11iQlVvaLv4jCgppZ0VudkE99+/atEvb&#10;yrKycxqF/xCzUtYWfnbL0+redmbc1qr87KI69t+Vzn/WEoWMW5uXVVAOnIb/B4mT9irozuUsVV31&#10;D0d4fXO1sFOZfdTebnfabyvXtPTsjN5+Nvg/aBasAhKABCCBv0SgR8tCoPqDweFw2K6wSQqZFDg2&#10;k0rFIqFAKBTJuv2qodBY4GjmTYhfkEWgSkKh9I3bNaUM5AdXRBJwq1gi7fY6o5CIRaqMEjkGC2p4&#10;O0RwN17l6wzgRhm4QymTCMWS12UqZVKRSCzrLqk7t0wYE3SJyFwxwgIvk2NwWAwiE3dVK5a/zqVQ&#10;3SNVeW1TKuQS8FGmVKhaIXmTATRUJJLIlErVXyVd3VPKQW/Bx+4i5KLunsgQLP4NlK6WdfVE8MYl&#10;XNdtIoBK0tUCkfRNBaq8XSWAPnV7j1PKZaB8iaqrQlAzwKKC25VB5V9OKSx98uOysd+9kCsUoOUG&#10;Y+++3DjOEC8wnxMZ95VbdwkKUD3AqqIpVpoOXWhEDX75lyYozAwJQAKQwH9AoIfLwteEgDdtUcqB&#10;ebYGk1Z+O3FEgIkOjbLgZgVYLf4UXxe4zxbVRXwz3cfIwtraTE9tyv7cZokSkTXeWUFm6pk5e/vN&#10;mDrIwnLKd1Gq+IcFNwa4W+ubmJl/e7+Rr0T9OkqvjJd3fWSAi7mVtaWxFmPlXRan895iXTPPI4Uq&#10;H6Ps6G1TLIwmnc34eZNSJox9eYugs3SoKSKTIjgyrT50+xxfc1M9Nbd19wt4CqVSErWarmm59KkA&#10;QdozzkzUNZmxJ7cy7Rsffb+dYdWqcBbS6OXqmo5rn5YVXhhFMh9zPAPUVHjjC2eS3+7QaimiEIZs&#10;0dLSM7F37nc8UYFWCW+VV3F+1e0vx7gYmpqbm+kN+j6qggUayKm+O4OmZzNxwYKR5ib6VhPX3SsX&#10;A8kq45XfnmplZWZmZmFpsSuaJ0MkJQ83+2g5D5w5aqCz9zd38zrijzjY2VhZW5sbG9jtjuDVx5/b&#10;dShTXHhv3YylR2LbONXXxg1wMje3sLJ2nHs6v00oR6R1kT8OYlr7TJs00t1t5fk8svUwNcrT/2Ba&#10;/0dVKBUCdkdzSytH8JtVvlIBXjaAQ78/bQmImiJVvdv8n52LrvcZofg3WRQSoQC8Nf1pFf8nA3jx&#10;EvGF0tdvju9SklIiEgrF7znCCmAg5Aveei17l5b8N3nAm61UIoHOg/8b2h+ylk9DFnYRxGCUHYki&#10;m10hqUVHPPRv/XitWNK9vOlaPiK8lHt3aknDr4TGhR37wihy494XtSJuxLrZ18wXP2wuSzraF5Xe&#10;qMRh8RSk9cb6/dnIpKDi5qYFxAsZ8l9Hk1DWPDx+V2fQxsDwqMAfhuCvzPwxneA/anpn5YnLMRJE&#10;WPI8PUNn/MgRjto/DayssqQIh/Uz1Vf598YoxZ0i68kH4ptqro5Anf7mVHKbGEH/eiDAz5+F6zQH&#10;07ILN8LBFq04+uF1lPpXKydo/c7vFg4nzdo86zh+2InSqtIXvVuul6OIOCwZEYRvWrQmXG1zQlVT&#10;U+OTPk+GWSx+xZej0CCABxsrdt4S0VT8cG7zqQ37bhRJ+BHLAhZGTb/W3Nwcv8P3xNSFoUIsAYeW&#10;8+qotmueluUcniY7sztw4Porr0LDzi22bjg894Z00Lpd650Rm5nnXl1ab/9kyujN3CG3ihubmkpP&#10;qR3wtvo2Q4rDYlFyURNRd+b1wqJzS10MDI2YZMqHnO/vte72qswrx/dt3777+LXH5Swx2JrgdrJa&#10;W1pZbKFC1JER+SSrqvHNFPzDiqX8pqTn4UWN7J9zKOV8Dg+s2N+IR2l+5KPTV150CH75iyxjhd84&#10;fys4UyIRNje3CPj8tpZ2/muH8O/aT0lH2eUf9z9Lr3vXG5SiqFuXrz9OFv3ZDRIBG7SKz+e3t3aA&#10;/RWQHewwgHcDhUIGNk1+FaJF0FRw8fDxhArWn5UKIsJI2B2dbQAyR/D/4rwoFWJAhA9qlHJZXLBL&#10;86cl/34GhaQkKSEqtvgd3mr+Zg3wto+EwCckC2UyGcXN0UkPi9D1vAnEnOr6nx4AsFWHUD1mf//d&#10;bP2b384d9z1Y7SEEPEYQ/eIeGT9yuBeCkO37jxzOFAsRrJKbHlhbZTrMx4qEIPZTdvQDIZZ+mVCG&#10;YzYd/cq1au2Xs744FCOUY9B4gqbP6NkkcXhobFVRcm4esbd3P33iz3fJ66uSumJCqS7JwS6ptWUv&#10;cxJC1HSn0qpqG/lSxa+XniCbVIx3Wujtyo6ITu9khd27idJfMcxG+duHGkSgkhSG3ZCKBozxZyAo&#10;Db/J881lQiUWJSsJKczWA8EYTckg2Ea/WQupaoHPo7gosPmKqGv69bZEEHXrAHv3lsSsrMLQxCSp&#10;sA+x5cWrV1l8GrM95H5MAx4ll6OsLN1sNFSvGnbzD5+fj3k0euqMDVfyMTg8WIyDrijBPijoWXvq&#10;g7qq3tOHO6qBGcUYu2CeXHEzNE8CRKEcMTHxcgJvAaqkbdCHCBrzKSQFvyUy6EG5RN3H25VTFH7t&#10;XjSbL6opLEhLTCkoapAJ2XkJIfm1bX/aVYWIlR2VUNEM9iPeJAU77smLpJyGN7/fsuLkl9fuR7LB&#10;SvvtJOPEPboVFFnI76iNi4+rb25Ojc+o7vjDs/PfbYlcwikpza9u5f9pO19nQEkSH90JDM3+09Uo&#10;q6EoKiGxobkxPTW3mSPhNOc8CEnq5LAT48Mjs+rlyl/MeFFb8e3LFzNq34LwBw2S8bmlOfnpCSml&#10;ZS2y33ls3tyGkpTGRYRGFnFZDS9uvSpr/WtYfq4cJavISE9ILlcdEcD0SRP4hGQhGCelXKF6fwMb&#10;P+DH/62lFhqHlTXc3zzae9Jxm6W3C4I22Wgi4ECOw+4Aa0Z1te6ViurhRKFQIj5XLBap02ngUA8U&#10;9ZsNUrDJmLJ7ep+AtSnLLsZnXJ5JI6LkMgxJy2/6Gndh8PGTF6NL1Hr17mv6f33bKLraCdoLxCO6&#10;qwpwBcgb1cknGoPpOp+USRCy//rp7vLM8Mfnz18XmK8YaQm6ppJkIGaGKgcG091HlIDTAe7XVKN3&#10;90O1QYpCiSVCkZCHAsvA7hncVU0Hmwv+1PVN1T2ERCaRKGweH5xPgnrzgs78eODAuRCu18J5ZmSx&#10;QvVb87qpioagpX2dhh2VXYjMCNvbFxwRqtoPNvi66kIEXHCs+FNV4Jpcqejg8LvqAiW89SP+W6nf&#10;Mx8wMaejvKjT2W/MzNlzV30515qEkiAYlLyzuLCYh0IweAyBTKNTcU0VqUFR6WyRNDf66bmLtzKr&#10;2sC8S4+NePLoVV1ra3r044uBL1plODUynttcdv/q1VcJZby2xvDH9x88j216LfxQBDxNnUZHybkZ&#10;kTEhr57eunk1vqgZxB6j0tQoJDxZTZOJFoY+C2nkC4lEHDgNKEoOu3TjduDjoKSscqlCXpYSduPm&#10;rYcPH8dnlrM76mNfRYQ8v3vzzp3iZgGZaThm7LS+DpoNpbmvgkOCAi8/DksA8lQp6kh8FXjx1v2n&#10;T18VVrZzG4qe3LhyIzCqlSNjaungBHVB9y4FxWSqVocydtKz+2fPXYnMAqrRyobCtPs3bzy8F85F&#10;aWjh+K9ehTUKpBQcP+TS0Z3bj966fHrvlm+PnXtczRfV5cRfO3P61ss0gRLBYglMnDqNjOmoTLt9&#10;+fz9F6kcOSLqqH5x8/K5648KVRFJXycQi43LrskuKihngSnHyUuJeng7uKL9tXKbhNvw/NqFh6Hp&#10;Ag43KfjBvecvk1ISH9+6G55U+JMwFHXWvLxx7VFIGk8m76goTwh9cePW5eickpLMoromrkLOLctO&#10;LS/Jf3Dz4vmbgXmNPBqNSiFBH/o98yn9K63+tGThH/QchcZIBQ05RXmMIXPnj9RvDk9t4QKRg9Lz&#10;8rfmCqKTy8F9rIr8fAEWq5RRtRx7MTWz4nNZgA0rN7j017sryqqitMY2h/nrZtqhch9nCMQKDMiJ&#10;pdj497epeXr2VqbJiGGDjd9aFQLJQFMzUEm6P6aNolG1RMo6MRBQstaGaqFKkqveRM0Gje/Fidp5&#10;5ImG53cjHEBJWAKFjOdLVesNZXttRxuQREoZw87XWYqKiM9TAajJjm8DGkMyMtnM2cCsJbusoetn&#10;oDk7nsW29PfSU8V1RPgdxfH1qqv5ZbkCJ2sbEwczDb7McPmN8LCwlxdWDvXzmu1lLgJxrN4kSWFa&#10;Kl8+8PsfBmpwkx7kgRBWQMbiSUSyuhKDJaGM3NzUmCUZpewuCVuRmiAXOfraM2W/ep0WcGulf7qi&#10;+Cvz98PlJajr2bvoh1898P2+M6VoqynTB6Ca0kJeRVY3VIe8iMpr4uPJJGVj6e3LN5MrWTUZr+7c&#10;fFmUlXjt2suK+uLrx49GpddVZ7y6fe1RTkFRSWuzVMZKD3uSnJr18tnLxIJ6BC3n87iyN5sAYCag&#10;0HiFqPncNxvPPghPCrmybde1VoVKqQsEoWbVFYcER+dlZwTfuPwyrrCpJOHY/rORSXFHtm05fi2m&#10;rjT5yN7TMUkxZw98++P1iMaq1F0rNj9JSHt29scj12P5ovq7Z09EF9dlvbryw5bjSalxJ3cdjM6v&#10;K4x9cvjorfj4Z5s27XgYkvzszrGTF6+eOXk8vLABj0Gzm+pLC+IObv4+JL8u/cWdo6eDigvSz+w9&#10;lVTamhdydf3mfSmlrfUlOS9fJOTmpz26cu1lQn5nJ4fD6mhoaGhtbhfwOXWFkYcPXEzLLws8cfT6&#10;y2IlHovF4MCG/K3ze89fv3fu7PGY/PJnVy5efxqfFh587NitytfrXQXoXXR8alt72f2HQVk5qTfO&#10;nA5PLxF1H6UqJemht+LSi2JfPH2eXCYBql5SAVcA9kmFQh6ve6YopZy0qCDAOST4aVxOeWbI3VPX&#10;g/KyYy9dCgwOuhOVWcxhlQU9ffr84Z2o1Nz0iAeXH8ZJsSAs24ebZ7Dm/4pAz5aFQPGRI2JzVQqc&#10;4COfzed2649KBWyugg/OW5QKCR9hsflCNNE4oG8ANuHiykVz1j8sxPGRhoYWueWogzNdIvcvWvLd&#10;N7sja7BA/kglPIzVkrWLHfJurfxyyYrzUU1tQnD88/bmFErfe2Rv04qb389bNnVvLF9TIqtoAqIJ&#10;q2np4+So5Mq0h4ycoPcmilT3OOIsbXoLlKWqBxIllwg4co6gS5FVJuSwEJ5EoUSjbUZ96VL/fO+8&#10;TVv2RVZIxFx+l34qgjIbMca5rKlBY8S3I61U36n6bgNHMOLPfrvox0OB2Y0ihA80PeUaAfs2ThVd&#10;WDf7q9VrHuUKuDwOW8BFdMct/WYoJ27L3C9WrFg05XT7su+PjbPEqKITo3DC+pTLh1bMXn2y3XTB&#10;gnGuOvbDt38/r/bHLxctWTJ+xPBNDwraREqlVMhRAr0QVe9x1kMnOpPD9i5YuGTahTy8dnt7eYOU&#10;Ye7s5Nj24uCqg/fqpm7c7pBwdsWsRStWzJ4XSNq8/8d+WnKgQMpB2D8dYsmry3MErP9qbv+79YAQ&#10;mMNmLF0wdTCRXXDgm/U3wjKri6r4RIfVa9aYC5uKyzvRGNGzKw+a1XxXTg2oS0rH2ozbtmWBbmNx&#10;SVkrkWg4fMZ4Tm013n3uztULvcw02stLUrO5fmPGO5BaCsrZLj7DRw3206Pi3uoDCmwjAFUZK89x&#10;q2cNZ2UmlbLlQICApTmGpuXh522mLivOzE5NSI2Nf1WAGK79+qu+tvp4pSgr6mG61HD1d+sG2RlI&#10;eWKgGiyU4/sPWzzb36ooNrlZgRK2cYAujFgoJGrYzZi91A7Dy09OCIkOldkM3LpykYMmWcJvyyku&#10;ZOu4L10628WUJhQKGObuS7/e6q7eGBwcERj4uN3EZ86sKYzW2PuRqSIFWtvEd/bqCXbW5m6ensYU&#10;CSgtLavd2MbO2nvgwrnTnex6DZ06VJn/MqQeGTZ74XCTjrt3nrTI8TgMWsZuySsoJjkM+3rpdEZr&#10;9u0XMRr9xs0b4VIR9zgiv9ssFUXVsR49dtrMKeMtxey66iYJymjKF9NsNVUb7wpRdXhwuf2E+f6G&#10;mJSEYut+I4d69vPt4927z0A/n17d+zSizsqk+GrbURO9dbBZMWkNPIGRa7/laxcb8RUkQ1xpS2tj&#10;XrbM1Hfw8FGL5s4bP9QLXVnZAXZMevbP5L/7IHwypWO2bt36dmdaOFwdtZ4SxgGFIambO/Qe7N/L&#10;SoNIZOo59vEL6GOnQ8VTtMxcfQb0cTdRw9P1Td37DvayN9a3cPBwNdOjkrXcps6ePmSQh6ezjb6+&#10;9fhBDvoUAlHHwlpLnJOm8Js52cdI08HT01qDAHam3Md9M97bc9AATye9n4+5yDrOLm72hlpksmG/&#10;pUun+vm7uDtYaBIxBKahg4vLkJFjfOxex0B8QxZFoNSE/RhU4T17miOTpmXt6tPX3wkESiRpGDt7&#10;9vf1ttTAk40dPAyttbTUdGz9R84c7Ofp72llQAOrLIaRjbWz58xJwxw0iGD3E0PSsHR1NTFlqmlZ&#10;+g8ZOta/r3cfe1063aCvj6smAUVRN+s3ddUI7179fR0s1JkmLr4ehiQM+N3WdBy96rulvcGBopiV&#10;8+hopHzS2gXOGJTugNlfLRzqoI5GaOa+fl5UREyiWfSZvHb9V54aSgxVy8a5T98AFyMmAa1m5unq&#10;aK6nQVGzHLl29QTfPg4ujqb6+kBr1FiTrmXsGDBy1ABbNSUOT2Hoe07bsGGmAzhvxZDVLex69+3n&#10;ZqYJviFt6UfPXlWs3rysZz0/TU1N5eXlOjo63dvL3UnEb69pFNr08R04wE8faU6Jz+JhqGgti76e&#10;1qyyJDlDC4i3SoFMzdi2f2+zvJQMkbFnfzet6ow4maaJpBHlPMShLD1eaBww1EmtOquaoEFND38Z&#10;kpLazkc5eTkrWzqw2iZ2Vtpdy2xZUVxocj119FCbxGfRhv3GuTEbg15WBMwa1hT2rFXNxVmt6vzF&#10;5wZ9h2iymyQMYwa6okqpP2vsgNaUODZRlyDNK1eazZs2pC02rExh1rcXNSqyYsDkSfi6qMRq6vAx&#10;9sl3Q7X6D9dkFxZ06k4a7pAZHq7UMuK25iAW/ab1tswMCcVbD5o20L40MSQkOpNq7SgvymxVd505&#10;yrsg6XFuJxPbnJ6SX9FQWc7DEey9PGjt1blNzBnzBtbH3D/3KMnKx5dQ10yzcDEiN8RX48b3NY8O&#10;i2Xa99Vqir4Vnt5UVd7AF+lYO7pbMiMeRjjMXjrUAp/48klMTgWGQCnKjCwoqW9oakAxNNx9AuwM&#10;1QF9Kac17NnDG4+Ca1txHt4Ogjasm7+HTvfzJq2/f+5+eGZKfXOnuauHDobfIdOwsyVlxZaZeLkb&#10;qavyKPj1z24+fpmcXNvMtnJ3Z8iUZHV7L0dCTmyj82BvWWNddWmTVZ9+Wtyys5cvh8Tlq+nZmOsQ&#10;WSKKp5cllIg967H9q639jWLIXy3gQ+ZHEXRcJ85z7W6Ctmv/6a8/IkY+U+b4dF3Fmg5YYNqdAaft&#10;MHi2w+C3Gqxserl+3kW+/cqThwLkST+eayY72XTHsKA6j57h/DqnI9Ax+VWiWgZMtAx4fdEbqN50&#10;V0Cx8pmiWrz9JqGxRsOnDdy2N7lGMcndsvekNyXquo2Z1W2IB9Zquu4LF7m//uLj/VMZaB0gu99k&#10;6qpGy3bAYtsBrzP4/pRRr//8Zf1ff3NyenNZ02vYPK9hb3cafAYrPgwV/KhO7feLpmr6zlv8c3kI&#10;mmHuNcH8Te8QRMNt7NyfGuLp2XWrmn3AVPs3JAyGTVnydlUImqrvOmaB65tKWJkPsusdx/0eoY/0&#10;WllZWXh4+IsXL7Kzs8+dOzd48M/TR9hWcXbPRcvJKxcOszUw1mU2i5gUdE19VWObflkjxtCeQKSS&#10;Jswfy0vIDE9v0SUrCyvK2Y2i8iayF4NQoTIrJRgxKWXVJY1N9LLmRmtXKzsXj3EjJ5tgxQqyMjEr&#10;Tcjmg0y4LuGrkEulKjUlYEMrAXawQEsMnAJ2nYvLgVlpSVlSAdFyo4/HhVun0WSGiZGpJKmtsq62&#10;tL6JY0Qwt7eRJAKhU17Z1iqmgh11lQmHVC5TSIBGsso0ViqTyMG5tVwmEYNVo+pfspq6nky/qKSq&#10;ooFawRKYCDrblZR5y1c+OHYkNbvEXsxtqSurbi2vKRc4T3Cgo9MdjYbu2jgqNzJa09a6vuSJSIqX&#10;S3n5afFNRNtRvs7pl6+JsEQShoAGhqYyFF5Vo1xN39DEnLB2y05qDdDRstMiV4plMk5Ls4Cku2LD&#10;VxcO/JhVZ29qZN9r8OoVAWrJaZUuJtqqtZmCHxX4qFThsHmT56X9z1UGuQqQ3uzaoOlmVpb9Zq/x&#10;ILFbJARecXgniE0jp0tELB4fnGx2veJjSEa2Tt4jp9qSpDIMoSKyXIVChuIJpeomLqbpdw6WmR0f&#10;0XbtelSfOV+PKrv7LFcgk6p1n+7D9GkT+LwX/wxnb5O804dHWTg62s28Tp25bUs/nX9lvNFY81Er&#10;xujf+eF+9b9S/l8pVAm2kxFgZP/PDNP+So2v87bEHosijZo/9m/c+l/eAn5chUJhcnLy8uXL58yZ&#10;s2TJkidPntTV1cXGxr7dDIa+/ZQxzum3ty1csGT/nUxzv8nDhnjQ+Onffr2xgmzoamtAxqEoDCPP&#10;PvrR4WFqnl7YykfL1h/hW/eyMVNHg+14JdE7wBebf+ebg5dquBh9SwfvXupPz+w/cSeSh9E00BAk&#10;ht3PrX19yoUnUmgUIhqNodBoRHBehyXQqDQsCqydyEQS1d7BR7sjbvvmA2ViDJqKtfIa7UFv2HXo&#10;RFp1u1yBdu4/wUut4ce9xxKL2/HgGBqDo9IoWAwKS6RQqUQ0CkOm0Qh4LIZIpoAqwBYCkYCj6w8c&#10;PopSHbr11NW6TjmdTGrKCtu/63CJwnyUr7c6U1PWknNw8ze5MrsJowdOmT5Dtzbi+2823wjKVZCo&#10;RCKZSiIgWJKrty+jLmLztyfqgAEFRmZobanWlnIjtNjEnJny4Eq7yaCxlpjLuzftOvCoRQ6sd3BU&#10;uhqFgiqKe7B73wWJZp/5X86dMapv3bMzG77dH5vfggU6QapE0DfRbs18dOrSKyFFicWiiUTQpzfK&#10;YQSjYZOdk87tPXDhaSeapKlPLEq6l10vY+LLnwc9b+2yAsEzzPr2M0+9cuTI+ccdIhSFTACbs0CP&#10;jABaQCZTCVZOJuYmhnpadH7Q+SNPMhvVNNEICk8kvb1Z/V9ORljXf0fgc4/ZpBA0VzaypeBIDEtW&#10;1zfUpnRtSv0bSSllNddxiAbGjF+eJf4bdf3fMhUyXktNm5ypq88k/qc6ATJuXQOPoqXNJP1rkP8Z&#10;zNbWVhaLVVJSsm/fvqKiIvAVi8WamJiMGjVq/vz52traYJv0FzUoJbWl+VXNfLBHbGdtjEcrO5sq&#10;i8tbDWwcjDQJ7PY2FEWTghLVNLN19PUEdSWlTUJze3ttKqq1iUPT1iRhlc1VRTUsuZ6mvqauOkbc&#10;WVBQimIa2lsayDobqpvZWkYW6hQwW5SctqZOAVZXj9ZW10RQ11HDCeob+Nom+sLWBhGWYaCBqy0r&#10;auSgtXTUCWQKGZEUF5UqqLjQw/urNAZt3zq5MbsQzcS/2r8zlTTs7P454nY2Q08PzW9pE+B0Dajt&#10;1U0ELV28hN0pxOppU9sbm9F0DbSwqbC8EYvpuLT1tO7Ydd/N86gsLpWQdO2sDYWtzSyBgMtuwWtZ&#10;WhtqohB5Q3FBZStPy8jGykSd19LYJsQYGmtjZYKa8qJmDk5TW41Mp2tSsXXlFXychq4a0ljXrm1l&#10;SxG2FJZWoSgGjs5meAm3trZNzdiYwG8uLKnBa5nbm2sjUl5pfkGrAG9ha6ur/loZTSHmVhYXdqDU&#10;jHQYZAJRLJLT1RnAEPb1uCj4RRm5fLK2g705VthZVVVH0zcnCpoa+VhjUxNy1y6YQsItzc4XULTt&#10;bUzlbJYIRWTQUW3NArqOOooHTDixFDWg01tVWtVE1DHRp+OVSqwShWUywZr6n00vePfHTeBzl4Uf&#10;9+jA1v0XBID6SUFBAdgFvXHjxqtXr8BXkBgMho+Pz6BBg8C6kERSHXb2lJT36syaHXcd+vXtzK9w&#10;nbdmnHbB4q/OO48NaEgqsJv09Tdz+vz5u5iSH3zqh30Pi/sNcCjOYk1a+90UH+Oe0n3YTkjg7xGA&#10;svDvcYN39XgC3XuhaWlpz58/Dw0NzczMBF0CC0Fzc/NJkyZ5eXmNHfuxb+f+7hhIuM3RLx/H5TVq&#10;m/YeP2mQPpEV9jQwMa9ezdB98qShemr/1/D1TYmcpsLnT4MKGmT2noNGDfWkYuGaqMdPeNiB/0/g&#10;U5CFCqmgs6WFqyAztTTUiH9p/w2Y87YIKBr6mpQPcXCqFLGaWlkYdUNNCvZD1P+5Phxg2VddXR0X&#10;F3f9+vXi4mLwGZAAW6A2NjZffvmli4tLr169Plc2sN+QwGdK4BP4CVa0pF+Za2dmZjJky6Piv+RD&#10;VymP+9rUxHLxo7d8Qf5qHkhbKtv/rehKiCzhwDAbs3kPav92SKn3OGvlwHK/K3yHUtJWkZxWL0Yk&#10;rRWlOSXtfwnpe2zQv1EUl8uNiYk5dOjQgAEDFi5cGBISAgShnZ3dzJkzHz58CHRk5s2b9xcFoaKz&#10;vra8tF4CXPDIgRqmTPH/vGy/5z7xgEV7QbX4j92DSQXAh0RJO/dPvYf+umG8lrKXT4MySltkctAr&#10;lZppZ0NdTU1jU1VlBThshg7J3vNIwuI+PIGeLwvl7NKU6BwxgUZpzUhIrflLggul7z9j1twBFn9w&#10;giKtiTy5clUw998aJhyeALxzErAf/lBe2ZJ2Y+2ym1USlcs0Tu7L/WeygBflsogXlwILQeiMnp7E&#10;YjFQhDl79uy6deuGDx8O/gUmg3g8HijF7Nmz5/79+2CB6Ofnx2Qy/3pPUdWJIQ/uRrF4nMKU9JT4&#10;tLLKpj/1x/3/a2ksKUpNLhe+g3+e1pzY62eCOv5Y4V/ZVhV88WF6Zl56chHnpzhlv1O9uDQ5rbgS&#10;uCTsSkrg4PbZg1shpaWl2cmZqQkZzW2c0rjw4BeJ8U+eBAZn/qkDcH5TdUpMrkoTBSZIoIcQ6NG2&#10;9irGMlbJ3X07SrSHjfVhRCa1ew8daqehUhdTNCVevfUkOj45p7QBb2SnA7QfJG1pEYGPnkUmp+e1&#10;Eg0tdcC+KBqLZxja21rp0YDTq+Kkx/cfhyWm5dQp1S0M1Rqi9i4c8M1TNJ6Bp5u4WlJbMx9eux+W&#10;lN6soJkYaeIQbtHToJdVHG7B0+CoVi0nK3xd7KUbj+OT0nOaZEwDYJ7OL3kW9KIMwbQE3nuSnFdZ&#10;TTdzUFdJXUFZeuiDxy/jmsRI2auQRLUhq8c5A2NhScWL8zefJySXtQj0rc3Ivz6g4WVfvnw/Jj45&#10;o7iVbGGtDU59xA3JUS9Sqlpr4sJDo5Oy2NquFoyudxtZS3bg1XuhiWlNMqqxsRZoanFw8MsKNrcw&#10;KDiyRdPRmtQQd/HGI1VTG6Xqpkbo/KsbRi+/UsvFokmGjk6mdvbOwqSH4cmtdMvRUweYqJoiqAh9&#10;/qKonV36Mji0hmJrq9VDHDQ2NjYCvdDDhw+fP3/++PHj4HRQV1fXw8Nj48aN4FBw8eLFI0eOBLuj&#10;bxvRv/uTKxJ2FOZnlRSUC2TMXj7WjeBTfYeanrGOBrEFLKLq2gk0ereKo0LYmZNZIEAoTDqR185u&#10;aaoqqa7DUoGW6OstfYVMUFaYU9kk1NCipAfevvks39yrlw5VXpafU1zXTqQzcDIpu6WhqLxYgJCY&#10;NBIIiVGQm1NeXNrWjvce2otXV5JTWCnH0xgUbFtDfU1NM45O7Wwqz8stqK/lo5Qtz56mMh1tTTWo&#10;bRUF+dUd6kwNRNBU2yKiqlHEnc0VpblBl27n8ahubhZ44Fy2tTL4fjTDeejkkXY1hTlVHSJDUxNx&#10;fVmTiEBRcDhYvd7uBg0VhQWljXRNHeLro0QFn8UGoatwWAWng1WWHHb1WpSmg6Oxdk9x3PHuww5z&#10;fpoEeroslHcUPNqzK1Zz8Zkd/ZpfnQ9FeQ3v76CJFZXdWDnr+2SsCbrh0bGND+t6jRlu0fZ0/9qd&#10;NxoJzPawbTuu1doNHGqtkbHZbujmTo+vJtt2xl/+bsP+TKWOIv34rrOJmr2HaNWFPH2V2YBlmOqZ&#10;2pjwLn+76XASl8ZJvheYLDfzcTfl3Ro9avHlHIqBoq2JbKLXfG7FyiuNOkbSnCsXzxcR3AZ5koOm&#10;jJ5/pkTbTlieHX9586FCm1mTXJjs7AfrZ397s0rBUOdlxMQWVhmO/mqcE67y+rdrV9+vVMfUhT28&#10;V4D19u2l+5ZL0/aUY5sXbQwW6eBay1Of3o/FqLs42eCTdi6dvuFaKwUnYzW8PHYwusVt4BATdG3s&#10;/q+/O5TAofHT7gfGi419PM2F98aNWXghk6yvbG8imxq0Xlix/EK9jrEs79rlcwVEJ3dKTWhwTKGQ&#10;qKNp0mugfuHur5fsiUZrIJXpoYEPcplmrjZGoifzps45EonRRnU24qz9vY1+I6s/tuejsLAwMTFx&#10;9+7dp0+ffvbsGbCaB+owYFG4bdu22bNn9+/f38HBQU1N7e83W8qNuX3s8IXA1IJaHRB2RK3x9s27&#10;Mek5NVK6EZN15cfDsYUiZ08ndQpwls1Le3bl+IXA9HKuvZdV+pUzZx8+i48JK2Bp+PSyUMlKpbQ0&#10;OeTsyfOhiflSOp2VF/00ssSpf29h1uPDZ64+exXaQDDUas07dfpaTPKryPROF0/3xpBT20/dT8kr&#10;Juk4uFuIT+/ed+tlTHolx9yE+OjEoRdpLG0K6+G1i+DdrUOOIcraIuIzNZz72Gu23T5y/FZwsljD&#10;xEiQvfN0oJ6bd+mTAzfjKqvSksoRRt8B3gwcur0y7eLpy8UShCppDomIjMnI5pB09FAilgxPknJ4&#10;FEMzUsuFcxeCX72qEGv3cjQlgC4o+IkPHqQ34Yx0eYFnn5Q2FsbGp6u5eHvb6EOtm78/x+Cd/yGB&#10;Hr5HKhOWxQWnk/X7DnMx7+XjYNMSEZPWBA5HhJl375YRCSStIZseBF1eO0ALi2JlxyfkVihIxoPX&#10;n3tybcNwA7AsVGJIBAqDQsAhkpqs2LgsMUXXa+7eu/d2zLahkZynfTWKTiH2Wnj4wHzMq117QztW&#10;3rl+5uatmczSW5ee18uxVIYagWY2cv2ZY4cWe+hoec/6du+8XmKxDNdWlJeS2gFiQKipkWh4l6kn&#10;z148NscMG305ioVw04JuPmkx++7ErTPrvnDXI0pBpAoUujn+1LpjESPOPzlz8f7OsQahR08kt7w1&#10;CxrC1qw9ydh64+aZM5evHZxBD92w51y5gkqmUqgk7d4zdx86euncepNnB78KLhcVPdm390XLsjs3&#10;zty4PVen+s6FoFo5lsKgE2kmw78+c+zwEi9dTY+Z3x6Y765qantxdkwavt/SSRZ6eOOxOy+t82cF&#10;rdl93+Ho/Ytnztw4t8G+8er3Z4NaEApZjUqmGA5YcebEia/6AAPkjzJJpVJgF3jixAlgIDhr1ixw&#10;Cvj06dP6+vopU6Zs37792rVrYIEYEBAA4hX/8+Z31BdE5XAnLdo0t581TyYUIrSBE79YN3sEtrwg&#10;P7OQj9YePm20sYbKGINVmhES17Fi3SJHWl1URGZTczHWePCmuWNZmTlNXNWevkLIygyP0zQdumbV&#10;LCNtDXNr71FjxruaMFBE3XkL1y6bPkhYXFxZk1sl1l63crmpgFValP48rnbUoh1Lh/USSIU8JcFv&#10;zIzv1y427KhOScztlBIHTuzfUl6AtRj1zZLpWiSSiav3yKHjBntZpN8PElqPWz/XJyfoWbuW6wAH&#10;2aMT+0JbNL/4curQwcNG+fvrdameMfVsBw+eMKbvEGsTkwlzFi0d4t2WlVvLVkUyAUFQ8HhJZkoE&#10;wnBYu3Wzgx5RFZNQta0q57W3dbCEUomgpRE4+fQbPnjCQDszKAj/+UyDJfw3BD7SH7V37LxUWB37&#10;NFHDeuZMexSi1zvAwSw/AiiT8xGq3+QJSOnzExsmjVlxIquyFk9H010DvI0lmde/GTt+xYXgeBlV&#10;HQ9CVaieVVWIJ6KZRz9X9YpHO6eOW3DgdpQATwWbkHwQSlwJ/HxL2C0tLSJxzbWZw4YOm3I2Niep&#10;KL+Sy1NtDhnbGBLB8ZBCKmXnRL+4dj4Sb2qvq4bD4sDrPvCZpVAa2BlTpQqVyzMFtlnQKWstLMwi&#10;OJk7qIy2DQNsNSggEwgDVV/dipMlrhsxdNjANZdii5sKEop/VuhhZ8blknA+bhYqLAp1Gy+b9o7M&#10;/DbQAKWCaqqnoeqEde9BZFphdEI9u71ZKK27ORs0ddKpyOyU4oIyNhc0VWlkY0gC5zdKKYh0E/Py&#10;6plwrJm9HgMPmgq2QEVyhVIu4rIltYnRpUyGj2OXUTnZyMpNq7w6p0oowiIKpba1IeXvxoF7xxH9&#10;u9nA+V9CQsKmTZuWLl26Zs2ab7/9FmyNampqbtiw4cqVK6dOnQKbotbW1lQq9e/W8Kv7FJzWmkai&#10;kZ23m6O9gx4Ko6lv1FGQCHaeW3hiPIaup+doZa6N63KJIuHz8zJzTpy5HJVUJhCLsAQzd1cXAyNj&#10;bRxWFYALuN8jMTwHB4gbY85df4pgacC5DJlEIJDplpYGWfFPbz6IEomkCErTwc7N3NTCQF1T3llW&#10;itF38rBxdHQ1xeAZ2obylpLLZy5VdPDJeIqmtrOdIaaVK2bY2rm5ujho6JIxOCLYWCWj2ps7Qh7f&#10;OH8vuKkNuOo0GTNwWEXcC6nxMFdTfRyWQFWjdrt8A8EpQSwvMl3D1NK4MCr49qMQcEAIfGeDyaOa&#10;P0KMq38/Bqf8wsGzEhKD/trOHYXB4sFkAjFhCEQiAU8gAf8zlF9Ea3lP5GExkMC/QqBHy0KFoCrh&#10;VRyrPvn4CA93d4/BOx4VyIuSkvMahTi9uefSUhOin98Y23jl6Jb9G76L4JiO3RiYlBgbeWV4feyl&#10;CyvH7A/hiBRdB0VKKYLR6vPFlZjkuKjApfTy2xfWTt3zsFYoRr+OOApkjhzH0Bs+b9WqVZtPBycl&#10;XV3rSsGoIkkAHTvwa6YQ5z3auzcw3mXljj0rJrgYY8U/6Sl0Z3gdnhCFx+ApFLpAKBKoNPtQP6vj&#10;ATdVOKLv1JWrVq7bffF5ctjlL5x+tu8m0ZkqR1NvcgOTAOAyikoigjgcXdEDVT9gfE4H+Mak0xRy&#10;GY6uO3QuaOqmk08Tk25u8KD+oqn5T/fvvhfjtHzH3pUTe5ngupoK+tdVGPDESlfves1/PdvAywCo&#10;iITDqy4oQF8+Og3CvLy8mzdvrlixAriGOXjwYFRUlJGR0dChQ/fv3w+uA6E4efJkDQ0NYDj4Xh8g&#10;EDyLShTzFFKlWMQXybkJL17WKIyGDvKj40DsRixeFev4NSvgA1Rdx3D05OlzFs7t42qAyHEgQhHw&#10;KgpiZ3W7DwNvUnimxbh5i/z00c+fRDby+cAjGo7f9OBGCErPfYSfBREN/G7iCTgCAnxnypU4Ijjl&#10;4wIfelIhl6MU50aFZNSRhk8Ypo1XShUYEPwIiyISUAo5cNcpF7LEIEwI8NupxGCAvzKUvUffOXPm&#10;z5o2xggvLykqNzTxINYC7zBStFLVnu5lHFCJVSpBzJb6l0Ev5bqeA/2cceBK90QD00QmkWG0+0+c&#10;OX2k+cOzd/PZXepqaPAHMXDvR8AoeGK+RAGidSlAfM33yhwWBgn8iwR68mRVSMsiH8SSjOeduHX5&#10;7LlzZ689ufSdj3He49h8Yeb1vsO+uNXhMHzyjmuXljjKGqmCxgfb5ow5GK/RZ/qhmIsLTGREPpAp&#10;QMCAYLoYEsKKOjrf/+u7MqfxWx5d+NpTjcQVyNEGxt4oEAaYhFez8/BVZ8laLYaPHKqfcG7Z4UeZ&#10;QOCgf5JlSjm/vU0E3ItZabVFB0fFCfHAGeVvRw1Yd6P0PNx9tdILYso4iDDuZGhVB4jIiygNvAY4&#10;ieXZDLeRI/2EUds2HrrRDpwYv0l4r8HTlejLV4OAe0oFK/fl7VRTowm9aIhUScK3BwdHlgLBmvLi&#10;mUQ4eeRgprmrvyZH1mI2dOQwo5RLyw/dT5GCVfHPYlcpaG8VUTQ1rbU7455FRIMwexglQjPoRcCr&#10;YYBqJXPAiLGd7At34lXytSImNqjVxWGQJYjr+JGpBALrBWAgD44DgV+Y1atXA4sIsDsKrCOApQSQ&#10;iEBTZtGiRcBxDJ3eFd/4/SeUlomDG6Pl/LZvzjyO6RSjBB0tOfkZ2VVlbEELHyQBiKn3Whaqmdr6&#10;uFJzk+JTU8uFcqxMyAcxksAri4An7A5QiAJe09LCr915mF/NojC0tJio/MTAyPTKlpbG/NTkwqoa&#10;rrRdwBMIhRKwjhSyOhVU6/5m4qvbtxy796JZqBBxODkF6VnlxR3CJoGAz+cIhEqmv4tZ7bML2w+c&#10;TipvITPUmgsePQzJsuzrpSmqjI5KqmwV1CcFnnuZO/KrDUac8ANXo+SYptDgu8WsrnW/UgFCOEnE&#10;irb6mvSCtOLGSo64jccRikB4MDFYoiqbC1LvPHgQlVVNUdekdq8LURQdE1LCs+Pbj96obpOBw4H6&#10;4tCn8ZmNtTnJmZmc/2P28f6HBpYICfwtAt0ep35KOTX1v7ry0X6VCQr3+2MZVovCeG/aKM/eM9gc&#10;Zb0ipLKtLngdTUNHV1dP18zG72CSQCzhVr1cPqEXQ0tX30CLOn5PZr1QIY9egSfrzr3HApHhGlP2&#10;L/ajaejqGWjTB60NymeBF9vKKxMJJLqhjcuFLHbK+SXWatq6WgzDQfMf5PFkysqTrkZ4j+3ZIE6i&#10;UsGuDF7uhKFqaDv59x7m5uIzZkuGqPaavwXB+bsUtkQuKdzbB69nd6QEvDkLy26tGmUA2jFz7dpp&#10;trqoCTcq2Uq5sDZspydFXVdHU8fBZ2dYswjYdP2cpPzGJwspTC1dXW0Da781D5o6wTs4K3TVcB39&#10;aV+t9fd00lEj9N4X06ZqiqQ18fxyGzUt0FSDAXPv5HBlyuozHiZ4ty0ZHJUVHKf6xUoXDEVD29HX&#10;a5iHm8/IDXEdSmHYOgsDhrq2zvaYzuacy5MJaoCdlrHntP0RnVxQasONIQ5E69WRzYIPOx/AiWBb&#10;WxtY8AGv2cBBDJjyRCIRqMAAXZijR48mJSWx2WzwyvGfNFLRWJxy+dSRy7efZGVVNZRnXDlz7NT1&#10;WxExsUW5QIQVd4oAt9eprSTpzKHD1x5Gt4lFhXFJ+eUdwpaahIhMcL7WlUPeVpt//ezhI6dvFdaz&#10;xR1VT69fismpLMuMOXf0x0v3AhPTUooyslPSKoG9YEZUcnWrgN2Qf/Xk4Yu3HiYnlLQ2lNy5cPTY&#10;5RthUREF+QXpiflgg1QhbAt/ePXk+QvPniW1NLdEBV58Ep0pEPMSH1798cj5pKL6xvyIJxEpQqWy&#10;JjPiTnB8SXb0rZs3SzvABbBZzitKzigqba7KiDh98vilu3fjk5MLs/Lz88tLMzMy8hoEbTWPb57b&#10;d/BEYknrT6wF7eX3r544fPkmaEUnqynq0c2nMdmNtfnpuTkc1WEDTJDAR02gR/udUUiEQjkKGOn9&#10;5JpXKQNxYeQoAgmEopYJwN4V2NpBY7BEcrc7GplEKJIAt/koNIHUpc6ukICTMiwB+P5XGdZJRQIx&#10;+G1CAcf0FGD1B24AgXdFINQuCrg8xoEdKQHYFkVhgNt61V9BuAeRBMESX9cOvoI/K8CxCVa1CkOD&#10;LS1FdwagVo8CZYtkCGiqysGMQiYGf5GDgjBgvYXCkfBdJobgJwj8NAI7D3C6Q/iN+xyllM9Xxe8G&#10;K1XQHVXrWGGrp0+7Tdv36tA0KzUlCk+ivLlL8VNTAQmwQn3TVFVLVK/9bzUVDfqLI+BBQ0QiMdgD&#10;xZFpYJtLwheAny8EbASSSF1q/11gFSCIQRepD5GAmTzQBQVrwaCgILAEBBJRX1/f1NQUKMhYWVkZ&#10;GBiA48D3vRH6Z/1UIlKpGByvqbCilCAWkhKNw3W5EOrSiAILvp9gga1UMRhZHBYDJDUYbdV8U+X5&#10;2bZUKhHJEbCPCY5vQQAlmQJElEAhgDoKnMNhVM8pyA7KRMBSsmu7EuQHQ4cH2wpohUwikSEYAg6r&#10;qhiU3VWsXAaiMgEjBxAUAyWXS8GmBBacUIKwT3Kwx44HfwYXug4BVRuaGCwKVIqAHK/P0FW1ocAD&#10;IpGgwKYr6BTYBAXXwD9dW7sguBN4ksDJ4Fs7S6Bs1c4vCPmgulO1MQvCYoAbwPYs9OH2Z3MJ/v1D&#10;E+jRsvBDw/vA9bNCV0yedIN6MObCAmeND9yWf7P6hoaG+K4EpCDQkREIBMAcwt3dfdy4cZ6ensA6&#10;EGzt/pv1w7IhAUjg0ycAZWHPHWNu4p5164JJX1/eOsGa0XO78UctB46zL1++3NHRkZWVBQwEwQIF&#10;bH4Ci4ghQ4b069cPeEojk8mfXq9hjyABSOCDEICy8INgh5X+PwIcDgdogYIgSiCmPJCIGAwGKIIC&#10;+Qc0Qp2dncFe6MeAD+w6ivgSHBlscP99BTSZVCwSyohUMthX//1OAbUsrgALtr9/Ogf4x52XS3jA&#10;HY9AQtA3NqD+djP+H5f/TgUoFSIhX4EBe/jA0c3fT6pjDRmKRP1YQ2L+/Z7BO/9rAlAW/tfEYX1/&#10;SqCiosLe3h44EQXmgI6OjsBTKDCWNzQ01NPT+9N7/7MMnfV5gTfS3KdOcDX9taqqiNfZyZar62qA&#10;U+v/357W4tRnT4v8v5hmAZz6/V6SC9qDzj5U9+1vqcfU0GGCg90/Epms5jYxmqKj/acGlMri8Ksn&#10;74ahNHovWP2Fky7lPyP2i4rkrOj7l1sN+o/xd32XDW6pgNfWxqdpaVBJv7CNKQ99GlmOmzi7r6i1&#10;TSyT4UhMPQPm3383+TAsYK0fBQE4bT6KYYCNeJsAkILgFBA4jtmxY8e9e/d++OEHcC74UQlC0FqZ&#10;iFtTVssR/uyIWyIBhg/AvEXZlJdw59qrGo7KPkEqFnJ5gm7XLAq5Atg8iN7Ynkqlws729obKBpXG&#10;FCLj8XjiN7aoXWpYKhUaroDTUtfYVJp143RgcT0LlCKXSvg8ocroHWiqSF/XLuK1xzx4+Dg4W2X5&#10;ApZcfL6k21wDWMCC5atQ+LP7bmlHdkKlkceUtaumWmkQgSYO8BQjEHbZCKpsB6Wghd0msUCflM/n&#10;AVW0n4ZGpYzT1Xhg2gEUhcRAX6crAXUc6evQFSoFG6DJI+CruICqBUCZtiuPRCwEcLqbAZR0JEJB&#10;W31FUwen609AaVqlUQYsUWRdtYHNcNV6WQ4ISHk8PqiGXVN099yDnPI33sO72ieViTsagffVNtBs&#10;EEAD6NDWNnG6lIHkIoHwTZPgswUJvBOBHu2PVCGojj55+G4+w85N7/ePjqS8/PvbzkbKDNwt1f8d&#10;sV8XsuPwzTq6u7Peu7ze/p8xkQkKHmw9HSrR97DS+Hea+tvKJTVRD85cSVGaWZgA5+AfTQIKjGBd&#10;CKwGfX19QXz5j1M1RshuzE6pM+vtbqyp8oogaCq5e/38vedJOE39tpRn5+/FaHp4maCrL549/zg4&#10;shatY0JlP7/5+FlkcGROs42LE1KdfOzs+VepOQhK38PHNO3ppdM3AnObpcYGatmhgYHP0mkahLTQ&#10;B1dfhTXVCwko1ssnQTJjFx8n9dRHNy5ffS7StdWRVd+895xiYS0qD7/9OCw5+FVGi6jPIF9pdfzF&#10;Q5cy2xBLS/3quOgnzx8Hhb5qRenbmmiBZSqrMvnE0RvNRBxRRCUx0EXRkc/DgoKjUvE6VoSGwof3&#10;A59HBRe34K2sjKrTnp8/fzW1jKVjbqFBVi1bm/OjrwelGFqb1yY/Cc+sK096VYKYWuOqrtwMwug7&#10;6NGB51V5TdarR4+Cn4cmVrWzazNDr4TnG1haKxvTAYeHr2I5FH01RUvg9ZtZpe0iSTvdzJXGyr4Y&#10;nGVsadkQc+/o5WAWVsvSDB92/07wyxQsGZsd9eDCjSfFbImyo/Tu+XtCfRsvV/Mu011lfdrzY9du&#10;x6TkknUc+/RixoQHx2TmN+I1XE3IYQ9uBr/KUrOy16X9w4fyo3kkYEP+fQL/1a/uv9ITpaAy4tD2&#10;3efT2/+oeAkv99burUdelKleNwVFF7efOPGiGuHErF1wJrz+vUQNrHq0ZesPZxJU77f/LMn4+bd3&#10;bz30rPQvG7U3hqz84lxMi0CSe2vWvDsVqmYoW2vyY58Vd4X94SU/SSqtYf+ewxhxTcStXdsuRFf9&#10;8+b/s87/8m7gO238+PEUCgWcFL7Pcv/FsiRZr54XVCqNjfQqqxuUatqWlsBck1KdkSbEGtmqy0Mf&#10;hhYXZzx8HIHVNmtOiI3IKEyIetkkpptp4dsknI7Wytparp21YXV6Qnx8QsSLUC6exKpISMhpNNHV&#10;4Es4aKaWsYm1paF6fXZkUkmrqbNmyN0HZTw8rzH5cfCLsJh4CdXQ2srK1MgEw66Oj4zDm+i1lqVG&#10;J6QlRD5NKOdpU+URz2JqeKqZhSfT9Q1MLfUYea8iC8rLI5/fL+RRGPLml88S8vMjn0bl6WsyC2OT&#10;MrIyYoJicTRTNSy/rKalez1HoQAfNeHBz5+FxCcraFpMTMurZ7eDXoSWsGRUcrfUkVemR75ILNMz&#10;IMXdu1vAJeBbi+Ljk4sLi3FkbWMaPz4iISvhVUhckYa+LgjSwSrMvH0rEqVpICyND0kss7fUyo95&#10;kZ5TnPT8Sb1MHSuoq6kV2Nlol8VHFjbKTWxsDbXVuyeEQlT3LPCllGquTpR1ItLG2qI2Ada1t1nu&#10;s+D4zKyI56FCNXUmMIOCCRJ4ZwI9Whaq7N9oRDoF/4e9QKFwZIROJXadMeB1fIYPHOxhgtCdp073&#10;taS/l7BDrt8mJSadn6L5zsT/MGNXU2kkwl/24ahmN2V2f2dtMt7a74tpriAEH7f86eYJa6/XKMGP&#10;QcHJ75b9cKccIf7eyRUKA7xeUoAtZc+eBv+c/T8tQYnGM9XAApbO0HCwNTG3snR28rQ11jHv1c/b&#10;wYhEI9OEXKEEbWTlNXnm3MFWxuySwoxO3Mip8xaOG2MKfHcyzH37+2jSqQylUsQWUtSdhg8KELH5&#10;TNcRi2Yt6GNipqNnZO3k4+1o0JRfnFvFx1AJrNzUJpnugi+nND05Ec7xmD97rIOjk4uzu5q8NS2p&#10;RkAhK1pBVKUKKUG3d9/R0yaNNkIphFLVqxFZ09jRwaOPt7+ZLhlsilLUTIaOnDhtmB+F0ylAkRx6&#10;DZ41aYoTkww8oDIYNBwer2NhYq3P6HZbRDfv89XMfom3TperDZ40xHPgzJV+4qijr5pHTplt1S2k&#10;FMCuluzWb9icSUPcbTU8RoyZHmAq7mDrOwT0cjInESkUEV/MQ1s5DhgxyFsNI4l+/LSc6LRsUoC8&#10;viy1hEMgY7jV5ZUV7WoMm77Dh7l79und202NQiXLsDS6jr1rbxebrpgYCCKqycmUGkybN2/O0IEa&#10;crm6iaOPpzMNRdQUAq90UnVtl5GjhhirwUXhP53Xn9X9n8aPIOiFJPfy5jFDN+87+MXEwQ4u7h4H&#10;YlQhTn8hABSs5Fd7ZgxytHcauDaxDjzoYKQlacc8ejnbew0Ys3bj6jEjvz6Sqorc2xEDggM4Odjb&#10;z99zcJXfwGEXwGKrNfXKwj5zVu7Zvnamg1Mv96+vpXSq3rPrXm3ftu1mhghRduTeWtZ72uLde76d&#10;a+/Uy23Vhei27iVe8RU/LxcHV69+q7dvmjZw3jcRnar7Qr+Z7e/oYO/o4r74dlH3ezcag5e2Zx/6&#10;yt7ByXXm1ovl3X6wFVn7R/cFjXH28r9eBr7LGhIvLvCfOGfDosm9fb6+Wgh+GK6dXhTg6ODoM/0E&#10;B8/sTD6+5MtL6SG3doyyt7cdvOF0Rs7F+QOnnk1jI5zItR4u9vYOfqNnhbaCon6xVhSlHBzs6+Jg&#10;7+DqO/hAYncEX27G5Y0DHe1BK7+6lvK7S8vP6mn5VWd/jnqIQlv3HuzpqJ4T8fzJq5RWvhiEtweT&#10;qyI/IyY+Pa+wVAiM2dFEJk2LiBMCI3o88N2pUJnEA/t4Kg7DqauKjUpKzclv6eRhMCQyWZOkOlmU&#10;KrFo4NQTWNADQ33gCQEcN4IzPHZrTUlxq72/r7keGaWkYBQEkgyNkgHvCnyV11GUUsRjlWUVE7TN&#10;HR3MSDiGOp4IDt9wwAVEt1m/XA6O7oRiAXCmCyQXiajLxGDEIhkeeAFA0zVp6lKZEDg/JdD0A0aN&#10;oEmrnt8NTshrVLx+kFAEJQOrAJGbul4uMQSCXI0gw+CVb/RZUEo0Bk2lYMUSEZFGJmMR8ATgUIKS&#10;zNzo+PSikkqRQo7CMtSodKVUyuMiht7u+khrRaMUOBHgdjTnlzXpOLtbmDJQGC06SQnCKkZFJaXn&#10;FnRyBF3OHlTuH7oTcDAvBX4KAD80noRDt5YVx0cl54CcAile5alCiwj8qcIECfwVAp/GjFE58eA1&#10;VaSHnEmXjttx9sSo9vJdu29Vdh/EgwRcdyDsiAPrjwdLl595HPRDQN2pGT8EVYvkGbvH7Sg1mn/3&#10;5v4JhOSTQWmV9QIcwg/9Zuv1OI3lp+8+Gs/fcTY+KaUOSAagiJ6bdDMhT33Wnlsr9CWXdl9NaBCC&#10;HcjyqMgoEBIXZBC05CXfjU/HT9xxd60l+ubuq9FVwIFoyfGJm5PxE87fPb/BOPvA3eTiSjYWaQ3c&#10;vTO0zX3P7ScHx3TcXbbyWrFIiUYj8k5+bqPThkdn13qXHDx04k4pguQdGDZzi2LIuVsP9gxFNoxb&#10;FyfBKvgN2XGP8hvsVly/9vUIzt6pX6TTp1y8//T4BFzwmjGXm50mLZvvjBj4LDny6NGtH4a50rQG&#10;rD+5Z5Jh0nKfOZddv35078I0raJVc4+WItTXK2o08EKSun3pAZ7P5vsP787TDdu3eHuqUJJ/ZeOk&#10;nYn2W+492jsybtd3h15UqTyKw9T9iiKXCQXAoWjXz7NCVJGb3k7S83a1b69oZEkl7U2FVbVloU+i&#10;uTquvh4WaDkL6KcIRMARkkLM5yNqWg5q0vTY0LDk2OKOlor81PRS2QB/Tx26gAMUY3hCEYZoaazF&#10;y0+Min+WUFYhweMEbWWZZQ10EyNvH/f+/fvaGFthhFV37zw2H7HIHZdz+XGSHM0vL8rrRKiuvR0C&#10;/P08nJ21qGS5hA8cLQG/MiofTK/9owLBClRd5GKhCPh0BSoqIOgS0McRgq9AiQVIXIUceJQRchsz&#10;C2tMXHxsqLjy8rruuEycutRzDyIDpi0CXndvPU+Jf3wuh9hn0UCDuzevl3d07ccDF4NilbtVBXA1&#10;CFSBwBuBUi7pqI2JSEaY9v6uBioOfFClyh0rSiF2HDB8lC3uXmCogqkDFnb9B/RztLAADk6Btg+Q&#10;+pVpydnVmH7+bppkAXD2ze2oKCytAe8QIBGM7WxQTQkRkaEpCbUCXlZ8XAWfMWSEBxXfyeYDWa9y&#10;OAXnKSTwlwh8GrKwS94BB1Fkp159vO3N/X2Ga8jCs8olb7TngJ4ZQvddfSHkxtyMw3P8llxsaGLx&#10;xApZwrNDHaIxM6Y6WXmMnDhhKEMpxeAJ4szLmVmaQ4eP8nSyGTl/S1+KygVWd/mIsbl/gJuxi/cQ&#10;U0pxQXkzT4moItV0W5gB8xQUYmga0M/T2MlzkDm9srisSagsCdtf2zZo5jQfG5e+E2dNN0KAny0g&#10;9ERSVFX42dmLzytmxZQV35tmSUQB5TmErObTz1/fxm/QRDfHiqiUhIKouPu5BcNGjnJysA0YP868&#10;4tbDhFaCysOWmU3/gX2tLPW13FfcSQhfrFgwcfDUA0kYThNLQdbU0yEjOLqehY2NnQmDgsaqGdla&#10;obOe3i1vnDNpgpW988AhvQmZd0LL2W+s1kD/RGyuIvPkggHbUsdeaS2K2NRLXBkRGsjTNx/f395q&#10;6JiBlMKQkDQWkP4wdREAgS+tnC3BoZfqC9giZRBz44Nf5FT3G9Xf08lOndBcVMX2G+4lyn8eVSFy&#10;9LRgMPRsbI2IaJy+tbmxgemgvr68woSYQpaju7d7bw8TWn1wVA7VzNbCTM/E2phCo9h7BViSWUGR&#10;6epmDrZOzo5W6IzcCj2vfjYkfuCFq1VSrLS1ug2nN3zyyIA+5m01tXQLExS3tAnR9/NzyHv1JDyn&#10;BEtXN7U019ehEWiaVvamr51oowmGNuY6Guom9pZ6muomtuYadAJFU8/S2lhL39jcXAtHpJvYmulr&#10;ayKS6sB7D1sZZmOG9Op6Z1LWV5RI9eyHThre38e0KiMhsaDDc+Lk0eP6UDl1JQ1dIcbQaHWgWmOg&#10;gyOomVjZaZAINC0jCyfPvgHWbbkhSTWIlYOZvpGhhZkOcDCnbWqrTabZDulHEZSIDd18rTG3rt3N&#10;q+mgaWhbOJirUwkW7q7GpOrnkblkc1tbZxsrY2xFZUm383AszXrMEPfi8MBiEcXF3s7NrzddkH3/&#10;RbGVj4uBJtPc3owO1qQwQQJ/iUDP9c0N3kHbYnfaEw0HXK1QKoWJu6YbUAbti21UKsXByy1o6C9f&#10;8iWCpgdTEYbzt5FKRdvzH8ZqkPXmHEuqjN3vqI3MulZRfGU6kcbYlaxyHNyWfX6Cuubo75I7624N&#10;tkQN3BnaChxZK+vPj6QwdLbngU/hu3sjFlPO54KrGcdGGSF9jyS3KJQZ3zFoahOutCkVTYmHAhDj&#10;0ScyQYacc5PNkT774tqaQ1aqUzFrX6mCYvBqny8xo3hMfNAG/GrHbJ/grs5gqlGAj0rcFw+aecK2&#10;RzMQNYf1ocDrtpKVuWm8CXP83pjAfb0tSCS6hqaWlhawMzC2HXgtqz1ilydiNfOKqiWg35v8LKh0&#10;34NJrXnnxxDVtI/kK1vj9/siphPOgAycZ/MC1PRn3asQtT5dwCCjqUxQkKokLYfBa2OLCw/OAtD2&#10;x6kcshee9bfUB6deNBKabOJ8KItbfOZLC7AFxQR1q27Q0px/oYoNvLnC1OVOWypidbCBW9k3OKQN&#10;VUU5+SXAMAKshVrqyutbO+ViVlleTkl1I4fNArEr2J08sCDidbK4YP9TKa0rLyqqrOOywcahuLmq&#10;ILe4op3NEfC4rE4ucA2rmgUtdfmlZc0tbKlMDkwrKmqawVVeS11uZk6HSCHhsZpaWWBhKhFwGxta&#10;uFx2bWVlO6hBzC/Pya5oaAPTWsBi88CGrQQEt+CC9Z+qqWCBBfYchSJuBxvYWnBYoAtgVchjs8B6&#10;lMdhC4BFBKeTDQw/JKLOgrys8rqfvG8ruJ0tYBcXlCIWcOqqq2vqGkFfVc7gG+pbQCgKVagnhZDH&#10;YnP5cpmYwwLOyYHjWzZXKBLzO0vzskrrmkENPA6HzRbI5TIQZYwLrCzk0ramBrYQoGrOzspr7ABP&#10;iozdxhICN8ByUWN5QV5JRTuLAyw4OK31VbWNQulrN99yqaAcvI/WNPGA52+ZsLYkJ7e8jsNh8bg8&#10;VgdXZeQBEyTwVwh8OuvC//MGAPxlS3lVMfGhlOFLvlvprcfrAH6ywVLI0MaZLJFmFzeCe8GjyZaj&#10;wGkKQ8tMn6FeXFylspCScRrB2u/vJrDS07ZwYiCYrMJKVRlCdodE5Y1ZiYgl5nOOhNR1dpRdHu2l&#10;Lrs8Y29st2mZlNum2odkNzZWN5obGGprM5Vc4YB9ca0gmnBdYWrsy0fTHblv7LpUzc6ODS4tH7j3&#10;9CpvDXkbt8tvM/D4jEbjwOkjUJ3Bgd1hFAY4hcYTKGS8DJl7rwGU1FiRk/by6k5fQxYAoVrSAk/P&#10;bOLgawnlHazO6O+MKM2VB9ecK6VhZEzPGY8rWlqa6/Iyk/MPzTKi9xTFzr87Zu98HxpLUGPS33IH&#10;g9UzsXGyt1JpcqFxWgbm+poMNF7NwsHJyliXRlcDHuPoDAoWhaaA8zKVwTjWwNzGxtSACnS40Hht&#10;EztHazN1oDtFoaoxqN029WpaBvaWFtpadHCUR9MyMDPSBlcpWgaOrk5MAgpHUdPRVANbFjgSVVdP&#10;i0qlG5qaqoMa8GRzJ2ezrhDPJDU6GHYQGhOU2e2XHcwGKnjdIRKoTDqZSKSpgS4AZ/AUuhoFqLbQ&#10;6CTgiZvGoAPn8zgCw87BxdxA882hO4oK4kkxKOArnkQzMDY2MtBVrRdROE09fa0u6wUw9YgUNTqV&#10;DI5EaWoMAhb4lQGaawQ8mWHp4GJpoA1qAJGK6XQScNpNpjGpJNB3rIaOHp0IUGk7uzjoMoFxFIau&#10;oUYElhNogq65nYOVmboaDcSDpGnqmxjqdnml71qCYknm1nbmRjoUGh6FIRpaOTmaG9BoQNWGosak&#10;dntIhwkSeHcCPXvGKFXhH4TgHbpLjIAzDxAXTvVZLhEJFV1GwuAVHVHFpgC/APr6uqyS9JCXD44e&#10;CevsQEA8OMRr1Hdmak8unQ1LCr0fHJ7BxxNA6Au8ywI/b07o4+vBYdFBty9kykFAAZVpM1gIIOB9&#10;vUtkgVMRBHxUWQhLgZewrhaAN24xAj7+lEEklUiU5oO3OBpFXDn/OC78ydOgiFYcUFIgIzXXtkxw&#10;mbDy3NNCg5UTnMztl/lYAXkkR7hV4Ycuh0Q/vn8rt8ZjZD9fG9++8/p6Rd27+CQk6vJXfjYDZj5r&#10;QGMRVUu6jalRNH0zTWxmRNDL8FPHfswm8PidXBlVx9LaU1idFZdR0q7lYcyg16ZFvGo0Hf2lp/WN&#10;s8eiw55un9PLY8b36QIiThXqAwSFxSPt0aunePVeejI8iu+1bbqDru30/l59hs3Qby+9dD0s+tJX&#10;vj7u3z4o4v9seP3ucwzmhAQgAUjgYyfQo23tETm/paIBZTt05EAzMr+lrkWu6zsqwF6LyKkrakf1&#10;Gj7NSxfh1OaxNfsOHunpaGtliBQnvghOwAybOAS8UTv27ufkHDDWNCfyyfO4YoltL7vyDF6vSeP7&#10;W1gO6oXuzIwMfByiN3IV6lm4cPCS5T50XnNdLcpm6BA/S4awraKRY+A7rp+NhqIptw7tOWiCvxmG&#10;31pbpbAYMrSvNVPUUd3YqdN7bD9bHf1e420qkp6/epVcbTdgcENkucGEqeP6DBzRn1wedffOg9DI&#10;MtziUzfnOiJyVl0+V3PkKHr8iRtJ2EHrd349w4GIaHhMDtCIvH8O+BThGa06+Wy+PSLktDTUY+2G&#10;D/YxZ6C1nN01BZWpMc9D8m3Xfe2PxTH6jPCz0SHKGjNjwkskOgMGD8S1psW+fCV2XL11Uz/p9dPn&#10;Q+Oamf5bjp4bpitmN9aroI3oY2/Wa/o4l9QHV548exlTKHHZdukHfx2mnU8/3fbQy+efZnV6LT97&#10;YK6XGjyF+dif6N9vH1AaBWqoQF3z5xhRXWrEXZHqu5aL3V9+lcC2pyqy1M8Ks++n913hp95PUX+z&#10;lN/t7d8sC972aRD4vP2Rcgoe38kiWgweNlALyTnZb8wR4wPh1yZT059FlvBNR09xpyKtx9wMvvW4&#10;33Zu7N+MiSAsf3E3WaruP2aMEdIeNN39i8b1kVHLnT6N2QN78TcJgDMxELgSowofKANHW13yBkSR&#10;/Hu7NC2V6fk1Itfevsw/8h0kYYc/OJfCMpk7Y5w+o9vqjhX3OI3uYMqvata01GnIrjP2622m+SvT&#10;ViW7piSrmGvfB6ik/myrx28rS46vdxjop0P9PxvmKg9xcjmIdYjCYvFARfqtJM15FSnStXN3Nvoz&#10;d61/k+7btwF/bCCoIjBgweHRreXFJdVCDS10ZyfWxduB1h3UFCZIoIvA33v6PhF4Sik75dSC4YMG&#10;zVm/fsGWRzybadO8gPdnSVvsyRlTBwyZuezr9csvtAxeNdP9bwpCwEnOL7rx1dix/SevX7d8zakC&#10;7anzB5h8IvhgN/42AVFb2K3HKcXAxlNckhT37MmLyLBU9hs/pX+11PaqzLi4JHaXS9HfTdzmiuTI&#10;coaBKThHe5OBmxQclV9WmRKeXFldGRccXdnZbc36dkKBQ0UDI2AT+YtfCTG7JvZ5fHO3j9U/SnJp&#10;RVrq8yfPoyPS2ji/9qRUFBmdnlf/xmbxr3b3r+UXsOqjn758+Sy8sLylpaYsLjq9MC87MS4fqBL9&#10;XNDfVwn4a42BuT9mAj17j/QfkkWRjfoM6qVrqUdHYZmWvrNWLxpuAXxLUi09PZwdzLWJwFpCv/eS&#10;9ZsH/QPphdfx6u+ua2HIVGKpeq7jV6+aDpRpYPokCAg665LjE6s75dq6GnJ2W3V5UWpWEQ+h6KhT&#10;eM0VSTHJHDQdxJZoqa/OTc8T42mSzvK4+NQ6npKibL137HIF2dDH1VLGb6qoaaIbAaMGRlNVWW5e&#10;mYJIV3ZWJiRnS3BMDTqmsaympAQohjZRNbRpb0IsiVh18XHxlU0CTX1tfmN+eTPKwcWpsSybg6Ji&#10;eHWxcYmlTTw6U4Oiyi8riH3yPJll5W6jqa7BpOD5nPa69vrSxAqmg5m4vkPLUrelpNnUx1NdUhsd&#10;m1jeyqOBG7uUd0BcKrkSQ6ZScF0rOJmgLTMjNaOooLEa6TXEl9hREhmXLcYxtBkqj6wyEa+ushm4&#10;CkAkrJbmZpFUWF1XL6Wom5roiTtrs9MLQRQJQXt1amFGfmIx09bT2ZqWn5KQV8bWNtaVtrfXlJbk&#10;FGa38jCaWsxu/RilQlxVlJGQUiDD0UC7RYB2QmJVh0RLW0vOrquqLM3KLOKhcJKG4pSiGjIT2I68&#10;XueBWuKT0mtZPDwG2Ehhm2rLGtliDUMjHLe1ulGkoYXj8QkuXraCqtzE9CKEosmkycsLi4sKKzE0&#10;dRoJem77JB7Ov96Jz1oWAlw4dStvb1//gAD/Pr0sNd9sBBG17Zy9VFcD/HtbAqdm/yih1cw8vXxU&#10;hfl6OuipfjVg+gQIyIStr66euP0oLiu3Aq1jiSl4deDA2biC3KzcJgMzraKoR8+DoxLKWJbWWqGX&#10;9l17VqhjRI+/dzUsuyT0ZYSYyqhPiWujm3k7UEKvXozJqqyo52oZ0SKuH7rzqt5In1oY+zToZUJO&#10;k8zanHBz1/4XuYWxIWFNWEsfRwOVVFLwIi+cuB6WVlJUKtC1NEW1l9d2itsrrjyO0DfVKwq+cSc8&#10;KTQyVkCxcLfTx6JEOWFBLxMzi/Myyzs0+vc2y4+4/jizAd8iY9gaCmpaNS20W4pb9d30M++evhuV&#10;Gh8TyyJaeNjrYxDgUjvi+p00HWdbLWBGqRSmPr506u7z3OICjtLA39co/ta5Z3FZ2eUt5q6OmiSc&#10;tKPi3rmrfB1LdEfmg3vPC/KBNUlRUkYBnsksDr125XGWoTEh8sGtF5m5xXk1Nv2G0Frjbge+TI5J&#10;FxhaE0pebdt3raalKCyixNClt7E6eBKVzQUJV05fTszJr2hHmZhrZj26dPtRZGpGKVbXFlP8YN/p&#10;B6VlxWGhifW15aEvg1uwlp4AjkpgNwWdP347KjU5+nFhK8JEOh4/DCorL86o4+tr0LksiRoDzeNT&#10;zXSFL+/cCo1KLuzA2llKj23cEl8qd/Rw0WPCJ/QTeDr/Thc+d1n4d5jBeyABcOBWn/c0sGTchs29&#10;KfWpuVwmo71Nab7h+4WCqrTMvMq2TsrEVXN5CRGtSuBlu8Z+yqJJPuZEqtHIiaMxRWlsmq29oYnn&#10;4EHqvNzQZMyqLV8TihOLWsUKvtB57Fx7dEVsITJj7oim5BQplVpfXOE9d+MYHXlmudTX3w54WlBK&#10;O55feWg5ZuXM0c5UsgZFVBUR9DS9HDdu5bJhDlpKjMbgCWM024BVI9XN05aEwdGJcjHi+OVc97q8&#10;AhNni9LwFIalnaS6iWKpkoUa5tpNBfV6Xk4W+sYDRo/Q4dZVt1M8fGxJKOBopiS7hGPrpTovlLKq&#10;7j5N8Bi/+ssA3dIKLgPdmlSEWf7VlKaYkHaypaulFhaHqq3NLBKoaUpqO2hO/Xt7Dh7Vj1Rf1caW&#10;CzvYTkOmums0xtdrfLd+Ba66RK6uXpmSruc/caS7PPxFua6mML9dd9cPy/nZOTJtC0czdSDwq1Mj&#10;sypwX6xf5mymg+qsjgqvGrtyQ29ac26lVA1X34h22vz1xLr4MKOpq6c7o7MK2h16u1HRSFNxwp2Y&#10;1qXffOOCKU6vJPbx93V38/Fx0q3LrQQWJFKRkkpHS+VESX1uudJy1hS//PBEorZadVb9yHWbA6zU&#10;4NT+bAl81ueFn+2ow47/YwJKkYjPZerTddS1dCkUXJsQS7SwNdLWNtI11ePz27PiX2xe9210eTOB&#10;QiIRTfUYNBC8nlOVtGn56vuJJWQKEdieohRyAQjdp2/C1KQaGmBRAg4Wb2moQZHLRcnhgZu27s5o&#10;ZJFIBIaalYkuHQds+vCvtXhROK2Jq2eU3Nu5due5dikaaN40s0RSNTQiJaCxVFFb6b71684+iEcI&#10;BFzXriFw/AbC+WlZ2FLVFFnpxSy6tpWDNUrxi2M8HIYmbSvdvW7dqQcpKBK+e5cS6J2CUCHdKp8i&#10;DqdFTlBTV1fTNjYiEYEpfmbC82/Wf59YK6Ayutzc4xlWtm5ITVFJlayXi52kIfP7rzZcfZmJIpKo&#10;VBM9GqO9oV0GPJ4yNA3V9ekoWUdr/ZV927edDkPRCHKFupWJlRoBSySQia81ajBW/iN72yLbli8P&#10;jC0QIGiRhi5NU0NHn0omsERKlLGxHhH4LTXVNtSlU2hEIh44JFC1k8Pq4JE01BlaRtbOZppkoLgT&#10;dffomq1HSzskJJXRoqpbGJRMJhdFP7n83fb95XwRiUCg06x1NKEqzT9+LHpyAT1aFip5DU+W6r6d&#10;Rux6VNKlA1Bw2NXWbMbVhvc2NrKGuGMjdbwX3Sx4b0XCgnowARSJSKN31rVW1tVVcwUyHQoir6lp&#10;bqwqbQG7jlpGHv4jth08sWvzut7WOgqxGI0oKxMCb8XKNxw/NsZRSyQQSyQcNl9EJFLw9RX1dS1V&#10;NVKEzMSjxcBVJxaD7z1w/I9HTm1du8TBiALchwJPNjKJ5PWPvcrUldfaSV984NQXzlq3r0dJFFjn&#10;foOnBTiVRobnpEU+Dqmcun77wuEOiBi4BFchVlm+8rgCvHl/XY286NBOjL6pPkUCigXeX0ChwPef&#10;UtFSFHUjuPzLjTsXDLVWgkjCXUMDlDBBhi7zWoREZ+jgJB2Ndc0NpZUcPvBB5+E38tDp09vXLXEz&#10;1urKjrE2N8c1hUW1MckNaffDmpZt3j7T30QG5LBKpRRhamtgOptam2vKG6s65RhNXdMvN249fWzv&#10;jNF+FEQiUXlCBS5Ru7RquyQ4u61T33vS0b1rJXmZ+bUdDD44VKypqWYLZOoklEIkBlmBITHwmgNC&#10;A0tl3bGLEYShoUkTtjY11FSWFjY0NoZdvcc1mXRo00ITqlwIog/LVJ2WSBAsltxvzLzjx89uXDLX&#10;ShsvBjGHVRyA0mm3iTJMnx2BHi0Lgbt6XlOzWH/elaJykMK2D2rbtmLL3VwWeIr5zU1N7e/RNBwN&#10;rPYFfBCm+/+qz3128+fz7TBN27yXK/beke3XkpvtAlzVEWlpUvDm7YerhPoTJ4xxNOTe2vvD2TuR&#10;HJGCRCWA1RWVaYQRZJ0+fTKHxaIwqXRSR8jzx2ItawuNisM//BDPpbj3tiGBJRxKaebmYUFrOLV3&#10;99VnSTw5jkwigJUScHtLJHQva0CSliU/3vL9lldF3H797XBoOQ7PsPfyxEoKInLbqLjmu9dORVdV&#10;Y6iqUBQgAVcyxC7/nFZezJLSLIymFROjwBGJOCyWQCRggdEDkUTT0qEqq69fOBlZXk+gK4HfB5CA&#10;6yKQq9smEcvUH+phmvjo5JHrLzsleDNPP1etpv07dl95ksR9HbseAbo+DKKFla6ukbEemlNw+cK5&#10;pIZmPBWNwxGA63lDBy9LWfmhwz/GVbQQ1U37D7ItCr2+e/vJzBohAcSWAB5l0GhVJ18HrUQJWDUP&#10;Lh3YcfSeQtvM3a2XoxVy9+SuK7H15m4ODAIeC1zLoEGkDBIwTEF30en+LdMydRlkoThzbMeZoDyq&#10;hrGRKa0g/PbZuyFsvByLxRFAhCw8RqHA2/n10eZn/bhzz4OoXCHoJlAWwuKkTTkh0ZGdf6yR+/lO&#10;98+g5z3avlDJrb4913RV3ZaHCdv6gme9NWLVqMk3nX6MPfkF+qChzy6nXUUvlhqBN0whq7GVLQeP&#10;NklNUwP4e1INrLClsQ04PQTumxg6OiAkd1e2llagmo6maugARTrwi8NtbufhyUQJiy+nMNVJYhYf&#10;TWcyyBgRq50lJVDwXDbQF8fgmNp6FNVPjVIqYLW0c2UYIpWElotRZHUGtUsfD6ZPkoCQ05CSmIlo&#10;Wvq4WeY9OfEih2Pi6u/u6Wqrx+C1VKYm5VCs3T2ttZuqmvCa2hpUdEl6fDELbW6ip6WuhRa1ldS0&#10;23t5KVuKUzIqtGzc3CzUm6pbsCCQMY3UUVWYml+t69DLyVitvryVbqiL5ra1C3GGRhrYLldqEm5d&#10;bHwGQjf19XFWcprbOHJtHe2OulIelkHi1+XVsrX0DfRBUZpaYJtUwutobBFpmehjhGnrVtyd8P33&#10;/S2I9aUNeA2GlM0nMSn8Nh7dWItblpFdw9U1NtXTYGpoaQFrRzG7vaVDog58p3VPYwk3Ky21HaNm&#10;qq5naKkvqS+OyyzXsXVztdLtlkNgHclu7ECAk18GUpmbUtgqMwDRjdWoEqGSoKampU7pqC3MqGhS&#10;p+kZm5pq0hU5SUn1ApJ3/z4EVnOLAGOiT22ubcGpa2l2KaaC+ioLMrJL2bbg2NNIXcRuTEnOlDPN&#10;ervbKdtr2mRkfXVSa1MjUduQJOls4Sh1DPSBPJSJ+PWV1RUNNUX5mTyR/ewl3pWJaQKajoWxLhmD&#10;l8lRBLxSKELrGWm1FWWmV7SYu3nZ6OCrSts0LUyI/LrSZoGpuTX07P1JPrB/0qme7Jtbwam6OR7R&#10;9N6e0N2L6gdf2NAMVtwqESsLdxkwycNO1QK97Pa8a6v70YzsHG2MqM4jdoXVSEAQuPJnKw1MTczM&#10;zQw1mYP2JLXwpOyCy2vGmuqaWRgyfBceSweKDMqsLUwSynXmsgk23kM33n683xsxHHcGuOlmP5rm&#10;SdKe8c23Ad699CkIsjCwDXgClnGKLy/xQzMMLPqNGzbMSh3pszu8BvhghunTJ6CQxt7c9ePpm6yP&#10;2CO0oLXixoGvl/94u1nlXvuTTfz63APrVu86dHjn2nVHHqZDX/Kf7Ei/74717D1S1eE+Iu4oiH4c&#10;DNKZ3UczBW5fjvM1wCPgEVBtDgEfn+yyxJQ688O3n5zesypA/Pzu3RetgqqDw2dedFwXV1FekX51&#10;uiLmTER+5rl1y+8K1qdWlFXcM4o5ve96Bh9RbbwQa1FjrhYlvdzdly5DIWB/RfVWjiGSCZ3ZlKGP&#10;kzISt5rTbxy61YTI6uKv7T3TMO9CZlnk4X46RD7Y1nrjR/hzfMn6vPqMMXXp5+vhiP2Id9Al/PYW&#10;mcHUUQO1Ve61P9lE1rceNro3t66WaBMwY4wb3Jb5ZEf6fXesh8tCEKUXEbWkBp4+AdLTBrs51258&#10;N9AYeInpPv8GAhHDtBk8dbZf5fl1aw8/zGtBU+lUeU7sYwHPb6SPJvjl0h5xMvz55bFa6fm5aAqv&#10;OvD8uWvxAmF5WGxaK1B5AMmnvwsVFCXrVkN4nWRSuV4fFzOws0rRdkfhcpqbFdzyxMhSa5OBzkCP&#10;wHRMPwcjRAbPFt/3dP1Yy0OhDB18ens4d22Vf6RJzcRjzbdr/G269Vw+4YR3DJi25+DBrxeN1vqI&#10;h+MTHoAe2rUeLgvBFiiiZr/gzKuXID1/enZNP8O3fSqiUHJRwf11w8etqHL+LvrFmUmuOIEIhO0W&#10;AY12EgH/9usxCoORcVvzkuLj45osZ36zaIIrFSgyAGEKFOl+d2xBsHCgGwdcHoM/A/UCENRNLAQq&#10;EvifHTf20CkBmw0JQAKQwGdHoIfLQpVvfaVMyJX+3sCpfPDLxLX5GTxjt4mLvbFZMRn5YhDUT82p&#10;jy+OEBORIVD1vjZww8a9sZ0Weroost3cs1euXt7mZ4RyMDGmE0gqJ/3vkhRKNIZq5eGrUVqbUAxC&#10;v7clZFU0g5D3PZ7uu3Qe5oEEIAFIoMcT6Nm/1iCmNg9hcYW/XbnJRSCSOE+kxFEcRn0ZIElYP3zY&#10;tD13WFKmpLq6Fmu/8dRe/8j940eOHjV8/KonTdp6Br4Ldq5x4/8waOTYvv5LLiZ2ysDBoKyrEHH3&#10;GZBCJuIibL4YKJsrpXwQRZzfZYiklPDYHBZfhOCNA2atHoQ7vXzI2PV7IxvkDJWN87uJ0h4/i2AH&#10;IAFIABLo2QR6tE0FIhM25kYXiixde1uq/1IfgFselVJBs/J3NyYqeMBNcm6TkKClp0vASLBM4HSD&#10;SZDXR4entnJkKDzTIWCgLZBciKA+Lz6liK3Eadn19rHTwSHcssiUKrq1n7sREVGK2iuzUutIjm4u&#10;hsSWnPScDrKTl50OWVGfGVvYYew5UOW+ScEpj0nKb8frEdL3rD8nW3Pr4kJ3rU9ZUaFnT37YekgA&#10;EoAEXhPo2bLwYxpGUU3EicXrQ+1nHzr4lUPa14P6RVnff3hwuCl09fsxjRJsCyQACUACv0egZ++R&#10;fkxjStCz6xdgVnBovZ+BocHQR9Rvd3w1AKwnYYIEIAFIABL46AnAdeF7HCKgqcPnCaVA4waFJdJo&#10;ZGhe+B7hwqIgAUgAEvj3CMB14Xtki8ISqAwGU11dnUmHgvA9goVFQQKQACTw7xKAsvDf5QtLhwQg&#10;AUgAEvj4CXwKslDGqcuMjY6MjI5PL+sQQzOGj3/WwRZCApAAJPBxEejpslAp4RTe3bh4/IzVP2xZ&#10;MWzouAXHQ5v/QqQmYWVGnejjGhHYGkgAEoAEIIH/mkBPl4Wy1rR7u0/lep+IiYmNu7VtGJnT1Cp4&#10;RwfJopxrO5Zvi4bRyv7rSQfrgwQgAUjgIyPQ0/VIhRWB3wVMvqmxYtfJ7xf6ab5Nlx2/6+Cjdp4S&#10;x7QatWSJP3BJLKoKD3paINNVry8uaOgUNoQfvptjMfSr2fMWbZhmB+0AP7KpCZsDCUACkMB/RqCn&#10;rwvxTKs+ASatOcfWL5w77/DDRO5rcs2Rm5YtOJGEAoFR0dX31n+x+3yBBFFUPru0edXaGykdBA0Q&#10;5lRDnUQgEGhMdeovvHT/Z+xhRZAAJAAJQAIfCYGeHMu3q+1SXnno/mnuqvAQaG3bWSdeNYiUytpb&#10;nkTU8FNlXTnqb31pr+a6NFOqTNw8TofUe1dUU9f1gu0aamqTbnHed0xIWB4kAAlAApBAzyLQ09eF&#10;CIKlmA/6+ti9xOenFrijim5sPv0sj9Veml6BQzlaGaheOORkI3tTDqeooJmDQyuVRB11enev+WIw&#10;VjIR/yN5K4HNgAQgAUgAEvhABHq+LFSBQ2uZuw1fdOjgt6NNWPUNLJGatj4WgwVBCruoKoEjGBKJ&#10;pKFGUcUjBN9eh49QKt9RyeYDjQ2sFhKABCABSOC/IdDDZaG4M2R7gE6v4Wcy5Eo0Iq2R8TWMDLWI&#10;WNsBC8iUy6fvNCgU/OaMR1cTrMxmulOVEolq1f6GrJFFABpBqSQltEn8b2YbrAUSgAQggY+TQA+X&#10;hQTGwJUX9vZt/Xawrra22aSXat8HHpnrxEAwLtsqghYnfeeso2PiviR97N24wGmaiECBJ1GpJBCF&#10;vmswdAdMGYGEr+vt4Hap6OMcHdgqSAASgAQggf+CQE+3qfgvGME6IAFIABKABD5tAj18XfhpDw7s&#10;HSQACUACkMB/QgDKwv8EM6wEEoAEIAFI4CMmAGXhRzw4sGmQACQACUAC/wkBKAv/E8ywEkgAEoAE&#10;IIGPmACUhR/x4MCmQQKQACQACfwnBHq0LFSKOpJPz5k1Y/L40ao0duLUbU+zO/4GN2FL2vnVi7af&#10;znjjzvRXZSh5dZH756zc+6wMWiL+DbzwFkgAEoAEPnICPVoWIhJOybPrt6NlrnO+AGkQs+zOoqUH&#10;w2p5fxW6hFMZef3C4/BK4e/fCYRuQfD1q0+zmn8pC+sf/hhSJ5D+1epgfkgAEoAEIIGPikDPloUo&#10;FAaPqBu5DZ08AaSV33/Xh5F/7Wl8neAvMibh8QQKlUTEdhvh/zah0DgSQiHhMW/9qSVwxoxVgVkC&#10;Iu4v1gazQwKQACQACXxcBHq2LOxiqVTIxN1LMwqTxsDyBQIFGik/4eVsNX3TtxONHXpvTFYi9SGH&#10;xhsaGhgYGPZZcTe/s3sQlKkHzU0MDexc+1/KVyNggZ9vIiKO3zzDyW3Zw1IOgnCfrHS1s9mZCRye&#10;duVH48goVsJ34608Vh+8uHnxD09iGtJ29jWbeTP31dfmvfxWHt2z2MDQ0GjYyh/zujdbK+/297Iz&#10;BMnEyvNELoKw4o7PsRw59rt168YYGBoZDdh74/LXA/uYGRqZWexIU90ga047N9V8yNRvv1s+UZVj&#10;zuFXzTDW8Mf1yMDWQAKQwCdI4NOQhRKRKhU+uZaUSRzs76FPRESdNTXVj7LsdmfHv9qoG3do9rgz&#10;mPX38vLybk+u2+w97Xhyq1KZvX3c7lanTfGJz/Zp55ytQpNwCApRCtuba2paeRLgt1vBb62pru4Q&#10;vx53HKkj/fiO9YeKXRfM+nLWd7u+sDQkOK14kHRyjIGkpTKrNK4+4FBe4LqBZecD7yQ1IUj29tmb&#10;kH47IhJTby81zN458XIWBiVsLn9Z3GA/72baeX/Toi0LH5jvuJt5a35r4/5xOxOAtJVLeY2VYcVV&#10;xquuZBwfaBx88GZUFfsTnHewS5AAJAAJfEwEergsRGMICCv76BQLE5D6bsy0OfrgyFxnBgjUhMKg&#10;cf1GDrBhMiiyspgX6ZbWX071YTKZ/tO+NDVOeB5XwU0MO8HjD50ywpRh4DxsyjQ9ibBrdYlCozEY&#10;NKprtxQFPoLP3UtCpDZox5erLyqWbt2x2JNJIJOIGDSCIasxaXgUOEakq/cb6E1hGjqb6aMa6/Pr&#10;BYjj10+T7wwtHtbXe/yeRKxUKJV3larB1DQ1pulZetPo0t4e3tbGDHvHQTilUCRXVamKoWFsGtDH&#10;hqZj2UdXrb6ippkn+5hmDGwLJAAJQAKfHoEeLgsVcjHCdNsQ3NIMUktL9rUlffR+HqRugSYRtzZV&#10;Izgs9vVGJxaHRWqa2+urS2VKpYWBbpfMw/50VKiKZIECSSUA0T/jAbEs0CSKhiaqKiM8tVwlnbpD&#10;Pr0V+KLrntfKNRgCUZL0bYCt2ZS4LS/Kko8N6b4uB6JOjeqgSwcfu4QtWIiCMFKvP77VctVHqLP6&#10;6T1vsEeQACTwcRLo4bKwC6pSLvt/qpwEsom1M6a1s4mrEi4KdkNHK9bJytDc1VtbIk/MLVddZDXW&#10;ClGY7gUgCYURiRVoIjgvbG37KZ6TXIQwfWYfv31ifFH4+ZtRDXKETKApUVgckYTFva1S09UkNA7P&#10;KowPa2wbcfDUPBt0Y24jEH2vF5sq+flxTgbYKkgAEoAEPlMCPVsWKhVSIcLji7vWWL9ICgmPJxCo&#10;Dv0QDM128MyZTMH5TTtu3Lixbc9tvPnC2f3NCHaDdg73yD+z9/Tdaxceh2W0iSQSoIODtxzooivK&#10;eXjh3I2oV+nZnXyhBJSulEn4iFhoYT9o4vIVZlmnth5JZmm7j9ZXtCfcvXgttV4iRrh8cddqUS4W&#10;iHhCoRjHtHM3wifcO3H28vfHr9VSubwWNl8hESJ8gVTVLIVEwEcEYjmQi0qZkMvndfVCKZcIEJ6w&#10;q+GgczxEIFHlgAkSgAQgAUjgXySA2bp169vFt3C4Omq0f7HC91q0UiERscnWAwf42Wj8UqrLhSy5&#10;Ru9+w7xNSQiKpGnnP9CEHRceXVjUqTtu25n1fQ3Ask/NYaIXLTc+prQJ8Zm+ykFDy72/dy9dTUNz&#10;ElPSXJxbQPGZP0CXae4/aLg9Qy4W8+l2/cA5nqWpmqZAQLbw7OVpqy9urynNLdRwH22JJpoNGNjP&#10;QQvINQmi49zX16OXl5cRgV9XnlPA8v5m3SAdHQPv3nbqiFjDfkhAbyOaXMyVk+x7D/e2ZuCkPAHB&#10;su/goTbqCplIItZwHtzP05QuF/MUeGufYX0s1Il/ZOzxXnHCwiABSAAS+EwJwPiFn+nAw25DApAA&#10;JAAJ/ESgZ++RwoGEBCABSAASgAT+OQEoC/85Q1gCJAAJQAKQQM8mAGVhzx4/2HpIABKABCCBf04A&#10;ysJ/zhCWAAlAApAAJNCzCXwaslCpUMjlcoVC5bTl7yVgOA+s5v/oXvDXnwwN/yCPKsebP4HsoDld&#10;Lfr5GmhdVyt/eVllq/+LokE5v+nHr/P8vS6Cu35V198uB94ICUACkMCnRaDHy0KlojP1wkpHppau&#10;ribdavy+sErZawGkBF7PVGZ6f57kLWmnhpItJ5zK+D1pqOQ3Bc4i63tvifwjL9kydtr3Iw18zxer&#10;TAXFJTe/HmeprQuSjjp9zpnUFpFcLghbSSZT1DR0ui5rmA9efydPIgO1VZzxtGQE7MsXqowLebUv&#10;v3YlU22GrgsF7kx/SsVHHU2Yg4+WvWNv/ri/8qRd+jqTb9a9G5U/5wZzQAKQACTwiRDo6bJQ1pJ6&#10;Ze3CJxYHk1tb4zb6NR0/di25AcgsJb8xaP2c2y3vNEwYlFIuFUukf2TVroqEAf76RyJE2RZy/EAy&#10;c9FAGwUv7+j8KcvyLS7ntoJU93xz+fFxS6/miWVykRSvP/dGbdfl6E02T+eMX3oxS4rgEKkEFI1g&#10;MEpW2YWVww81ukz78fKhISrPcD8tM+USVR7gYfWdevPHmdDeg+coX64/lQAdnP5DkvB2SAAS+MQI&#10;/NOf1w+NQyZoqK0i4mTSjhaJ/aarSXVPf/A1xHVWPvjKevKJ2rzUtFIWWH3JOivSkhMTE5Ozyttf&#10;L+5ELYX5ORX1NYXJaZklHbIuB9yvk7yzsjAtKTEpJb3x7UCIKAwGkbZVZWcUVXPeXiEqOKH379BM&#10;1wy2kJU8PnfyJW3t9h199VVlEX2+Tcivf7jYBYfuWnCC/c+uy86zls0agzx4ElwkluCAm1Q0TtFZ&#10;enfnlDVxvaZtPnVprOHvUEWjWZWJSUnJWQWlnNerV2lTVUFKUmJiSlpmXZd/OSWvLic3r6q2Iicp&#10;q7BJhijaaotUGUAXa9igahTKe8h8ovDSwzQJohC1V+XlVTTwfuuz50OPKawfEoAEIIH/mkBPl4Vo&#10;ooaJObby5TdzFv54L72sqeuXXZz/8GoscINd9GDvpms5nU2RRzZOGzp7zZo18+ct/HZ/UKVKHpaf&#10;6+vpMnDl/n1fb9p+s1CIAdELgbAAnrybc++umjF73pI1K6b2nbcnvEGsugqciRJwmM7ie/PH9Bm1&#10;9U4p6+dxUgjiIx6RjJb0N5S3ZGbE1xjpuGhR/mQYSUYBxta4itpqFhdBY9Cs4vtbxk4/mGk8aP35&#10;Ve6/cy9w4d1SH3V73apls0f19d8f1KZApI0JF5fMmv7F2k2bF491m7kxqkKgkCRucXHuNWn9/t1r&#10;d516mZt4f+3cqXPWbPp+2Xi36eteFXMUKMTcui9HcjuhSCEoujnPyWnG9zEwItR//czB+iABSODj&#10;I9DTZSFe133Kd98PcySVPN00dfCMFWdiy3gykt+6owvU6aSAH1692mGXe3rp+iDXy7FJSUkpZwfn&#10;7Fryw/18CUIi0WgELnn0ibhXj7YF0KUq795YPEpYcGr56qf6c19mJaXF7Wvcv+xUSgdYT4EVYWfS&#10;1W++PZxhtOH6j+vctd+SheXFGUSUp7YmIhK2tzZo02kazD8dZwXYpUQ1trfxRBIsHl14acc5jq+P&#10;WcPzC8eTOn73ZmVTre3K+JSM0PW9xOe/P1wslDaUd3qOWbblh/Xzx3rrJJ28mNAmVuKIKLw6xm7V&#10;nYT7x6eja2usBi3auv2bBeN8DDMuXIptlCgRXUtHdTGSUtKE13IZv2TppAEmwBkdTJAAJAAJfOYE&#10;erosRFAUvaEbHlw6vW/5VG9i1sM1Sw6ElfIQRCQCWqFSIUfGLU2IqrA0GeGpA0aabNvXwVuckpXb&#10;plCg0UqUWx871RJOLu2OmoTGKDtrSoQ8RnP0ge82bT4aLZKUXA4tQFAYHMIpeXXx0uMGvwHD+xn+&#10;IiyFsr0pT6mUge1PHI5KZbCEIh7/TycVGodCKRlUKhGHVQIVGruJa89du7zJFR1xbPvh4t+q6IAo&#10;Uq6+DiDQk0zDc7BbBzs0qUpu0quPrjT35sU7j9LqxCiEhFNt8yoxBJKHh1lX/br23obo0nvnbz5I&#10;qRGiEDJeNdZoTV0buSynvg1v0Hf16VPrZjqQ/7SxMAMkAAlAAp86gR4vC7sGiOI5YcOJC5f2rHCn&#10;F2RkV3WCS0rZ/4n/1304iEJkUtnvKcSA6IVoENKX5rX2wsXvhxoqEbCMw+uZDp8yTi/u1vUn3Rux&#10;v0yqYIZ4pp2jO7G6ubjjzxQ1pZ0F7XViMwMTJh0jl8mNx285OMLcatyuLxyaIi8ePpUv/J1p1yXr&#10;VEmJYHDozvp7u2avuVI+8fsz9w9M16cj8teKP0qlFKjigHhT5ff2zlt5JnvYNycfHJ5rwkCkKrVV&#10;mCABSAASgAR+h0APl4USTvLl5eOXbo1uRRCqvZeuCYKm0JkEEDxey06BJpDUsDRbv37mZdXPUppB&#10;7wVFUfnJBK9ejppo9G+NEYFVIErd2IZM7dQK+HrXju1L7MvSojXUjVAKIAvJ+qNWH/1xvavs/okz&#10;gY1vxUtEaeg5olBYVWh7qtPIebNt6w8fO1Xavbarfrxy9uhvAktl4KQOLDsJ1O6DRFFR0P0nDV59&#10;+9uSiFJgKWFIxQKbCpS694J1A4iNty4fiWr85VChMMqsk6EVYBe3LSUkVZ0xtJcJt6S2ntBr0EAn&#10;UubF0AYWgsH/Mogit7O6oRbr1H+gO63gakhNO4LDq+IzKtqaijFYF0NNSX3UkcVLDtzIf1s9CD4i&#10;kAAkAAl8ngR6uCzEEk0cfbTLz03w9fLycht1lj356NbpzuoIoh0wwY0XsrHvgGEvNZedOzgm+0s/&#10;kMNjUbjL5rPbJzngEaGQyxV1Bzh8EzVQIBAqifbLTh4b23h1qIuXu+eEB2w7a00QykMVJZFDIuha&#10;jFo5zDbzx9N3Mn421kBbWruJlWnNbUDakU37bbp4YBrn4SQ3UJuXW79ZmbRBg521sGi5VMEpuzjf&#10;XXXZy2PWfb1lJ88tD6ChJEIuR8wRdi1iUXTbUVs3jpTk3Dt5JJb183wEsRg5Yrp6/CZvj17Djhf4&#10;/XByhZ2+zfjJkzQidw1yd96QLzGRIVVV9TK5VCTj8URdC0BNpwnTphsmHRru5rI6jWMoR9dU1YMF&#10;Y1NZbgcB8bTSlbTmPD53NjCqWvR5TnzYa0gAEoAE3iLwKcRs4jcVF9WywNoLQ9GxtDFh4FT9k3Pr&#10;C8qbxDKUkZObDpZVmVXaAnKQtCxszTXwqrVZa1FFE17bxkwTj1LKBO01Za1ofVNTTRK4lVVVWtHC&#10;lqFxWpYuZgyMQsquLayTaJtY6VIlHQ3ltXyGmYkeXVWKKinY16drry09nJKxrPugTthcUVzdKlaC&#10;lSDOwM7NgArycOvzKttkIFiwaisTRVA3tbHSBlUh4raSika0hpW5FrFrD1QuaCktbcEwDM1MGF2q&#10;rao8rUXlTQR1dWlNHQtNVjOysdEBdcsFbTUVNW0CGU1Pn8zlyDSMTbWQxvwqDtPYxpAO3nEUwvba&#10;iuoWvoyqq0fhc6VMI1NtWsRGzSlX57ysOeSp6Kgtb1IwjY31qb9cUcLnAxKABCCBz47ApyALP/Sg&#10;KRvvL7JeqQgsvTj4446CrFQkb9AeeGvxq5pdvlD+fehpA+uHBCCBj4hAD98j/ShIorSGLFnjHrr1&#10;DvDB9lEnRXLoDczwA0v7QEH4UY8TbBwkAAn85wTguvB9IQcOtIH+6fsq7V8qp0c08l/qOywWEoAE&#10;IIE/JADXhe9rcnz8ghD0tEc08n2NCCwHEoAEIIF3JQBl4buSgvkgAUgAEoAEPlUCn4IsFLfmv7h9&#10;/erVG3eepdbx/szO/XdGUinuLI999DKxnPW7wywT1ac8Co7Ib/0bRX+q8wb2CxKABCCBT4lAT5eF&#10;SlF7+oWVK1bsvPby+cVV86bN2B1Yze4OScTLCS0G3tjeISk6igLXTJiyMbDkd+MXitqjtk8Ys/BC&#10;Ogx19A4wYRZIABKABHoegZ4uC6WtGY+P3q303v/49t3nD08u9zXAd9nP85IPrlt2KPEt/zD/Z2ww&#10;BByBhqhRCb+vX4lC4ykIg056Y+/X80YZthgSgAQgAUjg/xHo6bJQLuXyRQgn9e7xZ3Uk/ylr9ywf&#10;Y8WUp19cunDd2fjMYwu+PJopReQtcUdnT588efLUFUfC67rdozW8+u7r5UduX90x/ctlx1J4uLcE&#10;XWfsiS3zpkyeMmPuvWJVPInXyqEYIh5pfXVy+YKdV/Pa4ayCBCABSAAS+HQI9HRZSNB0GDDUobPs&#10;+o4lE4d+eyGkK+IRRte5j6M6Ba/jOniEO7Ux8ocxa66xzMeNG+eGhG8bu/J2GvCXxkm7ePbUhvM1&#10;ZqNHDHXTwXUFrUcBj50d0Qe/nnsxVz9g3DCtko3zNoc1d++MYqkIO/neD1/set5CM9ZSuYyBCRKA&#10;BCABSOBTIQAszt5OOTX1v7rysX+ViZpTry7pBwIaIQhdf8SOB1Uc0OSivQbq5JEXO5XyitvzGer2&#10;R3Okqo7UPBhtrTFkeyhbWXnQQovo+n22THW5NfVoP8Rw1Kl8RVv4gl4422U3WsFVXuBImvrsOxX8&#10;poczERxN18zUwmXI1petIBwUTJAAJAAJQAKfEIGevi4Ei0CCtsfsA/dz0++t66/e8Hz3paBsEJJC&#10;DmQcSi7hS3gVBVkippp+t3dPiraGDrqwoootE6tM7TQ06V1OQF/HOwJXJAIJiVp1c42riYmJ3eII&#10;bsfjzHJViAlEym2qrCqvVrayxCAMBkyQACQACUACnxCBHi8LQaAlsL9J1TR2m7x7/4aJZsLWToHq&#10;kA+MEXCOjcXhdAxMUXLZ6ziFChCxUGmorUnC4sELDaL4TeAmFEom5NhN2/Y0PjU1Lbeyubl8s79S&#10;KZcgFAf/bReOjcgMunItRRUfESZIABKABCCBT4ZAD5eF4o6Q7f5MG9894e0dHQ01WRyhkbW5IYgS&#10;aGA9EK+UcdpYQk3f0UNbm85eDuno6Eh9cj0vx2qYfy9NRCaTylVStDsBcQdWhxIJSsd5mItHYXZR&#10;Ax8vj9ni7up4KkOOAvIWwWD8B8yd9/Viu6SLew6nd0JTw0/mEYAdgQQgAUgA6eGykKA+dMODqzPI&#10;p+a5ODv7rs4y3fP48Ex7Bjg57DtlulH5sTE+A58T516O22Z4ab6zs/P4U/LFYY+2jDIBI083NjHT&#10;V+tWH8UQ6PrGxro0tBJlNPvyteO2xWsHOnqueeG3I2JzABnEgtI2NjFQw2JpztMnz9fJL4orVEUG&#10;hgkSgAQgAUjg0yAAfXN/GuMIewEJQAKQACTw9wn08HXh3+84vBMSgAQgAUgAEnhNAMpCOBUgAUgA&#10;EoAEPncCUBZ+7jMA9h8SgAQgAUgAykI4ByABSAASgAQ+dwJQFn7uMwD2HxKABCABSKBHy0KloDl8&#10;y4Bxy65k/2vRlFqDNo4YM/FaGZwpkAAkAAlAAp8ugR4tCxG5sCEjMiy+tOPXcQeLLvm474rlCVte&#10;7vEecL7i74+fqDYtJDS8jPP3S4B3QgKQACQACXzsBHq2LASRJfAIkYD9TS8sJt9/ssyTQtTsuzTw&#10;xlSjvz8KoAIikfjbCv5+ifBOSAASgAQggY+NQA+Xhb+PUy7OvjSwn7OJrq6OufPY++Vopaw0cLOP&#10;1uAZa7+Y1F+TSafNPJXSKQc3KzqC1lHVmJpmTl4zZo60sZn6XTQbXK18MNTLUl1TU+vrB2zxTwEM&#10;P7axg+2BBCABSAASeD8EPkVZKEjeuupcrxU3klOSr8zXy98z40YdloCWC9ri23ATzkaUn+9n+vjQ&#10;9fRWESKJ+mbyGY1p1xoqove4ccJL+QoFmox03F2zK4E97E5Ofcss+cFEEOzp/bCGpUACkAAkAAl8&#10;nAQ+RVlI9thw/+U2rSd9+g1cdDoH173BCcJZoKytvO01UGr6vemU8so6vpQf+/wqFjNylB8epe46&#10;ZOxIdbEQhUPz0+9VlRsN93diEFC9Zu4egPs4Rw62ChKABCABSOB9EfgEZaG86ekCdwvPTezLyeWR&#10;e/ykr8M1AWJKpUK1xFN2xbAHqaO1EUGj9bTUur6jQZwn8C+f08EX8HU0mLguv92qqzBBApAAJAAJ&#10;fNIEPgFZiMIQyG+v3cTZ8fF86dgjh4Zp8/IiKxVoFPp3e6lU6rv1MeQK4zOqwBDzGioqRBiMQkbX&#10;trdnaGSnFnKAFOSVx9XA8Eyf9BMAOwcJQAKQAFj29GgISqVMjLQVBp/ctvN1Ovk0lW0UMMwS8+rw&#10;2i0/LLkQJWGwOus7hYhMxFVyhVKVYJOJeGyEL1Ftmo7ZN9Lq1aF1247uPxKSz1Vg0DIxD2O7eOEs&#10;49Q7mzdu3Xn1eUaVkM0RqfRsYIIEIAFIABL4RAlgtm7d+nbXWjhcHTVaD+ks2NHE0al65sZ4Lk8g&#10;6koYLSuPfkMH2uqRlWKOmDl0w5qRdnZW7r0sNWlMPQff/p6WWiCmPVnfoo9/PwddkobDRH8NhNXO&#10;xeramhDz0yR9Zkz2M9Zz93LRlLe1tfMcJ2wdaW3h3d+vtwm1h0CBzYQEIAFIABL4qwQ+6/iFypao&#10;3eseyOzn//BtLyT9cJ+RZ23PhF4e9w/MEf8qfpgfEoAEIAFI4CMg0LP3SP8pQIqxnujp1o2DXf39&#10;PebdwI76Zn2A7j8tE94PCUACkAAk0NMIfNbrQjBYss6yjNJmkVCG4NUMbBws1KEFRU+bwrC9kAAk&#10;AAn8YwKfuyz8xwBhAZAAJAAJQAI9nsDnvUfa44cPdgASgAQgAUjgPRDo2bJQqZDwWWyu6F8L2fQe&#10;CMMiIAFIABKABD52Aj1aFip5NfdnME367YqTvhtniUAo5Euhe9F3owVzQQKQACTwuRDo0bJQ5TMN&#10;g2Ax7+YnTdKReeaHUw8j66BXtc9ldsN+QgKQACTwbgR6uCz8w07KasOfP7x3796DJ2GFqkC8kvb8&#10;2xuWb/7x9KPUuKy6+vKEmJDk6sqcR/fvBz6PiGoUgyxybm1BbFhiclrUi4fBGdUcuPH6blMI5oIE&#10;IAFIoMcT+CRloaDsyeEFk9efvHHrxtVj65dvuPO8mt1RW1pRL0ezCsIjM2oK782fMnTEdzdf3bpx&#10;eef8gSO3vGgE5hUVwYdnDh65au+p2/efpFWxoSzs8bMbdgASgAQggXcj8CnKQlbSloWbauccCX76&#10;+GnQvU3GIV8s31tvPuyLacN1Cc7zDh370sdRg0YmYsSOc+8/eX5xti7y4nwEB8HhCCQyimI3dPO1&#10;O+cX9TUivhtBmAsSgAQgAUigpxP4BGWhuDAxQSELCHAmgMFRUl0G+ErE8UlVfJlcqlDKhFwuWAIq&#10;FQqluZslTSYX4tXM5KgaNgucPSrkCqyRvhGjpw8qbD8kAAlAApDAXyLwCcpCDIH4yyhNSjQGTcJj&#10;gaTrilz4Jsm7IxsqFHIEhf0prJMcpL9EEGaGBCABSAAS6OkEPgFZ+Ov4hViHvhMIpMd3QzvA4KAa&#10;w269oFHH9dYnkLTpasYIDg8CTmBRCDSs6OlTF7YfEoAEIIH3RqCHy0IUCMDYlrx3jLnF6zRg/ZUS&#10;keuW6NvjozZ6mFuYWww6Sv8+8sXXlhjE0MXfVa9o3yTHpVeD63kYmVTWJQ+VMolYLJGDz0q5VCyV&#10;yBRQTL636QULggQgAUigRxDo2f5IlXIRu7VTKJf/JMCwFIYmg4ZDK4UtTe1iIO3QeIaODg2rGgyF&#10;hMvu5PAlBDUmQSwSoIjq6lQcIuN1tAmVdHVNslLA6eRIiUwGjYDpEYMHGwkJQAKQACTwXgj0bFn4&#10;XhDAQiABSAASgAQ+cwI9fI/0Mx892H1IABKABCCB90EAysL3QRGWAQlAApAAJNCTCUBZ2JNHD7Yd&#10;EoAEIAFI4H0QgLLwfVCEZUACkAAkAAn0ZAI9WXdGLs5/se9hBoLGEilUvFzAF0jkiKnv7LF9zdS6&#10;FEffZ1Jw6zJeBObTBo4c7qD5ZwWLqiNevKwg9ZvQ30Zd5f0GJkgAEoAEIIGPmUAPXhcqgWmgmM/n&#10;c2pS7n2/ev3J8FLwhS+SyN92LvPe2Cs6CoK2r153Mqr2HYrkpZ3atGThgag63jtkhlkgAUgAEoAE&#10;PjCBnrwufIOuPWbfyL5XHe+/vDDJ+F/DKauNODBl4EXj84F3Fzj/aS2t2XEpjUQXXxdDGu5PM8MM&#10;kAAkAAlAAh+WQA9eF74BJ+XyRXJgSC8ATre7U8OTpbPGfn2vVqaUCUqvrRj35dqQTkRZ+fjwgqm7&#10;jp5Zv2iaX/+hw04mtAPHozJe8qHR0784cOfC977+/Qct//F6pai7kJLzX07s6+fbd8ioh9W/HaP6&#10;wG++HOTn69dv0OU81TqU3xCxE5Szc+e6iYPXnHqUnpr45FF8lSoGYtXNGZMnbA16eNDXL6D/tJWb&#10;UlldpYkKj34/r3+An++yg2e2T544/mwe9HfzYR8FWDskAAl8xgQ+AVn429HjlYc+fxpdzFEoldLO&#10;/PAnr6KqRIiSXZ0dcu9geK3D3HVf9ypM+mHn7XKRXCFvTg++8/hqovbMvYvcCME7L95JbQOC8Oz0&#10;uWsrzb76Yc8i++avpvyQJMECH6aqhALrvIaHaxYtikSmfLN3Y3/F99NWv2xVyIU1icF3Xr5o91q3&#10;bf5wO35i8PW7MRUsCYKwC4OfPjpwhR2wZ+M8p9ITV358VARCC2ce33/wVIXLF9/vHSY8cPJh4OOc&#10;9s94FsKuQwKQACTwYQl8krIQhSWSCAScqm8oNI5IJBJUggyNwmAJlo5+g3w9xg8bqy8OTSkVSoGT&#10;NixC1fLpN8TWf+joPsbCqtK8dnZZ5NWIJP+Jc8YMDpi5ZK5JzvkHSW04rKo8NA6vbEy5/eqFef+x&#10;E0f7j1y2yKnq+q3oOjQKjUGYJn1Hjuvj42imS8FhiUQ8Bq2qFkciU7z9B3gGDB42tJcBpzy8QopU&#10;PI6J4noOmDN2qP/o+esDtEAYDRR0g/phHwVYOyQACXzGBD5JWfgH46lUKlFARoIuyxECgpHJVQ65&#10;VQmNppDBcg9saGIwSqVcqZCIFRRS1Kb+ulpa2n7fZ+EVMcU1WJVgA8IVhUglCJmWfXKuDfir/bI4&#10;uSSiuBoNroO7QYRgVaZfb3eiKFQQGVgqRzA4JUaOsNiNdS31phZGTBIokKJNRXeXDRMkAAlAApDA&#10;ByHwScpCsAJUgni9KAwaA6JQABH3cwLysDs6hUqs/eLyW5lQWKxSIBy4I6SiqaWhtqqiNCdinjNP&#10;/CauIQYrF3Ddll/Mrm1pqquqqK4oWOcr7dZefV36b4byresgiCJdTUdXU6+mppEtBLeIOaLuNsEE&#10;CUACkAAk8GEIfAqyUKmQSxGJ7M0qD0H0HUdqo1OSo7NzMtNjYvMlIENXSCYQnQnILJXcUcgkEqQr&#10;lC/4iEhAoCaVIAPliCUSkUjNesB0d6ewF8EZOYWhe4eZeQx5UIPFolW1iEUilIHnJF///NiI+Iyi&#10;lNMzLJw8z+fKUSgF+OtriagqVKoqVFWVUi5RVdv1EVQrlgrFQsR6vLcPMSH6UWx6YeKtA7FckfQX&#10;ovnDzAVYKyQACUACnyuBT0AWoohMY1cvd2sd8ptBJPVftGXgoJaT8+asyDBYMs/XxVEXjyAUfStP&#10;X2djBjB+RzHN3Xt7WauDfU+MurVXH3dzJlgk4tWMnHw9rfXwIsT2q+Cbu0gxq2ZP3vAMtf5a3DwL&#10;OYpq6OLlYacNNlONZp6/csK5cf+iSQsuN8w/n/y1BxZN0Lb38nY2UutabGKZlk69vW20yGDHlGzs&#10;3dvHQdUANEHd0tPH1Y4pR7AeG3/4eqHG8x/mTXpOWRVApWnicXBt+Lk+hLDfkAAk8MEJfAr2hR8c&#10;4l9vAK8qI6u0k+E10FENkd4doT2duL/pwULtT+DN5K+zgHdAApAAJPDBCcBf3w8yBPyqFwdHDeoz&#10;bPZ3hw5tPJtlO3mitzZUn/kgQwErhQQgAUgA7Bb+Stsjt7bByUgfkvnXCXAK79+9n5zfKpSiiO6z&#10;d37pCVRKYYIEIAFIABL4IASgLPwg2GGlkAAkAAlAAh8RAbhH+g8Hgx+9Z8KEPdH8f1gMvB0SgAQg&#10;AUjgwxGAsvCfsW+LjlGOHo3ExADHbTBBApAAJAAJ9EwCPVgWykWlp6fY+Y7cky5+zV5Z9njRSLuB&#10;Wx41CP7qaEhro45PtBv5XVD5/71TmHdl48Bec04nN73OJuqQmgwZYiLteO3R+0/q5RQ/Wj1//PeR&#10;H1Zyytvzbsyz67/4Vikiy9oyd8HqC6mcvwoM5ocEIAFI4BMi0INlIQara22FT0i68SIduG9Rpbaq&#10;qIyEej19EypQREk/bGu7O1MhKL6+yWPolTrV35tfXr4f/Kz0jf+Yt4dRKeE2lxWV1HX+f5mmELbV&#10;FedVtPCBbXxX0u9n8rxv3+emfd9F30jWkfb4/I0Mibul+oedQjJhe0VRUVUzD8GYeWDLb1y6l1b/&#10;5oXiw7YM1g4JQAKQwIcg0INlIYIluwyfbMdnRxXXddmpd2Y+LajEDRnka0IH9gmuS2JjFpvxZLqj&#10;14cGzjJQsJMOfbt85bEEmVwqVSBKqYDP5XA4XJ5A0uV+BoUCTrqxGIzKW6lYwOOLQCaQFGKeKhuP&#10;L+iWoMAFNxZ46VZ5HwVJLhCqTTgaF390kvrrAMIgvLDgTbk/O8LpHlkpqzouJNbE4os+RqAWpVj0&#10;ugX87haoIhMLhGKpWMjhcnlCCfAb3p3kQoGqEVyhWCICObobhiikXfdzueJu/zk/J6Uc/EkoFIMK&#10;QP94QqkclMzjcrl8/psyuzuLliMotT5T7E2KIuNym96I9w8xDWGdkAAkAAl8UAI9WRYiaKKZrQvS&#10;Vn8zohrIjfbc4KJ8jq2FGZOKgPVb8CZLR2cXRwcrR9dRVzM5BcFnL9yt5qcc/3LW1sdFhQ/WOTvY&#10;OjjYmxowp50rFikxXcINjScQuNmnBzpr+X7/tFkgYeWcG2lsYWtj7eDqcTSZJ1N55u5O4H9xR8Ru&#10;OwcHF3fvXvZmdttCBDJEWhO7Y5armZ2jnammw8zdyfU/yTOV8GLVxEUn61nP9tEBYROL788a7mVp&#10;7+RooUf74mw9XyHuCJ5PM7KfuXPXKltzAy3vqd8ntgMhpxAlHXWwsjCztnGY8dVsXw1rzzOVQJLz&#10;i66tm2xvZmNrpj9u6+Mq/ltrXRkr4cgkNbc+K77+bqaNqZaG8/Id+1ePGuJspk+lL3nY/uuFr5ah&#10;t6ZmRlRykSrAFEyQACQACXyWBHq0LESRGX7DpuKqam/HN0j4+VF52a0BAX2sdAkIP+XHIymLjj97&#10;GXR/5whi1v4VEQYzv1s905jY55ugsL2T2cc3XFMfvTc4qfzFTo+2hzcyZWiw1kNjFMK0qwvXn6ro&#10;tevqtxN12Pen+awq+zaiobHpwRKLH2etS5IQCV1xKFSBnpDic0fCR2+8GhT87MSXls2nFt4slecH&#10;nbmXpL/pfnrW8+0BrZFhmbVvSR4Jp6q8hUZ1NwDbqS2hVx4Rey259So0cOc4jYfL9kRyFSColJIt&#10;a8RMP9+QenKhOCjsUVwdoqg4svhgm+W6xLrGqm8NIwpQOBwWr2RH7V6x9BluW1ZjQ8Fp8ZUf9j0u&#10;Fr7lwg2DQclLhALvVY8bI1cMkZ3fE+d5Irwy7aAJ7frMvfFvez5V3aRrpKeuVVRZwxdBL3Cf5W8A&#10;7DQkAAmAH/UeDQFNovceOg1X1RqSVVCeVpzDcvfr46oF5BTVfdmR4yMqjwyasexgcC2JRESDwBUq&#10;790KmQgcLjLMrSipJ+a4+iwq7nXsxOG1fXAKKZpIlRdd37f9bpLhxq9muGggrOToFJTcS1YaFPQ4&#10;j4PDNYQGZTbjcd1BmUDwC+u5+45Pl94fP/uL728WYXE4EHiJaWCKa45e6+u5KMR06YFLq4aY/WxB&#10;r5BxG2vzwFYscPGNaA9YvmOFL3fPqvlf/BjGliEgfCGIcaFAaGr+/nYIgjNQ18G2d9QLpI2J9zrb&#10;3Eb5GaAQlPuUjR5KmRItlTVnl+TQmApWYlBQSisTKX4WmcF+SxgqFQpEk2FgpAFAWGKpSB93By0i&#10;oqbbG40ndUVh/EVS1+pFV2usa2T9MqJHj54YsPGQACQACfwlAj1bFiJokq7H4FH0poaX0S9KSmSe&#10;7t7O+sB5tqTk2jQPt3lPrZ6nZdxa6yjoCrekBGHuwaajEogiu+X7vlq/ZNY0z6LV/h4u3isulrOJ&#10;GPAHkolNL3t60e0HCfVypCsWMJIddO7UqXOPCyiDl84zJYq6QzOhsARFx/Ol/VzGnsNejkx9uctf&#10;BiJToNAmQxfu+/HL2dOdaw/P7OPV74uL8Z3iXx3mgXtxiDDvxJIBfVe8nLDvVeatRTpUlOJ1xEOl&#10;Ekjs7qaqjibRYj5HJpUyaNTXwRNfj60SjcXzanIenj916nQseei8/h4G+LdiAavuppCsNWngrBEc&#10;jSJyuSo6BwjD8ZemBsz8dwmAc9q29k6B+BfRwv6oMIUqZsqf5wTzSyqTvb1yB5E2hXxwGPwuq3ml&#10;VBVhRdI9y8BjIJVIfx1j8zftAw2TgqP1Py0elKaKw/KH+cC8E4tVAWJADRKREByJg6wKuYzT2dHR&#10;yeluvlwq4fMF3eFipCIhOK6Xg+rFIg6rs729nStQbVmA5oAuvOkuCMYGIspIFaBwETgxB9NbCQ7F&#10;wZF615MuEwrBKbyqaImI197RweZyWZ2dnWwuiEMjfsNBKhZ0tLex+d1aYwqxUCQFIUZBHFNQIgh7&#10;I5fyuewOUH17h0p7QCblcVjgC4vD6451A9MnRqCHy0IERdNzHzSBnnrj9ImnDX16+7qqAkIgnJzk&#10;TAwyevcmF1JlXHAlSrVmQ4h0PEEdRaBqIrLiWynU/huu3/4fe1cBHtW1dcc9k4lO3N1dCQnu7k6B&#10;lhZKgUKLu1MKFHd3ggeNEXd3z8Qz7i7/uZNAaV8F+mh/0jfn6/teuHPvkXVln7PP3mvFpj9aOsJa&#10;dvdKZjcWqZTALIesOHph17Dqp/tvZNLRls5mErXDdw+eP392f++MyACPMV7WUu3bAkei5VUF+RLN&#10;gA0bow34GbfKVMA6yeUNeVnV5p+duPH49ZMTUyzb4p5l08VvXhs4AqunTwWCv2DZSm8sorXaTl4y&#10;J4hQ8zAPLOm0MTu/LsAukmyCAgl6eWmlUgQM3lEY1wxDwjVIhJ4xnoCwHrTrxfPnT0/PHuw/p7+v&#10;Hu6XNYAv5a+t8O88uhJxu0xK0tfD/VYf/mWP+z8wHE5H1aWjB7bt2HnxZiJd8OdGjl1b9PxJ/p+m&#10;5LSUpqTmlIjfCXBSSllZr7LaWO+TP6TurKnIzqmVaB8JCac55UlK22/tD4MoKxadyaSzgDHi0spe&#10;JycyJX8SUyXntSfff9Uq/Hm3GcRuCbjCXsMLg0mZjbcuXs+qYypFLZcP7r7yIlcJU5ZnPNy/Y+e2&#10;zXue5zeCN6oh49HaVZtjk2tUMOnzcwe/33yquouRdvfU+vWbd+7YtvuHEyU0ZltFyukTd1t6N7wV&#10;RfGxF+++7mZUXzp3s6xDouDWH9u86W5aDRggozp136aND3Lbwd/1uXE/7Nyyfu3aDRu3nrz1JDsj&#10;8fKFe41cmUrc+eT66a1bt+0/fL6KKYDBBA8PHb71rBh0Ju3mudgX+U2l8VvXrd+xa/ee/YeT8uuq&#10;s17u3LBx+66dW7f/8Dyv8T3frX/gedM18bEQ6Ou2EIYgGbl7h/G5NW1Ma9+ICEhSCXgGAyZOdYbd&#10;WD1h0YLPH7ToG7HojV0wc39/J/OaK5sXH7lfwim7N3PSqPmLlt8UybCDVu4YaCsUCPkwsYBkGTpt&#10;2RJC0c51pysspxzaMbN87ZgvFs4dOm7aoaROgUKjlol4EoFYIkU7jprqi4/fOXf+wikX64hUFquJ&#10;KVdLm+8f/GrghMVr7iQ32gzfMHeoBalngxHYT4y+vZOzQNbAF8EM/Ub29+U82jN/4eQtySxDOayp&#10;g6EBATEwHl/7tVMrJAIZD4oqxfmtXTKW9Xzv7HkLv7haqNbANXK5Cmk2bMmWifo1349b9MXYAbP2&#10;3qmkS9+ZqmqUUiEMTIEhq62SgWEJJNCEW6MQckHnoa8zmHILYDyhVAmFAnW1VrA7XRxsKfg3Xf1Y&#10;D9f/Xj0qYfujmyeKRPrR/QNZVYmXHqf1zoV6aH9/S+qZ01ydnFShXZto3QG/Km+OdVXn5BVVSrRL&#10;+56TECiCnYutARGa/L0tvyMmjdA3Nbe1MUFrQ78kPHpucm43/x3r9aYVhYhTllOQn1PYxpSKumqz&#10;szK5765u36n97Z9qUXfey4wusXZBpu2/UkB7eO5RM7/Xvss4rXH3H1W2c0sSLp6KS4CTLbrynu49&#10;fhftGBTkCD+3f1tqtaCzOPXY6Z+epBYLJOwnt2+eOX+7nt6dGvewhIWLGBDOKnz808XbZZXF928+&#10;b+f2LOMU1RkvY1/mMFkN927HNXFEWQ9/PPe6hkAB+wKw8uSHF05cvv0kD/TGyMo11M+hpTi9E2Ec&#10;GuwtqM65cft5l5AXf+XEtdQm/34xuM7EHw5e7uIL0m8c2nniUjNHVfT8zrPUsobSxPvJjR5RA6Kj&#10;wp0siaVpLxPLeGGRkXrM8nPHrjSDjQ1d+XchgNy6deu7I6LzBVR94FvrOwWO0jNxCAvoN+KzqaOj&#10;PUy1yyOUoVt4oJejpZmxtd+EZV+N6xfu6eFqZWXj5goCKw2tfEZ8Nnu8qwFKj0wxsQkc9/WykXYE&#10;JMnEza9fdKSHjYmVh2eIm7uLh49v4MB+QSSExtDcd8i8lV/P8yBpMIbA4kb1D3U2N3MIDvRztTY3&#10;MHEfs3LZpP79PAN8fP37DQtyJKJRhgZ2oVMXLRrpTQarwN6CQMKlxU/Olahipozx8/UN9ne0olBs&#10;+i9YNH3QoMAgT0czU2vnkIFDw9ws9DAkE2f/qOgYPytjPdOIQdGBVsY4PdOgCNeaW9lm076e7mtq&#10;4d0fiC5i4PpOkXOXrZ8dbtHzmYMKHEk0tveOHBjj72SExxjYeATH9A93MydiydaeQcMGhnmZk9B4&#10;IyfP8AEDAx1MCKLqW+fO1gfNWz7G3/TnSvrO/f+ketpRmpmSx5mz7OsBIUFWFFFCfAHV0YFfm/H0&#10;5euCVq6KXvf4UYrGyNbCkPD2dvFbaivbUP1iLF/H3oh9lkJXEm2tqRjoKdawO6puXb+WXUm3tLOT&#10;tpcz4OYOBspXabkqmCo/Ib6skYlCa1rrWmEUE4KCVV5WxuqmXb12h8bR2NhY41BwKb+7OKcWZWis&#10;ZJTn5FZqyDamJFHS4zv30/NFPFzggDBTPWjmyGspuXjpRlED28rRkYySl+SmFDXyXQK9CeKWui6x&#10;h4tVTmoyF2ui7iy6evlOu4xgZ00sSU2KTy7VNyEVJD16mJTFpCNCx0Yp67KvX7svxNvimEU/7L+g&#10;svcKcrUE45Bx29Nzagwp2KTkrIBp61eOc7nx484KTOTODYvCg32q7p8pUZk7YTm5xV3uAwKCbMgv&#10;8/MQIsLQyYMZufl6wRNXzZ9A4Be9Ku92sbaiNfL6jxlqZQAkSJXV6akNItNBUWYFua12FoqLd7On&#10;bzgwv589TNT54N4zsqsnXKoOHRZlYWzu6mjWVFbhMHjmrIEBvNr8nFp5ZIjh1TP3PSesWD59sKsF&#10;8vap6wYBEcLKrPxmVlhMf3lVOtvQ29OEm9Vttm7dIn9He1MDfFVuBpMc9P3y2dao5ueJ+a4Dxjga&#10;gm7oyr8Hgb5vC0FmhYGFm6+vr4ut8Tt+QpKVh19QcHBggIOlpYOnqxkReCeJFg5egcEhruYkGErP&#10;3TsgJDQ0JMjf0wj6ImDJZi6+bjbQawYn2Tr5etnqQ4dJtv5B4KxAH3dTHPgngmBi4+HjRCVBv+HN&#10;XLwDgkNCghzNze29Pa3I4MVHkM2cgkC9ocGBDqbYX666UVisqDHzYZHh5PmhpmQLZ5/AkNAQVytL&#10;Oy8vBxM8AqVv6+vlaqEHvpJoPTMnH3drYwJCUXb8q7XXUqiLf1wyzI59Y+X5qomr1veHImkIpna+&#10;wVA7buZ6v2gH2EJTB193YAihYRnbufo6mROBlUPp23l5A0MIbXcSjB19PYAhhMHEJReOHK11X7Jq&#10;lq8JVicb9d+92aqasoJygfnQKD8CGoZSSupzCjQEbOrj2y1SQnPm67ouiaS1ooqJDQxyxfdk8cBg&#10;3KbK0mako1HXgyeFOLQsObXMOSDMQh+jlvKSblwvahBqlCIh3tJU2dbWya7IL2hS4k2kFddu51Id&#10;rMpeZVXU5/INXUzUtMcvU2rSSzn6+pyuDrS5k4MxUc5tj7tzW27iqmjJunklnoc2RvKLXiYWKxTs&#10;NiYqfGiMGQkF03CenjhfIUfK2Z0yI2tEffyTpBoSTlzWqHFxQrXUNHU2taQ38Bys9LLuP2jlKhqq&#10;24hm6IQr52gaR1N55dOkSphaUNupDO/vlP/sCUuKKCmvJRuSG8rqrCNjgpzMwJMp53YmxSflZicX&#10;VMNnLvrCg9J59fpVg9CpY0IdUEgUrz41noV0x4lLakQG/u6eRHFZXaWUjg8f25+RndikMvdxJyTE&#10;3pcYB4TYIrPzu6J6baGiIuVVOddwULRVxvPkquxXhQ2GX3+/2IqE4HUUXHpcNHTi8I6sdIPA4c5G&#10;aCW3K/75K5hVaLSPTXtZRkaVyMVKmVXTPHDSTE8zsLegSUp5JjFz1rR36ltZYg31JI1lXJKbtwX/&#10;2tUntVUV6RklJGsXFa0gq14U5GNXnZ5WzTcYPXEolfDzPPe/e2x0V38SCPR5H+kngeL7dQKOM+s3&#10;Ybyt8sbJ16z3uwLYb7sYf9WrB99EOLm4uk6857/17pc+H/Oe8UuvJfFdx02IdCbpDOH73hTteWw2&#10;u7gY2JV3t9M0arha9eb2IBAoHAKhlCkNbFynfj5vQjDVOXTINwuHECR1bOkvcjlVSgXFI3TG9DEe&#10;jvZmaolIALavoFAntUJhYGQV3D8sxMMMjVDmvHyYyzFc+NkUUxTa1i9m5LBwElLPK8S5ubGxo7nZ&#10;yNXDiKC2tXAdEBPtYQa5dggGJg6exlXlRd0ShEtQoJGMnlPd5TJ4weovF3pS9cFuNDQMNfC5y6im&#10;dmEDBgXa6JcXtFiHzlm1ZAKmubhbiukoy3qYyZgw73NbNaNV5fjFmuWDbVHNZU0oksekmTEdXQzL&#10;QfPXfz0vxMqUVV9dWCGz9PJH0ErbpaSQsKHRQc49PnckCi6kt0iNvAcF4F4kJPBlcAwc5A/9DBPw&#10;rILBEsmGeJm6uq7dmmxJJCJVajgaKct9emXLuq0lYpuFc6aZocFmvebdpxT8Aw2Hc8vKYbaDBrmy&#10;7zxIBE7RzpJMlpwa0C/aCMfMKaiGegCugYPy5vaCYDKw2QCmkz1H4NpsKoiBA+sZFoXszC1pleDQ&#10;cCXYrbf0mjx7zsxpo92s9MG+Ai3/6bdfzNhws2LsF196G+kWhR/0uvSBkz/md7UPDPf/uYsoi36L&#10;Y+/f+z6Y8r4dQeh5Ljrb0FaT/eLZ06fJWXdWhBpD69OPVkh+m+7EPtw62gIkdejKnyHQsx/W0tJy&#10;8uTJpUuXjho16vnz5+9chDIjU/S5TRwpFM/C5zJ5OKq5hR4Jj8ICkh8i1oBCUCNhaGiDD6AtLUrO&#10;bGgXg3QaOFzDaa15/vhZckYWQ6LGYSCvA5JgNGjWLCtC57ULV1/nNslUSLDfTNVTdrSxgQvBkGyI&#10;QYKgSo21W7S7oup1KdfLJWTGslnyomdXr94uprGhXmEonu6BiqaiRh7eydpIKQVmD0RwYVEoAgn5&#10;xh2OpI7/cpEhvSL20pXMsjYVjoghk5BILJmkkkpVCIq5o4s+s4kmA8FdBCIGjSIQ4XCVCou10sfJ&#10;JUoVEo+BYXBENPCAqDmdDZnpqWTPAFdLvFDQG50JWVuFAoGnjpn35RcTgyvibmYzUPZWdu01DSIw&#10;H1BKa6vaHUztCGiERs/UC8ktqhCQLT30sAolmAmosBHjF/5w/PTZ4/v7e1BB1CgIrn7HpkEgKpQy&#10;hIHzuHlLPh/l9uLmlQKGvDK/pLq84OrZszlVTcUlFSCDCoSdvXtjQVS1iZ0jWa4B6b7gOI/RyGVq&#10;3GysQEAqxsQFrCMzC2pkSCyIviZQbcNjwsNC/E31sWKlxn3AzLXLZpkjOd1sri6Q9M/elb73u84W&#10;/qP3DHgnjUwtTYgfEqWCJptb2jk4geJgDblwP2pB4IyppkYkMFPXlT9CQC6Xg4Xg0aNHR48ePXny&#10;ZGAI79y5w2QyS0tL373Mwt2Ngq67cj+e1lIe9zRRYefpZkkQ8cUg6F8JEguA8VKABUhvakR5wvXY&#10;h4nF9c1Ie0p9cmor3nvm1EEYJQt8dkGdSjEzIzmX6j9qtKddfXU7yNDwjhgyxtf8dVJaJ1+uDXZR&#10;SyRSrL69haIuuUllZah89bQ8eOFCF7yytL6HOx5hZWEs6CxvUhroE5AyLMnFDMeoyisuSCntpit7&#10;VmaS7vjHWQ5jp0Q5Uiqa2k1N4N1l6Xl5xTSZuRFRSnX0mjYkpCk/o42HpPAaCjKLCpsUeBNDuEog&#10;Vup7WehzSvLzcvLzWtvQFDP/8IBZc+cF2jngcCipuLmxxx5DgVqQzSQSiS5hkVR5w6NnVUNGjeBV&#10;v7r5Mr88KTaLRRwaMxAjFSiQFCq5Mz49A2dhDBcI5Sq1XKYARtlYX59EhB57kCkh5DDa2prb29q4&#10;PJCAAVJRwFlKtREFTyZ5DB5JaSuOvX07vrDSOrKfn4NzhK9De05iLROGRGrkEPZQ3BFIjRCJhBgL&#10;/9Eh1mmP72ZV0p4/vI9w6R/lYSEWsIUq3KAgP4SAzRGp4Rolv6ujrqqttaWFzeeDQchUaL8hc8YH&#10;Gdw4eq6E+aeRv7oXqo8h8C/YL+xjiOu627cQAGlphYWFJ06c+Prrr+/fv19TUyMUCv38/ObNm3f9&#10;+vX+/ftjsT9PUJA4QxcXp7pnt87efomzjf76szF6cD6bp7RydkOKWDiqqyVZw5Fjndw99NAYMyvM&#10;y4dXcluNv/hurgNRmR0fm9nM9/b38fB1NyMTEWi0kt948dyZRpXFnM/GGmvYYoxlvyCHuooSJVzf&#10;3MrOycGA3Smw8XEzxuqZGzuHhLnyG9P3HbtBcYtcMGUwGQfNt+BYFEKq7+PtaYRTSNCmMdH+DekP&#10;n1azPZ2DgkM9KeAcNEHDqzpy7Dwd47hw/lR/V7PChDt30xgTliz2IklZYmRgWICgo1Jk6OpjKb5y&#10;7ibef8C0Uf7CLqGZm3NAkGN9wp24snYXx4ABkwaaShtOH7kgsfQdPixIUJeS3yIOCPXDw0Eos6Ct&#10;i2/nE+Tl4oKTdrTx8UOnTvczEDy4dvVVbtuEFZsmR9hz2ppEeNuIANNOGWFkTKScxXePCsXwWQQb&#10;nxBfm56Zo1LEqi7NzynKSXgZz8IY2wDzTrYN9rdkdIk9g4OdbB1witbSdpYBynja8nUTBoZ62+nV&#10;t3W5Bkba6Gva2+lmroHe9qZCVhdbhg+MjorqFyhsyLhy9VYn3GXFhhUeVERTTZuVV4hvsKOkk2Hu&#10;GernTKrOz8vPSklISRPhzRyoFDWW0i/c38YIVtnUYuQU6Gmp37eeZF1v/xiBvq1rD7hc6M1MpaGZ&#10;pSF46QBVNquzgynAGtubG4I4ur/n3qslrO4uPszIgkrGqji0Njba0MZCG2fz14uU1djBB2E5Znof&#10;smD86+3prvxTBIAnraOj48mTJykpKY8fP5ZKpcA7Z2hoOHXq1IiIiEmTJuHxP3MK/bo2kGGnAjmj&#10;gNfvT9oBDEFg56qH6l0NGBFAWNMvszw14CBEuvCLiiAiht+pWaVUwYE/8w/aBVtzGvivzgBXQdQO&#10;2nAe0CWQgINE/MJjBBaq4DewgwkHmbrvVA42+kAyz5uTQWdVgLu+53dQzZuR/RIE4GjWOjpBMr0a&#10;kEZA4+2p/n0K1ARYEsPhyF8B1XPxm7p/ruoPqwYZ/8BrDLKPf6dpQH0BVpOgOYDNr+5L7yDep8+6&#10;c/oIAtDG9TultKX9V0c+4X+qeU2XR8BwXmsTFaCXUvqLLQOpCILlgnO1bOjA+xc1SJJq4ijf6wJO&#10;/DeDCZhhR/NZGk3lDhM8LOJAPfR6/jcl61sUAjP6fBeoQyXpqqvKq2Cq1dzK/MraTiHYE9KVfwwB&#10;4Mhsbm4uKSkBq0BPT0/w0UahUFZWVm5ubj/99FNeXh4IqfjHOqNrSIeADoF/DIG+vV8IvlQ4GJGA&#10;x6Ng0tJbK789lEVaeDz18EJngw8Jd1Z3Pj+6b8dxwFTzPgWOBMECRBwamnsj0AQiHt9D1vbfFAQG&#10;bKf0rGTVgpqUhDuJnSA+Lunmq6QKuo447b9B9v2vBZ7Pp0+f7tixIzw8PCQk5NixYw0NDZGRkRs3&#10;bszOzs7Pz1+2bFlQUBBYILx/nbozdQjoEOgrCPRpH6lGQLs5z+7b7q3Xz/bP/HrpGZbHytM/LQmz&#10;7Im0FJWcu5TAEWtQZLuYaZP9KSDrtyP3dXI9ydG2paK0Q4QgRY7/IsCQlXJy8YLl9yVDVxxYOc3f&#10;VFFRIyBTGE1VSs8JM6PsNcVnLyZyxRq0vn3M1El+oBJu8ndzpp1H7ki8uNifvs+u3zanTRWvltn/&#10;wi3Fy3n5NLOsXYnEkUMmfBFp1ZJ+JoUWOXGWJ1CTEjQVvHzZbDJ4cLSTwZunJHcdZfDpIceq7841&#10;BQlfYEsnoYApRJkEDhof5U4B315xzbWbCd0cGdYl2B9W34GIHDHahQRTtGU+j8uqESBwoRMW9rcD&#10;yYK68sEIiEQiBoMRFxeXlZV169Yt4NkDC0EqlTpmzJiYmJgRI0aQyeQPrFQjETJZfI2xiQkIzYem&#10;N0qFTKZEgqwIpQaLxyJ/z7/5gc383umAH1QiUmCIhP+kYf+tSzQyiUiDwuO0pPNKuUSuRuBxH5Jp&#10;CpF/SpE4AuaDOfzUUrEUuGulgPuJSISppAgMAfM7nQYdEwgVRIoe5k/9zh8Oo1olZzMZIPQVLEFQ&#10;eD0zM1Mt1wFUQOYJkBRFgXun0OAIuF83rlbwuCI0iQT6/eHN6q74tBD4r5c0/7/DgcPRcHFL3N4F&#10;X2xOriIPmTL6jSFk5x7+/rM1V0taW+vL4w+v+Pr03QYF4Kq4+ePiWYtPPC1o6Si8/OWXXxxJ4wLm&#10;M64AkJVqeEzAp1zx4PjSmZ/9GJtR29rJU3RmHPp+wZprpaCS0peHVyw7E9uo7KXs/oNhc4sub1m+&#10;/mRuO5+Xf/nLJYtvl/A56UfmzV9xrxms8fg5t7Z/vvZQAes/OZzgSJiSnnfp2zmLT2cyhM0Jm5dO&#10;23q7VAwTF+9YPee7S4XNTeUvjkyfvuC7HakCmLw58eTiVQfuFbS2Jp9YtvynlHaI8lhX3hMB4OoE&#10;S72CgoLly5ePHTt2zZo1N27c8PDwAIvCnTt3PnjwYN++fdOmTftwQwjTSNhxJ3ZsOXijrLKxua6h&#10;o5vLbq19cPVZdlbqw7vJ3UDl8o+KWsBmdjP4Srm0u61bLP1Toi8Fq72TA2Un/FxkzNpbJ2Lr+NrE&#10;R5WCBXogALxlsq6mprqq2rYO5i8qVfNT7x5PrOjuub4h427s01ei9wRRe5paSHt85WhhG5QT+YGF&#10;H3/lXkpeWW5Kfmtbd/z1Y/lNnF/XoFELmAwmG0xYWjMS8xk9HHR/vWj4DCaDwf8VtzajKmvH99+v&#10;3bh569bNBy/dp7/Dp89vrbhzPq4oPzP2KqBm/Q8WUiU7Lz6zsfsvjP2vj0F35d+EQF+3hQiURtCW&#10;n9ghHxgVJbl1+PyLFu2L3Jn03doT5PUXrhw5cur8oUWW2ev2HK9VEQkkkh4O4zDg+207Lnw/0qLk&#10;/JMGtPngxV8GwEiOE1YtnzXCDgfHoKmBEzcdPLRxtEHh2jXHKZsuXgaVXDg4n5q5bt+JWhWhR7Xp&#10;9wtKz2Hw1u0rQqwQTKGaVPbsVY3YbdrqIGXq2Xt1cklzTkaBzfB5U4JM/rMGEBKBMXCd9M2mFSMs&#10;mRwxqq2soLRR1pGz6Xy80+ydV48dPfHNCEc9gp4+CSFvij28K5sy8OiNI0ceH3bIOnb2ZX2v4P3f&#10;9KT8K6oFyz6QCAHCQYEvdOTIkQMGDLh48SIIDY2KitqyZcurV6/AAnHVqlXBwcF/wQr2IMShtza2&#10;Gk6eOZEi51WU13TR+XKJpIPWzWGz2tuYMhUkosDhCiABsXeKXCLiQ/TWquIXT2/ezaPT6u6euFNV&#10;15uWAE4Eqz0ej9ujfaFRqsVCAWCZBfrQL85dSyqFpKxVCimPy5WC+hXitqZ2oVbzQSXpfHbhZmp2&#10;M7iI2d5WW13fTeeDUBWw3AEiDGI5UDFRstoa6DxgLNUSmVTAauvq7hCApHYogAYsE6VcLk+mfbAU&#10;cinQgQC9loIr+aK3khkahaSzBZBdqzUquQhwCICNexGf3yOGCeJ0lDI+XwB4usFaFahIQPmZQFAC&#10;nCEELao6G5u7BNiQQeGWRoi25nouRJarFEkgxlHQCCDMBeoRxc8e3LqRjafaRQ0KMsWjgKoHj8cH&#10;8hmgKjAKoYAnkvaQuWokAp5Q0qNToZaJRT31QKocIFcRCvEByEhzH8fFxuYIfjlvZLezSNSYbbt+&#10;+PHHg+sXTzVCyMGecM/NkQq5Hc2dPC67o5UOMmLUcjGX+45OBcowZEiEI7VPkVb+K17kv2MQfdwW&#10;AtoMGMbaa+3F++d2fdYfmX36/MM8PvAplmWWYZGh/o4QZCqyc5Abj19c1i1AAXEkvK25CbBmKqwl&#10;HMcQCsAbLAZ82BqVFBhRkK6k1uCsqMZQOrSgIL0Mhwzxc9BWou8c7MrlFZczhKg/iVBVCrvqbp06&#10;kUIjObnbEQgwDBKOshnx3XS36sd300tKsgoInsMGW/yWQQUahipRR/KDGzfv15t7+VIpcDQOxy3P&#10;LlXJI/t5A3eb0sKrHxVIL8GVCh4LJGCV3lgwYODAQWszGR03Mytlv5D0+Tuelj5cJ5/Pr6+v37t3&#10;78KFC+fPn799+3bgHTUyMlq9ejVIjbh06RIg5jU3NweRosBH+t+Ms6q0+l5aallpbk1dTtzz2Nj0&#10;zG6hnIDHoJBgoxkLl3MfXDj8/ap155/nvf0gy9gN147s/G7d8fKOjqr8pMcP7iakJL96cedlaWXP&#10;OkgjZT25+tPqb75Z9+OVqq62F1eu/LB3y/e7j+WV1WZnxN2MjadLmfcuHPh25apNh681SZEEArbH&#10;m8dtb4h/dvtxbi6dwygteX3/6aOnRTUdHQ13T5/ZtWfD+sNXOyUqLJ5IJipS484dvp2owenVp7zc&#10;tH7TnZRamaD96vGdy5ev3HPpaU174/WjP544c68w88WPO9cuW/n9teTevoGQVhSOqIfm3L/60/lX&#10;Fd1NxYe3r1+//Vh5p5hemXb+yJ7tm3adunTn9ukf1+8/V9HOrUu8t2/r+m837k0u68aRyXg4L+dV&#10;ZhtdiiOSCXD58yuHzrzK66pM3LTm+282bL2akJH/+vmzjPjC6rrctDKGiJV2/+zqlWsuvyikd7Y9&#10;Pndu5871m/afrWQopIzKM9vWbd57gcYV1Rc927Nh593npZDSk1yYFfcip6iN11Tx7MHTtOwXj+Ie&#10;1TGE795iEJOqVoq7O9tb27sBp0Fx4o1HmbXghPrCp0/yG7AEErh3aBxeJabfOb1/5fcbbyeV9N47&#10;JTvnZXq9bl3437wwn8y1fdwWgskojGg2fGhMoH3E4KmD+mHidp94VMbDmZoi4YgelhDt1FCDwWDI&#10;RJx2rgqisqHZKaTm1xMMrpU1/Llow7bBP3H6RkgEEvzaW4lag8Vg9Ai431dq055Ir7h5emuCyGPF&#10;xtWrp/iTsDAwhUUgqdGfj3LMP31g95VyI6fRA+x+wxSC3GclP/v2nlPpbUO/27RxwSAHY5hcoSLq&#10;GSBRKCCbph3Jm26CtC251MgjetG369ZtOPq0sDhr40CCjlr7t96rzs5OEBQDvKBTpkzZtm0bSJAg&#10;kUhDhgwBQTGxsbFgOQhy583MzD7WK0m1NAnxDrKzxIkF8CFDB6mbywqr2mBoNHhscERsW96zonLV&#10;pAkD1WKgSdLjrVTkv3wmxjuPDkM+fpgFWHEDAoLdXVw9vUI8rXqnTEJ6O19CHjt2OLGjprCgMDk1&#10;CWEdas5tT6tgOfmERIZ6g0WfSG44fvx4TH1edkk3BovtkbMENGzu3iGBTo6KbpoCYzlqUDCrIDc/&#10;Pzsxo9TMO0ZVVZZRzcCRsS0pr56/bnN3d0erZBK8RVR/7/LHF5MK6zB4+/EjoxQ1+bnp6UXlLWYO&#10;zjIG3c4rZqC/YUFyZnevfDQCj1YX3Hua3wT3cTHNuH1bqe8bYSa9fzujvb06p5QeHO5Yk/iMTrI1&#10;13SUlBRnpCTSYSYBjqjE5y84EjhGIyzNKe5iK0hoeeGT2IRaeLiXeVs9zbPfsCg7k4LXRSTXkFAP&#10;H7KUXpRfWV2UkZvbHRXt05ieVVQKzFCunVMIuYtWWFyd8eQpMWi8lx7r0bPcurLMRjHBy8cJzAc0&#10;SklDYUlDC4fX0VxZQbf29Avy9TfV+wVnBQYPb6pKOHXy2LFT55LL29EIRUlqAU8pL3yZxJUiUdBe&#10;IByNVTWWJNc0qkeMHQgkqXr0XmAKXmlmUQvrg5zKH+tB09XzkRHo47YQQgMBA1ISwK5ZDV40daB5&#10;98PDN9M4HoPmY7CXLzwE+w9qfsXTaxm2VlMCyQgFYHH6VdGAWFBzaz9g/ECK4C8SwtCBg2cjUJcv&#10;POaCSrjlz65n2VpPDiTDf6OSd+uUiPlSidTAytKUG7cnjs6Fgeww0CrFe3i0XXt8fJPj5OXje7OH&#10;/6MvGqWQxxETqCa2xPr7T/LKNSiUBhU4cA5BL+1xKtjSEWTeOlqNxMBUOJxtkKN7JwtODR8yxKZu&#10;29cz4qp0LtKf8QTbgVwuF1DDAF8o4IiZMWPGmTNnKisrQV7g2rVrAX0M2B389ttvAwMDCWDl/lGL&#10;sbGenYWDZ8CAAF+ryuKCrjYeHJDEaLnDFDKVvg3gfuHFZ5dQbcwoveTO8oaKmtdpedmFxU0lDShT&#10;OxdHZwcbWytbJ1uqcU/XSBYugV521WUFNHDL5RojU68hQ0b293AmwrCmlg5ODnZmVp4BHpbF2a+7&#10;OCI0CNF5kwSIIxrY2DnZmlMtXYNcLUhluXlAjFajRFk7BIwaOjzM0hwJdMYkopdxCQj38OHBDsAz&#10;4d8/fPL4MaamUpra2tfZIC83l8ERIRVoK1u/oKigoLBwjKQjt6hRI+kVIEaiMfzujscJ2db9hsa4&#10;wWs5BL/hU0YPDyJwSllwQkB4/0EDIvx9zUP7DxrsbybjdyHNLIdPnDx57FgcWtjJEYB8RLBcRmPQ&#10;AkYn4KAziRgV5ujoHtkPx6wtLKhEazBggPbW9kZ6eDxSyehgw+1CR06YHkLl09u5VOuAocNGBDo5&#10;EBTMkvy61MyUwuKi+sp6ucoyKCLapyc2DYQUYHEY4JwBGlckspmFrYO9g9Evha5kYo2zz6g16zZv&#10;2fDd6FAXZ09/lKajrraajrQP9XFAqiFBNLUSYWRho4/gFORUm9tYU0DoOlQ5EgRDaUPKdaXPI9Dn&#10;bSH0kelZAMIxYZ+v/ny4XfGhc48bHLZXPZj27GtnKtXMc25y9PmU2LlUuEjR803qKdCf4FI4Tt9r&#10;8BDbwh+GRy9clMI0wL9dXWFC9tbdm/TkS6gS7/lpgy6k3J5jCgMMWb+q5JcPgXXMV19+7pK5I8zU&#10;+QDWMVyf0kZrAwtRLNmz/0hPpYHh0KEDCP+BurZGwEZsPGjx9rnI5M89LKc9qHF0cNG00ugK5/VX&#10;V2Gy13lZ2ka+Nl7kCpOBoDqE6YSDZ3/0bljsRqUGL20LWf9ZhMnfxS7Qpx5ygUAAsgMPHToEkuJB&#10;FsTmzZvj4+NtbW1XrFgBwkTBcWAdJ0yYYGxs/C5fzEccIkSOBle0l2bFvao2dbEzJQE6TO0zB4eD&#10;gFI00WbY9GlR1phH5x/XsAFZJrTWB3ka4BMdOmjsxKkxKKlACvi/gGy7Qv42I76zJvdxQomhhb0p&#10;Hgtqx2EoOKxKqVYj4WqpTIbAo7pq0x8m1lg5++hjNEDYEJi03kmfSiGTK9BodFNecmJ+p4WDsz4W&#10;qYGhCHg9NFqmggPPiEalwQ2YNUq/o7auRYpBoYArAgEDu+IaQXVWQna7o6OjHgq8JRg8wQCj5iQ8&#10;ftkkIHhYG4BpY8+LBHgFYDjTMTMGikvKWjlIHAxIwKsBZ6lcCaIvQUo80M1UIlBAkQLk+KtBpj7w&#10;yoD/A1CAlStorudVBKYGTjIbMWWIrCCXLmCn3n3Spqa6OBgCqnOFHATMgLAyJDDwYLxwiMEOrpRD&#10;bwsJTwGVgJ1XQIOOQmKs7V0Hj5k8YVQQXoMEN7f3JYP2CcHZGICpXCNXKKRaMe5f3HAAFgarZ2lr&#10;Z2tjbUhEkamO7kb4goQUgq2DExWnkKsAlThgT8BRnEfMmO5JEd2786ye0yOjqCv/HgT6tC2E69lM&#10;uyVpS9sY1UP7gsAFrXlSLuLcmeNqhDcafKirrbW5mdZQnvrjJCoZnKIXtfMurTN2cQAQ/CSOP9XA&#10;5B/uD15GvNm4PTl8ZvvLk6dWHjhW2flkRViPxwyJNxr+U3d7i7aS1z9MNNVW0n/PvZaOO4v8wKzT&#10;ZXVNK/vZUrt3J4YItM+sIynNzDZa68vLV552dj342g+i+8QajdxbKG3OXB3+n+TaQdu76B3XZxrC&#10;EMY+s86X8rpaWzKePHtcUhZ/+ktXgkrjt7SquqmlqS5vVX8EEYULtTMFThui79Lzz+vBCDvYOQdm&#10;2eu/EQH69zycHzYSHo93+/ZtsO03ffp0YPCACQSJ8yBAZtOmTWAVCI4DEwiSJcB2IOJ3iUY+rMXf&#10;PFsFgljEIOSiu7qyhk1niWV0oVgoFssAJSZYrbLbS+89S+6gi+FIdC95DBznGeJNxQlbm9t5QjyZ&#10;KClKj6uki4WM0hfZ+T0RokJGdyWQT+ICgeZOgRhkQooVIA8ApDIoMBg17dWTx3UtwJQ1d0uEAnG3&#10;EISNCMDesXZ+iMUrRXWvMxIqG2l1bUCglycUd4vEYpFQBrbGpUKxVKZQKcV2vv387TU3nj3jSKVZ&#10;cU/2HThUTTewQwuLqppYXIFQ2i0Qg6JQy6WtjQ20pi4hnyGQMkGECWgCBLMAX6FfVLQZsv7Wq0pX&#10;e9Tra4ePXHmNdAjWlwt4AqkGNCASyZXgahCsg9AIOY+unj564SbZyNEYjwKC1RKgWS0HBC9K39Dh&#10;Xvotp+/G19Q1tnOBdDZLqODD4KK87GclbUDbA0G1t1G3pRz5YW8WR9/MwlDE54FRyMV8gRgfNMCZ&#10;IOa0NtIBKbhKJRFJevVDQLKHiak06cnhi3EJDBECjxUVZCdWNDMaq/Pqu3optoG9BZgCxtGeGwrH&#10;GPnbKxOy8vQsffGAQU4gUcjBjELObCqJi0tqEigA600v3zegxhCCeCadyv1HeHH+36vo43ykgBwJ&#10;zAjfMUXvHgCTRTAjRqPfsjUBTqie07XTdOjv3iu1f4PzwP4h+Kv3hJ578/uVvKnjPxmveqoDDUO1&#10;/dw96PBv82MB/83b86CztJ3uKQi4KH1NRNSE1eXucwPwLSnXfqo1Xbx0pielt/neAf6PemmAZJJE&#10;Imlvbz99+jTQjgCJECBNEHzXQAjMl19+CdaFgD5m4MCBICjmb1oF/ucLDB4hIsXUI9jLBMlnKklB&#10;/QcEeLpZWVnbOliaWpi7uruo+S3NPPTIqROCHEy0U1GEiYWVhN3RxsFEDo92ttBXKcSm7gFOVIwS&#10;p+/kaAdy3ciGRkS4AOSXBvXvH+jtaWlpaedoQSHhzeycXR30hQKFf79ooJ/AkCEiBw3xc3eytLa2&#10;cwSSzQgYCk8kaGQIXGB4qL6KJUQZ9RsQ5ePmYmEFVkEmJKKepZONmbGRiaWHm50JkLFwcnGj6mGE&#10;MnzU2FkDg+1hYroIY9Rv0EBvF0cLKwvgtbU2xXNYXXouoTGRQXbWlnhIZAOJIRhYOvvaU/FiDSkq&#10;KkTEpEkpbtOmDTYmYCnm1lYWVCLZ2NLGwZBiYGhgKGqv7BLATB0DR48dZmtqYG5vZWlhbuNoZWRI&#10;Aa5lV1uSSEkMC3blMxmGjoGDosPcXOyRGomJo6eTvbWrr7cpSdXYLo4YPTrM3U7fwMDGwUKPTKTa&#10;23v5u7JryzlE85joIFN9PVNrawtTMvRWIDCGVAMBj4E09x4cGenuTlWrVabWdggZU40zNgKxO5Cq&#10;FNrA3NzOzgxohvTcULWQlZjROWbOOAsShmBobOdkQzW3dPWwk3Ja6VK98ZPH+Noa9nxEsASKrbO1&#10;gZY9XFf6NAJ9Ote+TyP/AZ0Xpu8a9d3tbpZUg6a4zT/y4LuwPr2c/4CR//6pYJ1SV1f34gVQxEsA&#10;9NllZWXAUw6Y0nrIQkF0jI+PDyDz+ShtfVAlvQ574BEFihQqDRoNbBnYb+r15YP/g9x+CjUGC7LG&#10;f57BAAlD4OsDB6FYYpUSLPvBVSAXAMyRes4C2QkKpRrsq/Vc8/POAFwDmkGi0TCltjksGrzSMIjk&#10;FDoL/A/SBlSpwawKODMVapAyhIYcqOAXiBL0Z28h2C4ApwFnI7TQU6kxaAx0BLQJ3KNo4Ojs4fWE&#10;PPlAsgOOwqCBd/UNLSo0ZCAHCPUcsLCCtHTQEQQWCjnR/gJFsIAeQaco2Y3Xzx3DBEydPCAUjQQb&#10;qYCBFeov1FvtOhaqRK1GIOEAIxjYitSylfbQpUJMqOBktQpITmCgTTro2wXqBHVrvdDArQy8vigs&#10;Grh0oWqhBt8UhUKmAZ0GnEHQMAEhKwJElIOd/DfzWO1N0/YQXKEQdsfduJEpst389UQ9EPOk7ZiW&#10;lRTcO+C77rl32qpB2z1j/5v5Ez7oCdSd/NcQ0NnCv4ab7qr/NwS6u7szMjJycnKA55PFYoF1IbB8&#10;gCMmICBgzpw5JiYm+vo6AYH/t7vzxw2rRYzslASkfUSou+0n2kWg0lyfcepcesi8uYPdzT/ZTuo6&#10;9tER0NnCjw6prsK/FwGQHQ9yBMF8HChFgGUT8IL6+voOGjQI+EX/1o3Av3dU/yO1Q8IW0LIMWuV9&#10;qkMGG74iiZpAek8Su091GLp+fSACOlv4gYDpTv//RgBICYJ9QWD8eiwi4NEGyaP/3536o/bfX5Ho&#10;bS0apZTNYiJIxgbE/4y0+uOxKrl0tgqJkYtFKDwZRIPC8EYUkOX6y9LTJYWU29YqpNpZAFn59wRQ&#10;LRMx2VyCgSkJ99/JlL1nex/pNOBYZXdzUGRDCumTflQ+0nB11fwVBPq0LdTIOMW3dj/kDZm3dKgD&#10;yF7nlT26ciWhwnb0xnmDrYAUoLz85Iqf8gG7IAJp4R2zeNlMK2iPpD3hzM3Ehm6l06jVn/WnYhAq&#10;SVvyuZ9etmCsvUfNnhvKeXztTkphq0AMIu3AxjvFZNK63YONQYZh/eurp3MNJs+bHfqO50RQenn/&#10;7YaIhdtH2AtoadeOpeEmzJ8fYQnaoWddvngnt8Fr5oE5EWQMXCXrTD178FmbiefY2fMjLMC94hSd&#10;P3otk8ZF4il6OJWUL5CqcIau075aiMs7/JwdMWfuCIee7a6OB9sOPm/lgD0TopHN/E2bA0jgoKwl&#10;5eG1uAqnSV+MC7MCnzp+8c39d8uiv9gZRSq6u/dGIQgplLzhoTGLXvrNtAAq69WWE/FcNlcI8S2C&#10;OEYjz+i582d49jWHYlNTE6CMAfEjBgbaBLJPu4iYXbRWukqDMre3MzZ431xGBbfxwc3rpPDpI/yc&#10;P3D9xIs7fYdn6uFjSUDhcLVZ99CBc0YG/cohqeyqa5JgjU31BXnZXV79A0A853uiKKLl37z30mv8&#10;wjCHj8ZO8MdNKySCppp2Q1tbBL+LrSQ6OJq+r91+p16FkP7o1G1S5Njh4b1QKCXChtp2A2trU8Pe&#10;mwLI1lq7BXAN1s7LkYTRqZG85xPx7zntLzxXn9DgZdzSmwf2nEpsAn1StyUeWff5NxfyNEQDPAoJ&#10;63yxYNqc6wwrkE8d6GxUc/e7qavOlHDBiZ0pF4/uPXDgwLcPqiB2R7Wg/sWB1eDfu0/fzOXA1I1x&#10;F3YefMUxcYYutGHf2bPsizNQaDu/MfXsgUO3C7p+MX5Rxc1du3cnNINtdGFb5vkDP17Pbodm3LU3&#10;d636au2dehAdp2XeV0tpSQe+PXBg37qjZ5I6tFWgKXbu3qAN4/ojB3980G4VEBjo5+ViDG/Jjt21&#10;/3x8kxg6SVS0Y9nMndlyVx/oV2TpiWlz1zwBrcEUrRmPThzYsezokzoetLnPL7+3a/ee5DaNjJF/&#10;+cDB2/UEP2gA2uJpQ8GBTrQn7Nl14BnLXnvMy1yZdmzJ7tPZrE/ofr5XV+xB0KCX1ydrCEGkh4jL&#10;b2tppHWxIA4wpai5obqyoVWqBL9Iu1tbulmCXm5otZIJWDhpTKUccCwAJlHAJSQSCIVQhL5aIQBx&#10;oxqFFGSns0DmgLKrtbGpjQ5mNyCHQMChN9Y1cSVSXhetsZOlUAGNBzGb0VbfCBG0SwGTpxTl7O9r&#10;RcUCElSIC1TM62JylUpZO62+trldIRdl3bt1436anGAeEultgEMpROyamnq2QApCQQAfTntrQ3N7&#10;9zs02Bo+p7OmpoEHagc5Bnwe6KGIz6RzRGqFvLOxrrWLB7oMUia6W2ndzF/Qm729o2Cl2wrO7GaD&#10;a0HCH+hJdSOYcErEAhloSC3liyVSLquztqauh9JFLRM21TRwBAopvfHWictZxRV5T+9fi03hvs1f&#10;0CgZnS21zR3g3QREo2IBq6m2kQGqYXc0tHZJ30lzkAhYtY21nV0chRIEv0hpDY1MgVzEar5z8kpS&#10;TsPbE5VSXm1lRU1LJ1DvBdyrnTQag6d9B3XlfwOBvp1TIedXPj2cJBu+8ItIxeVNs9fFEuccOXd0&#10;fjAZ3XJ38twNTeEXHxyY1j84OHJQsDnv0aEdpfBBI/oRi24/ymhiKBU05zFf97dGsLLurbvdbWEj&#10;1rMcOW1GIP/lzdgW5+9O7pk/JDw4eohB9YZDNxFDvhxt3JH14HKF8YQZUwKoPz8bopr7Z591RsxZ&#10;M8hG1JH/6Hyh/uQvpru3Hlg5d3e653cXz+wd5wbFnKlV9Y937HlJ8w8IqursCho+xZ0Cwxg4ePoB&#10;Fmj77vM30jy+uvHTl9GBfm4mqLb8l3eyJeHTZg6yU2ZsWPblDc23F46uHB8dHBIWHepecXHp9UKn&#10;4ZP9lXmvnr8qbKaVoJwGRvmYqaqfnH5eFzV/fTi+9MGxHMpXPxxfPhbUDhVvOwMcmOd2pf50qyTs&#10;25s/LOwXHBwW5SktuHs8Wzpg5Eh7Hbfwx3vbRcyaiwdOPUpNTMqsMXX1UDdlxL5My6+l4U2tRPWJ&#10;x4/dlhs6eThQQTYoqyH32oVLT1/XEExQBS/SyLb23cXPM+sELi62CCmnxPG+/AAA//RJREFUurKK&#10;ZEDNeXmviE0wFNReOHX6RXqNnp0HuiX+1PmbySmZ+ZUtLSVJl58VOHp4d8ZfPnI5NjEriw03IYv4&#10;CjyeXVPJkKA14ha0nnlBwt08FpzCLj157tr9V1k8OKIl9Xlmh8rHk5L2uNTAkZJ29fj5u8/rmBhH&#10;W9y9Q0cfpSenvC6CqI1MIQ+toKsu9tKFu48SOlSGTmZoWlObsZH+03u3aAgrI1nFtTOX4os6HL2c&#10;6lNvHDnxRGPk7OX0H7zzGkl58r0TJ66mlXVSnVzg9YmHTl19Ep9JYzAaCxuMPdzbM++n5tVmJsc/&#10;io9vlxp4upvVJN04fephkwxOxrDunbsjMTVklGenNfBDosPMtS7fzorXZ0+ff/wyB2nuZSzIP33q&#10;YlJqVnpxTXdN/uWHiTgzD1dLyOMh59FunzhwPiGzq1MeMCBa1ZRw5tTNChbMlMx7eOE2S9+uX7iX&#10;Ni1fkv/s9pOcyrK6ZiNbx9a0GycvxBNsvFysKR/v0dDV9Ekj0LfXhQBaOByD5FZd2T131Q3cjEPn&#10;Ds0KgDKG6hO2ZNVFzl08qNeLBrfrP21UoEFe3msGH4cE8/DhwycQeace5ypkkvykm3ByoIcXFLmt&#10;LSBYWykV93AMUhyd0GguHSgsvU/UNBxBQHRlHNrw2a4kt7XnT24b2evgUqtak+8moWy/WrZ5mG1p&#10;2YvshnceCrEchGWrZKJephB1r08MhYEJi08kZBgMmz7RHZADQAXvNODzKQPq8q/XiUGqovYQv+3c&#10;yfsloH+/VI/7Fcfq2+Y0SlkveaIarWdkKpSyBDoyxY/6hiokzKrGVt8B0wNJsKL8GomG2H/o6Egr&#10;QmVOQWlBJc4hoF+gI+Qq0Egz4l4gLUJHeKuf3c/oEDdUNrc0t3aqiNZgRwsw2CLk3OS7z1tkNgO9&#10;jXLjs6yCxo7wpxSlFtJam7rkhtPmDWIXphFCxkQZC4trmxpqSzQW/gtmhlckPqXxNTiUsrOJxuIo&#10;MGp+Yuz9GqlZdLC3UoHsN2LSUBej2tJWE0D3OSDKGCWkNba3lKdlVyGXrJgOq8krqK6pbaJ5hk+K&#10;NEMVZlf1ANNRWdTUpBgxaZSdCQYQryFl9AdXHvMM/KI8KK/vJ5lETnFGdjx6mttSW4dxCOkX7ARd&#10;o1bx2fQuBluqZQYU0VtSkqoCR88ON1Jlvs6ji9D9hk0e6WPZUtFYz6iqbaiv6eTSuxsZTMyYqTPM&#10;9dGsporEpNp+MweLqrNKW+ERA4aH+ocFB4ZGh0XYGkE7BDA5N+tlBskhZsZIl8KEjHZGe32ncuKi&#10;8fimXLZlxJgA/ZLcop41Ha08q4xluGTGFAcqjt5emZFRHzQ4HNtZWFovD4oeFh3sRexxD6ukCrjB&#10;yEkzvNH87MzShqoGo8DwYF/rj/po6Cr7pBHo47YQgcRo6AWnli3ZlcZmd4s5QMMUMiXc2hIGTBXo&#10;rX0tewoCjdcjd7LA6ykEmVsq/YDg/iReZWWrrKWySWIyd0AkSE/6+WyQnqVFhv74xGkVZsCIMCJI&#10;e/qzG4lEE9SNL/YvX3+sWEBvA/o2qjebDsrm1/fTNJTP5k8ICOvvUVv0Iov2Z5WBjHtYZ30rj+Ph&#10;6Uh6G6agVuFIRhIpp6mdh1TLJIajZi8Is6j78ewzmlD+hjgAicLDGJk7hoMdtZ7Sf831JkhhTWtk&#10;exLPgI+VXlucW+DjEuNm92dd0f3+IQgAhjNzS+9QIJJibkpQIs1srBk1RaVlDQgYSB+09vbyszYm&#10;avP+pC0N7enp6VlVzVisvoOrR3tlaTcf6+FvDz2tSJSQyyuntRmDHHMKlqHRdwyIDvJxJqjpQg3a&#10;y9/fz8nJx9vCC+SRuFKAGC/O1CRmYL+IiBgTE3U7kw+oGgA9NxaLAiTSFc0tFFsXZytTKzt7bn1x&#10;UUkNBonR0zcypVLxeBwBj+B1sWG2wUG+kf52amaH0MLSL8A/wNHaiqTspW4xd/bydNbLTEoHOkuA&#10;m57Z3V3R0W3l4u1gqq6rpKW/flnX1gFkeWFIG78AH0tDKDhFLeMm3z+z/+ydGjrkMgWOSxbGyjsq&#10;OMTHFCHsptg5SVtK8wrKcUQLv0Cv9uJchpgwaMJoDxNF1rN4NZaAkzKLc+vT0rM72gUwDSDJp5oZ&#10;mYI8fRNjUz1tmA/wiXZICXbe4aEhgaYIOkcMd/X183dz8fQw8w72DvC0Qqv5Wr5URXtLl9I+LDwg&#10;NMDeHsWll5XUJaUWNLYC9zWSRDE1MzLofUeRJHsX27r0l7U0Bg4OwxAc/Ly9qQTdruGHPPp9/Nw+&#10;bguhDzzYZDEcPGLzyqUW9w4evpkJbcaBhFyITuJdqi0QcaiBsokBGyJ4VTVyy34ThuDSnz1LTEjO&#10;IQ70d0C+FTxCE8jMh0siHEGmmon7nFdhP2bfnGsK/3NTqM0UBuHYtnMXbp01GXFqy6Hn1dyex6Mx&#10;KTYLrbdopBfa1D1soH9JyYuihv9gCf/PJwmkA2s0vxhFb3avBmRhgz/lMnXg1z9sDHN48Pn2e60s&#10;VU+cOtiVghkFrbheWtFb4rZMsYUm0yAxWSN69o2HibGRgb6B64xM6u5LFxe4vG/YRB9/0v+p7mvU&#10;wK+A1ahlMrkGpuh+/jCODTe1M9cHmeBqNQYkqL+ZUyEBYYq9i2tozLD+g6KiXK3aSp/XKOw9tKFM&#10;KrkMSaaOmTIM1lRS3CHVg0n53a1MNkuixGPA7hggdAO0ZQqQNQ64YuTguVPIZF10JpPRBpTHyASc&#10;XPubEjCa6pmOnjQKQ6uqqK58du9Rp8bI3tIQVC6TAf1DnkIJMsdhWCJGw2oTSOidTGCGgK4KGqmW&#10;y6RAafENZGg956ABwc56SY+SSts5JAunaZMHsPOzazoVRiYUR3fvgUNGRoU5o0GuxJv8diDj5OgV&#10;Eh3sY6JlwUYjsTgpm9kOpqJSBEKTcO9+s4pib2EoVSGCXBxoJUntGktzkoFLaKSfh8HjS/eqZWhb&#10;WxMv96DBI0d5OZIBa4xQKpLLBQIhv2fCCphiiDCJoLudyeriyYAgFjRYqVQuA0NSAFBA53u6AoGM&#10;YLex2fRWJkOGxpuZGbm5+A0YMcbbxVgkYPJEWkpYADiz7NK5pzg3b1M9hBQ4iDSAIUFnCP+pd+bT&#10;aKev20KVDEb0Grnz7P1tK0cOD5I+v3rjVb1UY+DkSUSgSmub3wEZSHoqgAxZ7+pJrbFx9Seokm78&#10;8CAfM2x0BLWXdR+aSor5xmOPptZ0gcLgMB8vccG9p7lQimEG/T/fd+DUlo2j+zl0XD1zO48O5taa&#10;5vi7r9GoaT6GnZ3dQj2yObq08nVR3R+vM0EaFszMzkSfUl1Pk/ZO0CHOJxAmAL4tYBjQ0DQyudxn&#10;xpbZ9pTba9c8EkMkxtrDMDgKr2dA6S1kQi9NBjhOHHG4uqsp6cAYwN6BwtuYoHWE3h/5RdROwqCb&#10;AFhNkAi0RCJs53QI4RIkFhJJ6V2Vg98RxJABwYZwVmVpPUeoMbYzQwjRlp5OvY+aRoPGYN38A+1N&#10;xa8Lq+2dDPIen77wsNTQxcsQC/GeQet7QCEIyFAgXj8UQiFOvH/r4NGbxg5hLuZ6SiXEqQIeBjQG&#10;5+UX5m6pSkjPYYskdE4nTy1E4REUirooK76hUwJUIszcfMyVJTu3HalQWLo6UcFEElwI2APBJKzH&#10;GvK6G1+9elbZIqBaW1LwgPaaGBTWzwzb8jKnM3hQIJbVUlHVCfhP0RAlTo9UFMSW6xU2dNyQCAsK&#10;tONINrbxsoU/PX3kbk6ntY83RilupXfwNCIEWk42oKBkeAdXOxW9Nu7V66p2noWNrbmNS2SUdUdN&#10;La2DjSGQ0erWjPwyNRFdX/yypAVoz8AQBH1/b7OK1OtHT7/Cu/hTIS44ADocpRWFAbRwoPdaIhuE&#10;o4+/BT//4LlLpW0cio1rWIidmNnY0EBH4A1IiJbX6dnMHpJtOFokYrd1dyjQciQS7FroUlU/8nvx&#10;6VfXx20hWDjBcPhgawocZh01Zdh4t4Ljhy/GN6ndhq9zNE+6cSuN17sHyCh5lZxDGxg50sUGC0S7&#10;weJJFTRwMQmZlZWBNvFzMlP/ct0HJQNr2UB/lRIMMhF+Pz8J0gLXI/uagzWY2+j5UTEWCVt33Chj&#10;KWmJ99NkKsTdReGgjFx5qQCNaSpPL2h9J1DvNx4UhRymH7AowJf+7MnT+t5gT3lXRezjp87e06Od&#10;yIALClyllkuwgXPX+LpjtVxWbwogNf29lDG4GqnnPWHjwcnInJcHdj2qf2tnP/2HtU/0kGjqNGbm&#10;UBsDPd/B0f37R4yfOM7H1sx/xJyZE0ZGD4+JCHB488ohXCNHhnra61Edo6IcEVjrBV9vnBVp0zNG&#10;FMk8cugkd2vr0OiBkV4uQcMm9ovw94seMjrG2d5v6JDoQKKB3dDxM+1IeOfwiQO8rQH1mqujtaNH&#10;zMRpwyOHRESE+4UPGxDg7xIQPc7NwSKwf//ogICx0yYG2lJ9Bs+YNW1kxODhIwf6G1NdRk2Ksrfx&#10;m7xgkpW588R5Y3yd3IZNH2ZLJbvGDB48wKVn69rCPWjIoABDM6dJU4d4u7hHDh4JHO8xI4cHOlD9&#10;o0d5WetTvb0CvZwDBw/t5wtlLf1nQeCN+0+eFhbkFDF8SExIwLhpE0PtTd1jpi6aPYxoaDF/6ZqJ&#10;gXam7sGDB3gbkC3nLpzgamIZMXyctT7ZNcTb2c192JSJAS7WDmFDJo6O0IP3zCEx3oPHDxkU4hw0&#10;cNpYPyuXyJEjBpDwxpFj5/ma6Zu7DRg9OKxHDYZi7T9p5kQnZ58Ziz6L8nYJjBlsa27hFODh6uIy&#10;ZNKkcD9riIwNTF+MPBYvmWiJIQ6ct2LK0JDI0UOCXN8JkesTT56uk/8lAlrf4c+ltKX9V0c+4X+q&#10;eU2XR8Lw3usSwUQOlJbnm6LJMNLgnXkMhabxekywLXnifqBXEH/vzJIhZk4ztqV1ARdV/uYAE9iQ&#10;/XV8ZtwXIEcKHnSuUcPIWRMGsx38U4NGHv95Pyxp3Pky5i8HrqDF7wiEGYQtOwlVqC3ZdQx5+62R&#10;aDh2dRLwv3Zk7AuBmQw9nAdUe0CpvrHIGwUzn3Lq1uYwGNxwWYKot0JJ+Z7xhjCP2bHVUu2Rkm3G&#10;eFjUoaaeyzScnMNT0HohqxLp0L9YKV9N8ML1W3Hnyav4l3EH59ibhE+/WA5+EGZsn2QEi9gOsihA&#10;aYsN12oibsxUcqtOD4ZhnOccfPG2o/GFLVyZRpO3BvC0DD+tvcEqet6lcUYIsv+UO+U8oGmgK30Y&#10;Abng1r6vbiUV9uEh6LquQ+D/G4G+nVOhVvC76qQWA4cN8YYycPWdPMyQClYrwm1wkJN98GfTg+U3&#10;zl9NTknLq8QFzj91dG0AGUplYtKYCpeICRH+jlRkk8R4+eKFLgQJo6sV7zh0cH8neGcrV89p4Igw&#10;e/13l4AahYTP7WBxu0oSX6ekaUuLfuBAN31Gu9A4asREH1OVhN3dhnAeOiTK2QDMjo29fQ3EYm4L&#10;V2Kssraa/sUXMVY9FCIoLEmNZLGI7v0CPKkgz1fGrOuC+UaPj3HWxlSoJRw6XWMeNTTaxxQLw9uO&#10;mjbEPPPh5WcvU9Ky2nB+P16/OgFKF1ZLWN0suHnkyCh3EzyM7OSHaeURHGNGT3UnC9kNLBG/MgkM&#10;vLdwrKJC3UyQzJpudNCgcVEOeOAsNbO1sUO2NymNrb39PYzf0wv8X068dJf/LQhALk20gZUj1UDv&#10;AxPz/5bu6CrVIdAXEejTvDN9EXBdn3UI6BDQIaBD4JNDoG+vCz85OHUd0iGgRUCjVnQ1NnUzuYxO&#10;hhSOIf+Hvp2M01pT34IzNMX+vgYzyMypqekmGhtikHCVXNBY3qDAkEh4IM8kri2uESFx+j9XK2+p&#10;qGEpMQZ6OOBqAh34b1SE5CJGTWkz2sQUYmj4syLjMaqruuBISXM9i2xq8GexWBpWS1NDC49spA9U&#10;l1Qybl1xPZxsCKK7/qydv+t3lVRYW9ogRyjaG7pUMDGtkaNHhOUlPSjtQjlYAYFJSJKJ193R3MyQ&#10;SvhddDHFSO//ra9/Fwa6eiEEdLdV9xzoEPj4CADbVZnwKv5ViRgkN/xWPo6AlnPv7p1OEBQM0u+Y&#10;LQmP0xn8X4cxgW1dkP2g0to2hag74ebDMhq3x9SCBAIgLfhOv4WZ9x+nlnfwultTXiWnxGe2cf56&#10;UJSMXf/4wqNWbd96Cqu1LullDlPyG7HPorbq2CuvaqvyHtxOfY82AQsalG7SU5Fc2Pb00oN6Rm9i&#10;w8/taZS1WekZOS1yFi3xcSZLGyb20UtXdXlycqlQBvQklXJew6OrL8pK8u7fSmtrLHty/QWNxch7&#10;lZyUkFpDY7XVFMfFJuelp7x4XvLXYf3oA9BV+FER+Ji2cNUq2Pjxvf99+eVH7aauMh0CfQcBqYBR&#10;VlFG6+YhUHg7R1tTCobZ1V5b0yiUyxktDWVlDWIVDEoFBVHJCAW9q6m0MPPuhdhyGhQtDLg6WXSO&#10;RA6UFQQyNdLBzRGITbA6aeX1NTyJqlfYF4mz9XS1MMTw6MyG2oqy2mYlSGqE8AHcE3CpmMMUCAEN&#10;KTCgnc21JVU13UyWUqXidjaXlVe2dnbLFAoBu6O4sKC8qUOuVArorOaG8rKaJiEwORp5e1N1cR0N&#10;GCug4CtmtJWUVPOk8q7a/FuXH1a3QfkMPUXI6igtLGNLQR5fz9oJDmX0wWEiZktxURUHtK+Wd7bS&#10;6mqbRSCpVyEFgwIcNIDzE+QwOrrYEhHK7tbG8sZGkVyDfEvppJbRKiuqG7qUanHe4wePX2Q2Vuff&#10;ufqgis5/06ya3U0rLCgBfAJgeEohu7K0tBlkZ8BUPDCK+qriyloB6LpK1txQmV9U1s4Rq5TitqbG&#10;puYuqUzSXFla19z9xrAq64tTb1yLaxWqHT2djfSwKq3iMhLQxVUUiinBIwcEoJESBpsrBtlNYCsJ&#10;whcSE0bAVN2N1WVVTWIoR0ZX/j0IfEwfKbCFaWmwmhrov85OGPjnJ1raH06eeBcTHUjK2DB8QXXo&#10;glDTT7Sjum71PQRAbFbcyb0/3nhe28q0c3HsKKnqFnbev3j0ZX63ubn81Y3r9+8nC00cnfQF1U1s&#10;AzX7xNXb7d3skpQcff/wMHcLlZR+//iZLpIDmZt/dN/RnAa8lTn/+uEfridndzEQocMG2pkQYNKu&#10;mwfv8LHqp0eP3E9Pf/b4lcomEM+kwSzslE2vrt97VVpe1IaycULVH997/EH808yiSjMbg/jzZ28+&#10;fhYXH29sZ1t478KFhy9in+VYOVolnzx6JzPt2eN4hbmXiShn++YDiWW1MrVpZH+blEvHzt1NocvR&#10;KG79wyeZFkHhfk5UMH1WCJofXz176+qTKinB3RxbVcGycyW1tWg8fMjPzhy8FpvaBjew1aPv+35T&#10;Nk0dGBOC4TTdOXtDZuwEa0k6vPt0JdfInNhy6sChB1l5TA6u3+jBFmSIWqkp7+Gp49deZ5cjLQzq&#10;nt4v5Mr1scJXibkm3qGBTlRgjHitFZePH7/3+GUlB+fpYVn17Nrpy/fTK9luAWaPdu69kZzy7NEz&#10;rmGAo6Jgx+6Tz1OSsuoldnr03ev3dWgMcZLqW6cuvCxooli52FP1YBpJwasH9xKr3fyd8mMTxRQM&#10;iyYwdzDobupobS9MKaWZ6SvTXjwrrCjJpck9rAzpnSKKEUqqoFjqdV8/cfLOy1wVxcbNDuKV1ZV/&#10;BwIf0xZeuACZwJ5iagr75ptPFSK8eXC0v4+dgbGVb/TgAAdD/Htsi3yqY9H16xNDgNmYcyeNsXTd&#10;RntpO0NDwIIFFk7aThNPWDhPU5LSZRA0cZBpakKjnathVeqr+ELpsHlfTQm3Y3HIY6cOMwYMYwgU&#10;ryu3kI4yQgk6BVgKEsET0fi4wO8Xjuiubqb6BTtRSTAFLze5TM/OqKawJGr+pmH6otJOtTFCqKBY&#10;uJgbeUcM9TdVVhXSOGIGzn3CV6PsqgprOFyZjBq0/LOYpuxcnGOQl5Pn6MljEVWFAox+R0NN2MI1&#10;g03kdTQhq70M5zN/02TX8pIOEl7e2I6dNSumJiNLz9LDztJ1yNhoYwIUcdyc/TK5Cj5/xdiKxwkI&#10;I0NWp8zWidjZJichGvMbSV8vH5gXm4g2InXRJNO/XuJhgkMjVK20IpoQA/QU2TwU2NTs7KpE2g5f&#10;Myu8pqjZpV+UFQUDk9MfnI01Gzs33JCZUSD083W3sIuZNsiOzaSM+2y4kTZdtrMkLb9cPGPZIi9H&#10;SzS78Xli1aj582ANOXQliVFd4jJl7XQ7RHa1KDTYzs4tcliEY21aEZaM4UuN5n85Ij/2hfXoz1xU&#10;tKJGqW+AOw6FUQiEaGOfkQPcKtPL9J2MmI08qi2+rQ0zcKgXmeQ7fJSnhaX/sCiH2rQysrWZhCXV&#10;M0DLpAh+Z7nCov8IP1JGeq1zgI8BoS/pOH5i78qn1Z2P6SP9fxqZoPzW2iBTU6qpqYnPnJNZHVrP&#10;ReVBbyebaRfbtX3i1j5c7m9sEjL7YA4X/FOjqrr8+XBXMyrVwW/Q0OATBZA7CWgqbR1PpUK1QMUU&#10;VAjK93FaARl5e/K+/ibgiKmJy+hNj+u1Ozi0C0NCbN+cCJ1s4z/hYD7Ikcjbv8DLfuqpfPofAKJR&#10;V5+aN8RO2whocsMrLugEr+nuAm3b0NGeEv7tk3rA6Fix39Xe2nrWg25tlezKnz5zDZi7/+XjQzPC&#10;3vZZ22Vr56jzRfzic1PfqQfUP2Drk+43mzIydu6uGGNjy9B5p4vfeHnabowNs+q/PY/7Difru71X&#10;lv440s9k9qkmPnCjZa0zNXfwXpbY47jqSF87zjry6zOtMN6dCVEOECC9/XcK6H/jDQk50MwaYmNs&#10;HPL9SxpEjQqKjPNqeQ/S2oGCTvp+tr+YD2u9Nc7PETrQex/An94Dv4zruZOfftGIOXQuwZBqSbE0&#10;tjIA3j8UiGXBGlCczEh4AYv99NLxfSefyAAfDArRSRdJCXASAQ+chJDUe4+rEIl18YuAt1XVtIjc&#10;3O0wSlk3R4wwsdA3tLE2MML0qj3BUVpqdkOKm42FEQ5H1IfoVoALD7I6d0//sP9SPNgDYwpUBAuq&#10;qZ2zp4U+o5sLMzQ2szT3drI2JOEUrMr96zfE5dSjMGgKxc3FUo9IIJEU0jaWjGhlZ0S1siWS5CJ+&#10;evzDXT+cbJcjcXikBiRuIHonjUDRtzDx8datR2lCDWA91UC9Au5DNdAaTH/+cOfec90qFBqlZ2zk&#10;ZNAT3YOnuHr7iZvLWxgqF2drlEzSyZESTC0oxnY2ehRkD0mEWsHqaL324+7TDwsJ+iQYYFED1DkQ&#10;ecybVmEwm+ABEQGU49s2xmU2qFGY5urifTu3p9XSiSQkieTsZGeMxZIoCDSJgC16emHL9uNAugmP&#10;MzQzdjIEoTHNNWd+3HEvo1zPiNQbqQMcn4CnBgkIfJAA/LceT/CHRoXA6VHKkm6u33WKxlXiMGAG&#10;oO0JUs3nMGIvHDl+4ylMj4jVyRx++m/ke/ewr9tCFb3g8oo5N4w3vmxtilvgWLh+64n0VkiVUATY&#10;GXkSaFOBXnJm5eTjdM8ZW/d+E6yvan4wKmzcA981WTU0WnPjwxWuG0farXhER9vEbLxDo9GKz0/0&#10;UsD6735ZDP5B2zUCj9KIOh6tGvqD4Is7rS1pWwcwj+7cd6sKiiuQMLs6bb58Wt0AnQlKbfbtbwKA&#10;4QQfEdC2WPm7G/5qRua348bslA26p20k/9i4yws8v7hPQ6qE3UyN85Jbb2qk0V7vG+kIeGyAmjiz&#10;re3eilMpUMCERiXmA4bkNv3IZZdTQAXJa01QPPulL2obaXVlCfM9BQJ2OxMfselJT7/SD4Y2/7j6&#10;WHqHdttfxa9MuJ/C4nRWlb5IrujlvlED7TgGWwSS7n/nyQGafCwmT6zlqFSKmV1NDbfXXirUCs3J&#10;hVwGWwDCKjRSVmc7dV5saX1Pu+VZ8dMctPVpGnMS8wvb2Ky8J0nF9J6YDA3IkGRKDWecr9WeXHLn&#10;K8P43fvOZxIm382pALfm1nSgoDHoAIRQ/vOjIyD1475Q4ERjcwMx2MZrq2tpYABmS8AMqgT0f0rw&#10;J8nIZNT8L/fs3jVjdBROxbfwDVkyLij3WXIHTwJuMFfUAwyCaulmJCxIbkVbmBgA2WUzY5Kqs6mj&#10;vbKuq+PNfEatZRwF1apBUSi09KOARoLXcPPiI+fBX3472R984qkULL+xqamypLxLaG5lrKa319fW&#10;V7TQafnZd5LZ8zdtHORhIJUAQlNA3wt28mRKLNHOFMdvqGhtqq7lcjBkw/5Dx+7Yve+rGeMs9GFs&#10;wPwp6uErgyHx5JAhY7bu2bdswXRbAzQgAlWrlSAgBk2kxIwcv3P/7i9mjTEhaiTSt1tqGBcbW1lb&#10;VhGPbKKPl8FRlkZEfmtje3tFLZOh6GEORGBMre1mrd64e8faIeFeCCWHyWHJgRikkMER9U7RuN10&#10;vEPUrk1LuEW5Ze1sd7/QtVt3rV/xVYCDkRzaYlUBglUNXPLy/t0ui0Gb18410IglMpUS7J3CUdYO&#10;7p+v3rp93XdRvs49DIaQoBOXIRSB/VOlUgMuBfdJBf4GwCJhwpRLF2pR/fasmmWGlUqk2hsIKGVl&#10;MIqJ+eT5S3ft3DVhQIQeUiMHjLC9E5S+8Hjq+vj7CPR1W6gQtTbVAupGMkqGC9n3oILzcmeUNZjE&#10;qcE8G7BBAmaau7vnbsjwmbnp8E8jrVCwrtgN+zIEY3d8M9KagsPh8P5f3ro0gXVl9aYUMQKFAUfA&#10;FBAF/FQYLPQ3Dg3NTBWtDRWA9tEYJ0K4Lj2dzc09O8MDpM2roI10FI5EJmlPBQWL6XnJIJWL35d4&#10;0vAzTh66WRu8c8vyQAvoMpup59ra2s9NsgbWEw5DonGktzXisOieDQkwR4bDZB0HZ/xQoIChe1sA&#10;zWv7CU4C01t0T5exEBsmaB0wTfYcwLlEzTU1aYlLrYCki1WS0lf3aaZO8+eNqK94nlXWGxYHdVnL&#10;7P17BQoaeDMmaMIuYVQfWHC+RgUDXKdvhgsB8qYb2q705guo6kte5ReFTJjq6yB8Ep/PhaYo2kGB&#10;iTZYIWmLud8IV1dCQk42XdDTbyxwF/beEuwbFPrCm2xk4zvIFXVp/47kRq6JoQERrLgIBDIZr0YR&#10;AgaHqWuTdu08UN7Ow2GJRDzROTLMUFOV0y42RNTHvS6A5hYAFgLB0jYwwMbKEHjviQYBQRH6rOx9&#10;p66x1ER9vHaZBUeRKHo4LI5soAceOQyRBJ4YPJFINjJzsMbF3zx6J4+mb2cUHBamLLy17egdutSg&#10;/6Boc3benv2nKjtRDs6eFE3NqRMnm9RqPRKKpEfCoJAYAh5HoUZGRXOzLm27kqghmbgGBVvj2vbs&#10;2PUsj2ZoYYXg5yam5fWYa9vAUFcD1k8bNj4taMZgSBQDEhaLwxNI9gHRTqTGrat2JVcw8AR9CoWE&#10;erOfhjQysrH093eyJVMISKJhv8hIdd2zvWceyLAUIla73MSYDBgXUnXz1L7DlzslGEDBWlPwskSs&#10;R9JUvHiV1UsaqpZkPDm7fu8VkrNHSHhEmBf5xtF9p2PTRAi8viEZi0KgIaiBWL1lU+b1k/eTceZE&#10;PAZD1MOiKeaRA90Lrv34w7n7TLG65zU1tzYX016lltTjwW3CAgJfEgZPIIM8Fej/gNC2fVfuncM3&#10;k5FUHAaNI+vr4UEhGQSEBwjL43bsPlHHlskYlYnpKWxxz33TlT6OwK+Ib/4bDrbAQGjN0vOfo+M/&#10;w6gja0vcFwYMk5HPzBMJdR0cMDvuITbbYWFICP9u/zJ3GIwUuOJ5D0mbpuPljFCKwxfnmgRvuqeW&#10;Nl3/DG3hcaay51LWiyWDDUynXq5gvTlDxS89PwyszfCW/fc8rW7u7K1K03A8wBbn/vmVpNRMbcnK&#10;L27lASI1fvqWyeZ6ww5mdf42BLySHdPsyUNXZfz6dxWn5uIYGMXni1O9NWZmFtZ3gXA1jaZgi4k+&#10;Ss+CaoCxnnuRIWg4MMnYatg32eyeFuqOeFliw3aVS3rI1BRtqfsjYfZTzlf2dqDmhI8pLmpPmhBI&#10;q/Oyv/PA24+4lF/w0wCM1ZTjedrh0C70d8F5r8kEcYG/WRQF2yNsYGMO1nGBzkfqcsANrm9ubEAJ&#10;WB3HZ+WtjMZ7zPupWcO50t8J57ep6Nd1KKpuL/PA+m94kR27IJBku/BZmxg0ImE+nA3T9/g+ubdB&#10;5qu5IQY2807V8bQH1Okr8UTTWTff3obf7tgneRSIpleVlTbQugQ8AZfDEwj4bCZXAuirAfVdc21x&#10;SRVPqlTLBEwmE6xYeIyODjaf3d7Y0Mp48/SqpQKRVCCTS0QsBmDIU3O6aWXVNR0dLLB4g0asUnCZ&#10;HJEI/MoWy1QSHofDFQo4HIFYLuF2lRcX1rd2ctj0lvq6gvzChLsXdnx3MKusrrK8NOvV/c2LtyQW&#10;tLI76ovLqtq76Xw+j9XNliggViUoZFKt6miqLqtrZNC54Lnj09uKiko7OWIQ3dpNq2nuYCp6mQI1&#10;UBxpflEnR6KRS0CMqFgk1HYVXNJaVFDWLZAoZdBxwJr79j0Sg3WlVC4R8lksAVhHMlobSmvquzoh&#10;jcPec6A40rLy6kaJSqOUcBtr65gCKau9vqm9G3oJtCNndzUVFBR3ciBGQ4WAU1lcXNfGVIHj3SyR&#10;TAlGwWKLwGDqKorK6mhsNovH4bGYfNAxtULcWF5c2dAmfUs5qJCAoNm2biYb6FWIhWwIUgHk/RDx&#10;2RyhUiFoKC8ur21kgUp4Ag6LJ+ABoIUA/K6GavADX65WijkdXZ1SxZv79kk+jbpOvScCQBToF6Wv&#10;2UKNik+7tyHUnqKd6EV/dq2wTQw96yU7LI20s01TDw9zA9tZVxugl0ddcXW0G2zgpsdvDZpGLW28&#10;Mhdm6Lo5uYcv9D9tIZDfEST9EOWuperV8xp2LK2eB72aDccDHQlEK+/gkFBt6T921vki8IPwT2xh&#10;e+q3A3Dus3ZXvCEoffux4NRdmQhD61l79tYYGjpl9/1mPvi9cLMJRW/s6Rs/eFjoOWy+kP3DfDPr&#10;ob9vC9MORMNMwxYfuHfvYdyzFxe/iwgOnH6lFNgxDSdtkzPWYGQsXcPKWD+Y4DzhYBlkuj7EFqpS&#10;luH0zWefOb/RycIy4qfr8StHkTx7bGG0K8F24t4rt++Bcv/Ry6IO6FbIG699GYgP+Ox+u0aYMN+O&#10;ZPX1Ixo4LmU9mgsjWI3ZdPPeg8dxz+/+MGdQQMSORzXCHjj6si18z3fvbz5Nlnv/5JcLFq5YsuqH&#10;y/HVuS/WL128dOmyVdvO1tElf3PTuup1CPQ9BPq6jxSG0LOZuP3FhYPfTR3iKUu7uOjzfa8bgaI1&#10;5NuEw9ymLD1z7exXlPbY/ftuMiDvE5CcwXAlEpAy9KYA7yeIBFP+gc8fjiENWJ18+/jG6aPDKfUv&#10;ly1Yc7+AB5oAsQIq7+WPc3OytSXl0bUFfpB79k88BWgMhkDkgY2M/4xTAbs2MIPAFTd6a8zOvrNu&#10;gq0eqA9aagP/Y9SSK/PNBYfXrItrVoAwid9tCDhPYcLm7GcXz+2cOWb4Zz9IZxw/OcdbHwGTFj25&#10;12YYuWqUCczQp39UVFNJcg609/lhgbRA/gpJNBq57MRoZN3+zbvSumEgEgTqDIgt4JTGXb98EZRL&#10;12KzWoDzSEYrS86sD44ePsACRoya62vOffw0D5hlraqwnFuZcOPi4W/njpjyXbz9guNrxroQ+7ij&#10;5ZPpPsZvyPhpEwcFDRg0dVS4a1C/KdNGhYT3mz9njJNJDzGurugQ0CHwMwJ93hZqP8GUmM/23759&#10;cfsiT1xBdm49ExwCYWEYpwX7j43z95m6drxx+cPjZ590wCy9gkwsG7Ir6dI3QSJwDLOlEAm3trH8&#10;49hopPekHTdjr+1fEWZWV55dQNPAILk2sP3G/9DdAoqVt50rt7GrS/SrBxG6F0BuVykR/Ob+g0YF&#10;x+B9Zm4fRWQkp7xmYf+AIEutlMDMYr6//OTZqzPfhxtiuKlFtSC/GyYpfhxbrWSKbu9av37Dxivx&#10;9crG6py8GjnY9PvAl0IlR5BNwmetDJc2vM7PF4KdQagClUzhOOfMi6dPQHl058xXoVhgCsuzC0vl&#10;3blPd21Yv37TuZYOWcvjZwUcJfBIKGFEu+mHHj9Jjj20wJksraiuaYFU0HXl4yCAJpnFjJoxa/II&#10;GyMiIGP3ixozd9ZUL3udFNHHgVdXy78MgQ/9Bn5iw1cIi+9uXrzpSD4XBjMIHurujoJhSWR877al&#10;mzaDl+QwdPEXnuyiMycul8pdFyyZZVx97duLaT32RphzbPmposj568c6/44t1Cgbn+/94rudSV0w&#10;GNZhYGg/MgyONSbBe9Z/KDxZm3H1ToHWcBo4Gmy//zZYaLOh0+aEKdN+vJHQm15Qf2/V11+czGaA&#10;4JUeGd7fUY1Qq+Bo58FfrxrmDNX8h6wXoHtyAVgJG0xZ+v18F97D7Suvl8uEBXEPWuDuk4IsoJh8&#10;fdewmAiH9vT0zHaVBiwyNUgQRq4NzXifolGp4KSgcUvng33EnzsDh6mk/HcTM6T0ovSkajNHvyBH&#10;AhKFwrmOmhxIYMQ9zAHzFaioJFwZDO47bvmqEZYFF7ccfVEOFvW6okNAh4AOgX8YgT5uCxEoA2MT&#10;dtKu8YNHjBw5eMpJ5vAd30/yBkZILuHxxFxtciAMbRUxY90Cf9qL0yeuV5pMWHH5wgzxiRWDBoFL&#10;Rgyb8x1x/sNjG4ZAtBbaj7pCLOTxRHJt9oC2IEgm1vCio1OGDh05cujoTVlO32xYPMASOP8kIrEs&#10;58jMocNH9pZpK7akCGBYjUKt4ifsmw/q7y3bXna8c1+RxlGzDp9YbBi3fdRA6ISYUbMylJ5ORoBV&#10;Wa2E0dN/Wvi2xpEjNz6qgoivpGD7HjAngmg7I7/J38/1gcHoPBAq01OrWsbnyQTSt10GrlYBjC8C&#10;8fig95ZjV2/7ypqduXzK8tWHjtKUHp9t279lOyjbNv+w+bNw86qHz1NpbRKlUlZ8ZsGQYT09Hjtj&#10;wcWid1kiVVIBDyaUaT3JSrFcxAMxGzAYwT561tdj7GAwBuALA/xdAr6U/7ZXUM8ErXlPb+cQvKZv&#10;OLx5m7bNHbsWB6PpF8+/7FTKRTAeX6KlxNL3mf7d94PMan5auv1BKVPrwFZKJCJwH3Q8V//wF0HX&#10;nA6B/00EPqZmU1AQrKCgF0ZHR1h9/T8EKachO7uKrlDDkfp2QaHeVGg3RNicXthMcgzzs9TujWgk&#10;9Lr8ki6yvZenkyEKOO6ys8oZfGA8UDg9/wEDzH9eEyrYNeXldLRLgKsZ8eejkraClJJ2OaCRJFp4&#10;BgfYk8EcQtKWV9zA5QlAYlPvQDEUqndYqIW0ubqqoZUtkYH4uJ5fqL6DQm1/tRGm7i7LKWwGosNg&#10;JYj1jh5mRwSf/67qrIpOOZT09QY7U69+/g6Gyqa0ghZ9pzAfC7BwU0mZdQWlbJINGAwZWkJK2nIK&#10;65CWIQGA5hGYdI2M21pe2IZx9fG2BPGvwFayC/MrGEykvrFIKrH0jvQw6l14KtgNVSU0lWOwPbqx&#10;rp7B4oOGtV1GYAkOATEeJm8WqBpBU2FpE9om3MMKj+TVvi6hm7mHuZuCn5WC9sqiGomJq687lVuY&#10;V600DQDwvE3gEnZUF1QpTL283Km9S041tzartBVrG+pDaEmv4lt7hTgbamdkooaK0sZWhFOIj50h&#10;HmgD1L0u7jJxC/Ok6og9/qEXSdeMDoH/YQT+Dbbwf/j26YauQ0CHgA4BHQIfAYGP6SNVvxNB+e7f&#10;H6Gbuip0COgQ0CGgQ0CHwN+GwMdcF0okMNUb3x4CASMQ/rZe6yrWIaBDQIeADgEdAh8PgY+5LsTj&#10;YSRS7386Q/jx7pGuJh0COgR0COgQ+HsR+Ji28O/tqa52HQI6BHQI6BDQIfD3IPAxfaR/Tw//qFaV&#10;jFmfV9WtADSHEJEJkmztG+hugvmAjqiV7PrsGoGFW6ADRdzdWFUvNHJ3tTP8/yfmkDAbqqv5Bm5u&#10;Nsb4P5uwSDuKypoRZn7eVoQ/5Nf+AFx0p+oQ0CGgQ+B/CYE/+8x+0lhoRF3PV0f1j5m1au9+UHYs&#10;m7N49c4HjZxeZZn36btC8HpDVMSYfZlqmLr25qaYfuP2JLW+z4W/d46IQ29rYP82D5ta0lac+SiJ&#10;poYxc15mZFazfmaC+4/qaC93TIyaePAVrVdI4o/61HxpSEjkhONAjPy/6bnuWh0COgR0CPzPItCn&#10;bSGkcISCGYd9czEpEZS0+J1hafu/XnOrgPceBqT3lgOCGBhQ1EGqYHCLftO3bVoz0dv4Lz8N0q7M&#10;n1buuZza/duwauTcNlpVkwwBQ3TVNNZ38P/AFhKABA5MD/8HpKM/99Js4Oa9m78fbqFlhdMVHQI6&#10;BHQI6BD4UASQW7duffcaOl9A1YfYoPtEkfPKHx5+zo0cP3+AHSDEJLvbijNvXm6xBCTaxtKcLVt/&#10;vPfoaXxWeZdpgJ8pGqZhpT26eOzUtcdlbGXri3ux3Sahzgbqhid777eHTflquBPQ1W7pVlI9XG0N&#10;cDBJ5Ymfjl6/ef9FqwpWfvtBKtot1PqdwFh+yeUzZ1LZtl72FAw/6+L+G6lIaw/uvRWfbbwa3yhB&#10;iNqzEhNaSM7OFhANXEfS9sNX2sj9fO3Qiqbs1NjYRxl856AJQ/0N0Zzs4yculLM4OafO3u20DvdH&#10;1dzb/sOZh0U0FrepNqXbZuKUgZ4gM77l4bY9x+89Ss4po4b0M8Mo6EWvLl9MLGvJeHr5OYNqQ+Zz&#10;uERLX09LtKTqwa5L8RwFI+PAiespNBne3smGACyzuOzIj0dv3H4Q36ZSl9x+nIlzC7ECVHW6okNA&#10;h4AOAR0CAIG+vS789S1EGnrqmyrr2+ldGUdmzz1bSQzwdlUVHv92zdZiCYyRcHHj0mOZQgM7XOXO&#10;Les2bLtZ1cPRBhU4CqZuT7u2fsWu2BI2oK3J37Fh5f5kqYmleceDuV9t2flDKiD3fKfwCs4c2LL/&#10;cYMI1MBOO71l667XHKSesSmVAiMbUK0tDFhXj6zecCsXWqG2vPxmy+YsJoZVeO6bmd+lyFz9rSUP&#10;93625mwaDybK/mn3liV7M6XmtjYmMHb6kfnfn8qX25lLS4oqGtRoSGQV1nhr+ZLPn7RZWpqLsk8v&#10;WRlLgyGZxU8ObFh5+nkLDii+ErlJm1d9s+tZh0qtEJXf2P791t0PmaZ2iMqn27/58WEFkNQQ5Gxe&#10;u/JQmtrM0qQ1dt6SLXsOpbN0j78OAR0COgR0CLxB4N9lC2EqoB+I4PJ5CLP+q04nfO/y5NGTnBqO&#10;pja1pYOX8vxeHjnwu83bVi9bOjPQhgCEhn7pU0Ri8HpoSFIeJij8ITbRbPTS3ZvXrlk+c6gtjqSH&#10;/SVSQExcD6+H19aAwBLxekQsiWgfMaS/GczEf+L0uYvXf+1HTL8VXyOENbw60YCb+M0iT4pV1PJD&#10;R5Z4MR6+zGHQmpvqG0UwNHSltf+YRd9/s3S0fvHtQ+XqeWsPrJ67ZE6YLUap0CCwgqoHu889DV19&#10;dO3a9Qc3zeTd2hPXKCGAXsKtfIctXL388wHO5mQSaB6SioDD0XgYwdQrdMrY1euWjTVvrcwvogPL&#10;vjf2td2E5Xs2rF23bPpAaxyR9Kvh6F4IHQI6BHQI/E8j8C+zhQiUBqayNbdEdiYe//GLhTedZyyb&#10;FkFVo/EKFr22scbY3d6OAu63iY8VAQPJGP/GvUeg0KrW0lqhMCDYHQcIp/XtA6ng1D9/SsApchng&#10;JgUC2mApRp2zdAKVlpPamP3oSD1i0qwYolLQln1sy+aTD0Vj5s/2s0JqgLAUqBVUbWJlhFLDlMKG&#10;kjyxuVGgM/DFoi0tqUZwwN4Dl7GYAjwqd10/Ly8v/7mnq6Xtz4paMEi4BmFANuhxc76rvQiqw2LN&#10;zQAPqRyNxKMUajmM11JSJ5EEBnugNTC1vn2AieYPxBr/fJy6M3QI6BDQIfCvQ+DfZQvZ1Y87aEYe&#10;rsiiR0efxTmsPrZj5tBAJ7JSqcLhiRRDEw6Px4cU8iBj8HvWTa1WIwyoeDyuvZupBBE1GvVvWg7I&#10;OsLh2oUl/OdEhl7zCn5DGA0fM8K0/vXmHXtqJLNnDCYohIWPjsU2yqbu2PD5UC8zfbjqbb1q8Cew&#10;jEgjU0uFVNbNhjy3kCy09mkDkrcalXLQt2du3b374EVOQ2Ph+WGWPCkIuwE9/c3AUQ3QUwI/aGsA&#10;Mo4akgEVh8O0dzOU0NHfHs6/7sHWDUiHgA4BHQIfgECft4VgqaNWKXtK2ZPzmXm2C6cMNNVTSpFw&#10;NkyhoL+4tLcUjYQpzM37+4cb5pQm13YrO5/uftHBhyEBURxkdd4uECHrodEoZHCz8HkWluWPkyr5&#10;YlH6lS3Zmje6C2+RNbGJ0CPUNDTzJNLWjOcpkGUCpkvPzNzSW6mQKlXA4hDDxg03yn/1nBmyeflg&#10;MmhEJZdL4VglWl718GFGnhKt1b/taROqF4Gz6D9iGJMRl1ysVFbee5ZRoUGjNQrD4IFD9ClP6zjO&#10;jvaC58v6j5mTIyFjEMB6/rxY/bmSd4fTU7dCjjDr9xnVrOhRYq1AzE+7srMA8V7RqR/wFOlO1SGg&#10;Q0CHQN9GoG/bQjgKZ6SvaTg5zcYcKgMOKL5OvL95sLn54I1Hpjnmru3nEva1cO5nkXBVfQvc64tV&#10;X87QHJ3iZb6hZKCPoREGLPnAsgtN1Nfv0eNFYoH+LtgDBI5Jq8UXt/qrb45xs3V5Qd0YCle+s/bT&#10;3nBM//nfePuUrgxzsT/OGz7MkKyHBQbN0KnfoGBs3HcDxq672KTEx4wdTbUkD5syAtIJxhhELflh&#10;tXXtpn6us+7X+kSGU9gsnkKKJ1Moejjg8gRdMXCfcTR2kWjvcPOhW2sMvQebEeEwpRIz8FT25Ylx&#10;X1lZWo8+VDdp550xxgoFUtvVXpuGwJL1QSXgXoL9Qmg4eGg4CCAKTCETMBop3Hrp1a2ewktDnW19&#10;ky3WBWn+Yzh9+yHW9V6HgA4BHQL/JQJ9m3fmQwavFLGZLCHc0JxKQqtefeU2rnpOzuP1Pr+pIa+R&#10;sjqYYo2epZU+Ala7t5/fMZ+7tSdG9VWycY2E2c6UwPQtrcgIVcW2fiGXQu5X/TTs/59c50Pun+5c&#10;HQI6BHQI/H0I9O114Yfgwi28uNLb1nPyd5fS0h8/T8bYh/rZar2Uv1GUtRcXRNlYD9vyMOF10pO0&#10;cvuAKJe+agjB8ORVZ+dE2FiP3Pk0MTnhSVa1Y0A/Z50h/JCHR3euDgEdAv9yBP531oUwGKf07KHd&#10;t1LbJXINJmDxhQOzHXC/S9Sirr7+5Y5rNTS+QoM1n7jn7qrQPj1rUFVeXrT9RmOrUInAW0/ee2t5&#10;0L/8udYNT4eADgEdAh+CwP+SLfwQXHTn6hDQIaBDQIfA/w4CfXq1879zm3Qj1SGgQ0CHgA6BvxEB&#10;nS38G8HVVa1DQIeADgEdAn0CgT5tC9WC6ger5yzZkdr117DWqCsvzpn35cls0W9fT7v35YJ5exMA&#10;P+l/UZpjv1gwf18iF6YR0OJ3Tf9yV1z9e5DY/BcN/r2X8lIOLvhswa2Gv7cVXe06BHQI6BD4RxHo&#10;07ZQI+suvnft9ot6/gdi1v34yMu6brEG1vH62pVzL+t+R/CQXXTz2pVX1b9jKX9uUwOrurEnGRCv&#10;wWRNt7ZvX3aoECbPXDF15/kcYKR5xaCS+BoJTCNjV728fetFOeP3bKFYVHr7YDpEjPMXS+21Hf+l&#10;5f7ThiX1ideuXMtn/umJuhN0COgQ0CHQdxDo07YQKNljCDgC7j9YYf4Qf86LJZ8tPZ/MQGMQiH4/&#10;NjTUn5lA+e0LEBgCkYj7U1XA4j0+E3ZUc0E+PQxjPmThou/n+MAwQat3fTbawxAcQ7+pBI5A42AE&#10;3O+QvqhEqVv8px9qlf5VKaXqn0LGbyql/06ayMd6JFFoHJFIxPTt5+ZjgaGrR4eADoF/CwL/jm8a&#10;+P7LCo8sCfVevG7LxCEh5uYWFmuedkG0nkpB+qExFqCYm3uO++YVXdNwfc2m6y/ayo+OcZ90rizr&#10;6IjRU/elaJdisuo720do+WvMI1Y+rAXHkFDKBeADVQhS9w429x96qhQG6369droPVJ25+bDdCWwl&#10;M/bzsTvLaqrvLu43ZFcFT5B6aXmEn62FhX3E9tutYkg64ncelbpzC0c4QtVYfPe4Q65suzh//JG6&#10;qryzcwfNPFPRWrhrjp+21+aDt8fRJe/WoWh9fXCkRb+v79SCoyVnZgZYTL9a0/Bg1aQteVXNccvC&#10;w9endbTfWtOv5/KQL4+U9CziWM8XuzmAIw5ewRdreirserlrvpd2xJ+dyuRAeBXsdHF1n3/62Cqo&#10;Y8HjP0/ukarqjp87MgA67/tbHJka0cPDChNW3F4Xqr18zLrzDb/o5L/l/dCNQ4eADoH/EQR6qCzf&#10;ltKW9l8d+YT/qWSm7fTAWQ283KjRSDL3zraGGc44lEIXVh3woBL67auSKnj5B2MMrJY87GIWX1sY&#10;TB6x+hlD3nV1qAfe+au4epZMkbIUhaPOuSvSqJritoZgPeeeL+XzC/cO9dKfeLhGlL/H0lBv6KGM&#10;W1/iKLYDTlfIlIy4tcN9wubdq2HVXBnhSg35IYMp4r/4AkMwn3OdKeQUnFvSP2DsqYLuztQDYXao&#10;MT+k8zVV26kU0qgznRoVs/jEEJj54IOFGnXb9YXh2OAlj+qE7Lil1kZDjpcLeK03p8DIbsvjhGL6&#10;i81jfQNn3Kxk1V0f72kWsDu5S/7zbZA3Pd8aCHOccbECHMv9cYgZbMDRQoZMkrqSRDSYeK5dyK24&#10;+U2wTei+TEZn4rrBjtaLz1dIea+XOBsTF9/lchgJWweYeX6bIxZl7p9s4DBqXzZfmLMn0CpiXRxN&#10;psn5DoshmMx5wuTXP98WCneYdha0wo1bEK1vNetqGZ2f/6MlBYfX31CkkTXdX+Vg5DP3YYew7uYU&#10;v8AZB9LYn/CzouuaDgEdAjoE/gCBf8e6EJq3wIE4AzHAL8jFhOjoNoCEzKyhKVVAzk8jbDsx2X/C&#10;bfK2J423tw01RmsQgJMb0h8kAuUjBBKJQCGRGnZZZkK+o8PwSG89Pf81L8u495a7EIDikUb8amXk&#10;9MsWE398+IUHBqnCkPTo2ZcnxXwWZ/bD6+L45eFGODwODRaPKByaSPGdtffurW/ajkzxnrizqFWJ&#10;REA0o78qCCRaw6xMKMt38XAwQXBEDsEBqpQ7r+pQODyoB4HBE/FYgp4es+DmjAGz71K2JxQlr4qm&#10;Qg7YtwUsVWGIHnEM8Cf4Gw5oVXEEDNDNQAEPJg6HJ4nbc9YMHbKhduTVjJJDc9xluXGP6cyJwS4C&#10;odjY09+s/cndR4X5hak4W3MPfR7HzCOIUPEioVgg18AxGPzA4ZFGeiZ2jvambEYRXaWoiK0upwzp&#10;H2Frohc4e9dA4OWFq5SCkrRn3Ub60dYqDs7Cl8orSkujsfpyVND/yORXN0wdAjoEfguBf48tfGd0&#10;vV9kDQyl5zFn4yY/H1dy67kZVmbeUze9ZCngQOPwHXEKSHlJoZQwulvJ+nqmBr8GCQ4zsLIlCV/E&#10;PusGl1Gjpk1bNM3Hk1K2eyhwLk48kNehhAMdJEi4Ca3h55xa4OY+qcZtZ2XW2QEOMKkc6Ff8VtFo&#10;UHhS3aP9MwZHR4/d22TnKVAKND2qgmqlHEYOmzT985k+XoY1B8f4mJuP25dBU7yrzqQVY+phCwcm&#10;8Y0TVg11A6ZRwLD2/eesWurrbSN6sXqAuVnUt7ereWBrFYWK2zS+f/SAyRtfaQK8hSIWsJuM3Niv&#10;RkRHD/w+A++gxAF1DeAn7a2vVzwDiRRwmTwex9LMBI+BGny73QmEHsW0gk2ToqNjFt3oIGGoekqF&#10;QveW6RDQIaBDoC8i8K+0hb03Aq5RyVg0xJCrqeXV1cnnF9iJ419ce9El0TNEwrEoEHMDDApkPdQa&#10;DFrfwdlL2NBW1QHZI0FVfmJ+o1ClBj9jzZbff30sApW45fgzoUzBkNuM2pFYXtn4ascCH2zi+hOp&#10;QgkKp68BYTZouKgkN1EZPuW7tVH6rfUMAVAk/C14gZHBELBSieXEXdmNDQ11WdfOHX+0uD8SgcWS&#10;1Ag0JDJMl1GHbI4vq2xI2Ls4AP9686nXXNlbYwjWjmg0XKaSgM1IFZ8tlfTqKGKx+mpoXQj28QQS&#10;h/n3Cypq867tGG5Uc+raw3oeVl+uHHikCGow/9H5HzbvHeellMr1g+bcbwDhQ8UPLp948O0IIxwK&#10;UlJ8p6iVSrKxg6ORWVVpHRdYdllnGR06BQ5H4rAYvHnIwXxweW383dO3NszwpULWUld0COgQ0CHQ&#10;5xDo27YQGDuhVCjWLppUMolQJJaroE+5UioUqCUqjUZc93ztopEjvj51s5ClHx40ODLS39DOJcYa&#10;K8m/c+ZUVrNQIhMJxDIZjOw9fM4iquzBjzvOn//pm8nzl53NYClUSpFA5GVqbTtx6+Ywxt6vDiXS&#10;Sp7vnTB9+jf7L1Y4WBq5ha8Z7kPAuQSNJnblP7hy57ncMpTYnHn2x8N7Tj7v7oIJ+HyFWiEXAsek&#10;HFqLquRimEAokcAo3jPnLUQWPtiz//yppUPDJ391v0qMwrsGDkPTsu7fjrv94tZP02ZOXbL3YqmV&#10;uaF7+Kphfu9EbqIMHXwCfKRZl0+ffR6bkNvKhkkVamCm7IPHUlilT6/eupr07MZXc8dO23ghXow2&#10;9A2d3d/PZ/DMlVMGJB5ae+b0yVVTQ4euOFqichgz+ys3Xum+zWfPb5jcb9yss+mdoJdyIbCkCqi3&#10;aoVEIBALxSK467ypE60K4w4ePnn+duyTMr5AIFEj9QLHLx1lKj686cj5/YuGjRm17V4JF4q+0RUd&#10;AjoEdAj0PQSQW7dufbfXdL6Aqq/XV8YBvtdKpHnQoJhQS7xaoUBTXfsNDnIwwKpkUoJ52IDhvjYO&#10;kXOizPNTE2tr2+VOI5Z892WIIZxiYoaQMdtq68k+Q92IenYDBkT7mOubeUVFmbNz03Mb2lH9Fh3Z&#10;MtOJiJAK4Wah/QcH25nZupjwkSqP8M/mTPXD0fNz8mprBdQ5W/fN9MUhiVSqvqi7uZOHHDB3dQy+&#10;o6aKRug3ckJ4sJOHb4C7KUKCpEbGDAmyxqiVKrmx9+CoYHsz6+CoUEx3fm5ug8p63o7L30ToI5Bk&#10;UxOisLOpTWgwe+X2YabdOZm5tbV80xkb984JJL6TKoEhm1k6GHKZdbUys/4xvv6WfqFDg2zJelRz&#10;QyGjpaVDHL14/1dB8JzU1NpaBj5m0cavRluRTfzGRVqVZyZVNyqsBqzb/9MQKzjFJSzaVlWTmVrB&#10;p4xefWz9WGccXCEToqz7Dxzkb4ECvUXou/aLCfAyswoJdccxK0pKau3H7RxENXKNjhniZm7hNyTU&#10;qCstsbgbHjJnx9aFA011y8K+8ubo+qlDQIfALxHQcXPrnggdAjoEdAjoEPhfR6Bv+0j/1++ebvw6&#10;BHQI6BDQIfAxENDZwo+Boq4OHQI6BHQI6BDoywjobGFfvnu6vusQ0CGgQ0CHwMdAQGcLPwaKujp0&#10;COgQ0CGgQ6AvI/CvsIUaNcjy7imqd3PS/+TGgMuUyg+54ENvtFqlAvX/s1wsGhU0pr/cZg8mv3e5&#10;Rv3f1a4FsLcS7Z//ZW8/9IboztchoENAh8BvI9DnbaFGQU8787WfqYWlpaUF1WjY9+cq3jfNrXCr&#10;JZU67apW/FAtEwm5AjlITRTyBEKp8i8bk3dgpl2IctUL3JTPA9X+Q0VCfzAHbeK3NuF3VKh+txsK&#10;wJEDmcDsNQYGZrNu/I4kU/VBVxvDEcebf9dYvq0f4AmlVIKcSqlQyBMCBBQCrlAkA3mQVQdcrA1H&#10;nmyBqXmNVyfjbQbszdTlJf5Dz4euGR0COgR+B4G+bQs1CkbyzjnRB+pWpTPodDoj75JZ6tKRXx2r&#10;YL6PMXtnXaigvz6597PNmTBYzQ9f7jrwpO5jkImh9W0dXOxMcD3Mof9IgSP1LFyd7U2IH9SkjJm+&#10;a8mF/FYxDEYydXZ2siD/jvDTe64LVfSaO98vegAJOira4n7c/dX+QhisbPP8XceTW4H6h+btcly3&#10;LvxHngpdIzoEdAj8KQJ9Or9Qza04NdprC+FQwqsVvj1D5SYt7Tc+NuZi9oFh+Kq6Dn0rC2VVLR1F&#10;MKFaGODFTfVdGqypo5eDCREFg+VvNBp0tP/hmgefmcFgcl5LRW2rQIrQs3b2sDPGgrpUbJBczhcq&#10;kCY21nAWF2bj6maMgcm6muua2jgKopktWczmku397PQ1vOYSmtDIlCyua+FijCxtHW3MsXAFt5nW&#10;pSbbAnMI49OKmviGZhRZLY2FNrCwcbKzxAF7peFVldeyuBKNoa0DhsmQWrp5m+F+cdME1aVVDK4U&#10;hsQSnfwDqJrO2hI2zMXNhYKEqUVtjTVdakt3eyqxl7tboxR01HXIjKwcTAniblpDp1rPUMrtZok1&#10;WGvXAGt9MGqYjFlbWNOlUCPxRpZu7nYYRtaRSTPX1XjuPLF+9jAvdEcnj2TmaKkPzKFa3F1TXMtQ&#10;wlBkay9POzK6ar999FaHDRUJy62Y1UXNIjPXQBuypKO+qqlTqEZgDB28PMzxzOqzX7oveTlo0709&#10;cyODHNHc5oq6dqEMSbZ18bQxRMMq9trGbHfeXJ2wVL/+6hzn71g77qds7IcCy8Tm6qpWphyOtvUJ&#10;tSX37Vnan754uhN0COgQ+LQQ6MOaTSpp1anxMKr7gXzFz6Nof9TfBT/kx1xB8jYAtP93P+6IDHE3&#10;p1i4jv5m2coJEZ56SJcpPyYypIBUM3+DIZk8/kK3RiVoTNwxOcAiYMjw/t76XgO3P2uQauTtFxaj&#10;iFa+Ef36z5gRSIVZ+p+kaTTCirvTg5yM3YIjZy4YHAQs0LQHbKmUdW8KDG4QvWrnxkhfK7JNyGeP&#10;m6UaTdNxb1OY47dZXLlCFDcLrLkiV+/ZEulnS7HynXqnQaLRKLofrKcaW7kFh/eb+Vm4DYxguqP8&#10;3fuh5pRfW+7kERA1eFi0uz5s4r6G9vYL04kE9415EJV3x5XZviTr2bdruW8vEnXdGgdD2C17CSrP&#10;/3G2Ocx7/JK5n00PtIbBora+ZirUSm712blupn6Dh4S5mNg4rnnY3PBy91hbEhILtCoW3qx8thSI&#10;D4+5yNBoZJzaO6tmBFh5R0b6Uamhs09mshWVP9ib4IecamOW7JpsDnMdc7FMzsg5M6Ofk2/04AhH&#10;hFH/b5NauuO3R9sikWgT95EzDmQWx28c52cTPGR4P3ei74hDyR1yTfVeW2P8oCM0jYpbd2kMzCRi&#10;R7pSI6dXxn4+MMzDLzLCldJ/+Z0anlKnL6NDQIeADoF/DIG+PPvWqLu6WvAYjLkhtNzpLSrg3US2&#10;0ZlKOIpIwNWynDem5zzcO5pRW9Rm9cX9jMerhorv3nlRy4SkJbSXAH5utZjFQDqM++GHjTPHxbiy&#10;k568yhXwyrZtvGY87kBGRlry6kCRhEAm44kwYcrls89bvQ48yU2/ssSOYICCaWXqIcF6FAljMXdH&#10;evyJr/Tzcp6ntWhgWBxJD0fCQYrAQDsKhtZDGEzdmp58fiW1tPBZMg2mrPtp23mZ/6rnuZlpu2PE&#10;YixZD/uL+6HhN7Til2/Y8uXn88ZHuWAfr7tOMxk07TNc0/XrmRI1J/9FBb3fohmDHPXfjh4ORxNg&#10;ZBIOAgSJIxARTIr/mgs3849PcMk6dadcKJc1PTx+pS144sqd52KvfDuUzOgwHrpqSYQn3nLKicRz&#10;092NCSQSmYjFwuQNLw5/c7Aw6nxmenrOo00DFJ2tHIUCYhtve31609cbSkO3X74x34ub8yA2o8ly&#10;zLJDt2LPrwrEsNiYwZuOzcITKKP2xd1YZS9qJ3hO3bNn7YyxUY4dz+/HF/JhQPHpF9NBOBKDkDVe&#10;W7PyOnzo7aL0jJyjqgtrjyW3v4+b+9OaV+p6o0NAh0CfRaAv20I43IBiLFEqucJ3Il1QGARCowar&#10;PqClgER4BDjDYBINmmJMMTMNMgdOSSpGH4ZFAwHANwWciCCZO9lQ5UmnTz7Mo/EUcCKJIClKT1BK&#10;ooYG4YGv1GXwDEe1QoNUKVvyq0twYR5ehsDU+M0ONSLCtLoOUGsEkr+/Fdgg0yMaYoWibhGo9udv&#10;PjgBgScEBNoCZyyBaEQUS4H4bndBMpflPzjQEJhv24Ff+cF/Hf6JINv7Bihybp66n5zbwIVhiCgs&#10;2ixk3GwHREZSfHFGVlW3Y78wf8rv3UOVSoV2tnOkAGcnwQVD6mKzFBq0eUSEs/Dp5lERs/aXIGMi&#10;A9zIMKEQMJqrZUIe2C+EkARyUGoVr7Ygk+XpGO1KgsEwoUv33No21QGPUqrhqqpbO06mmdoN/TIU&#10;/ERw8Pc1YKXsnBw141gTyXl4uBswzAKwKNbIRDyYmmjpbknhvTxz/klBq1AFA1KP/7mRCRQYNaKu&#10;BiFPj5V1dNV3321/zBY0Xk4oV35ASHCfff90HdchoEPg00CgL9tCBNoyNNq5k/G6sOUtmPKOQl43&#10;ys3RCouBIzRwF0PwaQYfZmAc1WoFCGLUAPGKd5GHtHBVwvxr3y3aeMloys7YU9/3c4BL5CpIIhcG&#10;V6t/8T0GkrnguNbO/mcBXkltA9A1CAS0GPxVgU4AAZPQCRogeQRkE6H6wD9+70lQtybu+GbGoUrH&#10;fSfPnPsuCgV2CJUwjFnA2Ll+6oc/7DqWyPcICvc1/Z04l55aQVYHGAKIEoJMPtA6RFOj9j64cu7k&#10;we99Gnctmzb1+yOv6UIQ3fPukHo6BJkoSM/qV71TI2CRn387Gpt4cks6HwYjuk9YdeXR+ZNHvzF7&#10;9uM3S6ZOOfaaB1QbldDlcBU3/fzyxbvu2c/de/f48iArmEz+u/YNmi2gcUQ9Mtkk8tvLV/dPc30r&#10;lPhpvCm6XugQ0CHwb0agL9tCGNLAd+r2WVZ3d393okIbls/N2bblxzbvBStHueFRQNpWo/ylMfvN&#10;O6lWybqb66WWXlGjHLlJrwoq1Sg0nBgQNQKNT3uRJwJWofzpxToEBq6Co2xC3f0UWRWlDBhMmns2&#10;gyEEi78PCtl8uxpVyLHUkGEU4+JXeQzg0ax7drBA8yvnoaaztUmsMhswKtyA/XhvElBmgk5A6LtF&#10;Rtky0h9nSyMnjg81+UNT+MsBA2+wKO/UzL351Akrd1+5dXxOEJxW0CLTN3HCYg1QYDUMaoeu0KgR&#10;SH3XoH7U8vrkCi44UHNi/ZTvrtSKFSgEDO417vvtB78bz7+8bV1plzjx/N49OfjxX2+7nXpprjWr&#10;oaJLpjaheqngGCIJiWK1NUit/fsPt+5++rK0AYbGoX5jjqBSI0gWrhRjDtFn7tZNm77yqsuIw+BM&#10;/xqw/+aXVTc2HQI6BP42BPq0LYQh8U4TD589PVa2b6hPQECAf/CYl3pfnj2zqZ8VBg40DIXiN0p8&#10;4G+RNmkQiPKJYGKZNkEOiB8KBWI5DE0Jm7liuOTVogDviScSsAQTaVNTB9Jz88EFvGerggOC+z8U&#10;R5nBlHKFGEaMmr94jFPVqhFeAWvi9PSwej0rJ41SCgPJc5A9BpKKYqlICi2ANAqxSApS6npOUEM9&#10;0J4gF4uAbqJUjHRYtmsxqeLgEB+/4Avd/S3hwHS/uwxDeEz5Zqxn08GpXv4h57FuHlJJFQ0YYaSZ&#10;U6i7D0pp5DAkKoL4qxuoUUqgnoAFKkwtB42LZdptNyVInwQyh2AP0y5yIrV0cpBPYPC4ndXEEavW&#10;jzHXd4sJN2HfnhfptzuxDYAGOieDYRyGrzy5MSJ7QUhAgM+gPVkmnh5UDErKF0j0ESii84w1n7sl&#10;XPz+VrV7VJAmbU+we2D4nC3PnL48s3yIIdYheqIn/daX0WPndoWvHc59MMfbe/r1fD0shdfcKlTL&#10;FGD4Yi1A4G6A3kolKoz9nANHPsckTnUP8Pcdd4vj7k7F/KU5xt/2ougq1iGgQ+BfjUCfzqnovTMa&#10;Eb2uvl0ERcMgDa2dbY3AHh/YJWTWtDBJZk6W+gg5j94M5OwtbcxJKk5ra5daz87SFI+SMmppbALV&#10;yYqCVEsZzQ2dfDmaTNFDwJQoPTMLYxxC1trcxOFKlXje48Xj7nnezDk+AiydhJy21jamVM+w7eCQ&#10;OTmT4xO2BhGknbUdEkMrBypRJWK0tfIwplYWhihuc/ObnApRV027yMDS0YykErM6WthIYytzYzwC&#10;puhsa2YyhUpDZMZXEXtIZ0tvzzB654FTcNpoHSyBXEOxtERz2DAzByt9NLBy7C4aXU6ytjKHckPe&#10;Ke/mVEjZXW10mb61pQkRLepubGNjLVws9IDzVtJdVtsBXKcIgqGlnS2UPiLj0lrbuUK5oZ0juquT&#10;r9ebU6GRsptrW7gqDYJIdXSwIKHkrPpmBtrY0dYQpRJ21LRLjKydqHheZ1NzNw84flGm9p4AbmB6&#10;+e21LUwVAmtua6fpqu/gK7AGhiRAWoMzsDQn8BtoPZUg5bz2hm6ViZWtMQEO0wg7m5u7uQoYysDW&#10;zc6gN0vkX/326QanQ0CHwCeDQB/Oqfhbg22FaWsiPKyt1mYoNbKue9NIpmFn6jQaVsL+2Q4WMVvv&#10;Nmg0XWeCrbEzL2rTM/5SkRf/MC7E0vKLJ11SjTrtazLZbk/uX63rL3VAd5EOAR0COgR0CGgR+Des&#10;C/+WeYVG1fXwm6Avros0KCQCZBwcTT4yzhAJU9XHff3119ezhRg0TOny5cPY9THmxL/aATUvcXv0&#10;50ebeXAUHE4Y+mPmldlWYEdOV3QI6BDQIaBD4J9FQGcL/1m8da3pENAhoENAh8Cnh4BuFfLp3RNd&#10;j3QI9CKg7KZVpyYnJSQkFtS2/TrhUqXgMTvZ/Hezaz8+cAopt7GmVfT7yTAf3qRGymfSGay/xKWg&#10;4tLpTA5IhP3jopEKWHQmS/6ngi0qaXdzSzcbRIvryv86Ajpb+L/+BOjG/+kioGY8Onn08OkrD+7f&#10;Of7T0aSi5l90VcLMiruSWFDxX8ugKOlNjQ3NDCj4+Oei6Kipbe7my2Xs6pJ6vjYy+SMVVVPh0wdP&#10;X3C01amV0ubKiuy0rJLSZr5Y1FhRR2dLfr8hUea9B09T6/6sJ+qWwmcPn75kyP5EbwbEd7fW1Ld2&#10;8z+GLs2fdUr3+6eNQN+2hUoRLeP2w/hyRk8Kt7SjOPH2lYuvStnSv4+zREEvSXv4IL2BAz5Bgqq4&#10;h7Gv6wDHzKdUNBJGdeLtuAxAVfMnRcmqzHp873U18w++Pn9Wh+73vw0BjUrC55BHL/xu08Z10wPI&#10;d67ENUuh/Bg2iy0GXEUaBZ/ZxRNKYWqVSCSSyRWQcCXIU5ErIGoJkEYj4HF4YhC9y+ewRXIonwfo&#10;fHLZbJBSBP5WAZZcAZctEMM0koqkhOcvi0Cd4DIum8nmg2aEuU+eJOTWofRt+g0JNAbxymo5i8kS&#10;SyHLq5IrwbUcHv/dJCCNBlzLYvNFQABToV1HAksjU7zV95KzmUw+6C14TwVsBoulgsNkEpCIBLJe&#10;VWKRWAVDyNkdT2/GFdZ0g3PkUgGDwZb1rIXV0BB4QoipgsdksrliMECpkM/m8t5d+UGd57C4fOhh&#10;lgtYTDYHkEVIQYqQQg1yqbgstlAM1QBUUoR8nlACDQSOJrmHBbnbG+sSeP62p7jPVIzcunXru52l&#10;8wVUfb0+0n2NsP3h0qjZt0hDlgxxQHArrqybNn3rC6Zt5NgwZ/IvqT3/eEQKRXdFOtPADog//GkR&#10;ZO78csJ3qfaTx4VadJwIHbi0yHLBwgjDv5gZLq18XQ83JhMw79Hy264p2QXP4+PrMX6O3Dtn0uhk&#10;E5BG8s7LrOrKPT1vzJoCx9FzQi3+cDzCnP2LR6y4Sxk2caDDz6SmfwqB7oR/CAEVN/91tXW/6ABn&#10;SyMDfHV6iaGnFz379p79Z6pZKBc3anddBcbciV+dfDunFkikNHORVIzw2d10HNWg4MHRmw+SHr3K&#10;lUgYT86dSukiBPnZN76+fmD/6UqenoczJfvurWv3b91NzEXo6ZU/uvogvzVgUHB71u39h87cTyzC&#10;GRJyb55/XqcM9jfPf1ZCdrKoe3Vh+/6LDTyUo5NFwd3rV2JvxiWlySlu7tYU6NlTS/LiLv9w+MSD&#10;zFIxj9VQzrD1tqp6dauUS3ayMgTmriH13qa9R7PK28xdPHH82nYRzggrOHP5EdHSTVqfcPHOS7G+&#10;hTGy5eKhsx0423Bfk1fXjh85ebNJbhTgY8csij948NjLfI5vtBs9r1xuSFU1516+fuNB/CsGytbf&#10;0VT78Kua8+MP/Hj4SUa1lZs3hl/XISdYkwTHzt7BWLgjal7s+OF0YTvcP8wq58G102fuSQ3t3GxN&#10;EHJO9vOUDpWerbm+zhz+Q0/1p9pM314XwhEYEoyirwf09tgvTyxde5XTf/O5BxvHWul9iGmRVZ5b&#10;/O3eF22Y97pJcBSeRKGQsBDLGhKnT8H/ilD7vSrpOUlReWn7V1sedSLfr+V3akYCCScSGYYgE9Eo&#10;LRvquwWwlgISAH3Sn88G8B4z1187v2+KJ+BX1ZVPDwFI1UutVEJimlg9Y3tbMa0oIzOjbcDIIci2&#10;8rTibhwF25ye/CyT6ennLWltrKxnyEW8qqI6Ho9fmJmDso0YYM56+KQsdEQ/ZWV6fmFBYUnngCmz&#10;cF0lKbklpZVFMhNff1NiUV6ToXtwdESEBU7N7lCNmrkkxkSent1m6RURExVI1DBLCmtam/MSntcP&#10;mzEO3lSWkpFfUpIp1XePsjXMfV0g6Fm5SVldDOXY2fOjLNAlBYU5VRlN7Y2lDSwUDgd9YpStT68k&#10;+k9aPCjYrpvJRWDRgsaqp/dyTZ38KayytNSWQcNjlFUFZS1K/4iYCH93VnFSYQ1s/tJZRhh5d2d9&#10;clJe4PCpwUZtT5+UoHB4FFxWVZbaAbeOCbIvfJXVqXXfquWdqU9SrIJGjBrsw+Tw1RicuqPuzqVE&#10;A5dQK1nzi9e1Y2ZMMxWUpaZX12cniwy8wjytwTcCUFM0V1Q2d0BSm7ryP45A37aF0M2Do9GyzoRL&#10;K7450RX87ckL3ww26s3S7n68aPaEcePGT1m46SFNe5vF1Xd/WvntpVvX1i39bOK0ufNiq5VqWeut&#10;1dPXX7zx5OGOdUdjkx5dWr9q/+FDKxZOXnK9ELwhjEcLZvVUsuVxD+vpb/pDoTmluPbRmikTxk2Y&#10;vP70427oLGbKzjWLd128sGvGtOm7s7kwXv756ZPGj5swaca6UyksRffLnSu/3Z+ad/qrSWuft7zZ&#10;9FFy82P3Lt637+rRQ9+OnzxrzqZn+SnHv1owcdL0L756AjmPQEEBiuvap6e/GDdx2SMZxsXGCAlr&#10;f7Ly688PXju/cdK8JT/libHAQsLQJJi08uymWYuPvmKoul6tXf7FgcSX5yeNnzBl8dpt+VzoAyJh&#10;tNVW01gS0F1G/IYVn++Lf3lxKjhh0eoNOWxtW6rOJ+c3TZ88Ydzqo5eOrVi66FyR6GPoHP+Pv3Yf&#10;PnyIU1cC59KZIop7zNBJoc44MZPB50tTk9P4ph6DAtyBawGJRAEhEQwWA6ZHFKpFxKBhEX6Wzl5O&#10;0YNivC0k7c20nPSSxLSUsuLiliYW0cC5X+TAKC83igapb2rpYG9vYmTmG+lLL88sqWpCwTBGFvbO&#10;Lg56RAwGjeR3drGM/CeNHB7iRmC20lBEp4iIAWG+HmSFDKTXgtEgCOahEQGd1YV5+U0GZs4W1sYV&#10;WeVyoqmLrTE0VqSea5BVS/zLBrbK1cYYoVQWZmdXCLDDB4XApVw+2SNq+NhAG4SEJzW2dLWzMjWx&#10;sTPF8RNepumZW1EU0sL8ShA+lF9S1lRNkyIALa8aizcPCegXE+JvrFJp2ZyAVIyevbsFszC7uonv&#10;YG2KQcPLsjMzGfBhwwdTVILs3PLXSYnFxaW0pi4kyj4wIsLaSOv9giNQaDTqN9iDP/wO6a7o4wj0&#10;cVsIFoYaTsWV1fO/vVrbLrOys6b2SrK33ps9c2kqfOjs2ZOHWBRvmfL1jlwJDN6V++rioS1PW+yH&#10;ToqG3b22av8jBors2i/GGaZn7jNwWLirrOjFhYN7EjpsBs0Y62vddWfW9GXpKKiSQeYFm6Ys25Ur&#10;hWH/Y8kJByzUgsqbn8/c+tJ02OxRLiWXDmw/XySBKWoe3jiz+Vit2ajp06L1ay8tmbWd47dw6cxI&#10;UdLWTQdu850HhDqYoY28hk0eCEnz9hS1iJb78My2K6lSx5ETnEteH/9y+ml2wLDpvpKzp1YuuF0L&#10;dltqH+7+ZsUldNSipaPNMn+av+lagQgmKLx87tyGywzvmZPHhpmjVSo43lDeeOfwd99caTCwtCMi&#10;OAVXL5xdf7jGcuqkwUZ5+47siq0Cdr094+GRH25kQYr2/NKbV85tPFhuMnHyCPOSH49uu1kGTmh+&#10;eHrHmoci91GzQ4THfzp+4nwC7WOGUfTxt+fv7j7E3ofEYiEeJW5bTXkn0dSCjFTKgR9AowLZUCql&#10;BhM8apC5sKO+TYBEAP5dOBquVGhJ6FFIFCBzl6vhBCJWBVh5oecLjsOTXTx9Rk2dHOlrgVRhgJkD&#10;JhYJ1wCLpoQjQMRo3P0UhZ6luSEJ2h6UQhttPXy7EK27EmzwqWGQrCQSgwFeB4xCpUIhkT0kupLO&#10;2ocPUmT6plaGSPj/sXcVgFUc3Xqva67mxt3dDSIkBHd31xZaChQKpS2l3lJKDUqB4q7BAgSIkBB3&#10;d3e97rJv9iZQqLyftrQQ2Hn/Kzd7Z8+c+Wb2np2Zc75jYDnM1aw0J1lMsjAyQLJiQzq6/8Q5E6Kc&#10;u4szLieWKPBEu8AQfwtSWWk7yNiFQ0iDMbAOA2u1SmBbNRqGqevIWbPC7Ehxp6+XC8QkioGZvVP4&#10;uOnjRrpjVEqNFiLgmQwiGaPS4IDxH9jcpLpFTJw8aYiiOjfmbr5AobUeEj7MllxaUK/DYclkhqWT&#10;x6hps8MCLWEtlU55kq7p3x5HVP5gQGCw20IMDhCINXebOy6bO5t2euePF4v1y5mau9tjksI++Or1&#10;mTMXrHpz+XD4xMWfitUUkDOITLf1GjZt8oTVsyabdl5MrsUyXMLCLCGSoXd0ZIA7Fw/hKW4hY+fM&#10;mz7GQ5z6Ycz98A/1Qla/sXSY9sSln4EQsCv526JRlN7cH9OsXbvttZkrNs51U6dfuVmn0lFoFLJd&#10;yJhpC6ZODXX1GPvRhYubrdLe+3R/ZlmnqKUVazfEh8fCsdxGzx5pP2DCkR8sAsgeSOHwgoaPWLxw&#10;hj29mWM/cfbsWStnDKG2Zlf0ggxKFuGrD5zb7d9zcdvuy811rW2dwI0HT6LTqF6RU2ZNnzgm2IyE&#10;IQMr9snKtQelSz/Z9+FkJ0BxhidTyR4+kSNnL1y4INxGXnGlSAARiEQyjUYhIu/FWAKFSnLxHDZi&#10;zoLFC6MdNaCCGOpMuhtbbBH42qoVM2etfD3cmgYRB/mMGQwP5UMdgRlSSJqSbl+Nu3n53OV4tm9g&#10;qI8VUVB4+fwv9yvlLHMTEkbh6DMk1Alz43YaiYtryI09Gxtf3S4AN6qVMrUG+M0ogLeLDmwFyuQk&#10;Y1M/PxOaFisVqAEzrUarVGl1GhWwLXgiUVpamFrZ1FhW0SSnkmCIL9GqCXhBbnJSc5cS5F9hmFka&#10;SfP2Hz+TUiU1trOGlBJwUafWKAHHrX6jRCPuKSmuAwkuCRjAWqgytuC11rVRDU2o+nc8WNl979z1&#10;Ug2RgsMogS3TKk1s7KPCnLJS4logIlNeEnPy8P0ajZmzHVZanlVQWlucd/d+nopEh5VKDIvn52vO&#10;NiCqhXK5Eg8DXmCtVq1GXIV0YFGoZ/5FmpD1pt+Oy++UEkhEpIpaQTeymjreP/d+TJmKFOxrSiHj&#10;FUKQgQYHvgJeRv0Yg/cJIEmDpgcbTI/Fv6XrYP9l0yohilP4J8dvfv/+9GjbprNHLyZ3wJCkpqAL&#10;B1mYsBDYtASuGU8saa7uEOBBciI8k444muiwBhBerlaB8xgVSDIE3O+U4IlGKNBwBlRAFArexMvz&#10;unCwubHeqURH5JobisTNNZ0CwEPz29EA6ZiUSnlf5bZASwtLr7fO5hT2dDQKRIBNBqJzDHBg/1Mn&#10;qo3dNH3Ou8d173y/a7oPRQlesiHE4Q/4yCnloOlfiwZ43hlzXI0BnY2WDOMgIyYFXAEbWRCeiNhh&#10;VWvakUVTl15sDPh85yZ/Cwh8OfBmzOHSkU/gQQcbSYqetuaeunoFX6p8tJJlGwKbq1SBHBIwRqoG&#10;e51P+gvAEBNUAEgA9zoYJ9cJlV31TdUmDpbmCAYGVhywJn6xXGb/rcfiBZGL5/gN99R2lt5/kAPZ&#10;Dlk8N9rc2itqbFBXQ6uZ75Bhvk6O7sEONjYeQ4Ns2DiLkChfB2yzSDdi3HBLHscrYjRgjeXYDwn1&#10;dycS2R7Bw73d3YYMC+yqyhfR2Y6O9t5BfjYmBiaOzgHBHr4hwfbGOA3FdspEn97qcm7A2NGhXj5h&#10;IVZ0iRrDC4v2t7H2Hz89rLW02jQwYkSIr/eQADtLNsfWeUiYG1W/LjOw8Zg6wauvqZHjOzo60JbO&#10;dl409/WRXgOuWxiKsX+QXV1uLsnOf84oXzNTNx9vbzs3zyAXQ4qR64gx/m1N7WYBQyNCA0KGuhMx&#10;cqqVmx1XkZrfM2LuJD8rh2GjR6pbqmrFeAd3eyd/fx83Wxc/f1cnHp1nExHt3Z+/E0M19PC2664u&#10;1xq5zBjlb2vj6eXsZu4aEunBheg2o8dFdJQV9xLYNjbWXsOGuNmw+0cYgzdwHxLibs97QQYcVeN5&#10;IjCY+Uh1ooZTUyFu4PtJ4O0U7nmwfqINlhD5TUqnruJHCybxzRtCpHea3vjPRtI9JidIdZnvTzJi&#10;Tdyb0w3DkkvLzGmENUnA47zuxGQMN/ijVBhWpX88y4w+aldqG5LzMP8bUwbprZtivZCeOx9HG3hP&#10;TZTp0t+dwGNP/jmvD4YrvrQ2pET/0KAU3/84kGzu+VNub19vb3dXZxdfrNQ2/DLEnuy9LUsADK4y&#10;c2cYiefwU4kK7knfHE1zmvNlDSw6O9qV7L4ppUf56ygoWy+9Gw65Tz5bCa4Vfh5hA43dWd6ng1tO&#10;jqLSLT7PgeXNR1bZMr0nx3Zo4crjo52g6I/u8uHqLyw51FF7GxFjrm5J/ToCMhq7cvc3G6Io/qsv&#10;V4PcuhU77YzIkbtrgTN6d8rbbmTX4Se7YU32p3PMaSN2PuiC4brv3cxIQ78oV2pVwqz3fMj2Ycd6&#10;dQ0/Lnajhq+NbwFi5bFvgcS/C66C00W0/FcIgPyTCoUcFBV4RdIXHYjIk4OVDTLSYGGEZMNE/GtA&#10;djJYo1YpwGIPiaxAvtJX1oEaj/2pBcL6RSH3/loBRGIgl3Vg0QSEI1+B/wOhEUqkBb1AsITSt/vw&#10;XiBaXx4hgdyrQCoMXPwttS64XQYWc/196NcK9A5pVAeWd6DRfj3Bq6kafAL/yuWK/mrgskoJVoDI&#10;U66/daBlpHcPa/SLVQIV9dX6e94vUB9qgigPuqhv9PF7kIqPdeK/Gle0nRcPgUG+LgQzG1kG6fdp&#10;uKErZ4/1wiZ9f+hmo03URkuTk9/8XNjV1VgWf+ZEob/XMj8q8mjrnwz99oj+BwRkkCXSrR1DdTIQ&#10;GiUUggxH2ocVMD6j1pvxTuz6uQgIKYk/e6rE32upHwVsKj0Sopeh1UEEkmvUdHel/HJem6b7wbsz&#10;XCa9f74LC5xZH7UGtiDJkFZT31JXePPi3UQZgQCrdAb2Qxlkirins0Oi+nW9BR5fkIJXryTyJEMP&#10;9QWtIuFcIB8viSiTSVs7a+78ElNSBY7/kfOjAU36X6s0WhVEJAeP37Bpw0TlwS/3XuvQEbAgsOpR&#10;10En9XFfD38qnvyovwziz5TAVS8ozCwv71ZORVf1pS/vdvztfI3P83VvMLcNskKTSGRQCA93I0Aa&#10;aBKZ1O/ugSRMRs7zMMBtBvyLw4OpQQDX+r9C/guST+sP/B7+iQXC+kUh9/5aAQNcSMBl4EqCCEe+&#10;Av8H/EqISAsDJ3LgXtDuw3uRXNT6fNQPC3IvCakwcPG3MQrgdnC+oN+jeKgV6B3SKAaL3DigNg74&#10;siBb9jgCmUx6mB0UQyCSSPrDCf2tAy0jvXs8fygGQwQq9p9h6Huu72b/kSaiPOgiuIJ94h6k4t+M&#10;hxrM8wrV/fcIDG5bCJzHzO0drJCMP0hxm79x3ZLR+KTE1HqLDcW33us+PCkgIGLqF13LryWcmsSE&#10;lARDcwcHcxYZPBIYurG9o5MRBcKQGB7jpkZIr745e8v7xVgXN1cLDqV/V9HjnfLYrR0HJwIh07/q&#10;W3Ut4fhEBqQi8vqFAOiIHDsHR0sWFibwwjZePb8a8+l4/1HrCm3e+vq9ZSCLO8XcDvjRIRUxRO/l&#10;3349DHth9agVZ8qD5sz0wKgEfChg4oJgQtL6seG7Ux/G62PwdENLextzAyTOgsSxtLO34CBndHgD&#10;C0dHOzYeIplPePPrDea1n00c+WUXc9yISEMFWINCXHtHRwtW/88AnsKxsrczoUIYs+i1E2Yr07OK&#10;egQs0F1LNpCKwVF4Nk42lkjcCZlrZu/Y31+wf2TvZMUBaQMxWLKhtZOtlQHwnPBYtmnDGyZXNowJ&#10;2N0yOZDLpaPc4ejPCIoAisBLiADKzf0SDuqz65Kqr6muoQdv5+UAzOzd5fbjG5cVXt3qSvsr4ZvP&#10;ThtU0r+BAHAfAbuRIGCVRPj1zVgtEwskGhaPRdAvmsCffJGGa8z+59EHyOanVEVm0JHV3x8VkOxa&#10;IlGR6dRHS+FHtcDRulwJU+nU3x/Z/xvIoDJfKQQG97rwlRqq59FZSfW1L6L9vUcv/vz0mR+PJzGC&#10;ooMtUU/S5zES/16bckHTvWvnihv18eawqqelUywH7G71OVnVCGeZvsh7mnNSS3tFfZ3t/Cc5tXWi&#10;7u6ubvEjprX/qSfIsR1z6GoTwsX2x0XdU3X5aGwj/w9qtJfnnD+VIHik1v9sDK2AIvDUCKC28Kmh&#10;ehUrcoIXv3/wx9XOcOHlSym6JR9f2DyCTkDJqv7LqaAVAVZRiaz/kFutkPL7BCAyAHzWaVUyiVgo&#10;VQCnFYlQpADBgMixsUoqFolkKvBBJBSCqAnkLpWc38eXKJ4gSVABUXwB2F3XKkT11WU9UsBjDSv4&#10;LbdPXHyQ10AxtHL3sMLpbwdN4Q14Hv42zXn3z5xO6tZ7PcvFIrFECZxacm/funYjR/SQBbv/3Bqh&#10;RdV70YDwBsBcKpYp+s/oFXJpL7+jtqhaDHqgVgrACT0I70A0VEpFEiRyEDQmE9QU1/fw+XLlwCk6&#10;WEjyBUhuCklPR2VZEzjUB64wfIRYFaV9+C+n4kve1qDmI33Jx+aF6B6J6xY0eur0mbNmzZw+zNkA&#10;fXf6T0cF5tfn7D/wS2pBM8vclkfou3ry8JGY+EYpwcmGVfHg+rXYxLsF9ZC049aFK9UKlr0ZLivu&#10;4u24lMSSVpK86fKJi814KzdTbOLFI4cu3Cxpkdm7OBuAA2HA18BviDl7/PTlOw1Siq0Zrbm2wcjR&#10;oyH31p30vCQgCuL4uxo35hcVlbYYOlirO0oS7qX0SnF1udfPXC10jgy3xLSf++XQ3YI+WwdG0vED&#10;1zJbfYYNAUfoEKSsysiq5mPZJFnm/RKIrMqMjU/MvJGQ127j4ooXVJ44dOBqdqlOzh4yLrD9weX9&#10;J29KCKaWppjka5du3s03sLYzYVF1sq781NKa7sKM0lYLOxcWhn/v4onTF3MM/dyp/NaKRnVgsEXG&#10;1WP7z98u6VA4OTvSH9va/U8HB23s5UIA/W17ucYT7c3LhAAsTj5+oUVhzCHJi+paOhoq6xr5RoA1&#10;+9btzNKqhNjrFX1adUXqifNpeK0o+/adyvqaq+djOjQGkswrhy4VMSmSxJjYyobairJmY2uLsjtX&#10;7+S09sPTVV3U0CoxZhEyY6/nt0jpFLj87tWrKZVMQ565ubmVmaG4rSQuNjX1wcXMxq7G2vyUxLS4&#10;6/lUrrmVhSUTp8q9G9sqgWFh5c2kQqaJpaWFKY3cz3wIbGF6ZlGLmN+RcjursSH/1MlzvTRuY/aD&#10;hIKy7MSYwjqFGVHdqZHzGwrTMisMGKT81LuZhQVJt2KbZWQmDVhTwCmjbeyp7tHQW7Oz4rLKSjPv&#10;FtcLzQ37zp++K9IAj1msWNRQXtxsYmVadPt6YlHXyzTgaF+eIwKoLXyO4KNNowj8/whgSVwDDp5q&#10;bGvv52DEtvaIHh1qRSezQZImoZRl4TB5wbxFo5wcvfwWr5rrYyLs6JaYOPpMX7xqTrixrXfo6tVz&#10;XKgNArpF9MSR1jQKDw+oAsX97XEcAodHDTFnU5kgjlCDEXfUxVy7bx0xa/6UaC/PkNAgH0DszjK1&#10;9w22rSioAZuRLkOGmLJZ9k7eQ4LDHHmEwoyKPjWFju2rL2rmOAaEB4eA6Fa9YAyBTKGA+AgcnkoH&#10;7to4I0vvecuWT/b3UDXUZtfKgmZv3LJ8thuL1FZVWVwrNmASFY1V9WU9RpZBk2dPsjUE/BKQWg1E&#10;W06bt3SSryfE7yrNLWvu0HEsSc0PUtvkOhBARGbaj5g00pZGNoIwShGahhd9iJ4NAoPaFsKyjrvv&#10;hY9feaig/4y/9d43KyODA946Vs1/eOj/bFB6XIo076ctE8e9e7Ua/Kw0nZo5YcT6i+3/M332X1BD&#10;3XJ//9LwRTvj+/nE/1pR8u9/FD528U/ZTxykdN9/feHYQD9fvy927ooaOfmzRMlTSBU33tkxaexb&#10;X2eInqIyWuVfQQBDGTJ9vqdhX3zs7bgHFV2t1Yn3ckrqmsDZICDMBqRiRDxGgYXYHBqIjsfgYBAO&#10;Q6UQcESsAkfk8mgylRYPiMfaGpLvphdV1vZIlFRA240UTVcd4KrOLK5qFik1RMADSuJ6DnFRNjT2&#10;9gEWUqlMowGnkRosxcMzgtKUlNdq4GLFBmd/crVUqpDrw19Vrc3NcqJ5UIQnLBeKZfJHT4AORPyC&#10;mD4IB44utTCBSTVnwAqMDiJCGBWMxZLwGiyRhvBrQ5K+zsY2oVVgsIuDIQ4yIGIHeNG0OhzHABCZ&#10;KiGMlgziEWG4s6u9thkXNi6CA1jHMZCsuzbhTkZRVV2fVA6iJf8V5FGhrx4Cg9oWgmP/jqIHydl1&#10;fNANecnRj999/5cux+Uzh+tj556+aDobU458mYyczv/vouFXFybfL2oVA3Mja3iQnJjX/A8y4dYf&#10;//ByRdfj77YgE29t5oOM8o6nU+dJhXWq7pIH9zNq+h7LZazNO7Pz4knxuA9/PLTQtTYpKaW0E3lT&#10;UNaffG/rgo/SIPWD1eO2fpfY+JvXB7W0oyTlfl55L+qf8L8nxb9UQyvIvJMMu0WFO1g119QX52TW&#10;ShjRY4OoWL5UAThmVEpgedSAa1QJA3JQFaCeQQhcEAoalVImUwJ7plVpW/KK8tvgqNnRHLyQP+A+&#10;oyxOy6jXGkWMDKRCQqFMQmQaTZo2jdZXcq+wTqPtrW2oBfJlci0IwVXVPyhW8uy5JIVMhcVqOpvL&#10;W/gqBw/74cOGhgX4cMgMEl7c0lTbLex3+6Symeqmitzskpz6rl7g4wKYKcBUBGQ2OibXw5TQlH77&#10;wYPkvG4B09wsMNh7RHSUm7k5HgOr1IBiZoBuAgMScgCeUy2g0VHKNAQze8vQSP9Ro4Ya0Q2JeEBF&#10;qm2qyMmqg8ZMDWMTQaIOdHr+S5PvlRM7uG0hiBsnQIDOggaLcr/Zse1Ibegn336yOsyS3B+79Ijm&#10;57fDOvCF/jIsbry00W/hYYkW/ygPYP/3/Xf9Tghg4wAcGAjPB4hqB4QZembrJ+o+1pye3OX3wvol&#10;t52bMXf95fQuQNL/2C2Av4MIgTw5Ay0/rvtDXZ7oz+OdAa/kABDiQEB8/zc6qVAAQWw7Dx9fC0NA&#10;3zEQRka0nLp563dv+cE4/8+ObFk+1OIR5fhA7wG2oHOEh2kAHgLxyj0iz7HDOIadLfnmsW9TWpUz&#10;5o8LDAwwkOdduFtgE+hnacgws3ExolFYpnZ2VsZECsvG0cWIy7N3dGaQMGxrd1tzDpbMtnF28wgN&#10;sqc0njgeZxQc4mSK078k0XxCgw34WTEJxTaB3pY8prGxFdfUfthQ8/ZuobW7cXNRjlBn6uZiSiQy&#10;/IMWzg9xoTMN7ZytLW0dDQnVhQ2SkLHje0vuHbqUgjey9vR0xMiryxq69TjhvMPDSfys03fz7Tx8&#10;rXjGTh7WRIhgbG9jZmoTOXoS1JR4MqvHx8fP2SfY05pwYv+R3C6libWVnaM1R88uAQqWynbysKMT&#10;SUY2NmbGpgFR49jS6j1fnlIaGfOAli6WTp6hjozqI5dSzIKC7HloxonnOEFfrqZ/QwtX1NT64hHF&#10;/ZlGCB/pNIxJ4Kpdn6ywxVCDN12oGCBtBC7d0vubeTyOoSHXxD70nRsCOXhJFd5/b4at9eJNW0YE&#10;e3AYFMq6q90KWcW3Y+hgnwVPtZzw5u6jn73uZRs5Y26Qu2nIZ/FtUmnKJq6hXohDxNZYvRBBwqbf&#10;8JF+X4cQOYpKL2zxZnIMOazg+e9ndIOaTYeHeXBDlr45w8rKesHVRn7evvkGbB54oJn+M3bnd1Qf&#10;XeLNwCL5gDnjD5U/IvlUVl96158cMnntktnDDdkG1JnfJPeALD06VWfMWzSWobERj+0QtPB8LeJY&#10;rmw+t2C0I5tryGVRIz/LESpkXZfmQizvbckKQdYHk8zMZ2z64eOVw8yBpx2RzuZsib2ylmRgsugc&#10;H6GwFOcd2hLBAp0z5PisOJ7drieE1IpiN5NpTK6T55B3ti6z4kWvutkHwJRkfDjK3wS0w6S/ebkD&#10;JD5Ay3+FgI7f09nDF+v5R7Vifk9XnwiweoIEvyrAKa9FOEORFSFYLyHJjMB/lGAYwYoKpGoAu5pK&#10;pRIsFmWiXiBCCYIcQEKngRckjVjQ080XqkDog14UCIDQapRSwDiqkguFQoUSiFIBok4daBisPoFE&#10;JWCS18qRAAlwXSfp6+3pE+mnjFoiEoKAjUeASER93X1CfT4KkAwK3AUiK4A+SKCFVNjXIxSrgShA&#10;8auQdnZ2SxSI8uB7fSSGvgA9FCAYBCHN72cQlUuEnR29YLkLAjb0aujkwp7OXgHIoNHPo4gWFIF/&#10;jsCvy55+WYPMFjadnat/NcHjqVSq8ai3ztb1P+zq7C3GTMPpRzvAg9SR+LYn02Pc8S5Y/eD96aYY&#10;09VHSxRww3cuPNLQr2vAr3/9ycnQQ27uz+dbYXiL92UKECFZm40YvJnHO4GQ9vgN7izPiSe6YVXy&#10;b23hD41aZcvtrfY025k3+LAkfWOUb/T6mF5d55EIJwo+5IcCERAmyN07wzP0k8SuxoLLK0Mpzgg3&#10;t/jcKFeyG+DmBtzZj4qy+uoH/hAl+u3LgDC7YPdIY0zk3sI+dceVpe7ub12ubapM3Tnb3DB4XqpM&#10;c29dNNt0zokyCSxLXOftaPfhPUnnpXkYju/y3Xu3RFJcpn2r70fqZ2E8aPyRKqEOfrCORDNZdEEK&#10;a2pitnrh3V87Xw0qFO6dZI6N+DarW6dKeZ1GM11ySQqLMn+aScEajX8zQaGp/m6MA2n0Z4ViWH5v&#10;nQktal/5Y2Ti/3wOohJQBFAEUASeNwKDfI8UYeXGkKjBa976ccfbLok/7z5+rx7sAmnz7h1Wypes&#10;nmkMKDcNfSYtGlrXcCZXDA7w1VpWkI+XCQniWYUR8Zl1zeCUon83FPkvyOqm1tD8vX2sQJIiTe7d&#10;w0rF0tUzjYAQnu/EhcF19WdzJRjiwF7Or/sDIKdadcbdZgbJR1edVdbDNpBXZyeXS2UESAd7jhxq&#10;i6QzZXgu2H12l+WtFSGT11/KV+qziT5s+NHebL9I8K4L2dsHuYNEMh7DxpmYJN1OblZzRn5+5eLk&#10;mu3+oxbsvt1Jo1NwteU3Koqow4MCTGkQJfL7gqraHdFYsLEJ9+Uf2rh2Z/OUN95bH4T047fNAHJi&#10;uLcoLaE5wHN2tANo0GvyMjuHrDupTYKkuGNYaOzECCpk4BQ9bZqRSgnhJV1FSS11Hhbk1uKsYp2p&#10;kyrx1J2al2tzBO0NigCKwKuOwCC3hSAZEkR3nbTty13LVoyaFMnMOXngUqFIqxJ3gcws/dz8yAkE&#10;BitXKPgiGbACgJoD7PwgdgjYzH6Se/3Hx0p/BUjW14kIeUhiD9jtZQqFAAjB/AFowHVO1dd8bPsb&#10;a9d+Hq+wcx/ijFeB1R7IBN7vE6Btvbt9iPuQg71zs4sTNgynihAeKbAdBCzxH05BoDvSCo7JI5EJ&#10;nX1CSeHPYxxdV93ySSwt+WmplVShlQOiDomQy2KS9ZnDHxUYwtEMbF0cVAUx11MQp5zf0sSAHmk0&#10;KqGgG+g88J2e07+rT9jT3QYUMjVEsrsBp8T+b4GCeBK1Nu7Ae+vWrv0wjjZmMs8AZGREy7+PANib&#10;ALuEv/VS1gGHFCT50TNqX5/f6I89oZGNTJkM7Js++YD8tYbB6/6fyX8oaCCB1MCfSCYm5KzjD5r5&#10;36L+p27AyQjJQ/w/66EVXjUEBrstBONFIrqxwYEfO3D6lJn+TTF79l6vInqHuqh1heXNyHDipI3F&#10;tUyGu7sxA2R9+90AA1cVCpWtA57eIO8EcGl79AgyPEKcVLrCipaHQupZTDe3PxICDJcBm0OlWK+5&#10;npmdlXb0szWb54705jD7GbAQswJr6jMSWo09X985x7yrqLwWOL0DT1cihQtyQhBpdCTE+NeCBczD&#10;ve1NjcDgSKszOprpIX52vflJhRTG0j2b3DFVhTl9MBYysLb3MLWqzilvRzz4tLWXTx9Nb4IhnRqi&#10;Ooz57Ozxt8h1J/eeyZJBIJ3PE+LBLxOewHJ09cE2tNX2IhoqW0o7WgwCPK1tgsJtJcrEnCpwUdFa&#10;XS7FAQ8eIoXNVCp4U794kJ2dlXpk/cpFX0zxedWek+fSX1jXm3L5TknzE1EtXaVJn23Zdiq+bCAE&#10;4VfNtHKJDFjOv6aqTl2ceDEhowSQsf2uaDIv7Vr7+ppdP9/ofSLb9F9rgV9fcvX4zQ7Rnzp8yvm1&#10;P21//7uj8XrPaW3m5cPbtxyoFf5Bk9KOshsXT9fo+dj+bhGnXb2dV9Xzd29H73tpERjcthB4lEgh&#10;gag/+x/Jes6ypRPNmg59tC9RF/TVtiWtn6x+c/v2rRu2Haxyee+ttS54qUwiFQqlSoRIGFbLhFK1&#10;TK3DkhkuAZHYksu79547VdYDDuoBL6L+B8Uyeue7C5s+WrkOCFm/7XCNG1gYueCkoMJDIYDKUSiX&#10;KLQ4suvEjW+Gc35a/db2jXMmLFj5c2K9FMICpwKFWA5eccHKyjx4nLeu/PsNG7d+sb+4iQz1dvVK&#10;yb5jHIl9cbu3bbtd/ZDPEfAxAu8FqL0gbt9nu7av+eiGcdS2eaE844BRURzRoXfffP+9D+PKSbSe&#10;znqM8fSl68b2pX+1edP27atnLvv6Ri1wcwGASISWpt7BizaPxN7c/unVJj4My0SQBDi8gP1SuVIK&#10;/BzAYtpzwuqVDtqDa1dv3759xY44l4kfLBtmRnAY9c2K4bXfbtzy5Sdf3szvFkulYgmW5f/a+nXk&#10;5H1vbNy+aVL49O1Hijr/4IfzpX1Enl/HMFimT1SIg1F/GLu+aOWV2ZU4mkuUn/1vHChhTfuZb0/l&#10;Nukpth+WP1pcPbnegrWtVfk1jSAx9O/6KW3MSuiOWLBq4fRw1kAU399Ziyp6u0syS0TyP50zSomo&#10;OPleXNr9DhCcpGlJy7t9O6FYJO+P8XmiRbWgvSg3u0eObEs8uXB8VO0PV5OPd43mFRHiasV6fqOK&#10;tvyCIjCo+UiRtKYsjlPwiFBvKyZY/FBMXVycnKxNrNz8AkPGjfbHdDVKlRiq1fC1H66daAXie3FU&#10;to1vYHiouymdSKRz7X0jw4fasYhMcxsrFkGLY/HcfIf5BviEhnqaM8CpIM0mMtoP6m6SIUKi3/hw&#10;zXhLsE7CAyF+QRFD3UzoJArLzG14xFB3czrLPjLSldre2Ic1DJ/3zqZFUUY4HZFh7BgWHu5rTcfj&#10;2I4BgeYMjEZHdx46c97MUC8PFyd7axsHE8DiqFSbeQ9z5A4kscESKMYOESNHeJB7OjC2k978aMUQ&#10;IzLF1G+IPZMEUg9zXKe+tiza093Ryd3ZNzjUiSLm90m1DI+V73031xuPJTJZDoFRIb62ZhY27hZc&#10;SzsvJ1sTE2vHIWER7sYUMo1h6T8yItDRkMZ1GBLpTOnr6FZruX4L3v10njsD/LoaOIwNsVH2dcEU&#10;68g5q8M9XUOHuDqYWPuFhrDVXX18yHzImg+/m+H6uyPTF3R6D3K1YHl9WaOaiGsrLEhIvpVWUk8k&#10;aONOn61UM4P9zVKuX7wcnw2xTTk4YXLcnYQ7V85fuCdnWQcHOHRk3Prl3D0VzdTGBJt/Ny054058&#10;TjXXxpEN8W/HnLl6LxPPtjQzpPcHHrWXpmYVVuZVt1J4FuZsSk36ndOnb8Nm9vLqpANHEzhujoYk&#10;QzJBXHg/PTHjVn6j0trcpDU/517Srfs5xUSegyFRnHDj/Pkrd9t0LGMGriI97fbd2IyaXgs7BwNp&#10;3cmzFxJy8mUyVvjIQFH1/WOHbivZplZGjMe3KmSCnoaKViXP1NcrgNpeW5pbpCQ5RY3155cnnzx7&#10;Kbuq19jOvLO6IOFWUrtYKpBI3X39mrLv5PeQLBna28cP3a8UWllbyborb16+1SaAYGnDxbNn7he1&#10;0M1seUT+lbPHbqeUkA0tTNkIqQ3YBGksrVWQGByDJ48WBvlMQdX/5wig+Qv/OYaoBBSBfwUBWFX7&#10;7YaTllNCKy4caWRZsjViiqU/tSGzBrIe4UUvb+zj93Zqef6TvdRnLqbb+Vjl3igOXLFp8VDSjTOx&#10;Ygy+FzJavCTk2Bsf9DoFUXsbuVErZ5s2/BKTSbHg0Yw9F84eZwZyYMOauz+/f+xBj4UZGaJ5zJri&#10;VZSU0CWB+/AmUe74Y9/fdhvlK2lkjpvF2f/5eZux3u0l4kmLprfEHMiSM6wpCqzTzPnB8rNn03FY&#10;SZnIcM4U9ztHrhAd7DoqW8e+tcW+5tyhAhUb09Amcnlvy4TMi8e6IFavmr3ktWVuIIv2w9JTl3fq&#10;l1s9JFL0lPEMeWvCvcy+LsPZr/mlX47pgelNZZWeC1bg035J6XZbPNG6qqLY3Nw1OSs/ZO5q6/b7&#10;8bndIIjEJSraqC/p5zMNMxdNUzdk1gugrsYak7ErxsBlZ/O62AYQ1n7o2lnRDCTFSvuPa743mLRs&#10;yRinf2XMUKGDFoFBvS4ctKijiqMIPA0COmFeUjnTwUzawY+YuirKHNfUhXNxsTa1CBw7KsjIiEkU&#10;9/X16th0jI7puXrNLFWNbMicSdii+Cs5wmGhtmXxmSRzG2lzd8SqbZFMeVWz0sZYUl+v8hkW5e/l&#10;ZMFlAMIIsCNfXfCA5jFl/dKIzMy4+qrO9j6861CnimsJxj5DWJDp6Mm+neVtJg705hbC2m2vGzQ2&#10;ColkNZ/vMWrJJDd2WaXIPyrE3sSMRlV31vSZmLNFUtr8tWvM+zpEKkluY+e4lRsnOnCba3oZNHFC&#10;UmfIJI/yKwmQ3RAfW+DhPFAkvS1lxT0mDjSpFqPsaqTyGOJ2nX1ogLedNZvDkLY04hlmuM5uhymv&#10;TXbHJVy5cCOtL/K1dxf64C4dipFb+1pom8uqhWwqiWbhP3vhGCs2l81jK9pbYKopE9vRJWD4hQcG&#10;eDiZcZj6DMCygvgCirO3lx3naUYArfPqIDC4zwtfnXFCe/pKIgB8fgEnEZZOMeOS8DoNTMJhQQS6&#10;RiPtqMu7cfbanQeFYp2ORGKzyRwCRiJXgYB3sNOja6ktuZ6QTffwtLcyIBEteEwQp6MjwATX0Enh&#10;HoxbR/ecupbK1wzsU+LwBJAvAkehcIzAQYOmuaLozs0HPP8AGxOKXC6Vq1UwogOZy7Q0AO6mMJaI&#10;xVHJpoY0MnANo5LxEkFj3PUrV2/ebxcp8Tgal2lKIQHWUDxRrRQBPlQqgUhgMIkkwMPWVF1x92Y2&#10;083X1Q5xVP61gFNNHN7EylqUl11YhrM2NiOTMDp1X9aD+IuXrubWtOFJQEczLhMHPEylOrZToJmg&#10;ulqJw8jE/Mz7tyuFOt+hbgw8g8HgYGFRYdb9S5cuZ5TWSVU6/8lLh1rKLh8/cPpmjuSh4y3wmX7o&#10;G/5Kzim003+CAGoL0amBIvCiIgDrFDI54IsB/wUkLhrAm61ACFzU8q64u+kkt6FTRnpgFH1iKWAh&#10;Be5jBJWovqKqCc9kB4cOnb9g7hB3DzoekohlwH0a3KtUy2srC0Q0hwnjR/SWVjX16FlwMRiZQJCV&#10;mnH/emxTo8bR1T0oasicuXNCHF0NCLBCCu5Vy6UKEIYA/gvolZQKRB8l0EOtBUl7YZUk705SE8Zh&#10;2sRhXLxQIpUBclRAGSMXizU0Ey+qLD8lNb3gfm5bD8XYMiLSf+bseUM9PNlEQKDT2SuW9Du6AO4c&#10;kBbYgGsmqkxK6ehhGTKwGk1XYfrdPEnU9Dm+prBYJlXIADMN4NGRGxjxpk+bTKpPjckUunu4jJ8y&#10;d+qYMTZcllYrUWsxPdWlN+83eY2YEeHE1KkFRSmpcqfQaWFB9UXVfdL+QCAYkOsA7poXdchRvZ4b&#10;AqgtfG7Q/5sNw12Z+2YOC11/oerveP79m5qhsv8CAliypaO1EZtjbmdpQCfTDE0srIx5JkbmFo6B&#10;nrZ12bGJ9XxHT1sjY2MLSw6JaOrhQS5Nu0fwHD7UUnFg76HCVgHdkGfrbMWi4BjGprY2plwaPudB&#10;zNm72WGTRnsCigbEFuKs7R1I/KKfr+ZZBY4fPXGEE01+/qe9+b0KDptr42TBZLBtHC04HEM7B1MC&#10;nmhkDTTgmtpYclkUGodramnlFeCBb0+9cL+c52pnzDO0sDGlEvE8K3NDI6vJU4a3J16+Xdjq6OTs&#10;7B4Y7Ek6/s3eYr6cSYYbytJKGtr6XUtJwKHLxpzDNnMPiwr1dzNis40tTKzd/bxMRFfOnes1tLcz&#10;ZxrbWBsxCTgqy8LKxtjc2sef19zQ5jVqOD/1zNGrKQoi3cTCwsSIzrO083fAJ8acq8Fy7e2MTc2I&#10;92N+uZBVN2FGtAW731mGYAacyTi/nlb+heFAq77UCAxu3xnwnirpk+qoBkzqf5O6BdbIpWKZlsQw&#10;oD6eTRvWyIQgHorGYIGcbY+KTgFiL2ASk0kd8BB9upmk0ygkIhmGbECnImf9vy86tUwsVGINGAak&#10;P0nHoWnPy8vOy4LtXbG80IkeT4YvPp0WaK0XAAEYsIZKcRSSTqkmUikQIOPUQngQTQCCUiFpS1sH&#10;TGEaMmk4kNwIxtINKAphV49YyzM1w0i66toEXBNzIzZJ2AeS5NIhsLDS4Rl0XGdrM18GWVhb0x9O&#10;HrVcKOgT9MogMysLsFcq7etu7ehhW9rxaBiRUEGiEZVSDZGCUyp0dCZZKQEBq3hYrcGRyXiwQNVg&#10;aRS4s6VFApN5XAYRh9doMBQDMljowXgKjYZtb6iX46lcOpPBpKqlfQ2N3SxLayMGERCravAGLAPg&#10;vQOB5Z5UoibRqWAVrILwdApWIlJRmWRZT0cbX87m8QzIeI0SJtCoZIxGIpOTDBiwEgQzYdgMem9T&#10;nRhHszI3wSilCphgQCfJ+jpau0V0jqEBjQIyDHc01Yu0JGtLCwoS0QuKViKQYslUsLv7AgwwqsKL&#10;hMBvSOAGGR9p/YmJEMPnvURAXv1EkXdXlLWJATewsL28svtxus9/RnonzvhiNhcKfP9u0+Ny1JL8&#10;D7wxZp57ap6QXr8/wArrtiVT8NfYOzuyfhhD4Ux4J1H4x7qqam+85w6ZTT9Y+Kd90XQVpJ/b+eG+&#10;SzdvVT67zv8z6NC7UQRQBFAEXlwEBvkeKSCNgQiIO9xvSsudjesu1WCwquJL6zfFtj+zlw8i295v&#10;9NgwZ8Mnllp4Ah4HXAR+TW/U3x7InwSuEkmUvxaNRybgcEQg8Q/XhIhYqrHzsOgR/lYGf9otHM+V&#10;R+5tTW+g+DmhYVTPbPRRQc8TAeA4o1L1Z0lEC4rAs0dgcMdUqIQlV767JRo2e3mUzRPbhSxTW2tx&#10;XVpOpdZ61vpprojlUrZWZNy59yCvUagWVhfn9ZAsgE86DtK2pV68kZxf3NgrM7K1ePwYgV91OzFN&#10;yXM2AndrZC05sWl1eJaDo529m7u7szkL7LGo2+Lv3MvIyitRYaV3TudoRy9eHfiYh5ww79CJ25CR&#10;N1lYXlZW3641cTAhQ1pxS1lqUpmEYWRsQOitTL6f2kmxMmaAHVdhxZUb93IqGpoF7dWx6Rr/WTOi&#10;zXoyU5Jr1RhhcnxSQUVDE9XciUXE4MksSxc3b29nuqz4QWK1jmvKpoLei6tj7z3oJTpashQtuTey&#10;eizdfYwNiHRDI4P/Zv/42U9OVOLTIoBQ1P/Zu9PTyngh6gkgKAGC0iCoBIKKHvsf+LO4upnQKTAy&#10;RmMhXoiRegmVGNx7pA2npkLcwO1JT+yRqhrjto1meY5Zumz5xAAefdaXlSCpUfXVVQFOPL8xM9e+&#10;NjyQDkGjfqnkw4q6qx/OsrSLmDl11FB/37dPlyLZlR6WhiMREOS/sxikPVI333vfBuKsuF6U+d1c&#10;NuS3LQ7skcqrv1+MZzhFTZ0x+8N3xlhR7Px/qn0CzYaDoS50a8+pI2dOnxJsBfluutsMw8riQ6vM&#10;IfsV+mRJCe+44KARh2tBNqWue6tCIa7f9NWr5r05K4BpOfO9VDXcd2q4A0QZt+WzhQsWhJlD0JRD&#10;9RpYXXf9XWfIaPqxekHpZ74Mo6l70kQgF0XflWgIct+U1N1w+4OxHrYjlqycN9LKzXv1sWzBr6nl&#10;XtwNClSzP0BAx7++f9fnu6/275Y3Fyd+vfW7nJqex2pKcu4kZGQXpcYlFZQ+k8yjkrzYm+nFzUja&#10;wL9aNIqy5KvJuaXK32UU1Iobb5y42SD93xOxFIbnCIWLGho2NDaua+r/X9P6pqYFDQ3TT5xLScr6&#10;q0qh9VEEnhKBQb5H+ocvJ7BWZTL65O51rvZWpmyKNn7fgxZlcezxs9Wm2365dX7PtpFO5hSIQsTj&#10;erP2rf3oSvjh++cvx30z0/LaF7vTH+PstZ64eRQtb/+hHJlWVnLvksB17rpxnlRArAZ8A0hkSJr/&#10;ya5LvIkfXbl84excJ74CvJn/XhutVuqy+Mz5izGHFlqUHP38Xh9EIBKpDByj3/UGT2GwIDoRi9E1&#10;Xd14IGfYttMXf97//lBOj1wHXvOBRKIBg05UOk47cuLE6becqfH7rnWAXI0EMgNikjEqpsvsyf6k&#10;e+fiqsRQV+KhVGLItk3DKFqi/cjVX22cAhwKDAWFGclpHf+AWPklfPsbRF2CxXl3Ey7HXahC2Lll&#10;VbnXjl9Jbm2TPNYDRVVGTkGN0NLDxdLs1+j1f9BFZWN+bnld99+JOdCq6ovTKho7QXaW3xRY3p0R&#10;l9Wh+N80tiDuwVAmW0kgvMNgbGFytrCNkA8s1lKh0Lmljkj+O3r9AzTQW18hBF5GW4gHAcnyO9/u&#10;SeqGiAQclmKAE/JLi3MgL3sfsLYClNuePAMIpJDACOpr2ohQ1Vfz58yZvv1sVl1bUXLpYzkBuOHb&#10;FgY137iS1lEef77JbMx8Z6y6n0Ibg8er6zMylLIhUT4UkBvCZuhUW/gP8sCA2GQrNyuSRqcmMG2x&#10;xFah8A+3srDYzvSkYgP68CH2QLiRq68vVTOQNwBkLjf2sGMDjn+cgT1EaBYB6uWBnxqQkQJrvXTO&#10;GFZFVlpLxe2f03Rhy0cZ6zB4XF9zUczBmFbYgEzEEYnA1L5CE/pl6ip4n2Wy7Z0cOJ1NAkgm7qoV&#10;OHk4guNkjaQ99vSxy3fzZVosOJHG4WCQWUmtgZSytltnDp+KiecrNZLu+jtXYuKSCpV68yHvaypI&#10;vXPu9IXY1NyKnPtHz16v7JRCsLww8caxw9fru0GsIVyTn3T8NHgMeoggX8sAjuqyzJv79x95UNwi&#10;6W1MKygQaSG1rLewsqy+obow5dap4+dS8ssK7seeunq3VQwzKPjGvMSDR8+XtgKBmqrs+CO/HEmv&#10;6MThQLA8Do/HSdtrzh8/dj2pHGxvNJWWxsdePnzqfGFj9+ORP1Qs1oxGM2GxeGSNgbbOnMEwMTCw&#10;wOMNtNqXZCP4ZZqjL1FfXkJbqCi8+MGH72XbLDuwa/v6qfbAmmBxeBKFplSrlU/m3QOnLOArl9Bx&#10;48ZPW/nR0dvX9y9we9zPhRm6brZv0+Wjn/90oYs1eY4vSAU88NAibu1UHA4LYov/RwCfFgQ6gyrg&#10;4B8sA5GchEgyN/BM611j8PiBBIpkCh388En1BPy/LTrAGaKXAIj79RIeFiT9hdWcadHcmuRvPv8i&#10;STByyRhDrbzw0sfv7Y+1W/rx3u3Lgm3xaFjxIH5adTCBzrY1t5G3VnWJOhs0lh42phi1MP/+zYLS&#10;2oyk+NSiRjyVRtYJ7l+8lVfSkHP5VGJOZdad2Av3iirzYg4evtYqQDYYQOmpTNnzw/7cusorh38+&#10;dSMtJ+Vu7N2s2uKM1KycqpL02KTc9tb8K6cvFJRUV7Y2yTBQ/zTrq844fzyup68tPjG1pqnq5qlr&#10;1e0qQX32zdibuZmJR4+dLakoOP7DT7FJWSmxV5KKmjQQXFvbVF16//zZ6xWl6VfP3qyuLTtz9FJR&#10;j5IKYkLknRl3YsprmtPuxj4or0+9dvx4zP3S9PunLt7vkv36GCFzHYMBkfx8wTGRZDlfkAg0AXlE&#10;B3oyiIcTVf2FRuAlsIUYHJHyuHeIDsRHYSCWn785ruzUjlQIB2EN2b7+Q3m5FQ9qpZAm51B8Qy+E&#10;BxknzPxD3RW6evtxixbOMW48+uOJa3Likw6ijuOmBbTHHLmhHLN5jQ/46qEp1Khx1uHTaIzUG2nd&#10;4Lcm7+K3RdjHAw7/ZMyRFDp0Uy4X2ytqAZatOTu9lw+BJMEwc9joCRLJ9XuFwMenMiXunoiI5L1/&#10;msIInRxNyzl3ocJl1ZZxZoDDQ9jRKmdZOgZaCZJupmQqCZR+e4uWwYgAoFQjWlkay2WtlcXldHtT&#10;U0OGgt+YkVnHcw+0JwvyUoukOrANAmt0GFjdlpYnHr58y+sTvFuyclo7tba+wydP8SXqR1+tVjAs&#10;nZevXRxmTTTyi1ozIxTTkZtwt4APmw2NsGxLfxB/60GnYeg7b2+c6O8AxPXvRcr4HRIpyT9qeFSI&#10;q6W5swNdVNdY093cScI5mNAgrlPomlUznbla15EzFo9wFLbX9GqIQaOmvbd5ubb3waXLD7SWw9a/&#10;s8lN11JS2oUhkZWdtWmZbY5+gZbYtrQ7eXIs2XPYnNdmTCR39YBAxseGB2hMEgsTcfjdJiYZSuXX&#10;EkkvyDY9GMcP1XkQITDIZxgGWLqezC8n2jwswzYdbQvY+MVkywdvB1vbRT8IHOMpEhY1aZ2mvfba&#10;VO3X05xslp8ksJnGENjS1FLdXrt0fbN0pauNtdWsPWXOoxY59ud1eVTwjqOnh8pUqujpsy30K0YY&#10;MGGp1CBwESI4b7nyzfDCzwOtbdyuYGZYq+T6vIiPFVinBjm0+y/CWpChHPBZQZBxwNgxU5mn3gm3&#10;Wb63lQLpqSJhHHPc3qubiN9MsAkZ/WE1O8xAKdXnZNRpgIT+xOZ6CSp96kVAWgUNXAVZliLHR2kh&#10;hfvEWf5sLIhUDlyyYzE9a52v5chvbhpYOeKaW3sfP2AaRHMTVRVBAMuxsMB2N6WldFkb2xnQIa1G&#10;y+9svxcXW9mntrI2xsGI2cLhiTidVEzhsFgMIy6FBokVaq65ickjv2gMBm9szGMQCSxDppkpk0Yj&#10;0UgaqVhUmHr/Tkoty9xYCWLpDThMLovHNgT5EvtnsqnX6KnjnJNOHLmZkCclcpx97JuKS2t75PZh&#10;QUwcxDUypOKJhmZsYyMGzYCAxaqxWJKJEYfOMTbkkYRiNdnImEGlmfHAtqocBtFPsLKztSnuZmyT&#10;impnxyYSTG3MjfAEogGJBHJoP/7g6J8YsHOC1+dfZKD8oeij8B8g8BLwzogUgKpRby6QHwUKg8Oi&#10;YWR8vliphjFUBh0jBxQtbDpRB9hchBIlTCaX7x4765b/mas7R5iBp14l7OyT6SAcicJkMUm/ezfQ&#10;KcV9EhWFwaUha0/AOyMRSXVkZj/vjFba2ydWaSA6i62TSgEvB/tJ3hmBQAKTWCwaHqOVCYB7DY3J&#10;poA0igrwIySRawlUBlGrVOBobEAgA96FVcKuPsDqQaJSSSqlFrBr0PBKkUCsITBYNCIWlgMGES2V&#10;xaFiVDKRSIGjMwAfB9JnjZwvlGJpLOYAlYZWLugTKTRYIhmI1UEEmgHtKdas/8FkQ5v4awjAytrd&#10;G044rpinurHzh1zK5ztWN99OwDu7iKvTMPahThwyzYhefitFaWohq22zGurZdPsmc+xik6a78W2s&#10;UBt5Sa/Nm2+N6U8EXJf0y/HkrmUblmQc2KUOXh4ElcRm1rHIDL6SEBLsqdKQ8Kqiy4mihXOC4vYe&#10;oo1//fVJfiBMp7e2IKNUaM/p/W5P4piPP4zQVR0+dKqX5bd63Zyeu78kdxktHOt6+eRx5+lrGZXX&#10;0iXmnN7CUoXt1HDm5Zu5jpY2Te2kKdP8Yg+ecxgXVnOjInzNkOwjVyxGTLIiqGE6tereA0LAhEBi&#10;7ZlbTfPWL7Q3RTQtgKDTXV2rSGRbGrm374hafZNK/ZDN9isvL4+JiRkxYkRQUNBfAxGtjSLwdAgM&#10;7nUhBksyMOTxjE1MHxYjYHiARaSyDcFFE2MmlcbgcuhEYe7hNU7GAet/LiNiBA1pEo2VozWtPwqd&#10;yERuB6+zf2AIwddIC9x+QwgKBk8x4BgCxrd+3AAtPw+52YBCYhpynjCEyK1kFseQDQwhUpPKAhWA&#10;IdRfpzGNQKMcBo3O5hgC3qv+TUwi08jE1IjHodNoHPAdaBJDYrANgfqI9wsW8G1xOUggIZaICBsw&#10;hOA+PIXNNXxoCJG2KCwEEh6HzWCyWEzUED7do/AC1sISmDwOw4Br7uxsbm1uacaiUGlsM9vQMPe6&#10;5JgLd7IkOiLbkMtkGrC4NCrVLHKsS9753afTWwJHhFiy6Awm7dHuOJ7K4PI4BCyeweYxqEQCmc40&#10;tAqOHMJU1588fqGmR+UaNDyA2Xnw8LFqGYnHHNgeweHU+ckXfjybyPUO8jTnciyNcNoOPsnChEoj&#10;0pgcJgNHIDE5PAqRQKKz2UyWsaFhT2nyrr2XKbYjx04aZqwr3fP99wIzrxBPC8BEyDJzDRtqlxl7&#10;NiahGKIxWVw2nUYgUGlcQ9Zv6DJAKgmw0gXeo3T6QWAIkWcGnCSge/0v4BR9iVQa3OvCvzAQ3QXf&#10;bX9t13UQ4QdhnBYfObZtpBWIMkQLisCLiwAMKzobe8lGRgSwZSDWmZswwR4Ggclh4BV5WTlyA4sA&#10;bwdFd4+GQIKVCuBlA3hAizLSRCSzof5uGkE3X0s2NWb2v7UpxN29EjXPiCftbtfReFRIJpRqwSZn&#10;R2VBRbPMPdjfjEkRtFYX1razORZWVmZMBrnfjrZV5+ZXC5x8fR1NOWpBzb7vjtFC5y0f6Srt65Bo&#10;CFwmpa+3l8zh4eVCsY5AgxTNjU2NfI1nQIg5E99RW1Jc027rGexgjG9p4LPtzAnCrpzcQgzPPsjT&#10;it/WDTZsqBglX6DimHBJ+vdLEF9/uLdnnkLpRCJqMDhgE4HPGLCDNTU18fH3wLowMBBdF764M3ZQ&#10;a/bK2MJBPUqo8igCzxsBnbLv9smDca3UVa+vcOf9W3keilTqnWXlrgV55mq15uFCEKwIZTJZd3c3&#10;cPgOCQl+3kig7b+cCAzuPdIXYEy07Xk3b+Z1/O8o4hdAV1QFFIG/jYAOAnkuzEdFj3D+1wwh0A1u&#10;arfOLoO7u3uFAv7D0tfXB5hIqVTAvobu5fztAURv/B8IoOvCfzZF5AW733j3Lmbklz9u9P633pX/&#10;mYbo3SgCgwQBGIIFvUJxrxBLxsJIKO6veoMlIsgGxWRy2Ox+ZyC0oAg8YwQG8bpQp+lKPfbVviPJ&#10;HY+emb7yy0e+3nerSPhHMev/L3JaYV3qiV2Hb5f1/r/V1B05tw58dy69WTxQrSe/b/SFC6P78h8j&#10;b3vGQ4SKQxF4NRDAQBg2l2XlZG1hZWlpYfl4sbCwtLGxQA3hqzERnk8vB7EthHSqyqsfr9nwQWw1&#10;iFtHirT63BdvvXM4uQUJ3K29/uabl+p0ytakU5s/TtSbOHVdfklpYecfcRpquwuvfrL5gyMZbf/v&#10;OCgb7x7ZsuHrGxX8gWpsd0bS6tVJTPfH8lM8n5FEW0URQBFAEUAR+LsIDGJbiCWYjli0xFhbH1fW&#10;vyhTVN0v6caFzRnvYwji4lm2UVEeFliSqaNnqI8JCYLbkw5uWv1NQt8Av9RvEMMSyAYQ8Db//wHB&#10;gOg/JoVOxj+sRg9atXLmzBUrkdQXaEERQBFAEUARGJwIDGJbCHLlsj39vCWi6pjcPmRVWHszo7TR&#10;3NPNnIWE8clqzxx9fVhwSMTruwvNLGg1lz/d+G5M9tkv1izdebNZWHpi3sSI4ODgsJGTv8uSP+K7&#10;BgF9ED/lg8URM7++1QVWl8qMj0aCaiGjZy5LRNp4klimK27elBET1v+wZ9viJVea9SvTxktfzQsL&#10;CQ4eOmzxD3EdaObRwflUoFqjCKAIvGoIDGZbCGHIhqFRkcLmgmMFQkhdfz+7tNo91N/BmAKJEjeN&#10;XVnnuGb/vt3zjNK/WbsykRY+ZVyEKdFl3JubZga171n7YbXFwu9+3DOJcm3H4g/S1CApPQhSJ7OF&#10;Obu3v/1ZNm9EuD9bk/re8MXfsKf+8M3Hoyn5byzZUw3R+tkdISwIhC/4dPqqIsOZu3Z/u9qj5dSW&#10;RVfqdVXXvv3+ZMvYD3/+ei4teceab2/VAjOLFhQBFAEUARSBFxyBQW0LAb2YefSkMb3NVVeKapvS&#10;8otr7KJCA82pGIgesjUu/+a46inT5n58sZ4oaBGSjawtjMlYhrWnj62hrrtLUX52+7y9VbNOtpbF&#10;v+uHV2uwJLq29MCmpe9f5+3Y/fWKECNZ2oXDeVVzl6wKDhs1c2Y0Mf1YXLWI2M84g+SMcF1zLi15&#10;uXrVwhnrD5eR+A09ClgllzSV5Xz//veF7t9kl6RsGWX1BNX3Cz4XUPVQBFAEUAReVQQGty2E8FTr&#10;8HGRQkFrXlFhU3OLU1Cgvy3CLMxP2hoZ7D0n6/2rDw6sclFoICwMgeRNwGlbqwKZ1YJWrnMwxPa2&#10;nF/tZe4VMfpYgw6HQ3KjqaUisbKltLG2C6GzVio1BNyp+TY8Hs93yaEaKrawsQPff1II1oVw4dfT&#10;hzuPu7T0cNK5LcHANoKEAW7Dp86IhIUl57ZMCnZwW3Myv0PzP1I6varzDu03igCKAIrAi4TAILeF&#10;EI5tHTZqbHf+T4e+uVPgOcQ/yMYAwMtPu36lvW328ZPLPA0wah1ItA22NgHJIQbkb8KB7U218bTz&#10;+c1ytTxhA03dVPPFipPFIAucFLKa+94ve960PXHsWGqTlkgm4zTaBSdqAOFFe1NNTXbsD8MthTLE&#10;ZxWLJypz7l6uqhr53aG3QsyIKmDyQNIcWM0N2XS+Xazourlhoqn02obdF+v4Az6uL9Kgo7qgCKAI&#10;oAigCDyBwGC3hRCBbRk0bER9VWxatnFw0HBrPaswjs4zosAZKXeyUo4c2VdL1qnEcsjIxdLUXthU&#10;WVlfemXJWJ+QjYcz86mT9r/hZ2g9yc1SKVcoQFJDj+jXN6+fxP95++6rAq+Ziz1sT585XZSbuv+N&#10;QNdxr6dJQKJEtVKp0mh1GArXmA7lZyRl5Rz66bM8okajkUqyflnhPGzqV1cbDOfOiA52G+tqy3za&#10;PITovEQRQBFAEUAReG4I4Hbs2PF4410isTETWVoNmoKFYElfR72ENXzsnIWTvQ2RjBJk2yFemqLE&#10;G9evJdX6vr7KQwUbhU0d4mggac67e+l8o/mSE+9PTDv17dHjZ66ldljtOPfDKBNRV31lpdpx9IgI&#10;Xy/z7s7UKp3v5NnLXgsS7/nqq/PXyiGvd386P91S1ddYXd1rEDQhwt97mC+pITvu+rmYPJdNGwJk&#10;SlrUnDkzxgZAJXt3f3fhYnJH2Maft822MUAT6Q6aqYQqiiKAIvDKIoBysL2yQ492fDAgAOtUcrlC&#10;rcPiMUQylYgb9Bs5gwF0VMdXEQH00XoVRx3t8+BBQFObl5qYkJqamdAkQCN0Bs+4oZoONgRQWzjY&#10;RgzV95VCAEOwcnI25NKt7fwsWX9MSw1rla1V1U3tfU+QCwKf6f8fKK2qva6usan3n3k6a1urKsvK&#10;W1WPJ2qBFQXJ167fzRUq/6ZsnUpWmVfc0Cp4pYYa7ezzRQC1hc8Xf7R1FIH/HwGMtCnrp6+/ulaj&#10;JuL++OwZoxVnX754L61c/askXUd5QXZO4x9R7z6spBKlXrgae6fk/6vze9VgbVtZYUZa7cA3sE4m&#10;EglF8seFaNpLL+47W9LQBWKY/mrprKnMSK+SqzWSPoFU/pcp9v9qc2h9FIFHCAx+3xl0MFEEXmIE&#10;YGVhyp3CahmVxvH2tCdhVa0N9Y1N3SQWu58Ut6+7qbiooKq4ycDK2d3BqD4vs1GIAVnikw7/eDGL&#10;7zPcl4EFFhRWSMWNNdVdApUBm1CdndcpJxgy8dW5pVKaaYCXWWNZfk27lM2ii7olWAoJo+jli5QK&#10;SXdebkGPEm/EpUk6+1payquaBQYMYtaZwxfutwUM86UTkaBcMs2AY8gAwbidzdXlDS0EOr3m/s3k&#10;SuriNTPZ6vbcgnKYymVS4a729vrqOiUOp5N2lRdUi3EkjKS9uLqFyDaiYlX1VUVFla0ULrUm4dqR&#10;i7k2wX6ONiZsNoOAVZdmpzUJNVwuB5aI2psbKuqq5HgWh0YaGHOdorq0oKy2k8nlkQlYcW9Lbk6x&#10;CqBDxSnE3a0NDeUNnTQmubmspEmONWWjrMEv8aPyT7uG2sJ/iiB6P4rAv4eAWtIZfy/PLnoUgV+E&#10;s/Whd+d+/dmuvGadZ4Avh4KDBbWn93538ub9oqpuj4hoI13B0R+P3s6qZVtbVceejKuRBo2IsGIA&#10;7iNd0f2zX3x1RM4wIasrT/94PKWs3cjJQdVQL6dZWrAaz+z7JSapDMshFN1OItq4yirjY+NTU+Ju&#10;3khMvp1YaOLsUHj6wImE+ykP0ntgCj83Iamm1z96uBWbAoxsesyN/Jqe9tLk4+euJmU+aODr+OVZ&#10;tzLKDK25xbeuxMTFlbbhPF0JJ3d+dSurh4jruHrmeFJ6flpWYUN54bXYOBnTyVCc+d23B+4lpBT3&#10;KKHuqjsplY7+rtW3k/lEtrbmxnd7L6TklVItXKHKm1/9cCG//EFisWJImC8dIR2G2ooeHPj5FxBQ&#10;1Yc18bDGxh3df/TMtZI2yNnDrODKDwfP3k/LTisoaqzMu33iToN/SIghTX8bWlAEfofAoN4jhaXt&#10;sRsdHRzsbK31xcbWbvjWk7WivzfOisrzO0a6Tt+Z1PL37kfvQhF45ggI2gpKO0n+gY5Ekbgwt17B&#10;71FjOBNmjrPlILFDpfmZVWr7t99+Z5SXpUrVd+9Shv3stya4kO/eynWKnjR1zHhPc6ZeJVjc3EQy&#10;8Z8Zbl10J893+vwQW1zyzft8LJmMl2bcyWGGzJodaZV/J7dd21HbUFPV3AMbOQcPG/X2lnejOMri&#10;vIrm3g7byEXLxg/tKu+0jRo7IWKCryWrX7JMKAK7pO2ddTSnyJWzpmraRFb+Q6dPXuSo6mrTOb+9&#10;bTu7uSgtr6GvWzZs2VIPurZLxl2zYaU7oU1rG7JqYVhPQUoXxnL6/DfXLx9LbeskG/tMmzknwMFU&#10;3MmXyFtuXS2N3vDRwmCHzLtp9d2NSrbDmq1rGQ11lb39bkSyirwHWLbbmxvX+dlz6nKzqlppG7Zv&#10;sVK05Jc0tLYLrYZNXDc/ore+LXzR+2NoDdll6KP9zGfoyyNwUNtCkMFQUFfTRZ38TWoWUm58NUJ0&#10;dNXbB5N7/5DsBe64eejctRvVyNmGrnD3mtM1oscPJGCloLO2srFbgp5SvDzze5D3RFcZn5KScff7&#10;j76MiU9Izy6WwUwzEzcrI0P9cytr7+nVmtg4uDu62ThxIXFjXUvM0Z9i0/IxeCwGRybTqCB3mb7o&#10;sFierY07m4qtL6w8febkvbQSLB4P63B4nKqzreX66WMX4x5oyWxXbz9hXUlzuzIozJsi7zi558f0&#10;6k4qAW9g4OLvaWtpymETiHgcgUQG1/oPLzE4Ag6LxZBIVh7OLg7GPB6ZQiIQKRSsmICl2Tk42lt6&#10;2MLSHhGF7u3swKOQiXbOjpbmFla2xq7OVmAflEJUkJjctsK7+09e7xTrKBQSiUQkk/B4Egkn6+k0&#10;sHVydvB2NWFqu6RyEw97LydTIxMKWBH3H1BSvaNGm6iaTu09xpeDNaoONnG2tvf1scIqensJBlw3&#10;V2sLc46bl7mdja2tBValUg7y+YCq/y8iMLhtIUKsBhEpbGMLY6R4DJtqY0YsqWkQ8sUikaLftQ0w&#10;kEpEYrGsN/2bd9au+yFNrRb0lX4fPOW99KI2oVT52KE/Bgt+H8CDjYNgtVQsEMnVgMRUASTJFDJR&#10;H/gb1NUopXx+Xx9fIJSBb0HRKsVisVyllPXx+QKxVPbQn04nl4pARaSmvg1Yp5YjasgkQr7oiWb/&#10;xdFFRQ9qBDSisoQy6ZL1G1YsXvzW2+ts1WU59XwKiY4f6BWJTiJCIqFOqegVADtCZDJYkVMWrF61&#10;evRQD6JaqNToHjrbgKkKmHTB9iCGZWoyetac11asBAldCDqFWo2lUBlDRk95fdVro6PCIl3s+iru&#10;FausCQ1pV1N7xyxd4szFKrXgySDgIYwWUNLDsEYtV8HaRz8cQDQMg5ygBCIWC8OA8xfWaTVqLUTS&#10;qJW9IrUS7urSYcgUAo6AxyHRzDqdVqcFBVSEdBCeqBalXrnVTHSfPSaUgVOrlAolYA8GZIk6HUSm&#10;k4UdIjnE71UJ1UQiGYfDEGCt5leXHJ1SrqKGz1g0KdTm9uXbDUolQcZXq2VdfVodERynAkU0MGhJ&#10;i2io0YEXApT4YlA/EP+u8oPdFgKiUa28u7G8BinpN0/WdZvNm+Rb+s0wU+aiG33AMKmbb73rae09&#10;6cufLpy51CzP+WlVtJfXiB2FzcrSn2YNXXO15XFncOQ1l0QkdKd85u9sPunbNLE66wMTE9NxazfM&#10;9hk5d09JQ/7OldEOnv4Bnva8Se/G18phqOAjC1OTsV/v+dDLzcnKNXjyuTqwJtUIi05MHxHk7uvv&#10;52LBWvlLl1wna7+8mGnmMn3F8rH+896Nafp3hxWV/jIg0JRd14k3nzApOnjI0NGjRgdbau4l5IgA&#10;ve7ATzrOKyDIUpC9Y9uOK1kVKjwvcopnT1rsxWv3e9U4tiku59bhxMr+NNcgsYoaWBkSyzwk3KEh&#10;/ubVe2kSFR6nU8rUtOBob11D+vkLdxr5co4pGyclm9tbG1DILXU5N+Lj2xUijUaiUGiBQdFpgJHD&#10;M9m4guSzcWWtA6+a4CLyPzXCTKjTqtUaUE0q0Tl6uuLqYrds3pStMvV2N9LIJIC0V6fRqtQaYBCR&#10;O3Q6xLABw6eRFqaBnpVIICmNQ2jIPns7rUiuVsNYs+G+5BPvrf3yUrKlfwAXr5KrwMMFq1WqAXOI&#10;xQoaCo8cPXQ1o9LQ3NLby5OhKNyx8Y34DoqzkwVWLVNrtcAyq9Rq8DYKA820f92x9WWYR2gfngqB&#10;Qc07A05Bzq+ymn+Fa2ZlCBI1QRilAA5a+sX2TZOoN3z9VnoebDs1CRPz9pDFt1yuFV0zP7Fq9Pqq&#10;5XevvBemPRIU8DpmZUHaNpdfj9LlxYfembU2fdSWEcW3L9X7fJDyzSILesZmyvADxouuVf48jCQv&#10;OL7jm9uaiZvXONf8snDtl1bvZp3dQPqKPfRb8sxr9UeG1B6Y4r0D+vRa7FbzmE3rb5NGLpg9lJj0&#10;4fjNF5fFSj9xj11mNjd7xOexd99xfaqhQSu96gj0NXZ2iNVO7uZ4xPppehpqy5qEXJ6xrZ0FldQ/&#10;cXXNJVkZ5Y0sjo2bh6sxQ51+604b3igqKoyh7XyQnGXiF+1hwQa7F931Dd0KipurmULQkhyXLGNa&#10;hYX6qztaZQS2tTE+/358tZg4ZNgwWyNyW0UznmdiSNfkPEio4GMcrE1NeUYqkYZlZ06W9Xb0QcYm&#10;UN6DPEOvoV5WhkByR12jFCYAs4qjczkUdWu71ICB4fdhHN1NG3PTMiua7fyjQxyp5YVtpt6uBH5T&#10;i0BjY2Xa3ViNNbRmYiUdfUoDMpSXmiWjc+2tzS1M2LUF2VgTVzaMpQE1aMK71+PlTJvIyCG4noYO&#10;BcPBgVKd28LzcDLUM/2qxB2pKSnNYtLQyCgHY2pzRV5KRqW5T9hQd+PO+iqYa22Ilza0SyztnUW1&#10;OUqWk60J41WfVWj//wwBsGvxeClqav3NlRf4T52o4dRUyDDks+wBJbvvrvEjQ/7v5ghrD4WwydNO&#10;dvfcXWlDcZx6TQhr8r9bakMO//BeGww3/+xvTQrYkS9WP9Y7WdGRTYH9MPFmnC4V6L9KfZtGN1x4&#10;jo981ki7GzJjf14+faSnpwODBM3cmyuGC99jGzBnneyDYVHtpaWWBqHzr/bB6t66spSTH4RHDvNx&#10;NiXgMFsTZJKWszMgjv+HyeCtGC0oAk+DAFg4/abofn8JzEv9hiNYbIH/12of/qXfjQQrtX4Jj0sC&#10;dcAS7qFk5IN+01L7u7aQeo/uRjY/H9V4TPKfdWRArgZsaSKqPN7ck+ro1QNqP6rzSLj+JkSJX7X9&#10;g9ZANx/qiUgCJPm/g+1pwEbrvOoIDPo9UuRAUCkdiDI2DJzo4kdva2sR2US/4YW5ceTwhWtx3YzA&#10;FUMZENiTAU9Kv60DTwz4z+9fD7QqyMDZL9AFzjxwKQ/ZYe0v4FFDXkE7bn89N2Lml+zZPxfEfupv&#10;BilUDw8b+yuAJ16HwZAoBGXp98sjR72btXTPvawjC9k0LHI2om8X7q+JFhSBp0Dg4V7or1Uxv78E&#10;srIMnIMhO6fgtPvRqRgGHPM9rP/4QRmog/v15Az5BlQE5TcagdtBPf1FfZ3+f/rLY5L/rB8DcsEZ&#10;H1L/0a0DHje/bQuo/ajOI+H6uogS/+8532N6Ii3h+ltEC4rAX0Rg0NtCkDgQRzZAHMyRwi/qboGt&#10;zY2IOusRr/vp4r/fcVXECl06hAueKTKTROZiSFSwScJmmuuwFLLBIy+E/rsB9RPWYfp7+/a/F5Jx&#10;+uPLeUIdNCAYebrEveXlhfjgyUtm2vUlpjX1gnP/P3jqMDi8XFBb0NplP2ftXHdc0fkssQJkCh70&#10;OP/FeYVWf4EQAG5bfb19CnA29wwKrJQKewXiZyLrGaiDikAReEYIDO7faLDOUkE9eUffWbREX2Ys&#10;/rzDbs2mud4cPGQc/Xo0pa2z02D48mBwYgIRrb19HEwqjr67+NvYFsexvpia42/OW3Kp4tE6DdbK&#10;pUKdQkK2jFixfrkk6Z0PT1dLZQqpRCDVLwBp5kNHTjAuPbtm9sx1p3OxIqirtUupVSkEYqFEhXjT&#10;6VRSAQi1kuAYvpOGuXWc/WDuokmfZsqMVHBtaw/wI5VAwBcVTe37jGbuqydGKelpbWn7GzOouyb3&#10;l6O/5NT3PcJMLuhua2tXAG+Wpy5qSXduakppdWtB0sWDl2/1AL+x/1X6N91ALUlva0vH/yY+1amV&#10;nU0tfQLZ/xKMfo8i8OwRGNS8Mxgske3gGRQx1MXU1NzC0tLS0Xfy/NdWjXLXr/eo4vrPTmTjZ37+&#10;w3R7hLGJxLZ28/R0sjSzdvb0Dw4PdLe1NDZ18vQ3H0gxiCVzLX2HDhsWbG/CtfbyGeLu5eThbOfo&#10;HTxybKiHJQuPp1q6Bg/xdDQzsg6YOnf+9CnhwV72psaWXkHR40I9rdhEEsvWd2jkiCAnWysPn2B/&#10;F1sjI8fhK1fNHTkywN/V1sTE3iNsxMhAR2M6uofz7CfyKyCxpeTO1dtZph5B7IcEZP9fp9XSyoIq&#10;DYlOpxLE7bW5VQ2Wjj42vAESsobsGzdTCs2d/Zjkp52MzenX9+6/aeDsQ5PX1YiJfm4u9AH/nT/U&#10;QtfdWFcL4t3rOmhWJg0JR28USv29nf7/7Us1vzPu2KUuvKGDDW9ALVjTVFreLSNwWJRXYITRLj5P&#10;BAa1H+n/D1zjbie3ba3Tb3cfj/xjfv/niTvaNorA0yGgbGlo1uAYFuZGjZmnzie2zXhjs4m2S0Nk&#10;03Hy1tZOmMqxNOEOBL6D8HtJb1tbH8fMli6v27V1v/WcZfNHuvMbci/F53mPnBJoxetvtOzekesF&#10;otkr3+Bqu0RKihGPRcAq5XI1Bofpbm9XEwwszY0gtVLQ3a0lMY0NGbCSf2nn1/kaz20fTKtLuZbe&#10;RZk+ZRyXoBUgW69YDs+QhGgAi4VdHd0yQ1MzNo3UUV2WW1yu1nFHzIisuvDp9S63raumiAVdJAND&#10;Olbe2NhFNzY1ZFBBGK6AL6FzuDhI1lhRdvdkvNWYGZNGOHU0NOPYxkZ09bH3P++yin5z7ahHxlDc&#10;CTZksGamxhiFEkcl4WGVXKHCUwA96uDe5Xq6+YDW+rcQGNTrwj8HpeJY2Jglp0q6lxyJX+VPRSkI&#10;/63pg8r9dxHQ1KfE7j54PD2vGmdub4TtbWyXM8maM2cvYtnGrWmXfj5x/mpKKdPS2VEfKgDLu2+e&#10;OHQ05lpph86QLr588HA7yz7ck3b16ImMqtbC4iZzNz9TA2TPpLexrFUIs/Dy8+eOxyeUMyzsWJqG&#10;O3cSSrLTz1+9cSMuDW/uJK28tfeH82KKla+Lmbyr9OD3v5QrccZk+d2E9Krq2jYpyRDbsn/XT+Xd&#10;eCc3JwMSVt5Td/HoLxdj4qrFdF8Pi7aihJtxyTW9arDHgmvNa9GZcJTVP52JM3W0abhzYveBS9W9&#10;Ojsb7oOLP52IKWCwCWk3zhy5kdDYrgiOiiQLMw/9cDStTmRhT7770748MTEkKoRLRjSX9VZc2n/g&#10;QkKhlkRuSn8goJmTBaW3E/M4dg5M0kMSgn93UFDpLycCL6ktZNiNmjDvjU2bJg8xpjztJtDLOcBo&#10;rwYxAjrhrX0HRRYjh/ubaQgMIzw/7/79wkoBxz0wzJ3X1dxp5+MnryrphkwCfW0JGIjfnH7xXG7A&#10;1GksItbE1EjaIvOKjHY2Vtc3Sl39/JofJGmMvf0dOAAQQVtZXkZ6bpnAzC/UkdhYJyNRFN0lHXIa&#10;nuwUGE5tK6oRUrEdOQ1Y9xlTo3gMIg6P76trpVkF+VrhIJalNQNXXlSHxwjKayUj5k5zNmUB0reG&#10;tBv37ncPmxBGoBsYkSSxp+7Yhk4wE5dmtdCdOPzC3JKi4lbLiLF+9PaLZ/PDFk6WFxd3qTStxdlU&#10;p6E2pPasWtzY4f6C5jauvWllaqpRWLC8pqRTzeThcYbOodHhLkTkQdbmXD2VLzEf6szMzihU6Lp6&#10;IQ5D2VbZR/fzcqECCNCCIvB3EXhJdxWIDOT40MyM9pL27+8ON3rfoEIAS3UOC8I35RU1dpoZsglY&#10;uK6yvFqg9gsKtDa3tbGzbKup6GjuJeoQjjFQaDwbT1ejmuRUFZZmxeNxDc3NTY2ZRnZ2luyqzHSx&#10;VE2GB1y3sDBUV1FeLdJ4DQkdEh2qFbSVVzbb+gWFBLv2VubWtfWRdCo81twnKMjJHDlixFEYxiam&#10;xkZW3gE+FFFbSVEFiBPCwEw752BvZ0v9BilkaOfqaE3Myish0gxgjbCLaOMXEREdakvoq5NAuKrC&#10;/AYtNTg0CCfoE3B8J4JzeQe6uK2dRPcK8nZQKcRER/+xQ4eGODgSJJ2FeY3ZOUVNtc0igZZhDB5k&#10;84dn7NKm2rbcgoKi0lKJSGvp5SttraprF9p62DHQd95BNbVfQGVRW/ECDgqqEooAggBwwjRxCYsc&#10;4SmuLDp1JV2kJNj4hQzzM6t4UNxWU3TjUrIUBlzWMCAz618QYXEcz9Dhfq7M+FMXEqrbVFqFRqtu&#10;y4+/fCufYm6K1cq10MBxgUqttfQbGunOK0rMo/LczRRl92u1ZkRx7MVbPVhwEqlDPKcxlF83HYHD&#10;tkqlUfck3rxW2KbgcAzUKgWMARkD9as1fSEYWPgPH+nJVV89dqOmW0nRyGQyhUgoV8IkENxrEzoy&#10;ypmSdydHRyfj5Xy+QiEQqXV4Eh5LxGnxeOCFDZywFfJekUiLBTkQSRyGsX/E6NAge42EL1MoHjaC&#10;JxIBCRzX2tUzavyIoe5e3J7sxCq1naEJCH7q91lFC4rA30NgcNtCnVrUVlFeVlJUoC+FRSW1neK/&#10;G8yO5Kmoq2zokjyWHvwJUGGVqKu+or5T/MeJLDTyvqaK2hb+o+f2iZt1GlFrRVVDt+yFeV5hpbCz&#10;rqK/vxphU11lfbccJWz8e4/Rv3MXBpYVJ11JruezDbgskL0WVrKMbIeFDxG1pMWlF3b28mEijs5Q&#10;aWG5Vh/up+iqjb+b1KwlcVhsGo1K0DUlpaW2dAlb+SI8i0IkKJS6gUQNsFbNNbEbMyy4qyYlp0XI&#10;JOB1RBabTmqob1eSiWQaMK9SlQohgxmYrnoGbmB1O9u6+iCYwgAB7hKVEuGveRRo2NdQHJeYLoVp&#10;HAadw7N2ZPXdOH7gxJ16nqcPTavgWLiNDA+oKYyrUHMccVU/frc/uUVn42SH00pkWoqHmyux+sG+&#10;k2fSahohlnVEpDObhJHLVFgMkUmXZGckVgn7Nae6B3l7mtE1Cp1MoKExWUwyLIfoRjxCbWlmfdff&#10;zNb274weKnWQITCozwthccvFFY4j1p2Ny0i6ffXq1XOHdh5I7nT0j7Djkf7Qe1vc2yeVwSDhDAbS&#10;dFT34JgUwq+UFvLig+vCxn/eEzBxvCtypvK7oiw/vXnYqPfrPSZM9QRMjL8p2s6sPVP9l8aZjFwY&#10;Yv7YwYW6vbKXwKUoWs/NdRixWxWxZozD8z7il7VVi2hcXOmhN8PGf9rlP3WCm/LEiKGj9/eNWRRl&#10;pad5RMsLgQCGyGBiCjKzISPnmdNHmzLxWBLX0dXFAC8lGTu6GsPVrUI7n5AQf29zIy7Ick+i0lWy&#10;tpy8Wr/xUyeHeQFH0y4ZNjByGENSV9MDhUQO83W353EY+smJIRkYO3g40jBSLN3M1cHby8He0dGG&#10;QxRW1baaeQeF+XuYm1qa25qbch9uT2IIRrZO3k6spupqLdcuKjLEztLKxNzM0tKQqKeMoTAMZD1V&#10;BTWSYVMnR/i68Hi0uspSvE3Q/JmhNAxMYVq4uQDLJzIw8/R1ZhTmVLuOGDN6iDsFTzS2sbRysiPK&#10;e+p7ZL6BEWGB/g52nOLkLDkXkKYGmvNIvXyZuZOLsQESSsKxsFQ0FOe1SLyDg13sTQ0Y1t7OLlYm&#10;2KaGWohmwmOiLuMvxMwdlEr8hoRu0PGRTgF8pJ/nDPSifM9IC8hz/aXOP6LWkzQkbF/64eGbCOFq&#10;W+KemWP21D7BDapsvn9i64qPzxd2/Qkxn7ot4+z7yz48mdPxRxU07em7IyCriXtyHqNDVDfc2T11&#10;zH5AgaoVZO5d+saOS+WPU6A+DwbAvuT97y9afhM03ZFyYuvyj88V9MJw65EIJ7LnlrQ+xfNQCW3z&#10;/0NAqZAplCAzA0Lx189HihBwgk8geZIckMn0fzMgAaRLkkllA3SjOo0KuRH8o5DJlU9UfCiqn+7z&#10;UfMgz4RMJleD5SCSWekJ9tOHd2iUcplCn2sCyb70JD+qVqMCtz+kD9UiNcGq9THNtVogG7lLLpUh&#10;aSOQvjzqlFqBpMPQk5XqQAYNmRJpBfmsVoLkFr8+VVqQIU2ueJyjFMmPAbZwf0epik4sFIGnR2BQ&#10;rwshlbAk5rvbkugFK8LN9JtENedO3VP5TgqQZ8XdlZgGWhpgYEV7/oWz9woFrdlfrv/gVGovSdla&#10;EvfjGzuu9Um0UryFj6fxw3BjQOsLkzi2rg4mBuryy+cul+lwnWeOn03Oq6xhOPjwSMCgqXUElrWr&#10;vRkTvKIKs08dO3kjLiWzwMA92IQMS1oyLx7KIE9aMs9Pm3ThcFyLDqo68+60d67KVJCSaOLpysEQ&#10;eC7ODvpY+77cuNMnzt+6n5zRSvPyNAPitPK6hINX00Qafv6Rs7G5bWqSuZUpolpPzrFjp2/eSUzP&#10;r9BY+dsQO9OvHM9uNXWwZ+AgVfPdq6cTm9iODhxS+90fD5y9l5RX0cDz9Obg1N1F96/cqOqVFCTf&#10;vHI3vUBn7GXFVGYfXbt85d4sCplBo5s42jKpTGvwds2Q5R89HqtwXbw0yhJdF75g77Q4PMj8h2xz&#10;ADLSfj7SfqJRfbpN4L/Z/82A0kimQQLY7Ohf+wEuT3Aj+AcR8UTFh6J+wywKhBIIepn9jT22v/Hw&#10;T70whLz0dzX0DYLbH94G6AiRZvUK/6p5/2c8UFK/JfP4V6A7eiWRq0AQ4CHV90LPi/oYJSmgHCX0&#10;13xYEDAQjlXUj/QFm7uDSp3BfV4IHj4iJKm7/Onra5GyeNWHNcZTty8fwWq+vOqNlTFVWkinrrr+&#10;8bK33r3fBUhBceCkXiXi8/kiDZWKg1VigUT5a2JQZcPtvSvmbjic1Q14TZM/fee1+e9dLWvr7kzd&#10;s3LF1vPVIPlaS9Ivr897Y19aJwjQevDTewu/uFTVxq++8fmqjRdqNCDQF5zdE5kYQca5HXPX77pb&#10;I1YCK2hAw4N0v0KJqDv58/mz3jxWDENwV/oZsCA7nV7P5/ck7tv41oaYeq1OLc37ae3Ste+eKJXw&#10;S6/8uH7lF9cqpRDUemXHW59dLAbphFN+XD135c+VAnH+2e3zt/6QAxi1VLUHPl71wclskaTu+va3&#10;Fv98n9/d9uDY9vWfxndBmOb4w5tWrPjmYk6nsOH6O+tWfXmzFXg/yJQ4iIgHr+USad2dfSvnrD+E&#10;9PdRrPagmryosigCKAIoAs8IgUFuC/UptUlsMzt7pHi7+TIIdSeu5ZnPfmMep+Hg7QpI1fbgeoqB&#10;7dy3506IGhZqiHea9PY3u3Z9vdCai7eZ9MF3rwVyHiEA0vhSmQQDcIQIPPKIBgwKx8B32te7vtu1&#10;wJGYfjSxGyIQiBQGlkGjUnUdSV9//hNp9seH9uw6fORd1bEtpwtFeAKRDHVnHti84ssC/zcO7F0+&#10;KnTGslEcBt5pxkdfLA/mEqgQi0Ej46Du28e+vY71ePeXg7t2fXt6o9OF7zaeL5LDGCIVIvNsfecu&#10;3rX7/bkmdcVpWW0Q1BgXWyUTS4W28w7ejvlxmRudYRkxdQar5OaVApmiOS65zmDm63PsOi9v/eKC&#10;3yfndn2358C2SVU/fXqnTUMDBUe2Hrryna0H3pvjWnf6ZpmcFvra2qEYstGI1zevmOhAwdLw/f1F&#10;ywuNgEYhB69TjyV0B8lZ1FKJEOxA6vXWKaQiQJ3b78aikklFYvnD1CgvdL9Q5VAEXhwEBvnvIHBt&#10;g6jmw5Zs3qgvOz9bSGg69+OlAl3Iwmn0qp9vFLanXEvRmUyZ7QCpxUiOJQ341YAgEeJ4p1VIJH/O&#10;lA0OQowdzWlqWIOlmsH4LilYow3km8Fg4b7OPgqp48Ta0PDwYXN+rNLWn35QTQDGEBJW56aVFvXY&#10;GhkzyGCUpci6U6MQg3MS/Q8V2MrRSlvKGqoYbrYWNOQK2zWQY9j8IKdFT2NMJttYscDPGYlAJyjV&#10;4OcPcp8+k9uZfWnP8pEz37lwJ0kGnOgdhk6d6YXJTo5NvJxTRxsa6WeD72zoouJKPh4VHhE+bsuF&#10;WnHNzaJmwBapw4M8rIC7Soc3xlHEMolWC85zVMB/XSnTQiBTObqn9OI8if+fJm2FaSf3Xup4zIFZ&#10;wa+5dmp/Zn0n4uepFWffOHj5fka/q2XZndiDR5JA/ARaUARQBJ4egUFuC5GOwuAHfiAMAsu145rR&#10;FXKRjDJs/hxM/Y9fbr+QSWDOmu6Nh9R634F+ZMDJ31NApOt3KQcH80iOuN/YDXBY7zJu9Xsff/LJ&#10;t2czSssuzXGQq1VyiDVk4ttvL+CeOnomuQ0J0ULufawAe4clU6g0pt5DYEAXkEmRx2Lq5SPJWMFt&#10;+i/BIYhOBTFHfHyntCgnK+1dVszpAz+/teRcHdnab9R4R83pz9//JdkwYqivNR4D0vHAuiEL3vvk&#10;k093HYrNL0r8LIQrQtYJiH8DIg8Jlug/fgGyn6LvaJUXBwGQRFok7O3iq/URL/2jp9MoBD2dArFS&#10;P6N1UmE3XyCU6x8DuYjf0y2CMRgwl9SqgScDSXKLuMRAwO9GpVIPzAGQPEWlAs/Fi9NXVBMUgeeF&#10;wEtgC8FiCz+QZlBQfrmxhhER6MbEU0JnLsJ1XTqbRGEvnuwFvqewrblcex0GBuHGJpZBBCIVnO3/&#10;nfgB4LOGcwwIZxvm9BCDoiK9hacXLVyULWLiQKJeyMB47JKPPlwXLPjp20O3eyFbh6F4HBkLfB8G&#10;bKlWg8HZRPkEyW6l3C3lg1F/cPpgX+/EcZFs8Nv120mAo1IEcdPGTNj2ABM45M1j8Z8OIXYa4Awg&#10;rKFXWBCzryCv12X6zLH2RIjiFxlGICVJ2ZHDhlHzP1+4ZlsdloP/vUBgD/FmNsHgyBKHA+b9eU06&#10;tN2nRqCvJG7DmlWfHr+qJJLaSrPj7hT39bXeOnO3ToSh6YTnvvts3Uf7aro1hgxy4c1z69a9dSWr&#10;BoQHUihkgk6YdPy7dcvejslsUomajn//xUc7fswuyvn5y3fmLX1t5+lEiUKSfHHf8uUrvj4a2yVF&#10;U4k99ZCgFV9SBAb57yEWT8WJCndN5Bnpi8P409SF+3cscABpmAhhU1cS1ViIuWySO2LyMLY+USFW&#10;jbtmus3/MdN+7Ayjmu+GWRp/nvprZL3eGW3AaCHpsR/aL+Tq4+GKWgVECPg47vji0i/ceUZ2c/db&#10;Lj04y1ar0SEOe2DfkeYw8Y2hAbmHzifU60JnjafnfhxsZf11NiDYACLBUo8y9J0f9i2iHxjlaGTE&#10;m3A36lL14Sk8EEn9ePN6TWCFghF56Kslxd9M4vGMXRfs6Xr78i+TQWgjxtJ1iIsvk+HrHe5hC2w7&#10;1nTaqbR9/nsmGvF4oz/LDV/7XRhdqYQf607/RxjCk5xHTvZpPDzLf/Lkax0ckHan30g/3t+XdKoP&#10;wm6pe66dv8r2nDTWx6ILED00NZaWtUplwtLskk6xokcCOYaMDCA1X72RXN+txhp7zBjvm3f1WHG7&#10;hEol1hUm5nWRZ80PT750Lqe8PC+zwCpiKK6nCuYELJwaVp967879lJzcvkkL53FwIuACNgjRQVVG&#10;EXiWCAzynE1IqBXYBPyVfQnx43644LmznjrpMPvLlNb13v2Qgdqg6EAdUEVPqgHjQHL6h+8D+q9h&#10;sIgDztkgvkIHOK2Aezm4C2kC+K/rqs9tnTovPurihR+nOuj3qZCoJ8SOAP9vJGUNchNiVIDRQfQC&#10;wkEANLjY3xAeAv/i9CKRm7VIfBX4gMUTQS29eiD4Ctgv4IaOhF0BPfV+4uC6vh2kIcThfWCvVl8D&#10;aPjr5i24Xb+LhiyTEYn6Gog9BN0BYWRIvwfUBH+ArVtEPAjeQhR+or/Pcnqhsv4JAtr2jA27bkzb&#10;+KFTU9L5mxWWrpwOoenkyWZX9iY4T/LuyIk3H7ncVZi4636bG05MchsxNchh/7FvxF1sllmAt3n1&#10;obO1vuGW5fFVI5ZMqr1fPG7jGh8TKPPuveTUrIZ2wtSVE7oe3KmRMnwiw4eF+DJJg/y1+J8Ajd6L&#10;IgB+iQc3CPqAJuDf+agMGEIlv67m3OnvVVyLLaMGDCGy+EFiowChIWIdgMFAbnt8o7A/Dqs/SgkJ&#10;3RqwWqAqHo/Tibvrahq6NYBow3ogCRwQoW9Xb2H04pF4qv6oKX2gFfLx14bApYcikQZwA1oPGEL9&#10;2gxUGIjH0rc5sK+KBGP1N/RY6AOi7KMa/c0PSNQbwoHeDsSfge/w4B3hoZpANyJADQRtIa38tr+D&#10;e0a8VNpjsVjkLQY56wMUDeC1DLxZgUHU6DTgOBAErYN3HfCmxaEbgIA/QJkG/qQSSHQyVf/iBMYc&#10;JtKNomZNcjKl4zAGNIym6HbM9ZRKDYgsUiioXKeR06Y4coSXjp9NKGx5qXBDO4Mi8NcRGOS28M86&#10;3HBj2cKd+YFBn15e5/bXQfmDOxQ9KYff3nSyImLF6wv8mM9EJCoEReD/RwBn6DDESJV89uz1xLvl&#10;fAXXmNBSdjcmNqGitQtHJHTV1dy8HHP8WgadbkmDZPE37p67cLymg2LKooklajMbO293WztrU2Wv&#10;EmxNKJUqSKOsLa/qJXMcHZkqdVdbVe71m+kEOyeQh1cul/V2N7Z0C1A+WnROvrIIvKS20HlhUnpu&#10;YVbaUpdnNLIUk3FbrpcWZx7YPkHPcIMWFIF/HwEcZ8KSBeTOtDrYZHL0MB+fYGdbOL+ydcjwEW6m&#10;ZhFR4aTuqnaa76SxkUPDwwLNobTCrrCpS0NDfX08rZy8owKtsNcOn6d4ebrY2weEejJZ3JCxI7h9&#10;+cnV8JhZU4N93J0toGtn4mwiRk8aYttenVve1KVBXUr//VFFW3gxERjk54X/PqgwLCmNPZXLmLAo&#10;4nHG7X+/YbQFFAEUARQBFIH/CoGXdF347ODT9mWeu5ScFnejVP7shKKSUARQBFAEUAReJAQGtS0E&#10;GQfzj7+1bu2qZYuQsmTF69/eLRc+W3i1ggbsyB+/COguRZKjqZoST3206ce4asGzbQWVhiKAIoAi&#10;gCLwHBEY1LYQUgqKz//w44UGVmgEKHbi5J9XvPFjchugS3vK0nL1+5T/P7QKz3WGrkxf+sA8gIXY&#10;wvbMaz9+czylAc0a+pQIo9VQBFAEUAQGAQKD2xaC3C9EyNBu2JzVK0DZ/sUHIYTsX2JSW55uO7Pl&#10;xKRZmxMa/38IcKywDZ998eGG+fZIJlEMjkihU2gg38UgGFtURRQBFAEUARSBp0PgJfhNh3WqfiJG&#10;iGXK4RGEQpFSzyhV/kOAlwMobiEzvs/Vfy/O/vatESNWvvXG2HAf8EXwmuvp1fGbIyM3XU47/7rP&#10;5EUffrp5voOTi+uqPXc7+yWW/eLn6Ro8ecXiWROWXW0HtKRPhypaC0UARQBFAEVgMCHwEtjCR3A3&#10;3D6dmYMbNtTPgg5Vfu87fgd11umEhNhjbxr8PHHkklgRRFJ0NxXHX+U7rj94IyEhYf9SFp0etvn4&#10;6a3++M6Kwmu5RbR53975KIB1aefxxHoJJIlfO3kbe+7P966f2+TbfGH7qjsiEvnvMJgOpgmB6ooi&#10;gCKAIvAKIjDIbSEWR4L68ndNNuWB4r8myWLn+R+W+nCgorhv6lvmbX4zyMrK2W/s/HlumXmH8uQE&#10;Ek4HMQODQv1cLKysrMyYgNeDamhuZkhFaKzNbCLCfY3svCKtWc3VdS18DT38i/Syk563fUKi1h+t&#10;oWjECh2aOfsVfEbQLqMIoAi8/AgMcluo0yohju+mq+3doPQKKs9viLQCVGPClhq5Tksm6dNXwBgS&#10;mSiWCFt7hIB1DBz5IRzVSNFnZAKMnEhCYFCw4Bt9dX1aPwwBK7i5wtXGfVXLoZyaixvdZSrwDVpQ&#10;BFAEUARQBF5CBAa5LfyTEWE5enF1mM5evbcnXiPo6mMYmNkbsxCS7V8LgUBB+KpJwDz+zsoBts+u&#10;9Lg7UtnS08emWCl72iQwICpFjeFL+AigXUIRQBFAERjk3Nwgrb0CkslVv8vM6zhyx5ghCZ+8f/Tm&#10;zcsnDhy6rZg58XUvokIhU8ikioeZTG19JzBEDRm3E+JrBSCVkgx8AWaETqOUQXKVRkvkOTkz4Tvn&#10;fr5ybvfRs11UhRQkS4U1KplcoUJ5G9FnB0UARQBF4CVCALdjx47Hu9MlEhszDQZLB3VqSU+Dxip6&#10;VLQ778kVLstj1hibtMvHE5JzKqRub+3f8ybI56uU9vZIaHbDxoTYs8kQRDbmEutLcgpLynl+Y03k&#10;GPtRI8Mc2SpRh0BuETw21M83KoDWVp6XnVkuCV/3ehCNZTU01B4j6IVNh4wNczOiDhaUUD1RBFAE&#10;UARQBP5/BFA+UnSGoAigCKAIoAi86gi8nOeFr/qoov1HEUARQBFAEfgrCKC28K+ghdZFEUARQBFA&#10;EXgZEUBt4cs4qmifUARQBFAEUAT+CgKoLfwraD2fuorkj0YEvX6qFXVefT74o62iCKAIvPwIoLbw&#10;hR/jvqQM03d2OFSltetpVtGCIoAigCKAIvCsERj8thAWFZ3a7MsFHGyGHPd5ex60Imwy+qJ7IrL+&#10;/0FO25W3fyLbffb+goe3Pl4ZlnVeWca2jfj4vupZow/kwbp+1ps/L1qFlmZuyYBUWhDqr+sp+mUK&#10;23XGT7mPswb8C3qhIlEEUARQBF4hBAa7LdR25R5bv/ic6UfxHc1xr7mW7Pj059RWJTAxSuG9bQtP&#10;g9QST1GwkFYhFgglit/F7OtvhkEYo0AgGkiG8RTynrqKRpL1+aojJV2y/+8O3ii/vMVTE0xDLQAv&#10;OAzrVRX/iapP3TJaEUUARQBFAEXgVwQGuy1US1saqolEPBWW4P0/v1jUc/uTcAuCpPPWO3ZTvm2u&#10;rqpuk4Jll07SUV1ZUVFRWdcuGthoVAmaG+s7erubK6trW8VahKj0IcWaTtLZXA1qV9X0AauqL4Cj&#10;FIPF4SCtqLO+trlL9vhuJazobWho7OrpbAQN1LR2Sx+t2OTtTTVATkVFTWd/RkVYIxe0NbS0drY1&#10;1YLLSV8Pn7UjMaWwtpWvkPU0NDZ1C/vaQLvVzV29qoHVoqKtqcP2tbNxn47CSPpbBWqibHDoM4wi&#10;gCKAIvBMEYCfLEVNrb+58mL/qWxJ+HoIBYLYHrN/uFXe3KtF1JUlfRJtS8Zh6WY+Qzcl8Hszfl4/&#10;hGHh5uZm6xb9xnfxbQIVDJd8akyHnGetmeM9dOQ7F+L3jYQsxn+fq4NVvTUxq8P87B3cXEzJE79I&#10;7VLB0rbzsyBu4Icp/LpLc/ypvGkfZ3b8iopWdW8VBBGCF6yd4+ZkbeETvjmuWQqWb8Lqe++4uzs6&#10;uLi52ZtEbr6V36mE1Q1xO/whluv4qTNGAXUczWkkDIlr47zwVOn1FRCeHrHt8y2gtoGlz/QLdUoY&#10;ljbe2O7q6urh6+9pScMu2Ncm1Xbn7YmGzEbvztT3FC0oAigCKAIoAs8AAbDp9kQZbLYQ1oqbrmwP&#10;tWcjLwjG4YuO5jTJNKBH1TvNObQJR0Qw3J3yiQdkuuh8M7gqTNnhT7RcdrBQBdfusjMiMWfdECDd&#10;78n+PhLYwj3FsKLo0ygT2sRv6sDV2t0uRPcdaX3S9gtzIKbb5HXr5gQYDd98vQ6Y0sdsoTrxDQyR&#10;67WlAFxrvrzQijZkxUWRrHV3uCV32GdFCnBVeec1GyxlUbIUbk34fAhEjdx0jY8IEFwY7U722JYH&#10;rJ4uaQ2GYOiztQgomfxlCGQ3d1+xCm48s3n59v1XYuPvndgcTibgdmTB/ALUFj6DeY+KQBFAEUAR&#10;eByBwb5HCmHplpM/jD3y/bb547y0acdXr/gqoRYcvymBfQHE3WKNpCY1vtLBZmqYBTCWDM+RXkNk&#10;6XlFPToYi4UxQRGeDHBZq9FvSGJwOLi3vkTEN5YVHdu1+9tzpXhV6dE7ZeALIiQsu/rDD2c7Rkya&#10;Nd5WnwrqUYEhmEAghwx1QBpw9R1mWNmcXp6Xc4/fETJpmDVSlzhs1hws8UZCiYyA0WkhC3NPBxZy&#10;u1im0UE6pUSkhMEqD0+khIQ6Q5CaxjBiSaT1vRqIFzx1nkvX9Y++3ns8sUFHoKKZhJ/pnggqDEUA&#10;RQBFYACBQW8LkX5gmeELPzt56sgnqzypBVk5tb3gGjxwpAdrNerfjLYGSd0ErB8G0qiBMfpNwWCx&#10;CkFnY21tTZfRnJ1frwzlAWOngQhG5sPGj2Slnj4d2/17F07g4YlHoMSCXE94IF6lUupAYsTHLSYM&#10;g9wXSKOQTqfpVw58ABb7MauqVoMvQEZFHYzBkamQMPWjJWPfuk75/NjlK5+NJOAAeSw6cVEEUARQ&#10;BFAEnj0Cg9wWqiV5Z99dtnV3Jh+CWH7DHZ1wEJnOJIHzQ66DFkuisvAGzkMjLGua4wsQA6msTa/I&#10;JQR4uxticcDg/AZOWKfFsMxtCWS5/aQv9u3d+9EYSNDqY2sP1nIaiGY58Z19P2xykpzd80ts9+O+&#10;M8CRRauQ5BzNkkCQrLboQZuDuZ+Hf9BQhmFeQm6nvo28uBtaRUSkh4HmiXh5JssGS6CTDJgkDP63&#10;qRExOLy0u6ZcrHKYvijaSHL3xwcKDQy8d9CCIoAigCKAIvDMERjkthBL4JlZyVO/mho1YuTIYdP3&#10;9Y3/YutMT3B4aBw2zVMSv2P8lJmJJq/v3RGdvmz4yJEjw1+LdVj77fYZHiRIJhMKFRJl/9oN1iol&#10;kEgqlcNUj9d3fz28/sjEsJFRweP2lpDZFHCYp5ZCIoEBzdJlylujrdK/+P5sfvdjqzkYwhGxZErC&#10;lyMjx23Ips/fsmkCi2Gx+ttvx1b8Mi88auTIoQtSAg5f/iaUoVGpFWJIJBtIuMgMGhtIaT66JHr4&#10;3gd8mVoqkqmBfQbKSIVCiUhCNh27fKR95XcLw6MjfhKa2MnFFc3dkE4FVJUo/zj845nPD1QgigCK&#10;AIrAq4DAy5CzSdCQk1vVAxLx4hhWPv5uPLAshCBNX01mcYNMjXUeOtyK0FWSXNCi1mFo5l6BnqYg&#10;dyEka8kuaiRZ+nuakzGwStxeUdCCs3dzN6ODW7tK84tbetVYooV3hIcRXqfqqcysllu6+tmwFB21&#10;RVUinoerLQeRAopOnbTOYFLM3IN332Y2tZGNbTw8nQxBJCAofcVZhW19ShhDsgqMcuMgUY+C5vLi&#10;TrKjm4sJDakhac0rqe4RKix9AwhVVX3GzgGOXK2kraqoCWPm6mrDVLWXFVa18uWwsYsTsa0d6+jr&#10;QOWX5zVh7Nw8zAdNmslX4UFC+4gigCIwqBF4GWzh8x0AxBbSJ8TMP155eBowpGhBEUARQBFAERh0&#10;CAzyPdIXCG8Y3bV8gUYDVQVFAEUAReCvIICuC/8KWn9cV6dWqLQ4Agk4ev5zYagEFAEUARQBFIH/&#10;HAF0XfjPIccSyGQQCI8awn8OJSoBRQBFAEXguSCA2sLnAjvaKIoAigCKAIrAC4TAy2ALNbKuyozE&#10;xAdFDfyHXNrPAWFYJWrOT0wvbhX/C42L6x+kJBe3P8fu/QudQkWiCKAIoAi8KAi8BLZQ25F9clXY&#10;8OHh07+IqXh+1gJkFjy1Yvi49ecqnojh7y08cTSjVQO44NJPnCsSDow73NPY2tYiemoamYqfoyOG&#10;rY95LKrxRZlAqB4oAigCKAIvAQKD3xZqBBWZ8XVkuhFXnZOe1tCfHOl5FCyeRIcYNNKTkEo7iiv4&#10;GDyequFXVHQp9IoJSq58uO67OzWypz5ixJGZTAMacfCP1vMYGLRNFAEUARSB/4UAbseOHY/X6RKJ&#10;jZmDKYhb1Vty8tOvmu3mzY2k3rvb4TN2tCePCEHtCZ/vPlxLxld88vneOzm1LWae/oZERd2tU/su&#10;1ov6bpw8fDLmTjLWcbgDG7Ev/MLzWz/+Pub67fgqmaGDuxlNmL3vx5+ztfiW73f+cO1+bgHLM8Kc&#10;+iSWnQ92f/PtsTOXbyWkSazDPXhYSUvmxUMZ5MnL5nlLLu/55GQZwc3Z1sDQ2qT07I9Hzlwv6HMY&#10;PznKmiapub3r9TXfxmU39YmY9kEOurQvv/z21IWrdx7kaezDnRF9dO1p577+4sczN+50M5zdrTk4&#10;qD3p62MZFqPemOs3mMbmf00+9HsUARQBFIEXBIHBvtLQ8KtSbhVQraZveHOah31Pckp2vT5JfEfi&#10;l59++uZ3hSR3O2brmQ0f7bzVAAhlGu6d/XLbprMFkLULp2r312/uut0LEg0Wn9i4cGseZUi4p0He&#10;iY3bf47tgZSFR77/dN1HCUIrZ0d1/I4P3z1ZqHp8xLQN57e/czhb7REQCKd/uXzux5lSLOAKhSES&#10;S9dx55d3l311qwNmkAh9iVuXzNyZSXN1dzSVXd04450vshV0E3MzUyaBY2bnaMqsO7xp45lqRmCA&#10;t+j2jhXLvi1R6tqTf1qxYU86ztmT0bBny0dHM7q10O/oSl+Q6YOqgSKAIoAi8HIgMLjzF6qESV9E&#10;0K2C99aARIW3lgzhOKw4UCMGfSr6xIxN8fugRAeu315uTPeZd1UMKx+8O8WYOvTzpG4YVlyYZkZg&#10;rU9Ta5R9dblJ92JPfT4mMsCSCfks/bYWFpyIdKJYL7nVCURVfeJOMQrc0/A4Uur0zT5WPLuQCTvi&#10;m9szU1MKOlTajswfRkM0MwdXa+eh835MQRIGt14KZ+NGflOEpKOABXc2B5HtZj1QwOU/LrWiRH+d&#10;I4Hh+8vNOUZuw6bvTOvoSE9NLekVNB1f7cjwXRCPJEks3uxnM3xrbI+28CMjpsHEg4MrzzKaHQ1F&#10;AEUARWCwIDC414Uqac39q3nG9oun2EOQoUeYo01dfFpBmxQkTwJHcRgTCw4GApSkZAMdJFKpQb4k&#10;kJyCxGMzwJdaHAdDFCuVkE7Rlv791i1fHe+Ztvb1cHuSFmQ2BAs8MIBscy5JBdI1kbgwTqjsP+ob&#10;KDivmQus4PqMGzumDp+4YcfnhSoCFsJg8ZC0raa8sbKVClJKECBlVW49pLW3M0HuggmmjrZKRW1x&#10;kwhkZYIhrUoCPGn8FyzmCsruX3pnQtTkd7/eW6020CnUWlnVjeUeri5uEw8VNiSU1QgUKizmqc8W&#10;X453NLQXKAIoAigC/yECg9oWaqU1KXHZksbU9wMsLSwsAjZfKNY1ZGQUtqogHGI7dCBPITBCSI5A&#10;zCNjok8PiFzVgRy9WEijKo3dd75aNOPzj1YOdzNhYbWPcjmB2xFHT6QmsK1P2CIMNfDNqyUtTY31&#10;R6MK0+/e2jzzUD6FAMsgTuTsjz9ZY3Pu+Kn4ZphoZkkkEPu1AGK0Wi2JTDbm0LUgtaFeMgTRIren&#10;NrQ01ld975OZdOXatuU/l5FxGpZb9Gcnr1+/Fp9X39x4aKk1BaP5XYap/3CSoE2hCKAIoAi85AgM&#10;ZluoVZbdOZfOcHw7priksKioqKw6/juQ4+hyfHavVgPI5cD+aP/oIeuw/s/g4sOryEdgYICJ0mhU&#10;WLxEJ6uJi4m/LyeQcXpT+djtv970cDa0354Z7T9pTx6JN3ZXxndRBlo3Hg/I0UBURuSMLVvfGqU6&#10;uGvPlW77sW8Y8c7tPVElVYi7C879ctfWamkwB8u0MuQ5apQqrLrl4vAg30Wnm3hWM3bd+2gIXu5q&#10;7+oXMAxu76vUmNlqUtZO9nv3fKUCQ+7vw0s+GdHuoQigCKAIPCcEBrEt1KqbspKrHZymTYoy4+gL&#10;NyRqim+gMLuwUiAjGxryGBTQPQxIl8sxZDFISO55GoPLZVAQTxQMic7lcmlEIi1w5bcfenTtHucx&#10;7Zdst5EjzEVCgUJGZYF7aHqXFRyVachlU55Io2s6+uyxL+h3N3naWjmM+6Jpy7VDE83UEInJ5dAJ&#10;MMFy9JoRY1uv3Uqu46wvvL2tfV+UrZW9z8L4qDNZ8cvNMJCl3+hh9l0/zfdeesU05ujnvYfn2Vpa&#10;+y4+qvno8s7RNu4rv7mwwe7iJBuziE1d4V9sn+dPh3RkjqEhgzyIR+s5zW+0WRQBFAEUgadBAOXm&#10;fhqU0DooAigCKAIoAi8zAuhK42UeXbRvKAIoAigCKAJPgwBqC58GJbQOigCKAIoAisDLjMCz3CON&#10;iYF6egbAYjCg2bNfZuDQvqEIoAigCKAIvDQIPEtb6OQEVVcPIGNoCHWjTNIvzTRBO4IigCKAIvBS&#10;I/As90jBWvBRYTJfatjQzqEIoAigCKAIvEQIPEtb+LxgkTSn7H192rRFH53N79+iVWTuWz1/+gfx&#10;HdoBlaRtt39YOW3Dzgct/Rcaz2xcOm5EdPSo8Qu+zdAgVzSdOWc3T1u3537zk72oPDZv/pJvUwZy&#10;EvIrT3w8/609t3Ljf1o3Nzo6euS4qVOnTRo7EnycMGPNtcbnhQDaLooAigCKAIrAP0HgJbCF8tbs&#10;m3t/jok5sffK7eI+BAwCF9dx8fLOQwkDhk0jbky59Et6gZzIAd/23tv45juXhBGrNr4TTTi1dfao&#10;w2XgqqS1MDbmWlr9wwyDA6B25549e+FB/UBaRHlPfvy5mIQsjU30gte3bNkywzA+NqbGcsE772zZ&#10;8MZiX+4/GQn0XhQBFAEUARSB54XA4LeF0t6c5JsyK7tAH/PUrMQa5JASZz9x/jge/lZxnR5WbU99&#10;dlamefDksX4g75K2JSstr8UtYv6U8aM3Ha0ovP3TBFvAM4PBESgQhYT/DSBYIpVKJT1ME4HBEslU&#10;MgGimjgHRYwaNWq4F5dFsfAZOXr0qOjIYEv68xpFtF0UARQBFAEUgX+CwKC3hZKewpQbjVYjtmxa&#10;4o1JzHpQ3QHgwJg6+xJIir1xWeAPjaguIz6JbGzmZIkHf8JaHcWAlPCB7+aLfA3L2cXVxYiipwZ9&#10;+oJBGEqRogIJKCCdRomShT49eGhNFAEUARSBFw+BwW4LFd35Cbe6TOxmzJkZ5elqkJb6oLoXsWte&#10;o183wKh/uJGmgyTtD+7cYDg4TPTT54vA+85b6eHClff+MMuYRXs3TqAcMGwv3uCgGqEIoAigCKAI&#10;/CcIDG5bCCtEufE3RNau84cyMC7R3t6cxAfJzT3AGGKCx79BhbAH7qZIutPjb9PtXOYEmPSnmsDY&#10;zbuQevbDIHdrBlb25QTzxYcbNNCf4TDA6f2fjAXaCIoAigCKAIrA80FgcNtChaAw/nqdAd5bWZmZ&#10;WVBLVJP49zOymrqRlZ7vuPVGkC6zIKe0tJLBc507lPcYwrSIDzJL6pN2h1hQVfc+OFUD4ZHt0z8o&#10;BAJVB+EIA8TcGCzIbagDGSyez2ChraIIoAigCKAI/CsIDGZbCGv78uPimnGw5vanb7z55htfJ3bp&#10;WKrMxMw6MWIM3ce/ZSW8d/ST72Nlpp4Lg4378YOF9Q8SbqXXicBnj9XXtzrBChYVHBgiX0FYPBl4&#10;1zxe7P0m0CQtJd0D0RkSYbeGTPxN0op/ZWBQoSgCKAIoAigC/xkCg9gWwurupJOH6xn+269nZGSB&#10;kpGauGeyfff5c3dqetUAQa+whUR1QUJSLcdvRaDhAKS67tKYr5eOW7zui+/37fvp49MNwbM2RZhB&#10;GrVWo4Yac678su9huZzdrNRxo5a+EyXc8+ZW5OrnXx4oEoxcPnOSzYDF1CnFYrlUhR44/mfzFW0I&#10;RQBFAEXg30AAt2PHjsfldonExkyDv9fSgQNQe/vArRwOtG7d3xPztHfBOlF7k8QhdPHMsU7M/qNA&#10;MtOIxDPg2gWGAOdQPEyhGGsMHIePHbtierhp/9oPwnKcRo8KIXRXVVY3trbBTms/3bvYGwc2PjFY&#10;KpFOwfAbmlva9EVt7h/iaMSyHTrBl52XltXU0ibQ2k7e8MHrE60f5jKEdWqi6dCIEQFWlCfz3j9t&#10;H9B6KAIoAigCKAIvAALPko80IADKzR3ok709VFPzAvQPVQFFAEUARQBFAEXgfyHwLPdIxQNMZUib&#10;IuQ8Di0oAigCKAIoAigCgwCBZ7kuzMz81QRSqVBo6CDoP6oiigCKAIoAigCKwLO0hSiaKAIoAigC&#10;KAIoAoMRgWe5RzoY+4/qjCKAIoAigCKAIjDIbSEMyEBBUTwsSpXmOQc4wFqNSqXWPuNwfNBPlQqw&#10;n6ITFkUARQBFAEXgX0BgUNtCWNxyYRGVxjA0s7JGiqUp23Pxl1lt6qe2hzqFeICOFIY1Spn6Hxsb&#10;eeHBNa6UsPduP9tchj1nFpjzjN5HqMb/uMAKiVL7j7X/FyYYKhJFAEUARWAQIDCobSEE6bQKHctn&#10;842uTqTU3dxqkvDexn33ulVPA72OX33h7WUX+aCurivx9MHd32Y/tRH9M/lYCtfSxdvRlEF4Gg2e&#10;ug4OgnW6P11rwpKmG+8sOdH0MHXxU4tFK6IIoAigCKAIIAg8y1j7/x5RlbDkyne3JdELVkRYgNZJ&#10;BMG1SzdbTEcuGO7BIKjb0tOyKqvrG9tFRCMTBiAc1Qgbq0vrekT82srSiqqaWztCVp5m2gVaQyU3&#10;925e+V2tq2+gvZWpIb62JK+guLyusaUDx7VkEoFkjbA+PaugqqlbJBf11LdJ8Ew2He4sKijtxWKF&#10;OVn59R18AZVnSsVh6aaOISPC/Z3N6CRtV3FhSTeEFeVl59e39fZReWZUJEpf3d1UnptXXN0l18la&#10;6qrFRB6LiseqeyvSMgur6xrbhSoa11BfU1JTWlhUUlGjgiSJR27W+C16dyTop6yrMi2zoKausVWK&#10;Y/MYqoar24bM3yM28HK2MjYmduSVtOjoJiyyUtBUUVArJrA4ZHFxQXEPBhLl5OXXN/fxNSSKtORB&#10;TnWLQItncp6x2f7vZwHaIooAigCKwD9GACRieLwUNbX+5soL/KdO1Hh6BkS3m7LtyHGkfL8x3N19&#10;+L6ULhUsrbv99WiqTVBkZFhosP/k9+9mdmlh0b31Yxh4p3HzJk4ZHxkZ6W9NwOMNXUIjI4f6O7Ag&#10;EtcxauP3N/OufDHUz3foqAlj/Yyh6I057RqtsiFmVSjEdYucNnPkOC8uZL1yb5EObvrekQ2ZLPvs&#10;s5ERQ50MIea6W90wLM/7YZEx5LH+WiMMN//kZQwZLvz4kzFRES5ciLz6ahcAU1p7c02YM9MpKHL+&#10;shEhIP3vuGN1Iq20/vhSN0Pf0eMjvU1NecsPlEtguC9xt5+1tW1AeOR7O5YE0OkGWzJhraQu/uPp&#10;vmZB4yZG+7HdI3bcKSs8/toQNgnLsBsy4p0rhWemQBjrN29pYbgh9m0vyHDBj2Vw11kPQ8h06Xuf&#10;jRoTBhTBB6zZ/MH8yBA7tpn39L0FfaoXeIhR1VAEUARQBP4LBAb5HimEwUIqQXV67A2kpJXIsbZm&#10;vfwedXvS5ilbWt86lZGYmJJ8fKH84Pw399Xr6FQ6lYrBes37KeZGYmLi6RUMGi3q4yTw8dSWAMg4&#10;fMvBb9aFSzp1c9a88/rKeWNDXejxu4/ly8SlF987UDb5q7jES8ffHmYFYahUMli1YYkMJlnV57zi&#10;zv3Ukwu46pgD8RKISCBSDAh0Mh4Ai1SgaHrsF99KuH9+pQn2yv44MSTLvXz4TJHph2czE09u8Tc2&#10;JEJkIg6jabux50it1+ilm76/cP7TBXbaToWi5fR3B6tZM07GJyduCGwTw+A4EAPpFEIBxXn6rs83&#10;TR41xFGQfP1qtsnCnattjAheb56/+9UEcyIFYhqQkawbgGicTmRQiFgIQ2Cw6O3VrIVxt1LOvM3T&#10;lsTWBZ1IvL9/nUthWszNcsk/fqFCBaAIoAigCAxuBAa5LYR1KojhPH/XhXNIOXv1wDT+zfffO/bg&#10;Xtx9Kn78yACEphQ2DhwT2Nd3P79HTsBodXRXG3OyftBECvC2oZYKIFggkmkgnVomAqkqTBxdVGWx&#10;x2NSchtFOiKGjNG2psWXGfOiA80B4am7r48LXqPsP5kDJ3jOwa5MrVZG5jpoMbV8PmKbHytaLWwX&#10;5MrW6NQkjpMWVyfo0XaVFGVrfZ38zEA1p6mBJgxw5gmyQvGGRnoqE76cEzV96z2+t7+3J1tecr+5&#10;3nqYjyWwa9yw1QFkHAb4xmCpPEseQxJ/4OCd0k6pBkMhE3SQVA5EaOQilfbPaMJBG2b+jiwVrCQy&#10;nYh01hhnDCQnkdk0PBGP7+dyRQuKAIoAisCri8Agt4UgMy8EaxRiJC0FKGS7IdaudIFQCHIMYsBX&#10;/QX5F4PF4HD6zsIaLbAc/aZMM1ADBp4poA6eCIny97636Ks06sadPx3dNsqAjEXsDw4PATfTP3TT&#10;1Kj1QRw6nRbcDpIb/q5oQQUgQ98WAYfDYIA04AbzpB+MDsf0+/jyuROHfvp0jHjPpiWz39l1o0Rq&#10;QCZogTV9KBLcCmml+We2vv7Rce7MT87++Ha4A1aBWD+98P56SEcwQBPQZywe95BDHKgPW7AZAATw&#10;vQb8pURu+H+8cV7dBwLtOYoAisAricCgt4XAhOHI9AGvTV1LfEsN3sPBe/TECUrdhSvJiI3UNiXH&#10;pBkZjvHnENVPBE3wTDx1GLClCWEMGGyujQ5HYmK0whah1MBveKi5LG7XHaFUiyMSzcJH+nf13Elv&#10;AEvJnLSMIg0B2SL9G0WnxWBNfX2CqbkVWU1gIVp4PKVFAAEbjVEV/jL13Tv44a+/9+OpQ28MozVm&#10;djA9RljZNcTn1ikhqOPuN2lyNYyBtKquxlq5iUvIaHthUlxWkZZAAapwjdwgHI1kQMRRqDyeuURZ&#10;KgaWsae8tlKNe5SkWIuYe7SgCKAIoAigCPwBAoPbFsJgSQT1ZOyc7umlL25jdsuHf/nBPDuTiK/v&#10;/+x7cKGHl5e739wLlu9fO7LSAiORKxRSqUI9sCizjJzuK7zy1pDhE66JQqPDMLFbo+buzAoeNwV3&#10;4Q1/T6+v5aauWqiivoPuNPOLzf63t0Z6TVl5sp3qRoZVyGoNVsukSln/rqROJVNK9eGJOjUIU5QP&#10;VJDLFDL9R1BBrgRNyyGiz/SViyL4H09191pzUkuhsPV7pHjrqBVurQuHuHr7jHgnTTV000cz3R0n&#10;fbZjISl+cZCH1zelXhyFUqrQEZgh8zdP1CSs8nOd9EMcycBU1djYLSGFTw3F5H4x3Nt/f5nH/DeG&#10;VV1b5TZp3s5ShQWkkIH4SVgjl8ofKqIGisiQCExYq1LIpP2qogVFAEUAReCVRmBw85HqNOKu+g6R&#10;Rq0a2PbEEtimdmZsArItquVXV7eCzUAswcDUzpoNlo46eU9HuxDiWhgzScjKTivtrGvpU8M4E2sH&#10;kqy5pUuCZxgZG+AEXZ1ChY4OAhREQh3X0pxFhLTC+vp2KUyS5O3Z+El69FdnPxlvJmxq7sYwLS04&#10;JEjZ19IsgnkWVkydsKutW0k3NTWkQSIgEjawsOCQMWp+S5NAZ2huDWRBCnFnS1uvgsxs3T9lwe0h&#10;Z29+FW1CgZS9FbXtYMcVQ2YYWVrxSIiCorbmNr5Ewza3xvK7pAxze0MyrOxrbugUq/F0Jh0HaXE0&#10;njGHpOqtb+mWKbRGdu5cqLumuUeFITFYNKJEgeWaGtFVzc0dsIGZBYeKUQtamvpgQwsrFl7e19km&#10;hDmmJmzy4H4leqWfYLTzKAIoAs8CgcFtC58FAv9TBiws2Ddt9E5V6M6YyzNbv1kyab9k64Ujr3sz&#10;/uedf1RBkHVw64L3c0Z/eOiHNRZnRoatoL1WfPwNe8bf23X9WyqgN6EIoAigCKAIPIkAagv/94yA&#10;lb13v5o+45siIhEHMQJW7vr+sylOiHfK3ymwrjX1o43Lv7/TQ8BjtLaLTpzZMc6e8TeF/R0F0HtQ&#10;BFAEUARQBH6LAGoL0TmBIoAigCKAIvCqI4AeFL3qMwDtP4oAigCKAIoAagvROYAigCKAIoAi8Koj&#10;MLj3SNWyxszL92sVMpCwCIwkBk829Y0eG2hDfm7nb8B5NSc5i28VFeZrBrhGX5Aiqb51Nxu2GzPS&#10;k0NA335ekEFB1UARQBF4gRAY1L+MsLzr/hcLF6/+JiY3HynJ5z5et3rVwaQW+dOGlQtybpT103FK&#10;hc1FqU0D/DV/f4CUNVe+nr1g1c/pHX9fxrO/s/PWhuXz15+qk6NZnZ49uKhEFAEUgZcAgUFtCxG2&#10;MSJk6Lvo88O/IOXs8S99JPe+v5Dco3iaoREmfPDmmwcLEB5rQfq3y7fsy+j7x1kHSfaTNp46um9V&#10;sMnTaPBf1cGSGEwSg4J7bsvl/6qjaDsoAigCKAJ/C4HBbQt/22VZr1xOszE3piA2rSNm8ewJ48aN&#10;n7Jo66V6fU1Z2dlv17311bc71y6ZOW7cuNGLPz2ZkfnlxHHjoscs+uLSmfOHt2zbl65Wt+z/+PWJ&#10;48eNnzxj7slS/Y263uxf5kyfNG7+G9t2f7F99ZajCa0w1Be/bd3ST27dPDR9/PjJC9duTOkGNbWy&#10;roai7NJmISD85Cd9uGHphzdiD8+eNGHyvNVvJHb2C+tOOLljxuQJ49Z+9dP3619b9H1qN2K6u+7v&#10;nDF5/LgJkxZs/jplYFWpLvxx+2KgyrjxUz9LkulvFjXc27nozc3ffvXugunbj5cI29M+fWvuhPHj&#10;Jk2buzsNSUsMki22JP04bdK4cRMmz9j2S2oHwqg6ABSeIHqwa96CxfuzpX9rtqA3oQigCKAIvJwI&#10;DHJbiMWSIEHxngWBQUjxHvdBo+/ajxdHGhKaz8+e82Ymdcrq1Ysm25d/NOO1DzPkEKYrN/7kD7tS&#10;JR6Tlq5evXrmEJDCySZq8erVi2dG2kFcu7ApE8LIMVtW/BCvnPDapjVB0ovvzfkpV6EUPNg97+N4&#10;ZcDqRSGyrBOfHriUXQ2sjqzs6rmjH+0q4c1bOtel7qeft5/IB0eWPYV3f9l7OqVeDCpUxF48+slX&#10;+cyZSxZ5th44+P7hbLBH2Rp//NMNZ/kuU1ePJp0/fHD/iXv1UrWm4/aONbsFfqvfXjBUcOWdzf/X&#10;3pmHNXV0f/xmJwkEAgkhbELYwhp2gSACKmpBZbEWrFiXuoJaERQrWqlbrbbVurZarVVatVXUilbq&#10;UqogtGIVRFxYZDEsYU2AkPW+cwNY5df3Ka+l7S/tnD948lxmzp3zmSQnM/fe812b3YhoSneumP3e&#10;TVbE6wsWxJtdXRQVdaQSARVuynOO7j6Z08xPnPOKn+z0ulWnn5i/nrQsBHd8dfyKS03KlsJ9yfN2&#10;4kOXp80K6vzu7cx958QIFWhR4Ig06sMjEXPXf6UQBFljAsXQIAFIABKABPoJ6LaW75Mv4xBDl7n7&#10;8oswK8xaE+Zr7ZycVV/0ibsBcfoxkTa6prMp/gyPxEI5WpgxhaMftr2gSXu85B0TBiPumBRFO+/u&#10;DUesJu8tRVF1a83j2junZ00Nd7MxAcVgUi52NuW8RdczTz4vAX3uHV/sSnRMOlCmQev3eY+guKQU&#10;gP6qu2td9KyCPmtENWX7F9iTAtIv1KHo04NB9noOi6+1gX4PNgr0zHz3N6Et2atCSA4xXz4EB6Un&#10;3xIYIjFZT6SKqk9GITi2y5g3dhe1isornrTI228tC+W6zTlQpZXalZyZTyRZ7SpH2+7sGYOwwt/N&#10;U2pD2DLWhWli6zn7yP2GR4/Kq9rkGqW0sepeUfaepQJnW2Mq4r/o01pU/FmQI53Ksbc2JoRvKgBV&#10;56BBApAAJAAJPEdAx9eFQHgIIepbuwdp14Ujpy+aY8GouvRz3u2iRiLCNTXEEr6axDQzkXY9rWjq&#10;AFpGKNGARum7biZXge1DtbIXQXvloFg1CgSSwM7q1V2rwl7JII3L3L92shEdiAaqa8tvK5gMD3sD&#10;0Eff0NAACB/1CyShiL6xPlGtliMkOoqXKQffeoOiCB00UGqUCEkfJfSqpcqOJ9UPTUZwR7CAMyqX&#10;CVR3sdkgWicsmo2K7185kjpREDh3y+cV3coGUVuTkSmToj2XgakFkdx++2GDtt4NhWyA6VMgCD/2&#10;DTcuWn3n8MIQ33GR0Sdqyar2eyfmR0597zv2pn3bolxJSiAmhbXE4WRNFbVtxNIHHSh2hRQaJAAJ&#10;QAKQwDMCup4LsUCAEN/A/ZEkPZIeEdWYWvL08ASFvC83oeCFPp1hwTLU6hZhuUd7HIcDWQJTBex7&#10;AYp46yHNd89czjaITl3zZrA7KI8NDuLx5taOapms+qkM9FGpVC/ciwnSIuZM61LrZrA91wA00SPp&#10;m3GtW1vam7FLexqQgrVDAYr11Ek7xO2SzsrvMlzrCg+f3J5VqLE0NVXK+9V51Qo5DiE5WHG0Z9L+&#10;mMH6EUbEfpJf1dnVlbeE1FP58J3JmT88yD16Q81O2rE60oFBJiF940MQpQo//asbe0bLzyd/enOo&#10;t9nCDwokAAlAAv8OArqeC8G6UCHrALIPWrt75VB1vW2k0H1iXKol99j2vcUiUWVJ7pdZ9/w853pR&#10;lXK5GuSyAR3dEc4RZGV3i6ixSWNgY+enlDQ3NHf0EPWoovq6p/X5n6zLlXWpFSiOGRI1U9V9Ovui&#10;qLn4TM61EhVZq1+IalSYkm9fMtOAl9rXqEatPaoVahrUQAEWjhx/4RiXh2Vnr98WVX370aUnnUC/&#10;kIBXFm1z5LsvPFmn5/DK4sxYAZVqExA81Wdk/YnT3xY+EInK9uw8wjJdPtEbB4avRgZiaL2xJNrL&#10;a8mhsgaLN7Mzx7DZ4x0s8RQqquipqH5085tTNwqVQM9XDX4sKBQKd56T4M2dHwQ3bY7ZWtQLhZr+&#10;HR9wGCUkAAkMiYBu50I8mWnvZK7IWRUq1FpMRoXbqsOrYzkE/tI759d1HntVKBwb/0H7/HOXv4gy&#10;ROQUjjXf2dq4b38RYYXFzxhRve+1yfGXe4Ljon1ER+bM+6x6yqJ1oaIvZoxOLJ40I9HbW9HZQuVE&#10;bTqVRLqaHvz6+/eNPcJMECVYTCIkY3tHVzs29lw/Xo9t5+poZwxuX6UYmzu68jiYujCRyXN0tTel&#10;gm1NHIXFc3VyYIKz8mKS1qwXFG2ZJtx8L9iTy6UREA1CDlxdcXxp8eZJQuHE5Zdwkz7aEcU2Dnrv&#10;8KE4/OFZrwiFk3YxthZVrfVENHg9YxsnpxEmVG0EIZ9+eSi880R8hFAY+4Eo7ZtPpzv7zvtoU6Am&#10;a15k2o+tYdPi+Hhlj1JpYufkamdKIRAcXk9bZm5x5dLNIT11MqS3EGwECUACkIDOE9DtujN/DX6V&#10;pOZOSYuRtae9NUF8NiU0/Vb83pNrw17uCUJlR13FQxHK83BhU5H85YKxtyb+kJ05koXJFUKDBCAB&#10;SAAS+FsI6Pa68C9BhvY+vZ45xdfBc8ZHRw7vzrpP5oUF2Bm97Kl763/cPzVQMCp29aEjHx/MJXuH&#10;BvHof/gR/5cdDewHCUACkAAkAAjAdeFQ3gbqmqs7txwvkUrleLbPa0kLopywe0pf0mRPc0/sPZlX&#10;29OrITnHZabG2NBgPZiXZAm7QQKQACQwLARgLhwWjNAJJAAJQAKQgA4TgHukOjx5cOiQACQACUAC&#10;w0IA5sJhwQidQAKQACQACegwAZ3OhWhP0+V1ASP9vQXubpi5C3xiN2fXa4tY65Td3zs2fNzbF/pK&#10;aw9YZ8HmxWMj38mtAaVNoUECkAAkAAn8iQR0Ohcialnj3aJSid/yrJOY7VnsVLl7zspDhW1AJWJI&#10;dufjZWeasZbyil++P7qr6G966k5anZ9fcL9J8cKYlW2PSwoKy8VDEh18sC/lmyeyoYY9JDZ/eiNN&#10;hzh/39rvYar/00nDE0ACkMDvEdDtXIjg8ASEZmjh4OGCWUh0ooOZprD0YZccixsUGAUl054rNANq&#10;l2m01veP4g32kRuqW0CdmMZbh5aOTvpagRK0ZWRAg76O6l+rs/Q5U4Mqbpj1F5vRgBo2WPkZ7BwD&#10;1WxeII5VoXnBE2g+0BQbDNYfdMARKRQKCTx03+9K6wOHJ5IoZBIeq+yG+dHWywEv+vtoS8+B7sBN&#10;xSfB0ekFDyT9FXXQgbAHyqb2NdQOBdRcHVxxps/PwLCxqqwD/fr8PIus/4QvxvsC0uf8aPlr+4OB&#10;P3OOnaqfbrf4Qprjq/s65bgXe/3eOxb+HxKABCCB4Seg47kQKyOKKrvamtowe1hwpqbBMCrE34Su&#10;UUivpXLMOFyumZVT8MpzbT1gzSS5nhHvwItImJj9psoAAAxYSURBVC70duJyuWO3VIpaLqW4c81d&#10;x6V9L634bn18/JpzzdXfJ47z4FpYWnKY9IVZ7aBamUZyd/9MuhGbKxg9Ln6Cv5lPyqFyFBEdCHA0&#10;Fm76eI2duRmLa8XfXTJoWaZuvbDS3dHKwsLClGWYcKhSiarqrm4dRXV748h9MJN3dkfbUyfsvd2C&#10;IgRQylQjbTq2gmvGMeEHx2RXDxQ9xeFJJELdqfmmZpzZJ6q7n36dQLUQvnsddK/JWRWk77U6u/Ta&#10;npTtxY8kxVvGOM4686T97iczDU0trCy4xt6T1l8VaxDxyRh/U8/0rRkCR1u2CZOzsUD5fDoUX1sR&#10;ZBGYefEJtirVFKxgs2zfzJaoJXe+SBGwzLhmrODZG35uBeOp/jTIyTho484MexCvmaXTrrsg3t57&#10;h5b7mPm/kjAhVMBlG/quPVvZg3lXtT3KmsFgAcocXvDcvYUyOUiIoi8j/Ux9E5MSnGytuDb86V90&#10;NNw/ODdi6o5S3VrQDv/HEHqEBCCBv5mAjudCPIGMdJTtn+PjgdmYhSc7Q+dMHmmlJy/OsJ9ydMxH&#10;D8RiUemh4NyZo+KyxAiNiNfIasuNIw/crBSLxVdTjRmMyN2PxeJHV94bhViM33r+1Bb/K9t39Dgv&#10;zL7x0/fbptCOzth0vae79uzbi3K80nPFZccTrbpKxUogd9FXElxRfJk2+7Go+kRUS+OufRe7np9N&#10;eeHGFUf0J267VlJ7/m3eg/17Cnqx4qAqpbJvIYTVMB2oZwoOq34pdX1XLLp9dHTjD++vPduJ0ElY&#10;3XCl9MrGkNQLlPnHP0/gaYudKlXapZ32tUImpYQv2Ztib07xW3ej9lhE16n39lev+ubuzUsHZxjl&#10;Ze3Z8wj4waOKclDY7ceKutx5eNnuHSdbnxsn22OKo3Xlwa9yn3YjyvyzBxSUpclRnTnvTEm64Heq&#10;Tlx73qc6e+3737UjenhEo7h9mfbGQ9GTk5Nbm3btuwTkN3A4tFf8mCpYfaFMnJtO2RudfKqmW9F5&#10;cTF/QemS7EaxuOLMzNZ1sfEbrssRPRxOJS99aJ92q65B3FCV9RrCcEo6lped4gGVM/7m7wF4ekjg&#10;305Ax3OhBsglGXutPF/fZ7ePBpdvGTdnx91LOcfUyjfmxbERhMz0mJQorK49fkuCkBCl2shP4GZG&#10;w+Zdu3cHUgq2mardf1QpUMR00rr9GyPlGbNjo9+5IJUjBI1KnHfxAosZFSZAEMsxEWE+JEVv37IN&#10;7B56RwRaE3AErq2nQnGzrk+4vt9wBlwr+k97El2DlzaMPfHNV5mjqSimEvWbBpJ62Hg/A4Rs4hE4&#10;lv2g8myJHE+i0vQbTsyZv/UJY1bO6rFgqvo1JwZ7wNQ3tDuSKM1p2taj220vLQqOS/m6WKavR8Ie&#10;4wf7q7xwfzsaHjGzCUDV+TUNz3tgCWb7eXZduV7cJs079bnGJGmCh6y86FqTEcWh65f8O00MquR+&#10;0Y3HPT1EIHrhNS7QmojF66VQFNQ2AhkP4Jzkyve2A9UHBOFRTNZ3F/PE7VcvnGIazE8MA4Vfmc5j&#10;Rk8yKi65XKkmkFCVxil8JA/DP1DK/JnGyL/9owjjhwQggb+RgI7nQowcqlH29gsHWghfdfHVr20o&#10;a6iXo2rtlTZgODwe1wvU6bt6gAATtpx7dh3tmfwSuOoFGhLIOHn5x7OEXjOz4z7KKzsxz0SfAK5v&#10;dbQ1gUt3LCamBQ9cvlAkpv9Sm7Y/2Ol8fibJHos2zF6QEDnBpmCOt4uDW9LRWgkZBwpxg+Ue1pAw&#10;qD2OiE0Gicxgmkh7uiXdMrDkUiHGzl58Vsk3e/MasbOD9Av+ErDueAIIps+wfI6FiaibfsgUugfu&#10;aX61sOTayvEGEtmAoiLad5Xyt8aJMMNSEnxxJdfOHzx4qMsiKdJNgwODU7TWZG1MS0v7+BZZ4B3M&#10;JyvlWCb+7XhBRNhYyEwWiYhvautobwW/Cp5JWIHx4jq7enoUvdhC99n1Ukx7EhokAAlAAv8vCPwD&#10;ciGOQHlW0LPrcXujhm3sEhDiIlffLqvBGBOkVXceGzLc3EwZYEvyOep0fY4aR6YaAPFAKoVqpCHR&#10;jJDu2uKaOv6slXP96FW5Jd1yDZFMsvYRmja1FZS2gRXW0+on9WqCNmv9nkkf59Y4TX///MXvfz49&#10;e4y5PGvnJRHdgErFd6ukoL+yuV4qeZYwwIZp1bUKcBuruuV+Ubkl293JWF+llMmoIRlHjm6OJx14&#10;f8OdNoRApNOoMhW4CIggXU2tzRqQg0CGotFNNXgKha5Hbiy+Vm/itGDrdMuWknvlPXgycVDu/u1B&#10;88KjvbrzN354guqSHiUAidDAyFiPxks+l1+Qn7d79YzkmBBnQ4by/9x2g3nDEwnq+prqpyAdt927&#10;0dLIFvpYW/sHW7d1/vIYEEMQmai6rI1n7WxFpYH197MB4PA0uokaT6Lr/R5I+H9IABKABP5sAkP5&#10;Uv+zx/Dy/lFUJUda7p3atjJda4uXbK5nzVgS4yyIen/N7KaN8xamp6ckrzpQ6bF+RTKf2N3T1dXZ&#10;0SXv/063CYw278w/8Pambb+ovfwD5TcPr9t17hHP3b353PZlK+duyGlgyNGaJgnDd2pGGOvLDfPT&#10;P9zy2U9PsTUQtsbSyCWdcmkv5gxV90rlnVLs/pBfTdFZceXDyXGvvpW2MY9JowvnZobbU0d4C4Nw&#10;V3avTTtwIPdeQxfSo8D6q2WSbmlN3ueb01csW/1tpeechTN5SFdPu6Qd3FNDFby59a1RP+6b+UGh&#10;iukeEWtecnTzkh07jxbV9qDdMoVShbD9JvEUFV+vT02/zZ7kT3i0Y2ly2oZdd+pphJbWdrlM1S2V&#10;SXq06ooaeZeso7N/i/fXoeJsJ0xxrxTVMyLSo53xCIHqEZ26JMjg47nJ6UlTouYsP1YIhIxxSumL&#10;8UpAvJgIMoGEPP3psy0fpi/Y8AM/ZuM0P4aeR8y2xRE335qRCubkrQ/LDOLenhXFQbq6OyUyiUyl&#10;3eol6fFHTqQ//PbDd/ccKZe8/HsA9oQEIAFI4I8TIKxfv/55L80SKcfwDxSe/uMj+h884HAEqimH&#10;5+oIdAHxRGAGVqNfW5oa62NIoFqNCvOjSBuVKMWQN3ZxxvyJlgQEJTHY9n4BIYHOHGwlSeLYOpka&#10;UkhEmnPApEA3SyYZR7cJiJ0S48MhKZQGAfMXvjrS38VH4GJl6x8dZE5R9BLMnS1RUZnIMiohwpVF&#10;Z1m6hI0SulvSiSQDtrVXaKivO+fXVQ7NPHjCGHONtBdIytPsI5avSXCm4WkcOwHfhInDGdqPGR86&#10;1id4pNCVq08zMOP5vP6mkFbbjDpEzF46N5ZPQVCyIYcfECj0tWWZOXmaj2DajvAT8J3c3Uw4JKIe&#10;xytsfPTIAJ9gbxs2jW3taMmiE1GiZ1xKgieLgicyHIOmzUwY7enBdxrBYZs7BAeP8rE1JJHoxuaC&#10;kPAAbwvtFdNfjWluZ+HoOm1alBeHDjY3gS7k6BC+QVtTN81qbOKq5fFBxgRUz8TKNXRUkIcVnUDS&#10;N7X2Dg3z9WC2F+ccz0WCZo3nE2RU/rRlmYkCBliMMp0jQ/iK1iYUb2AZkLBqxWQvI5A19Ywt+KOC&#10;g71sGOBREaK+ha0dR59M1jdxcneHolX/wxsfNoUEIIHhJgBrc/8+0a7Hp9euuWgSkpqR7CQ+tsh3&#10;7ePk4yfTRhr/fs9/fgtZyYEVUxcXx+aceS+C+88PF0YICUAC/1ACur1H+pdMCkph2pnLzq1dEuLu&#10;6xO8vmTkvNQZboZ/yal14CTgxqUuVU9vr+4VvtMBuHCIkAAk8FcRgOvCIZGWt1U/qu9QKNSInrG1&#10;nQ2bCn9D9HHT9LY31ol6GdaWHAPsPltokAAkAAnoIgGYC3Vx1uCYIQFIABKABIaTAFzfDCdN6AsS&#10;gAQgAUhAFwnAXKiLswbHDAlAApAAJDCcBGAuHE6a0BckAAlAApCALhKAuVAXZw2OGRKABCABSGA4&#10;CcBcOJw0oS9IABKABCABXSQAc6EuzhocMyQACUACkMBwEoC5cDhpQl+QACQACUACukhgcC78b/p6&#10;uhgbHDMkAAlAApAAJDAUAoOfta+srWNQoYrOUNDBNpAAJAAJQAL/BAJsNntwLgTi6Jr/op7+T4gY&#10;xgAJQAKQACQACbxIgEQiDc6FVVVVkBIkAAlAApAAJPDvIcDj8Qbnwvb29n9P/DBSSAASgAQgAUiA&#10;yWT+B9vRQcOuJcerAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQC9wKR+4QAAAAwBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRuLMk60FaaTtMEnCYkNiS0W9Z4bbXGqZqs7d6e9ARH&#10;//70+3O2Hm3Deux87UiBnAlgSIUzNZUKvg/vT0tgPmgyunGECm7oYZ3f32U6NW6gL+z3oWSxhHyq&#10;FVQhtCnnvqjQaj9zLVLcnV1ndYhjV3LT6SGW24bPhXjhVtcUL1S6xW2FxWV/tQo+Bj1sEvnW7y7n&#10;7e14eP782UlU6vFh3LwCCziGPxgm/agOeXQ6uSsZzxoFi0RGMuZJsgA2AULIObDTFK3kEnie8f9P&#10;5L8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54&#10;bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph//&#10;/Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH&#10;3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKy&#10;VBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN2zHolwEAAA6&#10;EQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAbWehunQM&#10;AwB0DAMAFAAAAAAAAAAAAAAAAADCBgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAA&#10;ACEAvcCkfuEAAAAMAQAADwAAAAAAAAAAAAAAAABoEwMAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAG&#10;AAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAAdhQDAGRycy9fcmVscy9lMm9Eb2MueG1s&#10;LnJlbHNQSwUGAAAAAAYABgB8AQAAaRUDAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
-                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Bildobjekt 17" o:spid="_x0000_s1027" type="#_x0000_t75" alt="Skärmdump som visar hur central infart dokumenteras i journalsystemet Melior. " style="position:absolute;width:59283;height:79908;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBqF7NOwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTTS1qja5SFMEeCjYR1NuQHZNgdjZkN5r+e1coeJvH+5z5sjOVuFLjSssK3gcRCOLM&#10;6pJzBft00/8E4TyyxsoyKfgjB8vFS2+OsbY3/qVr4nMRQtjFqKDwvo6ldFlBBt3A1sSBO9vGoA+w&#10;yaVu8BbCTSWHUTSWBksODQXWtCoouyStUTC+fEy3u2Nbfo8m7To/DE8/SXpS6u21+5qB8NT5p/jf&#10;vdVh/gQev4QD5OIOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAahezTsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
-                  <v:imagedata r:id="rId16" o:title="Skärmdump som visar hur central infart dokumenteras i journalsystemet Melior"/>
+                <v:shape id="Bildobjekt 17" style="position:absolute;width:59283;height:79908;visibility:visible;mso-wrap-style:square" alt="Skärmdump som visar hur central infart dokumenteras i journalsystemet Melior. " o:spid="_x0000_s1027" type="#_x0000_t75" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBqF7NOwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTTS1qja5SFMEeCjYR1NuQHZNgdjZkN5r+e1coeJvH+5z5sjOVuFLjSssK3gcRCOLM&#10;6pJzBft00/8E4TyyxsoyKfgjB8vFS2+OsbY3/qVr4nMRQtjFqKDwvo6ldFlBBt3A1sSBO9vGoA+w&#10;yaVu8BbCTSWHUTSWBksODQXWtCoouyStUTC+fEy3u2Nbfo8m7To/DE8/SXpS6u21+5qB8NT5p/jf&#10;vdVh/gQev4QD5OIOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAahezTsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:imagedata o:title="Skärmdump som visar hur central infart dokumenteras i journalsystemet Melior" r:id="rId16"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Textruta 18" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:29141;top:7717;width:25279;height:9047;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwlUvexgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvgt9hGcFLqZsqbSV1lSL2D73V1JbehuyYBLOzIbtN4rd3DgVvM7w37/1mtRlcrTpqQ+XZwN0s&#10;AUWce1txYeAre7ldggoR2WLtmQycKcBmPR6tMLW+50/q9rFQEsIhRQNljE2qdchLchhmviEW7ehb&#10;h1HWttC2xV7CXa3nSfKgHVYsDSU2tC0pP+3/nIHfm+LnIwyvh35xv2h2b132+G0zY6aT4fkJVKQh&#10;Xs3/1+9W8AVWfpEB9PoCAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMJVL3sYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:shape id="Textruta 18" style="position:absolute;left:29141;top:7717;width:25279;height:9047;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="white [3201]" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwlUvexgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvgt9hGcFLqZsqbSV1lSL2D73V1JbehuyYBLOzIbtN4rd3DgVvM7w37/1mtRlcrTpqQ+XZwN0s&#10;AUWce1txYeAre7ldggoR2WLtmQycKcBmPR6tMLW+50/q9rFQEsIhRQNljE2qdchLchhmviEW7ehb&#10;h1HWttC2xV7CXa3nSfKgHVYsDSU2tC0pP+3/nIHfm+LnIwyvh35xv2h2b132+G0zY6aT4fkJVKQh&#10;Xs3/1+9W8AVWfpEB9PoCAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMJVL3sYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="27F55A3F" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="005868CA" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                      <w:p w:rsidRPr="005868CA" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="27F55A3F" w14:textId="77777777">
                         <w:pPr>
                           <w:ind w:left="0"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="005868CA">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>Länk till sjukhusövergripande styrdokument. Dubbelklicka och markera. Starta länken alternativt högerklicka.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textruta 19" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:27075;top:29807;width:29807;height:10388;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBf2e5FwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHqRulHR1ugqIn2IN01VvA3ZaRKanQ3ZbZL++64geJuP7zmLVWdK0VDtCssKhoMIBHFq&#10;dcGZgq/k/fkVhPPIGkvLpOCPHKyWD70Fxtq2vKfm4DMRQtjFqCD3voqldGlOBt3AVsSB+7a1QR9g&#10;nUldYxvCTSlHUTSVBgsODTlWtMkp/Tn8GgWXfnbeue7j2I4n4+rts0leTjpR6umxW89BeOr8XXxz&#10;b3WYP4PrL+EAufwHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAX9nuRcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:shape id="Textruta 19" style="position:absolute;left:27075;top:29807;width:29807;height:10388;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1029" fillcolor="white [3201]" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBf2e5FwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHqRulHR1ugqIn2IN01VvA3ZaRKanQ3ZbZL++64geJuP7zmLVWdK0VDtCssKhoMIBHFq&#10;dcGZgq/k/fkVhPPIGkvLpOCPHKyWD70Fxtq2vKfm4DMRQtjFqCD3voqldGlOBt3AVsSB+7a1QR9g&#10;nUldYxvCTSlHUTSVBgsODTlWtMkp/Tn8GgWXfnbeue7j2I4n4+rts0leTjpR6umxW89BeOr8XXxz&#10;b3WYP4PrL+EAufwHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAX9nuRcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="1748BBDC" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="005868CA" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                      <w:p w:rsidRPr="005868CA" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="1748BBDC" w14:textId="77777777">
                         <w:pPr>
                           <w:ind w:left="0"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="005868CA">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Sökordet </w:t>
                         </w:r>
                         <w:r w:rsidRPr="005868CA">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>Inläggningsberättelse</w:t>
                         </w:r>
                         <w:r w:rsidRPr="005868CA">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> är ett </w:t>
                         </w:r>
-                        <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="005868CA">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
-                          <w:t>enval</w:t>
-[...7 lines deleted...]
-                          <w:t xml:space="preserve"> där en standardtext fälls ut</w:t>
+                          <w:t>enval där en standardtext fälls ut</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>. I standardtexten finns xx markerat där operatören ska fylla i de värden som gäller.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textruta 20" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:27847;top:48451;width:31883;height:7950;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAAj41lwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0L/sNwBTdFJ1VaJTpKKT6KuxofuLtkrklo5k7IjEn6951FweXhvJfrzpSiodoVlhW8jiMQxKnV&#10;BWcKTsl2NAfhPLLG0jIp+CUH61W/t8RY25a/qTn6TIQQdjEqyL2vYildmpNBN7YVceDutjboA6wz&#10;qWtsQ7gp5SSK3qXBgkNDjhV95pT+HB9Gwe0lux5ctzu307dptdk3yeyiE6WGg+5jAcJT55/if/eX&#10;VjAJ68OX8APk6g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAAj41lwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:shape id="Textruta 20" style="position:absolute;left:27847;top:48451;width:31883;height:7950;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1030" fillcolor="white [3201]" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAAj41lwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0L/sNwBTdFJ1VaJTpKKT6KuxofuLtkrklo5k7IjEn6951FweXhvJfrzpSiodoVlhW8jiMQxKnV&#10;BWcKTsl2NAfhPLLG0jIp+CUH61W/t8RY25a/qTn6TIQQdjEqyL2vYildmpNBN7YVceDutjboA6wz&#10;qWtsQ7gp5SSK3qXBgkNDjhV95pT+HB9Gwe0lux5ctzu307dptdk3yeyiE6WGg+5jAcJT55/if/eX&#10;VjAJ68OX8APk6g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAAj41lwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="304D58FA" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="009A78B0" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                      <w:p w:rsidRPr="009A78B0" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="304D58FA" w14:textId="77777777">
                         <w:pPr>
                           <w:ind w:left="0" w:right="269"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="009A78B0">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>Om Ja väljs vid sökordet</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="009A78B0">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>KOMPLIKATIONER</w:t>
                         </w:r>
                         <w:r w:rsidRPr="009A78B0">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>fälls ett antal tänkbara komplikationer ut. Fylls i när ev. komplikation sker – oavsett om det är direkt vid inläggandet eller vid ett senare tillfälle.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textruta 21" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:27847;top:57586;width:32998;height:13756;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvwyj+xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gpeSt2o2JboKlJqFW81WvH2yD6TYPZtyG6T+O9doeBxmJlvmNmiM6VoqHaFZQXDQQSC&#10;OLW64EzBPlm9foBwHlljaZkUXMnBYv7Um2Gsbcs/1Ox8JgKEXYwKcu+rWEqX5mTQDWxFHLyzrQ36&#10;IOtM6hrbADelHEXRmzRYcFjIsaLPnNLL7s8oOL1kx63rvg/teDKuvtZN8v6rE6X6z91yCsJT5x/h&#10;//ZGKxgN4f4l/AA5vwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBvwyj+xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+                <v:shape id="Textruta 21" style="position:absolute;left:27847;top:57586;width:32998;height:13756;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1031" fillcolor="white [3201]" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvwyj+xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gpeSt2o2JboKlJqFW81WvH2yD6TYPZtyG6T+O9doeBxmJlvmNmiM6VoqHaFZQXDQQSC&#10;OLW64EzBPlm9foBwHlljaZkUXMnBYv7Um2Gsbcs/1Ox8JgKEXYwKcu+rWEqX5mTQDWxFHLyzrQ36&#10;IOtM6hrbADelHEXRmzRYcFjIsaLPnNLL7s8oOL1kx63rvg/teDKuvtZN8v6rE6X6z91yCsJT5x/h&#10;//ZGKxgN4f4l/AA5vwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBvwyj+xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="33C07BDA" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00E951A6" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                      <w:p w:rsidRPr="00E951A6" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="33C07BDA" w14:textId="77777777">
                         <w:pPr>
                           <w:ind w:left="0"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00E951A6">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Dokumentation av skötsel sker i samma aktivitet under hela infartens befinnande. Uppdaterade sökord markeras i Melior med </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="7A5C2366" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00E951A6" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+                      <w:p w:rsidRPr="00E951A6" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="7A5C2366" w14:textId="77777777">
                         <w:pPr>
                           <w:ind w:left="0"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00E951A6">
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="18"/>
                           </w:rPr>
                           <w:t>Är det relevant information ska stå kvar får sökordet ev. dubbleras.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="square"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00732F0A" w:rsidRPr="00732F0A">
-[...30 lines deleted...]
-      </w:ins>
     </w:p>
-    <w:p w14:paraId="31F5A485" w14:textId="4F21D489" w:rsidR="00267D77" w:rsidRDefault="00267D77" w:rsidP="00267D77">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="31F5A485" w14:textId="4F21D489">
+      <w:r w:rsidR="00267D77">
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5FE37664" wp14:editId="3441C660">
+          <wp:inline wp14:editId="4CDEF268" wp14:anchorId="5FE37664">
             <wp:extent cx="4886325" cy="7391400"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="3" name="Bildobjekt 3" descr="Skärmdump som visar hur aktiviteten perifer långtidskateter ser ut i journalsystemet Melior och vilka sökord/länkar till styrdokument som ingår aktiviteten."/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+            <a:graphic>
+              <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1" descr="Skärmdump som visar hur aktiviteten perifer långtidskateter ser ut i journalsystemet Melior och vilka sökord/länkar till styrdokument som ingår aktiviteten."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17">
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4886325" cy="7391400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4256A1EC" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidR="731B6B84" w:rsidP="731B6B84" w:rsidRDefault="731B6B84" w14:paraId="45128E9C" w14:textId="75A24790">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc383701975"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="_Toc148349143"/>
+    </w:p>
+    <w:p w:rsidR="731B6B84" w:rsidP="731B6B84" w:rsidRDefault="731B6B84" w14:paraId="40AEC43A" w14:textId="52359141">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="4256A1EC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc383701975" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc22640834" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc256000037" w:id="35"/>
+      <w:bookmarkStart w:name="_Toc91159874" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc148349143" w:id="38"/>
       <w:r w:rsidRPr="00DC3B44">
         <w:t xml:space="preserve">Tillägg Central infart (läkare, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC3B44">
         <w:t>ssk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC3B44">
         <w:t>)</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
-      <w:bookmarkEnd w:id="39"/>
-      <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="108EA37E" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="108EA37E" w14:textId="77777777">
       <w:r w:rsidRPr="00DC3B44">
         <w:t xml:space="preserve">Behöver kompletteringar göras till infarten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B22DA8F" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="4B22DA8F" w14:textId="77777777">
       <w:r w:rsidRPr="00DC3B44">
         <w:t>markera ”Central infart” och klicka därefter på ”Ny anteckning”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13278C39" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="13278C39" w14:textId="77777777">
       <w:r w:rsidRPr="00DC3B44">
         <w:t>Valet ”Tillägg Central infart” är valbart.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F3B2C3D" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="6F3B2C3D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC3B44">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0173836F" wp14:editId="4785E1A3">
             <wp:extent cx="4838700" cy="2705100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Bildobjekt 2" descr="Skärmdump från journalsystemet Melior som visar hur en kompletterande anteckning läggs till i aktiviteten central infart."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1" descr="Skärmdump från journalsystemet Melior som visar hur en kompletterande anteckning läggs till i aktiviteten central infart."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -1306,56 +1237,56 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4838700" cy="2705100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1D0F94" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="4C1D0F94" w14:textId="77777777">
       <w:r w:rsidRPr="00DC3B44">
         <w:t>Tilläggsaktivitet kommer att ”hängas på” aktiviteten ”Central infart” (oavsett händelsedatum).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11EB7E81" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="11EB7E81" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC3B44">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="762DF96A" wp14:editId="5CC63C96">
             <wp:extent cx="5000625" cy="1171575"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="1" name="Bildobjekt 1" descr="Skärmdump från journalsystemet Melior som visar hur trädstrukturen (jämför mappstruktur i datorns utforskare) i journalsystemet ser ut när en tilläggsaktivitet &quot;hängs på&quot; aktiviteten Central infart."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1" descr="Skärmdump från journalsystemet Melior som visar hur trädstrukturen (jämför mappstruktur i datorns utforskare) i journalsystemet ser ut när en tilläggsaktivitet &quot;hängs på&quot; aktiviteten Central infart."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -1374,129 +1305,129 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5000625" cy="1171575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00DC3B44">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1260D742" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="1260D742" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc383701977"/>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="_Toc148349144"/>
+      <w:bookmarkStart w:name="_Toc383701977" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc22640835" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc91159875" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc148349144" w:id="48"/>
       <w:r w:rsidRPr="00DC3B44">
         <w:t>Befintlig Central infart</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
-      <w:bookmarkEnd w:id="46"/>
-      <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidRPr="00DC3B44">
         <w:t>/Perifer långtidskateter</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
-      <w:bookmarkEnd w:id="49"/>
-      <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="282EC1E4" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="282EC1E4" w14:textId="77777777">
       <w:r w:rsidRPr="00DC3B44">
         <w:t xml:space="preserve">Har patienten en befintlig central infart/perifer långtidskateter ska en fri aktivitet ”Central Infart”/”Perifer långtidskateter” öppnas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24D1032C" w14:textId="77777777" w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidRDefault="00267D77" w:rsidP="00267D77">
+    <w:p w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidP="00267D77" w:rsidRDefault="00267D77" w14:paraId="24D1032C" w14:textId="77777777">
       <w:r w:rsidRPr="00DC3B44">
         <w:t>Det finns ett sökord ”Befintlig central infart”/”Befintlig perifer långtidskat” som kan aktiveras.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:sectPr w:rsidR="00267D77" w:rsidRPr="00DC3B44" w:rsidSect="00B96AFF">
+    <w:sectPr w:rsidRPr="00DC3B44" w:rsidR="00267D77" w:rsidSect="00B96AFF">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="even" r:id="rId21"/>
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:headerReference w:type="first" r:id="rId23"/>
       <w:footerReference w:type="first" r:id="rId24"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B5C9CF2" w14:textId="77777777" w:rsidR="003421EE" w:rsidRDefault="003421EE">
+    <w:p w:rsidR="00733C10" w:rsidRDefault="00733C10" w14:paraId="170C9DF2" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03269A54" w14:textId="77777777" w:rsidR="003421EE" w:rsidRDefault="003421EE">
+    <w:p w:rsidR="00733C10" w:rsidRDefault="00733C10" w14:paraId="4D7C6132" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1092EF79" w14:textId="77777777" w:rsidR="003421EE" w:rsidRDefault="003421EE">
+    <w:p w:rsidR="00733C10" w:rsidRDefault="00733C10" w14:paraId="01CE61A2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1572,225 +1503,225 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="66F4EBFA">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -1831,2343 +1762,2343 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56586848" w14:textId="77777777" w:rsidR="003421EE" w:rsidRDefault="003421EE"/>
+    <w:p w:rsidR="00733C10" w:rsidRDefault="00733C10" w14:paraId="029A917F" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C976E09" w14:textId="77777777" w:rsidR="003421EE" w:rsidRDefault="003421EE">
+    <w:p w:rsidR="00733C10" w:rsidRDefault="00733C10" w14:paraId="0124143E" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="59744509" w14:textId="77777777" w:rsidR="003421EE" w:rsidRDefault="003421EE">
+    <w:p w:rsidR="00733C10" w:rsidRDefault="00733C10" w14:paraId="28BC1859" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1032" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1033" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1909921896">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1367871050">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="861477783">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="739910959">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="391579451">
@@ -4193,67 +4124,66 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="560679449">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -4296,50 +4226,51 @@
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
+    <w:rsid w:val="0025245E"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00267D77"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
@@ -4442,53 +4373,55 @@
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
+    <w:rsid w:val="00730372"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00732F0A"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="00733C10"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="00824E4E"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
@@ -4627,50 +4560,51 @@
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C578B0"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C73B1C"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D3335B"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E74205"/>
     <w:rsid w:val="00E77C46"/>
@@ -4689,202 +4623,213 @@
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00EE746D"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F85437"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="053E26A5"/>
     <w:rsid w:val="077C6B7B"/>
+    <w:rsid w:val="0E74CC39"/>
     <w:rsid w:val="142E644D"/>
     <w:rsid w:val="1AD542AD"/>
     <w:rsid w:val="1D094089"/>
     <w:rsid w:val="211DFE2C"/>
     <w:rsid w:val="3022452C"/>
     <w:rsid w:val="3A8C6B4B"/>
+    <w:rsid w:val="42BD0BB8"/>
     <w:rsid w:val="42EDD544"/>
+    <w:rsid w:val="49EBB165"/>
+    <w:rsid w:val="4D027154"/>
+    <w:rsid w:val="50C9C16E"/>
     <w:rsid w:val="5634FC08"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="64859375"/>
     <w:rsid w:val="660A2578"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6DA0B2EA"/>
     <w:rsid w:val="7217F183"/>
+    <w:rsid w:val="72F7E716"/>
+    <w:rsid w:val="731B6B84"/>
     <w:rsid w:val="73FC69AE"/>
     <w:rsid w:val="7871CC5D"/>
+    <w:rsid w:val="7CF88D91"/>
+    <w:rsid w:val="7EA965C8"/>
     <w:rsid w:val="7FB0C640"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4909,75 +4854,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -5012,57 +4957,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -5120,729 +5065,729 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
     <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
       <w:ind w:right="0"/>
     </w:pPr>
@@ -5909,609 +5854,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -6520,94 +6465,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -6616,496 +6561,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -7172,116 +7117,116 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="00831C35"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
@@ -8078,59 +8023,52 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Central infart och Perifer långtidskateter i Melior</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>2</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>