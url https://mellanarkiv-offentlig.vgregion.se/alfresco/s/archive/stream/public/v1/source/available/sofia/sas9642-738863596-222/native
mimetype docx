--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -5,238 +5,235 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0DA0FC52" w14:textId="77777777">
+    <w:p w14:paraId="0DA0FC52" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
-      <w:bookmarkStart w:name="_Toc196317080" w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc196317080"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Anmälan om oro för barn och unga</w:t>
       </w:r>
       <w:r>
         <w:t>, SÄS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="002F67DE" w:rsidRDefault="00470A75" w14:paraId="73FC8D88" w14:textId="77777777">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="73FC8D88" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="002F67DE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="160"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc369164051" w:id="2"/>
-[...27 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317081" w:id="30"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc369164051"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc440354597"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc256000000"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc256000015"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc256000030"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc256000045"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc462387824"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc256000060"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc256000079"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc256000098"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc473799174"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc256000011"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc256000129"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc256000148"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc256000167"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc532287533"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc256000186"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc536443549"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc536805008"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc256000207"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc29303284"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc256000228"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc34290934"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc256000249"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc256000270"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc256000291"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc256000312"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc256000333"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc196317081"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3ACEA001" w14:textId="77777777">
-      <w:bookmarkStart w:name="_Toc369164053" w:id="31"/>
+    <w:p w14:paraId="3ACEA001" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
+      <w:bookmarkStart w:id="31" w:name="_Toc369164053"/>
       <w:r w:rsidRPr="001E1892">
         <w:t xml:space="preserve">Rutin </w:t>
       </w:r>
       <w:r w:rsidRPr="00470A75">
         <w:t xml:space="preserve">gällande anmälan om oro för barn och unga enligt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId12">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00470A75">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>14 kap 1 § Socialtjänstlagen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00470A75">
         <w:t xml:space="preserve"> [1].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="002F67DE" w:rsidRDefault="00470A75" w14:paraId="23DD1B1C" w14:textId="77777777">
+    <w:p w14:paraId="23DD1B1C" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="002F67DE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="160"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc196317082" w:id="32"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc196317082"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00A6252A" w:rsidRDefault="00734115" w14:paraId="7465C55B" w14:textId="00FAF985">
+    <w:p w14:paraId="7465C55B" w14:textId="00FAF985" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="67109E24" w:rsidP="00A6252A">
       <w:pPr>
         <w:ind w:right="707"/>
       </w:pPr>
-      <w:r w:rsidR="67109E24">
-        <w:rPr/>
+      <w:r>
         <w:t>Redaktionella ändringar samt</w:t>
       </w:r>
       <w:r w:rsidR="00734115">
-        <w:rPr/>
         <w:t xml:space="preserve"> uppdatering av hänvisningar/länkar</w:t>
       </w:r>
       <w:r w:rsidR="002F67DE">
-        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A911FE" w:rsidR="00470A75" w:rsidP="00DE7666" w:rsidRDefault="00470A75" w14:paraId="7F511922" w14:textId="77777777">
+    <w:p w14:paraId="7F511922" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00A911FE" w:rsidRDefault="00470A75" w:rsidP="00DE7666">
       <w:pPr>
         <w:spacing w:before="280" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A911FE">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="00470A75" w14:paraId="47671D10" w14:textId="7C53DF46">
+    <w:p w14:paraId="47671D10" w14:textId="7C53DF46" w:rsidR="005467E5" w:rsidRDefault="00470A75">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317080">
-        <w:r w:rsidRPr="007D02E2" w:rsidR="005467E5">
+      <w:hyperlink w:anchor="_Toc196317080" w:history="1">
+        <w:r w:rsidR="005467E5" w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Anmälan om oro för barn och unga, SÄS</w:t>
         </w:r>
         <w:r w:rsidR="005467E5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="005467E5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="005467E5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -250,61 +247,61 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="005467E5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="005467E5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="005467E5">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="59D2D6A9" w14:textId="594C0856">
+    <w:p w14:paraId="59D2D6A9" w14:textId="594C0856" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317081">
+      <w:hyperlink w:anchor="_Toc196317081" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -319,61 +316,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="08820829" w14:textId="446F325C">
+    <w:p w14:paraId="08820829" w14:textId="446F325C" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317082">
+      <w:hyperlink w:anchor="_Toc196317082" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -388,61 +385,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="7F7FBC8C" w14:textId="2FF3E553">
+    <w:p w14:paraId="7F7FBC8C" w14:textId="2FF3E553" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317083">
+      <w:hyperlink w:anchor="_Toc196317083" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -457,61 +454,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="627134C7" w14:textId="401E1E7A">
+    <w:p w14:paraId="627134C7" w14:textId="401E1E7A" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317084">
+      <w:hyperlink w:anchor="_Toc196317084" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Anmälnings- och uppgiftsskyldighet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -526,61 +523,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="2C02A21E" w14:textId="069C7FE2">
+    <w:p w14:paraId="2C02A21E" w14:textId="069C7FE2" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317085">
+      <w:hyperlink w:anchor="_Toc196317085" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -595,61 +592,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="7C121AFB" w14:textId="7070D916">
+    <w:p w14:paraId="7C121AFB" w14:textId="7070D916" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317086">
+      <w:hyperlink w:anchor="_Toc196317086" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Orsaker till anmälan</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -664,61 +661,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="5DA21754" w14:textId="7A7C5209">
+    <w:p w14:paraId="5DA21754" w14:textId="7A7C5209" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317087">
+      <w:hyperlink w:anchor="_Toc196317087" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Indikatorer att särskilt beakta där anmälan ska göras</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -733,61 +730,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="2E65CD01" w14:textId="7F1D8DDC">
+    <w:p w14:paraId="2E65CD01" w14:textId="7F1D8DDC" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317088">
+      <w:hyperlink w:anchor="_Toc196317088" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Handläggning av anmälan till socialtjänsten</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -802,61 +799,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="127670E3" w14:textId="595DD474">
+    <w:p w14:paraId="127670E3" w14:textId="595DD474" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317089">
+      <w:hyperlink w:anchor="_Toc196317089" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Orosanmälan till skydd för det väntade barnet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -871,61 +868,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="64D57FEA" w14:textId="157C9F0B">
+    <w:p w14:paraId="64D57FEA" w14:textId="157C9F0B" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317090">
+      <w:hyperlink w:anchor="_Toc196317090" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vid skyddad identitet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -940,61 +937,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="6D9930D6" w14:textId="6B52EA2F">
+    <w:p w14:paraId="6D9930D6" w14:textId="6B52EA2F" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317091">
+      <w:hyperlink w:anchor="_Toc196317091" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentation av orosanmälan</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1009,61 +1006,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="28F3731C" w14:textId="016631ED">
+    <w:p w14:paraId="28F3731C" w14:textId="016631ED" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317092">
+      <w:hyperlink w:anchor="_Toc196317092" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Om barnet är patient</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1078,61 +1075,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="1E93CC45" w14:textId="388FE0B0">
+    <w:p w14:paraId="1E93CC45" w14:textId="388FE0B0" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317093">
+      <w:hyperlink w:anchor="_Toc196317093" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Om förälder/vårdnadshavare är patient</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1147,61 +1144,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="27103767" w14:textId="419D3777">
+    <w:p w14:paraId="27103767" w14:textId="419D3777" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317094">
+      <w:hyperlink w:anchor="_Toc196317094" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentation av socialtjänstens återkoppling</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1216,61 +1213,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="342A3712" w14:textId="30E568E9">
+    <w:p w14:paraId="342A3712" w14:textId="30E568E9" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317095">
+      <w:hyperlink w:anchor="_Toc196317095" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kontaktuppgifter till socialtjänst och individ- och familjeomsorg i Södra Älvsborgs Sjukhus upptagningsområde m.fl.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1285,61 +1282,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="528F8069" w14:textId="76F27586">
+    <w:p w14:paraId="528F8069" w14:textId="76F27586" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317096">
+      <w:hyperlink w:anchor="_Toc196317096" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kommuner</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1354,61 +1351,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="663E11EF" w14:textId="3CC2DC47">
+    <w:p w14:paraId="663E11EF" w14:textId="3CC2DC47" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317097">
+      <w:hyperlink w:anchor="_Toc196317097" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1423,61 +1420,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="7642FD33" w14:textId="500414C8">
+    <w:p w14:paraId="7642FD33" w14:textId="500414C8" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317098">
+      <w:hyperlink w:anchor="_Toc196317098" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referens- och länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1492,61 +1489,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="005467E5" w:rsidRDefault="005467E5" w14:paraId="02F885A4" w14:textId="758B6123">
+    <w:p w14:paraId="02F885A4" w14:textId="758B6123" w:rsidR="005467E5" w:rsidRDefault="005467E5">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc196317099">
+      <w:hyperlink w:anchor="_Toc196317099" w:history="1">
         <w:r w:rsidRPr="007D02E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Övriga länkar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1561,721 +1558,713 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00FF4BE5" w:rsidR="00470A75" w:rsidP="003F003D" w:rsidRDefault="00470A75" w14:paraId="70F8067D" w14:textId="132B9EA7">
+    <w:p w14:paraId="70F8067D" w14:textId="132B9EA7" w:rsidR="00470A75" w:rsidRPr="00FF4BE5" w:rsidRDefault="00470A75" w:rsidP="003F003D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:before="200" w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00FF4BE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bilaga</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="003F003D" w:rsidRDefault="00000000" w14:paraId="761DD9F3" w14:textId="7AB21FDC">
+    <w:p w14:paraId="761DD9F3" w14:textId="7AB21FDC" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="003F003D">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:hyperlink r:id="rId13">
-        <w:r w:rsidRPr="754FB83C" w:rsidR="00470A75">
+        <w:r w:rsidRPr="754FB83C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Blankett för anmälan om </w:t>
-[...11 lines deleted...]
-          <w:t>arn och unga som far illa</w:t>
+          <w:t>Blankett för anmälan om barn och unga som far illa</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00470A75">
+      <w:r>
         <w:t>, framtagen av Västra Götalandsregionens kompetenscentrum om våld i nära relationer (VKV).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="723F38E2" w14:textId="77777777">
+    <w:p w14:paraId="723F38E2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc440354598" w:id="33"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317083" w:id="60"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc440354598"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc256000001"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc256000016"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc256000031"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc256000046"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc462387825"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc256000061"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc256000080"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc256000099"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc473799175"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc256000026"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc256000130"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc256000149"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc256000168"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc532287534"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc256000187"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc536443550"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc536805009"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc256000208"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc29303285"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc256000229"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc34290935"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc256000250"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc256000271"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc256000292"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc256000313"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc256000334"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc196317083"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p w:rsidRPr="00F40202" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7E762ECF" w14:textId="77777777">
+    <w:p w14:paraId="7E762ECF" w14:textId="1FA1EA40" w:rsidR="00470A75" w:rsidRPr="00F40202" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t xml:space="preserve">Enligt 14 kap 1 § Socialtjänstlagen råder anmälningsskyldighet för alla anställda inom hälso- och sjukvården och andra myndigheter om det kommer till kännedom att ett barn eller ungdom under 18 år far illa. Se även de </w:t>
       </w:r>
       <w:r w:rsidRPr="00F40202">
         <w:t xml:space="preserve">regionala riktlinjerna </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
-        <w:r w:rsidRPr="00F40202">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00E6215F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Barn under 18 år som far illa eller riskerar att fara illa inklusive barn som har bevittnat/upplevt våld – indikationer och handläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F40202">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F40202">
         <w:t xml:space="preserve">[2], </w:t>
       </w:r>
       <w:hyperlink r:id="rId15">
         <w:r w:rsidRPr="00F40202">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Spädbarnsmisshandel</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F40202">
         <w:t xml:space="preserve"> [3] samt den </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk117596193" w:id="61"/>
+      <w:bookmarkStart w:id="61" w:name="_Hlk117596193"/>
       <w:r w:rsidRPr="00F40202">
         <w:t xml:space="preserve">sjukhusövergripande rutinen </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r w:rsidRPr="00F40202">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Våld i nära relationer, rutin för upptäckt och handläggning, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidRPr="00F40202">
         <w:t xml:space="preserve"> [4].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="16EEAD05" w14:textId="77777777">
+    <w:p w14:paraId="16EEAD05" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="00F40202">
         <w:t>Anmälningsskyldigheten</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gäller alla barn under 18 år, även asylsökande, papperslösa och gömda. Skyldigheten att göra orosanmälan gäller både när vården möter barn som patient och anhörig samt när vården möter patienter som har och/eller bor tillsammans med minderåriga barn.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="5D7048FE" w14:textId="77777777">
+    <w:p w14:paraId="5D7048FE" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t>Uppgifter eller misstankar behöver inte vara klarlagda eller bekräftade. Som anmälare behöver du inte ha förstahandsinformation, det räcker med att du fått kännedom om något.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="37AD309C" w14:textId="7405E55C">
+    <w:p w14:paraId="37AD309C" w14:textId="7405E55C" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t xml:space="preserve">Anmälningsskyldigheten kan inte överlåtas till någon annan och kan inte göras anonymt. Anmälan görs skriftligt på blankett </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="1D9DFD5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>orosanmälan gällande barn och unga</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00350BC2" w:rsidR="00350BC2">
+      <w:r w:rsidR="00350BC2" w:rsidRPr="00350BC2">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Om ni är flera som gör anmälan ska samtliga skriva under anmälan. Är det du som ensam medarbetare som gör en anmälan kan även din chef även skriva under anmälan tillsammans med dig. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0A2E9F93" w14:textId="77777777">
+    <w:p w14:paraId="0A2E9F93" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc440354599" w:id="62"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317084" w:id="89"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc440354599"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc256000002"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc256000017"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc256000032"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc256000047"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc462387826"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc256000062"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc256000081"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc256000100"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc473799176"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc256000041"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc256000131"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc256000150"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc256000169"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc532287535"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc256000188"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc536443551"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc536805010"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc256000209"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc29303286"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc256000230"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc34290936"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc256000251"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc256000272"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc256000293"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc256000314"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc256000335"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc196317084"/>
       <w:r>
         <w:t>Anmälnings- och uppgiftsskyldighet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
     </w:p>
-    <w:p w:rsidRPr="00B7436C" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="39AC8825" w14:textId="77777777">
+    <w:p w14:paraId="39AC8825" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00B7436C" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="00B7436C">
         <w:t>Enligt lag ska hälso- och sjukvårdspersonal och tandvårdspersonal agera vid misstanke om barn utsätts eller riskera att utsättas för våld eller andra övergrepp [1].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="2AEFC0B2" w14:textId="77777777">
+    <w:p w14:paraId="2AEFC0B2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc440354600" w:id="90"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317085" w:id="117"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc440354600"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc256000003"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc256000018"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc256000033"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc256000048"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc462387827"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc256000063"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc256000082"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc256000101"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc473799177"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc256000056"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc256000132"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc256000151"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc256000170"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc532287536"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc256000189"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc536443552"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc536805011"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc256000210"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc29303287"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc256000231"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc34290937"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc256000252"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc256000273"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc256000294"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc256000315"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc256000336"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc196317085"/>
       <w:r w:rsidRPr="00B7436C">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="4AC02A8E" w14:textId="77777777">
+    <w:p w14:paraId="4AC02A8E" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc440354601" w:id="118"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317086" w:id="145"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc440354601"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc256000004"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc256000019"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc256000034"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc256000049"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc462387828"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc256000064"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc256000083"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc256000102"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc473799178"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc256000075"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc256000133"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc256000152"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc256000171"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc532287537"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc256000190"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc536443553"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc536805012"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc256000211"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc29303288"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc256000232"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc34290938"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc256000253"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc256000274"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc256000295"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc256000316"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc256000337"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc196317086"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Orsaker till anmälan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="492D64C6" w14:textId="64DDC9C7">
+    <w:p w14:paraId="492D64C6" w14:textId="64DDC9C7" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t xml:space="preserve">Barn far illa eller riskerar fara illa oavsett om utsattheten är avsiktlig eller oavsiktlig, har kulturella eller religiösa bakgrundsfaktorer eller beror på okunskap om barns behov. Att </w:t>
       </w:r>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>som barn ha bevittnat/upplevt våld i nära relationer är en allvarlig form av psykiskt våld mot barnet. All hälso- och sjukvårdspersonal i Västra Götalandsregionen som gör hälso- och sjukvårdsbedömningar i mötet med patienter, ska ställa rutinmässiga frågor gällande våld i nära relation</w:t>
       </w:r>
       <w:r w:rsidR="00F6451D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> se rutin</w:t>
       </w:r>
       <w:r w:rsidR="00F6451D">
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="00F6451D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Våld i nära relation, rutin för upptäck och handläggning, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F6451D">
         <w:t xml:space="preserve"> [4].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="6D7FDBF0" w14:textId="77777777">
+    <w:p w14:paraId="6D7FDBF0" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc196317087" w:id="146"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc196317087"/>
       <w:r>
         <w:t>Indikatorer att särskilt beakta där anmälan ska göras</w:t>
       </w:r>
       <w:bookmarkEnd w:id="146"/>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="5D25887D" w14:textId="77777777">
+    <w:p w14:paraId="5D25887D" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Risker relaterade till vuxna</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="03F1F875" w14:textId="77777777">
+    <w:p w14:paraId="03F1F875" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Suicid och suicidförsök</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="74D55A32" w14:textId="77777777">
+    <w:p w14:paraId="74D55A32" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Psykosinsjuknande</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="37F22B1F" w14:textId="77777777">
+    <w:p w14:paraId="37F22B1F" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Intox</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="606D20F2" w14:textId="77777777">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="606D20F2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Aggressivitet (visar aggressivitet gentemot vårdpersonal och omgivning)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="5595D834" w14:textId="77777777">
+    <w:p w14:paraId="5595D834" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Våld i nära relation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="70941921" w14:textId="77777777">
+    <w:p w14:paraId="70941921" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Sexuella övergrepp</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7C9509CF" w14:textId="77777777">
+    <w:p w14:paraId="7C9509CF" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Fysiska övergrepp</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7CA65018" w14:textId="77777777">
+    <w:p w14:paraId="7CA65018" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Psykiska övergrepp</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="135B9957" w14:textId="77777777">
+    <w:p w14:paraId="135B9957" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Självskadebeteende</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3C165262" w14:textId="77777777">
+    <w:p w14:paraId="3C165262" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:spacing w:before="240" w:after="40"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Risker relaterat till barnet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3F6340C9" w14:textId="77777777">
+    <w:p w14:paraId="3F6340C9" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Omsorgssvikt och vanvård</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="5DB927EC" w14:textId="77777777">
+    <w:p w14:paraId="5DB927EC" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Nedstämdhet, oro, rädsla, sömnsvårigheter, ont i magen, ont i huvudet, mardrömmar, ätstörningar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="233D7ED3" w14:textId="77777777">
+    <w:p w14:paraId="233D7ED3" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t xml:space="preserve">Användning av alkohol </w:t>
       </w:r>
       <w:r>
         <w:t>samt</w:t>
       </w:r>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t xml:space="preserve"> läkemedel och drogmissbruk</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="09372252" w14:textId="77777777">
+    <w:p w14:paraId="09372252" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Aggressivitet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="232C6A13" w14:textId="77777777">
+    <w:p w14:paraId="232C6A13" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>Tidig graviditet innan 15 års ålder</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00987332" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="79EE1CE9" w14:textId="77777777">
+    <w:p w14:paraId="79EE1CE9" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00987332" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc440354603" w:id="147"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317088" w:id="174"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc440354603"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc256000006"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc256000021"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc256000036"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc256000051"/>
+      <w:bookmarkStart w:id="152" w:name="_Toc462387830"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc256000066"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc256000085"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc256000104"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc473799180"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc256000113"/>
+      <w:bookmarkStart w:id="158" w:name="_Toc256000135"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc256000154"/>
+      <w:bookmarkStart w:id="160" w:name="_Toc256000173"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc532287539"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc256000192"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc536443555"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc536805014"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc256000213"/>
+      <w:bookmarkStart w:id="166" w:name="_Toc29303290"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc256000234"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc34290940"/>
+      <w:bookmarkStart w:id="169" w:name="_Toc256000255"/>
+      <w:bookmarkStart w:id="170" w:name="_Toc256000276"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc256000297"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc256000318"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc256000339"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc196317088"/>
       <w:r w:rsidRPr="00987332">
         <w:t>Handläggning av anmälan till socialtjänsten</w:t>
       </w:r>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3ED817D2" w14:textId="77777777">
+    <w:p w14:paraId="3ED817D2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t xml:space="preserve">Anmälan ska göras skriftligt med undantag för rent akuta fall där socialtjänsten kontaktas per telefon under kontorstid, </w:t>
       </w:r>
       <w:hyperlink w:anchor="Kontaktuppgifter">
         <w:r w:rsidRPr="1D9DFD5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se kontaktuppgifter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">; efter kontorstid kontaktas sociala jouren på tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Huvudregeln är att vårdnadshavare ska informeras om orosanmälan kommer göras eller har gjorts. Gäller anmälan sexuella, fysiska eller psykiska övergrepp; konsultera socialtjänsten </w:t>
       </w:r>
       <w:r w:rsidRPr="1D9DFD5A">
@@ -2286,2278 +2275,2216 @@
         <w:t>innan</w:t>
       </w:r>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">anmälan görs. I dessa fall ska föräldrar/vårdnadshavare </w:t>
       </w:r>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>inte informeras</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> om att anmälan är gjord. Om det är aktuellt med ett akut omhändertagande för att </w:t>
       </w:r>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>skydda barnet, ska sjukhusets personal vara hos barnet tills personal från socialtjänsten kommer.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0316B2D4" w14:textId="601C841C">
+    <w:p w14:paraId="0316B2D4" w14:textId="601C841C" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="1D9DFD5A">
-        <w:t xml:space="preserve">Vid misstanke om brott kan hälso - sjukvården även anmäla till polisen. </w:t>
+        <w:t xml:space="preserve">Vid misstanke om brott kan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="1D9DFD5A">
+        <w:t>hälso</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="1D9DFD5A">
+        <w:t xml:space="preserve"> - sjukvården även anmäla till polisen. </w:t>
       </w:r>
       <w:r w:rsidRPr="006927B1">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="006927B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Våld i nära relation,</w:t>
         </w:r>
         <w:r w:rsidR="006927B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="006927B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>rutin för upptäckt och handläggning SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006927B1">
         <w:t xml:space="preserve"> [4].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="18D712D6" w14:textId="77777777">
+    <w:p w14:paraId="18D712D6" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t xml:space="preserve">Anmälan görs skriftligt och skickas med fax eller postgång. En anmälan får </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA37AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t xml:space="preserve"> skickas med e-post.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0DFA487B" w14:textId="31BFB056">
+    <w:p w14:paraId="0DFA487B" w14:textId="31BFB056" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t>Nedan följer information som är lämplig att ha med i en anmälan, se blanketten ”</w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="1D9DFD5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Anmälan om barn och unga som far illa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="55BB4BA8" w14:textId="77777777">
+    <w:p w14:paraId="55BB4BA8" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc440354604" w:id="175"/>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="_Toc256000340" w:id="201"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc440354604"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc256000007"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc256000022"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc256000037"/>
+      <w:bookmarkStart w:id="179" w:name="_Toc256000052"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc462387831"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc256000067"/>
+      <w:bookmarkStart w:id="182" w:name="_Toc256000086"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc256000105"/>
+      <w:bookmarkStart w:id="184" w:name="_Toc473799181"/>
+      <w:bookmarkStart w:id="185" w:name="_Toc256000117"/>
+      <w:bookmarkStart w:id="186" w:name="_Toc256000136"/>
+      <w:bookmarkStart w:id="187" w:name="_Toc256000155"/>
+      <w:bookmarkStart w:id="188" w:name="_Toc256000174"/>
+      <w:bookmarkStart w:id="189" w:name="_Toc532287540"/>
+      <w:bookmarkStart w:id="190" w:name="_Toc256000193"/>
+      <w:bookmarkStart w:id="191" w:name="_Toc536443556"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc536805015"/>
+      <w:bookmarkStart w:id="193" w:name="_Toc256000214"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc29303291"/>
+      <w:bookmarkStart w:id="195" w:name="_Toc256000235"/>
+      <w:bookmarkStart w:id="196" w:name="_Toc34290941"/>
+      <w:bookmarkStart w:id="197" w:name="_Toc256000256"/>
+      <w:bookmarkStart w:id="198" w:name="_Toc256000277"/>
+      <w:bookmarkStart w:id="199" w:name="_Toc256000298"/>
+      <w:bookmarkStart w:id="200" w:name="_Toc256000319"/>
+      <w:bookmarkStart w:id="201" w:name="_Toc256000340"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Personuppgifter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0D5255FC" w14:textId="77777777">
+    <w:p w14:paraId="0D5255FC" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Namn, personnummer, telefonnummer och adress på barn och föräldrarna/vårdnadshavare.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="2AB951E1" w14:textId="77777777">
+    <w:p w14:paraId="2AB951E1" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc440354605" w:id="202"/>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="_Toc256000341" w:id="228"/>
+      <w:bookmarkStart w:id="202" w:name="_Toc440354605"/>
+      <w:bookmarkStart w:id="203" w:name="_Toc256000008"/>
+      <w:bookmarkStart w:id="204" w:name="_Toc256000023"/>
+      <w:bookmarkStart w:id="205" w:name="_Toc256000038"/>
+      <w:bookmarkStart w:id="206" w:name="_Toc256000053"/>
+      <w:bookmarkStart w:id="207" w:name="_Toc462387832"/>
+      <w:bookmarkStart w:id="208" w:name="_Toc256000068"/>
+      <w:bookmarkStart w:id="209" w:name="_Toc256000087"/>
+      <w:bookmarkStart w:id="210" w:name="_Toc256000106"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc473799182"/>
+      <w:bookmarkStart w:id="212" w:name="_Toc256000118"/>
+      <w:bookmarkStart w:id="213" w:name="_Toc256000137"/>
+      <w:bookmarkStart w:id="214" w:name="_Toc256000156"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc256000175"/>
+      <w:bookmarkStart w:id="216" w:name="_Toc532287541"/>
+      <w:bookmarkStart w:id="217" w:name="_Toc256000194"/>
+      <w:bookmarkStart w:id="218" w:name="_Toc536443557"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc536805016"/>
+      <w:bookmarkStart w:id="220" w:name="_Toc256000215"/>
+      <w:bookmarkStart w:id="221" w:name="_Toc29303292"/>
+      <w:bookmarkStart w:id="222" w:name="_Toc256000236"/>
+      <w:bookmarkStart w:id="223" w:name="_Toc34290942"/>
+      <w:bookmarkStart w:id="224" w:name="_Toc256000257"/>
+      <w:bookmarkStart w:id="225" w:name="_Toc256000278"/>
+      <w:bookmarkStart w:id="226" w:name="_Toc256000299"/>
+      <w:bookmarkStart w:id="227" w:name="_Toc256000320"/>
+      <w:bookmarkStart w:id="228" w:name="_Toc256000341"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Orsak till anmälan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="2286FA75" w14:textId="77777777">
+    <w:p w14:paraId="2286FA75" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Beskriv det som orsakar oro? (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ind</w:t>
       </w:r>
       <w:r w:rsidRPr="1D9DFD5A">
         <w:t>ikatorer ovan)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="2F432C8D" w14:textId="77777777">
+    <w:p w14:paraId="2F432C8D" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Har något framkommit i samtal med förälder som ger oro för barnet?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3F10F317" w14:textId="77777777">
+    <w:p w14:paraId="3F10F317" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Om barn har varit involverade har denne uttryckt något som gjort anmälaren orolig? Försök att återge barnets ord.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="084A9958" w14:textId="77777777">
+    <w:p w14:paraId="084A9958" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Till vem har barnet uttryckt sig?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00094574" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="30E96C3C" w14:textId="77777777">
+    <w:p w14:paraId="30E96C3C" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00094574" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Journalkopia kan bifogas som komplettering till skriftlig anmälan om </w:t>
       </w:r>
       <w:r w:rsidRPr="00094574">
         <w:t>händelse har dokumenterats i journalen, se rutinen ”</w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="00094574">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Utskrifter från Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00094574">
         <w:t>” [5].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00094574" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="05E9F42B" w14:textId="77777777">
+    <w:p w14:paraId="05E9F42B" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00094574" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc196317089" w:id="229"/>
+      <w:bookmarkStart w:id="229" w:name="_Toc196317089"/>
       <w:r w:rsidRPr="00094574">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Orosanmälan till skydd för det väntade barnet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="229"/>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7B48DC33" w14:textId="1C284B48">
+    <w:p w14:paraId="7B48DC33" w14:textId="1C284B48" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="00094574">
         <w:t xml:space="preserve">Det är möjligt att i vissa fall lämna uppgifter </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00094574">
         <w:t>mellan myndigheter till</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00094574">
         <w:t xml:space="preserve"> skydd för ett väntat barn utan hinder av sekretess. Det kan exempelvis handla om myndigheter inom socialtjänsten, mödrahälsovården, barnhälsovården och vuxenpsykiatrin</w:t>
       </w:r>
       <w:r w:rsidR="00B2740D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00094574">
         <w:t xml:space="preserve"> för information se regional riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="00094574">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Barn under 18 år som far illa eller riskerar att fara illa inklusive barn som har bevittnat/upplevt våld – indikationer och handläggning</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00094574">
         <w:t xml:space="preserve"> [2].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B2740D" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="353494C7" w14:textId="77777777">
+    <w:p w14:paraId="353494C7" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00B2740D" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="00B2740D">
         <w:t>Undantaget från sekretessen bör användas med urskiljning och varsamhet [6, kapitel 25 kap §12].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C65C91" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3D3C60B2" w14:textId="77777777">
+    <w:p w14:paraId="3D3C60B2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00C65C91" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="00B2740D">
         <w:t xml:space="preserve">Det ofödda barnet förses med reservnummer varefter orosanmälan görs enligt ordinarie rutin. Efter förlossningen ersätts reservnumret med barnets rätta personnummer enligt ordinarie rutin, se riktlinje </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId23">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00B2740D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Personnummerbyte i vårdens IT-system</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B2740D">
         <w:t xml:space="preserve"> [7].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00B37052" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="505674AA" w14:textId="480E3803">
+    <w:p w14:paraId="505674AA" w14:textId="480E3803" w:rsidR="00470A75" w:rsidRPr="00B37052" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="1D9DFD5A">
+        <w:lastRenderedPageBreak/>
         <w:t>För mer information om orosanmälan hänvisas till</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> länsgemensam </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId24">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00B37052">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Riktlinje vid oro för väntat barn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B37052">
         <w:t xml:space="preserve"> [8] samt </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
         <w:r w:rsidRPr="00B37052">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>delregional rutin oro för väntat barn</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B37052">
         <w:t xml:space="preserve"> [9].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C65C91" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="1FC67C18" w14:textId="77777777">
+    <w:p w14:paraId="1FC67C18" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00C65C91" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc196317090" w:id="230"/>
+      <w:bookmarkStart w:id="230" w:name="_Toc196317090"/>
       <w:r>
         <w:t>Vid skyddad identitet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="230"/>
     </w:p>
-    <w:p w:rsidRPr="00A963BB" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="1C93727F" w14:textId="77777777">
+    <w:p w14:paraId="1C93727F" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00A963BB" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00A963BB">
         <w:t>När patienten har skyddad identitet, oavsett om det gäller barn eller vuxen</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A963BB">
         <w:t xml:space="preserve"> ska orosanmälan lägga</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A963BB">
         <w:t xml:space="preserve"> i ett slutet kuvert och skriva följande på kuvertet:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A963BB" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="5F9C3A71" w14:textId="77777777">
+    <w:p w14:paraId="5F9C3A71" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00A963BB" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00A963BB">
         <w:t>“Patientens personnummer” samt texten “vidarebefordras till socialtjänst där patienten vistas”</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A963BB" w:rsidR="00470A75" w:rsidP="003902AE" w:rsidRDefault="00470A75" w14:paraId="077AE5C2" w14:textId="77777777">
+    <w:p w14:paraId="077AE5C2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00A963BB" w:rsidRDefault="00470A75" w:rsidP="003902AE">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00A963BB">
         <w:t>Lägg sedan detta i ett ytterligare slutet kuvert och skicka till:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="10CCFBC0" w14:textId="77777777">
+    <w:p w14:paraId="10CCFBC0" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00A963BB">
         <w:t>Förmedlingsuppdrag</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A963BB" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="22E2B80A" w14:textId="77777777">
+    <w:p w14:paraId="22E2B80A" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00A963BB" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00A963BB">
         <w:t>Box 2820</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="6EBB0F74" w14:textId="77777777">
+    <w:p w14:paraId="6EBB0F74" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:t>40320 Göteborg</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="194CBB58" w14:textId="77777777">
+    <w:p w14:paraId="194CBB58" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="0087469E">
         <w:t xml:space="preserve">Om det är aktuellt med ett akut omhändertagande för att skydda barnet, ska sjukhusets personal vara kvar hos barnet tills personal från socialtjänsten kommer. Kontakt med socialtjänsten på kvällar och helger, ring </w:t>
       </w:r>
       <w:r w:rsidRPr="0087469E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="0087469E">
         <w:t xml:space="preserve"> och begär sociala jouren. Vid behov av </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0087469E">
         <w:t>kontakt dagtid</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0087469E">
         <w:t xml:space="preserve"> kontakta den kommun där ni misstänker att barnet vistas och om detta inte går att få fram kontakta Borås stad.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="003902AE" w:rsidRDefault="00470A75" w14:paraId="2FBBEF85" w14:textId="77777777">
+    <w:p w14:paraId="2FBBEF85" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="003902AE">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="200"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Dokumentation_av_orosanmälan" w:id="231"/>
-[...22 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317091" w:id="254"/>
+      <w:bookmarkStart w:id="231" w:name="_Dokumentation_av_orosanmälan"/>
+      <w:bookmarkStart w:id="232" w:name="_Toc462387835"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc256000071"/>
+      <w:bookmarkStart w:id="234" w:name="_Toc256000090"/>
+      <w:bookmarkStart w:id="235" w:name="_Toc256000109"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc473799185"/>
+      <w:bookmarkStart w:id="237" w:name="_Toc256000121"/>
+      <w:bookmarkStart w:id="238" w:name="_Toc256000140"/>
+      <w:bookmarkStart w:id="239" w:name="_Toc256000159"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc256000178"/>
+      <w:bookmarkStart w:id="241" w:name="_Toc532287544"/>
+      <w:bookmarkStart w:id="242" w:name="_Toc256000197"/>
+      <w:bookmarkStart w:id="243" w:name="_Toc536443560"/>
+      <w:bookmarkStart w:id="244" w:name="_Toc536805019"/>
+      <w:bookmarkStart w:id="245" w:name="_Toc256000218"/>
+      <w:bookmarkStart w:id="246" w:name="_Toc29303295"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc256000239"/>
+      <w:bookmarkStart w:id="248" w:name="_Toc34290945"/>
+      <w:bookmarkStart w:id="249" w:name="_Toc256000260"/>
+      <w:bookmarkStart w:id="250" w:name="_Toc256000281"/>
+      <w:bookmarkStart w:id="251" w:name="_Toc256000302"/>
+      <w:bookmarkStart w:id="252" w:name="_Toc256000323"/>
+      <w:bookmarkStart w:id="253" w:name="_Toc256000344"/>
+      <w:bookmarkStart w:id="254" w:name="_Toc196317091"/>
       <w:bookmarkEnd w:id="231"/>
       <w:r>
         <w:t>Dokumentation av orosanmälan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
     </w:p>
-    <w:p w:rsidR="00013BCA" w:rsidP="00470A75" w:rsidRDefault="007706F6" w14:paraId="667D0045" w14:textId="70FF09A2">
+    <w:p w14:paraId="667D0045" w14:textId="70FF09A2" w:rsidR="00013BCA" w:rsidRDefault="007706F6" w:rsidP="00470A75">
       <w:r w:rsidRPr="007706F6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> B</w:t>
       </w:r>
-      <w:r w:rsidRPr="00013BCA" w:rsidR="00013BCA">
+      <w:r w:rsidR="00013BCA" w:rsidRPr="00013BCA">
         <w:t>lankett</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> för orosanmälan</w:t>
       </w:r>
-      <w:r w:rsidRPr="00013BCA" w:rsidR="00013BCA">
+      <w:r w:rsidR="00013BCA" w:rsidRPr="00013BCA">
         <w:t xml:space="preserve"> ska aldrig s</w:t>
       </w:r>
       <w:r w:rsidR="00FE1AC8">
         <w:t>k</w:t>
       </w:r>
-      <w:r w:rsidRPr="00013BCA" w:rsidR="00013BCA">
+      <w:r w:rsidR="00013BCA" w:rsidRPr="00013BCA">
         <w:t xml:space="preserve">annas in </w:t>
       </w:r>
       <w:r w:rsidR="00FE1AC8">
         <w:t xml:space="preserve">till </w:t>
       </w:r>
-      <w:r w:rsidRPr="00013BCA" w:rsidR="00013BCA">
+      <w:r w:rsidR="00013BCA" w:rsidRPr="00013BCA">
         <w:t>journal</w:t>
       </w:r>
       <w:r w:rsidR="00FE1AC8">
         <w:t>en.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C6AAD" w:rsidP="00470A75" w:rsidRDefault="008C6AAD" w14:paraId="5BB7C654" w14:textId="1BED6362">
+    <w:p w14:paraId="5BB7C654" w14:textId="1BED6362" w:rsidR="008C6AAD" w:rsidRDefault="008C6AAD" w:rsidP="00470A75">
       <w:r w:rsidRPr="008C6AAD">
-        <w:t xml:space="preserve">Alla orosanmälningar inkl socialtjänstens bekräftelsebrev efter mottagen anmälan, ska diarieföras i Public 360 via respektive verksamhetsområde. Ifylld blankett och bekräftelsebrev skannas in och bifogas ärendet i Public 360 oavsett om barnet eller vårdnadshavaren är patient. Meddela att du vill ha återkoppling om vilket diarienummer </w:t>
+        <w:t xml:space="preserve">Alla orosanmälningar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C6AAD">
+        <w:t>inkl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C6AAD">
+        <w:t xml:space="preserve"> socialtjänstens bekräftelsebrev efter mottagen anmälan, ska diarieföras i Public 360 via respektive verksamhetsområde. Ifylld blankett och bekräftelsebrev skannas in och bifogas ärendet i Public 360 oavsett om barnet eller vårdnadshavaren är patient. Meddela att du vill ha återkoppling om vilket diarienummer </w:t>
       </w:r>
       <w:r w:rsidR="003422D4">
         <w:t xml:space="preserve">som </w:t>
       </w:r>
       <w:r w:rsidRPr="008C6AAD">
         <w:t>orosanmälan fått (diarienumret ska anges i journalen).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="003902AE" w:rsidRDefault="00470A75" w14:paraId="5A716FF5" w14:textId="77777777">
+    <w:p w14:paraId="5A716FF5" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="003902AE">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="200"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc462387836" w:id="255"/>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317092" w:id="277"/>
+      <w:bookmarkStart w:id="255" w:name="_Toc462387836"/>
+      <w:bookmarkStart w:id="256" w:name="_Toc256000072"/>
+      <w:bookmarkStart w:id="257" w:name="_Toc256000091"/>
+      <w:bookmarkStart w:id="258" w:name="_Toc256000110"/>
+      <w:bookmarkStart w:id="259" w:name="_Toc473799186"/>
+      <w:bookmarkStart w:id="260" w:name="_Toc256000122"/>
+      <w:bookmarkStart w:id="261" w:name="_Toc256000141"/>
+      <w:bookmarkStart w:id="262" w:name="_Toc256000160"/>
+      <w:bookmarkStart w:id="263" w:name="_Toc256000179"/>
+      <w:bookmarkStart w:id="264" w:name="_Toc532287545"/>
+      <w:bookmarkStart w:id="265" w:name="_Toc256000198"/>
+      <w:bookmarkStart w:id="266" w:name="_Toc536443561"/>
+      <w:bookmarkStart w:id="267" w:name="_Toc536805020"/>
+      <w:bookmarkStart w:id="268" w:name="_Toc256000219"/>
+      <w:bookmarkStart w:id="269" w:name="_Toc29303296"/>
+      <w:bookmarkStart w:id="270" w:name="_Toc256000240"/>
+      <w:bookmarkStart w:id="271" w:name="_Toc34290946"/>
+      <w:bookmarkStart w:id="272" w:name="_Toc256000261"/>
+      <w:bookmarkStart w:id="273" w:name="_Toc256000282"/>
+      <w:bookmarkStart w:id="274" w:name="_Toc256000303"/>
+      <w:bookmarkStart w:id="275" w:name="_Toc256000324"/>
+      <w:bookmarkStart w:id="276" w:name="_Toc256000345"/>
+      <w:bookmarkStart w:id="277" w:name="_Toc196317092"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Om barnet är patient</w:t>
       </w:r>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="4CE0F680" w14:textId="77777777">
+    <w:p w14:paraId="4CE0F680" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t>Beroende på om vårdnadshavare ska informeras om orosanmälan eller inte, dokumenteras anmälan på två olika sätt:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="6D5D66F0" w14:textId="77777777">
+    <w:p w14:paraId="6D5D66F0" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="5D085651">
         <w:t xml:space="preserve">När barnet är patient och vårdnadshavare </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15DE6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>informeras</w:t>
       </w:r>
       <w:r w:rsidRPr="5D085651">
         <w:t xml:space="preserve"> om orosanmälan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3342E83E" w14:textId="77777777">
+    <w:p w14:paraId="3342E83E" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t>Om det inte finns några hinder för att vårdnadshavare får kännedom om att en orosanmälan är gjorts, dokumenteras det i en vanlig journalanteckning i barnets journal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="005D639C" w:rsidRDefault="00470A75" w14:paraId="28D47176" w14:textId="77777777">
+    <w:p w14:paraId="28D47176" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="005D639C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Anteckningen ska innehålla uppgifter om:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="791174A9" w14:textId="77777777">
+    <w:p w14:paraId="791174A9" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>att anmälan är gjord och vem som gjort den.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="2DB56B76" w14:textId="77777777">
+    <w:p w14:paraId="2DB56B76" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>anmälan gjorts skriftligt och vilket diarienummer den i så fall fått i SÄS diarium.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="23E84F48" w14:textId="77777777">
+    <w:p w14:paraId="23E84F48" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>till vilket socialkontor anmälan är gjord.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="22364697" w14:textId="77777777">
+    <w:p w14:paraId="22364697" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>vårdnadshavare är informerad om att anmälan är gjord.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="173EC2A2" w14:textId="77777777">
+    <w:p w14:paraId="173EC2A2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t>Anmälan är inte en vårdåtgärd, men ska KVÅ-kodas som en vårdadministrativ åtgärd med KVÅ-kod GD 008.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="5DBD8808" w14:textId="77777777">
+    <w:p w14:paraId="5DBD8808" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="5D085651">
         <w:t xml:space="preserve">När barnet är patient och vårdnadshavare </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15DE6">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15DE6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> ska informeras</w:t>
       </w:r>
       <w:r w:rsidRPr="5D085651">
         <w:t xml:space="preserve"> om orosanmälan</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00461036" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="4B188A2D" w14:textId="77777777">
+    <w:p w14:paraId="4B188A2D" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00461036" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="00461036">
         <w:t>Orosanmälan ska dokumenteras i journalmallen “</w:t>
       </w:r>
       <w:r w:rsidRPr="00461036">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Undantag från direktåtkomst, </w:t>
       </w:r>
       <w:r w:rsidRPr="00461036">
         <w:t xml:space="preserve">under sökordet </w:t>
       </w:r>
       <w:r w:rsidRPr="00461036">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Orosanmälan gällande barn</w:t>
       </w:r>
       <w:r w:rsidRPr="00461036">
         <w:t xml:space="preserve">, se riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId26">
         <w:r w:rsidRPr="00461036">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Barns journal på nätet, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00461036">
         <w:t xml:space="preserve"> [10].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0779B013" w14:textId="77777777">
+    <w:p w14:paraId="0779B013" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r w:rsidRPr="00461036">
         <w:t>I mallen finns följande att dokumentera på:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="62648691" w14:textId="77777777">
+    <w:p w14:paraId="62648691" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t>Anmälningsdatum: Datum då anmälas skickas in.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="458B5552" w14:textId="77777777">
+    <w:p w14:paraId="458B5552" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Socialkontor: namn på det socialkontor dit anmälan skickas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0D55132B" w14:textId="77777777">
+    <w:p w14:paraId="0D55132B" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Info ska ej ges till vårdnadshavare: Ange här att vårdnadshavare inte har fått information om att orosanmälan är gjord.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="13CD0D13" w14:textId="77777777">
+    <w:p w14:paraId="13CD0D13" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Sjukhusets diarienummer.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3C7B4B13" w14:textId="77777777">
+    <w:p w14:paraId="3C7B4B13" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Datum för återkoppling från Socialtjänst: Ange vilket datum socialtjänsten återkopplade.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="60FBE214" w14:textId="77777777">
+    <w:p w14:paraId="60FBE214" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">KVÅ-kod ska </w:t>
       </w:r>
       <w:r w:rsidRPr="0967789A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> anges i journalmallen “Undantag från direktåterkomst”. Dels för att mallen saknar fält för detta, dels för att inte riskera att information om orosanmälan sprids genom andra IT-system.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3A1D12BA" w14:textId="77777777">
+    <w:p w14:paraId="3A1D12BA" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t xml:space="preserve">Ifylld blankett för orosanmälan, eller annan form av skriftlig anmälan, ska diarieföras via respektive verksamhet, </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Dokumentation_av_orosanmälan">
         <w:r w:rsidRPr="0967789A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se ovan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="08642DE9" w14:textId="77777777">
+    <w:p w14:paraId="08642DE9" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc462387837" w:id="278"/>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317093" w:id="300"/>
+      <w:bookmarkStart w:id="278" w:name="_Toc462387837"/>
+      <w:bookmarkStart w:id="279" w:name="_Toc256000073"/>
+      <w:bookmarkStart w:id="280" w:name="_Toc256000092"/>
+      <w:bookmarkStart w:id="281" w:name="_Toc256000111"/>
+      <w:bookmarkStart w:id="282" w:name="_Toc473799187"/>
+      <w:bookmarkStart w:id="283" w:name="_Toc256000123"/>
+      <w:bookmarkStart w:id="284" w:name="_Toc256000142"/>
+      <w:bookmarkStart w:id="285" w:name="_Toc256000161"/>
+      <w:bookmarkStart w:id="286" w:name="_Toc256000180"/>
+      <w:bookmarkStart w:id="287" w:name="_Toc532287546"/>
+      <w:bookmarkStart w:id="288" w:name="_Toc256000199"/>
+      <w:bookmarkStart w:id="289" w:name="_Toc536443562"/>
+      <w:bookmarkStart w:id="290" w:name="_Toc536805021"/>
+      <w:bookmarkStart w:id="291" w:name="_Toc256000220"/>
+      <w:bookmarkStart w:id="292" w:name="_Toc29303297"/>
+      <w:bookmarkStart w:id="293" w:name="_Toc256000241"/>
+      <w:bookmarkStart w:id="294" w:name="_Toc34290947"/>
+      <w:bookmarkStart w:id="295" w:name="_Toc256000262"/>
+      <w:bookmarkStart w:id="296" w:name="_Toc256000283"/>
+      <w:bookmarkStart w:id="297" w:name="_Toc256000304"/>
+      <w:bookmarkStart w:id="298" w:name="_Toc256000325"/>
+      <w:bookmarkStart w:id="299" w:name="_Toc256000346"/>
+      <w:bookmarkStart w:id="300" w:name="_Toc196317093"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Om förälder/vårdnadshavare är patient</w:t>
       </w:r>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0641E9F0" w14:textId="77777777">
+    <w:p w14:paraId="0641E9F0" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r>
         <w:t>Anteckning om orosanmälan har gjorts förs in i vårdnadshavarens journal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="29B848B2" w14:textId="77777777">
+    <w:p w14:paraId="29B848B2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:spacing w:after="40"/>
       </w:pPr>
       <w:r>
         <w:t>Anteckningen ska innehålla uppgifter om:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="1DC9AA76" w14:textId="77777777">
+    <w:p w14:paraId="1DC9AA76" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>att anmälan är gjord och vem som gjort den.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="5C9D2384" w14:textId="77777777">
+    <w:p w14:paraId="5C9D2384" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>anmälan gjorts skriftligt och vilket diarienummer den i så fall fått i SÄS diarium.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="13687711" w14:textId="77777777">
+    <w:p w14:paraId="13687711" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Till vilket socialkontor anmälan är gjord.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="29AC812C" w14:textId="77777777">
+    <w:p w14:paraId="29AC812C" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>vårdnadshavaren är informerad om att anmälan är gjord.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="59E43F16" w14:textId="77777777">
+    <w:p w14:paraId="59E43F16" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:ind w:left="1349"/>
       </w:pPr>
       <w:r w:rsidRPr="00894CA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>OBS</w:t>
       </w:r>
       <w:r w:rsidRPr="0B1F1B25">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">! </w:t>
       </w:r>
       <w:r>
         <w:t>När vårdnadshavaren misstänks ha skadat ett barn ska orosanmälan dokumenteras i journalmallen “Undantag från direktåtkomst” under sökordet “Orosanmälan gällande barn” i vårdnadshavarens journal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="2455217C" w14:textId="77777777">
+    <w:p w14:paraId="2455217C" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>KVÅ- kod GD 008.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="70F25A80" w14:textId="77777777">
+    <w:p w14:paraId="70F25A80" w14:textId="77777777" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>Om anmälaren bedömer att en notering om att en orosanmälan har gjorts också bör finnas i barnets journal, kan en anteckning skrivas på barnets personnummer även om det är en förälder/vårdnadshavare som är patient.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="1C86D325" w14:textId="77777777">
+    <w:p w14:paraId="1C86D325" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ifylld blankett för orosanmälan ska diarieföras, </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Dokumentation_av_orosanmälan">
         <w:r w:rsidRPr="0967789A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se ovan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7B5EE29E" w14:textId="77777777">
+    <w:p w14:paraId="7B5EE29E" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc462387838" w:id="301"/>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317094" w:id="323"/>
+      <w:bookmarkStart w:id="301" w:name="_Toc462387838"/>
+      <w:bookmarkStart w:id="302" w:name="_Toc256000074"/>
+      <w:bookmarkStart w:id="303" w:name="_Toc256000093"/>
+      <w:bookmarkStart w:id="304" w:name="_Toc256000112"/>
+      <w:bookmarkStart w:id="305" w:name="_Toc473799188"/>
+      <w:bookmarkStart w:id="306" w:name="_Toc256000124"/>
+      <w:bookmarkStart w:id="307" w:name="_Toc256000143"/>
+      <w:bookmarkStart w:id="308" w:name="_Toc256000162"/>
+      <w:bookmarkStart w:id="309" w:name="_Toc256000181"/>
+      <w:bookmarkStart w:id="310" w:name="_Toc532287547"/>
+      <w:bookmarkStart w:id="311" w:name="_Toc256000200"/>
+      <w:bookmarkStart w:id="312" w:name="_Toc536443563"/>
+      <w:bookmarkStart w:id="313" w:name="_Toc536805022"/>
+      <w:bookmarkStart w:id="314" w:name="_Toc256000221"/>
+      <w:bookmarkStart w:id="315" w:name="_Toc29303298"/>
+      <w:bookmarkStart w:id="316" w:name="_Toc256000242"/>
+      <w:bookmarkStart w:id="317" w:name="_Toc34290948"/>
+      <w:bookmarkStart w:id="318" w:name="_Toc256000263"/>
+      <w:bookmarkStart w:id="319" w:name="_Toc256000284"/>
+      <w:bookmarkStart w:id="320" w:name="_Toc256000305"/>
+      <w:bookmarkStart w:id="321" w:name="_Toc256000326"/>
+      <w:bookmarkStart w:id="322" w:name="_Toc256000347"/>
+      <w:bookmarkStart w:id="323" w:name="_Toc196317094"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Dokumentation av socialtjänstens återkoppling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
       <w:bookmarkEnd w:id="312"/>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
     </w:p>
-    <w:p w:rsidR="00C56753" w:rsidP="00EE0D58" w:rsidRDefault="00470A75" w14:paraId="28BF4D41" w14:textId="618B3077">
+    <w:p w14:paraId="28BF4D41" w14:textId="618B3077" w:rsidR="00C56753" w:rsidRDefault="00470A75" w:rsidP="00EE0D58">
       <w:pPr>
         <w:ind w:right="707"/>
       </w:pPr>
       <w:r w:rsidRPr="5D085651">
         <w:t xml:space="preserve">Återkoppling från socialtjänsten angående </w:t>
       </w:r>
       <w:r w:rsidR="00C56753">
         <w:t>oros</w:t>
       </w:r>
       <w:r w:rsidRPr="5D085651">
         <w:t xml:space="preserve">anmälan ska </w:t>
       </w:r>
       <w:r w:rsidR="00C56753">
         <w:t>skannas</w:t>
       </w:r>
       <w:r w:rsidR="001648A7">
         <w:t xml:space="preserve"> in och bifogas ärendet i Public 360</w:t>
       </w:r>
-      <w:r w:rsidRPr="001648A7" w:rsidR="001648A7">
+      <w:r w:rsidR="001648A7" w:rsidRPr="001648A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE0D58" w:rsidR="00EE0D58">
+      <w:r w:rsidR="00EE0D58" w:rsidRPr="00EE0D58">
         <w:t>via respektive verksamhetsområde</w:t>
       </w:r>
       <w:r w:rsidR="00591089">
         <w:t xml:space="preserve">; detta ska göras </w:t>
       </w:r>
-      <w:r w:rsidRPr="001648A7" w:rsidR="001648A7">
+      <w:r w:rsidR="001648A7" w:rsidRPr="001648A7">
         <w:t>oavsett om barnet eller vårdnadshavaren är patient.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="70505E58" w14:textId="77777777">
+    <w:p w14:paraId="70505E58" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Bilaga_-_Individ-_1" w:id="324"/>
-[...31 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317095" w:id="356"/>
+      <w:bookmarkStart w:id="324" w:name="_Bilaga_-_Individ-_1"/>
+      <w:bookmarkStart w:id="325" w:name="_Kontaktuppgifter_-_Individ-"/>
+      <w:bookmarkStart w:id="326" w:name="Kontaktuppgifter"/>
+      <w:bookmarkStart w:id="327" w:name="_Toc473799189"/>
+      <w:bookmarkStart w:id="328" w:name="_Toc256000125"/>
+      <w:bookmarkStart w:id="329" w:name="_Toc256000144"/>
+      <w:bookmarkStart w:id="330" w:name="_Toc256000163"/>
+      <w:bookmarkStart w:id="331" w:name="_Toc256000182"/>
+      <w:bookmarkStart w:id="332" w:name="_Toc532287548"/>
+      <w:bookmarkStart w:id="333" w:name="_Toc256000201"/>
+      <w:bookmarkStart w:id="334" w:name="_Toc536443564"/>
+      <w:bookmarkStart w:id="335" w:name="_Toc536805023"/>
+      <w:bookmarkStart w:id="336" w:name="_Toc256000222"/>
+      <w:bookmarkStart w:id="337" w:name="_Toc29303299"/>
+      <w:bookmarkStart w:id="338" w:name="_Toc256000243"/>
+      <w:bookmarkStart w:id="339" w:name="_Toc34290949"/>
+      <w:bookmarkStart w:id="340" w:name="_Toc256000264"/>
+      <w:bookmarkStart w:id="341" w:name="_Toc256000285"/>
+      <w:bookmarkStart w:id="342" w:name="_Toc256000306"/>
+      <w:bookmarkStart w:id="343" w:name="_Toc256000327"/>
+      <w:bookmarkStart w:id="344" w:name="_Toc256000348"/>
+      <w:bookmarkStart w:id="345" w:name="_Toc196317095"/>
+      <w:bookmarkStart w:id="346" w:name="_Toc182366122"/>
+      <w:bookmarkStart w:id="347" w:name="_Toc369164055"/>
+      <w:bookmarkStart w:id="348" w:name="_Toc440354609"/>
+      <w:bookmarkStart w:id="349" w:name="_Toc256000012"/>
+      <w:bookmarkStart w:id="350" w:name="_Toc256000027"/>
+      <w:bookmarkStart w:id="351" w:name="_Toc256000042"/>
+      <w:bookmarkStart w:id="352" w:name="_Toc256000057"/>
+      <w:bookmarkStart w:id="353" w:name="_Toc462387840"/>
+      <w:bookmarkStart w:id="354" w:name="_Toc256000076"/>
+      <w:bookmarkStart w:id="355" w:name="_Toc256000095"/>
+      <w:bookmarkStart w:id="356" w:name="_Toc256000114"/>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
       <w:bookmarkEnd w:id="326"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Kontaktuppgifter till socialtjänst och individ- och familjeomsorg i Södra Älvsborgs Sjukhus upptagningsområde</w:t>
       </w:r>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
       <w:r w:rsidRPr="001E1892">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>m.fl.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
       <w:bookmarkEnd w:id="336"/>
       <w:bookmarkEnd w:id="337"/>
       <w:bookmarkEnd w:id="338"/>
       <w:bookmarkEnd w:id="339"/>
       <w:bookmarkEnd w:id="340"/>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
       <w:bookmarkEnd w:id="344"/>
-      <w:bookmarkEnd w:id="356"/>
+      <w:bookmarkEnd w:id="345"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="56404803" w14:textId="77777777">
+    <w:p w14:paraId="56404803" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Beroende på intern organisation i respektive kommun, handläggs social-tjänstens ärenden under olika enhetsbenämningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7B17772C" w14:textId="77777777">
+    <w:p w14:paraId="7B17772C" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:t xml:space="preserve"> Vid brådskande ärende under helger och nätter, ring </w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>112</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:t xml:space="preserve"> och begär sociala jouren i aktuell kommun!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="4E43DC41" w14:textId="77777777">
+    <w:p w14:paraId="4E43DC41" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc532287549" w:id="357"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317096" w:id="370"/>
+      <w:bookmarkStart w:id="357" w:name="_Toc532287549"/>
+      <w:bookmarkStart w:id="358" w:name="_Toc256000202"/>
+      <w:bookmarkStart w:id="359" w:name="_Toc536443565"/>
+      <w:bookmarkStart w:id="360" w:name="_Toc536805024"/>
+      <w:bookmarkStart w:id="361" w:name="_Toc256000223"/>
+      <w:bookmarkStart w:id="362" w:name="_Toc29303300"/>
+      <w:bookmarkStart w:id="363" w:name="_Toc256000244"/>
+      <w:bookmarkStart w:id="364" w:name="_Toc34290950"/>
+      <w:bookmarkStart w:id="365" w:name="_Toc256000265"/>
+      <w:bookmarkStart w:id="366" w:name="_Toc256000286"/>
+      <w:bookmarkStart w:id="367" w:name="_Toc256000307"/>
+      <w:bookmarkStart w:id="368" w:name="_Toc256000328"/>
+      <w:bookmarkStart w:id="369" w:name="_Toc256000349"/>
+      <w:bookmarkStart w:id="370" w:name="_Toc196317096"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Kommuner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="357"/>
       <w:bookmarkEnd w:id="358"/>
       <w:bookmarkEnd w:id="359"/>
       <w:bookmarkEnd w:id="360"/>
       <w:bookmarkEnd w:id="361"/>
       <w:bookmarkEnd w:id="362"/>
       <w:bookmarkEnd w:id="363"/>
       <w:bookmarkEnd w:id="364"/>
       <w:bookmarkEnd w:id="365"/>
       <w:bookmarkEnd w:id="366"/>
       <w:bookmarkEnd w:id="367"/>
       <w:bookmarkEnd w:id="368"/>
       <w:bookmarkEnd w:id="369"/>
       <w:bookmarkEnd w:id="370"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="1C657A77" w14:textId="77777777">
+    <w:p w14:paraId="1C657A77" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Alingsås</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7C17DA54" w14:textId="77777777">
+    <w:p w14:paraId="7C17DA54" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Socialförvaltningen</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0322 - 61 60 00, fax 0322 - 195 88</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3A1FC413" w14:textId="77777777">
+    <w:p w14:paraId="3A1FC413" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Bollebygd</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="6FB1D49B" w14:textId="77777777">
+    <w:p w14:paraId="6FB1D49B" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Individ- och familjeomsorg (IFO)</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0734 - 64 75 32, fax 033 - 23 14 29</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="143637FF" w14:textId="77777777">
+    <w:p w14:paraId="143637FF" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Borås</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7F0EE482" w14:textId="77777777">
+    <w:p w14:paraId="7F0EE482" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t xml:space="preserve">IFO Barn och unga </w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 033 - 35 51 78, fax 033 - 35 51 66</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="79615C3D" w14:textId="77777777">
+    <w:p w14:paraId="79615C3D" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Herrljunga</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="271C8AAB" w14:textId="77777777">
+    <w:p w14:paraId="271C8AAB" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Socialförvaltningen</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0513 - 170 00, fax 0513 - 171 66</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="005D639C" w:rsidRDefault="00470A75" w14:paraId="0D009B5D" w14:textId="77777777">
+    <w:p w14:paraId="0D009B5D" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="005D639C">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
+        <w:lastRenderedPageBreak/>
         <w:t>Lerum</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="005D639C" w:rsidRDefault="00470A75" w14:paraId="6B54FF12" w14:textId="77777777">
+    <w:p w14:paraId="6B54FF12" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="005D639C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Sektor stöd och omsorg</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0302 - 52 10 00, fax 0302 - 52 16 01</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="36CA4FE6" w14:textId="77777777">
+    <w:p w14:paraId="36CA4FE6" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Mark</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0A67F5DC" w14:textId="77777777">
+    <w:p w14:paraId="0A67F5DC" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Familjeenheten</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0320 - 21 79 55, fax 0320 - 332 62</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="514FC174" w14:textId="77777777">
+    <w:p w14:paraId="514FC174" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Svenljunga</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="7BBD5262" w14:textId="77777777">
+    <w:p w14:paraId="7BBD5262" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Individ- och familjeomsorgen</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0325 - 180 00, fax 0325 - 61 14 79</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="290E723D" w14:textId="77777777">
+    <w:p w14:paraId="290E723D" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Tranemo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="2A4152B9" w14:textId="77777777">
+    <w:p w14:paraId="2A4152B9" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Individ- och familjeomsorgen</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0325 - 57 62 00, fax 0325 - 57 62 46</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="270F3E67" w14:textId="77777777">
+    <w:p w14:paraId="270F3E67" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Ulricehamn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0ED9BBEE" w14:textId="77777777">
+    <w:p w14:paraId="0ED9BBEE" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Individ- och familjeomsorgen</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0321 - 59 56 00/59 66 54, fax 0321 - 59 56 10</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="520B4A04" w14:textId="77777777">
+    <w:p w14:paraId="520B4A04" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Vårgårda</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="162349E8" w14:textId="77777777">
+    <w:p w14:paraId="162349E8" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="001E1892">
         <w:t>Individ- och familjeomsorgen</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="001E1892">
         <w:t>Tfn 0322 - 60 07 16, fax 0322 - 60 09 71</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="62D70393" w14:textId="4907F172">
+    <w:p w14:paraId="62D70393" w14:textId="4907F172" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:r w:rsidRPr="1D9DFD5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63D27">
         <w:t xml:space="preserve">Tillämpa rutin för säker fax, se riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId27">
         <w:r w:rsidRPr="00D63D27">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Fax - Reg</w:t>
-[...11 lines deleted...]
-          <w:t>lverk för att skicka vid SÄS</w:t>
+          <w:t>Fax - Regelverk för att skicka vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D63D27">
         <w:t xml:space="preserve"> [11].</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="6DB10461" w14:textId="77777777">
+    <w:p w14:paraId="6DB10461" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc473799190" w:id="371"/>
-[...17 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317097" w:id="389"/>
+      <w:bookmarkStart w:id="371" w:name="_Toc473799190"/>
+      <w:bookmarkStart w:id="372" w:name="_Toc256000126"/>
+      <w:bookmarkStart w:id="373" w:name="_Toc256000145"/>
+      <w:bookmarkStart w:id="374" w:name="_Toc256000164"/>
+      <w:bookmarkStart w:id="375" w:name="_Toc256000183"/>
+      <w:bookmarkStart w:id="376" w:name="_Toc532287551"/>
+      <w:bookmarkStart w:id="377" w:name="_Toc256000204"/>
+      <w:bookmarkStart w:id="378" w:name="_Toc536443567"/>
+      <w:bookmarkStart w:id="379" w:name="_Toc536805026"/>
+      <w:bookmarkStart w:id="380" w:name="_Toc256000225"/>
+      <w:bookmarkStart w:id="381" w:name="_Toc29303302"/>
+      <w:bookmarkStart w:id="382" w:name="_Toc256000246"/>
+      <w:bookmarkStart w:id="383" w:name="_Toc34290952"/>
+      <w:bookmarkStart w:id="384" w:name="_Toc256000267"/>
+      <w:bookmarkStart w:id="385" w:name="_Toc256000288"/>
+      <w:bookmarkStart w:id="386" w:name="_Toc256000309"/>
+      <w:bookmarkStart w:id="387" w:name="_Toc256000330"/>
+      <w:bookmarkStart w:id="388" w:name="_Toc256000351"/>
+      <w:bookmarkStart w:id="389" w:name="_Toc196317097"/>
       <w:r w:rsidRPr="001E1892">
+        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="345"/>
       <w:bookmarkEnd w:id="346"/>
       <w:bookmarkEnd w:id="347"/>
       <w:bookmarkEnd w:id="348"/>
       <w:bookmarkEnd w:id="349"/>
       <w:bookmarkEnd w:id="350"/>
       <w:bookmarkEnd w:id="351"/>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
       <w:bookmarkEnd w:id="355"/>
+      <w:bookmarkEnd w:id="356"/>
       <w:bookmarkEnd w:id="371"/>
       <w:bookmarkEnd w:id="372"/>
       <w:bookmarkEnd w:id="373"/>
       <w:bookmarkEnd w:id="374"/>
       <w:bookmarkEnd w:id="375"/>
       <w:bookmarkEnd w:id="376"/>
       <w:bookmarkEnd w:id="377"/>
       <w:bookmarkEnd w:id="378"/>
       <w:bookmarkEnd w:id="379"/>
       <w:bookmarkEnd w:id="380"/>
       <w:bookmarkEnd w:id="381"/>
       <w:bookmarkEnd w:id="382"/>
       <w:bookmarkEnd w:id="383"/>
       <w:bookmarkEnd w:id="384"/>
       <w:bookmarkEnd w:id="385"/>
       <w:bookmarkEnd w:id="386"/>
       <w:bookmarkEnd w:id="387"/>
       <w:bookmarkEnd w:id="388"/>
       <w:bookmarkEnd w:id="389"/>
     </w:p>
-    <w:p w:rsidRPr="009B36F0" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3B01DF3F" w14:textId="77777777">
+    <w:p w14:paraId="3B01DF3F" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="009B36F0" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3E11D862">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="51DE3DD7" w14:textId="77777777">
+    <w:p w14:paraId="51DE3DD7" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc149035757" w:id="390"/>
-      <w:bookmarkStart w:name="_Toc149978547" w:id="391"/>
+      <w:bookmarkStart w:id="390" w:name="_Toc149035757"/>
+      <w:bookmarkStart w:id="391" w:name="_Toc149978547"/>
       <w:r>
         <w:t>Nina Glebe, kurator, enheten för kuratorer och psykologer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B36F0" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="55F745A9" w14:textId="77777777">
+    <w:p w14:paraId="55F745A9" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="009B36F0" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B36F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0A383519" w14:textId="77777777">
+    <w:p w14:paraId="0A383519" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Henrik Hermansson, kanslichef SÄS</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="390"/>
     <w:bookmarkEnd w:id="391"/>
-    <w:p w:rsidRPr="009B36F0" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="2959A540" w14:textId="77777777">
+    <w:p w14:paraId="2959A540" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="009B36F0" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B36F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="6F253F52" w14:textId="77777777">
+    <w:p w14:paraId="6F253F52" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009B36F0" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="02FB1A0A" w14:textId="77777777">
+    <w:p w14:paraId="02FB1A0A" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="009B36F0" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B36F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="76229ED0" w14:textId="77777777">
+    <w:p w14:paraId="76229ED0" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anmälan, rapportering, socialtjänsten, övergrepp, misshandel, oro</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="29337FB6" w14:textId="77777777">
+    <w:p w14:paraId="29337FB6" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc440354610" w:id="392"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317098" w:id="419"/>
+      <w:bookmarkStart w:id="392" w:name="_Toc440354610"/>
+      <w:bookmarkStart w:id="393" w:name="_Toc256000013"/>
+      <w:bookmarkStart w:id="394" w:name="_Toc256000028"/>
+      <w:bookmarkStart w:id="395" w:name="_Toc256000043"/>
+      <w:bookmarkStart w:id="396" w:name="_Toc256000058"/>
+      <w:bookmarkStart w:id="397" w:name="_Toc462387841"/>
+      <w:bookmarkStart w:id="398" w:name="_Toc256000077"/>
+      <w:bookmarkStart w:id="399" w:name="_Toc256000096"/>
+      <w:bookmarkStart w:id="400" w:name="_Toc256000115"/>
+      <w:bookmarkStart w:id="401" w:name="_Toc473799191"/>
+      <w:bookmarkStart w:id="402" w:name="_Toc256000127"/>
+      <w:bookmarkStart w:id="403" w:name="_Toc256000146"/>
+      <w:bookmarkStart w:id="404" w:name="_Toc256000165"/>
+      <w:bookmarkStart w:id="405" w:name="_Toc256000184"/>
+      <w:bookmarkStart w:id="406" w:name="_Toc532287552"/>
+      <w:bookmarkStart w:id="407" w:name="_Toc256000205"/>
+      <w:bookmarkStart w:id="408" w:name="_Toc536443568"/>
+      <w:bookmarkStart w:id="409" w:name="_Toc536805027"/>
+      <w:bookmarkStart w:id="410" w:name="_Toc256000226"/>
+      <w:bookmarkStart w:id="411" w:name="_Toc29303303"/>
+      <w:bookmarkStart w:id="412" w:name="_Toc256000247"/>
+      <w:bookmarkStart w:id="413" w:name="_Toc34290953"/>
+      <w:bookmarkStart w:id="414" w:name="_Toc256000268"/>
+      <w:bookmarkStart w:id="415" w:name="_Toc256000289"/>
+      <w:bookmarkStart w:id="416" w:name="_Toc256000310"/>
+      <w:bookmarkStart w:id="417" w:name="_Toc256000331"/>
+      <w:bookmarkStart w:id="418" w:name="_Toc256000352"/>
+      <w:bookmarkStart w:id="419" w:name="_Toc196317098"/>
       <w:r w:rsidRPr="001E1892">
         <w:t>Referens- och länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
       <w:bookmarkEnd w:id="407"/>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="37B7341F" w14:textId="77777777">
+    <w:p w14:paraId="37B7341F" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Socialtjänstlagen (2001:453). Svensk författningssamling.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId28">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00CC198B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.riksdagen.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E1892">
         <w:t xml:space="preserve"> under rubrik </w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dokument &amp; lagar</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001E1892" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0A575C49" w14:textId="36A2DA7B">
+    <w:p w14:paraId="0A575C49" w14:textId="781C8BA9" w:rsidR="00470A75" w:rsidRPr="001E1892" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r>
         <w:t>Barn under 18 år som far illa eller riskerar att fara illa inklusive barn som har bevittnat/upplevt våld – indikationer och handläggning</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:t>. Regional medicinsk riktlinje. Västra Götalandsregionen.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId29">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00D270B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
-        <w:r w:rsidRPr="00D270B2" w:rsidR="00D270B2">
+        <w:r w:rsidR="00D270B2" w:rsidRPr="00D270B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D270B2">
         <w:t>(ändra filtreringen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004064F0" w:rsidR="004064F0" w:rsidP="002B5306" w:rsidRDefault="00470A75" w14:paraId="626D5C0A" w14:textId="050D1118">
+    <w:p w14:paraId="626D5C0A" w14:textId="050D1118" w:rsidR="004064F0" w:rsidRPr="004064F0" w:rsidRDefault="00470A75" w:rsidP="002B5306">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Spädbarnsmisshandel. Regional riktlinje. Västra Götalandsregionen.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId30">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidR="004064F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004064F0" w:rsidR="004064F0">
+      <w:r w:rsidR="004064F0" w:rsidRPr="004064F0">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004064F0">
         <w:t>(ändra filtreringen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004064F0" w:rsidR="00470A75" w:rsidP="002B5306" w:rsidRDefault="00470A75" w14:paraId="37F9EA3D" w14:textId="1A3445FB">
+    <w:p w14:paraId="37F9EA3D" w14:textId="1A3445FB" w:rsidR="00470A75" w:rsidRPr="004064F0" w:rsidRDefault="00470A75" w:rsidP="002B5306">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00722E32">
         <w:t>Våld i nära relationer, rutin för upptäckt och handläggning, SÄS</w:t>
       </w:r>
       <w:r>
         <w:t>. S</w:t>
       </w:r>
       <w:r w:rsidRPr="00722E32">
         <w:t>jukhusövergripande rutin</w:t>
       </w:r>
       <w:r>
         <w:t>, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId31">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00F97FB6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="006C1F42" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="099BF8A9" w14:textId="4D70DB22">
+    <w:p w14:paraId="099BF8A9" w14:textId="4D70DB22" w:rsidR="00470A75" w:rsidRPr="006C1F42" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C1F42">
         <w:t>Utskrifter från Melior. Sjukhusövergripande riktlinje, SÄS.</w:t>
       </w:r>
       <w:r w:rsidRPr="006C1F42">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId32">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00C741BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="006C1F42" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3F9F1E59" w14:textId="77777777">
+    <w:p w14:paraId="3F9F1E59" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="006C1F42" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Offentlighets- och sekretesslagen, OSL (2009:400), 25 kap. 1 §.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId33">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="005D7559">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.riksdagen.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E1892">
         <w:t xml:space="preserve"> under rubrik </w:t>
       </w:r>
       <w:r w:rsidRPr="006C1F42">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Dokument &amp; lagar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="565C0396" w14:textId="53C880A5">
+    <w:p w14:paraId="565C0396" w14:textId="53C880A5" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE322A">
         <w:t>Personnummerbyte i vårdens IT-system</w:t>
       </w:r>
       <w:r>
         <w:t>. Sjukhusövergripande</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE322A">
         <w:t xml:space="preserve"> riktlinje</w:t>
       </w:r>
       <w:r>
         <w:t>, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId34">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00E6074E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="230287BB" w14:textId="6F9C6A38">
+    <w:p w14:paraId="230287BB" w14:textId="6F9C6A38" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="00A3609C">
+        <w:lastRenderedPageBreak/>
         <w:t>Länsgemensam riktlinje vid oro för väntat barn</w:t>
       </w:r>
       <w:r>
         <w:t>. Gemensam riktlinje för</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82CE6">
         <w:t xml:space="preserve"> Västra Götalandsregionen och kommunerna i Västra Götaland</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId35">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="003C11E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardsamverkan.se/dokument/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="331DDC8A" w14:textId="3178C5F6">
+    <w:p w14:paraId="331DDC8A" w14:textId="3178C5F6" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="0041214E">
         <w:t>Delregional Rutin oro för väntat barn</w:t>
       </w:r>
       <w:r>
         <w:t>. Närvårdssamverkan Södra Älvsborg</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId36">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="003C11E1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>www.vardsamverkan.se/organisation/delregionalvardsamverkan/sodra-alv</w:t>
-[...11 lines deleted...]
-          <w:t>borg/styrdokument/delregionala-dokument</w:t>
+          <w:t>www.vardsamverkan.se/organisation/delregionalvardsamverkan/sodra-alvsborg/styrdokument/delregionala-dokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="1BA2582D" w14:textId="34BF60C4">
+    <w:p w14:paraId="1BA2582D" w14:textId="34BF60C4" w:rsidR="00470A75" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="006E3E4D">
         <w:t>Barns journal på nätet, SÄS</w:t>
       </w:r>
       <w:r>
         <w:t>. sjukhusövergripande</w:t>
       </w:r>
       <w:r w:rsidRPr="006E3E4D">
         <w:t xml:space="preserve"> riktlinje</w:t>
       </w:r>
       <w:r>
         <w:t>, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId37">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="00FE53BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokum</w:t>
-[...11 lines deleted...]
-          <w:t>nt</w:t>
+          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00A22189" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="3E1D791C" w14:textId="357500A3">
+    <w:p w14:paraId="3E1D791C" w14:textId="357500A3" w:rsidR="00470A75" w:rsidRPr="00A22189" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1892">
         <w:t>Fax - Regelverk för att skicka vid SÄS. Sjukhusövergripande riktlinje, SÄS.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E1892">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId38">
         <w:r w:rsidR="00FE53BB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00A22189" w:rsidR="00470A75" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="0BBBFAF2" w14:textId="77777777">
+    <w:p w14:paraId="0BBBFAF2" w14:textId="77777777" w:rsidR="00470A75" w:rsidRPr="00A22189" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Bilaga_-_Individ-" w:id="420"/>
-[...27 lines deleted...]
-      <w:bookmarkStart w:name="_Toc196317099" w:id="448"/>
+      <w:bookmarkStart w:id="420" w:name="_Bilaga_-_Individ-"/>
+      <w:bookmarkStart w:id="421" w:name="_Toc440354611"/>
+      <w:bookmarkStart w:id="422" w:name="_Toc256000014"/>
+      <w:bookmarkStart w:id="423" w:name="_Toc256000029"/>
+      <w:bookmarkStart w:id="424" w:name="_Toc256000044"/>
+      <w:bookmarkStart w:id="425" w:name="_Toc256000059"/>
+      <w:bookmarkStart w:id="426" w:name="_Toc462387842"/>
+      <w:bookmarkStart w:id="427" w:name="_Toc256000078"/>
+      <w:bookmarkStart w:id="428" w:name="_Toc256000097"/>
+      <w:bookmarkStart w:id="429" w:name="_Toc256000116"/>
+      <w:bookmarkStart w:id="430" w:name="_Toc473799192"/>
+      <w:bookmarkStart w:id="431" w:name="_Toc256000128"/>
+      <w:bookmarkStart w:id="432" w:name="_Toc256000147"/>
+      <w:bookmarkStart w:id="433" w:name="_Toc256000166"/>
+      <w:bookmarkStart w:id="434" w:name="_Toc256000185"/>
+      <w:bookmarkStart w:id="435" w:name="_Toc532287553"/>
+      <w:bookmarkStart w:id="436" w:name="_Toc256000206"/>
+      <w:bookmarkStart w:id="437" w:name="_Toc536443569"/>
+      <w:bookmarkStart w:id="438" w:name="_Toc536805028"/>
+      <w:bookmarkStart w:id="439" w:name="_Toc256000227"/>
+      <w:bookmarkStart w:id="440" w:name="_Toc29303304"/>
+      <w:bookmarkStart w:id="441" w:name="_Toc256000248"/>
+      <w:bookmarkStart w:id="442" w:name="_Toc34290954"/>
+      <w:bookmarkStart w:id="443" w:name="_Toc256000269"/>
+      <w:bookmarkStart w:id="444" w:name="_Toc256000290"/>
+      <w:bookmarkStart w:id="445" w:name="_Toc256000311"/>
+      <w:bookmarkStart w:id="446" w:name="_Toc256000332"/>
+      <w:bookmarkStart w:id="447" w:name="_Toc256000353"/>
+      <w:bookmarkStart w:id="448" w:name="_Toc196317099"/>
       <w:bookmarkEnd w:id="420"/>
       <w:r w:rsidRPr="00A22189">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Övriga länkar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
       <w:bookmarkEnd w:id="425"/>
       <w:bookmarkEnd w:id="426"/>
       <w:bookmarkEnd w:id="427"/>
       <w:bookmarkEnd w:id="428"/>
       <w:bookmarkEnd w:id="429"/>
       <w:bookmarkEnd w:id="430"/>
       <w:bookmarkEnd w:id="431"/>
       <w:bookmarkEnd w:id="432"/>
       <w:bookmarkEnd w:id="433"/>
       <w:bookmarkEnd w:id="434"/>
       <w:bookmarkEnd w:id="435"/>
       <w:bookmarkEnd w:id="436"/>
       <w:bookmarkEnd w:id="437"/>
       <w:bookmarkEnd w:id="438"/>
       <w:bookmarkEnd w:id="439"/>
       <w:bookmarkEnd w:id="440"/>
       <w:bookmarkEnd w:id="441"/>
       <w:bookmarkEnd w:id="442"/>
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
     </w:p>
-    <w:p w:rsidRPr="003F6B42" w:rsidR="003F6B42" w:rsidP="00470A75" w:rsidRDefault="00470A75" w14:paraId="12A810DB" w14:textId="4FC4C566">
+    <w:p w14:paraId="12A810DB" w14:textId="4FC4C566" w:rsidR="003F6B42" w:rsidRPr="003F6B42" w:rsidRDefault="00470A75" w:rsidP="00470A75">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Blankett ”Anmälan om barn och unga som far illa”. Västra Götalandsregionens kompetenscentrum om våld i nära relationer (VKV).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId39">
-        <w:r w:rsidRPr="00941244" w:rsidR="004F7F3B">
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidR="004F7F3B" w:rsidRPr="00941244">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>www.vgregion.se/f/regionhals</w:t>
-[...23 lines deleted...]
-          <w:t>dinararelationer/material</w:t>
+          <w:t>www.vgregion.se/f/regionhalsan/valdinararelationer/material</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidRPr="003F6B42" w:rsidR="003F6B42" w:rsidSect="001E1892">
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:sectPr w:rsidR="003F6B42" w:rsidRPr="003F6B42" w:rsidSect="001E1892">
       <w:headerReference w:type="default" r:id="rId40"/>
       <w:footerReference w:type="even" r:id="rId41"/>
       <w:footerReference w:type="default" r:id="rId42"/>
       <w:headerReference w:type="first" r:id="rId43"/>
       <w:footerReference w:type="first" r:id="rId44"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000C5290" w:rsidRDefault="000C5290" w14:paraId="223E67E6" w14:textId="77777777">
+    <w:p w14:paraId="223E67E6" w14:textId="77777777" w:rsidR="000C5290" w:rsidRDefault="000C5290">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000C5290" w:rsidRDefault="000C5290" w14:paraId="4CE6BCAF" w14:textId="77777777">
+    <w:p w14:paraId="4CE6BCAF" w14:textId="77777777" w:rsidR="000C5290" w:rsidRDefault="000C5290">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="000C5290" w:rsidRDefault="000C5290" w14:paraId="460A352B" w14:textId="77777777">
+    <w:p w14:paraId="460A352B" w14:textId="77777777" w:rsidR="000C5290" w:rsidRDefault="000C5290">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4576,208 +4503,208 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
+      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -4810,1895 +4737,1895 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000C5290" w:rsidRDefault="000C5290" w14:paraId="272A953B" w14:textId="77777777"/>
+    <w:p w14:paraId="272A953B" w14:textId="77777777" w:rsidR="000C5290" w:rsidRDefault="000C5290"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000C5290" w:rsidRDefault="000C5290" w14:paraId="054FBD60" w14:textId="77777777">
+    <w:p w14:paraId="054FBD60" w14:textId="77777777" w:rsidR="000C5290" w:rsidRDefault="000C5290">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="000C5290" w:rsidRDefault="000C5290" w14:paraId="03AAB048" w14:textId="77777777">
+    <w:p w14:paraId="03AAB048" w14:textId="77777777" w:rsidR="000C5290" w:rsidRDefault="000C5290">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict w14:anchorId="0C3007B2">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="6EC9D9B8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="6EC9D9B8" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidRPr="00901A19" w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRPr="00901A19" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00901A19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="00901A19" w:rsidR="00367D19">
+                          <w:r w:rsidR="00367D19" w:rsidRPr="00901A19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict w14:anchorId="77FE96BF">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidRPr="00901A19" w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00901A19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00901A19" w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
+    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="106B97C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="548AB05A"/>
     <w:lvl w:ilvl="0" w:tplc="1610B54E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0A26C77A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="48264510">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="06D43602">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="57E420E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="7B027962">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="25860B76">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="EABCC6EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F97811B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EBFC3BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="653E8018"/>
     <w:lvl w:ilvl="0" w:tplc="A64C510A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="71462844">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0988F8F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C3C98C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="C8EC9868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="4BE63390">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="84A67030">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="5A5A9246">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="1DA49A2E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="511A1867"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97B0E2D6"/>
     <w:lvl w:ilvl="0" w:tplc="AA726720">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
@@ -6758,826 +6685,826 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63AE2182"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D294041C"/>
     <w:lvl w:ilvl="0" w:tplc="EFB811F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="90768D5A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="17C2F530">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="D034D6B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="5238C774">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="69C4E456">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="7D7C6EE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="E7E84D10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E38AA116">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="76364162">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1631980042">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1528785708">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1447311741">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="598102889">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="862742562">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="918831685">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="243492401">
@@ -7610,70 +7537,70 @@
   <w:num w:numId="17" w16cid:durableId="281883450">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="95946485">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="601184070">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1706054663">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1756896671">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="635374566">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="916130539">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00000475"/>
     <w:rsid w:val="00004BCF"/>
@@ -7858,50 +7785,51 @@
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="00363CE9"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00365E2A"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="003707AC"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00374022"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0038672B"/>
     <w:rsid w:val="003902AE"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0C26"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A5D84"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B3BD5"/>
     <w:rsid w:val="003B634C"/>
     <w:rsid w:val="003BBFE9"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6387"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E79DC"/>
     <w:rsid w:val="003F003D"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="003F67B6"/>
     <w:rsid w:val="003F6B42"/>
     <w:rsid w:val="0040097A"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="004064F0"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00406C7A"/>
     <w:rsid w:val="0041214E"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00414E6A"/>
     <w:rsid w:val="00422367"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="00431FE6"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00435784"/>
     <w:rsid w:val="004428A1"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
@@ -8375,50 +8303,51 @@
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE653F"/>
     <w:rsid w:val="00DE7666"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF4EEB"/>
     <w:rsid w:val="00DF6835"/>
     <w:rsid w:val="00E0081D"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E05102"/>
     <w:rsid w:val="00E072B5"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E11A15"/>
     <w:rsid w:val="00E15F17"/>
     <w:rsid w:val="00E20897"/>
     <w:rsid w:val="00E255B6"/>
     <w:rsid w:val="00E2754A"/>
     <w:rsid w:val="00E320C4"/>
     <w:rsid w:val="00E464D0"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E6074E"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E6215F"/>
     <w:rsid w:val="00E6325E"/>
     <w:rsid w:val="00E66058"/>
     <w:rsid w:val="00E704FF"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E74037"/>
     <w:rsid w:val="00E76755"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E77F78"/>
     <w:rsid w:val="00E8484A"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E8779F"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA2282"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB39D7"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC111C"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00EC6DF6"/>
     <w:rsid w:val="00ED37D0"/>
     <w:rsid w:val="00ED49C3"/>
@@ -8435,50 +8364,51 @@
     <w:rsid w:val="00F10970"/>
     <w:rsid w:val="00F15DE6"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F37FC5"/>
     <w:rsid w:val="00F40202"/>
     <w:rsid w:val="00F40897"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F43372"/>
     <w:rsid w:val="00F45D4C"/>
     <w:rsid w:val="00F50657"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F53A02"/>
     <w:rsid w:val="00F5555E"/>
     <w:rsid w:val="00F57AC5"/>
     <w:rsid w:val="00F61BBD"/>
     <w:rsid w:val="00F6451D"/>
     <w:rsid w:val="00F66890"/>
     <w:rsid w:val="00F67DB4"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F96212"/>
     <w:rsid w:val="00FB1837"/>
+    <w:rsid w:val="00FB28BB"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB4249"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FB6D74"/>
     <w:rsid w:val="00FB77EC"/>
     <w:rsid w:val="00FC3880"/>
     <w:rsid w:val="00FD3655"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FD7A9C"/>
     <w:rsid w:val="00FE016F"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE1AC8"/>
     <w:rsid w:val="00FE322A"/>
     <w:rsid w:val="00FE4068"/>
     <w:rsid w:val="00FE4FB8"/>
     <w:rsid w:val="00FE52A5"/>
     <w:rsid w:val="00FE53BB"/>
     <w:rsid w:val="00FE72DD"/>
     <w:rsid w:val="00FF4BE5"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="0104E33A"/>
     <w:rsid w:val="020B0EF9"/>
@@ -8942,168 +8872,168 @@
     <w:rsid w:val="7F973757"/>
     <w:rsid w:val="7FA95322"/>
     <w:rsid w:val="7FE00E2F"/>
     <w:rsid w:val="7FEF50C8"/>
     <w:rsid w:val="7FF43FAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{A704E799-3FF6-4B8F-8206-51DE8E19258D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9128,75 +9058,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -9231,57 +9161,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -9339,770 +9269,770 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A911FE"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A911FE"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1400" w:after="160" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A911FE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00342A06"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001E1892"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001E1892"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001E1892"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="00A911FE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00A911FE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00342A06"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DE7666"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DE7666"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1349"/>
@@ -10174,608 +10104,608 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="005D639C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -10784,94 +10714,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -10880,496 +10810,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E76755"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:after="60"/>
       <w:ind w:left="1349" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -11436,100 +11366,100 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="001E1892"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="001E1892"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="001E1892"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001179D3"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -11545,142 +11475,142 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D56A51"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D56A51"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D56A51"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D56A51"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D56A51"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="005D639C"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="160" w:after="0"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="005D639C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00273D6C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11708,51 +11638,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs3565-635812240-7/surrogate/Blankett%2c%20Orosanm%c3%a4lan%20g%c3%a4llande%20barn%20och%20unga%2c%20VKV%20och%20VGR%2c%202025-04-23.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-368/surrogate/V%C3%A5ld%20i%20n%C3%A4ra%20relationer%2c%20rutin%20f%C3%B6r%20uppt%C3%A4ckt%20och%20handl%C3%A4ggning%2c%20S%C3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-57/SURROGATE/Barns%20journal%20p%c3%a5%20n%c3%a4tet%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/f/regionhalsan/valdinararelationer/material" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-361/SURROGATE/Utskrifter%20fr%c3%a5n%20Melior.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-144/surrogate" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/socialtjanstlag-2001453_sfs-2001-453" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs3565-635812240-7/surrogate/Blankett%2c%20Orosanm%c3%a4lan%20g%c3%a4llande%20barn%20och%20unga%2c%20VKV%20och%20VGR%2c%202025-04-23.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas10824-1130826883-349/native/Delregional%20rutin%20oro%20f%c3%b6r%20v%c3%a4ntat%20barn.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/offentlighets--och-sekretesslag-2009400_sfs-2009-400" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-68/SURROGATE/Fax%20-%20Regelverk%20f%c3%b6r%20att%20skicka%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-368/surrogate" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs3565-635812240-7/surrogate/Blankett%2c%20Orosanm%c3%a4lan%20g%c3%a4llande%20barn%20och%20unga%2c%20VKV%20och%20VGR%2c%202025-04-23.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-750/surrogate/Barn%20under%2018%20%c3%a5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa%20%e2%80%93%20indikationer%20och%20handl%c3%a4ggning.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs6400-302917419-464/surrogate/L%c3%a4nsgemensam%20riktlinje%20vid%20oro%20f%c3%b6r%20v%c3%a4ntat%20barn%20V%c3%a4stra%20G%c3%b6taland_f%c3%b6rl%c3%a4ngt%2020251231.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-361/SURROGATE/Utskrifter%20fr%c3%a5n%20Melior.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-57/surrogate/Barns%20journal%20p%c3%a5%20n%c3%a4tet%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.valdinararelationer.se/rmr" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-144/surrogate" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/socialtjanstlag-2001453_sfs-2001-453" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardsamverkan.se/organisation/delregionalvardsamverkan/sodra-alvsborg/styrdokument/delregionala-dokument" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-368/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%2c%20rutin%20f%c3%b6r%20uppt%c3%a4ckt%20och%20handl%c3%a4ggning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-368/surrogate" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-29/SURROGATE/Barn%20under%2018%20%c3%a5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-29/SURROGATE/Barn%20under%2018%20%C3%A5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-68/SURROGATE/Fax%20-%20Regelverk%20f%c3%b6r%20att%20skicka%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-700/surrogate/Sp%c3%a4dbarnsmisshandel.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs6400-302917419-464/surrogate/L%c3%a4nsgemensam%20riktlinje%20vid%20oro%20f%c3%b6r%20v%c3%a4ntat%20barn%20V%c3%a4stra%20G%c3%b6taland_f%c3%b6rl%c3%a4ngt%2020251231.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId43" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs3565-635812240-7/surrogate/Blankett%2c%20Orosanm%c3%a4lan%20g%c3%a4llande%20barn%20och%20unga%2c%20VKV%20och%20VGR%2c%202025-04-23.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-368/surrogate/V%C3%A5ld%20i%20n%C3%A4ra%20relationer%2c%20rutin%20f%C3%B6r%20uppt%C3%A4ckt%20och%20handl%C3%A4ggning%2c%20S%C3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-57/SURROGATE/Barns%20journal%20p%c3%a5%20n%c3%a4tet%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/f/regionhalsan/valdinararelationer/material" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-361/SURROGATE/Utskrifter%20fr%c3%a5n%20Melior.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-144/surrogate" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-368/surrogate" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-750/surrogate/Barn%20under%2018%20%C3%A5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa%20%E2%80%93%20indikationer%20och%20handl%C3%A4ggning.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs6400-302917419-464/surrogate/L%c3%a4nsgemensam%20riktlinje%20vid%20oro%20f%c3%b6r%20v%c3%a4ntat%20barn%20V%c3%a4stra%20G%c3%b6taland_f%c3%b6rl%c3%a4ngt%2020251231.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-361/SURROGATE/Utskrifter%20fr%c3%a5n%20Melior.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-57/surrogate/Barns%20journal%20p%c3%a5%20n%c3%a4tet%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.valdinararelationer.se/rmr" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-144/surrogate" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/socialtjanstlag-2001453_sfs-2001-453" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardsamverkan.se/organisation/delregionalvardsamverkan/sodra-alvsborg/styrdokument/delregionala-dokument" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-368/surrogate/V%c3%a5ld%20i%20n%c3%a4ra%20relationer%2c%20rutin%20f%c3%b6r%20uppt%c3%a4ckt%20och%20handl%c3%a4ggning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-368/surrogate" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-750/surrogate/Barn%20under%2018%20%C3%A5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa%20%E2%80%93%20indikationer%20och%20handl%C3%A4ggning.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-29/SURROGATE/Barn%20under%2018%20%C3%A5r%20som%20far%20illa%20eller%20riskerar%20att%20fara%20illa.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-68/SURROGATE/Fax%20-%20Regelverk%20f%c3%b6r%20att%20skicka%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-700/surrogate/Sp%c3%a4dbarnsmisshandel.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs6400-302917419-464/surrogate/L%c3%a4nsgemensam%20riktlinje%20vid%20oro%20f%c3%b6r%20v%c3%a4ntat%20barn%20V%c3%a4stra%20G%c3%b6taland_f%c3%b6rl%c3%a4ngt%2020251231.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/socialtjanstlag-2001453_sfs-2001-453" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs3565-635812240-7/surrogate/Blankett%2c%20Orosanm%c3%a4lan%20g%c3%a4llande%20barn%20och%20unga%2c%20VKV%20och%20VGR%2c%202025-04-23.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas10824-1130826883-349/native/Delregional%20rutin%20oro%20f%c3%b6r%20v%c3%a4ntat%20barn.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/offentlighets--och-sekretesslag-2009400_sfs-2009-400" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-68/SURROGATE/Fax%20-%20Regelverk%20f%c3%b6r%20att%20skicka%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs3565-635812240-7/surrogate/Blankett%2c%20Orosanm%c3%a4lan%20g%c3%a4llande%20barn%20och%20unga%2c%20VKV%20och%20VGR%2c%202025-04-23.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId41" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -12040,53 +11970,60 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Dok_med_omslag_sd_red</Template>
+  <TotalTime></TotalTime>
+  <Pages>10</Pages>
+  <Words>1907</Words>
+  <Characters>18995</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>527</Lines>
+  <Paragraphs>286</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>20616</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Anmälan om oro för barn och unga, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>361</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>363</revision>
   <lastPrinted>2023-02-17T00:48:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>