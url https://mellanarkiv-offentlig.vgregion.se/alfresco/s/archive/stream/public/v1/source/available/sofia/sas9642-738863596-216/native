--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -1,4877 +1,2952 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="558A5FF3" w14:textId="77777777" w:rsidR="009D28CB" w:rsidRDefault="009D28CB" w:rsidP="009D28CB">
+    <w:p w14:paraId="061914D4" w14:textId="452CC0E4" w:rsidR="00184167" w:rsidRDefault="00D372E9" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Öppenvårdsplats</w:t>
+      </w:r>
+      <w:r w:rsidR="005D40E4">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:t>23-timmarsplats, SÄS Borås</w:t>
+      </w:r>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+    </w:p>
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:sectPr w:rsidR="009D28CB" w:rsidSect="00CA109B">
-[...25 lines deleted...]
-    <w:p w14:paraId="11E93259" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="00EE7C5E" w:rsidRDefault="00B2773E" w:rsidP="00B2773E">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc220498407"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="6338A15C" w14:textId="77777777" w:rsidR="00895482" w:rsidRDefault="00895482" w:rsidP="00895482">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc72840807"/>
+      <w:r>
+        <w:t xml:space="preserve">Reviderat innehåll och uppdatering relaterat till ny delregional beskrivning för öppenvårdsbesök på akutmottagningen SÄS. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE7C5E">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc220498408"/>
+      <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="5CEA507A" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="00C13EC0" w:rsidRDefault="00B2773E" w:rsidP="00B2773E">
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="1C7480B3" w14:textId="68D28160" w:rsidR="008D6253" w:rsidRDefault="008D6253" w:rsidP="008D6253">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk220497387"/>
+      <w:r>
+        <w:t xml:space="preserve">Rutinen beskriver förutsättningar och arbetssätt av öppenvårdsplats/23-timmarsplats. </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED04C3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6660DA9D" w14:textId="2A8EC736" w:rsidR="00B405A1" w:rsidRDefault="00B405A1" w:rsidP="00831C35">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-        <w:rPr>
-[...49 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc220498409"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2048AB97" w14:textId="34961F28" w:rsidR="00824EED" w:rsidRDefault="00B2773E">
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="02F445B1" w14:textId="4F0F89E4" w:rsidR="00ED04C3" w:rsidRDefault="00012B05">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...15 lines deleted...]
-        </w:rPr>
+        <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3;Faktaruta rubrik;3" </w:instrText>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc182827843" w:history="1">
-        <w:r w:rsidR="00824EED" w:rsidRPr="001676AE">
+      <w:hyperlink w:anchor="_Toc220498407" w:history="1">
+        <w:r w:rsidR="00ED04C3" w:rsidRPr="00D50081">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Sammanfattning</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00824EED">
+          <w:t>Förändringar sedan föregående version</w:t>
+        </w:r>
+        <w:r w:rsidR="00ED04C3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00824EED">
+        <w:r w:rsidR="00ED04C3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00824EED">
+        <w:r w:rsidR="00ED04C3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc182827843 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00824EED">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498407 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00ED04C3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00824EED">
+        <w:r w:rsidR="00ED04C3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00824EED">
+        <w:r w:rsidR="00ED04C3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00824EED">
+        <w:r w:rsidR="00ED04C3">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1EEB7116" w14:textId="39DA724A" w:rsidR="00824EED" w:rsidRDefault="00824EED">
+    <w:p w14:paraId="70224A2D" w14:textId="38895287" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc182827844" w:history="1">
-        <w:r w:rsidRPr="001676AE">
+      <w:hyperlink w:anchor="_Toc220498408" w:history="1">
+        <w:r w:rsidRPr="00D50081">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Förändringar sedan föregående version</w:t>
+          <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc182827844 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498408 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="495E196E" w14:textId="088199A2" w:rsidR="00824EED" w:rsidRDefault="00824EED">
+    <w:p w14:paraId="6E848700" w14:textId="4F531AA1" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc182827845" w:history="1">
-        <w:r w:rsidRPr="001676AE">
+      <w:hyperlink w:anchor="_Toc220498409" w:history="1">
+        <w:r w:rsidRPr="00D50081">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Förutsättningar</w:t>
+          <w:t>Innehållsförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc182827845 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498409 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A0272E5" w14:textId="07C92B5C" w:rsidR="00824EED" w:rsidRDefault="00824EED">
+    <w:p w14:paraId="6D3BF612" w14:textId="008DDC3B" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220498410" w:history="1">
+        <w:r w:rsidRPr="00D50081">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Bakgrund och syfte</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498410 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="305C001C" w14:textId="721EC7E5" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220498411" w:history="1">
+        <w:r w:rsidRPr="00D50081">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Förutsättningar</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498411 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="547CF77B" w14:textId="4AE97D26" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc182827846" w:history="1">
-        <w:r w:rsidRPr="001676AE">
+      <w:hyperlink w:anchor="_Toc220498412" w:history="1">
+        <w:r w:rsidRPr="00D50081">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>När kan 23-timmarsplats bli aktuell?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc182827846 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498412 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0AFE7E2E" w14:textId="190F5E66" w:rsidR="00824EED" w:rsidRDefault="00824EED">
+    <w:p w14:paraId="592F0432" w14:textId="273A0E73" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220498413" w:history="1">
+        <w:r w:rsidRPr="00D50081">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Genomförande</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498413 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7BC0DC2F" w14:textId="073D9C86" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc182827847" w:history="1">
-        <w:r w:rsidRPr="001676AE">
+      <w:hyperlink w:anchor="_Toc220498414" w:history="1">
+        <w:r w:rsidRPr="00D50081">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Handläggning när omsorgskoordinator inte är tillgänglig</w:t>
+          <w:t>På akutmottagningen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc182827847 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498414 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="603B6D05" w14:textId="11224861" w:rsidR="00824EED" w:rsidRDefault="00824EED">
+    <w:p w14:paraId="30CBF81A" w14:textId="618207DC" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220498415" w:history="1">
+        <w:r w:rsidRPr="00D50081">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>På vårdavdelning, 23-timmars</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498415 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1BF9CF32" w14:textId="10E92190" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc220498416" w:history="1">
+        <w:r w:rsidRPr="00D50081">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Uppföljning</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498416 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="598E6B28" w14:textId="13EF2443" w:rsidR="00ED04C3" w:rsidRDefault="00ED04C3">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc182827848" w:history="1">
-        <w:r w:rsidRPr="001676AE">
+      <w:hyperlink w:anchor="_Toc220498417" w:history="1">
+        <w:r w:rsidRPr="00D50081">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Genomförande</w:t>
+          <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc182827848 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc220498417 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62D24F80" w14:textId="07095FA2" w:rsidR="00824EED" w:rsidRDefault="00824EED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="1FC6584C" w14:textId="47B1CE00" w:rsidR="00B405A1" w:rsidRDefault="00012B05" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55FC2134" w14:textId="77777777" w:rsidR="00E706AE" w:rsidRDefault="00E706AE" w:rsidP="00E706AE">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc220497371"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk220497443"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc220498410"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00C27AB1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4492BCDB" w14:textId="77777777" w:rsidR="00E706AE" w:rsidRDefault="00E706AE" w:rsidP="00E706AE">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk220497455"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:t>Bakgrunden till rutinen är att stödja vårdpersonalen på SÄS i processen när</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1025">
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r>
+        <w:t>person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1025">
+        <w:t xml:space="preserve"> söker vård på SÄS akutmottagning men inte bedöms behöva slutenvård</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> men när det finns ett</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1025">
+        <w:t xml:space="preserve"> behov av omsorg och medicinska insatser i hemmet</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> och när en 23-timmars öppenvårdsplats kan användas utifrån </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00E55C7D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Delregional Beskrivning för öppenvårdsbesök på akutmottagningen.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc220498411"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="6643F33F" w14:textId="77777777" w:rsidR="00050393" w:rsidRDefault="00050393" w:rsidP="00050393">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc220498412"/>
+      <w:r>
+        <w:t>När kan 23-timmarsplats bli aktuell?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="57D7A5F5" w14:textId="77777777" w:rsidR="00050393" w:rsidRDefault="00050393" w:rsidP="00050393">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>23-timmars öppenvårdsplats kan användas för</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1025">
+        <w:t xml:space="preserve"> personer som besöker SÄS akutmottagning och där den enskilde, anhörig, vårdpersonal och mottagande parter bedömer att den enskilde inte kan återgå hem utan stöd och där slutenvård inte är aktuellt. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">En 23-timmars öppenvårdsplats </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1025">
+        <w:t xml:space="preserve">gäller också dem som väntar på liggande transport. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07067B54" w14:textId="77777777" w:rsidR="00050393" w:rsidRDefault="00050393" w:rsidP="00050393">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En 23-timmarsplats för samordnade insatser </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A763C">
+        <w:t xml:space="preserve">kan användas från söndag till fredag kl.12.00 helgfria </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">vardagar. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1025">
+        <w:t>Den enskilde placeras</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B1025">
+        <w:t>på den vårdavdelning som är bäst lämpad utifrån grundsjukdom och/eller behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762388D3" w14:textId="77777777" w:rsidR="00272C9C" w:rsidRPr="006A763C" w:rsidRDefault="00272C9C" w:rsidP="00272C9C">
+      <w:pPr>
+        <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc182827849" w:history="1">
-[...60 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+      <w:r w:rsidRPr="006A763C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-          <w14:ligatures w14:val="standardContextual"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...853 lines deleted...]
-        </w:rPr>
+        <w:t>Vilka patienter ska erbjudas 23-timmars öppenvårdsplats?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C450967" w14:textId="77777777" w:rsidR="00272C9C" w:rsidRDefault="00272C9C" w:rsidP="00272C9C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Personer som inte är kända av kommunen och har insatser sedan tidigare men som har behov av akuta omsorgsinsatser eller hjälpmedel som inte kan lösas ut samma dag. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F868CE9" w14:textId="77777777" w:rsidR="00272C9C" w:rsidRDefault="00272C9C" w:rsidP="00272C9C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Personer som är kända av kommunen sedan tidigare men har ett utökat förändrat behov av hjälpmedel och/eller insatser av akut art så som hjälp med förflyttning, toalettbesök och/eller hjälp med måltid som inte kan lösas ut samma dag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335D0E0D" w14:textId="77777777" w:rsidR="00D4554C" w:rsidRDefault="00D4554C" w:rsidP="00D4554C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Personer som är kända av kommunen och har insatser sedan tidigare ska i möjligaste mån kunna återgå hem utan en placering på en 23-timmars öppenvårdsplats. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F0C92A" w14:textId="77777777" w:rsidR="00D4554C" w:rsidRDefault="00D4554C" w:rsidP="00D4554C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patienter som bor på ett vård och omsorgsboende (VOBO) ska alltid kunna återgå hem efter en kontakt med kommunen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17620BD4" w14:textId="77777777" w:rsidR="00D4554C" w:rsidRDefault="00D4554C" w:rsidP="00D4554C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Det är ansvarig läkare som beslutar om 23-timmarsplats för samordning och omhändertagande av nödvändiga omsorgsinsatser med regional </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:fldChar w:fldCharType="end"/>
-[...188 lines deleted...]
-      <w:r w:rsidRPr="00832102">
+        <w:t xml:space="preserve">och/eller kommunal primärvård, rehab mottagning, socialtjänst eller LSS i de fall en samordning krävs och inte kan omhändertas på annat sätt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276C8701" w14:textId="77777777" w:rsidR="00D4554C" w:rsidRDefault="00D4554C" w:rsidP="00D4554C">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienter som vistas på 23-timmarsplats ska vara medicinskt färdigbehandlade på akutmottagningen. Det innebär att patienten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D4554C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE7C5E">
+      <w:r>
         <w:t xml:space="preserve"> ska:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348790D7" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="00EE7C5E" w:rsidRDefault="00B2773E" w:rsidP="00D73FDD">
+    <w:p w14:paraId="3FD36615" w14:textId="77777777" w:rsidR="00883E62" w:rsidRDefault="00883E62" w:rsidP="00883E62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00EE7C5E">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t>vara i behov av inskrivning i slutenvården</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCC5E1F" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="00EE7C5E" w:rsidRDefault="00B2773E" w:rsidP="00D73FDD">
+    <w:p w14:paraId="2C001C28" w14:textId="77777777" w:rsidR="00883E62" w:rsidRDefault="00883E62" w:rsidP="00883E62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00EE7C5E">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t>ha behov av att kvarstanna på sjukhuset för observation, provtagning, väntan på läkemedelseffekt eller dylikt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E43B92E" w14:textId="2F22C79E" w:rsidR="00B2773E" w:rsidRDefault="00B2773E" w:rsidP="00D73FDD">
+    <w:p w14:paraId="1B44ECEC" w14:textId="77777777" w:rsidR="00883E62" w:rsidRDefault="00883E62" w:rsidP="00883E62">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...311 lines deleted...]
-      <w:r w:rsidRPr="00482431">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>ha behov av infusion, injektion, kontroll av vitalparameterar eller annat som inte utförs i hemmet i vanliga fall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E41CAAA" w14:textId="77777777" w:rsidR="00883E62" w:rsidRDefault="00883E62" w:rsidP="00883E62">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Omsorgskoordinator är en funktion som arbetar dagtid helgfria vardagar, och som är ett stöd för akutmottagningen i samverkan med kommunerna. För kontakt med omsorgskoordinator inom SÄS sker detta via telefon på telefonnummer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D372E9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>OBS!</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> Uppdatera Pascal om patienten har </w:t>
+        <w:t>033-616 36 36.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D08A6AF" w14:textId="77777777" w:rsidR="00883E62" w:rsidRDefault="00883E62" w:rsidP="00883E62">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t>23-timmarsplats i väntan på liggande sjuktransport kan användas alla dagar och hanteras av akutens medarbetare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2829CA55" w14:textId="77777777" w:rsidR="00050393" w:rsidRPr="00050393" w:rsidRDefault="00050393" w:rsidP="00050393"/>
+    <w:p w14:paraId="763F145A" w14:textId="77777777" w:rsidR="00F22567" w:rsidRDefault="00F22567" w:rsidP="00070DDD">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc220497373"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk220497492"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc220498413"/>
+      <w:r>
+        <w:t>Genomförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="4AE30445" w14:textId="77777777" w:rsidR="00E6142E" w:rsidRPr="00D372E9" w:rsidRDefault="00E6142E" w:rsidP="00E6142E">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc220498414"/>
+      <w:r>
+        <w:t>På akutmottagningen</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="02279A58" w14:textId="77777777" w:rsidR="00E6142E" w:rsidRDefault="00E6142E" w:rsidP="00E6142E">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C13F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Den enskilde ska alltid tillfrågas och lämna samtycke till att informationsöverföring kan ske till socialtjänst, kommunal och/eller regional primärvård alternativt rehab mottagning inom regional primärvård och/eller öppenvårdsmottagning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4458DC30" w14:textId="77777777" w:rsidR="00E6142E" w:rsidRPr="005218AA" w:rsidRDefault="00E6142E" w:rsidP="00E6142E">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Läkare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2003FC74" w14:textId="77777777" w:rsidR="00E6142E" w:rsidRDefault="00E6142E" w:rsidP="00E6142E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Beslutar om 23-timmarsplats.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F89E8B" w14:textId="77777777" w:rsidR="00E6142E" w:rsidRDefault="00E6142E" w:rsidP="00E6142E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dikterar läkardiktat.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E72160" w14:textId="77777777" w:rsidR="00E6142E" w:rsidRDefault="00E6142E" w:rsidP="00E6142E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sätter diagnoskod.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F82269" w14:textId="77777777" w:rsidR="00E6142E" w:rsidRDefault="00E6142E" w:rsidP="00E6142E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ordinerar och pilar läkemedel till följande dag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4CFB5F" w14:textId="77777777" w:rsidR="00E6142E" w:rsidRDefault="00E6142E" w:rsidP="00E6142E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Genomför ordinarie hemgångsrutiner och skriver eventuell hemgångsinformation, egenvårdsintyg och vid behov </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">remiss till vårdcentral samt gör klart eventuella recept (OBS! Uppdatera Pascal om patienten har </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00482431">
+      <w:r>
         <w:t>Apodos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00482431">
+      <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EFAFD69" w14:textId="14C8C608" w:rsidR="00B2773E" w:rsidRPr="00EE7C5E" w:rsidRDefault="006728EA" w:rsidP="00B2773E">
+    <w:p w14:paraId="4925BFE1" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc182827851"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="4DD867C1" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="00EE7C5E" w:rsidRDefault="00B2773E" w:rsidP="00B2773E">
+      <w:r>
+        <w:t xml:space="preserve">Sjuksköterska och/eller omvårdnadspersonal </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483F037D" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>D</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="02114350" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="00AD22CA" w:rsidRDefault="00B2773E" w:rsidP="00B2773E">
+        <w:t>Säkerställer att patient blivit bedömd och inte kan återgå hem utan samverkan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3475A9B4" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AD22CA">
+      <w:r>
+        <w:t>Bedöm ADL, förflyttning och gångförmåga samt skörhetsbedömt patient.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FC2952" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">När akut behov av bedömning av hjälpmedel finns, kontakta centrala arbets- och fysioterapimottagningen på telefon -2150. (dagtid mån-fredag 7-16.00) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C9FAD8" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rehabpersonalen säkerställer att patient får eventuella nödvändiga hjälpmedel som behövs för att patient ska kunna återgå hem innan hen blir föremål för en 23-timmars.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A8F1F5" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Drar eventuell PVK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13571468" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Aviserar VPSO och vårdavdelning i Elvis om aktuell 23-timmars patient. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB68970" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
         <w:t>Rapporterar patienten till mottagande avdelning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059DB650" w14:textId="03C45A4D" w:rsidR="00D40623" w:rsidRPr="00AD22CA" w:rsidRDefault="009F23B4">
+    <w:p w14:paraId="0BC3553F" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRPr="005218AA" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AD22CA">
-[...30 lines deleted...]
-    <w:p w14:paraId="79E777AA" w14:textId="0251E855" w:rsidR="00B2773E" w:rsidRPr="00121AE7" w:rsidRDefault="007F0A72" w:rsidP="00EF1284">
+      <w:r w:rsidRPr="00D61830">
+        <w:t>Dokumentation avseende besök på akutmottagningen för patienter på 23-timmarsplats ska ske i besöksanteckningen tillhörande akutmottagningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FAA1745" w14:textId="77777777" w:rsidR="000F5C7E" w:rsidRPr="003C13F3" w:rsidRDefault="000F5C7E" w:rsidP="000F5C7E">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AD22CA">
-[...33 lines deleted...]
-    <w:p w14:paraId="00D0981A" w14:textId="1B4AC518" w:rsidR="00E47C44" w:rsidRPr="00E47C44" w:rsidRDefault="00E51263" w:rsidP="00986DE4">
+      <w:r>
+        <w:t xml:space="preserve">Dokumentation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61830">
+        <w:t>avseende besök på akutmottagningen för patienter</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> där en samverkan med kommunen har skett under pågående arbetspass dokumenteras i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61830">
+        <w:t>besöksanteckningen tillhörande akutmottagningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="369AC9A2" w14:textId="77777777" w:rsidR="005D53A0" w:rsidRPr="00346503" w:rsidRDefault="005D53A0" w:rsidP="005D53A0">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t>SAMSA Akutmottagningen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B362850" w14:textId="77777777" w:rsidR="005D53A0" w:rsidRPr="003C13F3" w:rsidRDefault="005D53A0" w:rsidP="005D53A0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00121AE7">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Alla </w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="12B2CBB3" w14:textId="33B6D928" w:rsidR="004C37F2" w:rsidRPr="004C37F2" w:rsidRDefault="00E47C44" w:rsidP="00986DE4">
+      </w:pPr>
+      <w:r w:rsidRPr="003C13F3">
+        <w:t xml:space="preserve">Kommunikation från SÄS akutmottagning sker genom "Meddelande vård och omsorg" i samtliga fall där behov av samverkan identifierats. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="003C13F3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>SAMSA IT-tjänst Lathund sjukhus akuten.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="17B56473" w14:textId="77777777" w:rsidR="005D53A0" w:rsidRDefault="005D53A0" w:rsidP="005D53A0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00121AE7">
-[...52 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc182827852"/>
+      <w:r>
+        <w:t xml:space="preserve">23-timmar i samverkan respektive i väntan på liggande transport särskiljs genom en separat notering i </w:t>
+      </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>B</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="31FF058C" w14:textId="5E77CECC" w:rsidR="0073233B" w:rsidRPr="00482431" w:rsidRDefault="0073233B" w:rsidP="0073233B">
+        <w:t xml:space="preserve">kommentarsfältet och anvisningen om vilken typ av 23-timmarsplacering. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DB4C19" w14:textId="77777777" w:rsidR="005D53A0" w:rsidRDefault="005D53A0" w:rsidP="005D53A0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:keepNext/>
-[...37 lines deleted...]
-    <w:p w14:paraId="74F38BD5" w14:textId="34E4D86E" w:rsidR="0073233B" w:rsidRPr="00482431" w:rsidRDefault="0073233B" w:rsidP="00EF1284">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Alla 23-timmarspatienter ska ha ett öppnat eller besvarat SAMSA-ärende med Meddelande vård och omsorg innan patient lämnar akutmottagningen och placeras på en vårdavdelning. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C031707" w14:textId="77777777" w:rsidR="005D53A0" w:rsidRDefault="005D53A0" w:rsidP="005D53A0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00482431">
-[...64 lines deleted...]
-    <w:p w14:paraId="3C63C58E" w14:textId="3C1C6EF2" w:rsidR="006736E4" w:rsidRDefault="00B2773E" w:rsidP="006736E4">
+      <w:r>
+        <w:t>Det ska tydligt framgå i SAMSA vilken typ av 23-timmars-patient det är, (om det är i väntan på liggande transport eller behov av samordning med regional och/eller kommunal primärvård, rehab mottagning, socialtjänst eller LSS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D972701" w14:textId="77777777" w:rsidR="005D53A0" w:rsidRDefault="005D53A0" w:rsidP="005D53A0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00EE7C5E">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00992FE0">
+      <w:r>
+        <w:t xml:space="preserve">SAMSA-ärendet ska ligga kvar i akutmottagningens översikt och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C4CC2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE7C5E">
-[...2 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:t xml:space="preserve"> flyttas till aktuell avdelning för 23-timmarsplats. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AC04BCB" w14:textId="77777777" w:rsidR="005D53A0" w:rsidRDefault="005D53A0" w:rsidP="005D53A0">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Aktuell avdelning bör läggas till som part som förtydligar för vårdavdelningen att det finns en 23-timmarspatient tillhörande akutmottagningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECAD655" w14:textId="77777777" w:rsidR="006253DC" w:rsidRDefault="006253DC" w:rsidP="006253DC">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bokning av transport till hemmet för 23-timmars</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068D471F" w14:textId="77777777" w:rsidR="006253DC" w:rsidRDefault="006253DC" w:rsidP="006253DC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">När patienten vistas på 23-timmarsplats i väntan på liggande transport, bokar medarbetare på akutmottagningen transport med hämtning på vårdavdelning, se information på SÄS insida </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00D61830">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Liggande sjuktransport</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>. Beställningen dokumenteras i patientens journal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74EE2FF3" w14:textId="77777777" w:rsidR="006253DC" w:rsidRPr="00D372E9" w:rsidRDefault="006253DC" w:rsidP="006253DC">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>När patienten vistas på 23-timmarsplats för samordning av omsorgsinsatser bokar vårdavdelningen sjuktransport.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F356266" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc220497376"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc220498415"/>
+      <w:r>
+        <w:t>På vårdavdelning, 23-timmars</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="5E0CA703" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:r w:rsidRPr="00D372E9">
+        <w:t>Omvårdnadspersonalen på vårdavdelningen ansvarar för planering och samverkan med kommunal vård och omsorg för att säkerställa en trygg vårdövergång för patienten</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D372E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E43E33D" w14:textId="259ADE2D" w:rsidR="00B2773E" w:rsidRDefault="00B2773E" w:rsidP="006736E4">
+    <w:p w14:paraId="267014A1" w14:textId="77777777" w:rsidR="004F1851" w:rsidRPr="006A763C" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A763C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Vårdavdelningen ansvarar för att:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D4259A" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B66CDE">
+      <w:r>
+        <w:t>patienten får omvårdnad och läkemedel efter behov samt att dokumentation görs i patientjournalen. Patienten ska inte rondas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B358DD" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>påbörjar samverkan med externa parter kring 23-timmars direkt på morgonen utan fördröjning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006500EA" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">kontaktar anhöriga och kommunen för att arbeta vidare med den samordning som behövs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE0B054" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>kartlägger omsorgsbehov och tar kontakt med kommun, primärvård och anhöriga för samverkan om detta inte är gjort av akutmottagningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD95D82" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>bedömer ADL, förflyttning och gångförmåga samt skörhetsbedömt patient.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E52809" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">när akut behov av bedömning av hjälpmedel finns, kontaktas centrala arbets- och fysioterapimottagningen på telefon -2150. (dagtid mån-fredag 7-16.00) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723D92A5" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>hanterar samverkan i SAMSA undertiden ärendet i SAMSA är kvar på akutens översikt. Detta då patient inte är inskriven på vårdavdelning utan tillhör akutmottagningen med sitt öppenvårdsbesök.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F2FB8AE" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>bifoga i SAMSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A763C">
+        <w:t xml:space="preserve"> en uppdaterad läkemedelslista </w:t>
+      </w:r>
+      <w:r>
+        <w:t>och besöksanteckning från akutmottagningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CCD071" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A763C">
+        <w:t xml:space="preserve">skicka med </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">patient både aktuell läkemedelslista och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A763C">
+        <w:t xml:space="preserve">nyinsatta läkemedel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606541BC" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">boka transport hem i de fall sjukresa/transport behöver bokas, se SÄS insida </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00CC6168">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Boka sjuktransport hem</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A763C">
+        <w:t>Bokad tid för transport ska förmedlas i SAMSA till mottagande verksamhet. Vid förändring av avtalad tid ska mottagande verksamhet informeras</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> via SAMSA och telefon.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2797BC77" w14:textId="77777777" w:rsidR="004F1851" w:rsidRDefault="004F1851" w:rsidP="004F1851">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">öppna och dokumentera i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> riskbedömningar och omvårdnadsstatus samt vilken hjälp patienten fått under sin vistelsetid på vårdavdelningen. Detta ska bifogas i SAMSA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A968C33" w14:textId="77777777" w:rsidR="005E397A" w:rsidRPr="00E726FF" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E726FF">
+        <w:lastRenderedPageBreak/>
+        <w:t>När samverkan är klar ombesörjer vårdavdelningen att:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8D5E57" w14:textId="77777777" w:rsidR="005E397A" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>skicka en uppdatering av ärendet i meddelande till vård och omsorg i SAMSA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2668F2F8" w14:textId="77777777" w:rsidR="005E397A" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ha dialog med eventuell hemtjänst</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233DD2E3" w14:textId="77777777" w:rsidR="005E397A" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>lämna rapport till eventuell hemsjukvård</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D00A30" w14:textId="77777777" w:rsidR="005E397A" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ha dialog med anhöriga</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69237DFF" w14:textId="77777777" w:rsidR="005E397A" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">iordningställa och skicka med eventuella nya läkemedel samt läkemedelslista fastställd av läkare på akutmottagningen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346503">
+        <w:t>Medskickade läkemedel dokumenteras i SAMSA.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346503">
+        <w:t xml:space="preserve">Detta gäller alla </w:t>
+      </w:r>
+      <w:r>
+        <w:t>öppenvårds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346503">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>atienter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346503">
+        <w:t xml:space="preserve"> på 23-timmarsplats och alla som skrivits in i väntan på korttidsplats eller som väntar på andra kommunala insatser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A58013" w14:textId="77777777" w:rsidR="005E397A" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>dokumentera iordningsställande och administrering av läkemedel i under tillhörande besöksanteckning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152F039D" w14:textId="77777777" w:rsidR="005E397A" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>samordna transport som är bokad av avdelningen där patient vistas med att informera kommunen eller annan mottagande part om bokad hemresetid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47AA660B" w14:textId="77777777" w:rsidR="005E397A" w:rsidRDefault="005E397A" w:rsidP="005E397A">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid hemgång dokumenteras planerade insatser i patientens journal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140DC5FE" w14:textId="77777777" w:rsidR="009E3B34" w:rsidRDefault="009E3B34" w:rsidP="009E3B34">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7776D4EE" w14:textId="77777777" w:rsidR="003900D5" w:rsidRPr="009E3B34" w:rsidRDefault="003900D5" w:rsidP="003900D5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712" w:hanging="357"/>
         <w:rPr>
-          <w:i/>
-          <w:iCs/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>Meddelande till Vård o</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0012789F" w:rsidRPr="00B66CDE">
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk220497959"/>
+      <w:r w:rsidRPr="009E3B34">
         <w:rPr>
-          <w:i/>
-          <w:iCs/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>ch</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="01F80E1F" w14:textId="06E1CD04" w:rsidR="006F73C9" w:rsidRDefault="006F73C9" w:rsidP="006F73C9">
+        <w:t xml:space="preserve">Hjälpmedel </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D3AD51" w14:textId="77777777" w:rsidR="003900D5" w:rsidRDefault="003900D5" w:rsidP="009E3B34">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...15 lines deleted...]
-      <w:r w:rsidR="003269DE" w:rsidRPr="00F1031A">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1355"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00346503">
+        <w:t xml:space="preserve">När hjälpmedel förskrivs av </w:t>
+      </w:r>
+      <w:r>
+        <w:t>centrala arbets- och fysioterapimottagningen v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00346503">
+        <w:t xml:space="preserve">id SÄS förmedlas bedömning och information SAMSA. Nödvändiga hjälpmedel skickas med den enskilde hem och uppföljningen av hjälpmedlen utförs av regional eller kommunal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00346503">
+        <w:t>rehabenhet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00346503">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A3DC4E" w14:textId="29D8FE07" w:rsidR="006F73C9" w:rsidRPr="001827FC" w:rsidRDefault="006F73C9" w:rsidP="00EF1284">
+    <w:p w14:paraId="7B417F98" w14:textId="77777777" w:rsidR="00383F31" w:rsidRDefault="00383F31" w:rsidP="009E3B34">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="00EE7C5E">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1355"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00CDA362" w14:textId="77777777" w:rsidR="00383F31" w:rsidRPr="00BA37B7" w:rsidRDefault="00383F31" w:rsidP="00383F31">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA37B7">
+        <w:t>Vid förändrat tillstånd som kräver ny läkarbedömning</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D7185C9" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="00EE7C5E" w:rsidRDefault="00B2773E" w:rsidP="00B2773E">
-[...22 lines deleted...]
-    <w:p w14:paraId="272635B4" w14:textId="23E12810" w:rsidR="00B2773E" w:rsidRPr="009D6C70" w:rsidRDefault="00B2773E" w:rsidP="00D031C5">
+    <w:p w14:paraId="6C018818" w14:textId="77777777" w:rsidR="00383F31" w:rsidRDefault="00383F31" w:rsidP="00383F31">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61830">
+        <w:t xml:space="preserve">nsvarig sjuksköterska </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">vårdavdelningen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61830">
+        <w:t xml:space="preserve">kontaktar ansvarig läkare på vårdavdelningen där patienten vistas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CEE1FB" w14:textId="77777777" w:rsidR="00383F31" w:rsidRDefault="00383F31" w:rsidP="00383F31">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D61830">
+        <w:lastRenderedPageBreak/>
+        <w:t>Om patienten är placerad på en</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61830">
+        <w:t>vårdavdelning som utlokaliserad, tar avdelningen kontakt med hemavdelningens husjoursläkare/primärjour för inskrivning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394A6459" w14:textId="77777777" w:rsidR="00BF0668" w:rsidRDefault="00BF0668" w:rsidP="00BF0668">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Inskrivning slutenvård vid försämring </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F88870" w14:textId="77777777" w:rsidR="00BF0668" w:rsidRDefault="00BF0668" w:rsidP="00BF0668">
+      <w:r w:rsidRPr="00A373D2">
+        <w:t>Vid försämring som kräver medicinsk vård, eller när patientens omsorgsbehov inte är omhändertaget, skrivs patient in i slutenvård.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A973649" w14:textId="77777777" w:rsidR="00BF0668" w:rsidRDefault="00BF0668" w:rsidP="00BF0668">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">patienten får </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="7FE71161" w14:textId="35874D73" w:rsidR="00B2773E" w:rsidRPr="00257230" w:rsidRDefault="00D56064" w:rsidP="00D031C5">
+        <w:t>Avdelningssjuksköterskan kontaktar ansvarig läkare på vårdavdelningen där patienten vårdas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760A6343" w14:textId="77777777" w:rsidR="00BF0668" w:rsidRDefault="00BF0668" w:rsidP="00BF0668">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>b</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00B2773E" w:rsidRPr="00257230">
+        <w:t>Om patienten är utlokaliserad tar avdelningspersonalen kontakt med primärjour/husjoursläkare tillhörande patientens kliniktillhörighet, som skriver in patienten och pilar läkemedel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="078EEBE4" w14:textId="77777777" w:rsidR="00BF0668" w:rsidRDefault="00BF0668" w:rsidP="00BF0668">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Avdelningssjuksköterskan öppnar inskrivning och vårdhändelse i patientens journal enligt ordinarie rutin. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10FC48B2" w14:textId="77777777" w:rsidR="00BF0668" w:rsidRDefault="00BF0668" w:rsidP="00BF0668">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Läkare startar planering av patientens medicinska vård- och behandling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="397D975A" w14:textId="77777777" w:rsidR="00BF0668" w:rsidRDefault="00BF0668" w:rsidP="00BF0668">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A373D2">
+        <w:t xml:space="preserve">Vidare vård och omsorg samt planering för trygg hemgång </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">dokumentera och </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A373D2">
+        <w:t xml:space="preserve">utförs av </w:t>
+      </w:r>
+      <w:r>
+        <w:t>enligt sedvanlig rutin och</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A373D2">
+        <w:t xml:space="preserve"> utifrån in- och utskrivningsprocessen </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00A373D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Samverkan vid in- och utskrivning från sluten hälso- och sjukvård.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A373D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-[...44 lines deleted...]
-      <w:r w:rsidR="00B2773E" w:rsidRPr="00257230">
+    </w:p>
+    <w:p w14:paraId="378D11EB" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Inskrivning slutenvård i väntan på kommunala insatser</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F52E07" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:r w:rsidRPr="00A373D2">
+        <w:t>I de fall patienten har ett behov av en inskrivning på grund av att kommunen inte kan tillgodose omsorgsbehovet inom 23-timmar, skrivs patient endast in i väntan på att återgå hem med beviljade omso</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rgsinsatser eller till beviljad korttidsplats. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF38B3A" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Beslut om kommunala omsorgsinsatser ska vara klart och ett resultat av den samordning som skett innan en inskrivning görs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5330EAE3" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Beslut om denna inskrivningsform dokumenteras i patientens journal och i SAMSA, så att orsaken till inskrivning tydligt framgår. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AFF6DC" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A373D2">
+        <w:lastRenderedPageBreak/>
+        <w:t>Inskrivningen i SAMSA upprättas med en planering där orsaken till inskrivning beskrivs.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D021FA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779E1B14" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A373D2">
+        <w:t>Patienten sätts upp som utskrivningsklar samma dag som hen skrivs in</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och i SAMSA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A373D2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FA3F1EB" w14:textId="7F98A98C" w:rsidR="00D031C5" w:rsidRPr="005754F1" w:rsidRDefault="005754F1" w:rsidP="00D031C5">
+    <w:p w14:paraId="0781C136" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="005754F1">
-[...14 lines deleted...]
-      <w:r w:rsidR="004D7D90">
+      <w:r>
+        <w:t xml:space="preserve">Patienten ska inte behöva ingå i rond av läkare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DDDA4F" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A373D2">
+        <w:t>För att det ska bli tydligt att följa innehållet i ärendet flyttas öppenvårdsärendet i SAMSA från akutmottagningen till enheten där patient skrivs in.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D021FA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D7D90" w:rsidRPr="005754F1">
-[...57 lines deleted...]
-    <w:p w14:paraId="134F603F" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="008D57F6" w:rsidRDefault="00B2773E" w:rsidP="00B2773E">
+    </w:p>
+    <w:p w14:paraId="350CCA30" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Läkare och annan vårdpersonal fortsätter dokumentera sina ordinarie uppdrag och anteckningar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B563D6" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="Omsorgskoordinator"/>
-[...332 lines deleted...]
-      <w:r w:rsidRPr="0074564C">
+      <w:r>
+        <w:t>Utskrivning från 23-timmarsplats</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C3DEC3" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:r>
+        <w:t xml:space="preserve">När patienten lämnar sjukhuset ska vårdkontakten och en utskrivning i patientens journal göras från akutmottagningen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7045A665" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:r>
+        <w:t xml:space="preserve">Kontakta sekreterare på akutmottagningen, anknytning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A373D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>endast</w:t>
-[...232 lines deleted...]
-        </w:rPr>
         <w:t>2220</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA31FB">
-[...72 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r>
+        <w:t xml:space="preserve">, för hjälp med registrering, hantering och utskrivning av </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A373D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...29 lines deleted...]
-      <w:r w:rsidR="00AE35A2" w:rsidRPr="00AE3E24">
+        <w:t>alla</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 23-timmarspatienter när de lämnar sjukhuset</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0D5C70" w14:textId="77777777" w:rsidR="005C61B5" w:rsidRDefault="005C61B5" w:rsidP="005C61B5">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D021FA">
+        <w:t>Utskrivning</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> slutenvård</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558FE3D5" w14:textId="58C98284" w:rsidR="00383F31" w:rsidRDefault="005C61B5" w:rsidP="00C347CD">
+      <w:r>
+        <w:t xml:space="preserve">Sker enligt sedvanlig rutin enligt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A373D2">
+        <w:t>in- och utskrivningsprocessen</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A7F4E" w:rsidRPr="00AE3E24">
-[...23 lines deleted...]
-        </w:rPr>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00A373D2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Samverkan vid in- och utskrivning från sluten hälso- och sjukvård.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="201043A6" w14:textId="2E318646" w:rsidR="00A373D2" w:rsidRDefault="00A373D2" w:rsidP="00A373D2">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc220498416"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>Uppföljning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="17BFD580" w14:textId="2FA10A6C" w:rsidR="00A373D2" w:rsidRPr="00D61830" w:rsidRDefault="00A373D2" w:rsidP="00CC6168">
+      <w:r>
+        <w:t xml:space="preserve">VO akutsjukvård och VO neurolog, rehabilitering och nära vård ansvarar för uppföljning av rutiner. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281FFCA9" w14:textId="77777777" w:rsidR="006D0777" w:rsidRPr="000D04ED" w:rsidRDefault="006D0777" w:rsidP="006D0777">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc100327195"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
         <w:t>Remissinstanser (utgåva 2)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38633F4C" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="00EE7C5E" w:rsidRDefault="00B2773E" w:rsidP="00B77BC1">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00EE7C5E">
+    <w:p w14:paraId="6E2CA05B" w14:textId="77777777" w:rsidR="006D0777" w:rsidRDefault="006D0777" w:rsidP="006D0777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="4110AF68" w14:textId="77777777" w:rsidR="006D0777" w:rsidRDefault="006D0777" w:rsidP="006D0777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE7C5E">
+      <w:r>
         <w:t>Styrråd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE7C5E">
+      <w:r>
         <w:t xml:space="preserve"> vårdplatser</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE7C5E">
+    </w:p>
+    <w:p w14:paraId="3825F56F" w14:textId="77777777" w:rsidR="006D0777" w:rsidRDefault="006D0777" w:rsidP="006D0777">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r>
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52801D9A" w14:textId="77777777" w:rsidR="00B2773E" w:rsidRPr="007D729D" w:rsidRDefault="00B2773E" w:rsidP="00B77BC1">
-[...56 lines deleted...]
-    <w:p w14:paraId="5C5CDBC1" w14:textId="60F9B1DD" w:rsidR="00511BF5" w:rsidRDefault="00511BF5" w:rsidP="00B77BC1">
+    <w:p w14:paraId="7CD7CA04" w14:textId="77777777" w:rsidR="00904BBB" w:rsidRPr="000D04ED" w:rsidRDefault="00904BBB" w:rsidP="00904BBB">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="6C699C8C" w14:textId="65443083" w:rsidR="00511BF5" w:rsidRDefault="00511BF5" w:rsidP="00B77BC1">
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc220497378"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc220498417"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:t>Länk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>förteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="7D6DFA9A" w14:textId="77777777" w:rsidR="00904BBB" w:rsidRDefault="00904BBB" w:rsidP="00904BBB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:keepNext/>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00E55C7D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Beskrivning för öppenvårdsbesök på akutmottagningen.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7F33EF96" w14:textId="77777777" w:rsidR="00904BBB" w:rsidRDefault="00904BBB" w:rsidP="00904BBB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Liggande sjuktransport. Information publicerad på insidan, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067B4143" w14:textId="77777777" w:rsidR="00904BBB" w:rsidRDefault="00904BBB" w:rsidP="00904BBB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00CC6168">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vard-och-patientadministration/patienttransporter</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="41834CE1" w14:textId="77777777" w:rsidR="00904BBB" w:rsidRDefault="00904BBB" w:rsidP="00904BBB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Samverkan vid in- och utskrivning från sluten hälso- och sjukvård. Länsgemensam rutin för Västra Götalands 49 kommuner och Västra Götalandsregionen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65292DA6" w14:textId="77777777" w:rsidR="00904BBB" w:rsidRDefault="00904BBB" w:rsidP="00904BBB">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712"/>
+      </w:pPr>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="00A7788A">
+        <w:r w:rsidRPr="00CC6168">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vard-och-patientadministration/patienttransporter</w:t>
+          <w:t>https://gitsvg.se/gits/samordnadhalsavardochomsorg/rutinerochstyrdokument.4.3866560e15ce9b20f9bd1810.html?folder=19.6c954a6a167fb6af326e47ce&amp;sv.url=12.4b128cfa15d2f63d86f1e603</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2370DC70" w14:textId="7D0C14F1" w:rsidR="005E77C5" w:rsidRDefault="006F2269" w:rsidP="00B77BC1">
+    <w:p w14:paraId="40AA233F" w14:textId="578DFAB5" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="00CC6168">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:keepNext/>
-[...32 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId27"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="1712"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
+      <w:headerReference w:type="first" r:id="rId24"/>
+      <w:footerReference w:type="first" r:id="rId25"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B843C99" w14:textId="77777777" w:rsidR="008F2843" w:rsidRDefault="008F2843">
+    <w:p w14:paraId="669AE253" w14:textId="77777777" w:rsidR="00746AD0" w:rsidRDefault="00746AD0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="747AD6C7" w14:textId="77777777" w:rsidR="008F2843" w:rsidRDefault="008F2843">
+    <w:p w14:paraId="3DC17583" w14:textId="77777777" w:rsidR="00746AD0" w:rsidRDefault="00746AD0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1F81758B" w14:textId="77777777" w:rsidR="008F2843" w:rsidRDefault="008F2843">
+    <w:p w14:paraId="60E2771E" w14:textId="77777777" w:rsidR="00746AD0" w:rsidRDefault="00746AD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E074B51" w14:textId="77777777" w:rsidR="009D28CB" w:rsidRDefault="009D28CB" w:rsidP="00C43BDD">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="58E1463B" w14:textId="77777777" w:rsidR="009D28CB" w:rsidRDefault="009D28CB" w:rsidP="00C43BDD">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...26 lines deleted...]
-            <w:szCs w:val="16"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00ED04C3" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00EC0A68">
-[...2 lines deleted...]
-            <w:szCs w:val="16"/>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3A2B6952" w14:textId="77777777" w:rsidR="009D28CB" w:rsidRDefault="009D28CB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CF0B376" wp14:editId="092165C0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bildobjekt 4">
+          <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
-[...188 lines deleted...]
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FF7F65E" w14:textId="77777777" w:rsidR="008F2843" w:rsidRDefault="008F2843"/>
+    <w:p w14:paraId="760C5CD7" w14:textId="77777777" w:rsidR="00746AD0" w:rsidRDefault="00746AD0"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4947C31F" w14:textId="77777777" w:rsidR="008F2843" w:rsidRDefault="008F2843">
+    <w:p w14:paraId="215CE024" w14:textId="77777777" w:rsidR="00746AD0" w:rsidRDefault="00746AD0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D60B4EB" w14:textId="77777777" w:rsidR="008F2843" w:rsidRDefault="008F2843">
+    <w:p w14:paraId="08451B13" w14:textId="77777777" w:rsidR="00746AD0" w:rsidRDefault="00746AD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4605546D" w14:textId="77777777" w:rsidR="009D28CB" w:rsidRPr="00DA65C4" w:rsidRDefault="009D28CB" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D1345AC" wp14:editId="2764A004">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Textruta 1"/>
+              <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="7CA0C634" w14:textId="77777777" w:rsidR="009D28CB" w:rsidRDefault="009D28CB" w:rsidP="00DA65C4">
-[...341 lines deleted...]
-                        <w:p w14:paraId="6B7AB8E4" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="59C4081F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 8" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB/QaCpGQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5qqpPlpjg1UBxzPQa+8t3zZYA8r5sML&#10;cyg1to3rG57xkAqwFhwtSmpwP/92H/NRAYxS0uLqlNT/2DEnKFHfDGrzeTSZxF1LzuTmNkfHXUc2&#10;1xGz0w+A2znCh2J5MmN+UCdTOtBvuOWLWBVDzHCsXdJwMh9Cv9D4SrhYLFISbpdlYWXWlkfoyF1k&#10;+LV7Y84eZQgo4BOclowV79Toc3vWF7sAsklSRZ57Vo/042YmsY+vKK7+tZ+yLm99/gsAAP//AwBQ&#10;SwMEFAAGAAgAAAAhACZFjZDdAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/ofN&#10;M/EGWzBVKH0lpAkxMXoAuXjbdpe2cfdt7S5Q/fU+T3iczGTmm3w9OivOZgidJ4TZNAFhqPa6owbh&#10;8L6dLECEqEgr68kgfJsA6+L2JleZ9hfamfM+NoJLKGQKoY2xz6QMdWucClPfG2Lv6AenIsuhkXpQ&#10;Fy53Vs6T5FE61REvtKo3ZWvqz/3JIbyU2ze1q+Zu8WPL59fjpv86fKSI93fjZgUimjFew/CHz+hQ&#10;MFPlT6SDsAh8JCJMZiDYfHpIWVcIabIEWeTyP33xCwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAH9BoKkZAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACZFjZDdAAAABQEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="6B7AB8E4" w14:textId="77777777" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="35540EA6" w14:textId="486056BA" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35E18493" wp14:editId="27A7D65E">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
-              <wp:docPr id="9" name="Textruta 9"/>
+              <wp:wrapTopAndBottom/>
+              <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5E13F8D7" w14:textId="77777777" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="35E18493" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 9" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAA8+98GQIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCk2IImapMTOfv0oOV/rdhp2kUmRfiTfo2b3nVZkL5xvwJR0NBhSIgyHqjHbkn5/XX66&#10;o8QHZiqmwIiSHoSn9/OPH2atLUQONahKOIIgxhetLWkdgi2yzPNaaOYHYIXBoASnWUDXbbPKsRbR&#10;tcry4XCateAq64AL7/H2sQ/SecKXUvDwLKUXgaiSYm8hnS6dm3hm8xkrto7ZuuHHNtg/dKFZY7Do&#10;GeqRBUZ2rvkDSjfcgQcZBhx0BlI2XKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpdPxipwTjSOHhTJvoAuF4OZlOb/MbDHGMjfPxHdoIk13+ts6HrwI0iUZJHcqS2GL7&#10;lQ996iklFjOwbJRK0ihD2pJOxwj5WwTBlcEal16jFbpNR5oKuzjNsYHqgOM56JX3li8b7GHFfHhh&#10;DqXGtnF9wzMeUgHWgqNFSQ3u59/uYz4qgFFKWlydkvofO+YEJeqbQW0+jyaTuGvJmdzc5ui468jm&#10;OmJ2+gFwO0f4UCxPZswP6mRKB/oNt3wRq2KIGY61SxpO5kPoFxpfCReLRUrC7bIsrMza8ggduYsM&#10;v3ZvzNmjDAEFfILTkrHinRp9bs/6YhdANkmqyHPP6pF+3Mwk9vEVxdW/9lPW5a3PfwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01PwzAMhu9I/IfI&#10;SNy2ZOWjU2k6TZUmJASHjV24uU3WVjROabKt8Osxp3Gz5UevnzdfTa4XJzuGzpOGxVyBsFR701Gj&#10;Yf++mS1BhIhksPdkNXzbAKvi+irHzPgzbe1pFxvBIRQy1NDGOGRShrq1DsPcD5b4dvCjw8jr2Egz&#10;4pnDXS8TpR6lw474Q4uDLVtbf+6OTsNLuXnDbZW45U9fPr8e1sPX/uNB69ubaf0EItopXmD402d1&#10;KNip8kcyQfQaZkmaMMrDQt2BYCJVKZepNNyrFGSRy/8Vil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAAPPvfBkCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8qgPY+IAAAAKAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="5E13F8D7" w14:textId="77777777" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
-    </w:r>
-[...85 lines deleted...]
-      <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4971,51 +3046,51 @@
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="77CA1A64"/>
+    <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -5215,276 +3290,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0D702BD4"/>
+    <w:nsid w:val="0D6E5D67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CF1E26AE"/>
+    <w:tmpl w:val="E898CE2C"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1712" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2432" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3152" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3872" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4592" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5312" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6032" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6752" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7472" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E737453"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -5553,51 +3515,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5666,164 +3628,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5893,51 +3742,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6006,277 +3855,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6372,54 +3995,54 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BCA69CA0"/>
+    <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -6486,51 +4109,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6599,51 +4222,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6740,164 +4363,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6966,51 +4476,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7080,164 +4590,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7306,277 +4703,164 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="65EB2D77"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63BE45B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ED92B0DC"/>
-    <w:lvl w:ilvl="0" w:tplc="DD50C910">
+    <w:tmpl w:val="C666D2A8"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2157" w:hanging="360"/>
+        <w:ind w:left="1715" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2157" w:hanging="360"/>
+        <w:ind w:left="2435" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2877" w:hanging="360"/>
+        <w:ind w:left="3155" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3597" w:hanging="360"/>
+        <w:ind w:left="3875" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4317" w:hanging="360"/>
+        <w:ind w:left="4595" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5037" w:hanging="360"/>
+        <w:ind w:left="5315" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5757" w:hanging="360"/>
+        <w:ind w:left="6035" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6477" w:hanging="360"/>
+        <w:ind w:left="6755" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7197" w:hanging="360"/>
+        <w:ind w:left="7475" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -7645,51 +4929,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7758,51 +5042,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -7871,1389 +5155,683 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2086564122">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1790776193">
+  <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2071347694">
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1032732208">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1551844976">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1899827711">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1183711686">
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="398753427">
-[...8 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="738331585">
+  <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="941642656">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="376780484">
-[...5 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="1929803434">
+  <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1706516266">
-[...23 lines deleted...]
-  <w:num w:numId="25" w16cid:durableId="411509702">
+  <w:num w:numId="20" w16cid:durableId="616450893">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="169805020">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="21" w16cid:durableId="1755126841">
+    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
-    <w:rsid w:val="0000689E"/>
     <w:rsid w:val="00006D2A"/>
-    <w:rsid w:val="0000701E"/>
     <w:rsid w:val="00010D47"/>
+    <w:rsid w:val="00012B05"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="00017FEC"/>
-[...5 lines deleted...]
-    <w:rsid w:val="0003047D"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="0003141C"/>
     <w:rsid w:val="00033ED5"/>
-    <w:rsid w:val="000354F3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00046337"/>
+    <w:rsid w:val="00050393"/>
     <w:rsid w:val="00050500"/>
-    <w:rsid w:val="000520A6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00053D62"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
-    <w:rsid w:val="0006012F"/>
-    <w:rsid w:val="00062445"/>
+    <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
-    <w:rsid w:val="00066AB8"/>
     <w:rsid w:val="000700AE"/>
-    <w:rsid w:val="000712C8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00082395"/>
+    <w:rsid w:val="000806C2"/>
     <w:rsid w:val="00084024"/>
-    <w:rsid w:val="00084628"/>
-    <w:rsid w:val="0008673A"/>
     <w:rsid w:val="0009062C"/>
-    <w:rsid w:val="00094342"/>
-    <w:rsid w:val="00095119"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="00095528"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
-    <w:rsid w:val="000A6387"/>
     <w:rsid w:val="000B12D9"/>
-    <w:rsid w:val="000B1AD3"/>
     <w:rsid w:val="000B4536"/>
-    <w:rsid w:val="000B4C4C"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000D102F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000E093A"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
-    <w:rsid w:val="000E5ADD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000F3787"/>
     <w:rsid w:val="000F43A3"/>
-    <w:rsid w:val="000F4854"/>
-    <w:rsid w:val="000F54C6"/>
+    <w:rsid w:val="000F5C7E"/>
     <w:rsid w:val="000F7681"/>
-    <w:rsid w:val="00102C94"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
-    <w:rsid w:val="001064A2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001138EB"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
-    <w:rsid w:val="00115F31"/>
-[...5 lines deleted...]
-    <w:rsid w:val="001306AA"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
-    <w:rsid w:val="001334F1"/>
     <w:rsid w:val="00133A0F"/>
-    <w:rsid w:val="00133E68"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00134C42"/>
     <w:rsid w:val="0013580F"/>
-    <w:rsid w:val="00136210"/>
-    <w:rsid w:val="00137287"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
-    <w:rsid w:val="001427EF"/>
-    <w:rsid w:val="001477EB"/>
     <w:rsid w:val="001522AE"/>
-    <w:rsid w:val="00154A15"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
-    <w:rsid w:val="00177644"/>
-    <w:rsid w:val="00177A2F"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
-    <w:rsid w:val="001827FC"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
-    <w:rsid w:val="00192FC1"/>
-    <w:rsid w:val="00194BF1"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
-    <w:rsid w:val="001A57D4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001B23F1"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
-    <w:rsid w:val="001C5155"/>
-    <w:rsid w:val="001C5C56"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001D07D1"/>
-[...14 lines deleted...]
-    <w:rsid w:val="002059BF"/>
+    <w:rsid w:val="001E3789"/>
     <w:rsid w:val="00211487"/>
-    <w:rsid w:val="002114D6"/>
     <w:rsid w:val="00211D91"/>
-    <w:rsid w:val="00215CE9"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="00221D65"/>
-    <w:rsid w:val="00226729"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
-    <w:rsid w:val="00245F79"/>
-    <w:rsid w:val="002505EC"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
-    <w:rsid w:val="00256B34"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
-    <w:rsid w:val="00263828"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
-    <w:rsid w:val="002708B2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00275EAE"/>
+    <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="00272C9C"/>
     <w:rsid w:val="00280A85"/>
-    <w:rsid w:val="00283352"/>
-    <w:rsid w:val="0028406D"/>
     <w:rsid w:val="00284119"/>
-    <w:rsid w:val="002846E8"/>
     <w:rsid w:val="00290B5C"/>
-    <w:rsid w:val="00293217"/>
     <w:rsid w:val="00294791"/>
-    <w:rsid w:val="002A0E5D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="002A71DE"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
-    <w:rsid w:val="002B0CC1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002B6D92"/>
     <w:rsid w:val="002C0C02"/>
-    <w:rsid w:val="002C0D40"/>
     <w:rsid w:val="002C1277"/>
-    <w:rsid w:val="002C4358"/>
-    <w:rsid w:val="002C4F5B"/>
     <w:rsid w:val="002C60AD"/>
-    <w:rsid w:val="002C6F27"/>
     <w:rsid w:val="002D0E0E"/>
-    <w:rsid w:val="002D1DE2"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002D451C"/>
     <w:rsid w:val="002D6023"/>
-    <w:rsid w:val="002D7354"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002D7C6C"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
-    <w:rsid w:val="002E70AF"/>
     <w:rsid w:val="002F08BA"/>
-    <w:rsid w:val="002F0F9C"/>
-    <w:rsid w:val="002F1A77"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
-    <w:rsid w:val="003060CE"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
-    <w:rsid w:val="00311F7F"/>
-    <w:rsid w:val="00313A44"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
-    <w:rsid w:val="003248B9"/>
-    <w:rsid w:val="003269DE"/>
     <w:rsid w:val="00326C24"/>
-    <w:rsid w:val="0033444F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003375DC"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
-    <w:rsid w:val="003543C4"/>
-    <w:rsid w:val="003568B0"/>
     <w:rsid w:val="00360E0D"/>
-    <w:rsid w:val="00361307"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="003637D3"/>
-    <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
-    <w:rsid w:val="00370CF5"/>
-    <w:rsid w:val="003717BE"/>
     <w:rsid w:val="00371BED"/>
-    <w:rsid w:val="003720B9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00376DF4"/>
+    <w:rsid w:val="00383F31"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
-    <w:rsid w:val="00385C23"/>
-    <w:rsid w:val="00386CFA"/>
+    <w:rsid w:val="003900D5"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003A190A"/>
-    <w:rsid w:val="003B1590"/>
     <w:rsid w:val="003B2A4B"/>
-    <w:rsid w:val="003B4995"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003C21FB"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
-    <w:rsid w:val="003D3EDE"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
-    <w:rsid w:val="003E492B"/>
-    <w:rsid w:val="003F02D8"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
-    <w:rsid w:val="00403B25"/>
-    <w:rsid w:val="004043E8"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
-    <w:rsid w:val="00410A02"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004133BE"/>
     <w:rsid w:val="00413A60"/>
-    <w:rsid w:val="00414FE4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00420375"/>
     <w:rsid w:val="004230F7"/>
-    <w:rsid w:val="00425A82"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="0043433A"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00444F28"/>
     <w:rsid w:val="00446255"/>
-    <w:rsid w:val="00450761"/>
-    <w:rsid w:val="00451708"/>
     <w:rsid w:val="00451935"/>
-    <w:rsid w:val="00457DFE"/>
     <w:rsid w:val="00460ED0"/>
-    <w:rsid w:val="00464B5E"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
-    <w:rsid w:val="00476A30"/>
-    <w:rsid w:val="00476F95"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
-    <w:rsid w:val="00481B4A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00486685"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
-    <w:rsid w:val="00492987"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004A34FF"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B2F1F"/>
-[...8 lines deleted...]
-    <w:rsid w:val="004D699A"/>
+    <w:rsid w:val="004B322E"/>
+    <w:rsid w:val="004C3536"/>
+    <w:rsid w:val="004C4D52"/>
     <w:rsid w:val="004D7BA3"/>
-    <w:rsid w:val="004D7D90"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004E48CD"/>
+    <w:rsid w:val="004F1851"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
-    <w:rsid w:val="00500A4D"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="00507126"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00511BF5"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="005125D1"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00526820"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
-    <w:rsid w:val="00540538"/>
     <w:rsid w:val="00541D07"/>
-    <w:rsid w:val="00541ECD"/>
-    <w:rsid w:val="00543DE5"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
-    <w:rsid w:val="00561F5A"/>
-    <w:rsid w:val="00561F8A"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
-    <w:rsid w:val="00566ACB"/>
     <w:rsid w:val="00567820"/>
-    <w:rsid w:val="00570E25"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005754F1"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00592CB6"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
-    <w:rsid w:val="005B50C7"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
-    <w:rsid w:val="005C2B69"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C61B5"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D3C25"/>
+    <w:rsid w:val="005D40E4"/>
+    <w:rsid w:val="005D53A0"/>
     <w:rsid w:val="005E02B3"/>
-    <w:rsid w:val="005E1374"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005E6344"/>
-[...5 lines deleted...]
-    <w:rsid w:val="005F7904"/>
+    <w:rsid w:val="005E397A"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
-    <w:rsid w:val="00612E7F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00614C99"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
-    <w:rsid w:val="006264ED"/>
+    <w:rsid w:val="006253DC"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="006426AC"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00654CA2"/>
     <w:rsid w:val="0065595B"/>
-    <w:rsid w:val="00656AC7"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
-    <w:rsid w:val="006655E2"/>
     <w:rsid w:val="00665F89"/>
-    <w:rsid w:val="00670C58"/>
-[...5 lines deleted...]
-    <w:rsid w:val="006736E4"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
-    <w:rsid w:val="00685ED9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006900E3"/>
+    <w:rsid w:val="00685193"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
-    <w:rsid w:val="006A589E"/>
-    <w:rsid w:val="006A661B"/>
     <w:rsid w:val="006A7261"/>
-    <w:rsid w:val="006A7F4E"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B1F42"/>
-[...6 lines deleted...]
-    <w:rsid w:val="006C2A47"/>
+    <w:rsid w:val="006B2AA3"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
-    <w:rsid w:val="006C7007"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
+    <w:rsid w:val="006D0777"/>
     <w:rsid w:val="006D0CFB"/>
-    <w:rsid w:val="006D139D"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
-    <w:rsid w:val="006E11E1"/>
-    <w:rsid w:val="006E30C5"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="006F2269"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00706D60"/>
     <w:rsid w:val="00710B77"/>
-    <w:rsid w:val="00711DDC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00714F0D"/>
+    <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
-    <w:rsid w:val="00720BBA"/>
-    <w:rsid w:val="007213F8"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="0072249D"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
-    <w:rsid w:val="0073233B"/>
     <w:rsid w:val="00733A9C"/>
-    <w:rsid w:val="007350E3"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
-    <w:rsid w:val="007405E5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00752754"/>
+    <w:rsid w:val="00746AD0"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
-    <w:rsid w:val="0076051C"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
-    <w:rsid w:val="007664E0"/>
     <w:rsid w:val="00771100"/>
-    <w:rsid w:val="00775736"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
-    <w:rsid w:val="00776924"/>
-    <w:rsid w:val="00780000"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
-    <w:rsid w:val="00793123"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007B17F6"/>
-[...5 lines deleted...]
-    <w:rsid w:val="007C41B3"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
-    <w:rsid w:val="007D494B"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007D729D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007F0A72"/>
+    <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
-    <w:rsid w:val="007F20C3"/>
-    <w:rsid w:val="007F3FB5"/>
     <w:rsid w:val="007F5DD5"/>
-    <w:rsid w:val="008173D9"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="00821CD2"/>
-    <w:rsid w:val="00824EED"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
-    <w:rsid w:val="008307D6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00832102"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
-    <w:rsid w:val="008469E2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00850FC4"/>
     <w:rsid w:val="00851423"/>
-    <w:rsid w:val="0085721B"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
-    <w:rsid w:val="00861E47"/>
     <w:rsid w:val="008654B6"/>
-    <w:rsid w:val="00870310"/>
-    <w:rsid w:val="00870570"/>
     <w:rsid w:val="0087139C"/>
-    <w:rsid w:val="00874D71"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
-    <w:rsid w:val="00887842"/>
+    <w:rsid w:val="00883E62"/>
     <w:rsid w:val="00892F28"/>
-    <w:rsid w:val="0089446E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00897F9D"/>
+    <w:rsid w:val="00895482"/>
     <w:rsid w:val="008A0C5F"/>
-    <w:rsid w:val="008A10CE"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
-    <w:rsid w:val="008B030E"/>
     <w:rsid w:val="008B1694"/>
-    <w:rsid w:val="008B4182"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008C416A"/>
     <w:rsid w:val="008C4B27"/>
-    <w:rsid w:val="008C7C9C"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D2E23"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008E1CF7"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008D6253"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
-    <w:rsid w:val="008E7263"/>
     <w:rsid w:val="008E78A1"/>
-    <w:rsid w:val="008F236C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008F51B0"/>
     <w:rsid w:val="008F589F"/>
-    <w:rsid w:val="008F7E57"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00904579"/>
+    <w:rsid w:val="00904BBB"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
-    <w:rsid w:val="00914022"/>
-    <w:rsid w:val="0091456A"/>
     <w:rsid w:val="00914D58"/>
-    <w:rsid w:val="00916D2A"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
-    <w:rsid w:val="00922BB5"/>
-    <w:rsid w:val="0092447D"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
-    <w:rsid w:val="00940D42"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
-    <w:rsid w:val="009604C4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00970DB1"/>
+    <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="00972CDC"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009B0B1D"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A109B"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
-    <w:rsid w:val="009B3C47"/>
-    <w:rsid w:val="009B53D7"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
-    <w:rsid w:val="009C66E8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009D6670"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E3B34"/>
     <w:rsid w:val="009E531B"/>
-    <w:rsid w:val="009E69C5"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
-    <w:rsid w:val="009F01FD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009F46CE"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
-    <w:rsid w:val="009F74E2"/>
     <w:rsid w:val="00A006A5"/>
-    <w:rsid w:val="00A02414"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
-    <w:rsid w:val="00A10064"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A25185"/>
+    <w:rsid w:val="00A15881"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
-    <w:rsid w:val="00A301CA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A3218E"/>
     <w:rsid w:val="00A33051"/>
-    <w:rsid w:val="00A34359"/>
+    <w:rsid w:val="00A373D2"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
-    <w:rsid w:val="00A41ABF"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
-    <w:rsid w:val="00A474B8"/>
-    <w:rsid w:val="00A50874"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
-    <w:rsid w:val="00A610CA"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
-    <w:rsid w:val="00A67988"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A74B11"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
-    <w:rsid w:val="00A97C5F"/>
-    <w:rsid w:val="00AA0657"/>
     <w:rsid w:val="00AA0B3A"/>
-    <w:rsid w:val="00AA2863"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AA60B9"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
-    <w:rsid w:val="00AB1D96"/>
-    <w:rsid w:val="00AC0B87"/>
+    <w:rsid w:val="00AB10E7"/>
     <w:rsid w:val="00AC3FF6"/>
-    <w:rsid w:val="00AC55FF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AD60D5"/>
     <w:rsid w:val="00AD73EC"/>
-    <w:rsid w:val="00AE35A2"/>
-    <w:rsid w:val="00AE3E24"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AE7925"/>
-    <w:rsid w:val="00AF39D0"/>
     <w:rsid w:val="00AF5AAF"/>
-    <w:rsid w:val="00AF78FF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B032E9"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
-    <w:rsid w:val="00B200EF"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00B32152"/>
     <w:rsid w:val="00B33FDD"/>
-    <w:rsid w:val="00B34F7C"/>
-    <w:rsid w:val="00B34F89"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
-    <w:rsid w:val="00B36442"/>
-    <w:rsid w:val="00B400E3"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
-    <w:rsid w:val="00B42367"/>
-    <w:rsid w:val="00B43E17"/>
     <w:rsid w:val="00B46C03"/>
-    <w:rsid w:val="00B47B8C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B57E67"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
-    <w:rsid w:val="00B6204C"/>
-    <w:rsid w:val="00B62713"/>
     <w:rsid w:val="00B65A9D"/>
-    <w:rsid w:val="00B66CDE"/>
     <w:rsid w:val="00B66D60"/>
-    <w:rsid w:val="00B678E2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B73D04"/>
     <w:rsid w:val="00B75EDE"/>
-    <w:rsid w:val="00B76627"/>
-    <w:rsid w:val="00B77BC1"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
-    <w:rsid w:val="00B80B69"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
-    <w:rsid w:val="00B864AE"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
-    <w:rsid w:val="00B96FBA"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BA425B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00BB67CE"/>
     <w:rsid w:val="00BB69DB"/>
-    <w:rsid w:val="00BC0950"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BC2AB9"/>
     <w:rsid w:val="00BC322E"/>
-    <w:rsid w:val="00BC4103"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
-    <w:rsid w:val="00BD0718"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00BE6CDE"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
-    <w:rsid w:val="00BF057F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C01916"/>
+    <w:rsid w:val="00BF0668"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C13EC0"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C37917"/>
+    <w:rsid w:val="00C347CD"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
-    <w:rsid w:val="00C53091"/>
     <w:rsid w:val="00C5398F"/>
-    <w:rsid w:val="00C552B4"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C6298B"/>
-    <w:rsid w:val="00C66E29"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C74AA5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C845C8"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
-    <w:rsid w:val="00C90B7E"/>
     <w:rsid w:val="00C97BD3"/>
-    <w:rsid w:val="00C97DEC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00CA31FB"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
-    <w:rsid w:val="00CA76E0"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
-    <w:rsid w:val="00CC2BD4"/>
     <w:rsid w:val="00CC52D9"/>
-    <w:rsid w:val="00CD0562"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00CD3E2D"/>
+    <w:rsid w:val="00CC6168"/>
     <w:rsid w:val="00CD6647"/>
-    <w:rsid w:val="00CD6C77"/>
-    <w:rsid w:val="00CD787A"/>
     <w:rsid w:val="00CE4B73"/>
-    <w:rsid w:val="00CE5989"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CF5871"/>
     <w:rsid w:val="00CF70BB"/>
-    <w:rsid w:val="00D031C5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D06764"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
-    <w:rsid w:val="00D114D9"/>
-    <w:rsid w:val="00D12EAB"/>
     <w:rsid w:val="00D139CF"/>
-    <w:rsid w:val="00D13C5F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D34BA2"/>
+    <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D372E9"/>
     <w:rsid w:val="00D37E7F"/>
-    <w:rsid w:val="00D40623"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D4731F"/>
+    <w:rsid w:val="00D4554C"/>
     <w:rsid w:val="00D47AD7"/>
-    <w:rsid w:val="00D50679"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D51692"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00D82CEB"/>
+    <w:rsid w:val="00D61830"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
-    <w:rsid w:val="00D865F1"/>
-    <w:rsid w:val="00D871FA"/>
     <w:rsid w:val="00D915B1"/>
-    <w:rsid w:val="00D91604"/>
-    <w:rsid w:val="00D9290A"/>
     <w:rsid w:val="00DA299D"/>
-    <w:rsid w:val="00DA4874"/>
-    <w:rsid w:val="00DA5BFD"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DB469F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00DE35F8"/>
     <w:rsid w:val="00DE4447"/>
-    <w:rsid w:val="00DE47E5"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
-    <w:rsid w:val="00DF2C5D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E02567"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
-    <w:rsid w:val="00E11395"/>
-    <w:rsid w:val="00E113D7"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E17926"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00E51263"/>
+    <w:rsid w:val="00E411B6"/>
+    <w:rsid w:val="00E4762A"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
-    <w:rsid w:val="00E5671D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E5748D"/>
     <w:rsid w:val="00E61294"/>
-    <w:rsid w:val="00E61CDA"/>
+    <w:rsid w:val="00E6142E"/>
+    <w:rsid w:val="00E706AE"/>
     <w:rsid w:val="00E7237C"/>
-    <w:rsid w:val="00E75C2F"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E81BBD"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E84D57"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
-    <w:rsid w:val="00E93C3A"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EA58B4"/>
-    <w:rsid w:val="00EB6046"/>
     <w:rsid w:val="00EB6714"/>
-    <w:rsid w:val="00EB7409"/>
     <w:rsid w:val="00EC0A68"/>
-    <w:rsid w:val="00EC450B"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED04C3"/>
+    <w:rsid w:val="00ED04E1"/>
     <w:rsid w:val="00ED49C3"/>
-    <w:rsid w:val="00ED55D8"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
-    <w:rsid w:val="00ED7D59"/>
-    <w:rsid w:val="00ED7EF6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00EE4B97"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00F166E7"/>
+    <w:rsid w:val="00F05BA6"/>
     <w:rsid w:val="00F22264"/>
-    <w:rsid w:val="00F22685"/>
+    <w:rsid w:val="00F22567"/>
     <w:rsid w:val="00F2564D"/>
-    <w:rsid w:val="00F3596E"/>
     <w:rsid w:val="00F35B05"/>
-    <w:rsid w:val="00F40C63"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F448AA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F51216"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F57377"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00FA2E1F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FA7F0F"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
-    <w:rsid w:val="00FB6D8B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FD396C"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FE45C5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FF759F"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="0471ABE1"/>
-[...30 lines deleted...]
-    <w:rsid w:val="62CB485C"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="697FE037"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="6B85220F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="77F2134B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{753A952F-AC8F-45B7-8906-830EEE377229}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9591,234 +6169,193 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="0065354A"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik6">
-[...42 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008B030E"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -9990,70 +6527,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="0065354A"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -10165,71 +6703,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
@@ -10255,143 +6793,138 @@
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009D28CB"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009D28CB"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1349"/>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009D28CB"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="1707"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -10428,118 +6961,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="006655E2"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -11521,59 +8054,56 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00481B4A"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -11699,187 +8229,146 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-[...28 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="008B030E"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kommentarsreferens">
-[...5 lines deleted...]
-    <w:rsid w:val="00B2773E"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kommentarer">
-[...5 lines deleted...]
-    <w:rsid w:val="00B2773E"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
-    <w:name w:val="Kommentarer Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Kommentarer"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B2773E"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00192FC1"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00511BF5"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...24 lines deleted...]
-      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11887,89 +8376,61 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
-[...11 lines deleted...]
-    </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vard-och-patientadministration/patienttransporter/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gitsvg.se/gits/samordnadhalsavardochomsorg/rutinerochstyrdokument.4.3866560e15ce9b20f9bd1810.html?folder=19.6c954a6a167fb6af326e47ce&amp;sv.url=12.4b128cfa15d2f63d86f1e603" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vard-och-patientadministration/patienttransporter/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vard-och-patientadministration/patienttransporter" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gitsvg.se/gits/samordnadhalsavardochomsorg/rutinerochstyrdokument.4.3866560e15ce9b20f9bd1810.html?folder=19.6c954a6a167fb6af326e47ce&amp;sv.url=12.4b128cfa15d2f63d86f1e603" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rs10546-356562728-483/surrogate/SAMSA%20IT-tj%c3%a4nst%20Lathund%20sjukhus%20akuten.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas10824-1130826883-768/native/Beskrivning%20f%c3%b6r%20%c3%b6ppenv%c3%a5rdsbes%c3%b6k%20p%c3%a5%20akutmottagningen.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas10824-1130826883-768/native/Beskrivning%20f%c3%b6r%20%c3%b6ppenv%c3%a5rdsbes%c3%b6k%20p%c3%a5%20akutmottagningen.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gitsvg.se/gits/samordnadhalsavardochomsorg/rutinerochstyrdokument.4.3866560e15ce9b20f9bd1810.html?folder=19.6c954a6a167fb6af326e47ce&amp;sv.url=12.4b128cfa15d2f63d86f1e603" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gitsvg.se/gits/samordnadhalsavardochomsorg/rutinerochstyrdokument.4.3866560e15ce9b20f9bd1810.html?folder=19.6c954a6a167fb6af326e47ce&amp;sv.url=12.4b128cfa15d2f63d86f1e603" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gitsvg.se/gits/samordnadhalsavardochomsorg/rutinerochstyrdokument.4.3866560e15ce9b20f9bd1810.html?folder=19.6c954a6a167fb6af326e47ce&amp;sv.url=12.4b128cfa15d2f63d86f1e603" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vard-och-patientadministration/patienttransporter/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vard-och-patientadministration/patienttransporter" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vard-och-patientadministration/patienttransporter/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...15 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -12250,59 +8711,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10931</Characters>
+  <Pages>10</Pages>
+  <Words>1617</Words>
+  <Characters>13399</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>343</Lines>
+  <Paragraphs>178</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12968</CharactersWithSpaces>
+  <CharactersWithSpaces>14838</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Öppenvårdsplats - 23-timmarsplats, SÄS Borås </dc:title>
+  <dc:title>Öppenvårdsplats - 23-timmarsplats, SÄS Borås</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy/>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>