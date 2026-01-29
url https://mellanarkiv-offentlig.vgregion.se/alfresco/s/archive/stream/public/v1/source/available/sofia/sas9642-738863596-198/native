--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -6,205 +6,209 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0F6DE6AA" w14:textId="46014A5B" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="006924F5">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="006924F5" w:rsidRDefault="005529CB" w14:paraId="0F6DE6AA" w14:textId="46014A5B">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc100756143"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc100756143" w:id="0"/>
+      <w:bookmarkStart w:name="_Toc100758659" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc314218625" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="3"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Vårdtillfälleshantering i Melior</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="000D48C4">
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0636CDD2" w14:textId="437CC60B" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00A66856">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00A66856" w:rsidRDefault="005529CB" w14:paraId="0636CDD2" w14:textId="437CC60B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc358732551"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc163461093"/>
+      <w:bookmarkStart w:name="_Toc358732551" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc359836205" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc359853578" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc359853852" w:id="7"/>
+      <w:bookmarkStart w:name="_Toc256000167" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc434245315" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc435796360" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc256000033" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc256000066" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc485303547" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc256000099" w:id="15"/>
+      <w:bookmarkStart w:name="_Toc256000133" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc516816494" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc54868641" w:id="18"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc163461093" w:id="20"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="7F829E64" w14:textId="5B647F04" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00A66856">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00A66856" w:rsidRDefault="005529CB" w14:paraId="7F829E64" w14:textId="5B647F04">
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve">Riktlinjen beskriver hantering av vårdkontakter i Melior (somatisk vård) av öppen- och slutenvård samt vårdkontakter för specifika ändamål såsom dialysen, IVA, akutmottagningen och de mottagningar som helt saknar slutenvårdsplatser. Riktlinjen beskriver även hur hanteringen av vårdkontakten ska ske när patienten är utlokaliserad eller byter medicinskt ansvar under slutenvård. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6BE48E" w14:textId="77777777" w:rsidR="002D3E9C" w:rsidRDefault="005529CB" w:rsidP="00A66856">
+    <w:p w:rsidR="002D3E9C" w:rsidP="00A66856" w:rsidRDefault="005529CB" w14:paraId="0C6BE48E" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Riktlinjen har speciella avsnitt för hantering av vårdkontakter inom vuxenpsykiatrin och barn- och ungdomspsykiatrin.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1AE662DF" w14:textId="38D3BAF9" w:rsidR="00A86F9C" w:rsidRDefault="00A86F9C" w:rsidP="00A86F9C">
+    <w:p w:rsidR="00A86F9C" w:rsidP="00A86F9C" w:rsidRDefault="00A86F9C" w14:paraId="1AE662DF" w14:textId="38D3BAF9">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc163461094"/>
-      <w:r>
+      <w:bookmarkStart w:name="_Toc163461094" w:id="21"/>
+      <w:r w:rsidR="00A86F9C">
+        <w:rPr/>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="1775CBE3" w14:textId="0BAC9A1E" w:rsidR="3CD28ABF" w:rsidRDefault="3CD28ABF" w:rsidP="67E5E0AE">
-[...10 lines deleted...]
-    <w:p w14:paraId="0BE77623" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="00B40DAA" w:rsidRDefault="005529CB" w:rsidP="00B40DAA">
+    <w:p w:rsidR="031EF599" w:rsidP="423E588E" w:rsidRDefault="031EF599" w14:paraId="4AFB0D79" w14:textId="65BD888C">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="031EF599">
+        <w:rPr/>
+        <w:t>Justering av formulering, innehåll intakt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B40DAA" w:rsidR="005529CB" w:rsidP="00B40DAA" w:rsidRDefault="005529CB" w14:paraId="0BE77623" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40DAA">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7672B9D1" w14:textId="241FB4C7" w:rsidR="007418AF" w:rsidRDefault="002D3E9C">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="002D3E9C" w14:paraId="7672B9D1" w14:textId="241FB4C7">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc163461093" w:history="1">
-        <w:r w:rsidR="007418AF" w:rsidRPr="00295BFC">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461093">
+        <w:r w:rsidRPr="00295BFC" w:rsidR="007418AF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="007418AF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="007418AF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="007418AF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -218,63 +222,63 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="007418AF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="007418AF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="007418AF">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A4F8C26" w14:textId="16DB1C26" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="2A4F8C26" w14:textId="16DB1C26">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461094" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461094">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -289,63 +293,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48C06625" w14:textId="4E8F8669" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="48C06625" w14:textId="4E8F8669">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461095" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461095">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Total sekretess</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -360,63 +364,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="181B7934" w14:textId="26008436" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="181B7934" w14:textId="26008436">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461096" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461096">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vårdtillfälleshantering Melior</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -431,63 +435,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7105789C" w14:textId="07E1CD8B" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="7105789C" w14:textId="07E1CD8B">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461097" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461097">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vårdtillfälleshantering SÄS-drift</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -502,63 +506,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79F0E5C4" w14:textId="1712A1EB" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="79F0E5C4" w14:textId="1712A1EB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461098" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461098">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öppenvårdstillfällen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -573,63 +577,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29AB7C07" w14:textId="361A844C" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="29AB7C07" w14:textId="361A844C">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461099" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461099">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Slutenvårdstillfällen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -644,63 +648,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32C1DAB5" w14:textId="69F70F59" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="32C1DAB5" w14:textId="69F70F59">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461100" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461100">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentationsrutin i Melior vid byte av medicinskt ansvar - Läkare</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -715,63 +719,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51F01424" w14:textId="43CF8251" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="51F01424" w14:textId="43CF8251">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461101" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461101">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Läkemedel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -786,63 +790,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02418060" w14:textId="75BB0BAB" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="02418060" w14:textId="75BB0BAB">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461102" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461102">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentationsrutin - Omvårdnadspersonal</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -857,63 +861,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25E68771" w14:textId="3FD40EC2" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="25E68771" w14:textId="3FD40EC2">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461103" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461103">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akutmottagningar SÄS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -928,63 +932,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17E6C61C" w14:textId="106CA929" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="17E6C61C" w14:textId="106CA929">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461104" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461104">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>IVA</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -999,63 +1003,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B4AD24D" w14:textId="1514FEDC" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="0B4AD24D" w14:textId="1514FEDC">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461105" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461105">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Planeringsmottagning inför operation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1070,63 +1074,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50729B4E" w14:textId="707EB7A8" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="50729B4E" w14:textId="707EB7A8">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461106" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461106">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Inläggning på IVA</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1141,63 +1145,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57BCD62D" w14:textId="6DE21D5F" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="57BCD62D" w14:textId="6DE21D5F">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461107" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461107">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patienten läggs in direkt från akutmottagningen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1212,63 +1216,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02716A32" w14:textId="43648A53" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="02716A32" w14:textId="43648A53">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461108" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461108">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>”Direktinläggning” som läggs direkt på IVA utan att passera akutmottagningen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1283,63 +1287,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5403BE94" w14:textId="0FFC35CD" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="5403BE94" w14:textId="0FFC35CD">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461109" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461109">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patienten läggs in från vårdavdelning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1354,63 +1358,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EB3195F" w14:textId="2AA7E88C" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="2EB3195F" w14:textId="2AA7E88C">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461110" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461110">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patienten läggs in från vuxen- och barnpsykiatriska kliniken till IVA</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1425,63 +1429,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27E127AE" w14:textId="540F28BB" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="27E127AE" w14:textId="540F28BB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461111" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461111">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Byte av hemavdelning under IVA-vård</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1496,63 +1500,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03BC13B5" w14:textId="04D9D5EE" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="03BC13B5" w14:textId="04D9D5EE">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461112" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461112">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patienten byter hemavdelning/klinik</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1567,63 +1571,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="614CC3E5" w14:textId="5250753D" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="614CC3E5" w14:textId="5250753D">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461113" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461113">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Flytt av patient från IVA</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1638,63 +1642,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59040A6C" w14:textId="094D6498" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="59040A6C" w14:textId="094D6498">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461114" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461114">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patient flyttas från IVA till hemavdelning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1709,63 +1713,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B10B019" w14:textId="2EEDEE20" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="0B10B019" w14:textId="2EEDEE20">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461115" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461115">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Patient flyttas från IVA till hemmet, annat sjukhus eller avlider</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1780,63 +1784,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A4060E9" w14:textId="03137E44" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="1A4060E9" w14:textId="03137E44">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461116" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461116">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Tillfällig flytt/sammanslagning av vårdenhet</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1851,63 +1855,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32D29C78" w14:textId="0223883D" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="32D29C78" w14:textId="0223883D">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461117" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461117">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utlokaliserade patienter</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1922,63 +1926,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54C9688E" w14:textId="5BAC9139" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="54C9688E" w14:textId="5BAC9139">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461118" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461118">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utskrivning av utlokaliserad patient</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1993,63 +1997,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DBCFBEF" w14:textId="29E6DACB" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="4DBCFBEF" w14:textId="29E6DACB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461119" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461119">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Versal- och flaggavdelning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2064,63 +2068,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6619CC53" w14:textId="627D9181" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="6619CC53" w14:textId="627D9181">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461120" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461120">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Flaggavdelningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2135,63 +2139,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06C07774" w14:textId="21FDA589" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="06C07774" w14:textId="21FDA589">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461121" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461121">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Versalavdelningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2206,63 +2210,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20B354D1" w14:textId="3E5A09BB" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="20B354D1" w14:textId="3E5A09BB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461122" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461122">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vårdtillfälleshantering vuxenpsykiatrin (Psykiatrisk vård)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2277,63 +2281,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AC987D5" w14:textId="321AF510" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="1AC987D5" w14:textId="321AF510">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461123" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461123">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öppenvårdstillfällen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2348,63 +2352,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="406CA8CE" w14:textId="7F54B386" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="406CA8CE" w14:textId="7F54B386">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461124" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461124">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Slutenvårdstillfällen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2419,63 +2423,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2394CA0B" w14:textId="590BA8F3" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="2394CA0B" w14:textId="590BA8F3">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461125" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461125">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Akutmottagningen vuxenpsyk (Psmott)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2490,63 +2494,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E17CE5B" w14:textId="5D11B78F" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="1E17CE5B" w14:textId="5D11B78F">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461126" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461126">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vårdtillfälleshantering barnpsykiatrin (Psykiatrisk vård)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2561,63 +2565,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1254420B" w14:textId="0B59000F" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="1254420B" w14:textId="0B59000F">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461127" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461127">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Öppenvårdstillfällen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2632,63 +2636,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45765053" w14:textId="79B907CB" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="45765053" w14:textId="79B907CB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461128" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461128">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Slutenvårdstillfällen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2703,63 +2707,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66F4600F" w14:textId="26722094" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="66F4600F" w14:textId="26722094">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461129" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461129">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2774,63 +2778,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48160C78" w14:textId="15DC6869" w:rsidR="007418AF" w:rsidRDefault="007418AF">
+    <w:p w:rsidR="007418AF" w:rsidRDefault="007418AF" w14:paraId="48160C78" w14:textId="15DC6869">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc163461130" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc163461130">
         <w:r w:rsidRPr="00295BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Relaterade dokument</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2845,154 +2849,154 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="154A421B" w14:textId="10E93C73" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="002D3E9C" w:rsidP="002D0EC8">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="002D0EC8" w:rsidRDefault="002D3E9C" w14:paraId="154A421B" w14:textId="10E93C73">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="_Toc256000168"/>
-[...13 lines deleted...]
-      <w:r w:rsidR="005529CB" w:rsidRPr="005529CB">
+      <w:bookmarkStart w:name="_Toc256000168" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc384824494" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc434245316" w:id="24"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc435796361" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc256000034" w:id="27"/>
+      <w:bookmarkStart w:name="_Toc256000067" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc485303548" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc256000100" w:id="30"/>
+      <w:bookmarkStart w:name="_Toc256000134" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc516816495" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc54868642" w:id="33"/>
+      <w:bookmarkStart w:name="_Toc256000038" w:id="34"/>
+      <w:bookmarkStart w:name="_Toc163461095" w:id="35"/>
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
         <w:t>Total sekretess</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="5CD6B024" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="5CD6B024" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Enligt gällande säkerhetsföreskrifter på SÄS avseende smittspårning, brand eller katastrofläge ska patienter placeras på den fysiska sängplatsen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333046F8" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="333046F8" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Total sekretess anges i det patientadministrativa systemet Elvis och i ankomstsamtalet i Melior.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1F7587" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="5E1F7587" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Rutiner för att uppmärksamma total sekretess får skapas per enhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77ECA949" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="77ECA949" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc256000169"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="40" w:name="_Toc163461096"/>
+      <w:bookmarkStart w:name="_Toc256000169" w:id="36"/>
+      <w:bookmarkStart w:name="_Toc516816496" w:id="37"/>
+      <w:bookmarkStart w:name="_Toc54868643" w:id="38"/>
+      <w:bookmarkStart w:name="_Toc256000071" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc163461096" w:id="40"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Vårdtillfälleshantering Melior</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:p w14:paraId="4D274F47" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="4D274F47" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve">I Melior visas initialt de vårdkontakter samt samtliga Fria aktiviteter som tillhör det verksamhetsområde användaren loggar in mot (hemavdelning). I nedan fall är användarens hemavdelning </w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Hematologimottagning: hemam</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve"> som tillhör </w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Medicinkliniken</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t>. För att användaren ska kunna ta del av journaldokumentation från annat verksamhetsområde ska ett aktivt val göras via knappen med det röda plustecknet. Visas istället ett grönt minustecken innebär det att patienten inte har några fler vårdkontakter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78193713" w14:textId="27B49728" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="78193713" w14:textId="27B49728">
       <w:r w:rsidRPr="005529CB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="671303CA" wp14:editId="51B4FF57">
             <wp:extent cx="5038725" cy="1724025"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Bildobjekt 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
@@ -3004,1300 +3008,1565 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5038725" cy="1724025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A62BD66" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="7A62BD66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc256000170"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="54" w:name="_Toc163461097"/>
+      <w:bookmarkStart w:name="_Toc256000170" w:id="41"/>
+      <w:bookmarkStart w:name="_Toc384824495" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc434245317" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="44"/>
+      <w:bookmarkStart w:name="_Toc435796362" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc256000035" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc256000068" w:id="47"/>
+      <w:bookmarkStart w:name="_Toc485303549" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000101" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc256000135" w:id="50"/>
+      <w:bookmarkStart w:name="_Toc516816497" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc54868644" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc256000104" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc163461097" w:id="54"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Vårdtillfälleshantering SÄS-drift</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
-    <w:p w14:paraId="3908E8AB" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00D150DB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00D150DB" w:rsidRDefault="005529CB" w14:paraId="3908E8AB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="55" w:name="_Toc256000171"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="_Toc163461098"/>
+      <w:bookmarkStart w:name="_Toc256000171" w:id="55"/>
+      <w:bookmarkStart w:name="_Toc384824496" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc434245318" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="58"/>
+      <w:bookmarkStart w:name="_Toc435796363" w:id="59"/>
+      <w:bookmarkStart w:name="_Toc256000036" w:id="60"/>
+      <w:bookmarkStart w:name="_Toc256000069" w:id="61"/>
+      <w:bookmarkStart w:name="_Toc485303550" w:id="62"/>
+      <w:bookmarkStart w:name="_Toc256000102" w:id="63"/>
+      <w:bookmarkStart w:name="_Toc256000136" w:id="64"/>
+      <w:bookmarkStart w:name="_Toc516816498" w:id="65"/>
+      <w:bookmarkStart w:name="_Toc54868645" w:id="66"/>
+      <w:bookmarkStart w:name="_Toc256000138" w:id="67"/>
+      <w:bookmarkStart w:name="_Toc163461098" w:id="68"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Öppenvårdstillfällen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
     </w:p>
-    <w:p w14:paraId="25D2B047" w14:textId="7AE9E7F3" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
-      <w:r w:rsidRPr="005529CB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="25D2B047" w14:textId="5B5016EF">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve">Hanteras årsvis i SÄS-drift. Ett öppenvårdstillfälle skapas per </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>verksamhetsområde</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> och kalenderår. Verksamhetsområde är angivet med versaler, ex. </w:t>
+      </w:r>
+      <w:r w:rsidR="56677B6C">
+        <w:rPr/>
+        <w:t xml:space="preserve">MED </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">(så kallad versalavdelning). Första öppenvårdsbesöket på respektive verksamhetsområde skapas med ÅÅ-01-01 oavsett när på året patienten söker. Ex. för </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="5066797E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="753F97AC">
+        <w:rPr/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve"> skapas öppenvårdstillfället </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="0534FF52">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="0A65FE0B">
+        <w:rPr/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>0101</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163B458E" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="163B458E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc256000174"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="82" w:name="_Toc163461099"/>
+      <w:bookmarkStart w:name="_Toc256000174" w:id="69"/>
+      <w:bookmarkStart w:name="_Toc384824499" w:id="70"/>
+      <w:bookmarkStart w:name="_Toc434245321" w:id="71"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="72"/>
+      <w:bookmarkStart w:name="_Toc435796366" w:id="73"/>
+      <w:bookmarkStart w:name="_Toc256000039" w:id="74"/>
+      <w:bookmarkStart w:name="_Toc256000072" w:id="75"/>
+      <w:bookmarkStart w:name="_Toc485303553" w:id="76"/>
+      <w:bookmarkStart w:name="_Toc256000105" w:id="77"/>
+      <w:bookmarkStart w:name="_Toc256000139" w:id="78"/>
+      <w:bookmarkStart w:name="_Toc516816501" w:id="79"/>
+      <w:bookmarkStart w:name="_Toc54868647" w:id="80"/>
+      <w:bookmarkStart w:name="_Toc256000203" w:id="81"/>
+      <w:bookmarkStart w:name="_Toc163461099" w:id="82"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Slutenvårdstillfällen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
     </w:p>
-    <w:p w14:paraId="7AE81773" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="7AE81773" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Vid byte av klinik (verksamhetsområde), d.v.s. medicinskt ansvar, inom pågående vårdtillfälle SKA INGEN ut- och inskrivning göras i Melior. Klinikvårdtillfällen separeras med vårdtidssammanfattningar och sjukhusvårdtillfället avslutas med en epikris.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34D87FD4" w14:textId="4A2CBA9E" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="34D87FD4" w14:textId="4E03217A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005529CB">
-        <w:t xml:space="preserve">Patienten sängplaceras alltid på den avdelning där patienten fysiskt befinner sig, oavsett medicinskt ansvar. </w:t>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">Patienten </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>sängplaceras</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> alltid på den avdelning där patienten fysiskt befinner sig, oavsett medicinskt ansvar. </w:t>
       </w:r>
       <w:r w:rsidR="5364C68A">
-        <w:t>Vårdenheten får inte bytas till annan än där patienten fysiskt befinner sig under pågående vårdtillfälle, detta sker först efter utskrivning.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="70ACB4F7" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
+        <w:rPr/>
+        <w:t xml:space="preserve">Vårdenheten får inte bytas till annan än där patienten fysiskt befinner sig under pågående vårdtillfälle, detta sker först </w:t>
+      </w:r>
+      <w:r w:rsidR="16B23AC7">
+        <w:rPr/>
+        <w:t xml:space="preserve">i samband med </w:t>
+      </w:r>
+      <w:r w:rsidR="5364C68A">
+        <w:rPr/>
+        <w:t>utskrivning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="70ACB4F7" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Den vårdkontakt som har det medicinska ansvaret står för utskrivning och att rätt läkare får epikrisen i sin ”att skriva korg”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA7567A" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00E60091">
-[...4 lines deleted...]
-    <w:p w14:paraId="2AAD4BC8" w14:textId="345A0CB7" w:rsidR="005529CB" w:rsidRPr="000F12EB" w:rsidRDefault="005529CB" w:rsidP="000F12EB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00E60091" w:rsidRDefault="005529CB" w14:paraId="2CA7567A" w14:textId="5A2A9FF6">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">För omvårdnadspersonal ska Vårdtidssammanfattning ej skrivas rutinmässigt utan endast för patienter som vårdats på </w:t>
+      </w:r>
+      <w:r w:rsidR="34FDE9D3">
+        <w:rPr/>
+        <w:t xml:space="preserve">iva </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">eller </w:t>
+      </w:r>
+      <w:r w:rsidR="4E4B821A">
+        <w:rPr/>
+        <w:t>bbneo</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>, vid långvarig och komplex vårdsituation samt när patienten tas över av annan vårdgivare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000F12EB" w:rsidR="005529CB" w:rsidP="000F12EB" w:rsidRDefault="005529CB" w14:paraId="2AAD4BC8" w14:textId="345A0CB7">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc163461100"/>
+      <w:bookmarkStart w:name="_Toc163461100" w:id="83"/>
       <w:r w:rsidRPr="000F12EB">
         <w:t>Dokumentationsrutin i Melior vid byte av medicinskt ansvar - Läkare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
     </w:p>
-    <w:p w14:paraId="5540F9BE" w14:textId="1B4894D4" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00965723">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00965723" w:rsidRDefault="005529CB" w14:paraId="5540F9BE" w14:textId="1E6A84E4">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
-      <w:r w:rsidRPr="005529CB">
-[...3 lines deleted...]
-        <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">När det medicinska ansvaret för patientens vård ändras till annat verksamhetsområde </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7700BB88" w:rsidR="11E598A8">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ska</w:t>
+      </w:r>
+      <w:r w:rsidR="11E598A8">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">en vårdtidssammanfattning skrivas av ansvarig läkare på kliniken som flyttar patienten. Om flytten är orsakad av en ny/annan huvuddiagnos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7700BB88" w:rsidR="2E6DF380">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ska</w:t>
+      </w:r>
+      <w:r w:rsidR="2E6DF380">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">en särskild </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="Inskrivning">
+        <w:r w:rsidR="005529CB">
+          <w:rPr/>
           <w:t>inskrivningsanteckning</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve"> göras </w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>av läkare på mottagande klinik, i annat fall kan det vara tillräckligt med en daganteckning. Slutgiltig epikris omfattar hela vårdtiden</w:t>
       </w:r>
       <w:r w:rsidR="00721845">
+        <w:rPr/>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve"> men behöver bara innehålla sista periodens diagnos- och åtgärdskoder. Övriga</w:t>
       </w:r>
       <w:r w:rsidR="00965723">
+        <w:rPr/>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>diagnoser/åtgärdskoder ska dokumenteras i respektive vårdtidssammanfattning. I epikrisen hänvisas till eventuella vårdtidssammanfattningar. Om epikriskopior skickas bör även vårdtidssammanfattningarna för vårdepisoden medfölja.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B9CFCE" w14:textId="7DA6991A" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000F12EB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000F12EB" w:rsidRDefault="005529CB" w14:paraId="38B9CFCE" w14:textId="7DA6991A">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="84" w:name="_Toc163461101"/>
+      <w:bookmarkStart w:name="_Toc163461101" w:id="84"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Läkemedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="84"/>
     </w:p>
-    <w:p w14:paraId="4B65ED40" w14:textId="6FB0EE64" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000F12EB">
-[...1 lines deleted...]
-        <w:t>En översyn av läkemedelslistan SKA göras vid byte av medicinskt ansvar av läkare både på avlämnande och mottagande verksamhets</w:t>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000F12EB" w:rsidRDefault="005529CB" w14:paraId="4B65ED40" w14:textId="768838CD">
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">En översyn av läkemedelslistan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7700BB88" w:rsidR="01281DC8">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005529CB" w:rsidR="01281DC8">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
+        <w:rPr>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>göras vid byte av medicinskt ansvar av läkare både på avlämnande och mottagande verksamhets</w:t>
       </w:r>
       <w:r w:rsidR="009678BC">
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
-[...3 lines deleted...]
-    <w:p w14:paraId="204B7ACE" w14:textId="7B4C655D" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000F12EB">
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">område. Ett obligatoriskt sökord, Läkemedelsberättelse, finns i vårdtidssammanfattning och epikris och ska användas för att skildra gjorda läkemedelsförändringar samt motivering och planering. Flyttar patienten från/till vuxen- eller barnpsykiatrin går det inte att kopiera läkemedel, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>läsvy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> finns via knappen ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>Domänvy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>” i aktuella ordinationer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000F12EB" w:rsidRDefault="005529CB" w14:paraId="204B7ACE" w14:textId="7B4C655D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc163461102"/>
+      <w:bookmarkStart w:name="_Toc163461102" w:id="85"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Dokumentationsrutin - Omvårdnadspersonal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="85"/>
     </w:p>
-    <w:p w14:paraId="0AB3006A" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000F12EB">
-      <w:r w:rsidRPr="005529CB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000F12EB" w:rsidRDefault="005529CB" w14:paraId="0AB3006A" w14:textId="6F3E40C5">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidRPr="7700BB88" w:rsidR="7AF3537D">
         <w:rPr>
-          <w:i/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
         </w:rPr>
-        <w:t>avdelningsbyte</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="1023923E" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="009678BC">
+        <w:t>flytt mellan avdelningar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="7700BB88" w:rsidR="7AF3537D">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>ska vårdtidssammanfattning ej skrivas rutinmässigt utan enbart vid långvarig eller komplex vårdsituation. Viktigt är dock att Planering och Omvårdnadsstatus är uppdaterat inför flytten. Anteckningar såsom Planering, Omvårdnadsstatus, Sårjournal, Perifer infart med flera ska fortsatt användas av mottagande avdelning utan att nya skapas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="009678BC" w:rsidRDefault="005529CB" w14:paraId="1023923E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="_Toc256000175"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="99" w:name="_Toc163461103"/>
+      <w:bookmarkStart w:name="_Toc256000175" w:id="86"/>
+      <w:bookmarkStart w:name="_Toc384824500" w:id="87"/>
+      <w:bookmarkStart w:name="_Toc434245322" w:id="88"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="89"/>
+      <w:bookmarkStart w:name="_Toc435796367" w:id="90"/>
+      <w:bookmarkStart w:name="_Toc256000040" w:id="91"/>
+      <w:bookmarkStart w:name="_Toc256000073" w:id="92"/>
+      <w:bookmarkStart w:name="_Toc485303554" w:id="93"/>
+      <w:bookmarkStart w:name="_Toc256000106" w:id="94"/>
+      <w:bookmarkStart w:name="_Toc256000140" w:id="95"/>
+      <w:bookmarkStart w:name="_Toc516816502" w:id="96"/>
+      <w:bookmarkStart w:name="_Toc54868648" w:id="97"/>
+      <w:bookmarkStart w:name="_Toc256000204" w:id="98"/>
+      <w:bookmarkStart w:name="_Toc163461103" w:id="99"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Akutmottagningar SÄS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
     </w:p>
-    <w:p w14:paraId="4FD19905" w14:textId="77777777" w:rsidR="009678BC" w:rsidRDefault="005529CB" w:rsidP="009678BC">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005529CB">
+    <w:p w:rsidR="009678BC" w:rsidP="009678BC" w:rsidRDefault="005529CB" w14:paraId="4FD19905" w14:textId="7E9C44DE">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>Vid akutmottagningarna på SÄS (akutmottagningen, vuxenpsykiatrisk akutmottagning och BUP akutmottagning) registreras alla patienter för slutenvård och i de fall patienten är i behov av fortsatt inneliggande vård överflyttas patienten i Melior till den enhet där vården ska ges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="009678BC" w:rsidRDefault="005529CB" w14:paraId="3FADFCAF" w14:textId="36E82CB5">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>En vårdkontakt skapas per vårdtillfälle, d.v.s. om patienten kommer två gånger på ett dygn, oavsett åkomma, blir det två vårdtillfällen i Melior. Undantag är patienter som går hem för att komma åter för till exempel röntgen, ompalpation etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C3AD34" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000F12EB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00775898" w:rsidRDefault="005529CB" w14:paraId="591478EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="_Toc256000176"/>
-[...63 lines deleted...]
-      <w:bookmarkStart w:id="127" w:name="_Toc163461105"/>
+      <w:bookmarkStart w:name="_Toc256000178" w:id="114"/>
+      <w:bookmarkStart w:name="_Toc384824502" w:id="115"/>
+      <w:bookmarkStart w:name="_Toc434245324" w:id="116"/>
+      <w:bookmarkStart w:name="_Toc256000009" w:id="117"/>
+      <w:bookmarkStart w:name="_Toc435796369" w:id="118"/>
+      <w:bookmarkStart w:name="_Toc256000042" w:id="119"/>
+      <w:bookmarkStart w:name="_Toc256000075" w:id="120"/>
+      <w:bookmarkStart w:name="_Toc485303556" w:id="121"/>
+      <w:bookmarkStart w:name="_Toc256000108" w:id="122"/>
+      <w:bookmarkStart w:name="_Toc256000142" w:id="123"/>
+      <w:bookmarkStart w:name="_Toc516816505" w:id="124"/>
+      <w:bookmarkStart w:name="_Toc54868651" w:id="125"/>
+      <w:bookmarkStart w:name="_Toc256000207" w:id="126"/>
+      <w:bookmarkStart w:name="_Toc163461105" w:id="127"/>
       <w:r w:rsidRPr="005529CB">
         <w:lastRenderedPageBreak/>
         <w:t>Planeringsmottagning inför operation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
     </w:p>
-    <w:p w14:paraId="016FD605" w14:textId="58A58538" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00775898">
-      <w:r w:rsidRPr="005529CB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00775898" w:rsidRDefault="005529CB" w14:paraId="0CCE88AF" w14:textId="787F4F1D">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>För att kunna dokumentera läkemedelsordinationer i samband med det preoperativa besöket finns särskilda rutiner för hantering av dessa patienter. Se rutin ”</w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="0022795C">
+      <w:hyperlink r:id="R0378f03fa1db4627">
+        <w:r w:rsidRPr="7700BB88" w:rsidR="005529CB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ handläggning - Dokumentation i Melior</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>”.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="128" w:name="_Toc384824503"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3A7240F4" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+      <w:r w:rsidR="4129A873">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="7700BB88" w:rsidRDefault="005529CB" w14:paraId="02A21FFA" w14:textId="7A5D1D4A">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="129" w:name="_Toc54868652"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="131" w:name="_Toc163461106"/>
+      <w:r w:rsidR="4129A873">
+        <w:rPr/>
+        <w:t>IVA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00775898" w:rsidRDefault="005529CB" w14:paraId="18FC9707" w14:textId="6DA7AA8C">
+      <w:r w:rsidR="4129A873">
+        <w:rPr/>
+        <w:t>Särskilda rutiner gäller också när patient vårdas på iva, där klinikbyten inte genererar ut- och inskrivning i Melior. Se nedan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00775898" w:rsidRDefault="005529CB" w14:paraId="016FD605" w14:textId="7B89D7B2">
+      <w:bookmarkStart w:name="_Toc384824503" w:id="128"/>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="3A7240F4" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc54868652" w:id="129"/>
+      <w:bookmarkStart w:name="_Toc256000208" w:id="130"/>
+      <w:bookmarkStart w:name="_Toc163461106" w:id="131"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Inläggning på IVA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
     </w:p>
-    <w:p w14:paraId="4C32A0E4" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
-[...4 lines deleted...]
-        <w:softHyphen/>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="4C32A0E4" w14:textId="510895CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="2A072B71">
+        <w:rPr/>
+        <w:t xml:space="preserve">VA </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">finns som slutenvårdsavdelning med egna vårdplatser i Melior. Patienterna som fysiskt flyttas till IVA flyttas även till </w:t>
+      </w:r>
+      <w:r w:rsidR="7A91AB94">
+        <w:rPr/>
+        <w:t>iva</w:t>
+      </w:r>
+      <w:r w:rsidR="7A91AB94">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">i Melior. Däremot skrivs aldrig patienter ut i Melior från </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>avd</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="5F6DDE9B">
+        <w:rPr/>
+        <w:t xml:space="preserve">iva </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>utan från hem</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>avdelningen. Efter vårdtidens slut är det utskrivande avdelningens namn som syns på journalmappen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D531E5F" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="4D531E5F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="132" w:name="_Toc256000179"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="145" w:name="_Toc163461107"/>
+      <w:bookmarkStart w:name="_Toc256000179" w:id="132"/>
+      <w:bookmarkStart w:name="_Toc384824504" w:id="133"/>
+      <w:bookmarkStart w:name="_Toc434245325" w:id="134"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="135"/>
+      <w:bookmarkStart w:name="_Toc435796370" w:id="136"/>
+      <w:bookmarkStart w:name="_Toc256000043" w:id="137"/>
+      <w:bookmarkStart w:name="_Toc256000076" w:id="138"/>
+      <w:bookmarkStart w:name="_Toc485303557" w:id="139"/>
+      <w:bookmarkStart w:name="_Toc256000109" w:id="140"/>
+      <w:bookmarkStart w:name="_Toc256000143" w:id="141"/>
+      <w:bookmarkStart w:name="_Toc516816506" w:id="142"/>
+      <w:bookmarkStart w:name="_Toc54868653" w:id="143"/>
+      <w:bookmarkStart w:name="_Toc256000209" w:id="144"/>
+      <w:bookmarkStart w:name="_Toc163461107" w:id="145"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Patienten läggs in direkt från akutmottagningen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
     </w:p>
-    <w:p w14:paraId="08C110A9" w14:textId="0C7EF24C" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
-[...4 lines deleted...]
-    <w:p w14:paraId="71A8D751" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="08C110A9" w14:textId="7AB552C3">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">Patientregistrering för slutenvård görs av personal på akutmottagningen och patienten placeras på en av hemavdelningens ”extraplatser”. Patienten flyttas och placeras i korrekt sängplats på avdelning </w:t>
+      </w:r>
+      <w:r w:rsidR="026DEA2F">
+        <w:rPr/>
+        <w:t xml:space="preserve">iva </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>av IVA-personal. Akutmottagningen registrerar i Elvis. Akutmottagningen informerar hemavdelning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="71A8D751" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="146" w:name="_Toc256000180"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="159" w:name="_Toc163461108"/>
+      <w:bookmarkStart w:name="_Toc256000180" w:id="146"/>
+      <w:bookmarkStart w:name="_Toc384824505" w:id="147"/>
+      <w:bookmarkStart w:name="_Toc434245326" w:id="148"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="149"/>
+      <w:bookmarkStart w:name="_Toc435796371" w:id="150"/>
+      <w:bookmarkStart w:name="_Toc256000044" w:id="151"/>
+      <w:bookmarkStart w:name="_Toc256000077" w:id="152"/>
+      <w:bookmarkStart w:name="_Toc485303558" w:id="153"/>
+      <w:bookmarkStart w:name="_Toc256000110" w:id="154"/>
+      <w:bookmarkStart w:name="_Toc256000144" w:id="155"/>
+      <w:bookmarkStart w:name="_Toc516816507" w:id="156"/>
+      <w:bookmarkStart w:name="_Toc54868654" w:id="157"/>
+      <w:bookmarkStart w:name="_Toc256000210" w:id="158"/>
+      <w:bookmarkStart w:name="_Toc163461108" w:id="159"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>”Direktinläggning” som läggs direkt på IVA utan att passera akutmottagningen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
     </w:p>
-    <w:p w14:paraId="755939E8" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
-[...4 lines deleted...]
-    <w:p w14:paraId="7B0F604E" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="755939E8" w14:textId="0B6F6613">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontakt tas med akutmottagningen för att få reda på hemavdelning. Akutmottagningen registrerar i Elvis och kontaktar hemavdelningen för information om IVA-patient. IVA-personal </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>Meliorregistrerar</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> patienten för slutenvård på korrekt sängplats på avdelning </w:t>
+      </w:r>
+      <w:r w:rsidR="3C5509F5">
+        <w:rPr/>
+        <w:t>iva</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="7B0F604E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="160" w:name="_Toc256000181"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="173" w:name="_Toc163461109"/>
+      <w:bookmarkStart w:name="_Toc256000181" w:id="160"/>
+      <w:bookmarkStart w:name="_Toc384824506" w:id="161"/>
+      <w:bookmarkStart w:name="_Toc434245327" w:id="162"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="163"/>
+      <w:bookmarkStart w:name="_Toc435796372" w:id="164"/>
+      <w:bookmarkStart w:name="_Toc256000045" w:id="165"/>
+      <w:bookmarkStart w:name="_Toc256000078" w:id="166"/>
+      <w:bookmarkStart w:name="_Toc485303559" w:id="167"/>
+      <w:bookmarkStart w:name="_Toc256000111" w:id="168"/>
+      <w:bookmarkStart w:name="_Toc256000145" w:id="169"/>
+      <w:bookmarkStart w:name="_Toc516816508" w:id="170"/>
+      <w:bookmarkStart w:name="_Toc54868655" w:id="171"/>
+      <w:bookmarkStart w:name="_Toc256000211" w:id="172"/>
+      <w:bookmarkStart w:name="_Toc163461109" w:id="173"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Patienten läggs in från vårdavdelning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
     </w:p>
-    <w:p w14:paraId="17EE8740" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
-[...4 lines deleted...]
-    <w:p w14:paraId="34C75FEB" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00A9768B">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="17EE8740" w14:textId="7695FD54">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">Patienten flyttas till korrekt plats på avdelning </w:t>
+      </w:r>
+      <w:r w:rsidR="7E63BF93">
+        <w:rPr/>
+        <w:t xml:space="preserve">iva </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>av personal på IVA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00A9768B" w:rsidRDefault="005529CB" w14:paraId="34C75FEB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="174" w:name="_Toc256000182"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="187" w:name="_Toc163461110"/>
+      <w:bookmarkStart w:name="_Toc256000182" w:id="174"/>
+      <w:bookmarkStart w:name="_Toc384824507" w:id="175"/>
+      <w:bookmarkStart w:name="_Toc434245328" w:id="176"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="177"/>
+      <w:bookmarkStart w:name="_Toc435796373" w:id="178"/>
+      <w:bookmarkStart w:name="_Toc256000046" w:id="179"/>
+      <w:bookmarkStart w:name="_Toc256000079" w:id="180"/>
+      <w:bookmarkStart w:name="_Toc485303560" w:id="181"/>
+      <w:bookmarkStart w:name="_Toc256000112" w:id="182"/>
+      <w:bookmarkStart w:name="_Toc256000146" w:id="183"/>
+      <w:bookmarkStart w:name="_Toc516816509" w:id="184"/>
+      <w:bookmarkStart w:name="_Toc54868656" w:id="185"/>
+      <w:bookmarkStart w:name="_Toc256000212" w:id="186"/>
+      <w:bookmarkStart w:name="_Toc163461110" w:id="187"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Patienten läggs in från vuxen- och barnpsykiatriska kliniken till IVA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
     </w:p>
-    <w:p w14:paraId="5FB780A7" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
-[...4 lines deleted...]
-    <w:p w14:paraId="1DCF6F0C" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="7700BB88" w:rsidRDefault="005529CB" w14:paraId="5FB780A7" w14:textId="06EF512D">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="992" w:right="868"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">Inläggningsorsak avgör vilken klinik som har det medicinska ansvaret för patienten. Patienten skrivs in på en somatisk avdelning av IVA-personal. IVA-personal flyttar sedan patienten i Melior från den somatiska hemavdelningen till avdelning </w:t>
+      </w:r>
+      <w:r w:rsidR="65239CD9">
+        <w:rPr/>
+        <w:t xml:space="preserve">iva </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>och dokumentation sker här.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="1DCF6F0C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="188" w:name="_Toc256000183"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="201" w:name="_Toc163461111"/>
+      <w:bookmarkStart w:name="_Toc256000183" w:id="188"/>
+      <w:bookmarkStart w:name="_Toc384824508" w:id="189"/>
+      <w:bookmarkStart w:name="_Toc434245329" w:id="190"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="191"/>
+      <w:bookmarkStart w:name="_Toc435796374" w:id="192"/>
+      <w:bookmarkStart w:name="_Toc256000047" w:id="193"/>
+      <w:bookmarkStart w:name="_Toc256000080" w:id="194"/>
+      <w:bookmarkStart w:name="_Toc485303561" w:id="195"/>
+      <w:bookmarkStart w:name="_Toc256000113" w:id="196"/>
+      <w:bookmarkStart w:name="_Toc256000147" w:id="197"/>
+      <w:bookmarkStart w:name="_Toc516816510" w:id="198"/>
+      <w:bookmarkStart w:name="_Toc54868657" w:id="199"/>
+      <w:bookmarkStart w:name="_Toc256000213" w:id="200"/>
+      <w:bookmarkStart w:name="_Toc163461111" w:id="201"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Byte av hemavdelning under IVA-vård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
     </w:p>
-    <w:p w14:paraId="39E3D3CF" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="0078796C">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="0078796C" w:rsidRDefault="005529CB" w14:paraId="39E3D3CF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="202" w:name="_Toc256000184"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="215" w:name="_Toc163461112"/>
+      <w:bookmarkStart w:name="_Toc256000184" w:id="202"/>
+      <w:bookmarkStart w:name="_Toc384824509" w:id="203"/>
+      <w:bookmarkStart w:name="_Toc434245330" w:id="204"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="205"/>
+      <w:bookmarkStart w:name="_Toc435796375" w:id="206"/>
+      <w:bookmarkStart w:name="_Toc256000048" w:id="207"/>
+      <w:bookmarkStart w:name="_Toc256000081" w:id="208"/>
+      <w:bookmarkStart w:name="_Toc485303562" w:id="209"/>
+      <w:bookmarkStart w:name="_Toc256000114" w:id="210"/>
+      <w:bookmarkStart w:name="_Toc256000148" w:id="211"/>
+      <w:bookmarkStart w:name="_Toc516816511" w:id="212"/>
+      <w:bookmarkStart w:name="_Toc54868658" w:id="213"/>
+      <w:bookmarkStart w:name="_Toc256000214" w:id="214"/>
+      <w:bookmarkStart w:name="_Toc163461112" w:id="215"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Patienten byter hemavdelning/klinik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
     </w:p>
-    <w:p w14:paraId="74418BBB" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005529CB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="74418BBB" w14:textId="081069F1">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">Berörda parter informeras av IVA:s personal för registrering i Elvis. Patienten fortsätter sitt vårdtillfälle på avdelning </w:t>
+      </w:r>
+      <w:r w:rsidR="7FC14D6D">
+        <w:rPr/>
+        <w:t>iva</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7700BB88" w:rsidR="005529CB">
         <w:rPr>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve"> Om hem</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">avdelningsbytet innebär klinikbyte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="7700BB88" w:rsidR="3620E48F">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ska</w:t>
+      </w:r>
+      <w:r w:rsidR="3620E48F">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">IVA informera hemavdelningen </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t>om detta så att patienten skrivs ut i Elvis och vårdtidssammanfattning skrivs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119A757B" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="119A757B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="216" w:name="_Toc256000185"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="229" w:name="_Toc163461113"/>
+      <w:bookmarkStart w:name="_Toc256000185" w:id="216"/>
+      <w:bookmarkStart w:name="_Toc384824510" w:id="217"/>
+      <w:bookmarkStart w:name="_Toc434245331" w:id="218"/>
+      <w:bookmarkStart w:name="_Toc256000016" w:id="219"/>
+      <w:bookmarkStart w:name="_Toc435796376" w:id="220"/>
+      <w:bookmarkStart w:name="_Toc256000049" w:id="221"/>
+      <w:bookmarkStart w:name="_Toc256000082" w:id="222"/>
+      <w:bookmarkStart w:name="_Toc485303563" w:id="223"/>
+      <w:bookmarkStart w:name="_Toc256000115" w:id="224"/>
+      <w:bookmarkStart w:name="_Toc256000149" w:id="225"/>
+      <w:bookmarkStart w:name="_Toc516816512" w:id="226"/>
+      <w:bookmarkStart w:name="_Toc54868659" w:id="227"/>
+      <w:bookmarkStart w:name="_Toc256000215" w:id="228"/>
+      <w:bookmarkStart w:name="_Toc163461113" w:id="229"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Flytt av patient från IVA</w:t>
       </w:r>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
     </w:p>
-    <w:p w14:paraId="6D999C90" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="0078796C">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="0078796C" w:rsidRDefault="005529CB" w14:paraId="6D999C90" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="230" w:name="_Toc256000186"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="243" w:name="_Toc163461114"/>
+      <w:bookmarkStart w:name="_Toc256000186" w:id="230"/>
+      <w:bookmarkStart w:name="_Toc384824511" w:id="231"/>
+      <w:bookmarkStart w:name="_Toc434245332" w:id="232"/>
+      <w:bookmarkStart w:name="_Toc256000017" w:id="233"/>
+      <w:bookmarkStart w:name="_Toc435796377" w:id="234"/>
+      <w:bookmarkStart w:name="_Toc256000050" w:id="235"/>
+      <w:bookmarkStart w:name="_Toc256000083" w:id="236"/>
+      <w:bookmarkStart w:name="_Toc485303564" w:id="237"/>
+      <w:bookmarkStart w:name="_Toc256000116" w:id="238"/>
+      <w:bookmarkStart w:name="_Toc256000150" w:id="239"/>
+      <w:bookmarkStart w:name="_Toc516816513" w:id="240"/>
+      <w:bookmarkStart w:name="_Toc54868660" w:id="241"/>
+      <w:bookmarkStart w:name="_Toc256000216" w:id="242"/>
+      <w:bookmarkStart w:name="_Toc163461114" w:id="243"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Patient flyttas från IVA till hemavdelning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
     </w:p>
-    <w:p w14:paraId="391838F3" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="391838F3" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Placeras i korrekt säng på hemavdelningen av hemavdelningens personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="714D86D6" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="714D86D6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="244" w:name="_Toc256000187"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="257" w:name="_Toc163461115"/>
+      <w:bookmarkStart w:name="_Toc256000187" w:id="244"/>
+      <w:bookmarkStart w:name="_Toc384824512" w:id="245"/>
+      <w:bookmarkStart w:name="_Toc434245333" w:id="246"/>
+      <w:bookmarkStart w:name="_Toc256000018" w:id="247"/>
+      <w:bookmarkStart w:name="_Toc435796378" w:id="248"/>
+      <w:bookmarkStart w:name="_Toc256000051" w:id="249"/>
+      <w:bookmarkStart w:name="_Toc256000084" w:id="250"/>
+      <w:bookmarkStart w:name="_Toc485303565" w:id="251"/>
+      <w:bookmarkStart w:name="_Toc256000117" w:id="252"/>
+      <w:bookmarkStart w:name="_Toc256000151" w:id="253"/>
+      <w:bookmarkStart w:name="_Toc516816514" w:id="254"/>
+      <w:bookmarkStart w:name="_Toc54868661" w:id="255"/>
+      <w:bookmarkStart w:name="_Toc256000217" w:id="256"/>
+      <w:bookmarkStart w:name="_Toc163461115" w:id="257"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Patient flyttas från IVA till hemmet, annat sjukhus eller avlider</w:t>
       </w:r>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
     </w:p>
-    <w:p w14:paraId="463AA14C" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="463AA14C" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Patienten flyttas till ospecifik plats (t.ex. 50-säng) på hemavdelning. Hemavdelning informeras av IVA-personal för utskrivning i Melior och Elvis. Automatepikris skapas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524ACDA1" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00500E69">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00500E69" w:rsidRDefault="005529CB" w14:paraId="524ACDA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="258" w:name="_Toc256000188"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="271" w:name="_Toc163461116"/>
+      <w:bookmarkStart w:name="_Toc256000188" w:id="258"/>
+      <w:bookmarkStart w:name="_Toc434245334" w:id="259"/>
+      <w:bookmarkStart w:name="_Toc256000019" w:id="260"/>
+      <w:bookmarkStart w:name="_Toc435796379" w:id="261"/>
+      <w:bookmarkStart w:name="_Toc256000052" w:id="262"/>
+      <w:bookmarkStart w:name="_Toc256000085" w:id="263"/>
+      <w:bookmarkStart w:name="_Toc485303566" w:id="264"/>
+      <w:bookmarkStart w:name="_Toc256000118" w:id="265"/>
+      <w:bookmarkStart w:name="_Toc256000152" w:id="266"/>
+      <w:bookmarkStart w:name="_Toc516816515" w:id="267"/>
+      <w:bookmarkStart w:name="_Toc54868662" w:id="268"/>
+      <w:bookmarkStart w:name="_Toc256000218" w:id="269"/>
+      <w:bookmarkStart w:name="_Toc384824514" w:id="270"/>
+      <w:bookmarkStart w:name="_Toc163461116" w:id="271"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Tillfällig flytt/sammanslagning av vårdenhet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="271"/>
     </w:p>
-    <w:p w14:paraId="1ABF7E58" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="0094491C">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="0094491C" w:rsidRDefault="005529CB" w14:paraId="1ABF7E58" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Om två avdelningar flyttar samman, t.ex. under sommaren, behåller båda avdelningarna sina respektive namn i Melior.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5EBC2D" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00EC4304">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00EC4304" w:rsidRDefault="005529CB" w14:paraId="3F5EBC2D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>Sängplatserna ska överensstämma med fysisk placering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3065EBC1" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00EC4304">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00EC4304" w:rsidRDefault="005529CB" w14:paraId="3065EBC1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>Unik sängplats kan enbart finnas på en av avdelningarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51122A0C" w14:textId="4CA6160F" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00EC4304">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00EC4304" w:rsidRDefault="005529CB" w14:paraId="51122A0C" w14:textId="4CA6160F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>Fax- och telefonnummer måste korrigeras till lab</w:t>
       </w:r>
       <w:r w:rsidR="6BE2E657">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve"> och röntgen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E3ED85" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00EC4304">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00EC4304" w:rsidRDefault="005529CB" w14:paraId="40E3ED85" w14:textId="1FE4241D">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="031BD505" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00EC4304">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>Leveransadress för slutenvårdsdos måste korrigeras. Berörd verksamhet ska i god tid kontakta Sju</w:t>
+      </w:r>
+      <w:r w:rsidR="62E2CC32">
+        <w:rPr/>
+        <w:t>kvårdsapoteket</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> VGR/SÄS för ändring av leveransadress.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00EC4304" w:rsidRDefault="005529CB" w14:paraId="031BD505" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>En enhet ska spara information som visar under vilken tid enheten fysiskt har flyttat till annan plats. Denna information ska sparas i tre månader efter att enheten flyttat tillbaka till sin ordinarie placering. Detta för att en eventuell smitta ska kunna spåras.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DC7E227" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="0094491C">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="0094491C" w:rsidRDefault="005529CB" w14:paraId="5DC7E227" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="272" w:name="_Toc256000189"/>
-[...11 lines deleted...]
-      <w:bookmarkStart w:id="284" w:name="_Toc163461117"/>
+      <w:bookmarkStart w:name="_Toc256000189" w:id="272"/>
+      <w:bookmarkStart w:name="_Toc434245335" w:id="273"/>
+      <w:bookmarkStart w:name="_Toc256000020" w:id="274"/>
+      <w:bookmarkStart w:name="_Toc435796380" w:id="275"/>
+      <w:bookmarkStart w:name="_Toc256000053" w:id="276"/>
+      <w:bookmarkStart w:name="_Toc256000086" w:id="277"/>
+      <w:bookmarkStart w:name="_Toc485303567" w:id="278"/>
+      <w:bookmarkStart w:name="_Toc256000119" w:id="279"/>
+      <w:bookmarkStart w:name="_Toc256000153" w:id="280"/>
+      <w:bookmarkStart w:name="_Toc516816516" w:id="281"/>
+      <w:bookmarkStart w:name="_Toc54868663" w:id="282"/>
+      <w:bookmarkStart w:name="_Toc256000219" w:id="283"/>
+      <w:bookmarkStart w:name="_Toc163461117" w:id="284"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Utlokaliserade patienter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
     </w:p>
-    <w:p w14:paraId="583BDAFE" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="0094491C">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="0094491C" w:rsidRDefault="005529CB" w14:paraId="583BDAFE" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Patienten anses utlokaliserad då klinikens ordinarie vårdplatser (även de platser som på uppdrag hanteras av andra kliniker) inte räcker till och patient placeras på annan kliniks vårdplats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4D378A" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="0094491C">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="0094491C" w:rsidRDefault="005529CB" w14:paraId="0B4D378A" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Alla utlokaliserade patienter ska ha en ”hemenhet/klinik” och en utsedd PAL från hemkliniken. Hemkliniken ansvarar för läkarrond, läkarordinationer, läkemedelslista och journaldiktering inkluderande aktuell medicinsk vårdplan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5866E0" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="2C5866E0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>Patienten ska vara inskriven i Melior på den avdelning som fysiskt vårdar patienten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="566F6CA0" w14:textId="578DDDDB" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="566F6CA0" w14:textId="578DDDDB">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>All journaldokumentation (t.ex. daganteckning, epikris, korr, lab, läkemedel) oavsett personalkategori ska göras på den avdelning där patienten är fysiskt placerad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BA71A62" w14:textId="75E7B02F" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="0BA71A62" w14:textId="75E7B02F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Det är därför viktigt att t.ex. rondande läkare i Melior är placerad på sin hemavdelning. På det viset flaggas det (i journalanteckningens huvud) vilken klinik/enhet som har det medicinska ansvaret för patienten. </w:t>
       </w:r>
       <w:r>
         <w:t>Sökordet</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve"> Basspecialitet i läkarens anteckning besvaras utifrån läkarens kliniktillhörighet, vilket i detta fall också flaggar patientens medicinska tillhörighet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24ABD66E" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="24ABD66E" w14:textId="7F8140FD">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="6F4DEF9B" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">Journalförande </w:t>
+      </w:r>
+      <w:r w:rsidR="113DDA05">
+        <w:rPr/>
+        <w:t>omvård</w:t>
+      </w:r>
+      <w:r w:rsidR="49279FCC">
+        <w:rPr/>
+        <w:t>nad</w:t>
+      </w:r>
+      <w:r w:rsidR="113DDA05">
+        <w:rPr/>
+        <w:t xml:space="preserve">spersonal </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>som vårdar utlokaliserad patient ska dock vara placerad på sin hemavdelning i Melior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="6F4DEF9B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="285" w:name="_Toc256000190"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="298" w:name="_Toc163461118"/>
+      <w:bookmarkStart w:name="_Toc256000190" w:id="285"/>
+      <w:bookmarkStart w:name="_Toc384824515" w:id="286"/>
+      <w:bookmarkStart w:name="_Toc434245336" w:id="287"/>
+      <w:bookmarkStart w:name="_Toc256000021" w:id="288"/>
+      <w:bookmarkStart w:name="_Toc435796381" w:id="289"/>
+      <w:bookmarkStart w:name="_Toc256000054" w:id="290"/>
+      <w:bookmarkStart w:name="_Toc256000087" w:id="291"/>
+      <w:bookmarkStart w:name="_Toc485303568" w:id="292"/>
+      <w:bookmarkStart w:name="_Toc256000120" w:id="293"/>
+      <w:bookmarkStart w:name="_Toc256000154" w:id="294"/>
+      <w:bookmarkStart w:name="_Toc516816517" w:id="295"/>
+      <w:bookmarkStart w:name="_Toc54868664" w:id="296"/>
+      <w:bookmarkStart w:name="_Toc256000220" w:id="297"/>
+      <w:bookmarkStart w:name="_Toc163461118" w:id="298"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Utskrivning av utlokaliserad patient</w:t>
       </w:r>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
     </w:p>
-    <w:p w14:paraId="1BEE0F9D" w14:textId="56563F97" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="1BEE0F9D" w14:textId="56563F97">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve">Om patienten </w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidRPr="7700BB88" w:rsidR="005529CB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>skulle</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve"> skrivas ut från den utlokaliserade enheten ska vårdkontaktens vårdenhet bytas. </w:t>
       </w:r>
       <w:r w:rsidR="2D30DE76">
+        <w:rPr/>
         <w:t>Vårdenheten får inte bytas till annan än där patienten fysiskt befinner sig under pågående vårdtillfälle, detta sker först efter utskrivning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D9A8B8" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="16D9A8B8" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Den vårdkontakt som har det medicinska ansvaret står för utskrivning och att rätt läkare får epikrisen i sin ”att skriva korg”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372A548A" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="372A548A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="299" w:name="_Toc256000191"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="312" w:name="_Toc163461119"/>
+      <w:bookmarkStart w:name="_Toc256000191" w:id="299"/>
+      <w:bookmarkStart w:name="_Toc384824516" w:id="300"/>
+      <w:bookmarkStart w:name="_Toc434245337" w:id="301"/>
+      <w:bookmarkStart w:name="_Toc256000022" w:id="302"/>
+      <w:bookmarkStart w:name="_Toc435796382" w:id="303"/>
+      <w:bookmarkStart w:name="_Toc256000055" w:id="304"/>
+      <w:bookmarkStart w:name="_Toc256000088" w:id="305"/>
+      <w:bookmarkStart w:name="_Toc485303569" w:id="306"/>
+      <w:bookmarkStart w:name="_Toc256000121" w:id="307"/>
+      <w:bookmarkStart w:name="_Toc256000155" w:id="308"/>
+      <w:bookmarkStart w:name="_Toc516816518" w:id="309"/>
+      <w:bookmarkStart w:name="_Toc54868665" w:id="310"/>
+      <w:bookmarkStart w:name="_Toc256000221" w:id="311"/>
+      <w:bookmarkStart w:name="_Toc163461119" w:id="312"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Versal- och flaggavdelning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
       <w:bookmarkEnd w:id="312"/>
     </w:p>
-    <w:p w14:paraId="6DFA06B9" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="6DFA06B9" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Versalavdelningar syftar på att enhetsbeteckningen är angiven i versaler och avser verksamhetsområde, d.v.s. där patienten registreras årsvis för öppen</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:softHyphen/>
         <w:t>vård. Flaggavdelning är den enhet där användaren hör hemma och ska vara registrerad på vid dokumentation, s.k. hemavdelning. Namnet syftar till att flagga journalanteckningens ursprung. För registrering i slutenvård används den flaggavdelning motsvarande den enhet där patienten fysiskt skrivs in.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE0EA2F" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="2BE0EA2F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="313" w:name="_Toc256000192"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="326" w:name="_Toc163461120"/>
+      <w:bookmarkStart w:name="_Toc256000192" w:id="313"/>
+      <w:bookmarkStart w:name="_Toc384824517" w:id="314"/>
+      <w:bookmarkStart w:name="_Toc434245338" w:id="315"/>
+      <w:bookmarkStart w:name="_Toc256000023" w:id="316"/>
+      <w:bookmarkStart w:name="_Toc435796383" w:id="317"/>
+      <w:bookmarkStart w:name="_Toc256000056" w:id="318"/>
+      <w:bookmarkStart w:name="_Toc256000089" w:id="319"/>
+      <w:bookmarkStart w:name="_Toc485303570" w:id="320"/>
+      <w:bookmarkStart w:name="_Toc256000122" w:id="321"/>
+      <w:bookmarkStart w:name="_Toc256000156" w:id="322"/>
+      <w:bookmarkStart w:name="_Toc516816519" w:id="323"/>
+      <w:bookmarkStart w:name="_Toc54868666" w:id="324"/>
+      <w:bookmarkStart w:name="_Toc256000222" w:id="325"/>
+      <w:bookmarkStart w:name="_Toc163461120" w:id="326"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Flaggavdelningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
       <w:bookmarkEnd w:id="326"/>
     </w:p>
-    <w:p w14:paraId="6E84D407" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="6E84D407" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Journalförande personalkategorier ska alltid vara placerade på respektive hemavdelning (flaggavdelning) vid dokumentation i journalen. Inom vissa yrkesgrupper förekommer att man har olika hemavdelningar i tjänsten vilket innebär att hemavdelningen bör ändras till den funktion (flaggavdelning) man har vid tillfället för journalföringen. Detta är viktigt att tänka på vid receptförskrivning då kostnaden debiteras den enhet som läkaren står på vid e-förskrivningen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C71144" w14:textId="3ABD777E" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="78C71144" w14:textId="3ABD777E">
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve">När patienten registreras för slutenvård registreras </w:t>
       </w:r>
       <w:r>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="27581886">
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve"> på den </w:t>
       </w:r>
       <w:r>
         <w:t>flaggavdelning</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve"> där vården ges och patienten fysiskt befinner sig.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EE604F" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="07EE604F" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve">Om patienten har ett </w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>pågående slutenvårdstillfälle ska all dokumentation som produceras under denna tid skrivas in under detta vårdtillfälle</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t>, oavsett om beskriven vård skett på avdelningen eller på annan enhet/klinik.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF15AE3" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
-      <w:r w:rsidRPr="005529CB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="5EF15AE3" w14:textId="53695DF7">
+      <w:r w:rsidRPr="7700BB88" w:rsidR="005529CB">
         <w:rPr>
-          <w:b/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Undantag</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r w:rsidRPr="7700BB88" w:rsidR="005529CB">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
-[...3 lines deleted...]
-    <w:p w14:paraId="6C38AC66" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> Tidigare bokade mottagningsbesök som patienten betalar för samt aktiviteterna </w:t>
+      </w:r>
+      <w:r w:rsidR="5619CA77">
+        <w:rPr/>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>årdplan och/eller Planering då de används i öppenvård.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="6C38AC66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="327" w:name="_Toc256000193"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="340" w:name="_Toc163461121"/>
+      <w:bookmarkStart w:name="_Toc256000193" w:id="327"/>
+      <w:bookmarkStart w:name="_Toc384824518" w:id="328"/>
+      <w:bookmarkStart w:name="_Toc434245339" w:id="329"/>
+      <w:bookmarkStart w:name="_Toc256000024" w:id="330"/>
+      <w:bookmarkStart w:name="_Toc435796384" w:id="331"/>
+      <w:bookmarkStart w:name="_Toc256000057" w:id="332"/>
+      <w:bookmarkStart w:name="_Toc256000090" w:id="333"/>
+      <w:bookmarkStart w:name="_Toc485303571" w:id="334"/>
+      <w:bookmarkStart w:name="_Toc256000123" w:id="335"/>
+      <w:bookmarkStart w:name="_Toc256000157" w:id="336"/>
+      <w:bookmarkStart w:name="_Toc516816520" w:id="337"/>
+      <w:bookmarkStart w:name="_Toc54868667" w:id="338"/>
+      <w:bookmarkStart w:name="_Toc256000223" w:id="339"/>
+      <w:bookmarkStart w:name="_Toc163461121" w:id="340"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Versalavdelningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
       <w:bookmarkEnd w:id="336"/>
       <w:bookmarkEnd w:id="337"/>
       <w:bookmarkEnd w:id="338"/>
       <w:bookmarkEnd w:id="339"/>
       <w:bookmarkEnd w:id="340"/>
     </w:p>
-    <w:p w14:paraId="553AC182" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="553AC182" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Versalavdelningarna har en mer generell karaktär och samlar ihop öppen</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:softHyphen/>
         <w:t>vårdsanteckningar årsvis inom ett verksamhetsområde (kliniktillhörighet).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A1E8D30" w14:textId="5A94EBE1" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="4A1E8D30" w14:textId="5A94EBE1">
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve">Till skillnad från slutenvårdstillfällen registreras inte patienten i öppenvård på den flaggavdelning där vården ges, utan på respektive versalavdelning. Som beskrivet enligt ovan registreras bara ett öppenvårdstillfälle på respektive verksamhetsområde och år. Registrering sker på årets första dag t.ex. </w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0BA64018">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>0101.</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve"> I journalmappen synliggörs skillnaden på journalmappen mellan slutenvårds- och öppenvårdstillfällen enligt följande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111B5909" w14:textId="2934244E" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="111B5909" w14:textId="2934244E">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="196BED12" wp14:editId="10BC7729">
             <wp:extent cx="5038725" cy="1543050"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
@@ -4313,607 +4582,652 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5038725" cy="1543050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="613365A4" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
-      <w:r w:rsidRPr="005529CB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="613365A4" w14:textId="6B8073B8">
+      <w:r w:rsidRPr="7700BB88" w:rsidR="005529CB">
         <w:rPr>
-          <w:i/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
         <w:t>Paramedicinska yrkeskategorier</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
-[...3 lines deleted...]
-    <w:p w14:paraId="0BCF2756" w14:textId="2CCA3CD8" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00CB02FB">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> ska stå på sin hemavdelning (flaggavdelning) i Melior, men patienten registreras och journalföringen utförs på det verksamhetsområde och vårdtillfälle som ligger till grund för besöket. Kommer </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> patient för öppenvårdsbesök till </w:t>
+      </w:r>
+      <w:r w:rsidR="281FFED8">
+        <w:rPr/>
+        <w:t>fysioterapeut</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">, registreras patienten på det verksamhetsområde som är kopplat till det medicinska grundproblemet om inte årsvis öppenvårdsregistrering redan finns på aktuellt verksamhetsområde. Detta gäller även om patienten </w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>inremitterats</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve"> externt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00CB02FB" w:rsidRDefault="005529CB" w14:paraId="0BCF2756" w14:textId="2CCA3CD8">
       <w:r w:rsidRPr="005529CB">
         <w:t>Se vidare riktlinje ”</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId15">
         <w:r w:rsidRPr="006035E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Remisshantering i Melior, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005529CB">
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2524D128" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000E7240">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000E7240" w:rsidRDefault="005529CB" w14:paraId="2524D128" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="341" w:name="_Toc256000194"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="354" w:name="_Toc163461122"/>
+      <w:bookmarkStart w:name="_Toc256000194" w:id="341"/>
+      <w:bookmarkStart w:name="_Toc384824519" w:id="342"/>
+      <w:bookmarkStart w:name="_Toc434245340" w:id="343"/>
+      <w:bookmarkStart w:name="_Toc256000025" w:id="344"/>
+      <w:bookmarkStart w:name="_Toc435796385" w:id="345"/>
+      <w:bookmarkStart w:name="_Toc256000058" w:id="346"/>
+      <w:bookmarkStart w:name="_Toc256000091" w:id="347"/>
+      <w:bookmarkStart w:name="_Toc485303572" w:id="348"/>
+      <w:bookmarkStart w:name="_Toc256000124" w:id="349"/>
+      <w:bookmarkStart w:name="_Toc256000158" w:id="350"/>
+      <w:bookmarkStart w:name="_Toc516816521" w:id="351"/>
+      <w:bookmarkStart w:name="_Toc54868668" w:id="352"/>
+      <w:bookmarkStart w:name="_Toc256000224" w:id="353"/>
+      <w:bookmarkStart w:name="_Toc163461122" w:id="354"/>
       <w:r w:rsidRPr="005529CB">
         <w:lastRenderedPageBreak/>
         <w:t>Vårdtillfälleshantering vuxenpsykiatrin (Psykiatrisk vård)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
       <w:bookmarkEnd w:id="344"/>
       <w:bookmarkEnd w:id="345"/>
       <w:bookmarkEnd w:id="346"/>
       <w:bookmarkEnd w:id="347"/>
       <w:bookmarkEnd w:id="348"/>
       <w:bookmarkEnd w:id="349"/>
       <w:bookmarkEnd w:id="350"/>
       <w:bookmarkEnd w:id="351"/>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
     </w:p>
-    <w:p w14:paraId="1078A6E1" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000E7240">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000E7240" w:rsidRDefault="005529CB" w14:paraId="1078A6E1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="355" w:name="_Toc256000195"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="368" w:name="_Toc163461123"/>
+      <w:bookmarkStart w:name="_Toc256000195" w:id="355"/>
+      <w:bookmarkStart w:name="_Toc384824520" w:id="356"/>
+      <w:bookmarkStart w:name="_Toc434245341" w:id="357"/>
+      <w:bookmarkStart w:name="_Toc256000026" w:id="358"/>
+      <w:bookmarkStart w:name="_Toc435796386" w:id="359"/>
+      <w:bookmarkStart w:name="_Toc256000059" w:id="360"/>
+      <w:bookmarkStart w:name="_Toc256000092" w:id="361"/>
+      <w:bookmarkStart w:name="_Toc485303573" w:id="362"/>
+      <w:bookmarkStart w:name="_Toc256000125" w:id="363"/>
+      <w:bookmarkStart w:name="_Toc256000159" w:id="364"/>
+      <w:bookmarkStart w:name="_Toc516816522" w:id="365"/>
+      <w:bookmarkStart w:name="_Toc54868669" w:id="366"/>
+      <w:bookmarkStart w:name="_Toc256000225" w:id="367"/>
+      <w:bookmarkStart w:name="_Toc163461123" w:id="368"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Öppenvårdstillfällen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="355"/>
       <w:bookmarkEnd w:id="356"/>
       <w:bookmarkEnd w:id="357"/>
       <w:bookmarkEnd w:id="358"/>
       <w:bookmarkEnd w:id="359"/>
       <w:bookmarkEnd w:id="360"/>
       <w:bookmarkEnd w:id="361"/>
       <w:bookmarkEnd w:id="362"/>
       <w:bookmarkEnd w:id="363"/>
       <w:bookmarkEnd w:id="364"/>
       <w:bookmarkEnd w:id="365"/>
       <w:bookmarkEnd w:id="366"/>
       <w:bookmarkEnd w:id="367"/>
       <w:bookmarkEnd w:id="368"/>
     </w:p>
-    <w:p w14:paraId="7FA6B3D1" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000E7240">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000E7240" w:rsidRDefault="005529CB" w14:paraId="7FA6B3D1" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Ett öppenvårdstillfälle per mottagning med startdatum från första vårdkontakt som sedan fortlöper.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394D4DF7" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000E7240">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000E7240" w:rsidRDefault="005529CB" w14:paraId="394D4DF7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="369" w:name="_Toc256000196"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="382" w:name="_Toc163461124"/>
+      <w:bookmarkStart w:name="_Toc256000196" w:id="369"/>
+      <w:bookmarkStart w:name="_Toc384824521" w:id="370"/>
+      <w:bookmarkStart w:name="_Toc434245342" w:id="371"/>
+      <w:bookmarkStart w:name="_Toc256000027" w:id="372"/>
+      <w:bookmarkStart w:name="_Toc435796387" w:id="373"/>
+      <w:bookmarkStart w:name="_Toc256000060" w:id="374"/>
+      <w:bookmarkStart w:name="_Toc256000093" w:id="375"/>
+      <w:bookmarkStart w:name="_Toc485303574" w:id="376"/>
+      <w:bookmarkStart w:name="_Toc256000126" w:id="377"/>
+      <w:bookmarkStart w:name="_Toc256000160" w:id="378"/>
+      <w:bookmarkStart w:name="_Toc516816523" w:id="379"/>
+      <w:bookmarkStart w:name="_Toc54868670" w:id="380"/>
+      <w:bookmarkStart w:name="_Toc256000226" w:id="381"/>
+      <w:bookmarkStart w:name="_Toc163461124" w:id="382"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Slutenvårdstillfällen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="369"/>
       <w:bookmarkEnd w:id="370"/>
       <w:bookmarkEnd w:id="371"/>
       <w:bookmarkEnd w:id="372"/>
       <w:bookmarkEnd w:id="373"/>
       <w:bookmarkEnd w:id="374"/>
       <w:bookmarkEnd w:id="375"/>
       <w:bookmarkEnd w:id="376"/>
       <w:bookmarkEnd w:id="377"/>
       <w:bookmarkEnd w:id="378"/>
       <w:bookmarkEnd w:id="379"/>
       <w:bookmarkEnd w:id="380"/>
       <w:bookmarkEnd w:id="381"/>
       <w:bookmarkEnd w:id="382"/>
     </w:p>
-    <w:p w14:paraId="65B4CC14" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000E7240">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000E7240" w:rsidRDefault="005529CB" w14:paraId="65B4CC14" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Hanteras med in- och utskrivningsdatum per enhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640602D1" w14:textId="242FD2E2" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000E7240">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000E7240" w:rsidRDefault="005529CB" w14:paraId="640602D1" w14:textId="242FD2E2">
       <w:r w:rsidRPr="005529CB">
         <w:t>Flyttar patienten över klinikgränsen avslutas pågående slutenvårdstillfälle och patienten skrivs ut i Melior varvid automatepikris skapas. Nytt vårdtillfälle skapas på och av mottagande slutenvårdsenhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A6E6D0" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000E7240">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000E7240" w:rsidRDefault="005529CB" w14:paraId="55A6E6D0" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve"> Flyttar patienten från/till övriga SÄS går det inte att kopiera läkemedel, läsvy finns via knappen ”Domänvy” i aktuella ordinationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF1A010" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="000E7240">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="000E7240" w:rsidRDefault="005529CB" w14:paraId="7EF1A010" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Flyttar patienten inom kliniken görs överflyttning via funktionen Patientadm/Flytta patient till mottagande enhet. Läkemedelslistan ses över av läkare på mottagande enhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1696723D" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="005104FF">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="005104FF" w:rsidRDefault="005529CB" w14:paraId="1696723D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="383" w:name="_Toc256000197"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="396" w:name="_Toc163461125"/>
+      <w:bookmarkStart w:name="_Toc256000197" w:id="383"/>
+      <w:bookmarkStart w:name="_Toc384824522" w:id="384"/>
+      <w:bookmarkStart w:name="_Toc434245343" w:id="385"/>
+      <w:bookmarkStart w:name="_Toc256000028" w:id="386"/>
+      <w:bookmarkStart w:name="_Toc435796388" w:id="387"/>
+      <w:bookmarkStart w:name="_Toc256000061" w:id="388"/>
+      <w:bookmarkStart w:name="_Toc256000094" w:id="389"/>
+      <w:bookmarkStart w:name="_Toc485303575" w:id="390"/>
+      <w:bookmarkStart w:name="_Toc256000127" w:id="391"/>
+      <w:bookmarkStart w:name="_Toc256000161" w:id="392"/>
+      <w:bookmarkStart w:name="_Toc516816524" w:id="393"/>
+      <w:bookmarkStart w:name="_Toc54868671" w:id="394"/>
+      <w:bookmarkStart w:name="_Toc256000227" w:id="395"/>
+      <w:bookmarkStart w:name="_Toc163461125" w:id="396"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Akutmottagningen vuxenpsyk (Psmott)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="383"/>
       <w:bookmarkEnd w:id="384"/>
       <w:bookmarkEnd w:id="385"/>
       <w:bookmarkEnd w:id="386"/>
       <w:bookmarkEnd w:id="387"/>
       <w:bookmarkEnd w:id="388"/>
       <w:bookmarkEnd w:id="389"/>
       <w:bookmarkEnd w:id="390"/>
       <w:bookmarkEnd w:id="391"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="396"/>
     </w:p>
-    <w:p w14:paraId="0B5666C1" w14:textId="373DF4EB" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00B232FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00B232FB" w:rsidRDefault="005529CB" w14:paraId="0B5666C1" w14:textId="373DF4EB">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>Vid Psmott registreras alla patienter för slutenvård och i de fall patienten är i behov av fortsatt inneliggande vård överflyttas patienten i Melior till den enhet där vården ska ges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB0AE0B" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="005104FF">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="005104FF" w:rsidRDefault="005529CB" w14:paraId="0CB0AE0B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="397" w:name="_Toc256000198"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="410" w:name="_Toc163461126"/>
+      <w:bookmarkStart w:name="_Toc256000198" w:id="397"/>
+      <w:bookmarkStart w:name="_Toc384824523" w:id="398"/>
+      <w:bookmarkStart w:name="_Toc434245344" w:id="399"/>
+      <w:bookmarkStart w:name="_Toc256000029" w:id="400"/>
+      <w:bookmarkStart w:name="_Toc435796389" w:id="401"/>
+      <w:bookmarkStart w:name="_Toc256000062" w:id="402"/>
+      <w:bookmarkStart w:name="_Toc256000095" w:id="403"/>
+      <w:bookmarkStart w:name="_Toc485303576" w:id="404"/>
+      <w:bookmarkStart w:name="_Toc256000128" w:id="405"/>
+      <w:bookmarkStart w:name="_Toc256000162" w:id="406"/>
+      <w:bookmarkStart w:name="_Toc516816525" w:id="407"/>
+      <w:bookmarkStart w:name="_Toc54868672" w:id="408"/>
+      <w:bookmarkStart w:name="_Toc256000228" w:id="409"/>
+      <w:bookmarkStart w:name="_Toc163461126" w:id="410"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Vårdtillfälleshantering barnpsykiatrin (Psykiatrisk vård)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
       <w:bookmarkEnd w:id="407"/>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
     </w:p>
-    <w:p w14:paraId="71118AC0" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="006035E6">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="006035E6" w:rsidRDefault="005529CB" w14:paraId="71118AC0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="411" w:name="_Toc256000199"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="424" w:name="_Toc163461127"/>
+      <w:bookmarkStart w:name="_Toc256000199" w:id="411"/>
+      <w:bookmarkStart w:name="_Toc384824524" w:id="412"/>
+      <w:bookmarkStart w:name="_Toc434245345" w:id="413"/>
+      <w:bookmarkStart w:name="_Toc256000030" w:id="414"/>
+      <w:bookmarkStart w:name="_Toc435796390" w:id="415"/>
+      <w:bookmarkStart w:name="_Toc256000063" w:id="416"/>
+      <w:bookmarkStart w:name="_Toc256000096" w:id="417"/>
+      <w:bookmarkStart w:name="_Toc485303577" w:id="418"/>
+      <w:bookmarkStart w:name="_Toc256000129" w:id="419"/>
+      <w:bookmarkStart w:name="_Toc256000163" w:id="420"/>
+      <w:bookmarkStart w:name="_Toc516816526" w:id="421"/>
+      <w:bookmarkStart w:name="_Toc54868673" w:id="422"/>
+      <w:bookmarkStart w:name="_Toc256000229" w:id="423"/>
+      <w:bookmarkStart w:name="_Toc163461127" w:id="424"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Öppenvårdstillfällen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
       <w:bookmarkEnd w:id="420"/>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
     </w:p>
-    <w:p w14:paraId="4904CEC7" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="005104FF">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="005104FF" w:rsidRDefault="005529CB" w14:paraId="4904CEC7" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Ett öppenvårdstillfälle per mottagning och behandlingsperiod med startdatum från första vårdkontakt som avslutas när behandlingsperioden är över.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="587D78D7" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="005104FF">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="005104FF" w:rsidRDefault="005529CB" w14:paraId="587D78D7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="425" w:name="_Toc256000200"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="438" w:name="_Toc163461128"/>
+      <w:bookmarkStart w:name="_Toc256000200" w:id="425"/>
+      <w:bookmarkStart w:name="_Toc384824525" w:id="426"/>
+      <w:bookmarkStart w:name="_Toc434245346" w:id="427"/>
+      <w:bookmarkStart w:name="_Toc256000031" w:id="428"/>
+      <w:bookmarkStart w:name="_Toc435796391" w:id="429"/>
+      <w:bookmarkStart w:name="_Toc256000064" w:id="430"/>
+      <w:bookmarkStart w:name="_Toc256000097" w:id="431"/>
+      <w:bookmarkStart w:name="_Toc485303578" w:id="432"/>
+      <w:bookmarkStart w:name="_Toc256000130" w:id="433"/>
+      <w:bookmarkStart w:name="_Toc256000164" w:id="434"/>
+      <w:bookmarkStart w:name="_Toc516816527" w:id="435"/>
+      <w:bookmarkStart w:name="_Toc54868674" w:id="436"/>
+      <w:bookmarkStart w:name="_Toc256000230" w:id="437"/>
+      <w:bookmarkStart w:name="_Toc163461128" w:id="438"/>
       <w:r w:rsidRPr="005529CB">
         <w:t>Slutenvårdstillfällen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="425"/>
       <w:bookmarkEnd w:id="426"/>
       <w:bookmarkEnd w:id="427"/>
       <w:bookmarkEnd w:id="428"/>
       <w:bookmarkEnd w:id="429"/>
       <w:bookmarkEnd w:id="430"/>
       <w:bookmarkEnd w:id="431"/>
       <w:bookmarkEnd w:id="432"/>
       <w:bookmarkEnd w:id="433"/>
       <w:bookmarkEnd w:id="434"/>
       <w:bookmarkEnd w:id="435"/>
       <w:bookmarkEnd w:id="436"/>
       <w:bookmarkEnd w:id="437"/>
       <w:bookmarkEnd w:id="438"/>
     </w:p>
-    <w:p w14:paraId="6091B40F" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="005104FF">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="005104FF" w:rsidRDefault="005529CB" w14:paraId="6091B40F" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Hanteras med in- och utskrivningsdatum per enhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B58920" w14:textId="4D120403" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="005104FF">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="005104FF" w:rsidRDefault="005529CB" w14:paraId="50B58920" w14:textId="4D120403">
       <w:r w:rsidRPr="005529CB">
         <w:t>Flyttar patienten över klinikgränsen avslutas pågående slutenvårdstillfälle och patienten skrivs ut i Melior varvid automatepikris skapas. Nytt vårdtillfälle skapas på och av mottagande slutenvårdsenhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F5A7D1F" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="005104FF">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="005104FF" w:rsidRDefault="005529CB" w14:paraId="5F5A7D1F" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:t xml:space="preserve"> Flyttar patienten från/till övriga SÄS går det inte att kopiera läkemedel, läsvy finns via knappen ”Domänvy” i aktuella ordinationer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7EE8B4" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="005104FF">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="005104FF" w:rsidRDefault="005529CB" w14:paraId="2D7EE8B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="439" w:name="_Toc256000201"/>
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="452" w:name="_Toc163461129"/>
+      <w:bookmarkStart w:name="_Toc256000201" w:id="439"/>
+      <w:bookmarkStart w:name="_Toc384824526" w:id="440"/>
+      <w:bookmarkStart w:name="_Toc434245347" w:id="441"/>
+      <w:bookmarkStart w:name="_Toc256000032" w:id="442"/>
+      <w:bookmarkStart w:name="_Toc435796392" w:id="443"/>
+      <w:bookmarkStart w:name="_Toc256000065" w:id="444"/>
+      <w:bookmarkStart w:name="_Toc256000098" w:id="445"/>
+      <w:bookmarkStart w:name="_Toc485303579" w:id="446"/>
+      <w:bookmarkStart w:name="_Toc256000131" w:id="447"/>
+      <w:bookmarkStart w:name="_Toc256000165" w:id="448"/>
+      <w:bookmarkStart w:name="_Toc516816528" w:id="449"/>
+      <w:bookmarkStart w:name="_Toc54868675" w:id="450"/>
+      <w:bookmarkStart w:name="_Toc256000231" w:id="451"/>
+      <w:bookmarkStart w:name="_Toc163461129" w:id="452"/>
       <w:r w:rsidRPr="005529CB">
         <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="439"/>
       <w:bookmarkEnd w:id="440"/>
       <w:bookmarkEnd w:id="441"/>
       <w:bookmarkEnd w:id="442"/>
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
       <w:bookmarkEnd w:id="449"/>
       <w:bookmarkEnd w:id="450"/>
       <w:bookmarkEnd w:id="451"/>
       <w:bookmarkEnd w:id="452"/>
     </w:p>
-    <w:p w14:paraId="78B1FE14" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="006035E6" w:rsidRDefault="005529CB" w:rsidP="006035E6">
+    <w:p w:rsidRPr="006035E6" w:rsidR="005529CB" w:rsidP="006035E6" w:rsidRDefault="005529CB" w14:paraId="78B1FE14" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006035E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6D4A69" w14:textId="22688F93" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="006035E6">
-      <w:r w:rsidRPr="005529CB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="006035E6" w:rsidRDefault="005529CB" w14:paraId="5F6D4A69" w14:textId="1217EC75">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
         <w:t xml:space="preserve">Kristina Johansson, </w:t>
       </w:r>
       <w:r w:rsidR="00755044">
+        <w:rPr/>
         <w:t>enhetschef, akutkliniken, SÄS</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
+      <w:r>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="707CC7E3">
+        <w:rPr/>
+        <w:t>Frida Borg, systemförvaltare, Informationssystem IT, SÄS</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r w:rsidR="1E9B0845">
+        <w:rPr/>
         <w:t>Jonas Nemeth</w:t>
       </w:r>
-      <w:r w:rsidRPr="005529CB">
-[...3 lines deleted...]
-    <w:p w14:paraId="7ECC95CD" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="006035E6" w:rsidRDefault="005529CB" w:rsidP="006035E6">
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t xml:space="preserve">, systemförvaltare, </w:t>
+      </w:r>
+      <w:r w:rsidR="25C70B2C">
+        <w:rPr/>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="005529CB">
+        <w:rPr/>
+        <w:t>nformationssystem IT, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="006035E6" w:rsidR="005529CB" w:rsidP="006035E6" w:rsidRDefault="005529CB" w14:paraId="7ECC95CD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006035E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099BDCC0" w14:textId="6C4E640F" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="00B232FB" w:rsidP="006035E6">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="006035E6" w:rsidRDefault="00B232FB" w14:paraId="099BDCC0" w14:textId="6C4E640F">
       <w:r>
         <w:t>Jerker Nilson</w:t>
       </w:r>
-      <w:r w:rsidR="005529CB" w:rsidRPr="005529CB">
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00755044">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005529CB" w:rsidRPr="005529CB">
+      <w:r w:rsidRPr="005529CB" w:rsidR="005529CB">
         <w:t>chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B706E38" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="006035E6" w:rsidRDefault="005529CB" w:rsidP="006035E6">
+    <w:p w:rsidRPr="006035E6" w:rsidR="005529CB" w:rsidP="006035E6" w:rsidRDefault="005529CB" w14:paraId="3B706E38" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006035E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sökord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63412439" w14:textId="77777777" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="006035E6">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="006035E6" w:rsidRDefault="005529CB" w14:paraId="63412439" w14:textId="77777777">
       <w:r w:rsidRPr="005529CB">
         <w:t>Vårdtillfälleshantering, Melior, dokumentation, journalföring</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01081E12" w14:textId="6FBDBC19" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="00F71B94" w:rsidP="00B232FB">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00B232FB" w:rsidRDefault="00F71B94" w14:paraId="01081E12" w14:textId="6FBDBC19">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="453" w:name="_Toc163461130"/>
+      <w:bookmarkStart w:name="_Toc163461130" w:id="453"/>
       <w:r>
         <w:t>Relaterade dokument</w:t>
       </w:r>
       <w:bookmarkEnd w:id="453"/>
     </w:p>
-    <w:p w14:paraId="2F763D55" w14:textId="6606005A" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00755044">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00755044" w:rsidRDefault="005529CB" w14:paraId="2F763D55" w14:textId="6606005A">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>Preoperativ handläggning - Dokumentation i Melior. Sjukhusövergripande rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="000427B2" w:rsidRPr="00B232FB">
+      <w:hyperlink w:history="1" r:id="rId16">
+        <w:r w:rsidRPr="00B232FB" w:rsidR="000427B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="661BA079" w14:textId="4B1DEA23" w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidRDefault="005529CB" w:rsidP="00755044">
+    <w:p w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidP="00755044" w:rsidRDefault="005529CB" w14:paraId="661BA079" w14:textId="4B1DEA23">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005529CB">
         <w:t>Remisshantering i Melior, SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="005529CB">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00F71B94" w:rsidRPr="00B232FB">
+      <w:hyperlink w:history="1" r:id="rId17">
+        <w:r w:rsidRPr="00B232FB" w:rsidR="00F71B94">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:sectPr w:rsidR="005529CB" w:rsidRPr="005529CB" w:rsidSect="005529CB">
+    <w:sectPr w:rsidRPr="005529CB" w:rsidR="005529CB" w:rsidSect="005529CB">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:footerReference w:type="first" r:id="rId22"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2AC0CFD9" w14:textId="77777777" w:rsidR="00F93B53" w:rsidRDefault="00F93B53">
+    <w:p w:rsidR="00F93B53" w:rsidRDefault="00F93B53" w14:paraId="2AC0CFD9" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10C5B0EE" w14:textId="77777777" w:rsidR="00F93B53" w:rsidRDefault="00F93B53">
+    <w:p w:rsidR="00F93B53" w:rsidRDefault="00F93B53" w14:paraId="10C5B0EE" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="165BF183" w14:textId="77777777" w:rsidR="00F93B53" w:rsidRDefault="00F93B53">
+    <w:p w:rsidR="00F93B53" w:rsidRDefault="00F93B53" w14:paraId="165BF183" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4973,162 +5287,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Picture 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -5163,311 +5477,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14AB4231" w14:textId="77777777" w:rsidR="00F93B53" w:rsidRDefault="00F93B53"/>
+    <w:p w:rsidR="00F93B53" w:rsidRDefault="00F93B53" w14:paraId="14AB4231" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54435A2E" w14:textId="77777777" w:rsidR="00F93B53" w:rsidRDefault="00F93B53">
+    <w:p w:rsidR="00F93B53" w:rsidRDefault="00F93B53" w14:paraId="54435A2E" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6696913F" w14:textId="77777777" w:rsidR="00F93B53" w:rsidRDefault="00F93B53">
+    <w:p w:rsidR="00F93B53" w:rsidRDefault="00F93B53" w14:paraId="6696913F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Text Box 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Picture 4">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -5503,2086 +5817,2086 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="720130096">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="333072783">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1892502404">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="712927704">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2061052803">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="245305933">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1188524198">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1670207609">
@@ -7608,64 +7922,65 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1798793595">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1261064394">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1672490803">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="825125614">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="787549114">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -8128,225 +8443,276 @@
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F5366F"/>
     <w:rsid w:val="00F71B94"/>
     <w:rsid w:val="00F82786"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F90E02"/>
     <w:rsid w:val="00F93B53"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC7671"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE607C"/>
     <w:rsid w:val="00FF2C01"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="01281DC8"/>
+    <w:rsid w:val="0155FD64"/>
     <w:rsid w:val="02295835"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="026DEA2F"/>
+    <w:rsid w:val="031EF599"/>
     <w:rsid w:val="0380CCDB"/>
     <w:rsid w:val="0534FF52"/>
     <w:rsid w:val="05CF965E"/>
     <w:rsid w:val="07CF7668"/>
+    <w:rsid w:val="0A2E3C3D"/>
+    <w:rsid w:val="0A65FE0B"/>
     <w:rsid w:val="0BA64018"/>
+    <w:rsid w:val="113DDA05"/>
+    <w:rsid w:val="11E598A8"/>
+    <w:rsid w:val="15D8AFCB"/>
     <w:rsid w:val="15F3018E"/>
+    <w:rsid w:val="16B23AC7"/>
+    <w:rsid w:val="193E10C7"/>
     <w:rsid w:val="1E9B0845"/>
     <w:rsid w:val="2321E478"/>
+    <w:rsid w:val="23A0F8BE"/>
+    <w:rsid w:val="240CBE11"/>
+    <w:rsid w:val="25C70B2C"/>
     <w:rsid w:val="27581886"/>
+    <w:rsid w:val="281FFED8"/>
+    <w:rsid w:val="2A072B71"/>
     <w:rsid w:val="2B81F6B3"/>
     <w:rsid w:val="2D30DE76"/>
+    <w:rsid w:val="2E6DF380"/>
+    <w:rsid w:val="302D5A3B"/>
+    <w:rsid w:val="341A87B1"/>
     <w:rsid w:val="346C3ADA"/>
+    <w:rsid w:val="34FDE9D3"/>
     <w:rsid w:val="35E2A365"/>
+    <w:rsid w:val="3620E48F"/>
     <w:rsid w:val="3A2AF8B5"/>
+    <w:rsid w:val="3C5509F5"/>
     <w:rsid w:val="3CD28ABF"/>
     <w:rsid w:val="3E108507"/>
+    <w:rsid w:val="3EABCBC3"/>
     <w:rsid w:val="3F51419F"/>
+    <w:rsid w:val="3F92F568"/>
+    <w:rsid w:val="40B43D32"/>
+    <w:rsid w:val="4129A873"/>
+    <w:rsid w:val="422C8E0C"/>
+    <w:rsid w:val="423E588E"/>
     <w:rsid w:val="42E4D69E"/>
+    <w:rsid w:val="43DD8E3E"/>
+    <w:rsid w:val="44081BA1"/>
+    <w:rsid w:val="461785C7"/>
+    <w:rsid w:val="49279FCC"/>
     <w:rsid w:val="4E0BC69A"/>
+    <w:rsid w:val="4E4B821A"/>
     <w:rsid w:val="4E4EB44C"/>
     <w:rsid w:val="5066797E"/>
     <w:rsid w:val="5364C68A"/>
+    <w:rsid w:val="5619CA77"/>
+    <w:rsid w:val="56677B6C"/>
+    <w:rsid w:val="596D98C0"/>
     <w:rsid w:val="5B8CA02C"/>
     <w:rsid w:val="5D28708D"/>
+    <w:rsid w:val="5F6DDE9B"/>
+    <w:rsid w:val="62E2CC32"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="65239CD9"/>
     <w:rsid w:val="67E5E0AE"/>
     <w:rsid w:val="6818189C"/>
     <w:rsid w:val="69B3E8FD"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6BE2E657"/>
     <w:rsid w:val="6C0C66EC"/>
+    <w:rsid w:val="6CA05A75"/>
+    <w:rsid w:val="707CC7E3"/>
+    <w:rsid w:val="753F97AC"/>
+    <w:rsid w:val="7700BB88"/>
+    <w:rsid w:val="777561C8"/>
     <w:rsid w:val="77C01133"/>
     <w:rsid w:val="781E32C4"/>
+    <w:rsid w:val="79D6BCAC"/>
+    <w:rsid w:val="7A91AB94"/>
+    <w:rsid w:val="7AF3537D"/>
     <w:rsid w:val="7B0B6B68"/>
+    <w:rsid w:val="7B5324B1"/>
+    <w:rsid w:val="7CB62FD8"/>
+    <w:rsid w:val="7E63BF93"/>
     <w:rsid w:val="7E6796C3"/>
+    <w:rsid w:val="7FC14D6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{F84880CB-BF76-4AE2-84EE-22BAF9F88763}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8371,75 +8737,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -8474,57 +8840,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -8582,748 +8948,748 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="002D3E9C"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005529CB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005529CB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="002D3E9C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002D0EC8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8947"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002D0EC8"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8947"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -9395,609 +9761,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="002D0EC8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -10006,94 +10372,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -10102,496 +10468,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F71B94"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -10658,86 +11024,86 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+  <w:style w:type="character" w:styleId="Rubrik7Char" w:customStyle="1">
     <w:name w:val="Rubrik 7 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="005529CB"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="005529CB"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -10777,51 +11143,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-207/surrogate/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-162/surrogate/Remisshantering%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-207/surrogate/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-162/surrogate/Remisshantering%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-162/surrogate/Remisshantering%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-207/surrogate/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-162/surrogate/Remisshantering%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-207/surrogate/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="R0378f03fa1db4627" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -11113,75 +11479,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Vårdtillfälleshantering i Melior, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>67</revision>
+  <lastModifiedBy>Frida Borg</lastModifiedBy>
+  <revision>69</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>