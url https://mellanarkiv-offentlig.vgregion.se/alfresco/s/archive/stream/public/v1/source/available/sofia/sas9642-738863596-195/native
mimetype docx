--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -7,51 +7,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A21921C" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00F35B05">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="005D56F7" w:rsidSect="005D56F7">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="3402" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="04EF2B98" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="008D6E63">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
@@ -94,53 +94,56 @@
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="43412CBE" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="008D6E63">
       <w:r w:rsidRPr="005D56F7">
         <w:t>Riktlinjen anger det arbetssätt som ska tillämpas på SÄS för att förebygga infektioner i centrala och perifera venösa infarter och tydliggör hur uppföljning ska ske av de uppnådda resultaten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C6644B" w14:textId="1BB7CE40" w:rsidR="008D6E63" w:rsidRDefault="008D6E63" w:rsidP="008D6E63">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc160008848"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="49E88368" w14:textId="6FD107DB" w:rsidR="3CBAC295" w:rsidRDefault="3CBAC295">
+    <w:p w14:paraId="49E88368" w14:textId="1ABAE7F7" w:rsidR="3CBAC295" w:rsidRDefault="000F64BD">
       <w:r>
-        <w:t>Justerat text och länkar som inte längre är aktuella.</w:t>
+        <w:t>Redaktionella förändringar</w:t>
+      </w:r>
+      <w:r w:rsidR="3CBAC295">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="365E3C0E" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="008D6E63" w:rsidRDefault="005D56F7" w:rsidP="008D6E63">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6E63">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="17" w:name="Bilaga"/>
     <w:bookmarkEnd w:id="17"/>
     <w:p w14:paraId="719C1580" w14:textId="3D3CA4F3" w:rsidR="00807589" w:rsidRDefault="00002E2F">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
@@ -2634,59 +2637,51 @@
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="2944ACC4" w14:textId="1E16C6A5" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="4E2A44BE">
       <w:r>
         <w:t>Vårdrelaterade infektioner som utgår från centrala och perifera venösa infarter är vanliga, allvarliga och ibland dödliga tillstånd som orsakar lidande och förlängda vårdtider.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA4B0C5" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="008D6E63">
       <w:r w:rsidRPr="005D56F7">
         <w:t>För att undvika dessa infektioner krävs ledarskap, kunskapsstyrning, tvärprofessionella insatser och samarbete över klinik- och enhetsgränserna för tillämpning av följande evidensbaserade preventiva insatser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B1E600B" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00426986">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">Korrekt indikation för inläggning. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47573DBE" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00426986">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
-        <w:t xml:space="preserve">Steril </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> och märkning av infart.</w:t>
+        <w:t>Steril inläggningsteknik och märkning av infart.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E88141" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00426986">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">Daglig utvärdering av behovet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB395A6" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00426986">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">Daglig inspektion av infartskateter och insticksställe. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2680BEAC" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00426986">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Korrekt diagnostik av infartsrelaterad infektion.</w:t>
       </w:r>
@@ -2704,51 +2699,50 @@
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Inrättande av tvärprofessionella infarts-team på sjukhus och kliniknivå.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00136AB1" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00426986">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc419893117"/>
       <w:bookmarkStart w:id="33" w:name="_Toc256000002"/>
       <w:bookmarkStart w:id="34" w:name="_Toc256000010"/>
       <w:bookmarkStart w:id="35" w:name="_Toc526860107"/>
       <w:bookmarkStart w:id="36" w:name="_Toc526860273"/>
       <w:bookmarkStart w:id="37" w:name="_Toc256000013"/>
       <w:bookmarkStart w:id="38" w:name="_Toc256000041"/>
       <w:bookmarkStart w:id="39" w:name="_Toc256000068"/>
       <w:bookmarkStart w:id="40" w:name="_Toc27056904"/>
       <w:bookmarkStart w:id="41" w:name="_Toc29977789"/>
       <w:bookmarkStart w:id="42" w:name="_Toc256000024"/>
       <w:bookmarkStart w:id="43" w:name="_Toc97295316"/>
       <w:bookmarkStart w:id="44" w:name="_Toc256000086"/>
       <w:bookmarkStart w:id="45" w:name="_Toc160008850"/>
       <w:r w:rsidRPr="005D56F7">
-        <w:lastRenderedPageBreak/>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="03F0B1D1" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc526860108"/>
       <w:bookmarkStart w:id="47" w:name="_Toc526860274"/>
       <w:bookmarkStart w:id="48" w:name="_Toc256000015"/>
@@ -2837,67 +2831,51 @@
       <w:bookmarkStart w:id="70" w:name="_Hlt19599786"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidRPr="4E2A44BE">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:r w:rsidRPr="4E2A44BE">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) och antalet fall av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Stafylococcus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> utgånget från venös infart hos patienter vårdade på SÄS.</w:t>
+        <w:t xml:space="preserve"> aureus, bakteriemi utgånget från venös infart hos patienter vårdade på SÄS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47DAF3B1" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00426986">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">avvikelser i Med Control angående infektioner utgående från venös infart. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D389CE4" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00426986">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="71" w:name="_Toc526860111"/>
       <w:bookmarkStart w:id="72" w:name="_Toc526860277"/>
       <w:bookmarkStart w:id="73" w:name="_Toc256000018"/>
       <w:bookmarkStart w:id="74" w:name="_Toc256000045"/>
       <w:bookmarkStart w:id="75" w:name="_Toc256000072"/>
       <w:bookmarkStart w:id="76" w:name="_Toc27056908"/>
       <w:bookmarkStart w:id="77" w:name="_Toc29977793"/>
       <w:bookmarkStart w:id="78" w:name="_Toc256000028"/>
       <w:bookmarkStart w:id="79" w:name="_Toc97295320"/>
       <w:bookmarkStart w:id="80" w:name="_Toc256000090"/>
       <w:bookmarkStart w:id="81" w:name="_Toc160008853"/>
@@ -3078,59 +3056,51 @@
       <w:bookmarkStart w:id="112" w:name="_Toc256000049"/>
       <w:bookmarkStart w:id="113" w:name="_Toc256000076"/>
       <w:bookmarkStart w:id="114" w:name="_Toc27056912"/>
       <w:bookmarkStart w:id="115" w:name="_Toc29977797"/>
       <w:bookmarkStart w:id="116" w:name="_Toc256000032"/>
       <w:bookmarkStart w:id="117" w:name="_Toc97295324"/>
       <w:bookmarkStart w:id="118" w:name="_Toc256000096"/>
       <w:bookmarkStart w:id="119" w:name="_Toc160008856"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Indikation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
     </w:p>
     <w:p w14:paraId="3F03422B" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
-        <w:t xml:space="preserve">Anlägg venös infart enbart vid korrekt indikation. Följ </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> avsnitt:</w:t>
+        <w:t>Anlägg venös infart enbart vid korrekt indikation. Följ Vårdhandbokens avsnitt:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B0E5125" w14:textId="64DEC155" w:rsidR="005D56F7" w:rsidRPr="0023455B" w:rsidRDefault="0023455B" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/indikation-och-dokumentation/"</w:instrText>
       </w:r>
       <w:r>
@@ -3140,139 +3110,123 @@
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>CVK</w:t>
       </w:r>
       <w:bookmarkStart w:id="120" w:name="_Hlt19600246"/>
       <w:bookmarkStart w:id="121" w:name="_Hlt19600247"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Ind</w:t>
       </w:r>
       <w:bookmarkStart w:id="122" w:name="_Hlt19599859"/>
       <w:bookmarkEnd w:id="122"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
-        <w:t>ikation  och</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> dokumentation</w:t>
+        <w:t>ikation  och dokumentation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F4BFD5D" w14:textId="18E9078E" w:rsidR="005D56F7" w:rsidRPr="0023455B" w:rsidRDefault="0023455B" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.vardhandboken.se/katetrar-sonder-och-dran/picc-line/indikationer-och-kontraindikationer/"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="0023455B">
+      <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>PICC</w:t>
       </w:r>
       <w:bookmarkStart w:id="123" w:name="_Hlt19600271"/>
       <w:bookmarkStart w:id="124" w:name="_Hlt19600272"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
-        <w:t>line</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Indikatio</w:t>
+        <w:t>line Indikatio</w:t>
       </w:r>
       <w:bookmarkStart w:id="125" w:name="_Hlt19599876"/>
       <w:bookmarkEnd w:id="125"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>ner och kontraindikationer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5143BB9D" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00197AAA" w:rsidRDefault="005D56F7" w:rsidP="4E2A44BE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023455B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="00197AAA">
@@ -3337,172 +3291,148 @@
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005D56F7" w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Subkutan</w:t>
       </w:r>
       <w:bookmarkStart w:id="130" w:name="_Hlt19600329"/>
       <w:bookmarkStart w:id="131" w:name="_Hlt19600330"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
-        <w:t>venport</w:t>
-[...6 lines deleted...]
-        <w:t>: Indikation</w:t>
+        <w:t>venport: Indikation</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="132" w:name="_Hlk94183291"/>
     <w:p w14:paraId="35406F40" w14:textId="0ACD87E1" w:rsidR="005D56F7" w:rsidRPr="008A6B6B" w:rsidRDefault="00197AAA" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="005D56F7" w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
-        <w:t xml:space="preserve">Perifer långtidskateter - </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Perifer långtidskateter - Midline </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="133" w:name="_Toc526860116"/>
     <w:bookmarkStart w:id="134" w:name="_Toc526860282"/>
     <w:bookmarkStart w:id="135" w:name="_Toc256000023"/>
     <w:bookmarkStart w:id="136" w:name="_Toc256000050"/>
     <w:bookmarkStart w:id="137" w:name="_Toc256000077"/>
     <w:bookmarkStart w:id="138" w:name="_Toc27056913"/>
     <w:bookmarkStart w:id="139" w:name="_Toc29977798"/>
     <w:bookmarkStart w:id="140" w:name="_Toc256000033"/>
     <w:bookmarkStart w:id="141" w:name="_Toc97295325"/>
     <w:bookmarkStart w:id="142" w:name="_Toc256000097"/>
     <w:bookmarkEnd w:id="129"/>
     <w:bookmarkEnd w:id="132"/>
     <w:p w14:paraId="03F8BAF4" w14:textId="741B8978" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="00197AAA" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkStart w:id="143" w:name="_Toc160008857"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005D56F7" w:rsidRPr="005D56F7">
         <w:t>Inläggningsteknik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7828C7CD" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:bookmarkStart w:id="144" w:name="_Toc12631046"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Följ för:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="144"/>
     </w:p>
     <w:p w14:paraId="4F860745" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="145" w:name="_Toc27056914"/>
       <w:bookmarkStart w:id="146" w:name="_Toc29977799"/>
       <w:bookmarkStart w:id="147" w:name="_Toc256000034"/>
       <w:bookmarkStart w:id="148" w:name="_Toc97295326"/>
       <w:bookmarkStart w:id="149" w:name="_Toc256000098"/>
       <w:bookmarkStart w:id="150" w:name="_Toc160008858"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Centrala infarter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
@@ -3516,75 +3446,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Riktlinje: </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="007642D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Cen</w:t>
         </w:r>
         <w:bookmarkStart w:id="151" w:name="_Hlt19600390"/>
         <w:r w:rsidRPr="007642D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
         <w:bookmarkEnd w:id="151"/>
         <w:r w:rsidRPr="007642D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>ral venös infart (CVI) - inläggning och skö</w:t>
-[...23 lines deleted...]
-          <w:t>d SÄS</w:t>
+          <w:t>ral venös infart (CVI) - inläggning och skötsel vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007642D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">och </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00B23F92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Centr</w:t>
         </w:r>
         <w:bookmarkStart w:id="152" w:name="_Hlt19600493"/>
         <w:bookmarkStart w:id="153" w:name="_Hlt19600494"/>
         <w:r w:rsidRPr="00B23F92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
         <w:bookmarkEnd w:id="152"/>
         <w:bookmarkEnd w:id="153"/>
@@ -3621,114 +3527,93 @@
           <w:t>s</w:t>
         </w:r>
         <w:bookmarkStart w:id="158" w:name="_Hlt19600478"/>
         <w:bookmarkStart w:id="159" w:name="_Hlt19600479"/>
         <w:r w:rsidRPr="00B23F92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:bookmarkEnd w:id="158"/>
         <w:bookmarkEnd w:id="159"/>
         <w:r w:rsidRPr="00B23F92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>infart, CVK/CDK, checklista för inläggning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="46D6E99A" w14:textId="7B534E9F" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vårdhandboken: </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="00B23F92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>PICC-</w:t>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
+          <w:t>PICC-line</w:t>
+        </w:r>
       </w:hyperlink>
       <w:bookmarkStart w:id="160" w:name="_Hlt19600525"/>
       <w:bookmarkStart w:id="161" w:name="_Hlt19600526"/>
       <w:r w:rsidRPr="00B23F92">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:r w:rsidRPr="00B23F92">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> Förberedelser och inläggning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DCC9BDA" w14:textId="052F0ED2" w:rsidR="005D56F7" w:rsidRPr="00886AE4" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Neonatalavdelnings rutin: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="005B2146">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>PCVK (p</w:t>
-[...11 lines deleted...]
-          <w:t>rkutan c</w:t>
+          <w:t>PCVK (perkutan c</w:t>
         </w:r>
         <w:bookmarkStart w:id="162" w:name="_Hlt19600645"/>
         <w:bookmarkStart w:id="163" w:name="_Hlt19600646"/>
         <w:r w:rsidRPr="005B2146">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
         <w:bookmarkEnd w:id="162"/>
         <w:bookmarkEnd w:id="163"/>
         <w:r w:rsidRPr="005B2146">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>ntral venkateter)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6D83E20B" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00886AE4" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
@@ -3850,143 +3735,101 @@
         </w:rPr>
         <w:t>Märkning av in- och utfartsvägar</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="36AAA4CF" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="008A6B6B" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A6B6B">
         <w:t xml:space="preserve">Vårdhandboken: </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="008A6B6B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Perifer långtidskateter - </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="008A6B6B">
+          <w:t>Perifer långtidskateter - Midlin</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004A115E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Midlin</w:t>
-[...4 lines deleted...]
-          </w:rPr>
           <w:t>e</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="008A6B6B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4B8176EF" w14:textId="64CE0F9C" w:rsidR="005D56F7" w:rsidRPr="008A6B6B" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A6B6B">
         <w:t xml:space="preserve">SÄS, rutin: </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
         <w:r w:rsidRPr="008A6B6B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Perifer lån</w:t>
-[...25 lines deleted...]
-          <w:t>-kateter)</w:t>
+          <w:t>Perifer långtidskateter (Midline-kateter)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="40BC9194" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="4E2A44BE">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="177" w:name="_Toc27056916"/>
       <w:bookmarkStart w:id="178" w:name="_Toc29977801"/>
       <w:bookmarkStart w:id="179" w:name="_Toc256000036"/>
       <w:bookmarkStart w:id="180" w:name="_Toc97295328"/>
       <w:bookmarkStart w:id="181" w:name="_Toc256000100"/>
       <w:bookmarkStart w:id="182" w:name="_Toc160008860"/>
       <w:r w:rsidRPr="008A6B6B">
         <w:t>Märkning av venösa infarter (PVK, CVK) vid</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> akut </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> situation</w:t>
+        <w:t xml:space="preserve"> akut osteril situation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
     </w:p>
     <w:p w14:paraId="1D29C40B" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
         <w:t>När man vid en akut situation tvingas att lägga in en kateter med bristande sterilitet ska förbandet markeras med ett kryss (X) och märkas med klockslag och datum. Infarten ska tas bort snarast (inom max 24 timmar) och vid behov ersättas med en ny infart som sätts med steril rutin.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66529556" w14:textId="196A9B4B" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32A56067" wp14:editId="08900DB5">
             <wp:extent cx="3600450" cy="1876425"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -4056,63 +3899,51 @@
     <w:p w14:paraId="44406466" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
         <w:t>Utvärdera minst dagligen indikationen för venös infart. Den ska snarast avlägsnas om den medicinska indikationen inte kvarstår. Dokumentera i Melior.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75586C40" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
         <w:t>Följ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C3DD33A" w14:textId="508658FE" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sjukhusövergripande riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00E24918">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>C</w:t>
-[...11 lines deleted...]
-          <w:t xml:space="preserve">ntral </w:t>
+          <w:t xml:space="preserve">Central </w:t>
         </w:r>
         <w:bookmarkStart w:id="189" w:name="_Hlt19600855"/>
         <w:bookmarkStart w:id="190" w:name="_Hlt19600856"/>
         <w:r w:rsidRPr="00E24918">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>v</w:t>
         </w:r>
         <w:bookmarkEnd w:id="189"/>
         <w:bookmarkEnd w:id="190"/>
         <w:r w:rsidRPr="00E24918">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>enös infart (CVI) - inläggning och skötsel vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADD3B33" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="008A6B6B" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
@@ -4150,81 +3981,72 @@
       <w:r w:rsidRPr="008A6B6B">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>vande</w:t>
       </w:r>
       <w:r w:rsidRPr="008A6B6B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2434F948" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="008A6B6B" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A6B6B">
         <w:t xml:space="preserve">Vårdhandboken: </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
         <w:r w:rsidRPr="008A6B6B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Perifer långtidskateter - </w:t>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
+          <w:t>Perifer långtidskateter - Midline</w:t>
+        </w:r>
         <w:r w:rsidRPr="008A6B6B">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="437F164B" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="193" w:name="_Toc27056918"/>
       <w:bookmarkStart w:id="194" w:name="_Toc29977803"/>
       <w:bookmarkStart w:id="195" w:name="_Toc256000052"/>
       <w:bookmarkStart w:id="196" w:name="_Toc97295330"/>
       <w:bookmarkStart w:id="197" w:name="_Toc256000102"/>
       <w:bookmarkStart w:id="198" w:name="_Toc160008862"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentera åtgärder vid inläggning och handhavande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
     </w:p>
     <w:p w14:paraId="7D871EAC" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00D255CC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="199" w:name="_Toc27056919"/>
       <w:bookmarkStart w:id="200" w:name="_Toc29977804"/>
       <w:bookmarkStart w:id="201" w:name="_Toc256000053"/>
       <w:bookmarkStart w:id="202" w:name="_Toc97295331"/>
       <w:bookmarkStart w:id="203" w:name="_Toc256000103"/>
       <w:bookmarkStart w:id="204" w:name="_Toc160008863"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Central infart</w:t>
       </w:r>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
@@ -4251,63 +4073,51 @@
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Central infa</w:t>
         </w:r>
         <w:bookmarkStart w:id="205" w:name="_Hlt19600947"/>
         <w:bookmarkStart w:id="206" w:name="_Hlt19600948"/>
         <w:bookmarkStart w:id="207" w:name="_Hlt19600953"/>
         <w:bookmarkStart w:id="208" w:name="_Hlt19600954"/>
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>r</w:t>
         </w:r>
         <w:bookmarkEnd w:id="205"/>
         <w:bookmarkEnd w:id="206"/>
         <w:bookmarkEnd w:id="207"/>
         <w:bookmarkEnd w:id="208"/>
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">t i </w:t>
-[...11 lines deleted...]
-          <w:t>elior</w:t>
+          <w:t>t i Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D56F7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C144B4D" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="209" w:name="_Toc27056920"/>
       <w:bookmarkStart w:id="210" w:name="_Toc29977805"/>
       <w:bookmarkStart w:id="211" w:name="_Toc256000054"/>
       <w:bookmarkStart w:id="212" w:name="_Toc97295332"/>
       <w:bookmarkStart w:id="213" w:name="_Toc256000104"/>
       <w:bookmarkStart w:id="214" w:name="_Toc160008864"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Perifer venkateter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
@@ -4422,86 +4232,70 @@
       </w:hyperlink>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>PI</w:t>
         </w:r>
         <w:bookmarkStart w:id="231" w:name="_Hlt19601102"/>
         <w:bookmarkStart w:id="232" w:name="_Hlt19601103"/>
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>C</w:t>
         </w:r>
         <w:bookmarkEnd w:id="231"/>
         <w:bookmarkEnd w:id="232"/>
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>C-</w:t>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
+          <w:t>C-line</w:t>
+        </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D56F7">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve">Perifer långtidskateter - </w:t>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
+          <w:t>Perifer långtidskateter - Midline</w:t>
+        </w:r>
         <w:r w:rsidRPr="005D56F7">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">och </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>CD</w:t>
         </w:r>
         <w:bookmarkStart w:id="233" w:name="_Hlt19601112"/>
         <w:bookmarkStart w:id="234" w:name="_Hlt19601113"/>
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>K</w:t>
@@ -4563,59 +4357,51 @@
       <w:bookmarkEnd w:id="246"/>
     </w:p>
     <w:p w14:paraId="38626255" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00D255CC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="247" w:name="_Toc27056925"/>
       <w:bookmarkStart w:id="248" w:name="_Toc29977810"/>
       <w:bookmarkStart w:id="249" w:name="_Toc256000059"/>
       <w:bookmarkStart w:id="250" w:name="_Toc97295337"/>
       <w:bookmarkStart w:id="251" w:name="_Toc256000109"/>
       <w:bookmarkStart w:id="252" w:name="_Toc160008869"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Blododling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
     </w:p>
     <w:p w14:paraId="3163233B" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
-        <w:t xml:space="preserve">Patient med central infart: Följ instruktion i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> avsnitt </w:t>
+        <w:t xml:space="preserve">Patient med central infart: Följ instruktion i Vårdhandbokens avsnitt </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Central venkateter under rubrik ”Blodpro</w:t>
         </w:r>
         <w:bookmarkStart w:id="253" w:name="_Hlt19601152"/>
         <w:bookmarkStart w:id="254" w:name="_Hlt19601153"/>
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>v</w:t>
         </w:r>
         <w:bookmarkEnd w:id="253"/>
         <w:bookmarkEnd w:id="254"/>
         <w:r w:rsidRPr="0043063E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> och blododling via CVK</w:t>
         </w:r>
       </w:hyperlink>
@@ -4674,127 +4460,102 @@
       <w:bookmarkEnd w:id="255"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Kateterspets</w:t>
       </w:r>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="412C8AB2" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
         <w:t>Odling på kateterspets kombineras med blod</w:t>
       </w:r>
       <w:r w:rsidRPr="005D56F7">
         <w:softHyphen/>
         <w:t>odling; tas vid misstanke på kateterrelaterad infektion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D1AE7F" w14:textId="4A088557" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Följ provtagningsanvisningar, Klinisk mikrobiologi: </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00694EF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Blododlin</w:t>
-[...11 lines deleted...]
-          <w:t xml:space="preserve"> - Södra Älvsborgs Sjukhus</w:t>
+          <w:t>Blododling - Södra Älvsborgs Sjukhus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D56F7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B202430" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="262" w:name="_Toc27056927"/>
       <w:bookmarkStart w:id="263" w:name="_Toc29977812"/>
       <w:bookmarkStart w:id="264" w:name="_Toc256000061"/>
       <w:bookmarkStart w:id="265" w:name="_Toc97295339"/>
       <w:bookmarkStart w:id="266" w:name="_Toc256000111"/>
       <w:bookmarkStart w:id="267" w:name="_Toc160008871"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Sårodling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
     </w:p>
     <w:p w14:paraId="7B192E69" w14:textId="370AF60C" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Från insticksställe: Följ provtagningsanvisning, Klinisk mikrobiologi: </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00694EF6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Sårodlin</w:t>
-[...11 lines deleted...]
-          <w:t>, ytliga sår</w:t>
+          <w:t>Sårodling, ytliga sår</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005D56F7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10165E58" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fyll i remissen noggrant och ange misstanke om </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D56F7">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -4861,59 +4622,51 @@
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">Avvikelser från riktlinjen ska  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3088D8D6" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t>registreras under Central infart/Komplikationer i Melior eller under rubriken Perifer venkateter, perifer långtidskateter i Melior</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CF36562" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">tas med vid genomgång av Gröna korset.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708519B2" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">registreras i </w:t>
-[...7 lines deleted...]
-        <w:t>. Ansvar för detta har den som upptäcker komplikationen.</w:t>
+        <w:t>registreras i MedControl. Ansvar för detta har den som upptäcker komplikationen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D37AB3D" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="282" w:name="_Toc27056930"/>
       <w:bookmarkStart w:id="283" w:name="_Toc29977815"/>
       <w:bookmarkStart w:id="284" w:name="_Toc256000078"/>
       <w:bookmarkStart w:id="285" w:name="_Toc97295342"/>
       <w:bookmarkStart w:id="286" w:name="_Toc256000114"/>
       <w:bookmarkStart w:id="287" w:name="_Toc160008874"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Infektionsverktyget - Registrering vid antibiotikaordination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
     </w:p>
     <w:p w14:paraId="1BB11A74" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
         <w:t>Registrera som Vårdrelaterad (antingen ytlig postoperativ infektion eller sepsis).</w:t>
@@ -4943,561 +4696,394 @@
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53F34197" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
         <w:t>T80.2 CVK eller PVK-infektion anges som huvuddiagnos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="362825C8" w14:textId="7D791607" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r>
         <w:t xml:space="preserve">Tilläggskoden R65.1 (Svår sepsis) eller R57.2 (Septisk chock) om </w:t>
       </w:r>
       <w:r w:rsidR="4A552F90">
         <w:t>tillämpligt</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3E4106" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:r w:rsidRPr="005D56F7">
         <w:t>Orsakande agens från kapitel B95 - B97 som tilläggskod.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18515514" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
+    <w:p w14:paraId="18515514" w14:textId="5597D609" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="009C5CB0">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="295" w:name="_Toc27056932"/>
       <w:bookmarkStart w:id="296" w:name="_Toc29977817"/>
       <w:bookmarkStart w:id="297" w:name="_Toc256000080"/>
       <w:bookmarkStart w:id="298" w:name="_Toc97295344"/>
       <w:bookmarkStart w:id="299" w:name="_Toc256000116"/>
       <w:bookmarkStart w:id="300" w:name="_Toc160008876"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">Mätning av </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A2472" w:rsidRPr="005D56F7">
+        <w:t>Staphylococcus</w:t>
+      </w:r>
       <w:r w:rsidRPr="005D56F7">
-        <w:t>Stafylococcus</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> hos patienter med venös infart (varje månad)</w:t>
+        <w:t xml:space="preserve"> aureus bakteriemi hos patienter med venös infart (varje månad)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0339A833" w14:textId="09A7973D" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="4E2A44BE">
+    <w:p w14:paraId="0339A833" w14:textId="39602C6E" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="4E2A44BE">
       <w:r>
         <w:t>Månadsrapport</w:t>
       </w:r>
       <w:r w:rsidR="1F4E9881">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId39">
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidR="1F4E9881" w:rsidRPr="4E2A44BE">
+        <w:r w:rsidR="003A2472">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>2023-446</w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="1F4E9881" w:rsidRPr="4E2A44BE">
+          <w:t xml:space="preserve">VRI Staphylococcus aureus - Power BI </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="003A2472">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve"> VRI </w:t>
-[...6 lines deleted...]
-          <w:t>Staphylococcus</w:t>
+          <w:t>Report</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="1F4E9881" w:rsidRPr="4E2A44BE">
-[...27 lines deleted...]
-        <w:r w:rsidR="1F4E9881" w:rsidRPr="4E2A44BE">
+        <w:r w:rsidR="003A2472">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> Server</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> som administreras av Vårdhygien, SÄS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F66E63" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="005D56F7">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69F5BF34" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00D255CC">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="301" w:name="_Toc27056933"/>
       <w:bookmarkStart w:id="302" w:name="_Toc29977818"/>
       <w:bookmarkStart w:id="303" w:name="_Toc256000081"/>
       <w:r w:rsidRPr="005D56F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="304" w:name="_Toc97295345"/>
       <w:bookmarkStart w:id="305" w:name="_Toc256000117"/>
       <w:bookmarkStart w:id="306" w:name="_Toc160008877"/>
       <w:r w:rsidRPr="03BFD02D">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
     </w:p>
-    <w:p w14:paraId="13B52CAC" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00002E2F" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+    <w:p w14:paraId="35452BC1" w14:textId="77777777" w:rsidR="00804670" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00002E2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">För innehållet svarar </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="287F82D9" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00D255CC">
+        <w:t>För innehållet svarar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B52CAC" w14:textId="1DAF6943" w:rsidR="005D56F7" w:rsidRPr="00002E2F" w:rsidRDefault="00D508D0" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00804670">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rbetsgrupp</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D56F7" w:rsidRPr="00002E2F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE5C5A8" w14:textId="144EB541" w:rsidR="0057045B" w:rsidRDefault="0057045B" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:spacing w:after="20"/>
+      </w:pPr>
       <w:r w:rsidRPr="005D56F7">
-        <w:t>Maria Werner, vårdenhetsöverläkare, vårdhygien, SÄS</w:t>
-[...114 lines deleted...]
-        <w:br/>
         <w:t xml:space="preserve">Susanne </w:t>
       </w:r>
-      <w:r w:rsidR="00314B1E">
+      <w:r>
         <w:t>Roos</w:t>
       </w:r>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">, hygiensjuksköterska, vårdhygien, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1918F6D4" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00002E2F" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
-[...19 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="32DC87D6" w14:textId="69AC56FE" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:spacing w:after="20"/>
       </w:pPr>
       <w:r w:rsidRPr="005D56F7">
-        <w:rPr>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Linda Hallberg, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4A04">
+        <w:t>hygien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56F7">
+        <w:t xml:space="preserve">sjuksköterska, vårdhygien, SÄS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC956EF" w14:textId="36A29A2D" w:rsidR="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="002F53C1">
+      <w:pPr>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005D56F7">
+        <w:t xml:space="preserve">Maria Nelson, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4A04">
+        <w:t>hygien</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D56F7">
+        <w:t>sjuksköterska, vårdhygien, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C562B8" w14:textId="77777777" w:rsidR="000A31CA" w:rsidRPr="005D56F7" w:rsidRDefault="000A31CA" w:rsidP="002F53C1">
+      <w:pPr>
+        <w:spacing w:after="20"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="4322D0DB" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00002E2F" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00002E2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Fastställt av </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B33867" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00D255CC">
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">Jerker Nilson, chefläkare, SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B878EE6" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00002E2F" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00002E2F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Nyckelord </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A81F254" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00D255CC">
       <w:r w:rsidRPr="005D56F7">
-        <w:t>central venkateter, venkateter, kateter, CVI, CVK, CDK, PICC-</w:t>
+        <w:t xml:space="preserve">central venkateter, venkateter, kateter, CVI, CVK, CDK, PICC-line, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D56F7">
-        <w:t>line</w:t>
+        <w:t>PICClinekateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D56F7">
-        <w:t>PICClinekateter</w:t>
+        <w:t>piccline</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D56F7">
-        <w:t>piccline</w:t>
+        <w:t>picc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D56F7">
-        <w:t xml:space="preserve">, </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> line, subkutan venport, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>subcutan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D56F7">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> venport, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>venportar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005D56F7">
-        <w:t xml:space="preserve">, perifer, perifer venkateter, </w:t>
-[...7 lines deleted...]
-        <w:t>, PVK, infartsvägar, infarter, infektionsregistrering, registrering, vårdrelaterade infektioner, kateterodling, blododling, patientsäkerhet, avvikelser, rapportering, avvikelserapportering, avvikelsehantering, gröna korset, Gröna Korset</w:t>
+        <w:t>, perifer, perifer venkateter, venkatetrar, PVK, infartsvägar, infarter, infektionsregistrering, registrering, vårdrelaterade infektioner, kateterodling, blododling, patientsäkerhet, avvikelser, rapportering, avvikelserapportering, avvikelsehantering, gröna korset, Gröna Korset</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F2C3035" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="307" w:name="_Toc27056934"/>
       <w:bookmarkStart w:id="308" w:name="_Toc29977819"/>
       <w:bookmarkStart w:id="309" w:name="_Toc256000082"/>
       <w:bookmarkStart w:id="310" w:name="_Toc97295346"/>
       <w:bookmarkStart w:id="311" w:name="_Toc256000118"/>
-      <w:bookmarkStart w:id="312" w:name="_Toc419893121"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="323" w:name="_Toc160008878"/>
+      <w:bookmarkStart w:id="312" w:name="_Toc160008878"/>
+      <w:bookmarkStart w:id="313" w:name="_Toc419893121"/>
+      <w:bookmarkStart w:id="314" w:name="_Toc256000006"/>
+      <w:bookmarkStart w:id="315" w:name="_Toc256000014"/>
+      <w:bookmarkStart w:id="316" w:name="_Toc526860130"/>
+      <w:bookmarkStart w:id="317" w:name="_Toc526860296"/>
+      <w:bookmarkStart w:id="318" w:name="_Toc256000037"/>
+      <w:bookmarkStart w:id="319" w:name="_Toc256000064"/>
+      <w:bookmarkStart w:id="320" w:name="_Toc256000091"/>
+      <w:bookmarkStart w:id="321" w:name="_Toc169686209"/>
+      <w:bookmarkStart w:id="322" w:name="_Toc169686713"/>
+      <w:bookmarkStart w:id="323" w:name="_Toc182366123"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Referensförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
-      <w:bookmarkEnd w:id="323"/>
+      <w:bookmarkEnd w:id="312"/>
     </w:p>
     <w:p w14:paraId="0D42662E" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00AE156B" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE156B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Referenser och regelverk som riktlinjen baseras på:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="312"/>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
+      <w:bookmarkEnd w:id="320"/>
     </w:p>
     <w:p w14:paraId="638B4197" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00AE156B" w:rsidRDefault="005D56F7" w:rsidP="00C06AB4">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE156B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Patientsäkerhetslag (SFS 2010:659). Svensk författningssamling. </w:t>
       </w:r>
       <w:hyperlink r:id="rId40">
         <w:r w:rsidRPr="00AE156B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
@@ -5599,138 +5185,133 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320992DF" w14:textId="26F53AB2" w:rsidR="005D56F7" w:rsidRPr="00AE156B" w:rsidRDefault="005D56F7" w:rsidP="00C06AB4">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE156B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Socialstyrelsens föreskrifter och allmänna råd om ordination och hantering av läkemedel i hälso- och sjukvården (HSLF-FS 2017:37). Gemensamma författningssamlingen avseende hälso- och sjukvård, socialtjänst, läkemedel, folkhälsa m.m.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE156B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00AE156B" w:rsidRPr="00AE156B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3454402A" w14:textId="7ABF7035" w:rsidR="005D56F7" w:rsidRPr="00AE156B" w:rsidRDefault="005D56F7" w:rsidP="00C06AB4">
+    <w:p w14:paraId="3454402A" w14:textId="13D183CB" w:rsidR="005D56F7" w:rsidRPr="00AE156B" w:rsidRDefault="005D56F7" w:rsidP="00C06AB4">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE156B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Användning av medicintekniska produkter i hälso- och sjukvården (SOSFS 2008:1 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AE156B">
+        <w:t>Användning av medicintekniska produkter i hälso- och sjukvården (HSLF-FS 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00B846EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>inkl</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AE156B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ändringsförfattningar SOSFS 2013:6 HSLF-FS 2017:27). Socialstyrelsens författningssamling. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AE156B">
+        <w:t>1:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B846EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE156B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2). Socialstyrelsens författningssamling. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE156B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId45">
-        <w:r w:rsidRPr="00AE156B">
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r w:rsidR="00293028" w:rsidRPr="00B846EC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
-[...17 lines deleted...]
-          <w:t>081-om-anvandning-av-medicintekniska-produkter-i-halso--och-sjukvarden</w:t>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>HSLF-FS 2021:52 Socialstyrelsens föreskrifter om användning av medicintekniska produkter i hälso- och sjukvården - Socialstyrelsen</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1F2E6C38" w14:textId="22687D40" w:rsidR="005D56F7" w:rsidRPr="00AE156B" w:rsidRDefault="005D56F7" w:rsidP="00C06AB4">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE156B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Basal hygien i vård och omsorg (SOSFS 2015:10 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AE156B">
@@ -5757,674 +5338,567 @@
       </w:r>
       <w:hyperlink r:id="rId46">
         <w:r w:rsidRPr="00AE156B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.socialstyrelsen.se/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201510-om-basal-hygien-i-vard-och-omsorg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="68ADAE1D" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="005D56F7" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="324" w:name="_Toc256000038"/>
       <w:bookmarkStart w:id="325" w:name="_Toc256000065"/>
       <w:bookmarkStart w:id="326" w:name="_Toc256000092"/>
       <w:bookmarkStart w:id="327" w:name="_Toc27056935"/>
       <w:bookmarkStart w:id="328" w:name="_Toc29977820"/>
       <w:bookmarkStart w:id="329" w:name="_Toc256000083"/>
       <w:bookmarkStart w:id="330" w:name="_Toc97295347"/>
       <w:bookmarkStart w:id="331" w:name="_Toc256000119"/>
       <w:bookmarkStart w:id="332" w:name="_Toc160008879"/>
-      <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
+      <w:bookmarkEnd w:id="323"/>
       <w:r w:rsidRPr="005D56F7">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
       <w:bookmarkEnd w:id="326"/>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
       <w:bookmarkEnd w:id="332"/>
     </w:p>
     <w:p w14:paraId="69FD8059" w14:textId="1A0D6EBB" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Central venös infart (CVI) - inläggning och skötsel vid SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId47">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>htt</w:t>
-        </w:r>
+          <w:t>https://hittadokument.vgregion.se/sas</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D31D32A" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vårdhandboken, avsnitt PICC-line: Förberedelser och inläggning </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>p</w:t>
-        </w:r>
+          <w:t>www.vardhandboken.se/Texter/PICC</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId49">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>s://hittadokument.vgregion.se/sas</w:t>
+          <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00061618">
-[...38 lines deleted...]
-      <w:hyperlink r:id="rId48">
+      <w:hyperlink r:id="rId50">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>www.vardhandboken.se/Texter/PICC</w:t>
+          <w:t>line/Forberedelser</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId49">
+      <w:hyperlink r:id="rId51">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId50">
+      <w:hyperlink r:id="rId52">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>line/Forberedelser</w:t>
+          <w:t>och</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId51">
+      <w:hyperlink r:id="rId53">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId52">
+      <w:hyperlink r:id="rId54">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>och</w:t>
+          <w:t>inlaggning</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId53">
+      <w:hyperlink r:id="rId55">
+        <w:r w:rsidRPr="00061618">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="082F865D" w14:textId="4146647E" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Centralvenös infart, CVK/CDK, checklista för inläggning. Sjukhusövergripande checklista, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId56">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>-</w:t>
+          <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId54">
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22425B27" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PCVK (perkutan central venkateter) neonatalavdelning. Intern rutin vid neonatalavdelningen, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId57">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>inlaggning</w:t>
+          <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId55">
-[...11 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+      <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00061618">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66AFB7F0" w14:textId="095A0476" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="00563006" w:rsidP="000A31CA">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Centralvenös infart, CVK/CDK, checklista för inläggning. Sjukhusövergripande checklista, SÄS </w:t>
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Central infart och Perifer långtidskateter i Melior</w:t>
+      </w:r>
+      <w:r w:rsidR="005D56F7" w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sjukhusövergripande rutin, SÄS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId56">
-        <w:r w:rsidRPr="00061618">
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidR="00AF4691">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://hit</w:t>
-        </w:r>
+          <w:t>https://hittadokument.vgregion.se/sas</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7E306B0B" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vårdhandboken, avsnitt PICC-line under rubrik Handhavande, avsnitt Inspektion.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId59">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>t</w:t>
-        </w:r>
+          <w:t>www.vardhandboken.se/Texter/PICC</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId60">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>adokument.vgregion.se/sas</w:t>
+          <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00061618">
-[...30 lines deleted...]
-      <w:hyperlink r:id="rId57">
+      <w:hyperlink r:id="rId61">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://hittadokument.vgregion.se/sas</w:t>
+          <w:t>line/Handhavande</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00061618">
+      <w:hyperlink r:id="rId62">
+        <w:r w:rsidRPr="00061618">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="228784AD" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Vårdhandboken, avsnitt Perifer långtidskateter.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Central infart och Perifer långtidskateter i Melior</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
-        <w:r w:rsidR="00EA784B" w:rsidRPr="00061618">
+      <w:hyperlink r:id="rId63">
+        <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://hittadoku</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00EA784B" w:rsidRPr="00061618">
+          <w:t>www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="43F9A81B" w14:textId="332D05A4" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vårdhandboken, avsnitt Central venkateter under rubrik Omläggning och kranbyte. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId64" w:history="1">
+        <w:r w:rsidR="007B612F" w:rsidRPr="008C6232">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>m</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00EA784B" w:rsidRPr="00061618">
+          <w:t>Omläggning och kranbyte - Vårdhandboken</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:hyperlink r:id="rId65">
+        <w:r w:rsidRPr="008C6232">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5BB2E3AE" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vårdhandboken, avsnitt Central venkateter under rubrik ”Blodprov och blododling via CVK” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00061618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId66">
+        <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>ent.vgregion.se/sas</w:t>
+          <w:t>www.vardhandboken.se/Texter/Central-venkateter/Blodprov-och-blododling</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005D56F7" w:rsidRPr="00061618">
+    </w:p>
+    <w:p w14:paraId="78D57C2C" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Vårdhandbokenavsnitt, avsnitt perifer venkateter</w:t>
+      </w:r>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Vårdhandboken, avsnitt PICC-</w:t>
-[...21 lines deleted...]
-        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId59">
+      <w:hyperlink r:id="rId67">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>www.vardhandboken.se/Texter/PICC</w:t>
+          <w:t>www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/oversikt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId60">
-[...145 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId68">
-        <w:r w:rsidRPr="00061618">
-[...41 lines deleted...]
-      <w:hyperlink r:id="rId70">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/inlaggning-och-avlagsnande/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3109AEC1" w14:textId="77777777" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Vårdhandboken, avsnitt Märkning av in- och utfartsvägar</w:t>
       </w:r>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId71">
+      <w:hyperlink r:id="rId69">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>www.vardhandboken.se/katetrar-sonder-och-dran/markning-av-in--och-</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>utfartsvagar</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>/</w:t>
@@ -6442,223 +5916,183 @@
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5B81E4DF" w14:textId="1552841A" w:rsidR="005D56F7" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="4E2A44BE">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Klinisk Mikrobiologen, SÄS. Provtagningsanvisningar blododling</w:t>
       </w:r>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId72">
+      <w:hyperlink r:id="rId70">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/blododlingsårsekret</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="03AD4FFF" w14:textId="6AE56237" w:rsidR="00061618" w:rsidRPr="00061618" w:rsidRDefault="005D56F7" w:rsidP="00002E2F">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Klinisk Mikrobiologi, SÄS. Provtagningsanvisningar sårsekret</w:t>
       </w:r>
       <w:r w:rsidRPr="00061618">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId73">
+      <w:hyperlink r:id="rId71">
         <w:r w:rsidRPr="00061618">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sarsekret/</w:t>
-        </w:r>
-[...38 lines deleted...]
-          <w:t>https://sas.vgregion.se/vardgivare/analyslista/provtagningsanvisningar2/klinisk-mikrobiologi/blododling/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="76B9F95B" w14:textId="24513497" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00536A5A" w:rsidP="00536A5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="005D56F7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CA2F2B7" w14:textId="77777777" w:rsidR="009F65D5" w:rsidRDefault="009F65D5">
+    <w:p w14:paraId="3FF0F3F9" w14:textId="77777777" w:rsidR="004453B4" w:rsidRDefault="004453B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6637B3CF" w14:textId="77777777" w:rsidR="009F65D5" w:rsidRDefault="009F65D5">
+    <w:p w14:paraId="52F82438" w14:textId="77777777" w:rsidR="004453B4" w:rsidRDefault="004453B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6DE07DF0" w14:textId="77777777" w:rsidR="009F65D5" w:rsidRDefault="009F65D5">
+    <w:p w14:paraId="4FDA1F0B" w14:textId="77777777" w:rsidR="004453B4" w:rsidRDefault="004453B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -6666,89 +6100,89 @@
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
@@ -6777,51 +6211,51 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -6855,87 +6289,87 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EEAF5B7" w14:textId="77777777" w:rsidR="009F65D5" w:rsidRDefault="009F65D5"/>
+    <w:p w14:paraId="79A1872E" w14:textId="77777777" w:rsidR="004453B4" w:rsidRDefault="004453B4"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50DAC8AA" w14:textId="77777777" w:rsidR="009F65D5" w:rsidRDefault="009F65D5">
+    <w:p w14:paraId="606EE25B" w14:textId="77777777" w:rsidR="004453B4" w:rsidRDefault="004453B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6138951B" w14:textId="77777777" w:rsidR="009F65D5" w:rsidRDefault="009F65D5">
+    <w:p w14:paraId="1473237B" w14:textId="77777777" w:rsidR="004453B4" w:rsidRDefault="004453B4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -6959,106 +6393,106 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="30FEECAA">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -7082,93 +6516,93 @@
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="69B22502">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="Bild 1">
@@ -7211,64 +6645,64 @@
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
-    <int2:textHash int2:hashCode="r1CrnM7ETj2uE/" int2:id="QTxIu8un">
+    <int2:textHash int2:hashCode="vrVbQTj7lKANba" int2:id="AVNOifh3">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
-    <int2:textHash int2:hashCode="vrVbQTj7lKANba" int2:id="AVNOifh3">
+    <int2:textHash int2:hashCode="r1CrnM7ETj2uE/" int2:id="QTxIu8un">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9716,534 +9150,586 @@
   <w:num w:numId="9" w16cid:durableId="1041397720">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1685597659">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2038693980">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1348020517">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1934319134">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00002E2F"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="0002435C"/>
+    <w:rsid w:val="0002658B"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00043A70"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061618"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="00095FD9"/>
+    <w:rsid w:val="000A31CA"/>
     <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F64BD"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="001518D0"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00153AA0"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184ECB"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="00197AAA"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4A5F"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00223EF0"/>
     <w:rsid w:val="0023455B"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00240034"/>
     <w:rsid w:val="00242E5D"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
+    <w:rsid w:val="00293028"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
+    <w:rsid w:val="002F53C1"/>
     <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="002F76AF"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00314B1E"/>
     <w:rsid w:val="0031F9AE"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="00361CBC"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003A2472"/>
     <w:rsid w:val="003B0ED2"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003C2296"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00426986"/>
     <w:rsid w:val="0043063E"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00443C1E"/>
+    <w:rsid w:val="004453B4"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A115E"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004F2CAD"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F71BF"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00563006"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057045B"/>
+    <w:rsid w:val="005711B2"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005826FA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005B2146"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D56F7"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="00625536"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="00627D1F"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00675A93"/>
     <w:rsid w:val="00694EF6"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B5DE7"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00725816"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="0075276A"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="007642D5"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
+    <w:rsid w:val="00786615"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00792DA5"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B612F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D6065"/>
+    <w:rsid w:val="007E3A25"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00804670"/>
     <w:rsid w:val="00807589"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="0083499F"/>
     <w:rsid w:val="00835BC3"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00886AE4"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A6B6B"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C6232"/>
     <w:rsid w:val="008C7F2A"/>
+    <w:rsid w:val="008D5E74"/>
     <w:rsid w:val="008D6E63"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="00943C08"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00967F10"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009A2ED0"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C5CB0"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F65D5"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE156B"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AF4691"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B23F92"/>
+    <w:rsid w:val="00B25296"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B3798C"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B648A6"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
+    <w:rsid w:val="00B846EC"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BE0C15"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF6613"/>
     <w:rsid w:val="00C06AB4"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF55E1"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D255CC"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
+    <w:rsid w:val="00D508D0"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D52418"/>
+    <w:rsid w:val="00D765AA"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D878AA"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DD2BE0"/>
+    <w:rsid w:val="00DD538C"/>
+    <w:rsid w:val="00DD7088"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00DF17B4"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E24918"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
+    <w:rsid w:val="00EA1253"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EA784B"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EB7405"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED427A"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F049E2"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F65BAD"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA4A04"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC2E06"/>
     <w:rsid w:val="00FC39D2"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE220C"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="0220849A"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="03A905B0"/>
     <w:rsid w:val="03BFD02D"/>
     <w:rsid w:val="0AD8E5A0"/>
+    <w:rsid w:val="0F0F0411"/>
     <w:rsid w:val="1303DD7D"/>
     <w:rsid w:val="13108444"/>
     <w:rsid w:val="14B3B5D4"/>
     <w:rsid w:val="163B7E3F"/>
     <w:rsid w:val="184E3B3F"/>
     <w:rsid w:val="1915FBD4"/>
     <w:rsid w:val="1AB1CC35"/>
     <w:rsid w:val="1F4E9881"/>
     <w:rsid w:val="2C2C13CC"/>
     <w:rsid w:val="2D626FCE"/>
     <w:rsid w:val="322B1093"/>
     <w:rsid w:val="352AE8A4"/>
     <w:rsid w:val="35DE26E3"/>
     <w:rsid w:val="3CBAC295"/>
     <w:rsid w:val="45677E2B"/>
     <w:rsid w:val="458B9303"/>
     <w:rsid w:val="4634CF61"/>
     <w:rsid w:val="4A552F90"/>
     <w:rsid w:val="4BA25666"/>
     <w:rsid w:val="4CD35593"/>
     <w:rsid w:val="4E2A44BE"/>
     <w:rsid w:val="50CEF93F"/>
     <w:rsid w:val="526AC9A0"/>
     <w:rsid w:val="53B4D412"/>
     <w:rsid w:val="53E7F8B2"/>
@@ -10254,75 +9740,75 @@
     <w:rsid w:val="644080E5"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="64DD7C6F"/>
     <w:rsid w:val="66B25B25"/>
     <w:rsid w:val="6AA69DA2"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="71A534FA"/>
     <w:rsid w:val="749147E7"/>
     <w:rsid w:val="74B1072A"/>
     <w:rsid w:val="756AABE7"/>
     <w:rsid w:val="7D4C54C0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
+  <w15:docId w15:val="{DD81342E-6696-4459-9EAE-F288B277A15E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10659,52 +10145,51 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="005D56F7"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6392"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
@@ -12892,51 +12377,51 @@
     <w:qFormat/>
     <w:rsid w:val="00314B1E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="80" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12964,51 +12449,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1304851724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-504/SURROGATE/Central%20ven%c3%b6s%20infart%20(CVI)%20-%20inl%c3%a4ggning%20och%20sk%c3%b6tsel%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pbirs.vgregion.se/reports_pbirs/powerbi/sj%C3%A4lvbetj%C3%A4ning/s%C3%84s/Standarduppf%C3%B6ljning/Patient%20och%20kvalitet/Kvalitet/2023-446%20VRI%20Staphylococcus%20aureus?rs:embed=true" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9003-1367181295-513/surrogate/PCVK%20(perkutan%20central%20venkateter)%20%e2%80%93%20neonatal.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/halso--och-sjukvardslag_sfs-2017-30" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-504/SURROGATE/Central%20ven%c3%b6s%20infart%20(CVI)%20-%20inl%c3%a4ggning%20och%20sk%c3%b6tsel%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Central-venkateter/Blodprov-och-blododling" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/katetrar-sonder-och-dran/markning-av-in--och-utfartsvagar/oversikt" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/handhavande/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/blododling/" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20081-om-anvandning-av-medicintekniska-produkter-i-halso--och-sjukvarden" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hittadokument.vgregion.se/sas" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Central-venkateter/Omlaggning/" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/analyslista/provtagningsanvisningar2/klinisk-mikrobiologi/blododling/" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/inlaggning-och-avlagsnande/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/handhavande/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/blodprov-och-blododling-via-cvk/" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9003-1367181295-513/surrogate" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Handhavande" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-505/SURROGATE/Centralven%c3%b6s%20infart%2c%20CVK-CDK%2c%20checklista%20f%c3%b6r%20inl%c3%a4ggning.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/handhavande/" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Handhavande" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Central-venkateter/Omlaggning/" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sarsekret/" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/markning-av-in--och-utfartsvagar/oversikt/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-504/SURROGATE/Central%20ven%c3%b6s%20infart%20(CVI)%20-%20inl%c3%a4ggning%20och%20sk%c3%b6tsel%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-236/SURROGATE/Central%20infart%20och%20Perifer%20l%c3%a5ngtidskateter%20i%20Melior.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/dialys/dialys-hemodialys/cdk-omlaggning-och-anvandning/" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/halso--och-sjukvardslag_sfs-2017-30" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-505/SURROGATE/Centralven%c3%b6s%20infart%2c%20CVK-CDK%2c%20checklista%20f%c3%b6r%20inl%c3%a4ggning.pdf" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Central" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/oversikt" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/blododling/" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/indikationer-material-och-patientinformation/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-303/SURROGATE/Perifer%20l%c3%a5ngtidskateter%20(Midline-kateter)%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/picc-line/handhavande/" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sarsekret/" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201510-om-basal-hygien-i-vard-och-omsorg/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Handhavande" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Central-venkateter/Omlaggning/" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Handhavande" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/inlaggning-och-avlagsnande/" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9003-1367181295-513/surrogate/PCVK%20(perkutan%20central%20venkateter)%20%e2%80%93%20neonatal.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/halso--och-sjukvardslag_sfs-2017-30" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-504/SURROGATE/Central%20ven%c3%b6s%20infart%20(CVI)%20-%20inl%c3%a4ggning%20och%20sk%c3%b6tsel%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/inlaggning-och-avlagsnande/" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/handhavande/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/blododling/" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/publikationer/hslf-fs-202152-socialstyrelsens-foreskrifter-om-anvandning-av-medicintekniska-produkter-i-halso--och-sjukvarden-2021-6-7503/" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-236/surrogate/Central%20infart%20och%20Perifer%20l%c3%a5ngtidskateter%20i%20Melior.pdf" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Central-venkateter/Blodprov-och-blododling" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Handhavande" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-505/SURROGATE/Centralven%c3%b6s%20infart%2c%20CVK-CDK%2c%20checklista%20f%c3%b6r%20inl%c3%a4ggning.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/markning-av-in--och-utfartsvagar/oversikt/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-504/SURROGATE/Central%20ven%c3%b6s%20infart%20(CVI)%20-%20inl%c3%a4ggning%20och%20sk%c3%b6tsel%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-236/SURROGATE/Central%20infart%20och%20Perifer%20l%c3%a5ngtidskateter%20i%20Melior.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/dialys/dialys-hemodialys/cdk-omlaggning-och-anvandning/" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/halso--och-sjukvardslag_sfs-2017-30" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-505/SURROGATE/Centralven%c3%b6s%20infart%2c%20CVK-CDK%2c%20checklista%20f%c3%b6r%20inl%c3%a4ggning.pdf" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/omlaggning-och-kranbyte/" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/katetrar-sonder-och-dran/markning-av-in--och-utfartsvagar/oversikt" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/indikationer-material-och-patientinformation/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-303/SURROGATE/Perifer%20l%c3%a5ngtidskateter%20(Midline-kateter)%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/picc-line/handhavande/" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sarsekret/" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201510-om-basal-hygien-i-vard-och-omsorg/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Handhavande" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/oversikt" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning/" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-lagar/dokument/svensk-forfattningssamling/patientsakerhetslag-2010659_sfs-2010-659" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Handhavande" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/blododling/" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/inlaggning-och-avlagsnande/" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/handhavande/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/central-venkateter/blodprov-och-blododling-via-cvk/" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9003-1367181295-513/surrogate" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/handhavande/" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Handhavande" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Central-venkateter/Omlaggning/" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-504/SURROGATE/Central%20ven%c3%b6s%20infart%20(CVI)%20-%20inl%c3%a4ggning%20och%20sk%c3%b6tsel%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pbirs.vgregion.se/reports_pbirs/powerbi/sj%C3%A4lvbetj%C3%A4ning/s%C3%84s/egen%20uppf%C3%B6ljning/Infektion%20och%20v%C3%A5rdhygien/VRI%20SAB/2023-446%20VRI%20Staphylococcus%20aureus" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardhandboken.se/katetrar-sonder-och-dran/perifer-venkateter/perifer-langtidskateter---midline/" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/PICC-line/Forberedelser-och-inlaggning" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/sarsekret/" TargetMode="External" Id="rId71" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -13301,59 +12786,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>Dok_med_omslag_sd_red.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>19252</Characters>
+  <Pages>1</Pages>
+  <Words>3433</Words>
+  <Characters>18196</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>160</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>151</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22839</CharactersWithSpaces>
+  <CharactersWithSpaces>21586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Venösa infarter – Förebyggande av infektioner vid SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Mona Johansson</lastModifiedBy>
+  <revision>70</revision>
+  <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>