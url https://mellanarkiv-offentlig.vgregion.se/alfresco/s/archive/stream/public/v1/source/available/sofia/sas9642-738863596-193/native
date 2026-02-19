--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -6,227 +6,226 @@
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="747DC68E" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="000D356F">
       <w:pPr>
-        <w:pStyle w:val="Heading1"/>
+        <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Urinvägsinfektion - Förebygga och utreda vårdrelaterad UVI (VUVI) hos vuxna</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18372C0D" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="000D356F">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc374007356"/>
       <w:bookmarkStart w:id="2" w:name="_Toc391561515"/>
       <w:bookmarkStart w:id="3" w:name="_Toc256000000"/>
       <w:bookmarkStart w:id="4" w:name="_Toc256000026"/>
       <w:bookmarkStart w:id="5" w:name="_Toc160703569"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="17A1A8F2" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="000D356F">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Vårdrelaterad urinvägsinfektion (VUVI) är en vanlig </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> med ökad sjuklighet och kan leda till för tidig död.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDB0490" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="000D356F">
       <w:r w:rsidRPr="00504506">
         <w:t>Viktigast är följande åtgärder:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="004AC815" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="000D356F">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Minskad användningen av kateter a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>demeure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> (KAD). Strikt indikation för påbörjande och daglig utvärdering av pågående KAD behandling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FEA70D8" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="000D356F">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Rutiner för att diagnostisera, förebygga, behandla och utreda urinretention.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FF7F68B" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="000D356F">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Regelbunden utvärdering av följsamhet till riktlinjen med hjälp av bifogad granskningsmall.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0613E2DF" w14:textId="3FB5AA84" w:rsidR="000D356F" w:rsidRPr="000B2963" w:rsidRDefault="000D356F" w:rsidP="000D356F">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc160703570"/>
       <w:r w:rsidRPr="000B2963">
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="196EECC0" w14:textId="72B5D0C8" w:rsidR="000D356F" w:rsidRPr="000B2963" w:rsidRDefault="00BC2801" w:rsidP="000D356F">
-[...13 lines deleted...]
-        <w:t>!</w:t>
+    <w:p w14:paraId="196EECC0" w14:textId="40F528D5" w:rsidR="000D356F" w:rsidRPr="000B2963" w:rsidRDefault="00497D7F" w:rsidP="000D356F">
+      <w:r>
+        <w:t xml:space="preserve">Inga förändringar men </w:t>
+      </w:r>
+      <w:r w:rsidR="00306050">
+        <w:t xml:space="preserve">tidigarelagd ny revision kan bli aktuellt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00306050">
+        <w:t>pga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00306050">
+        <w:t xml:space="preserve"> kommande nationellt dokument</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16BA2630" w14:textId="2C459FE5" w:rsidR="00504506" w:rsidRPr="000D356F" w:rsidRDefault="00504506" w:rsidP="000D356F">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B2963">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="7" w:name="_Toc374007357"/>
     <w:bookmarkStart w:id="8" w:name="_Toc391561516"/>
     <w:bookmarkStart w:id="9" w:name="_Toc256000001"/>
     <w:bookmarkStart w:id="10" w:name="_Toc256000027"/>
     <w:p w14:paraId="3A88DC98" w14:textId="73F1482C" w:rsidR="000368A1" w:rsidRDefault="00AA4403">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc160703569" w:history="1">
         <w:r w:rsidR="000368A1" w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="000368A1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="000368A1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="000368A1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703569 \h </w:instrText>
@@ -240,64 +239,64 @@
         <w:r w:rsidR="000368A1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="000368A1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="000368A1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2F839992" w14:textId="1434DCD2" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703570" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703570 \h </w:instrText>
@@ -311,64 +310,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="66A75486" w14:textId="4A1C080B" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703571" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703571 \h </w:instrText>
@@ -382,64 +381,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3C627464" w14:textId="1AF95441" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703572" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703572 \h </w:instrText>
@@ -453,64 +452,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="281806C2" w14:textId="7F36B5B1" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703573" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703573 \h </w:instrText>
@@ -524,64 +523,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3CC7FF91" w14:textId="74DA32ED" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703574" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Verksamhetschefen</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703574 \h </w:instrText>
@@ -595,64 +594,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FA43544" w14:textId="43D34273" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703575" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvarig sjuksköterska</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703575 \h </w:instrText>
@@ -666,64 +665,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="399C5881" w14:textId="22FFD439" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703576" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703576 \h </w:instrText>
@@ -737,64 +736,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3DFC2ECC" w14:textId="4B368138" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703577" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1. Identifiera riskpatienter för VUVI</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703577 \h </w:instrText>
@@ -808,64 +807,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0E9C0B19" w14:textId="396726EA" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703578" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Riskpatienter är de med:</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703578 \h </w:instrText>
@@ -879,64 +878,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13628066" w14:textId="17FF5AEB" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703579" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2. Diagnostisera, förebygg och behandla urinretention korrekt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703579 \h </w:instrText>
@@ -950,64 +949,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="44E47304" w14:textId="1A5C547D" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703580" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3. Utred och behandla urininkontinens</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703580 \h </w:instrText>
@@ -1021,64 +1020,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B1D2F82" w14:textId="65F8A03B" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703581" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4. Indikation för urinkateter ska utvärderas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703581 \h </w:instrText>
@@ -1092,64 +1091,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79B4338A" w14:textId="2835566C" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703582" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5. Ge korrekt omvårdnad till patienter som behandlas med urinkateter</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703582 \h </w:instrText>
@@ -1163,64 +1162,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="112A2082" w14:textId="335FAEA1" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703583" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6. Dokumentation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703583 \h </w:instrText>
@@ -1234,64 +1233,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="182DD9F2" w14:textId="2B627614" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703584" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7. Diagnostik</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703584 \h </w:instrText>
@@ -1305,64 +1304,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="320ECDAA" w14:textId="4A1592C9" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703585" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definition av VUVI</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703585 \h </w:instrText>
@@ -1376,64 +1375,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7CF4C7CC" w14:textId="300CF799" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703586" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Provtagning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703586 \h </w:instrText>
@@ -1447,64 +1446,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="55A1E388" w14:textId="3F218AAE" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703587" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Urinodling</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703587 \h </w:instrText>
@@ -1518,64 +1517,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3EA2AD27" w14:textId="724D3011" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703588" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Intermittent kateterisering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703588 \h </w:instrText>
@@ -1589,64 +1588,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="01D9755B" w14:textId="464369C7" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703589" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kvarliggande kateter, via urinrör eller suprapubiskt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703589 \h </w:instrText>
@@ -1660,64 +1659,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0E77E2C7" w14:textId="5B2DDCE9" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703590" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8. Korrekt behandling</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703590 \h </w:instrText>
@@ -1731,64 +1730,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2843A10C" w14:textId="431C60E8" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC2"/>
+        <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703591" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703591 \h </w:instrText>
@@ -1802,64 +1801,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="45860F0B" w14:textId="0E25EA89" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703592" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mätetal</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703592 \h </w:instrText>
@@ -1873,64 +1872,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="42FBEFFD" w14:textId="3C4E86DD" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703593" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hur mäta?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703593 \h </w:instrText>
@@ -1944,64 +1943,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="56329254" w14:textId="4D5AD187" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC3"/>
+        <w:pStyle w:val="Innehll3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703594" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hur följa upp över tid?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703594 \h </w:instrText>
@@ -2015,64 +2014,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6D247D0D" w14:textId="67D597F0" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703595" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703595 \h </w:instrText>
@@ -2086,64 +2085,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2BDE4214" w14:textId="7141AD61" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703596" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referens- och länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc160703596 \h </w:instrText>
@@ -2157,64 +2156,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0899B18A" w14:textId="449F439C" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703597" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Granskningsmall</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
@@ -2229,64 +2228,64 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B3CBE6C" w14:textId="62227192" w:rsidR="000368A1" w:rsidRDefault="000368A1">
       <w:pPr>
-        <w:pStyle w:val="TOC1"/>
+        <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc160703598" w:history="1">
         <w:r w:rsidRPr="007A4C84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Granskningsmanual</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
@@ -2301,51 +2300,51 @@
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="444D2541" w14:textId="2E2EDAD2" w:rsidR="00504506" w:rsidRPr="0084723E" w:rsidRDefault="00AA4403" w:rsidP="0084723E">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Toc160703571"/>
       <w:r w:rsidR="00504506" w:rsidRPr="00504506">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
@@ -2384,268 +2383,269 @@
         <w:t xml:space="preserve">men också </w:t>
       </w:r>
       <w:r w:rsidR="00D76163">
         <w:t>viss mortalitets</w:t>
       </w:r>
       <w:r w:rsidR="00D76163">
         <w:softHyphen/>
         <w:t>risk</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:t>. VUVI utgör ett betydande ekologiskt problem på sjukhus och äldreboenden och förorsakar många antibiotikakurer vilket bidrar till utvecklingen av antibiotikaresistens. Hanteringen av infekterad urin utgör en ökad risk för spridning av resistenta bakterier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B136DA8" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="0084723E">
       <w:r w:rsidRPr="00504506">
         <w:t>Enkla förebyggande åtgärder som skärpta indikationer för användande av KAD och bruk av intermittent kateterisering bidrar till att minska VUVI-incidensen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3362BF0B" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="0084723E">
       <w:r w:rsidRPr="00504506">
         <w:t>Riktlinjen anvisar det arbetssätt och metodik för uppföljning som krävs för att minska riskerna att drabbas av VUVI under vårdtid vid SÄS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="531BA859" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="0084723E">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc391561517"/>
       <w:bookmarkStart w:id="13" w:name="_Toc256000002"/>
       <w:bookmarkStart w:id="14" w:name="_Toc256000028"/>
       <w:bookmarkStart w:id="15" w:name="_Toc160703572"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="67165158" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00756295">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc391561518"/>
       <w:bookmarkStart w:id="17" w:name="_Toc256000003"/>
       <w:bookmarkStart w:id="18" w:name="_Toc256000029"/>
       <w:bookmarkStart w:id="19" w:name="_Toc160703573"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="5E3B9634" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00756295" w:rsidRDefault="00504506" w:rsidP="00756295">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc391561519"/>
       <w:bookmarkStart w:id="21" w:name="_Toc256000004"/>
       <w:bookmarkStart w:id="22" w:name="_Toc256000030"/>
       <w:bookmarkStart w:id="23" w:name="_Toc160703574"/>
       <w:r w:rsidRPr="00756295">
         <w:t>Verksamhetschefen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="2EFE1EAF" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00756295">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Verksamhetschef inom respektive klinik </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65EBF896" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00756295">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>ansvarar för att registrering av VUVI görs i Infektionsverktyget</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28AC8A9B" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00756295">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
+        <w:lastRenderedPageBreak/>
         <w:t>att denna riktlinje görs känd och efterlevs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4E164D" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00756295">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>följer incidensen av VUVI via data från Infektionsverktyget och samarbetar med Vårdhygien vid utvärdering av resultaten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14BA7871" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00756295">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc391561520"/>
       <w:bookmarkStart w:id="25" w:name="_Toc256000005"/>
       <w:bookmarkStart w:id="26" w:name="_Toc256000031"/>
       <w:bookmarkStart w:id="27" w:name="_Toc160703575"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Ansvarig sjuksköterska</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="50AB5341" w14:textId="0395213D" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00756295">
       <w:r w:rsidRPr="00504506">
         <w:t>I samband med ankomstsamtal ska ansvarig sjuksköterska bedöma om patienten är en riskpatient för vårdrelaterad urinvägsinfektion (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_1._Identifiera_riskpatienter" w:history="1">
         <w:r w:rsidRPr="00756295">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se punkt 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00756295">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> samt dokumentera sin bedömning (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_6._Dokumentation" w:history="1">
         <w:r w:rsidRPr="00756295">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se punkt 6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000C3947">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="000C3947">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:t>i Melior under rubriken ”Ankomstsamtal” eller ”Uppdaterat status”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AF8ABCB" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00AA4403" w:rsidRDefault="00504506" w:rsidP="00AA4403">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc374007358"/>
       <w:bookmarkStart w:id="29" w:name="_Toc391561521"/>
       <w:bookmarkStart w:id="30" w:name="_Toc256000006"/>
       <w:bookmarkStart w:id="31" w:name="_Toc256000032"/>
       <w:bookmarkStart w:id="32" w:name="_Toc160703576"/>
       <w:r w:rsidRPr="00AA4403">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="00E33B27" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_1._Identifiera_riskpatienter"/>
       <w:bookmarkStart w:id="34" w:name="_Toc374007359"/>
       <w:bookmarkStart w:id="35" w:name="_Toc391561522"/>
       <w:bookmarkStart w:id="36" w:name="_Toc256000007"/>
       <w:bookmarkStart w:id="37" w:name="_Toc256000033"/>
       <w:bookmarkStart w:id="38" w:name="_Toc160703577"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="00504506">
         <w:t>1. Identifiera riskpatienter för VUVI</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="286107AF" w14:textId="6033E3CC" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="39" w:name="_Toc160703578"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Riskpatien</w:t>
       </w:r>
       <w:r w:rsidR="00D2204A">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:t>er är de med:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="2D70871D" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Urinretention beroende på riskfaktorer, se tabell 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FC2DE7" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Pågående eller tidigare kateterbehandling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7579C840" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Nedsatt allmäntillstånd som svår sjukdom, undernäring, nedsatt immunförsvar och östrogenbrist hos äldre kvinnor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C0432CA" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
-        <w:pStyle w:val="Caption"/>
+        <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Tabell 1.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7938" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7938"/>
       </w:tblGrid>
       <w:tr w:rsidR="00504506" w:rsidRPr="00504506" w14:paraId="0718DB2D" w14:textId="77777777" w:rsidTr="002A39E5">
         <w:tc>
           <w:tcPr>
@@ -3222,60 +3222,61 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A39E5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Förlossning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="655A3422" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_2._Diagnostisera,_förebygg"/>
       <w:bookmarkStart w:id="41" w:name="_Toc374007360"/>
       <w:bookmarkStart w:id="42" w:name="_Toc391561523"/>
       <w:bookmarkStart w:id="43" w:name="_Toc256000008"/>
       <w:bookmarkStart w:id="44" w:name="_Toc256000034"/>
       <w:bookmarkStart w:id="45" w:name="_Toc160703579"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidRPr="00504506">
+        <w:lastRenderedPageBreak/>
         <w:t>2. Diagnostisera, förebygg och behandla urinretention korrekt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="508EF642" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:r w:rsidRPr="00504506">
         <w:t>Patienter med akut urinretention kan inte tömma urinblåsan och har oftast smärta över blåsan. Urinretention är en viktig differentialdiagnos vid buksmärta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="178A3020" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:r w:rsidRPr="00504506">
         <w:t>Den som lider av kronisk urinretention kan inte tömma urinblåsan fullständigt (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>residualurin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> &gt;200 ml) och har sällan smärta över urinblåsan. Patienter med kronisk urinretention kan vara inkontinenta. Kronisk urinretention medför ökad risk för asymtomatisk </w:t>
       </w:r>
@@ -3286,51 +3287,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> och även för UVI.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B64EF8D" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:r w:rsidRPr="00504506">
         <w:t>Vid tidskrävande operationer med narkos och ryggbedövning och vid postoperativ vård kan urinretention förebyggas med KAD med kort behandlingstid (mindre än 24 timmar). På SÄS sätts denna KAD i allmänhet på operationsavdelningen för att minska tiden med inneliggande urinkateter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A46C957" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Patienter med någon riskfaktor för urinretention, se tabell 1, bör systematiskt övervakas med ultraljudsmätning - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>bladderscan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> (BS). Tabell 2 anger ett flödesschema för mätningar med BS när intermittent kateterisering ska påbörjas och de sällsynta fall där KAD ska användas. Inför blåstömning bör patienten få möjlighet till avskildhet och om möjligt sitta. Patienter som inte känner blåsträngningar ska regelbundet (minst var 4:e timme) erbjudas hjälp till toaletten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A6F5A1" w14:textId="56EC7C84" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
-        <w:pStyle w:val="Caption"/>
+        <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Tabell 2. Flödesschema för mätningar med BS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7910" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3955"/>
         <w:gridCol w:w="3955"/>
       </w:tblGrid>
       <w:tr w:rsidR="00504506" w:rsidRPr="00504506" w14:paraId="7975F983" w14:textId="77777777" w:rsidTr="002A39E5">
         <w:tc>
@@ -3873,50 +3874,51 @@
           <w:p w14:paraId="241C6AAB" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="002A39E5" w:rsidRDefault="00504506" w:rsidP="00504506">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A39E5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Vid stora mängder parenteral infusion, vid operation och post-operativt och KAD saknas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3955" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7134FAD5" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="002A39E5" w:rsidRDefault="00504506" w:rsidP="00504506">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
@@ -4006,307 +4008,308 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A39E5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kontroller med BS avslutas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10F4446E" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Toc374007361"/>
       <w:bookmarkStart w:id="47" w:name="_Toc391561524"/>
       <w:bookmarkStart w:id="48" w:name="_Toc256000009"/>
       <w:bookmarkStart w:id="49" w:name="_Toc256000035"/>
       <w:bookmarkStart w:id="50" w:name="_Toc160703580"/>
       <w:r w:rsidRPr="00504506">
         <w:t>3. Utred och behandla urininkontinens</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="05F1F845" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="002A39E5">
       <w:r w:rsidRPr="00504506">
         <w:t>Behandling av inkontinens kan vara toalettassistans, bäckenbottenträning, elektrostimulering, läkemedel, operation eller annan medicinsk behandling. Inkontinens är i regel inte en indikation för KAD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECE2D68" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="007B5D4C">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Toc374007362"/>
       <w:bookmarkStart w:id="52" w:name="_Toc391561525"/>
       <w:bookmarkStart w:id="53" w:name="_Toc256000010"/>
       <w:bookmarkStart w:id="54" w:name="_Toc256000036"/>
       <w:bookmarkStart w:id="55" w:name="_Toc160703581"/>
       <w:r w:rsidRPr="00504506">
         <w:t>4. Indikation för urinkateter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> ska utvärderas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="36B0CD6B" w14:textId="0DBE1F09" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="007B5D4C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Tidskrävande operationer</w:t>
       </w:r>
       <w:r w:rsidR="009977CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C54528" w14:textId="51B961F4" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="0029299C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Urinmätning vid behandling för sepsis och intensivvård</w:t>
       </w:r>
       <w:r w:rsidR="009977CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25FAEDB8" w14:textId="591ECD7D" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="0029299C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Operationer i urinblåsans närhet</w:t>
       </w:r>
       <w:r w:rsidR="009977CE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="267E6BAF" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="0029299C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Resurin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> &gt;1 000 ml.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF5E91F" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="0029299C">
       <w:pPr>
-        <w:pStyle w:val="ListBullet"/>
+        <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Bruket av KAD är den dominerande orsaken till VUVI och ska utvärderas dagligen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26FD2E38" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00C32511">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Behandling av kronisk urinretention bör i första hand vara regelbunden intermittent kateterisering (RIK), därefter </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>suprapubisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> kateter som ger färre febrila infektioner och minskad risk för trycksår.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E2D9A8" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00C32511">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Toc374007363"/>
       <w:bookmarkStart w:id="57" w:name="_Toc391561526"/>
       <w:bookmarkStart w:id="58" w:name="_Toc256000011"/>
       <w:bookmarkStart w:id="59" w:name="_Toc256000037"/>
       <w:bookmarkStart w:id="60" w:name="_Toc160703582"/>
       <w:r w:rsidRPr="00504506">
         <w:t>5. Ge korrekt omvårdnad till patienter som behandlas med urinkateter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="6EC4EE86" w14:textId="2D3B6758" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00C32511">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>För insättning och behandling av urinkateter, se riktlinje ”</w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="0059014B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Kateterisering av urinblåsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>” [</w:t>
       </w:r>
       <w:r w:rsidR="006A0133">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13FF8B7C" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="003C1C50" w:rsidRDefault="00504506" w:rsidP="003C1C50">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_6._Dokumentation"/>
       <w:bookmarkStart w:id="62" w:name="_Toc374007364"/>
       <w:bookmarkStart w:id="63" w:name="_Toc391561527"/>
       <w:bookmarkStart w:id="64" w:name="_Toc256000012"/>
       <w:bookmarkStart w:id="65" w:name="_Toc256000038"/>
       <w:bookmarkStart w:id="66" w:name="_Toc160703583"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidRPr="003C1C50">
         <w:t>6. Dokumentation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="4D96D0D0" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="003C1C50">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">När patienten läggs in på vårdavdelning ska ansvarig sjuksköterska, i samband med ankomstsamtal, utföra en bedömning om patienten riskerar att drabbas av en vårdrelaterad urinvägsinfektion, se rubrik </w:t>
       </w:r>
       <w:hyperlink w:anchor="_1._Identifiera_riskpatienter" w:history="1">
         <w:r w:rsidRPr="0059014B">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Identifiera riskpatienter för VUVI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> (punkt 1). Dokumentation sker i Melior under rubriken ”Ankomstsamtal” eller ”Uppdaterat status” med fritext under sökordet ”UVI-risk”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD5A151" w14:textId="565C918D" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="003C1C50">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Vid BS ska den uppmätta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>residualurinen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> dokumenteras i ”Läkemedel/mätvärden”. Där ska också dokumenteras om patienten tömt blåsan före ultraljudet och i så fall om det skett stående, sittande eller liggande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="779A6D86" w14:textId="3848BA7F" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="003C1C50">
       <w:r w:rsidRPr="00504506">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Användning av urinvägskateter såsom KAD, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>suprapubisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> kateter, RIK, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>nefrostomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>uretärkateter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> ska dokumenteras under rubriken ”Urinvägskateter” där man väljer katetertyp och sedan dokumenterar enligt mall. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Melioraktiviteten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> ”Kateterjournalen” ska öppnas som en s.k. fri aktivitet; när behandlingsperioden är avslutad flyttas den in under aktuellt vårdtillfälle.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A68AA5B" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="001C4D1B">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="_Toc374007365"/>
       <w:bookmarkStart w:id="68" w:name="_Toc391561528"/>
       <w:bookmarkStart w:id="69" w:name="_Toc256000013"/>
       <w:bookmarkStart w:id="70" w:name="_Toc256000039"/>
       <w:bookmarkStart w:id="71" w:name="_Toc160703584"/>
       <w:r w:rsidRPr="00504506">
         <w:t>7. Diagnostik</w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
     </w:p>
     <w:p w14:paraId="1C5C6EDB" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="001C4D1B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="72" w:name="_Toc374007366"/>
       <w:bookmarkStart w:id="73" w:name="_Toc391561529"/>
       <w:bookmarkStart w:id="74" w:name="_Toc256000014"/>
       <w:bookmarkStart w:id="75" w:name="_Toc256000040"/>
       <w:bookmarkStart w:id="76" w:name="_Toc160703585"/>
@@ -4353,83 +4356,83 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> med BS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A18EED4" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="001C4D1B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="82" w:name="_Toc374007368"/>
       <w:bookmarkStart w:id="83" w:name="_Toc391561531"/>
       <w:bookmarkStart w:id="84" w:name="_Toc256000016"/>
       <w:bookmarkStart w:id="85" w:name="_Toc256000042"/>
       <w:bookmarkStart w:id="86" w:name="_Toc160703587"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Urinodling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="098F336E" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="001C4D1B">
       <w:pPr>
-        <w:pStyle w:val="Subtitle"/>
+        <w:pStyle w:val="Underrubrik"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Mittstråleprov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="55B4B277" w14:textId="07FF4260" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="0000052D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Urinodling, </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00B82C53">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se provtagningsanvisningar från laboratorium för klinisk mikrobiologi, S</w:t>
         </w:r>
         <w:r w:rsidR="00B82C53">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>U/SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="006A0133">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102F5F38" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00315127">
       <w:pPr>
@@ -4441,136 +4444,129 @@
       </w:r>
       <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:p w14:paraId="04648E9C" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00315127">
       <w:r w:rsidRPr="00504506">
         <w:t>Urinprovet bör tas på morgonen då urinen har stått i blåsan över natten. Anteckna blåstiden, det vill säga den tid urinen har stått i blåsan, på remissen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20BFB10B" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00315127">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="88" w:name="_Toc160703589"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Kvarliggande kateter, via urinrör eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>suprapubiskt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="74F7B993" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00315127">
       <w:r w:rsidRPr="00504506">
-        <w:t>Slangen till urinuppsamlingspåsen stängs av 1/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> timme före provtagningen.</w:t>
+        <w:t>Slangen till urinuppsamlingspåsen stängs av 1/2-1 timme före provtagningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9740A6" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00315127">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Katetern desinfekteras med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>klorhexidinsprit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> 5 mg/ml eller 70 % etanol och punkteras med steril engångsspruta nedanför förgreningsstället.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B981112" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00315127">
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> Punktering av silikonkateter kan medföra risk för kateterläckage använd tunn nål.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43D3C78A" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00315127">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="89" w:name="_Toc374007369"/>
       <w:bookmarkStart w:id="90" w:name="_Toc391561532"/>
       <w:bookmarkStart w:id="91" w:name="_Toc256000017"/>
       <w:bookmarkStart w:id="92" w:name="_Toc256000043"/>
       <w:bookmarkStart w:id="93" w:name="_Toc160703590"/>
       <w:r w:rsidRPr="00504506">
         <w:t>8. Korrekt behandling</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
     <w:p w14:paraId="2E9AD778" w14:textId="739C0FE1" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00315127">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Det är viktigt med korrekt diagnostik eftersom VUVI ofta orsakas av resistenta bakterier. Det finns också en omfattande överbehandling med antibiotika av VUVI. Patienter med långtidsbehandling med KAD eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
+        <w:lastRenderedPageBreak/>
         <w:t>suprapubisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> kateter har alltid bakterier i urinen. Vid behandling av UVI ska ”</w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00F35337">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Standardvårdplan vid behandling av urinvägsinfektion hos vuxna patienter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:t>” [</w:t>
       </w:r>
       <w:r w:rsidR="006A0133">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:t>] användas; där finns också riktlinje för antibiotikaval.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586DD8D1" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00AA4403" w:rsidRDefault="00504506" w:rsidP="00AA4403">
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
+        <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="94" w:name="_Toc374007370"/>
       <w:bookmarkStart w:id="95" w:name="_Toc391561533"/>
       <w:bookmarkStart w:id="96" w:name="_Toc256000018"/>
       <w:bookmarkStart w:id="97" w:name="_Toc256000044"/>
       <w:bookmarkStart w:id="98" w:name="_Toc160703591"/>
       <w:r w:rsidRPr="00AA4403">
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="0923AEA2" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00C5035D">
       <w:bookmarkStart w:id="99" w:name="_9._Uppföljning_av"/>
       <w:bookmarkEnd w:id="99"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Rekommenderad metod när verksamheten gör ett riktat förbättringsarbete för att minska VUVI:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38EF3520" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00C5035D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
@@ -4634,51 +4630,51 @@
       <w:bookmarkStart w:id="114" w:name="_Toc160703594"/>
       <w:r w:rsidRPr="00504506">
         <w:t>Hur följa upp över tid?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
     </w:p>
     <w:p w14:paraId="00F21CC9" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00C5035D">
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Följ mätetalet och analysera data under en månad varje halvår, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00504506">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> april och november. Redovisa andelen patienter för vilka samtliga åtgärder har gjorts enligt diagram nedan, diskutera utfallet på APT och redovisa till respektive klinikledning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63470A55" w14:textId="19C9109A" w:rsidR="00504506" w:rsidRPr="00AA4403" w:rsidRDefault="00504506" w:rsidP="00AA4403">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="115" w:name="_Toc374007375"/>
       <w:bookmarkStart w:id="116" w:name="_Toc391561537"/>
       <w:bookmarkStart w:id="117" w:name="_Toc256000022"/>
       <w:bookmarkStart w:id="118" w:name="_Toc256000048"/>
       <w:bookmarkStart w:id="119" w:name="_Toc160703595"/>
       <w:r w:rsidRPr="00AA4403">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
     </w:p>
     <w:p w14:paraId="37644B61" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00222CE4" w:rsidRDefault="00504506" w:rsidP="00222CE4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222CE4">
         <w:rPr>
@@ -4707,51 +4703,64 @@
         <w:t xml:space="preserve">, överläkare, </w:t>
       </w:r>
       <w:r w:rsidR="00BF0B31">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">VO </w:t>
       </w:r>
       <w:r w:rsidR="002A496E">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>HIVÖ/</w:t>
       </w:r>
       <w:r w:rsidR="00504506" w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>infektion, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="00504506" w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">Maike Augustsson, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00504506" w:rsidRPr="00504506">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Maike</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00504506" w:rsidRPr="00504506">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Augustsson, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00504506" w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>uroterapeut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00504506" w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, kirurgkliniken, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="00504506" w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Eva-Britt Wüstenhagen, sjukhusgemensam studierektor för hälso- och sjukvårdsutbildningar, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="00504506" w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -4903,185 +4912,187 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vårdrelaterad urinvägsinfektion, prevention, riskfaktor, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>residualurin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, dokumentation, behandling, journalföring</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EBF05C7" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00AA4403" w:rsidRDefault="00504506" w:rsidP="00AA4403">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="122" w:name="_Toc374007376"/>
       <w:bookmarkStart w:id="123" w:name="_Toc391561538"/>
       <w:bookmarkStart w:id="124" w:name="_Toc256000023"/>
       <w:bookmarkStart w:id="125" w:name="_Toc256000049"/>
       <w:bookmarkStart w:id="126" w:name="_Toc160703596"/>
       <w:r w:rsidRPr="00AA4403">
+        <w:lastRenderedPageBreak/>
         <w:t>Referens- och länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
     </w:p>
     <w:p w14:paraId="146113BD" w14:textId="73E8A72C" w:rsidR="002B00DB" w:rsidRDefault="00E40145" w:rsidP="006A7D76">
       <w:pPr>
         <w:pStyle w:val="Formatmall2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E40145">
         <w:t>Kateterisering av urinblåsa</w:t>
       </w:r>
       <w:r>
         <w:t>. Vårdhandboken.se</w:t>
       </w:r>
       <w:r w:rsidR="002B00DB">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="002B00DB" w:rsidRPr="00375D1E">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se/katetrar-sonder-och-dran/kateterisering-av-urinblasa/oversikt/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="32B8DD68" w14:textId="7EFEE0CF" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506">
       <w:pPr>
         <w:pStyle w:val="Formatmall2"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Kateterisering av urinblåsa. </w:t>
       </w:r>
       <w:r w:rsidR="00230E12">
         <w:t>Sjukhusövergripande riktlinje</w:t>
       </w:r>
       <w:r w:rsidR="00D90BC1">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve"> SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00AA474F" w:rsidRPr="00AA474F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7912BF70" w14:textId="78AD2FF2" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="006A7D76">
       <w:pPr>
         <w:pStyle w:val="Formatmall2"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t xml:space="preserve">Provtagningsanvisningar för urinodling. Laboratorium för klinisk mikrobiologi. </w:t>
       </w:r>
       <w:r w:rsidR="00A27161">
         <w:t>SU/</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:t>SÄS.</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00306A78" w:rsidRPr="00A27161">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://sas.vgregion.se/vardgivare/laboratoriemedicin/provtagningsanvisningar2/klinisk-mikrobiologi/urinodling</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5F4711AA" w14:textId="329DF128" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="006A7D76">
       <w:pPr>
         <w:pStyle w:val="Formatmall2"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:t>Standardvårdplan för behandling av urinvägsinfektion hos vuxna. Medicinsk beredningsgrupp SÄS.</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="000B7FCE" w:rsidRPr="000B7FCE">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="447D88D7" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="001A16BE">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="127" w:name="_Toc374007377"/>
       <w:bookmarkStart w:id="128" w:name="_Toc383077604"/>
       <w:bookmarkStart w:id="129" w:name="_Toc391561539"/>
       <w:bookmarkStart w:id="130" w:name="_Toc256000024"/>
       <w:bookmarkStart w:id="131" w:name="_Toc256000050"/>
       <w:bookmarkStart w:id="132" w:name="_Toc160703597"/>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Granskningsmall</w:t>
       </w:r>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5106" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0020" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="480"/>
         <w:gridCol w:w="2572"/>
         <w:gridCol w:w="606"/>
         <w:gridCol w:w="607"/>
         <w:gridCol w:w="606"/>
         <w:gridCol w:w="606"/>
         <w:gridCol w:w="606"/>
         <w:gridCol w:w="606"/>
         <w:gridCol w:w="606"/>
@@ -9393,110 +9404,111 @@
       <w:bookmarkStart w:id="136" w:name="_Toc256000025"/>
       <w:bookmarkStart w:id="137" w:name="_Toc256000051"/>
     </w:p>
     <w:p w14:paraId="4450C393" w14:textId="77777777" w:rsidR="00116878" w:rsidRDefault="00116878">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B78D62" w14:textId="7CC247FE" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00534E56">
       <w:pPr>
-        <w:pStyle w:val="Heading2"/>
+        <w:pStyle w:val="Rubrik2"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="138" w:name="_Toc160703598"/>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Granskningsmanual</w:t>
       </w:r>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
     </w:p>
     <w:p w14:paraId="20B7CC42" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fråga 1. Riskpatient identifierad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4623C9C8" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="516"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="528" w:right="0" w:hanging="552"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Urinretention beroende på riskfaktorer, </w:t>
       </w:r>
       <w:hyperlink w:anchor="_1._Identifiera_riskpatienter" w:history="1">
         <w:r w:rsidRPr="00E7105A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se tabell 1</w:t>
         </w:r>
         <w:r w:rsidRPr="00504506">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6600D445" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="516"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="528" w:right="0" w:hanging="552"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
@@ -9518,83 +9530,83 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nedsatt allmäntillstånd som svår sjukdom, undernäring, nedsatt immunförsvar och östrogenbrist hos äldre kvinnor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4883B94A" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fråga 2. Urinretention diagnostiserad och förebyggd</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0068305E" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00435E84" w:rsidP="00504506">
+    <w:p w14:paraId="0068305E" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_1._Identifiera_riskpatienter" w:history="1">
-        <w:r w:rsidR="00504506" w:rsidRPr="00E7105A">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="00E7105A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se tabell 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00504506" w:rsidRPr="00504506">
+      <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och följd med BS, </w:t>
       </w:r>
       <w:hyperlink w:anchor="_2._Diagnostisera,_förebygg" w:history="1">
-        <w:r w:rsidR="00504506" w:rsidRPr="00E7105A">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlink"/>
+        <w:r w:rsidRPr="00E7105A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se tabell 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00504506" w:rsidRPr="00504506">
+      <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38142984" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fråga 3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
@@ -9674,98 +9686,98 @@
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fråga 4. Eventuell urinretention korrekt behandlad</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink w:anchor="_2._Diagnostisera,_förebygg" w:history="1">
         <w:r w:rsidRPr="00E7105A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se tabell 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7E0B64" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fråga 5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Urinkateter på strikt indikation efter ordination av läkare</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink w:anchor="_2._Diagnostisera,_förebygg" w:history="1">
         <w:r w:rsidRPr="00E7105A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Se tabell 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Strikta indikationer för korttidsbehandling för KAD i samband med </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7787E772" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="516"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="528" w:right="0" w:hanging="552"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -9807,93 +9819,93 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>operationer i urinblåsans närhet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25912EA9" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="516"/>
         </w:tabs>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="528" w:right="0" w:hanging="552"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">uttänjd blåsa &lt;1 000 ml, </w:t>
       </w:r>
       <w:hyperlink w:anchor="_2._Diagnostisera,_förebygg" w:history="1">
         <w:r w:rsidRPr="00E7105A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>se tabell 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB7BDC5" w14:textId="2AD092ED" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:spacing w:before="160" w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dokumenteras i </w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Melior/Kateterjournalen</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> enligt riktlinje ”</w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00E7105A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Kateterisering av urinblåsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF80722" w14:textId="77777777" w:rsidR="00504506" w:rsidRPr="00504506" w:rsidRDefault="00504506" w:rsidP="00504506">
       <w:pPr>
         <w:spacing w:before="200" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
@@ -9999,258 +10011,258 @@
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br/>
         <w:t>(2 åtgärder; båda ska vara utförda)</w:t>
       </w:r>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Se ”</w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="0037351A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Standardvårdplan för behandling av urinvägsinfektion hos vuxna</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00504506">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>”.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00504506" w:rsidRPr="00504506" w:rsidSect="00504506">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:footerReference w:type="even" r:id="rId22"/>
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:headerReference w:type="first" r:id="rId24"/>
       <w:footerReference w:type="first" r:id="rId25"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6B2C3DF7" w14:textId="77777777" w:rsidR="00B01B38" w:rsidRDefault="00B01B38">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="360F1290" w14:textId="77777777" w:rsidR="00B01B38" w:rsidRDefault="00B01B38">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0F504CA6" w14:textId="77777777" w:rsidR="00B01B38" w:rsidRDefault="00B01B38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -10261,54 +10273,54 @@
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="9" name="Bildobjekt 9">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
@@ -10339,303 +10351,289 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="61034604" w14:textId="77777777" w:rsidR="00B01B38" w:rsidRDefault="00B01B38"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3FEAB94C" w14:textId="77777777" w:rsidR="00B01B38" w:rsidRDefault="00B01B38">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="0A175744" w14:textId="77777777" w:rsidR="00B01B38" w:rsidRDefault="00B01B38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w14:paraId="70464969" w14:textId="33B3D9A5" w:rsidR="00DA65C4" w:rsidRDefault="00497D7F" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="00762EE0">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
-[...6 lines deleted...]
-                            <w:t>.</w:t>
+                            <w:t>Aktualiteten i utskriven version kan verifieras på SÄS intranät</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w14:paraId="70464969" w14:textId="33B3D9A5" w:rsidR="00DA65C4" w:rsidRDefault="00497D7F" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
-                    <w:r w:rsidRPr="00762EE0">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
-[...6 lines deleted...]
-                      <w:t>.</w:t>
+                      <w:t>Aktualiteten i utskriven version kan verifieras på SÄS intranät</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w14:paraId="72D45401" w14:textId="2A9D14F0" w:rsidR="00413A60" w:rsidRDefault="00BD7BC6">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
-                          <w:r w:rsidRPr="00762EE0">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                            <w:t xml:space="preserve">Aktualiteten av utskriven version kan </w:t>
                           </w:r>
-                          <w:r w:rsidR="00367D19">
+                          <w:r w:rsidR="00497D7F">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>.</w:t>
+                            <w:t>verifieras på SÄS intranät</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w14:paraId="72D45401" w14:textId="2A9D14F0" w:rsidR="00413A60" w:rsidRDefault="00BD7BC6">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
-                    <w:r w:rsidRPr="00762EE0">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                      <w:t xml:space="preserve">Aktualiteten av utskriven version kan </w:t>
                     </w:r>
-                    <w:r w:rsidR="00367D19">
+                    <w:r w:rsidR="00497D7F">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t>.</w:t>
+                      <w:t>verifieras på SÄS intranät</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
@@ -10693,51 +10691,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11790,51 +11788,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="29A1425D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5F42BD3A"/>
     <w:lvl w:ilvl="0" w:tplc="DA2085B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -13307,52 +13305,52 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1246039888">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="713889905">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
@@ -13457,50 +13455,51 @@
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00277EAF"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="0029299C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A39E5"/>
     <w:rsid w:val="002A496E"/>
     <w:rsid w:val="002B00DB"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E1891"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F740A"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00306050"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00306A78"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00315127"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="0037351A"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003A37DA"/>
@@ -13514,50 +13513,51 @@
     <w:rsid w:val="003E1A04"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="00417CE7"/>
     <w:rsid w:val="004211BF"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00442F72"/>
     <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="00497D7F"/>
     <w:rsid w:val="004A2507"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C2559"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00504506"/>
     <w:rsid w:val="00510171"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00534E56"/>
     <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005507F9"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00560293"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
@@ -13676,71 +13676,73 @@
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="009128D4"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00944F3B"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="009565D1"/>
     <w:rsid w:val="009572CD"/>
     <w:rsid w:val="00971D93"/>
     <w:rsid w:val="00982FC3"/>
     <w:rsid w:val="0099723E"/>
     <w:rsid w:val="009977CE"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C29B0"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A051E2"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A16019"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A27161"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A4385B"/>
     <w:rsid w:val="00A45013"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA4403"/>
     <w:rsid w:val="00AA474F"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF3014"/>
     <w:rsid w:val="00AF3E7D"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00B01B38"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B16219"/>
@@ -13751,50 +13753,51 @@
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B54F94"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B70A07"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B82C53"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC2801"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC5FC8"/>
     <w:rsid w:val="00BD238A"/>
+    <w:rsid w:val="00BD7BC6"/>
     <w:rsid w:val="00BE4B36"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00BF0B31"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C32511"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C5035D"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
@@ -13884,60 +13887,60 @@
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{AE30A599-CD39-4D75-B52D-12BF2198B564}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14284,265 +14287,265 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00504506"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="000D356F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1600" w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
+    <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
+    <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
+    <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading6Char"/>
+    <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00504506"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Rubrik7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading7Char"/>
+    <w:link w:val="Rubrik7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00504506"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading9Char"/>
+    <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00504506"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable1">
+  <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -14620,614 +14623,614 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-    <w:name w:val="Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+    <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Heading1"/>
+    <w:link w:val="Rubrik1"/>
     <w:rsid w:val="000D356F"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+    <w:name w:val="Sidfot Char"/>
+    <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
-[...1 lines deleted...]
-    <w:link w:val="Title"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+    <w:name w:val="Rubrik Char"/>
+    <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+    <w:name w:val="Ballongtext Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
+  <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-    <w:name w:val="Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+    <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading2"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-    <w:name w:val="Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+    <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading3"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
-    <w:name w:val="Heading 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+    <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Heading4"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+    <w:name w:val="Rubrik 5 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA4403"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA4403"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA4403"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1707"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00756295"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable2">
+  <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -15258,81 +15261,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent1">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -15371,53 +15374,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -15491,53 +15494,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -15611,53 +15614,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -15707,53 +15710,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -15803,53 +15806,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightList-Accent6">
+  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -15885,53 +15888,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="LightShading-Accent1">
+  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -15980,51 +15983,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -16068,51 +16071,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -16199,70 +16202,70 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000D356F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable3">
+  <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -16306,344 +16309,344 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="PlainTable4">
+  <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002A39E5"/>
     <w:pPr>
       <w:spacing w:after="40" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+    <w:name w:val="Sidhuvud Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading6"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+    <w:name w:val="Rubrik 6 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00504506"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik7Char">
+    <w:name w:val="Rubrik 7 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00504506"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00504506"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
-    <w:next w:val="ListNumber"/>
+    <w:next w:val="Numreradlista"/>
     <w:rsid w:val="00504506"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="3036"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber">
+  <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00504506"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00756295"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="SubtitleChar"/>
+    <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="001C4D1B"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="0"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
-[...2 lines deleted...]
-    <w:link w:val="Subtitle"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
+    <w:name w:val="Underrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Underrubrik"/>
     <w:rsid w:val="001C4D1B"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall2">
     <w:name w:val="Formatmall2"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006A7D76"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="80"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Kommentarsreferens">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D009FB"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D009FB"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+    <w:name w:val="Kommentarer Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D009FB"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="Kommentarer"/>
+    <w:next w:val="Kommentarer"/>
+    <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D009FB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+    <w:name w:val="Kommentarsämne Char"/>
+    <w:basedOn w:val="KommentarerChar"/>
+    <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D009FB"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000B7FCE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17008,79 +17011,79 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red.dotx</Template>
+  <Template>Dok_med_omslag_sd_red</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>15290</Characters>
+  <Pages>10</Pages>
+  <Words>1791</Words>
+  <Characters>16123</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>127</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>134</Lines>
   <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Mall för riktlinje</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17937</CharactersWithSpaces>
+  <CharactersWithSpaces>17879</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="288" baseType="variant">
       <vt:variant>
         <vt:i4>3735597</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>234</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-447/SURROGATE/Urinv%c3%a4gsinfektion hos vuxna patienter%2c standardv%c3%a5rdplan vid behandling.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>76</vt:i4>
       </vt:variant>
@@ -17918,32 +17921,32 @@
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc160703569</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Urinvägsinfektion - Förebygga och utreda vårdrelaterad UVI (VUVI) hos vuxna</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>82</revision>
+  <lastModifiedBy>Anders Bengtsson Lundqvist</lastModifiedBy>
+  <revision>85</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>