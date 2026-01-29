--- v0 (2025-11-26)
+++ v1 (2026-01-29)
@@ -8,169 +8,182 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1CB4A86E" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00F35B05">
+    <w:p w:rsidR="00E0291B" w:rsidP="00F35B05" w:rsidRDefault="00E0291B" w14:paraId="1CB4A86E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:sectPr w:rsidR="00E0291B" w:rsidSect="004E2C7C">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1701" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="59AE327D" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00E04442">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00E04442" w:rsidRDefault="00E0291B" w14:paraId="59AE327D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk92723190"/>
+      <w:bookmarkStart w:name="_Hlk92723190" w:id="1"/>
       <w:r w:rsidRPr="00E0291B">
         <w:t xml:space="preserve">Splenektomi </w:t>
       </w:r>
       <w:r w:rsidRPr="00E0291B">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E0291B">
         <w:t>– vaccination av vuxna patienter, SÄS</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Toc447715996"/>
+      <w:bookmarkStart w:name="_Toc447715996" w:id="2"/>
     </w:p>
-    <w:p w14:paraId="0AD3DDE6" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00E04442">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00E04442" w:rsidRDefault="00E0291B" w14:paraId="0AD3DDE6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc161748052"/>
+      <w:bookmarkStart w:name="_Toc161748052" w:id="3"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00E0291B">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="7CF47706" w14:textId="343B62C4" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00E04442">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00E04442" w:rsidRDefault="00E0291B" w14:paraId="7CF47706" w14:textId="343B62C4">
       <w:r>
         <w:t xml:space="preserve">Beskrivning av vaccination, information och dokumentation vid </w:t>
       </w:r>
       <w:r w:rsidR="33E641AF">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>plenektomi – standardförfarande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49872368" w14:textId="744FC06C" w:rsidR="00E0291B" w:rsidRDefault="00E04442" w:rsidP="00E04442">
+    <w:p w:rsidR="00E0291B" w:rsidP="00E04442" w:rsidRDefault="00E04442" w14:paraId="49872368" w14:textId="744FC06C">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc161748053"/>
+      <w:bookmarkStart w:name="_Toc161748053" w:id="4"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w14:paraId="019CB17A" w14:textId="1107D7EA" w:rsidR="518373BB" w:rsidRDefault="00155BDB" w:rsidP="12419C82">
-[...3 lines deleted...]
-      <w:r w:rsidR="003F5214">
+    <w:p w:rsidR="518373BB" w:rsidP="12419C82" w:rsidRDefault="00155BDB" w14:paraId="019CB17A" w14:textId="49D8D502">
+      <w:r w:rsidR="66E9CFC1">
+        <w:rPr/>
+        <w:t xml:space="preserve">Information om </w:t>
+      </w:r>
+      <w:r w:rsidR="0C34AE7B">
+        <w:rPr/>
+        <w:t>pneumokockvaccin har ändrats</w:t>
+      </w:r>
+      <w:r w:rsidR="66E9CFC1">
+        <w:rPr/>
+        <w:t xml:space="preserve">, innehållet </w:t>
+      </w:r>
+      <w:r w:rsidR="6694DE31">
+        <w:rPr/>
         <w:t xml:space="preserve">är </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="66E9CFC1">
+        <w:rPr/>
         <w:t>i övrigt oförändrat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4545FE" w14:textId="30131256" w:rsidR="00CB547B" w:rsidRPr="00CB547B" w:rsidRDefault="00CB547B" w:rsidP="00CB547B">
+    <w:p w:rsidRPr="00CB547B" w:rsidR="00CB547B" w:rsidP="00CB547B" w:rsidRDefault="00CB547B" w14:paraId="0C4545FE" w14:textId="30131256">
       <w:pPr>
         <w:spacing w:before="360" w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB547B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A7A98D" w14:textId="50C11D0F" w:rsidR="00E3448B" w:rsidRDefault="00CB547B">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="00CB547B" w14:paraId="40A7A98D" w14:textId="50C11D0F">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc161748052" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748052">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -184,64 +197,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B20636E" w14:textId="712FBA50" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="7B20636E" w14:textId="712FBA50">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748053" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748053">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -255,64 +268,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="249371AB" w14:textId="7D4444B9" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="249371AB" w14:textId="7D4444B9">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748054" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748054">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -326,64 +339,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="477C6697" w14:textId="38C98A1E" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="477C6697" w14:textId="38C98A1E">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748055" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748055">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Aktuella vacciner</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -397,64 +410,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A7894E9" w14:textId="079B6FB3" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="0A7894E9" w14:textId="079B6FB3">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748056" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748056">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vaccinationsintervall</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -468,64 +481,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4EF57141" w14:textId="536DB45D" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="4EF57141" w14:textId="536DB45D">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748057" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748057">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -539,64 +552,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3906B6CF" w14:textId="5399E6FE" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="3906B6CF" w14:textId="5399E6FE">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748058" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748058">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Pneumokockvaccin</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -610,64 +623,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51A00820" w14:textId="7F639D06" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="51A00820" w14:textId="7F639D06">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748059" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748059">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Meningokockvaccin</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -681,64 +694,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0364A72B" w14:textId="3551E7A5" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="0364A72B" w14:textId="3551E7A5">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748060" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748060">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Grundvaccination</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -752,64 +765,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="476DD38B" w14:textId="08C4AAFF" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="476DD38B" w14:textId="08C4AAFF">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748061" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748061">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Boostervaccination till patienter upp till och med 25 års ålder</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -823,64 +836,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B595ACE" w14:textId="0E2C2326" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="5B595ACE" w14:textId="0E2C2326">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748062" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748062">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vaccin mot säsongsinfluensa</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -894,64 +907,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DFD6C7A" w14:textId="748A1A32" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="0DFD6C7A" w14:textId="748A1A32">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748063" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748063">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattande rekommendationer för vuxna efter splenektomi</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -965,64 +978,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E373D6A" w14:textId="108983C8" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="4E373D6A" w14:textId="108983C8">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748064" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748064">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentation i Melior</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1036,64 +1049,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="383BF515" w14:textId="6B16C675" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="383BF515" w14:textId="6B16C675">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748065" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748065">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Information</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1107,64 +1120,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F35FDD8" w14:textId="2AA93643" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="6F35FDD8" w14:textId="2AA93643">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748066" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748066">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1178,64 +1191,64 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="055831CC" w14:textId="33DA69FA" w:rsidR="00E3448B" w:rsidRDefault="003F5214">
+    <w:p w:rsidR="00E3448B" w:rsidRDefault="003F5214" w14:paraId="055831CC" w14:textId="33DA69FA">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc161748067" w:history="1">
-        <w:r w:rsidR="00E3448B" w:rsidRPr="009C43A6">
+      <w:hyperlink w:history="1" w:anchor="_Toc161748067">
+        <w:r w:rsidRPr="009C43A6" w:rsidR="00E3448B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referens- och länkförteckning</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1249,1851 +1262,1908 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidR="00E3448B">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F26FCD4" w14:textId="237B08FF" w:rsidR="004E2C7C" w:rsidRDefault="00CB547B" w:rsidP="004E2C7C">
+    <w:p w:rsidR="004E2C7C" w:rsidP="004E2C7C" w:rsidRDefault="00CB547B" w14:paraId="7F26FCD4" w14:textId="237B08FF">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Toc447715997"/>
-      <w:r w:rsidR="004E2C7C" w:rsidRPr="004E2C7C">
+      <w:bookmarkStart w:name="_Toc447715997" w:id="5"/>
+      <w:r w:rsidRPr="004E2C7C" w:rsidR="004E2C7C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Bilaga</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A7EEDC" w14:textId="6579F8AE" w:rsidR="00104464" w:rsidRDefault="00104464" w:rsidP="00104464">
+    <w:p w:rsidR="00104464" w:rsidP="00104464" w:rsidRDefault="00104464" w14:paraId="02A7EEDC" w14:textId="6579F8AE">
       <w:r>
         <w:t xml:space="preserve">Patientinformation, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId17">
         <w:r w:rsidRPr="00534459">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Information till dig som saknar mjälte/Splenektomi</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60661AEE" w14:textId="15BE448F" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00CB547B">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00CB547B" w:rsidRDefault="00E0291B" w14:paraId="60661AEE" w14:textId="15BE448F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc161748054"/>
+      <w:bookmarkStart w:name="_Toc161748054" w:id="6"/>
       <w:r w:rsidRPr="00E0291B">
-        <w:lastRenderedPageBreak/>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="4824079C" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="007565DB">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="007565DB" w:rsidRDefault="00E0291B" w14:paraId="4824079C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc161748055"/>
-      <w:bookmarkStart w:id="8" w:name="_Hlk27141161"/>
+      <w:bookmarkStart w:name="_Toc161748055" w:id="7"/>
+      <w:bookmarkStart w:name="_Hlk27141161" w:id="8"/>
       <w:r w:rsidRPr="00E0291B">
         <w:t>Aktuella vacciner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="2944BBC6" w14:textId="226E6E9D" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00870C27">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00870C27" w:rsidRDefault="00E0291B" w14:paraId="2944BBC6" w14:textId="226E6E9D">
       <w:r w:rsidRPr="00E0291B">
         <w:t>Som vaccination mot kapslade bakterier ges</w:t>
       </w:r>
       <w:r w:rsidR="009B45C2">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE45513" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00870C27" w:rsidRDefault="00E0291B" w:rsidP="00EF26EA">
+    <w:p w:rsidRPr="00870C27" w:rsidR="00E0291B" w:rsidP="00EF26EA" w:rsidRDefault="00E0291B" w14:paraId="4CE45513" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00870C27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pneumokocker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA091F1" w14:textId="569E5F84" w:rsidR="00E0291B" w:rsidRPr="009B45C2" w:rsidRDefault="000B1DF3" w:rsidP="00DD00E1">
+    <w:p w:rsidRPr="009B45C2" w:rsidR="00E0291B" w:rsidP="00DD00E1" w:rsidRDefault="000B1DF3" w14:paraId="6EA091F1" w14:textId="666C8363">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E0291B" w:rsidRPr="009B45C2">
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidR="75B85C71">
+        <w:rPr/>
+        <w:t xml:space="preserve">Prevenar20 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0291B">
+        <w:rPr/>
         <w:t xml:space="preserve">som är </w:t>
       </w:r>
-      <w:r w:rsidR="00EF26EA" w:rsidRPr="009B45C2">
+      <w:r w:rsidR="00EF26EA">
+        <w:rPr/>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00E0291B" w:rsidRPr="009B45C2">
+      <w:r w:rsidR="00E0291B">
+        <w:rPr/>
         <w:t>-valent konjugerat pneumokockvaccin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17996BDE" w14:textId="5D55D7B3" w:rsidR="00EF26EA" w:rsidRPr="009B45C2" w:rsidRDefault="00E0291B" w:rsidP="00DD00E1">
+    <w:p w:rsidRPr="009B45C2" w:rsidR="00EF26EA" w:rsidP="00DD00E1" w:rsidRDefault="00E0291B" w14:paraId="17996BDE" w14:textId="5D55D7B3">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
       </w:pPr>
       <w:r w:rsidRPr="009B45C2">
         <w:t>Pneumovax</w:t>
       </w:r>
       <w:r w:rsidRPr="009B45C2">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="009B45C2">
         <w:t xml:space="preserve"> som är 23-valent pneumokock-polysackaridvaccin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5923E5D4" w14:textId="2DD6C37B" w:rsidR="00E0291B" w:rsidRPr="00EF26EA" w:rsidRDefault="00EF26EA" w:rsidP="00EF26EA">
+    <w:p w:rsidRPr="00EF26EA" w:rsidR="00E0291B" w:rsidP="00EF26EA" w:rsidRDefault="00EF26EA" w14:paraId="5923E5D4" w14:textId="2DD6C37B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF26EA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00E0291B" w:rsidRPr="00EF26EA">
+      <w:r w:rsidRPr="00EF26EA" w:rsidR="00E0291B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>eningokocker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5134C92F" w14:textId="6C7F5285" w:rsidR="00E0291B" w:rsidRPr="00DD00E1" w:rsidRDefault="00E0291B" w:rsidP="00B67354">
+    <w:p w:rsidRPr="00DD00E1" w:rsidR="00E0291B" w:rsidP="00B67354" w:rsidRDefault="00E0291B" w14:paraId="5134C92F" w14:textId="6C7F5285">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1349" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD00E1">
         <w:t>Menveo® eller Nimenrix® (</w:t>
       </w:r>
-      <w:r w:rsidR="007970BD" w:rsidRPr="00DD00E1">
+      <w:r w:rsidRPr="00DD00E1" w:rsidR="007970BD">
         <w:t>kvadri</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD00E1">
         <w:t>valent vaccin mot serogrupper A,C,W-135 samt Y).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711701BD" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00DD00E1" w:rsidRDefault="00E0291B" w:rsidP="00B67354">
+    <w:p w:rsidRPr="00DD00E1" w:rsidR="00E0291B" w:rsidP="00B67354" w:rsidRDefault="00E0291B" w14:paraId="711701BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Punktlistaalfabetisk"/>
       </w:pPr>
       <w:r w:rsidRPr="00DD00E1">
         <w:t>Bexsero® eller Trumenba® (monovalent vaccin mot serogrupp B).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20946EAD" w14:textId="77777777" w:rsidR="00335DD7" w:rsidRPr="00335DD7" w:rsidRDefault="00335DD7" w:rsidP="00335DD7">
+    <w:p w:rsidRPr="00335DD7" w:rsidR="00335DD7" w:rsidP="00335DD7" w:rsidRDefault="00335DD7" w14:paraId="20946EAD" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00335DD7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Säsongsinfluensa-vaccin</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C031449" w14:textId="343B4D2E" w:rsidR="00335DD7" w:rsidRDefault="00335DD7" w:rsidP="00335DD7">
-[...9 lines deleted...]
-      <w:r w:rsidR="00B67354" w:rsidRPr="00B67354">
+    <w:p w:rsidR="00335DD7" w:rsidP="00335DD7" w:rsidRDefault="00335DD7" w14:paraId="2C031449" w14:textId="31BD3E32">
+      <w:r w:rsidR="1FCD69B0">
+        <w:rPr/>
+        <w:t>Tex Fluarix</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67354">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAA9E8E" w14:textId="0D2E0512" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00622EC2">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00622EC2" w:rsidRDefault="00E0291B" w14:paraId="1AAA9E8E" w14:textId="0D2E0512">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc161748056"/>
+      <w:bookmarkStart w:name="_Toc161748056" w:id="9"/>
       <w:r w:rsidRPr="00E0291B">
         <w:t>Vaccinationsintervall</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="1E9180D5" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00622EC2">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00622EC2" w:rsidRDefault="00E0291B" w14:paraId="1E9180D5" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00E0291B">
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:r w:rsidRPr="00E0291B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>akut</w:t>
       </w:r>
       <w:r w:rsidRPr="00E0291B">
         <w:t xml:space="preserve"> splenektomi bör besök 1 ligga tidigast två veckor efter operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F083DA6" w14:textId="39538480" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00622EC2">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00622EC2" w:rsidRDefault="00E0291B" w14:paraId="4F083DA6" w14:textId="39538480">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:r w:rsidRPr="12419C82">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>planerad</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> splenektomi </w:t>
       </w:r>
       <w:r w:rsidR="286D8700">
         <w:t>rekommenderas att vaccinationerna är genomförda</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> helst två veckor </w:t>
       </w:r>
       <w:r w:rsidR="42377C3F">
         <w:t>före</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="7DB032CB">
         <w:t>ingreppet</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3776B137" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00A20AC8">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00A20AC8" w:rsidRDefault="00E0291B" w14:paraId="3776B137" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc161748057"/>
+      <w:bookmarkStart w:name="_Toc161748057" w:id="10"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00E0291B">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="5F796125" w14:textId="52D4B3E0" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="0077597F" w:rsidP="0008113E">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="0008113E" w:rsidRDefault="0077597F" w14:paraId="5F796125" w14:textId="52D4B3E0">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc447715998"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc161748058"/>
+      <w:bookmarkStart w:name="_Toc447715998" w:id="11"/>
+      <w:bookmarkStart w:name="_Toc161748058" w:id="12"/>
       <w:r>
         <w:t>Pneumo</w:t>
       </w:r>
       <w:r w:rsidR="004626E2">
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:t>ockva</w:t>
       </w:r>
-      <w:r w:rsidR="00E0291B" w:rsidRPr="00E0291B">
+      <w:r w:rsidRPr="00E0291B" w:rsidR="00E0291B">
         <w:t>ccin</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="22C77B1E" w14:textId="17C341DE" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00A20AC8">
-      <w:r w:rsidRPr="00E0291B">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00A20AC8" w:rsidRDefault="00E0291B" w14:paraId="22C77B1E" w14:textId="3964CE6B">
+      <w:r w:rsidR="00E0291B">
+        <w:rPr/>
         <w:t xml:space="preserve">En dos </w:t>
       </w:r>
-      <w:r w:rsidR="00A20AC8" w:rsidRPr="00A20AC8">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AB0274" w:rsidRPr="00E0291B">
+      <w:r w:rsidR="2EBAE89B">
+        <w:rPr/>
+        <w:t>Prevenar20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B7E1686" w:rsidR="00AB0274">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidR="00AB0274">
+      <w:r w:rsidRPr="4B7E1686" w:rsidR="00AB0274">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE6C4B" w:rsidRPr="00EE6C4B">
+      <w:r w:rsidR="00EE6C4B">
+        <w:rPr/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00AB0274" w:rsidRPr="00EE6C4B">
+      <w:r w:rsidR="00AB0274">
+        <w:rPr/>
         <w:t>PCV20)</w:t>
       </w:r>
-      <w:r w:rsidR="00A20AC8" w:rsidRPr="00A20AC8">
+      <w:r w:rsidR="00A20AC8">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E0291B">
+      <w:r w:rsidR="00E0291B">
+        <w:rPr/>
         <w:t>intramuskulärt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CAE9C4" w14:textId="120B25C9" w:rsidR="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00A20AC8">
-      <w:r w:rsidRPr="00E0291B">
+    <w:p w:rsidR="00E0291B" w:rsidP="00A20AC8" w:rsidRDefault="00E0291B" w14:paraId="59CAE9C4" w14:textId="19B2BBF1">
+      <w:r w:rsidR="00E0291B">
+        <w:rPr/>
         <w:t xml:space="preserve">En dos </w:t>
       </w:r>
       <w:r w:rsidR="000F6DD8">
+        <w:rPr/>
         <w:t>Pneumovax</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E0291B">
+      <w:r w:rsidRPr="4B7E1686" w:rsidR="00E0291B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E0291B">
+      <w:r w:rsidR="00E0291B">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E6262F">
+        <w:rPr/>
         <w:t xml:space="preserve">(PPV23) ges </w:t>
       </w:r>
       <w:r w:rsidR="00AE0B7E">
+        <w:rPr/>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="005A667E">
+        <w:rPr/>
         <w:t>mån</w:t>
       </w:r>
       <w:r w:rsidR="00AE0B7E">
+        <w:rPr/>
         <w:t xml:space="preserve">ader efter </w:t>
       </w:r>
-      <w:r w:rsidR="00A71099">
-[...5 lines deleted...]
-      <w:r w:rsidR="00A71099" w:rsidRPr="00E0291B">
+      <w:r w:rsidR="2AA61A38">
+        <w:rPr/>
+        <w:t>Prevenar20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4B7E1686" w:rsidR="00A71099">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E0291B">
+      <w:r w:rsidR="00E0291B">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532C9246" w14:textId="14E5A5D0" w:rsidR="00F9176F" w:rsidRDefault="00F9176F" w:rsidP="00A20AC8">
+    <w:p w:rsidR="00F9176F" w:rsidP="00A20AC8" w:rsidRDefault="00F9176F" w14:paraId="532C9246" w14:textId="14E5A5D0">
       <w:r>
         <w:t>Reva</w:t>
       </w:r>
       <w:r w:rsidR="0078165F">
         <w:t>ccinationer/boostringar mede Pneumovax</w:t>
       </w:r>
-      <w:r w:rsidR="0078165F" w:rsidRPr="00E0291B">
+      <w:r w:rsidRPr="00E0291B" w:rsidR="0078165F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidR="0078165F">
         <w:t xml:space="preserve"> (PPV23) vart 5:e år därefter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FD586DA" w14:textId="77860724" w:rsidR="004F64B8" w:rsidRDefault="004F64B8" w:rsidP="00A20AC8">
+    <w:p w:rsidR="004F64B8" w:rsidP="00A20AC8" w:rsidRDefault="004F64B8" w14:paraId="2FD586DA" w14:textId="77860724">
       <w:r>
         <w:t>Vid tidigare pneumo</w:t>
       </w:r>
       <w:r w:rsidR="00086525">
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:t>ockvaccination</w:t>
       </w:r>
       <w:r w:rsidR="00041DFF">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> använd nedanstående tabell för optimering/boostring:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="7938" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="3969"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00096F32" w14:paraId="23E09E05" w14:textId="77777777" w:rsidTr="002802AE">
+      <w:tr w:rsidR="00096F32" w:rsidTr="002802AE" w14:paraId="23E09E05" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3754" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="72995083" w14:textId="670D3844" w:rsidR="0040526F" w:rsidRPr="00975BB1" w:rsidRDefault="00975BB1" w:rsidP="00F73FF0">
+          <w:p w:rsidRPr="00975BB1" w:rsidR="0040526F" w:rsidP="00F73FF0" w:rsidRDefault="00975BB1" w14:paraId="72995083" w14:textId="670D3844">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00975BB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Vaccinationsstatus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3754" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB293E4" w14:textId="1AB1E086" w:rsidR="0040526F" w:rsidRPr="00975BB1" w:rsidRDefault="00975BB1" w:rsidP="00F73FF0">
+          <w:p w:rsidRPr="00975BB1" w:rsidR="0040526F" w:rsidP="00F73FF0" w:rsidRDefault="00975BB1" w14:paraId="7EB293E4" w14:textId="1AB1E086">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00975BB1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vaccin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040526F" w14:paraId="3636E03E" w14:textId="77777777" w:rsidTr="002802AE">
+      <w:tr w:rsidR="0040526F" w:rsidTr="002802AE" w14:paraId="3636E03E" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3754" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B1AF9F5" w14:textId="484468B6" w:rsidR="0040526F" w:rsidRDefault="00312D2B" w:rsidP="00F73FF0">
+          <w:p w:rsidR="0040526F" w:rsidP="00F73FF0" w:rsidRDefault="00312D2B" w14:paraId="7B1AF9F5" w14:textId="484468B6">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="22"/>
             </w:pPr>
             <w:r>
               <w:t>Inte vaccinerad med pneu</w:t>
             </w:r>
             <w:r w:rsidR="000D752D">
               <w:t>mo</w:t>
             </w:r>
             <w:r w:rsidR="00DD6769">
               <w:t>kock</w:t>
             </w:r>
             <w:r w:rsidR="003C74A2">
               <w:t>vaccin</w:t>
             </w:r>
             <w:r w:rsidR="00142416">
               <w:t xml:space="preserve"> eller </w:t>
             </w:r>
             <w:r w:rsidR="00FD28B9">
               <w:t>enbart PCV13</w:t>
             </w:r>
             <w:r w:rsidR="00502954">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3754" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54F42B88" w14:textId="14B5A541" w:rsidR="0040526F" w:rsidRDefault="00096F32" w:rsidP="00F73FF0">
+          <w:p w:rsidR="0040526F" w:rsidP="00F73FF0" w:rsidRDefault="00096F32" w14:paraId="54F42B88" w14:textId="14B5A541">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="13"/>
             </w:pPr>
             <w:r>
               <w:t>En dos PCV20</w:t>
             </w:r>
             <w:r w:rsidR="00B9678B">
               <w:t xml:space="preserve"> oc</w:t>
             </w:r>
             <w:r w:rsidR="0092359E">
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidR="00A2341F">
               <w:t xml:space="preserve"> minst 8 veckor senare en dos PPV23</w:t>
             </w:r>
             <w:r w:rsidR="00B24AB7">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040526F" w14:paraId="1D86C721" w14:textId="77777777" w:rsidTr="002802AE">
+      <w:tr w:rsidR="0040526F" w:rsidTr="002802AE" w14:paraId="1D86C721" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3754" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72456A36" w14:textId="0371F18D" w:rsidR="0040526F" w:rsidRDefault="005D1ACF" w:rsidP="00F73FF0">
+          <w:p w:rsidR="0040526F" w:rsidP="00F73FF0" w:rsidRDefault="005D1ACF" w14:paraId="72456A36" w14:textId="0371F18D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="22"/>
             </w:pPr>
             <w:r>
               <w:t>Tidigare vaccinerad med PPV23 eller PCV13 + PPV23</w:t>
             </w:r>
             <w:r w:rsidR="00502954">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3754" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C088297" w14:textId="19DED59D" w:rsidR="0040526F" w:rsidRDefault="0080235F" w:rsidP="00F73FF0">
+          <w:p w:rsidR="0040526F" w:rsidP="00F73FF0" w:rsidRDefault="0080235F" w14:paraId="6C088297" w14:textId="19DED59D">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="13"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">En dos PCV20 minst 1 år efter senaste dosen och en dos PPV23 minst </w:t>
             </w:r>
             <w:r w:rsidR="008D74C7">
               <w:t>5 år sedan föregående dos PPV23 men tidigast 8 veckor efter PCV20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0040526F" w14:paraId="074B4EDA" w14:textId="77777777" w:rsidTr="002802AE">
+      <w:tr w:rsidR="0040526F" w:rsidTr="002802AE" w14:paraId="074B4EDA" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3754" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56920298" w14:textId="7FD4A4CA" w:rsidR="0040526F" w:rsidRDefault="00104F88" w:rsidP="00F73FF0">
+          <w:p w:rsidR="0040526F" w:rsidP="00F73FF0" w:rsidRDefault="00104F88" w14:paraId="56920298" w14:textId="7FD4A4CA">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="22"/>
             </w:pPr>
             <w:r>
               <w:t>Tidigare vaccinerad med PCV20 + PPV23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3754" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7A779B" w14:textId="5CB193CA" w:rsidR="0040526F" w:rsidRDefault="00502954" w:rsidP="00F73FF0">
+          <w:p w:rsidR="0040526F" w:rsidP="00F73FF0" w:rsidRDefault="00502954" w14:paraId="3A7A779B" w14:textId="5CB193CA">
             <w:pPr>
               <w:spacing w:before="40" w:after="40" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="13"/>
             </w:pPr>
             <w:r>
               <w:t>En dos PPV23 rekommenderas vart femte år. Behovet av boosterdos med  PCV är inte klarlagt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4518388F" w14:textId="4AC2AA61" w:rsidR="00067CBA" w:rsidRDefault="003761F7" w:rsidP="00D42478">
+    <w:p w:rsidR="00067CBA" w:rsidP="00D42478" w:rsidRDefault="003761F7" w14:paraId="4518388F" w14:textId="1B3ED426">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
-      <w:r>
-        <w:t>Rekommendation för pneumokockvaccination till splenektomerade vuxna. (PCV</w:t>
+      <w:r w:rsidR="003761F7">
+        <w:rPr/>
+        <w:t xml:space="preserve">Rekommendation för pneumokockvaccination till </w:t>
+      </w:r>
+      <w:r w:rsidR="003761F7">
+        <w:rPr/>
+        <w:t>splenektomerade</w:t>
+      </w:r>
+      <w:r w:rsidR="003761F7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> vuxna. (PCV</w:t>
       </w:r>
       <w:r w:rsidR="00BD5A1B">
-        <w:t>13 = Prevenar13, PCV20 = Apexxnar</w:t>
+        <w:rPr/>
+        <w:t xml:space="preserve">13 = Prevenar13, PCV20 = </w:t>
+      </w:r>
+      <w:r w:rsidR="42390496">
+        <w:rPr/>
+        <w:t>Prevenar20</w:t>
       </w:r>
       <w:r w:rsidR="002E25A3">
-        <w:t>, PPV23 = Pneumovax</w:t>
+        <w:rPr/>
+        <w:t xml:space="preserve">, PPV23 = </w:t>
+      </w:r>
+      <w:r w:rsidR="002E25A3">
+        <w:rPr/>
+        <w:t>Pneumovax</w:t>
       </w:r>
       <w:r w:rsidR="001B38D0">
+        <w:rPr/>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487C6F07" w14:textId="2AEB818B" w:rsidR="004F64B8" w:rsidRDefault="00813F5B" w:rsidP="00EB2285">
+    <w:p w:rsidR="004F64B8" w:rsidP="00EB2285" w:rsidRDefault="00813F5B" w14:paraId="487C6F07" w14:textId="2AEB818B">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
         <w:spacing w:after="320"/>
       </w:pPr>
       <w:r w:rsidRPr="00813F5B">
         <w:t>Tab</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ell </w:t>
       </w:r>
       <w:r w:rsidRPr="00813F5B">
         <w:t>hämtad</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> från </w:t>
       </w:r>
       <w:r w:rsidRPr="00813F5B">
         <w:t xml:space="preserve">vårdprogram, </w:t>
       </w:r>
-      <w:r w:rsidR="004821F8" w:rsidRPr="004821F8">
+      <w:r w:rsidRPr="004821F8" w:rsidR="004821F8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Riktlinjer för vaccination av vuxna inför och efter </w:t>
       </w:r>
-      <w:r w:rsidR="004821F8" w:rsidRPr="00911B7D">
+      <w:r w:rsidRPr="00911B7D" w:rsidR="004821F8">
         <w:rPr>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>splenektomi</w:t>
       </w:r>
       <w:r w:rsidR="00911B7D">
         <w:rPr>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00923633" w:rsidRPr="00911B7D">
+      <w:r w:rsidRPr="00911B7D" w:rsidR="00923633">
         <w:rPr>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>på</w:t>
       </w:r>
       <w:r w:rsidR="00923633">
         <w:t xml:space="preserve"> webbplatsen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="006B4DFD" w:rsidRPr="00110544">
+      <w:hyperlink w:history="1" r:id="rId18">
+        <w:r w:rsidRPr="00110544" w:rsidR="006B4DFD">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.infektion.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00911B7D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186EF811" w14:textId="65659963" w:rsidR="001E6CBA" w:rsidRDefault="001E6CBA" w:rsidP="001E6CBA">
+    <w:p w:rsidR="001E6CBA" w:rsidP="001E6CBA" w:rsidRDefault="001E6CBA" w14:paraId="186EF811" w14:textId="65659963">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc161748059"/>
+      <w:bookmarkStart w:name="_Toc161748059" w:id="13"/>
       <w:r>
         <w:t>Meningokockvaccin</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="7D293E15" w14:textId="39255C5C" w:rsidR="00B30BE0" w:rsidRDefault="00B30BE0" w:rsidP="00B30BE0">
+    <w:p w:rsidR="00B30BE0" w:rsidP="00B30BE0" w:rsidRDefault="00B30BE0" w14:paraId="7D293E15" w14:textId="39255C5C">
       <w:r>
         <w:t>Till tidigare ovaccinerad person, 25 år eller yngre, rekommenderas meningokockvaccination oavsett tid från splenektomin. Till tidigare ovaccinerad person äldre än 25 år rekommenderas vaccination i normalfallet endast om det gått mindre än 5 år sedan splenektomin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323FB400" w14:textId="1C3E6C19" w:rsidR="00B30BE0" w:rsidRDefault="00B30BE0" w:rsidP="002F1A96">
+    <w:p w:rsidR="00B30BE0" w:rsidP="002F1A96" w:rsidRDefault="00B30BE0" w14:paraId="323FB400" w14:textId="1C3E6C19">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc161748060"/>
+      <w:bookmarkStart w:name="_Toc161748060" w:id="14"/>
       <w:r>
         <w:t>Grundvaccination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="50E92DF4" w14:textId="2792B42D" w:rsidR="00B30BE0" w:rsidRDefault="00B30BE0" w:rsidP="00B30BE0">
+    <w:p w:rsidR="00B30BE0" w:rsidP="00B30BE0" w:rsidRDefault="00B30BE0" w14:paraId="50E92DF4" w14:textId="2792B42D">
       <w:r>
         <w:t>En dos konjugerat MenACWY</w:t>
       </w:r>
       <w:r w:rsidR="003F7F2B">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>vaccin (Menveo</w:t>
       </w:r>
       <w:r w:rsidRPr="003F7F2B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> eller Nimenrix</w:t>
       </w:r>
-      <w:r w:rsidR="003F7F2B" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="003F7F2B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t>) samt vaccination mot MenB (2 doser Bexsero</w:t>
       </w:r>
-      <w:r w:rsidR="003F7F2B" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="003F7F2B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> eller 3 doser Trumenba</w:t>
       </w:r>
-      <w:r w:rsidR="003F7F2B" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="003F7F2B">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003F7F2B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C94CE32" w14:textId="3F21FF1D" w:rsidR="00B30BE0" w:rsidRDefault="00B30BE0" w:rsidP="00750DB5">
+    <w:p w:rsidR="00B30BE0" w:rsidP="00750DB5" w:rsidRDefault="00B30BE0" w14:paraId="1C94CE32" w14:textId="3F21FF1D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc161748061"/>
+      <w:bookmarkStart w:name="_Toc161748061" w:id="15"/>
       <w:r>
         <w:t>Boostervaccination till patienter upp till och med 25 års ålder</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="13B724DD" w14:textId="5612D724" w:rsidR="00B30BE0" w:rsidRDefault="00B30BE0" w:rsidP="00B30BE0">
+    <w:p w:rsidR="00B30BE0" w:rsidP="00B30BE0" w:rsidRDefault="00B30BE0" w14:paraId="13B724DD" w14:textId="5612D724">
       <w:r>
         <w:t>En dos MenB (Bexsero</w:t>
       </w:r>
-      <w:r w:rsidR="00750DB5" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="00750DB5">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> eller Trumenba</w:t>
       </w:r>
-      <w:r w:rsidR="00750DB5" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="00750DB5">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t>) efter 1 år</w:t>
       </w:r>
       <w:r w:rsidR="00EB08EE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="740DFDCF" w14:textId="0E872728" w:rsidR="00B30BE0" w:rsidRDefault="00B30BE0" w:rsidP="00B30BE0">
+    <w:p w:rsidR="00B30BE0" w:rsidP="00B30BE0" w:rsidRDefault="00B30BE0" w14:paraId="740DFDCF" w14:textId="0E872728">
       <w:r>
         <w:t>En dos MenACWY (Menveo</w:t>
       </w:r>
-      <w:r w:rsidR="00750DB5" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="00750DB5">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> eller Nimenrix</w:t>
       </w:r>
-      <w:r w:rsidR="00750DB5" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="00750DB5">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t>) efter 5 år</w:t>
       </w:r>
       <w:r w:rsidR="00EB08EE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3926B0F5" w14:textId="60DB9EA3" w:rsidR="00B30BE0" w:rsidRPr="00DC594C" w:rsidRDefault="00B30BE0" w:rsidP="00FC662C">
+    <w:p w:rsidRPr="00DC594C" w:rsidR="00B30BE0" w:rsidP="00FC662C" w:rsidRDefault="00B30BE0" w14:paraId="3926B0F5" w14:textId="60DB9EA3">
       <w:r w:rsidRPr="00914FD9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Meningokockvaccination kan bli aktuell till patienter äldre än 25</w:t>
       </w:r>
       <w:r w:rsidR="00914FD9">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>år</w:t>
       </w:r>
       <w:r w:rsidR="00C72868">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> även om längre tid än fem år förflutit efter splenektomin vid till exempel </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC594C">
         <w:t>pågående utbrott</w:t>
       </w:r>
       <w:r w:rsidR="00FC662C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC594C">
         <w:t>inför utlandsresa eller vid annan samtidig immunbrist.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BA7B53" w14:textId="11530C2A" w:rsidR="001E6CBA" w:rsidRDefault="00B30BE0" w:rsidP="00B30BE0">
+    <w:p w:rsidR="001E6CBA" w:rsidP="00B30BE0" w:rsidRDefault="00B30BE0" w14:paraId="56BA7B53" w14:textId="11530C2A">
       <w:r>
         <w:t>Observera att Menveo</w:t>
       </w:r>
-      <w:r w:rsidR="00FC662C" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="00FC662C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och Nimenrix</w:t>
       </w:r>
-      <w:r w:rsidR="00FC662C" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="00FC662C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> respektive Bexsero</w:t>
       </w:r>
-      <w:r w:rsidR="00FC662C" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="00FC662C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och Trumenba</w:t>
       </w:r>
-      <w:r w:rsidR="00FC662C" w:rsidRPr="003F7F2B">
+      <w:r w:rsidRPr="003F7F2B" w:rsidR="00FC662C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> inte är utbytbara</w:t>
       </w:r>
       <w:r w:rsidR="00F2245D">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r>
         <w:t>vid grundvaccination (dos 1 och 2) bör man helst ge samma vaccinsort. Vid uppföljande vaccindoser vid boostring kan man eftersträva samma vaccinsort</w:t>
       </w:r>
       <w:r w:rsidR="00F2245D">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> men om det saknas används det vaccin som finns tillgängligt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A494543" w14:textId="77777777" w:rsidR="004471A0" w:rsidRDefault="004471A0" w:rsidP="004471A0">
+    <w:p w:rsidR="004471A0" w:rsidP="004471A0" w:rsidRDefault="004471A0" w14:paraId="1A494543" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc161748062"/>
+      <w:bookmarkStart w:name="_Toc161748062" w:id="16"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Vaccin mot säsongsinfluensa</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="095F54D1" w14:textId="77777777" w:rsidR="004471A0" w:rsidRDefault="004471A0" w:rsidP="004471A0">
+    <w:p w:rsidR="004471A0" w:rsidP="004471A0" w:rsidRDefault="004471A0" w14:paraId="095F54D1" w14:textId="77777777">
       <w:r>
         <w:t>Årlig influensavaccin inför eller under pågående influensasäsong. Syftet är att minska risken för allvarlig sekundär bakteriell pneumoni.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294589ED" w14:textId="19FD8401" w:rsidR="004471A0" w:rsidRDefault="004471A0" w:rsidP="004471A0">
-[...3 lines deleted...]
-      <w:r w:rsidR="00234223" w:rsidRPr="003F7F2B">
+    <w:p w:rsidR="004471A0" w:rsidP="004471A0" w:rsidRDefault="004471A0" w14:paraId="294589ED" w14:textId="29DF6E02">
+      <w:r w:rsidR="004471A0">
+        <w:rPr/>
+        <w:t xml:space="preserve">För närvarande används </w:t>
+      </w:r>
+      <w:r w:rsidR="44BED07F">
+        <w:rPr/>
+        <w:t>Fluarix</w:t>
+      </w:r>
+      <w:r w:rsidRPr="453F1671" w:rsidR="00234223">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="004471A0">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68FC805B" w14:textId="40409AEF" w:rsidR="00A142F9" w:rsidRPr="0069066B" w:rsidRDefault="00A142F9" w:rsidP="0069066B">
+    <w:p w:rsidRPr="0069066B" w:rsidR="00A142F9" w:rsidP="0069066B" w:rsidRDefault="00A142F9" w14:paraId="68FC805B" w14:textId="40409AEF">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc161748063"/>
+      <w:bookmarkStart w:name="_Toc161748063" w:id="17"/>
       <w:r w:rsidRPr="0069066B">
         <w:t>Sammanfattande rekommendation</w:t>
       </w:r>
-      <w:r w:rsidR="001907A0" w:rsidRPr="0069066B">
+      <w:r w:rsidRPr="0069066B" w:rsidR="001907A0">
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="00FE28BD" w:rsidRPr="0069066B">
+      <w:r w:rsidRPr="0069066B" w:rsidR="00FE28BD">
         <w:t xml:space="preserve"> för vuxna</w:t>
       </w:r>
-      <w:r w:rsidR="0069066B" w:rsidRPr="0069066B">
+      <w:r w:rsidRPr="0069066B" w:rsidR="0069066B">
         <w:t xml:space="preserve"> efter splenektomi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="75E24C04" w14:textId="65ED0124" w:rsidR="001907A0" w:rsidRDefault="001907A0" w:rsidP="001907A0">
+    <w:p w:rsidR="001907A0" w:rsidP="001907A0" w:rsidRDefault="001907A0" w14:paraId="75E24C04" w14:textId="65ED0124">
       <w:r>
         <w:t>Nedanstående faktaruta sammanfatta</w:t>
       </w:r>
       <w:r w:rsidR="00457556">
         <w:t xml:space="preserve">r </w:t>
       </w:r>
       <w:r w:rsidR="001C62F4">
         <w:t xml:space="preserve">infektionsläkarföreningens </w:t>
       </w:r>
       <w:r>
         <w:t>rekommendationer för vaccination av vuxna inför och efter splenektomi.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="7938" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7938"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003134E0" w14:paraId="4EB7C77A" w14:textId="77777777" w:rsidTr="0069066B">
+      <w:tr w:rsidR="003134E0" w:rsidTr="453F1671" w14:paraId="4EB7C77A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7938" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="591FAB06" w14:textId="77777777" w:rsidR="003134E0" w:rsidRDefault="00CB1F7B" w:rsidP="00FE28BD">
+          <w:p w:rsidR="003134E0" w:rsidP="00FE28BD" w:rsidRDefault="00CB1F7B" w14:paraId="591FAB06" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="94"/>
             </w:pPr>
             <w:r>
               <w:t>Vacci</w:t>
             </w:r>
             <w:r w:rsidR="00F817E5">
               <w:t>nationen avslutas senast 14 d</w:t>
             </w:r>
             <w:r w:rsidR="00933B37">
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00F817E5">
               <w:t>gar före splenektomin eller påbörjas tidigast 14 dagar efter ingreppet</w:t>
             </w:r>
             <w:r w:rsidR="00D14B52">
               <w:t xml:space="preserve"> (AII</w:t>
             </w:r>
             <w:r w:rsidR="0006178A">
               <w:t>-CIII. Vid risk för fördröjd vaccination kan vaccinationen påbörjas innan patienten lämnar sjukhuset även tidigare än 14</w:t>
             </w:r>
             <w:r w:rsidR="005B7424">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0006178A">
               <w:t>dagar efter operationen.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0664891D" w14:textId="77777777" w:rsidR="005B7424" w:rsidRPr="002C14A6" w:rsidRDefault="005B7424" w:rsidP="00E74148">
+          <w:p w:rsidRPr="002C14A6" w:rsidR="005B7424" w:rsidP="00E74148" w:rsidRDefault="005B7424" w14:paraId="0664891D" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="96"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C14A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Vaccin mot </w:t>
             </w:r>
-            <w:r w:rsidR="00191D5F" w:rsidRPr="002C14A6">
+            <w:r w:rsidRPr="002C14A6" w:rsidR="00191D5F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>pneumo</w:t>
             </w:r>
             <w:r w:rsidRPr="002C14A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>kocker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F73F6BB" w14:textId="10D4E445" w:rsidR="00191D5F" w:rsidRDefault="00E01284" w:rsidP="00FE28BD">
+          <w:p w:rsidR="00191D5F" w:rsidP="00FE28BD" w:rsidRDefault="00E01284" w14:paraId="6F73F6BB" w14:textId="10D4E445">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="94"/>
             </w:pPr>
             <w:r>
               <w:t>Till tidigare ovaccinerad rekommenderas vaccination oavsett tid sedan splenektomin.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="608808DC" w14:textId="7A818842" w:rsidR="00E01284" w:rsidRDefault="00DF2517" w:rsidP="00FE28BD">
+          <w:p w:rsidR="00E01284" w:rsidP="00FE28BD" w:rsidRDefault="00DF2517" w14:paraId="608808DC" w14:textId="528BAA2F">
             <w:pPr>
               <w:pStyle w:val="Punktlista"/>
-              <w:keepNext/>
-              <w:keepLines/>
+              <w:keepNext w:val="1"/>
+              <w:keepLines w:val="1"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr/>
             </w:pPr>
-            <w:r>
-              <w:t>En dos PCV20 (Apexxnar) fö</w:t>
+            <w:r w:rsidR="29C910D0">
+              <w:rPr/>
+              <w:t>En dos PCV20 (</w:t>
             </w:r>
-            <w:r w:rsidR="00897E1E">
+            <w:r w:rsidR="229B76FE">
+              <w:rPr/>
+              <w:t>Prevenar20</w:t>
+            </w:r>
+            <w:r w:rsidR="29C910D0">
+              <w:rPr/>
+              <w:t>) fö</w:t>
+            </w:r>
+            <w:r w:rsidR="6CCF517F">
+              <w:rPr/>
               <w:t>l</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="29C910D0">
+              <w:rPr/>
               <w:t>jt av en dos PPV23 (</w:t>
             </w:r>
-            <w:r w:rsidR="005E4E20">
+            <w:r w:rsidR="023C5024">
+              <w:rPr/>
               <w:t>Pneu</w:t>
             </w:r>
-            <w:r w:rsidR="00845D8F">
+            <w:r w:rsidR="255406EB">
+              <w:rPr/>
               <w:t>m</w:t>
             </w:r>
-            <w:r w:rsidR="005E4E20">
-              <w:t>ovax) minst 8 veckor senare (A</w:t>
+            <w:r w:rsidR="023C5024">
+              <w:rPr/>
+              <w:t>ovax</w:t>
             </w:r>
-            <w:r w:rsidR="00845D8F">
+            <w:r w:rsidR="023C5024">
+              <w:rPr/>
+              <w:t>) minst 8 veckor senare (A</w:t>
+            </w:r>
+            <w:r w:rsidR="255406EB">
+              <w:rPr/>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="005E4E20">
+            <w:r w:rsidR="023C5024">
+              <w:rPr/>
               <w:t>II)</w:t>
             </w:r>
-            <w:r w:rsidR="008B671C">
+            <w:r w:rsidR="38FCA0B9">
+              <w:rPr/>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="740C2725" w14:textId="10F69193" w:rsidR="008B671C" w:rsidRDefault="008B671C" w:rsidP="00FE28BD">
+          <w:p w:rsidR="008B671C" w:rsidP="00FE28BD" w:rsidRDefault="008B671C" w14:paraId="740C2725" w14:textId="10F69193">
             <w:pPr>
               <w:pStyle w:val="Punktlista"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r>
               <w:t>Revaccination med en dos PPV23 vart femte år (CII).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B5C3FF5" w14:textId="77777777" w:rsidR="00191D5F" w:rsidRPr="002C14A6" w:rsidRDefault="00191D5F" w:rsidP="00E74148">
+          <w:p w:rsidRPr="002C14A6" w:rsidR="00191D5F" w:rsidP="00E74148" w:rsidRDefault="00191D5F" w14:paraId="4B5C3FF5" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="96"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C14A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vaccin mot meningokocker</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B45EF4C" w14:textId="46C2E074" w:rsidR="005E1D84" w:rsidRDefault="005E1D84" w:rsidP="00FE28BD">
+          <w:p w:rsidR="005E1D84" w:rsidP="00FE28BD" w:rsidRDefault="005E1D84" w14:paraId="2B45EF4C" w14:textId="46C2E074">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="94"/>
             </w:pPr>
             <w:r>
               <w:t>Till tidigare ovaccinerad</w:t>
             </w:r>
             <w:r w:rsidR="00562D3B">
               <w:t>, 25 år eller yngre, re</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">kommenderas vaccination oavsett tid </w:t>
             </w:r>
             <w:r w:rsidR="00562D3B">
               <w:t>från</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> splenektomin.</w:t>
             </w:r>
             <w:r w:rsidR="006A36DD">
               <w:t xml:space="preserve"> Till tidigare ovaccinerad äldre än 25 år</w:t>
             </w:r>
             <w:r w:rsidR="00AA5C8D">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="006A36DD">
               <w:t xml:space="preserve"> rekommenderas</w:t>
             </w:r>
             <w:r w:rsidR="00507E6F">
               <w:t xml:space="preserve"> vaccination i normalfallet endast om det gått mindre än 5 år sedan splenektomin.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20EEBB14" w14:textId="7A44DDAD" w:rsidR="00191D5F" w:rsidRDefault="00282CA8" w:rsidP="00FE28BD">
+          <w:p w:rsidR="00191D5F" w:rsidP="00FE28BD" w:rsidRDefault="00282CA8" w14:paraId="20EEBB14" w14:textId="7A44DDAD">
             <w:pPr>
               <w:pStyle w:val="Punktlista"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Grundvaccination med en dos konjugerat MenACWY-vaccin (Menveo eller </w:t>
             </w:r>
             <w:r w:rsidR="004D0E3A">
               <w:t xml:space="preserve">Nimenrix) samt vaccination mot </w:t>
             </w:r>
             <w:r w:rsidR="00633052">
               <w:t>MenB (2 doser Bexsero</w:t>
             </w:r>
             <w:r w:rsidR="007E146F">
               <w:t xml:space="preserve"> eller 3 doser Trumemba) (CIII)</w:t>
             </w:r>
             <w:r w:rsidR="00722086">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76820629" w14:textId="1B04A0C5" w:rsidR="00722086" w:rsidRDefault="00C42B00" w:rsidP="00FE28BD">
+          <w:p w:rsidR="00722086" w:rsidP="00FE28BD" w:rsidRDefault="00C42B00" w14:paraId="76820629" w14:textId="1B04A0C5">
             <w:pPr>
               <w:pStyle w:val="Punktlista"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r>
               <w:t>Boostervaccination till patienter upp till och med 25 års ålder med en dos MenB</w:t>
             </w:r>
             <w:r w:rsidR="00F166EF">
               <w:t xml:space="preserve"> efer 1 år och en dos MenACWY efter 5 år (CIII)</w:t>
             </w:r>
             <w:r w:rsidR="00274844">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65552E48" w14:textId="7BCEFEDD" w:rsidR="007C77B4" w:rsidRPr="007C77B4" w:rsidRDefault="007C77B4" w:rsidP="00FE28BD">
+          <w:p w:rsidRPr="007C77B4" w:rsidR="007C77B4" w:rsidP="00FE28BD" w:rsidRDefault="007C77B4" w14:paraId="65552E48" w14:textId="7BCEFEDD">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="96"/>
             </w:pPr>
             <w:r>
               <w:t>Meningokockvaccination</w:t>
             </w:r>
             <w:r w:rsidR="003D3537">
               <w:t xml:space="preserve"> kan bli aktuell till patienter äldre än 25 år även om längre tid än 5 år förflutit efter splenektomin vid till exempel pågående utbrott, inför utlandsresa eller vid annan sam</w:t>
             </w:r>
             <w:r w:rsidR="003727CB">
               <w:t>tidig immunbrist.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6A9B0FB7" w14:textId="7B617868" w:rsidR="00191D5F" w:rsidRPr="002C14A6" w:rsidRDefault="00191D5F" w:rsidP="00E74148">
+          <w:p w:rsidRPr="002C14A6" w:rsidR="00191D5F" w:rsidP="00E74148" w:rsidRDefault="00191D5F" w14:paraId="6A9B0FB7" w14:textId="7B617868">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="96"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C14A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vaccin mot säsongsinfluensa</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53438133" w14:textId="1B7D6FED" w:rsidR="00191D5F" w:rsidRDefault="00B45DC3" w:rsidP="00FE28BD">
+          <w:p w:rsidR="00191D5F" w:rsidP="00FE28BD" w:rsidRDefault="00B45DC3" w14:paraId="53438133" w14:textId="1B7D6FED">
             <w:pPr>
               <w:pStyle w:val="Punktlista"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r>
               <w:t>Årlig influensavaccination (CIII)</w:t>
             </w:r>
             <w:r w:rsidR="000477D6">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3178B413" w14:textId="77777777" w:rsidR="00191D5F" w:rsidRPr="002C14A6" w:rsidRDefault="00191D5F" w:rsidP="00E74148">
+          <w:p w:rsidRPr="002C14A6" w:rsidR="00191D5F" w:rsidP="00E74148" w:rsidRDefault="00191D5F" w14:paraId="3178B413" w14:textId="77777777">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="10"/>
               <w:ind w:left="0" w:right="96"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C14A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Vaccin mot Haemohilus influenzae</w:t>
             </w:r>
-            <w:r w:rsidR="002C14A6" w:rsidRPr="002C14A6">
+            <w:r w:rsidRPr="002C14A6" w:rsidR="002C14A6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> serotyp b</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E214DF0" w14:textId="22E71C5E" w:rsidR="002C14A6" w:rsidRDefault="000477D6" w:rsidP="00FE28BD">
+          <w:p w:rsidR="002C14A6" w:rsidP="00FE28BD" w:rsidRDefault="000477D6" w14:paraId="2E214DF0" w14:textId="22E71C5E">
             <w:pPr>
               <w:pStyle w:val="Punktlista"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
             <w:r>
               <w:t>Ges inte i normalfallet (D</w:t>
             </w:r>
             <w:r w:rsidR="009A11BB">
               <w:t>III).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65DEC78C" w14:textId="456A3D08" w:rsidR="00911B7D" w:rsidRDefault="00911B7D" w:rsidP="00911B7D">
+    <w:p w:rsidR="00911B7D" w:rsidP="00911B7D" w:rsidRDefault="00911B7D" w14:paraId="65DEC78C" w14:textId="456A3D08">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
         <w:spacing w:after="320"/>
       </w:pPr>
       <w:r w:rsidRPr="00813F5B">
         <w:t>Tab</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ell </w:t>
       </w:r>
       <w:r w:rsidRPr="00813F5B">
         <w:t>hämtad</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> från </w:t>
       </w:r>
       <w:r w:rsidRPr="00813F5B">
         <w:t>vårdprogram</w:t>
       </w:r>
       <w:r w:rsidR="00014828">
         <w:t xml:space="preserve">met </w:t>
       </w:r>
       <w:r w:rsidRPr="00014828">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Riktlinjer för vaccination av vuxna inför och efter splenektomi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00911B7D">
         <w:rPr>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>på</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> webbplatsen </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId19">
         <w:r w:rsidRPr="00110544">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.infektion.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B0661A" w14:textId="77777777" w:rsidR="002177F1" w:rsidRDefault="002177F1" w:rsidP="002177F1">
+    <w:p w:rsidR="002177F1" w:rsidP="002177F1" w:rsidRDefault="002177F1" w14:paraId="72B0661A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc161748064"/>
+      <w:bookmarkStart w:name="_Toc161748064" w:id="18"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentation i Melior</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="1C4B771F" w14:textId="7449DBD1" w:rsidR="002177F1" w:rsidRDefault="002177F1" w:rsidP="002177F1">
+    <w:p w:rsidR="002177F1" w:rsidP="002177F1" w:rsidRDefault="002177F1" w14:paraId="1C4B771F" w14:textId="7449DBD1">
       <w:r>
         <w:t xml:space="preserve">Gå in i </w:t>
       </w:r>
       <w:r w:rsidRPr="00D93302">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Patientbakgrund – Viktig information</w:t>
       </w:r>
       <w:r>
         <w:t>. Kryssa för ”Splenektomi/nedsatt mjältfunktion”. Fritexten ”Splenektomerad” kan vid behov ändras till ”Nedsatt mjältfunktion”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C2E7A7" w14:textId="77777777" w:rsidR="0097788E" w:rsidRDefault="0097788E" w:rsidP="0097788E">
+    <w:p w:rsidR="0097788E" w:rsidP="0097788E" w:rsidRDefault="0097788E" w14:paraId="68C2E7A7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc161748065"/>
+      <w:bookmarkStart w:name="_Toc161748065" w:id="19"/>
       <w:r>
         <w:t>Information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="183DE6DC" w14:textId="1C860703" w:rsidR="0097788E" w:rsidRDefault="00BE6680" w:rsidP="0097788E">
+    <w:p w:rsidR="0097788E" w:rsidP="0097788E" w:rsidRDefault="00BE6680" w14:paraId="183DE6DC" w14:textId="1C860703">
       <w:r>
         <w:t xml:space="preserve">Lämna </w:t>
       </w:r>
       <w:r w:rsidR="0097788E">
         <w:t>muntlig och skriftlig information</w:t>
       </w:r>
       <w:r w:rsidR="00A84D98">
         <w:t xml:space="preserve"> till patienten</w:t>
       </w:r>
       <w:r w:rsidR="0097788E">
         <w:t>. Använd nedanstående skriftlig</w:t>
       </w:r>
       <w:r w:rsidR="0007597B">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="0097788E">
         <w:t xml:space="preserve"> informationsblad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000E3F93" w14:textId="77777777" w:rsidR="00892075" w:rsidRDefault="003F5214" w:rsidP="00892075">
-[...1 lines deleted...]
-        <w:r w:rsidR="00653FC6" w:rsidRPr="00534459">
+    <w:p w:rsidR="00892075" w:rsidP="00892075" w:rsidRDefault="003F5214" w14:paraId="000E3F93" w14:textId="77777777">
+      <w:hyperlink w:history="1" r:id="rId20">
+        <w:r w:rsidRPr="00534459" w:rsidR="00653FC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Information till dig som saknar mjälte/Splenektomi</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E541F27" w14:textId="3DA9AA8B" w:rsidR="0097788E" w:rsidRDefault="0097788E" w:rsidP="00892075">
+    <w:p w:rsidR="0097788E" w:rsidP="00892075" w:rsidRDefault="0097788E" w14:paraId="1E541F27" w14:textId="3DA9AA8B">
       <w:pPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00892075">
         <w:t>Understryk vikten av att söka vård tidigt vid feber eller frossa och att</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vaccinationerna aldrig ger ett hundraprocentigt skydd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A093230" w14:textId="64E74966" w:rsidR="002177F1" w:rsidRDefault="0097788E" w:rsidP="0097788E">
+    <w:p w:rsidR="002177F1" w:rsidP="0097788E" w:rsidRDefault="0097788E" w14:paraId="3A093230" w14:textId="64E74966">
       <w:r>
         <w:t>Se även rutinen ”</w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="003F1816" w:rsidRPr="005A55B1">
+      <w:hyperlink w:history="1" r:id="rId21">
+        <w:r w:rsidRPr="005A55B1" w:rsidR="003F1816">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vaccination av vuxna patienter inför och efter splenektomi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">” utarbetad av infektionskliniken, </w:t>
       </w:r>
-      <w:r w:rsidR="0096240D" w:rsidRPr="0096240D">
+      <w:r w:rsidRPr="0096240D" w:rsidR="0096240D">
         <w:t>Sahlgrenska Universitetssjukhuset</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F4362FD" w14:textId="79771763" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="0F4362FD" w14:textId="79771763">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc182366122"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="22" w:name="_Toc161748066"/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc447716002" w:id="21"/>
+      <w:bookmarkStart w:name="_Toc161748066" w:id="22"/>
       <w:r w:rsidRPr="00E0291B">
-        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="273940D4" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="0088125F" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="0088125F" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="273940D4" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088125F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A78D257" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="5A78D257" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0291B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Afshin Shahnavaz, överläkare, HIVÖ/infektionsmottagningen, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="682A3ED3" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="0088125F" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="0088125F" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="682A3ED3" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088125F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B92215" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="37B92215" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0291B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545D5C04" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="0088125F" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="0088125F" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="545D5C04" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088125F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9FDDDF" w14:textId="4BD09D09" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00864787" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00864787" w14:paraId="1C9FDDDF" w14:textId="4BD09D09">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson</w:t>
       </w:r>
-      <w:r w:rsidR="00E0291B" w:rsidRPr="00E0291B">
+      <w:r w:rsidRPr="00E0291B" w:rsidR="00E0291B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0F7460" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="0088125F" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="0088125F" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="3C0F7460" w14:textId="77777777">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088125F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F061D7" w14:textId="7D5E5A05" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="37F061D7" w14:textId="7D5E5A05">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E0291B">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Splenektomi, nedsatt mjältfunktion, vaccination, immunnedsättning, mjälte, mjältoperation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AA0CBEA" w14:textId="77777777" w:rsidR="00E0291B" w:rsidRPr="00E0291B" w:rsidRDefault="00E0291B" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="00E0291B" w:rsidR="00E0291B" w:rsidP="00BF0733" w:rsidRDefault="00E0291B" w14:paraId="6AA0CBEA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc161748067"/>
+      <w:bookmarkStart w:name="_Toc161748067" w:id="23"/>
       <w:r w:rsidRPr="00E0291B">
         <w:t>Referens- och länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="7F8F86F0" w14:textId="0236A943" w:rsidR="00A82E0D" w:rsidRPr="00A82E0D" w:rsidRDefault="00A82E0D" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="00A82E0D" w:rsidR="00A82E0D" w:rsidP="00BF0733" w:rsidRDefault="00A82E0D" w14:paraId="7F8F86F0" w14:textId="0236A943">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Riktlinjer för vaccination av vuxna splenektomi. Svenska infektionsläkarföreningen (SILF), maj 2023.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId22">
         <w:r w:rsidRPr="00110544">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://infektion.net/wp-content/uploads/2023/05/riktlinjer_for_vaccination_av_vuxna_splenektomi_2023.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A0C8FBA" w14:textId="6DC620D1" w:rsidR="000604FF" w:rsidRDefault="000604FF" w:rsidP="00BF0733">
+    <w:p w:rsidR="000604FF" w:rsidP="00BF0733" w:rsidRDefault="000604FF" w14:paraId="7A0C8FBA" w14:textId="6DC620D1">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vaccination av vuxna patienter inför och efter splenektomi”. Rutin utarbetad av infektionskliniken, Sahlgrenska </w:t>
       </w:r>
       <w:r w:rsidR="00F954E8">
         <w:t>Universistets</w:t>
       </w:r>
       <w:r>
         <w:t>sjukhuset, september 2023.</w:t>
       </w:r>
       <w:r w:rsidR="00C101D4">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00C101D4" w:rsidRPr="00C101D4">
+      <w:hyperlink w:history="1" r:id="rId23">
+        <w:r w:rsidRPr="00C101D4" w:rsidR="00C101D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/su</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B752964" w14:textId="166373D7" w:rsidR="002D3283" w:rsidRDefault="007A2799" w:rsidP="00BF0733">
+    <w:p w:rsidR="002D3283" w:rsidP="00BF0733" w:rsidRDefault="007A2799" w14:paraId="5B752964" w14:textId="166373D7">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Rekommendationer om förebyggande åtgärder mot invasiv meningokocksjukdojm</w:t>
       </w:r>
       <w:r w:rsidR="002D3283">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009C5BC3">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Folkhälsomyndigheten, a</w:t>
       </w:r>
       <w:r w:rsidR="002D3283">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">pril 2018. </w:t>
       </w:r>
       <w:r w:rsidR="002D3283">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="002D3283" w:rsidRPr="002D3283">
+      <w:hyperlink w:history="1" r:id="rId24">
+        <w:r w:rsidRPr="002D3283" w:rsidR="002D3283">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.folkhalsomyndigheten.se/contentassets/941f1dd281b24e75b6e6d46d490b4d1d/rekommendationer-om-forebyggande-atgarder-mot-invasiv-meningokockinfektion.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="588DD746" w14:textId="340FBC8A" w:rsidR="00467E20" w:rsidRPr="00B579D5" w:rsidRDefault="00294A2E" w:rsidP="00BF0733">
+    <w:p w:rsidRPr="00B579D5" w:rsidR="00467E20" w:rsidP="00BF0733" w:rsidRDefault="00294A2E" w14:paraId="588DD746" w14:textId="340FBC8A">
       <w:pPr>
         <w:pStyle w:val="Punktlistanumrerad"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="00D028C7" w:rsidRPr="00B579D5">
+      <w:r w:rsidRPr="00B579D5" w:rsidR="00D028C7">
         <w:t xml:space="preserve">ekommendationer om pneumokockvaccination till </w:t>
       </w:r>
       <w:r>
         <w:t>riskgrupper</w:t>
       </w:r>
-      <w:r w:rsidR="00D028C7" w:rsidRPr="00B579D5">
+      <w:r w:rsidRPr="00B579D5" w:rsidR="00D028C7">
         <w:t>. Folkhälsomyndigheten</w:t>
       </w:r>
       <w:r w:rsidR="00AA208C">
         <w:t xml:space="preserve">, september </w:t>
       </w:r>
-      <w:r w:rsidR="00D028C7" w:rsidRPr="00B579D5">
+      <w:r w:rsidRPr="00B579D5" w:rsidR="00D028C7">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00AA208C">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00E0291B" w:rsidRPr="00B579D5">
+      <w:r w:rsidRPr="00B579D5" w:rsidR="00E0291B">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00613249">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="00613249" w:rsidRPr="00110544">
+      <w:hyperlink w:history="1" r:id="rId25">
+        <w:r w:rsidRPr="00110544" w:rsidR="00613249">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-pneumokockvaccination-/?pub=56914</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00467E20" w:rsidRPr="00B579D5" w:rsidSect="00E0291B">
+    <w:sectPr w:rsidRPr="00B579D5" w:rsidR="00467E20" w:rsidSect="00E0291B">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DCAD3BC" w14:textId="77777777" w:rsidR="009405D1" w:rsidRDefault="009405D1">
+    <w:p w:rsidR="009405D1" w:rsidRDefault="009405D1" w14:paraId="4DCAD3BC" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5231035D" w14:textId="77777777" w:rsidR="009405D1" w:rsidRDefault="009405D1">
+    <w:p w:rsidR="009405D1" w:rsidRDefault="009405D1" w14:paraId="5231035D" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="64BE10E5" w14:textId="77777777" w:rsidR="009405D1" w:rsidRDefault="009405D1">
+    <w:p w:rsidR="009405D1" w:rsidRDefault="009405D1" w14:paraId="64BE10E5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3153,162 +3223,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Sidfot"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="063AE373">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4388307</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-27355</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1897920" cy="384860"/>
           <wp:effectExtent l="0" t="0" r="7620" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="8" name="Bildobjekt 8">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -3343,311 +3413,311 @@
                     <a:ext cx="1953671" cy="396165"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="668D20EF" w14:textId="77777777" w:rsidR="009405D1" w:rsidRDefault="009405D1"/>
+    <w:p w:rsidR="009405D1" w:rsidRDefault="009405D1" w14:paraId="668D20EF" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5054EA2E" w14:textId="77777777" w:rsidR="009405D1" w:rsidRDefault="009405D1">
+    <w:p w:rsidR="009405D1" w:rsidRDefault="009405D1" w14:paraId="5054EA2E" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="39AD6A5C" w14:textId="77777777" w:rsidR="009405D1" w:rsidRDefault="009405D1">
+    <w:p w:rsidR="009405D1" w:rsidRDefault="009405D1" w14:paraId="39AD6A5C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="427579A8">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="4BDB8B19">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="Bildobjekt 7">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -3683,728 +3753,728 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F9DCF26A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="62BA08A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="47644EF0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17973DD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="387687A6"/>
     <w:lvl w:ilvl="0" w:tplc="3758A290">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2795" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3515" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -4449,147 +4519,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7835" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D091AC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7402EE08"/>
     <w:lvl w:ilvl="0" w:tplc="D688AF56">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="Punktlistaalfabetisk"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1571" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2291" w:hanging="360"/>
       </w:pPr>
@@ -4649,147 +4719,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="301B32AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3D49CD2"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -4998,1216 +5068,1216 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="449511678">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="155263765">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1762142652">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="922833665">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
@@ -6327,69 +6397,70 @@
   <w:num w:numId="10" w16cid:durableId="221215061">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="581110755">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="112403251">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="811601545">
     <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="794718673">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="90"/>
   <w:embedSystemFonts/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="00000DF0"/>
     <w:rsid w:val="000051D5"/>
@@ -7040,209 +7111,230 @@
     <w:rsid w:val="00F2245D"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F73FF0"/>
     <w:rsid w:val="00F817E5"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00F9176F"/>
     <w:rsid w:val="00F954E8"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB41CA"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC662C"/>
     <w:rsid w:val="00FD28B9"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE0987"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE28BD"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="023C5024"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0C34AE7B"/>
     <w:rsid w:val="12419C82"/>
+    <w:rsid w:val="18B5C695"/>
+    <w:rsid w:val="1FCD69B0"/>
+    <w:rsid w:val="229B76FE"/>
+    <w:rsid w:val="255406EB"/>
     <w:rsid w:val="2594593C"/>
     <w:rsid w:val="286D8700"/>
+    <w:rsid w:val="29C910D0"/>
+    <w:rsid w:val="2A041E33"/>
+    <w:rsid w:val="2AA61A38"/>
     <w:rsid w:val="2B5495C2"/>
+    <w:rsid w:val="2EBAE89B"/>
     <w:rsid w:val="311AD3E2"/>
     <w:rsid w:val="33E641AF"/>
     <w:rsid w:val="37AB4562"/>
+    <w:rsid w:val="38FCA0B9"/>
     <w:rsid w:val="390CBD6A"/>
     <w:rsid w:val="3AE5AD21"/>
     <w:rsid w:val="3C477097"/>
     <w:rsid w:val="42377C3F"/>
+    <w:rsid w:val="42390496"/>
+    <w:rsid w:val="44BED07F"/>
+    <w:rsid w:val="453F1671"/>
     <w:rsid w:val="49BCA923"/>
     <w:rsid w:val="4A739483"/>
+    <w:rsid w:val="4B7E1686"/>
     <w:rsid w:val="518373BB"/>
+    <w:rsid w:val="5351BBED"/>
     <w:rsid w:val="59FD6C8F"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6694DE31"/>
+    <w:rsid w:val="66E9CFC1"/>
     <w:rsid w:val="683CC4BE"/>
     <w:rsid w:val="6895E083"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6BD2D56D"/>
+    <w:rsid w:val="6CCF517F"/>
+    <w:rsid w:val="75B85C71"/>
     <w:rsid w:val="7DB032CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{523FF138-27EC-443C-908C-B5E85EAF62AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7267,75 +7359,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -7370,57 +7462,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -7478,745 +7570,745 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00E0291B"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="004E2C7C"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1000" w:after="240"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E0291B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E0291B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
+  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="004E2C7C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
+  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
+  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
+  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
+  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
+  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
+  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
+  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB547B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB547B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -8288,609 +8380,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00A20AC8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -8899,94 +8991,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -8995,498 +9087,498 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00DC594C"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -9552,136 +9644,136 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006B4DFD"/>
     <w:pPr>
       <w:spacing w:before="60"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
+  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
+  <w:style w:type="character" w:styleId="Rubrik6Char" w:customStyle="1">
     <w:name w:val="Rubrik 6 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E0291B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E0291B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E0291B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="a" w:customStyle="1">
     <w:next w:val="Numreradlista"/>
     <w:rsid w:val="00E0291B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="3036"/>
       </w:tabs>
       <w:spacing w:after="80"/>
       <w:ind w:left="3033" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Numreradlista">
     <w:name w:val="List Number"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E0291B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
+  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00B579D5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
@@ -9710,84 +9802,84 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF0310"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarer">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KommentarerChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF0310"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarerChar">
+  <w:style w:type="character" w:styleId="KommentarerChar" w:customStyle="1">
     <w:name w:val="Kommentarer Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Kommentarer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AF0310"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kommentarsmne">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentarer"/>
     <w:next w:val="Kommentarer"/>
     <w:link w:val="KommentarsmneChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AF0310"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarsmneChar">
+  <w:style w:type="character" w:styleId="KommentarsmneChar" w:customStyle="1">
     <w:name w:val="Kommentarsämne Char"/>
     <w:basedOn w:val="KommentarerChar"/>
     <w:link w:val="Kommentarsmne"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AF0310"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaalfabetisk">
+  <w:style w:type="paragraph" w:styleId="Punktlistaalfabetisk" w:customStyle="1">
     <w:name w:val="Punktlista alfabetisk"/>
     <w:rsid w:val="00DD00E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:after="60" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="121657028">
       <w:bodyDiv w:val="1"/>
@@ -10173,75 +10265,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...33 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Splenektomi – vaccination av vuxna patienter, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-  <revision>237</revision>
+  <lastModifiedBy>Afshin Shahnavaz</lastModifiedBy>
+  <revision>240</revision>
   <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>