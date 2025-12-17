--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -1,936 +1,954 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="63B1702C" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F16B2DF" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E0E585F" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="123F5B0F" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27ED61F5" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061914D4" w14:textId="23950BAB" w:rsidR="00184167" w:rsidRDefault="00BB5D84" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Somatiska vårdplatser vid SÄS, ansvarsfördelning</w:t>
       </w:r>
       <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
     </w:p>
     <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc202256180"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc214618154"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="4EA6C4B6" w14:textId="43C088D8" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="4EA6C4B6" w14:textId="5CA0C784" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00D85825" w:rsidP="00BB5D84">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-        <w:t xml:space="preserve">Redaktionella ändringar, giltighetstiden förlängd. </w:t>
+      <w:r>
+        <w:t>Reviderad eskaleringsplan samt smärre justeringar i r</w:t>
+      </w:r>
+      <w:r w:rsidR="00085FAB">
+        <w:t>iktlinjen</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i övrigt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="5" w:name="_Toc181866757"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc72840807"/>
-      <w:bookmarkStart w:id="7" w:name="_Toc202256181"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc214618155"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="305361E2" w14:textId="3CB43F38" w:rsidR="009A32ED" w:rsidRDefault="00BB5D84" w:rsidP="009A32ED">
+    <w:p w14:paraId="305361E2" w14:textId="50CE260C" w:rsidR="009A32ED" w:rsidRDefault="00BB5D84" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
-        <w:t>Riktlinjen beskriver förutsättningar och ansvar för utnyttjande av somatiska vårdplatser vid Södra Älvsborgs Sjukhus.  </w:t>
+        <w:t>Riktlinjen beskriver förutsättningar och ansvar för utnyttjande av somatiska vårdplatser vid Södra Älvsborgs Sjukhus. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A840A74" w14:textId="2B452464" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00F1155B">
       <w:pPr>
         <w:pStyle w:val="UnderrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702B560C" w14:textId="5A1FD930" w:rsidR="00F1155B" w:rsidRDefault="00F1155B">
+    <w:p w14:paraId="54AD083C" w14:textId="2B5F0A1E" w:rsidR="008178C8" w:rsidRDefault="00F1155B">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc202256180" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618154" w:history="1">
+        <w:r w:rsidR="008178C8" w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008178C8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008178C8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008178C8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256180 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618154 \h </w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008178C8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008178C8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="008178C8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4990F9B4" w14:textId="10C419FF" w:rsidR="00F1155B" w:rsidRDefault="00F1155B">
+    <w:p w14:paraId="0D21CF4D" w14:textId="0A5EBCDF" w:rsidR="008178C8" w:rsidRDefault="008178C8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256181" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618155" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256181 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618155 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59C8453B" w14:textId="1A430268" w:rsidR="00F1155B" w:rsidRDefault="00F1155B">
+    <w:p w14:paraId="651A66DB" w14:textId="7A941055" w:rsidR="008178C8" w:rsidRDefault="008178C8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256182" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618156" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256182 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618156 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7314D647" w14:textId="5A07E269" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00F1155B">
+    <w:p w14:paraId="40E8CE01" w14:textId="2DC83B79" w:rsidR="008178C8" w:rsidRDefault="008178C8" w:rsidP="005901D1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256183" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618157" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256183 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618157 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="016D4693" w14:textId="45969034" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00F1155B">
+    <w:p w14:paraId="3E33CC2A" w14:textId="2967BC63" w:rsidR="008178C8" w:rsidRDefault="008178C8" w:rsidP="005901D1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256184" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618158" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definition vårdplatser</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256184 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618158 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="583934B7" w14:textId="743C99FD" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00F1155B">
+    <w:p w14:paraId="642C2BE4" w14:textId="68C2440B" w:rsidR="008178C8" w:rsidRDefault="008178C8" w:rsidP="005901D1">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256185" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618159" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definition av områden</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256185 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618159 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25A83CFB" w14:textId="714E82F2" w:rsidR="00F1155B" w:rsidRDefault="00F1155B">
+    <w:p w14:paraId="0D9CB25B" w14:textId="009E69F5" w:rsidR="008178C8" w:rsidRDefault="008178C8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256186" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618160" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256186 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618160 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="423828B9" w14:textId="4AD6E087" w:rsidR="00F1155B" w:rsidRDefault="00F1155B">
+    <w:p w14:paraId="4F730F72" w14:textId="73F50718" w:rsidR="008178C8" w:rsidRDefault="008178C8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256187" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618161" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Eskaleringsplan vid brist på vårdplatser</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256187 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618161 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F7F1C3E" w14:textId="516BF7E8" w:rsidR="00F1155B" w:rsidRDefault="00F1155B">
+    <w:p w14:paraId="0C245FB6" w14:textId="782CE6A2" w:rsidR="008178C8" w:rsidRDefault="008178C8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256188" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618162" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetsgrupp</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256188 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618162 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A6B6AF6" w14:textId="18CDB60E" w:rsidR="00F1155B" w:rsidRDefault="00F1155B">
+    <w:p w14:paraId="6A786DAE" w14:textId="3F6C5E17" w:rsidR="008178C8" w:rsidRDefault="008178C8">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc202256189" w:history="1">
-        <w:r w:rsidRPr="00FD3547">
+      <w:hyperlink w:anchor="_Toc214618163" w:history="1">
+        <w:r w:rsidRPr="00050833">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc202256189 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc214618163 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005901D1">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76194D91" w14:textId="15F343B3" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00F1155B">
+    <w:p w14:paraId="76194D91" w14:textId="29149EA1" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00F1155B">
       <w:pPr>
         <w:pStyle w:val="UnderrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
       <w:bookmarkStart w:id="9" w:name="_Toc181866760"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc202256182"/>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc214618156"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="09FC1D09" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc202256183"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc214618157"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F28F74" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Sjukhusdirektörens ansvar </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F761CED" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Sjukhusdirektören äger beslut om antalet fastställda vårdplatser inom SÄS. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11406407" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="11406407" w14:textId="65DF185C" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:r w:rsidRPr="00BB5D84">
-        <w:t>Styrråd Vårdplatser bistår sjukhusdirektören med långsiktig, strategisk planering av vårdplatser inom sjukhuset.  </w:t>
+        <w:t xml:space="preserve">Styrråd </w:t>
+      </w:r>
+      <w:r w:rsidR="00724563">
+        <w:t>Slutenvård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:t xml:space="preserve"> bistår sjukhusdirektören med långsiktig, strategisk planering av vårdplatser inom sjukhuset.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4A0F4C" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Verksamhetsområdets ansvar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A39BDA3" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="2A39BDA3" w14:textId="0E9EE990" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:r w:rsidRPr="00BB5D84">
-        <w:t>Verksamhetsområdeschef (VOC) säkerställer verksamhetsområdets (VO) vårduppdrag. Samt ansvarar för patientflödet inom sitt VO och beslutar om resursfördelning inom denna. Samordning sker med andra VOC vid behov. Rutiner ska finnas för att kunna möta belastningstoppar med behov av ökade resurser. </w:t>
+        <w:t>Verksamhetsområdeschef (VOC) säkerställer verksamhetsområdets (VO) vårduppdrag</w:t>
+      </w:r>
+      <w:r w:rsidR="00314BC5">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:t>ansvarar för patientflödet inom sitt VO och beslutar om resursfördelning inom denna. Samordning sker med andra VOC vid behov. Rutiner ska finnas för att kunna möta belastningstoppar med behov av ökade resurser. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="042CE6C4" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Varje verksamhetsområde tillser att rutiner finns för att hålla sig informerad om sina utlokaliserade patienter. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="499DAACB" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Bakjourens ansvar </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40AE136D" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Att vara informerad om platsläget på det egna verksamhetsområdet, för att dygnet runt kunna utföra nödvändiga åtgärder om överbeläggningssituation hotar. Jourtid tar bakjourstjänstgörande över VOC:s ansvar och befogenheter i detta avseende. Se riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Bakjourer - Ansvar och befogenheter vid Södra Älvsborgs Sjukhus.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4189F07C" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc100327192"/>
       <w:bookmarkStart w:id="13" w:name="_Toc181866761"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
@@ -956,55 +974,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>) uppgift</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DB9512" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:r>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
-        <w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="005E3808">
           <w:rPr>
-            <w:color w:val="006298"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdplatssamordnares (VPSO) uppdrag och mandat vid SÄS. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F2AD13" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="26"/>
@@ -1035,295 +1052,246 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Hemavdelningen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ansvarar för medicinsk vårdplan, läkarrond, läkarordinationer, läkemedelslista och journaldiktering. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Rondning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> genomförs dagligen av läkare från hemavdelningens VO.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A4A39F" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="46A4A39F" w14:textId="5C9A115B" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mottagande avdelning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="0056554C">
+        <w:t>står för vårdplats med tillhörande omvårdnadspersonal samt medicinska sekreterare</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>står för vårdplats med tillhörande omvårdnadspersonal samt medicinska sekreterare. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3525E580" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00A93AE8" w:rsidRDefault="00BB5D84" w:rsidP="00A93AE8">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc214618158"/>
+      <w:r w:rsidRPr="00A93AE8">
+        <w:lastRenderedPageBreak/>
+        <w:t>Definition vårdplatser</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00A93AE8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3525E580" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...31 lines deleted...]
-    <w:p w14:paraId="09E23812" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="09E23812" w14:textId="7D1617AA" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:r>
         <w:t xml:space="preserve">Källa: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="006298"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Socialstyrelsen termdatabank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="468DB27A" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vårdplats </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4504C50B" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="4504C50B" w14:textId="228901C8" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ligg</w:t>
       </w:r>
       <w:r>
         <w:t>- eller sittplats på vårdenhet som kan användas för vård och behand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ling. </w:t>
-[...7 lines deleted...]
-        <w:t> </w:t>
+        <w:t>ling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6307FEDA" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Fastställd vårdplats </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C8D274" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vårdplats i slutenvård beslutad av huvudman. Fastställd vårdplats är en administrativ benämning och används i till exempel budget- och planeringssammanhang. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="673E7D23" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Disponibel vårdplats </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63538F1D" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vårdplats i slutenvård med fysisk utformning, utrustning och bemanning som säkerställer patientsäkerhet och arbetsmiljö. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A63EDA" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Överbeläggning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC5F993" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w14:paraId="5FC5F993" w14:textId="71A503FE" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Inskriven patient vårdas på vårdplats som inte uppfyller kraven på disponibel vårdplats. </w:t>
-[...5 lines deleted...]
-        <w:t> </w:t>
+        <w:t>Inskriven patient vårdas på vårdplats som inte uppfyller kraven på disponibel vårdplats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49046813" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w14:paraId="49046813" w14:textId="182967D3" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Varje enhet ska ha rutin för situation då överbeläggning inträffar, och icke ordinarie </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>vårdrum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> tas i anspråk. (Beslut från Arbetsmiljöverket 2011, SÄS diarienummer 00590-2010-16 - Förbud enligt 7 kap. 7§ arbetsmiljölagen) </w:t>
-[...5 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> tas i anspråk. (Beslut från Arbetsmiljöverket 2011, SÄS diarienummer 00590-2010-16 - Förbud enligt 7 kap. 7§ arbetsmiljölagen)</w:t>
+      </w:r>
+      <w:r w:rsidR="004677A6">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49197B6A" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w14:paraId="49197B6A" w14:textId="69E102FC" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Överbeläggning med placering i korridor är ej tillåten. Dock kan patient som är medicinskt färdigbehandlad under väntan på snar transport vistas i lokal ej avsedd som vårdplats. Uppstår nytt vårdbehov flyttas patient till lämplig plats. </w:t>
-[...5 lines deleted...]
-        <w:t> </w:t>
+        <w:t>Överbeläggning med placering i korridor är ej tillåten. Dock kan patient som är medicinskt färdigbehandlad under väntan på snar transport vistas i lokal ej avsedd som vårdplats. Uppstår nytt vårdbehov flyttas patient till lämplig plats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17AFC08E" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fastighet stöd och service (FFSS) ansvarar för att dagligen kontrollera förekomst av överbeläggning och stöttar med extra lokalvårdsinsats. Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="006298"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Lokalvård, - Extra insatser vid överbeläggning, SÄS.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C7AC374" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Utlokaliserad patient </w:t>
@@ -1362,1886 +1330,1754 @@
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Patienten är inte utlokaliserad när det är medicinskt motiverat att vårda på annan vårdenhet, exempelvis kirurgisk vård på barnavdelning, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>isoleringsvård</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> eller intensivvård.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164A79A0" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w14:paraId="164A79A0" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00A93AE8" w:rsidRDefault="00BB5D84" w:rsidP="00A93AE8">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc214618159"/>
+      <w:r w:rsidRPr="00A93AE8">
+        <w:t>Definition av områden</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A93AE8">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4228B017" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:t>Medicinska området </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF82857" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc202256185"/>
       <w:r>
-        <w:t>Definition av områden</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+        <w:t xml:space="preserve">Vårdavdelningar som organisatoriskt tillhör VO Medicin, VO HIVÖ, VO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Neuro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>/rehab/nära vård.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4228B017" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="24305E1C" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
-        <w:t>Medicinska området </w:t>
+        <w:t>Opererande området </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF82857" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w14:paraId="6E971D1A" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Vårdavdelningar som organisatoriskt tillhör VO Medicin, VO HIVÖ, VO </w:t>
-[...7 lines deleted...]
-        <w:t>/rehab/nära vård.</w:t>
+        <w:t>Vårdavdelningar som organisatoriskt tillhör VO Kvinna/Barn, VO Kirurgi/ortopedi/ÖNH.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24305E1C" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...25 lines deleted...]
-    <w:p w14:paraId="630B2648" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="009A32ED">
+    <w:p w14:paraId="37C7076C" w14:textId="6EAFA2F3" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Toc202256186"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc214618160"/>
       <w:r w:rsidRPr="00065A6B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="583AD1CB" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vårdplatsantal </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="638F2E17" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Permanent förändring av vårdplatsantal beslutas av sjukhusdirektör. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E80964" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
-[...1 lines deleted...]
-        <w:t>Tillfälliga förändringar av vårdplatsantal beslutas i styrråd slutenvård i dialog med produktion- och tillgänglighetschef. Respektive VOC ansvarar för att informera berörda vid förändring. </w:t>
+    <w:p w14:paraId="06E80964" w14:textId="5309F919" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00127008">
+      <w:r w:rsidRPr="5062A358">
+        <w:t xml:space="preserve">Tillfälliga förändringar av vårdplatsantal beslutas i styrråd slutenvård i dialog med </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4175F">
+        <w:t>operativ chef</w:t>
+      </w:r>
+      <w:r w:rsidRPr="5062A358">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Respektive VOC ansvarar för att informera berörda vid förändring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EBCFD6D" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
-[...1 lines deleted...]
-        <w:t>Vid akut tillfällig förändring av vårdplatsantal beslutas dessa av VOC/ samordnande chef, efter behov som lyfts vid daglig vårdplatsavstämning. Underlag till Användarstöd (formulär på intranätet) skrivs av ansvarig VEC efter beslut. Förändringen godkänns av styrråd slutenvårds ordförande eller annan utsedd funktion.  </w:t>
+    <w:p w14:paraId="0EBCFD6D" w14:textId="12B8FE34" w:rsidR="00BB5D84" w:rsidRPr="00E0758F" w:rsidRDefault="00BB5D84" w:rsidP="00E0758F">
+      <w:r w:rsidRPr="00E0758F">
+        <w:t xml:space="preserve">Vid akut tillfällig förändring av vårdplatsantal beslutas dessa av VOC/ samordnande chef, efter behov som lyfts </w:t>
+      </w:r>
+      <w:r w:rsidR="00127008" w:rsidRPr="00E0758F">
+        <w:t>efter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0758F">
+        <w:t xml:space="preserve"> daglig vårdplatsavstämning. Underlag till Användarstöd (formulär på intranätet) skrivs av ansvarig </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62EDF">
+        <w:t xml:space="preserve">vårdenhetschef (VEC) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0758F">
+        <w:t>efter beslut. Förändringen godkänns av styrråd slutenvårds</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62EDF">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0758F">
+        <w:t>ordförande eller annan utsedd funktion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0352E5A4" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="0352E5A4" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00E0758F" w:rsidRDefault="00BB5D84" w:rsidP="00E0758F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
+      <w:r w:rsidRPr="00E0758F">
         <w:t>Daglig avstämning vårdplatser </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E406A0B" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
-[...1 lines deleted...]
-        <w:t>VPSO och O-VEC (operativ vårdenhetschef) har dagliga avstämningar för vårdplatser och kontaktar S-VOC (samordnande verksamhetsområdeschef) när vårdplatssituationen inte kan lösas inom</w:t>
+    <w:p w14:paraId="2C3277C0" w14:textId="333E3EC2" w:rsidR="00E63D3A" w:rsidRDefault="00BB5D84" w:rsidP="00CE7E81">
+      <w:r w:rsidRPr="5062A358">
+        <w:t xml:space="preserve">VPSO och </w:t>
+      </w:r>
+      <w:r w:rsidR="00E63D3A">
+        <w:t xml:space="preserve">vårdplatssamordnare leder och fördelar flöde inom </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7E81">
+        <w:t>respektive</w:t>
+      </w:r>
+      <w:r w:rsidR="00E63D3A">
+        <w:t xml:space="preserve"> vårdgolv.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F642ED4" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...15 lines deleted...]
-        <w:t> </w:t>
+    <w:p w14:paraId="2F642ED4" w14:textId="78A1C866" w:rsidR="00BB5D84" w:rsidRDefault="00E63D3A" w:rsidP="00CE7E81">
+      <w:r>
+        <w:t>Dragande flöde till rehab dag</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7E81">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">id, samt till infektion i dialog mellan VPSO och infektionsläkare. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0759FD4C" w14:textId="4F492813" w:rsidR="00CE7E81" w:rsidRPr="00BB5D84" w:rsidRDefault="00CE7E81" w:rsidP="00CE7E81">
+      <w:r>
+        <w:t xml:space="preserve">Låsta platser kan finnas för patient med behov av TTX eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trombolys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, eller</w:t>
+      </w:r>
+      <w:r w:rsidR="00576E01">
+        <w:t xml:space="preserve"> patient med sepsis. Alternativt ska en plan för förflyttning av patient finnas för att bereda plats för nästa patient med behov.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31654FC3" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:lastRenderedPageBreak/>
         <w:t>Flytt av patient till/från vårdavdelning inom SÄS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B1B007" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Inför överflyttning av patient till/från annan vårdavdelning inom SÄS se checklista </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Flytt av slutenvårdspatient inom SÄS – checklista</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39BABB42" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Utlokalisering direkt från akutmottagningen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BAEAE17" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w14:paraId="4BAEAE17" w14:textId="411795B3" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Utlokalisering direkt till annat VO bör undvikas, då det medför ökad risk för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>vårdskada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB5D84">
-        <w:t>. Vid utlokalisering väljs hemavdelning utifrån patientens preliminära diagnos och förespråkad vårdavdelning. Mottagande avdelning ansvarar för att ha kännedom om hemavdelning.  </w:t>
+        <w:t>. Vid utlokalisering väljs hemavdelning utifrån patientens preliminära diagnos och förespråkad vårdavdelning. Mottagande avdelning ansvarar för att ha kännedom om hemavdelning. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07597D67" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Patienter som vårdas på IVA </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F2C921E" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>In- och utskrivningskriterier för vård på IVA, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BEE3721" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Överföring av patient till/från HIA </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC5C99A" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Inläggning på HIA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AD3DFE8" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00CC1E52" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC1E52">
         <w:t>Överföring av patient för vård på plats avsedd för specialiserad palliativ vård </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D417B47" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdplats för specialiserad palliativ vård. Tillfällig rutin, SÄS.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5423553E" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vård på öppenvårdsplats (23 timmarsvård) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8A0E80" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Öppenvårdsplats/23-timmarsplats, SÄS Borås.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D5B42AE" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Överföring av patient mellan sjukhus i VGR </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4119E28E" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w14:paraId="4119E28E" w14:textId="63A2247F" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
-        <w:t xml:space="preserve">Se rutin </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+        <w:t>Se r</w:t>
+      </w:r>
+      <w:r w:rsidR="006E79EA">
+        <w:t>iktlinje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Vårdansvar och överflyttning av patient mellan sjukhus, SÄS.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B09A492" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00BB5D84">
       <w:pPr>
         <w:ind w:right="-143"/>
         <w:sectPr w:rsidR="00F1155B" w:rsidSect="00F1155B">
-          <w:headerReference w:type="default" r:id="rId19"/>
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId23"/>
+          <w:headerReference w:type="default" r:id="rId22"/>
+          <w:footerReference w:type="even" r:id="rId23"/>
+          <w:footerReference w:type="default" r:id="rId24"/>
+          <w:headerReference w:type="first" r:id="rId25"/>
+          <w:footerReference w:type="first" r:id="rId26"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1701" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19153728" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6A7EA25E" w14:textId="57122E85" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB3997">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc214618161"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:lastRenderedPageBreak/>
-        <w:t> </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00BB5D84">
         <w:t>Eskaleringsplan vid brist på vårdplatser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="16191" w:type="dxa"/>
+        <w:tblW w:w="15483" w:type="dxa"/>
         <w:tblInd w:w="-1001" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="562"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3834"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="7230"/>
+        <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E0C81" w:rsidRPr="00BB5D84" w14:paraId="7CF7D206" w14:textId="77777777" w:rsidTr="002E0C81">
+      <w:tr w:rsidR="00B065A0" w:rsidRPr="00BB5D84" w14:paraId="7CF7D206" w14:textId="77777777" w:rsidTr="00B065A0">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1134"/>
+          <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:textDirection w:val="btLr"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1727E56A" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
-[...28 lines deleted...]
-          <w:p w14:paraId="7098D13F" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="7098D13F" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="183"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E0C81">
+            <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Läge </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31A05181" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="31A05181" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="183"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E0C81">
+            <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Åtgärd </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3834" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E637FD4" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="6E637FD4" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="183"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E0C81">
+            <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ansvarig </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A2BCA2B" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="7A2BCA2B" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="183"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E0C81">
+            <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Påverkan på verksamheten </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E0C81" w:rsidRPr="00BB5D84" w14:paraId="31D91E4B" w14:textId="77777777" w:rsidTr="002E0C81">
+      <w:tr w:rsidR="00B065A0" w:rsidRPr="00BB5D84" w14:paraId="31D91E4B" w14:textId="77777777" w:rsidTr="00B065A0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:textDirection w:val="btLr"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A411A81" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="3EA2971D" w14:textId="161C85B7" w:rsidR="00B065A0" w:rsidRPr="00410C41" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
             <w:pPr>
-              <w:jc w:val="right"/>
+              <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E0C81">
+            <w:r w:rsidRPr="00410C41">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Steg 1 </w:t>
+              <w:t>Normalläge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4393" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EA2971D" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="68F602C1" w14:textId="1DA806FF" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
-              <w:t>Antalet disponibla vårdplatser inom en avdelning räcker inte i förhållande till förväntat behov kommande dygn </w:t>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VPSO och vårdplatssamordnare leder och fördelar flöde inom respektive område (medicinska/opererande)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201D9709" w14:textId="0C16AF5A" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="0037007F">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dragande flöde rehab dagtid. Infektion dragande flöde, dialog med VPSO och infektionsläkare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E8BFB9D" w14:textId="1BB5D526" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="006A26D4">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Låsta platser för TTX, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>trombolys</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och sepsis, alternativt plan för förflyttning för att bereda plats för nästa patient med högre prioriterat behov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E8BFB9D" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="5B40AC32" w14:textId="132C920D" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
-[...21 lines deleted...]
-              <w:t>VPSO eller utsedd samordnare </w:t>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VPSO och vårdplatssamordnare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B1AE53C" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="5B1AE53C" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:strike/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:strike/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E0C81" w:rsidRPr="00BB5D84" w14:paraId="4EB96350" w14:textId="77777777" w:rsidTr="002E0C81">
+      <w:tr w:rsidR="00B065A0" w:rsidRPr="00BB5D84" w14:paraId="4EB96350" w14:textId="77777777" w:rsidTr="00B065A0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:textDirection w:val="btLr"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="716BE182" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="6ED742F2" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="00B065A0" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
             <w:pPr>
-              <w:jc w:val="right"/>
+              <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E0C81">
+            <w:r w:rsidRPr="00B065A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Steg 2 </w:t>
+              <w:t>Eskalering Steg 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B73641" w14:textId="2DE96BBF" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antalet disponibla vårdplatser inom ett vårdområde (medicinska/opererande) räcker inte till i förhållande till förväntat behov kommande dygn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4393" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52B73641" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="59A94988" w14:textId="055982F1" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
-              <w:t>Antalet disponibla vårdplatser inom ett verksamhetsområde räcker inte till i förhållande till förväntat behov kommande dygn </w:t>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Angivna överbeläggningsplatser används för hela </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E76D227" w14:textId="77ADBEA0" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="00943970">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:ind w:right="436"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I första hand vårdområdet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A77D56F" w14:textId="33E4A4B6" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="00943970">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:ind w:right="436"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>I andra hand hela SÄS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52141BD6" w14:textId="755BD908" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dragande flöde rehab dagtid. Infektion dragande flöde, i dialog med VPSO och infektionsläkare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F6903A6" w14:textId="0996FCF1" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="00AE4A35">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Låsta platser för TTX, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>trombolys</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och sepsis, alternativt plan för förflyttning för at</w:t>
+            </w:r>
+            <w:r w:rsidR="00F106C9">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bereda plats för nästa patient med högre prioriterat behov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59A94988" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="3ABDDD35" w14:textId="102A6067" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
-              <w:t>Angivna överbeläggnings-platser används för hela  </w:t>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>VPSO och vårdplatssamordnare</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E76D227" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="4224D215" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
-[...4 lines deleted...]
-              <w:t>2-området (medicin alt. opererande) </w:t>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Samordnande VOC informeras </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F6903A6" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="20DC154B" w14:textId="23DB919F" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
-[...45 lines deleted...]
-              <w:t>Beslut om ev. verksamhetsförändring tas dagtid av VOC och jourtid av bakjour </w:t>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beslut om eventuell verksamhetsförändring tas dagtid av samordnande VOC </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3629AC53" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="3629AC53" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Exempelvis: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77C4A9F7" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="77C4A9F7" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>omfördelning av personal </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E0C81" w:rsidRPr="00BB5D84" w14:paraId="50271E67" w14:textId="77777777" w:rsidTr="002E0C81">
+      <w:tr w:rsidR="00B065A0" w:rsidRPr="00BB5D84" w14:paraId="03164A9A" w14:textId="77777777" w:rsidTr="00B065A0">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:textDirection w:val="btLr"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3923D432" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="443D7CB1" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="00B065A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
-              <w:jc w:val="right"/>
+              <w:ind w:left="139" w:right="86"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E0C81">
+            <w:r w:rsidRPr="00B065A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Steg 3 </w:t>
+              <w:t>Eskalering Steg 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5898D813" w14:textId="1E552A1E" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+            <w:pPr>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trots vidtagna åtgärder räcker inte vårdplatserna på SÄS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4393" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E905DBA" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="7AA63980" w14:textId="618D6336" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
-              <w:ind w:left="139" w:right="141"/>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
-              <w:t>Antalet disponibla vårdplatser och överbeläggnings-platser räcker inte till inom det opererande eller medicinska området, i förhållande till förväntat behov kommande dygn </w:t>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aktiverande av förstärkt operativ ledning, beslut av operativ chef enligt särskild plan, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="001E45A0">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>se</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="001E45A0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlnk"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Förstärkt operativ ledning vid extraordinär platsbrist, SÄS </w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="55F8D338" w14:textId="53F79E0F" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="00F43C1A">
+            <w:pPr>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öppnande av beredskapsavdelning. Planering för öppnande inom max 48 timmar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7368810F" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="39271921" w14:textId="38E2A1DF" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="00F43C1A">
             <w:pPr>
-              <w:ind w:left="139" w:right="141"/>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
-[...45 lines deleted...]
-              <w:t>Berörda VOC kontaktas vid behov </w:t>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Samordnande VOC och operativ chef  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A0F17E6" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="2BFBCB66" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
-              <w:ind w:left="139" w:right="141"/>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB5D84">
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Exempelvis: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="201491B9" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+          <w:p w14:paraId="75B6DBAC" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
             <w:pPr>
-              <w:ind w:left="139" w:right="141"/>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BB5D84">
-[...36 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="001E45A0">
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...323 lines deleted...]
-            <w:r w:rsidRPr="00BB5D84">
               <w:t>beordring</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BB5D84">
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> av personal inklusive stabspersonal </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0907CCB0" w14:textId="77777777" w:rsidR="002E0C81" w:rsidRDefault="002E0C81" w:rsidP="00BB5D84">
+    <w:p w14:paraId="0907CCB0" w14:textId="77777777" w:rsidR="00B93E60" w:rsidRDefault="00B93E60" w:rsidP="00BB5D84">
       <w:pPr>
         <w:ind w:right="-143"/>
-        <w:sectPr w:rsidR="002E0C81" w:rsidSect="002E0C81">
+        <w:sectPr w:rsidR="00B93E60" w:rsidSect="002E0C81">
           <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
           <w:pgMar w:top="992" w:right="1418" w:bottom="1701" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D3E6C1D" w14:textId="3C20D75F" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="002E0C81" w:rsidP="002E0C81">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc202256188"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc214618162"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="3EC68AEA" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="002E0C81" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w14:paraId="0AE1FE17" w14:textId="77777777" w:rsidR="0042039C" w:rsidRDefault="00BB5D84" w:rsidP="00E8439E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0C81">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CBFD43" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="61CBFD43" w14:textId="7DE3D469" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00E8439E">
       <w:r w:rsidRPr="00BB5D84">
-        <w:t>Eva-Marie Boman, ordförande styrråd vårdplatser  </w:t>
+        <w:t xml:space="preserve">Eva-Marie Boman, ordförande </w:t>
+      </w:r>
+      <w:r w:rsidR="00C24A8A">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:t xml:space="preserve">tyrråd </w:t>
+      </w:r>
+      <w:r w:rsidR="001A1670">
+        <w:t>slutenvård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BFCD67" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="14CFF11E" w14:textId="77777777" w:rsidR="0042039C" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser, utgåva 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E37CEFE" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="7E37CEFE" w14:textId="3C3693C6" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Sjukhusledning, SÄS  </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
         <w:t>Verksamhetschefer SÄS </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
         <w:t>Medicinsk beredningsgrupp SÄS </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
         <w:t>Verksamhetschefer inom medicinska området, SÄS, (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>MiB</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>), jan 2018 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0867B234" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w14:paraId="5CA645E2" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRPr="00BB5D84" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc202256189"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc214618163"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2C3AF4" w14:textId="32677EA7" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...31 lines deleted...]
-    <w:p w14:paraId="74DE4FBF" w14:textId="79ADBBCF" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="71D3D48D" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRPr="00BB5D84" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
-        <w:t>Förstärkt operativ ledning vid extraordinär platsbrist, SÄS Sjukhusövergripande riktlinje, SÄS </w:t>
+        <w:t>Socialstyrelsen termdatabank. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="00F1155B" w:rsidRPr="002E0C81">
+      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00BB5D84">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668E232D" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRPr="00D23941" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:t>Beslut från vårdplatsmöten. SÄS interna webb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vardplatser-och-bemanning/Beslut-om-forandring-av-disponibla-vardplatser</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="75E85C39" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
+      <w:pPr>
+        <w:ind w:left="720" w:right="-143"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E26DF9B" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRPr="00BB5D84" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
+      <w:pPr>
+        <w:ind w:left="720" w:right="-143"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Nedan styrdokument, se </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0FA63991" w14:textId="79867E2F" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="645D2289" w14:textId="6504DB07" w:rsidR="00E2060F" w:rsidRDefault="005E3808" w:rsidP="00E2060F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-[...6 lines deleted...]
-        <w:r w:rsidR="00F1155B" w:rsidRPr="00F1155B">
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="005E3808">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
+          <w:t>Förstärkt operativ ledning vid extraordinär platsbrist, SÄS</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="005E3808">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="005E3808">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t>Sjukhusövergripande riktlinje, SÄS </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="76FB27CB" w14:textId="3F66794D" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="6402CAE4" w14:textId="4E397258" w:rsidR="00E2060F" w:rsidRDefault="005E3808" w:rsidP="00E2060F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="005E3808">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Vårdplatssamordnares (VPSO) uppdrag och mandat vid SÄS.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t xml:space="preserve"> Sjukhusövergripande rutin, SÄS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2E86F6" w14:textId="046400BC" w:rsidR="00E2060F" w:rsidRDefault="003271DC" w:rsidP="00E2060F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-[...28 lines deleted...]
-      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://termbank.socialstyrelsen.se/?TermId=</w:t>
-[...11 lines deleted...]
-          <w:t>14&amp;SrcLang=sv</w:t>
+          <w:t>Bakjourer - Ansvar och befogenheter vid Södra Älvsborgs Sjukhus.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BB5D84">
-        <w:t> </w:t>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t xml:space="preserve"> Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1D96B7" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...40 lines deleted...]
-    <w:p w14:paraId="762BCFEE" w14:textId="6A87863B" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="45FC680E" w14:textId="06538C17" w:rsidR="00E2060F" w:rsidRDefault="003271DC" w:rsidP="00E2060F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-[...7 lines deleted...]
-        <w:r w:rsidR="00F1155B" w:rsidRPr="00F1155B">
+      <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
+          <w:t>Vårdplats för specialiserad palliativ vård. Tillfällig rutin, SÄS</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00CC66DA">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t xml:space="preserve"> Sjukhusövergripande rutin</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7AE633CB" w14:textId="644FF1ED" w:rsidR="00F1155B" w:rsidRDefault="00BB5D84" w:rsidP="00FB06C3">
+    <w:p w14:paraId="6D67ED4D" w14:textId="06BD220E" w:rsidR="003C7420" w:rsidRPr="00BB5D84" w:rsidRDefault="003271DC" w:rsidP="003C7420">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId36" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00BB5D84">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>In- och utskrivningskriterier för vård på IVA, SÄS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E115FD" w:rsidRPr="00BB5D84">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E115FD">
+        <w:t xml:space="preserve"> Lokal rutin, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C4">
+        <w:t xml:space="preserve">VO </w:t>
+      </w:r>
+      <w:r w:rsidR="00E115FD">
+        <w:t>an/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E115FD">
+        <w:t>op</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E115FD">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E115FD">
+        <w:t>iva</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E115FD">
+        <w:t xml:space="preserve"> SÄS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F30AF02" w14:textId="5BCBE827" w:rsidR="00E2060F" w:rsidRDefault="00214DEB" w:rsidP="00E2060F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-[...7 lines deleted...]
-        <w:r w:rsidR="00F1155B" w:rsidRPr="00F1155B">
+      <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
+          <w:t>Inläggning på HIA</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F1155B" w:rsidRPr="00F1155B">
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t xml:space="preserve">Lokal rutin, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C4">
+        <w:t xml:space="preserve">VO </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t>medicin</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t>SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="45F25862" w14:textId="787FB932" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00FB06C3">
+    <w:p w14:paraId="09B6DC56" w14:textId="4E31FB16" w:rsidR="00E2060F" w:rsidRPr="00BB5D84" w:rsidRDefault="00214DEB" w:rsidP="00E2060F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-[...10 lines deleted...]
-        <w:r w:rsidR="00F1155B">
+      <w:hyperlink r:id="rId38" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
+          <w:t>Öppenvårdsplats/23-timmarsplats, SÄS Borås.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BB5D84">
-        <w:t> </w:t>
+      <w:r w:rsidR="00AC08C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t>Sjukhusövergripande rutin </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D35907F" w14:textId="453B5CE8" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w14:paraId="40AA233F" w14:textId="1E17C109" w:rsidR="009C6C0C" w:rsidRDefault="00214DEB" w:rsidP="00676D00">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-[...6 lines deleted...]
-        <w:r w:rsidR="00F1155B">
+      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
+          <w:t>Vårdansvar och överflyttning av patient mellan sjukhus, SÄS.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BB5D84">
-        <w:t> </w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
+        <w:t>Sjukhusövergripande riktlinje, SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AA233F" w14:textId="275D6FDF" w:rsidR="009C6C0C" w:rsidRDefault="009C6C0C" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:ind w:right="-143"/>
+    <w:p w14:paraId="6DC0A1B2" w14:textId="02287B29" w:rsidR="00D23941" w:rsidRDefault="00D23941">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="002E0C81">
+    <w:sectPr w:rsidR="00D23941" w:rsidSect="002E0C81">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25D29B29" w14:textId="77777777" w:rsidR="000E21D8" w:rsidRDefault="000E21D8">
+    <w:p w14:paraId="65522A17" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16461A34" w14:textId="77777777" w:rsidR="000E21D8" w:rsidRDefault="000E21D8">
+    <w:p w14:paraId="6953D43F" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="245CCB34" w14:textId="77777777" w:rsidR="000E21D8" w:rsidRDefault="000E21D8">
+    <w:p w14:paraId="05C0AE28" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3286,137 +3122,137 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="005901D1" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -3486,51 +3322,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="838880147" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3570,73 +3406,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D00A01A" w14:textId="77777777" w:rsidR="000E21D8" w:rsidRDefault="000E21D8"/>
+    <w:p w14:paraId="1D0FB243" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="759562AD" w14:textId="77777777" w:rsidR="000E21D8" w:rsidRDefault="000E21D8">
+    <w:p w14:paraId="0A50368C" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="760DF19C" w14:textId="77777777" w:rsidR="000E21D8" w:rsidRDefault="000E21D8">
+    <w:p w14:paraId="110DD066" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -3714,51 +3550,51 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -3841,51 +3677,51 @@
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7565,584 +7401,724 @@
   <w:num w:numId="24" w16cid:durableId="1626888239">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="794250386">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="315454993">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="140777204">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1107306979">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="324432200">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1488787569">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="0001049F"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00024753"/>
+    <w:rsid w:val="00027743"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00034607"/>
+    <w:rsid w:val="00035ED1"/>
+    <w:rsid w:val="00050355"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="00085FAB"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="00096A4A"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000E14D8"/>
     <w:rsid w:val="000E21D8"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00127008"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
+    <w:rsid w:val="001358EC"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="00152302"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A1670"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001E45A0"/>
+    <w:rsid w:val="001F1B21"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="00214DEB"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E0C81"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
+    <w:rsid w:val="002F5F54"/>
+    <w:rsid w:val="002F602F"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="00314BC5"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
+    <w:rsid w:val="00321946"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="003271DC"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00364AF5"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
+    <w:rsid w:val="0037007F"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="00395004"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B4349"/>
+    <w:rsid w:val="003C7420"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D51B6"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E6BA0"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00410C41"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="0042039C"/>
+    <w:rsid w:val="00421F09"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00424EBA"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="004440C4"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="00451927"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
+    <w:rsid w:val="00463895"/>
     <w:rsid w:val="00465651"/>
+    <w:rsid w:val="004677A6"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="004839BC"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004C094E"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E5337"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
+    <w:rsid w:val="0056554C"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
+    <w:rsid w:val="00576E01"/>
     <w:rsid w:val="005770AD"/>
+    <w:rsid w:val="00577713"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="005901D1"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E3808"/>
+    <w:rsid w:val="005F62B8"/>
+    <w:rsid w:val="0060171A"/>
+    <w:rsid w:val="00601ED2"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="006256E4"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="0067297E"/>
     <w:rsid w:val="00673C92"/>
+    <w:rsid w:val="00674FDF"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="00687B57"/>
+    <w:rsid w:val="006A0458"/>
+    <w:rsid w:val="006A26D4"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A59D4"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E79EA"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F1C76"/>
+    <w:rsid w:val="006F2FAA"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="00720245"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="00724563"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="0075336C"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007D61FC"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="008178C8"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="00897A7D"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008C2F5A"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00910325"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
+    <w:rsid w:val="00943970"/>
+    <w:rsid w:val="009441D9"/>
     <w:rsid w:val="009471BF"/>
+    <w:rsid w:val="00947825"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00982BC1"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A444A"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A00A69"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A347EE"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A51142"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A516FD"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
+    <w:rsid w:val="00A63211"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A776A9"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A86D42"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
+    <w:rsid w:val="00A93AE8"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AC08C4"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
+    <w:rsid w:val="00AE4A35"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AE6DFF"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
+    <w:rsid w:val="00B00D1C"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B065A0"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
+    <w:rsid w:val="00B4175F"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B93E60"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA78D3"/>
+    <w:rsid w:val="00BB3997"/>
     <w:rsid w:val="00BB5D84"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BD6EC5"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C24A8A"/>
+    <w:rsid w:val="00C24B26"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C42DE1"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C46040"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C73B1C"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C82E1E"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C9272D"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC1E52"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CC66DA"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE7E81"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D110A4"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D23941"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D426BA"/>
     <w:rsid w:val="00D47AD7"/>
+    <w:rsid w:val="00D50D5B"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D5231F"/>
     <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D62EDF"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D85825"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
+    <w:rsid w:val="00DA5053"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC7998"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
+    <w:rsid w:val="00E0758F"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E115FD"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E2060F"/>
+    <w:rsid w:val="00E22B07"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
+    <w:rsid w:val="00E5478B"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
+    <w:rsid w:val="00E55709"/>
     <w:rsid w:val="00E55D93"/>
+    <w:rsid w:val="00E60D8F"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E63D3A"/>
+    <w:rsid w:val="00E700B9"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E74205"/>
+    <w:rsid w:val="00E755F4"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E8439E"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
+    <w:rsid w:val="00ED55F7"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
+    <w:rsid w:val="00EE1522"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00F106C9"/>
     <w:rsid w:val="00F1155B"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F43C1A"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F771B8"/>
+    <w:rsid w:val="00F84D17"/>
     <w:rsid w:val="00F85437"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA4DEC"/>
+    <w:rsid w:val="00FA5AA7"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC0641"/>
+    <w:rsid w:val="00FC34E4"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
+    <w:rsid w:val="00FD3CD3"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0C9A40BB"/>
+    <w:rsid w:val="196D5091"/>
+    <w:rsid w:val="1BAD3CCB"/>
+    <w:rsid w:val="1FB4492E"/>
+    <w:rsid w:val="21519DDB"/>
+    <w:rsid w:val="30A316B8"/>
+    <w:rsid w:val="3610A09C"/>
+    <w:rsid w:val="3BCBA6D8"/>
+    <w:rsid w:val="424F8629"/>
+    <w:rsid w:val="4D232CAF"/>
+    <w:rsid w:val="5062A358"/>
+    <w:rsid w:val="50DFBFC2"/>
+    <w:rsid w:val="51ADFB4D"/>
+    <w:rsid w:val="5D5D4DE5"/>
+    <w:rsid w:val="5E497A61"/>
+    <w:rsid w:val="603A0BB3"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="6AF14BE4"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="70D31755"/>
+    <w:rsid w:val="78B28E8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
+  <w15:docId w15:val="{45BE7F8A-55B2-49B7-BEBC-5A473B7814F1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8480,51 +8456,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00831C35"/>
+    <w:rsid w:val="0037007F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -8637,50 +8613,51 @@
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -9173,54 +9150,54 @@
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
     <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F1155B"/>
+    <w:rsid w:val="005901D1"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8789"/>
       </w:tabs>
       <w:ind w:left="851" w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
@@ -10684,51 +10661,51 @@
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="00BB5D84"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="00CC1E52"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="54017316">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="760225913">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -15038,51 +15015,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="753013955">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-578/surrogate/Flytt%20av%20slutenv%c3%a5rdspatient%20inom%20S%c3%84S%20-%20checklista.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-123/SURROGATE/Modul%20i%20beredskap%20(MiB)%20-%20medicinska%20omr%c3%a5det%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-50/surrogate/Inl%c3%a4ggning%20p%c3%a5%20HIA.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-754/surrogate/V%c3%a5rdplats%20f%c3%b6r%20specialiserad%20palliativ%20v%c3%a5rd.%20Tillf%c3%a4llig%20rutin%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-55/surrogate/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-478403798-32/surrogate/Lokalv%c3%a5rd%2c%20-%20Extra%20insatser%20vid%20%c3%b6verbel%c3%a4ggning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vardplatser-och-bemanning/Beslut-om-forandring-av-disponibla-vardplatser/?vgrform=1" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-50/surrogate/Inl%c3%a4ggning%20p%c3%a5%20HIA.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-181/surrogate/F%c3%b6rst%c3%a4rkt%20operativ%20ledning%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-370/surrogate/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-373/SURROGATE/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-18/surrogate/In-%20och%20utskrivningskriterier%20f%c3%b6r%20v%c3%a5rd%20p%c3%a5%20IVA%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-181/surrogate/F%c3%b6rst%c3%a4rkt%20operativ%20ledning%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-1190749860-142/surrogate/Bakjourer%20-%20Ansvar%20och%20befogenheter%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-216/surrogate/%c3%96ppenv%c3%a5rdsplats%20-%2023-timmarsplats%2c%20S%c3%84S%20Bor%c3%a5s%20.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-142/SURROGATE/Bakjourer%20-%20Ansvar%20och%20befogenheter%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-1903286989-38/surrogate/V%c3%a5rdplatser%20-%20daglig%20samordning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-216/SURROGATE/%c3%96ppenv%c3%a5rdsplats%20f%c3%b6r%20patient%20med%20enbart%20omsorgsbehov%2c%20S%c3%84S%20Bor%c3%a5s.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-754/surrogate/V%c3%a5rdplats%20f%c3%b6r%20specialiserad%20palliativ%20v%c3%a5rd.%20Tillf%c3%a4llig%20rutin%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId38" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-373/SURROGATE/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-50/surrogate/Inl%c3%a4ggning%20p%c3%a5%20HIA.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-142/SURROGATE/Bakjourer%20-%20Ansvar%20och%20befogenheter%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-142/SURROGATE/Bakjourer%20-%20Ansvar%20och%20befogenheter%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-18/surrogate/In-%20och%20utskrivningskriterier%20f%c3%b6r%20v%c3%a5rd%20p%c3%a5%20IVA%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-373/SURROGATE/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-216/SURROGATE/%c3%96ppenv%c3%a5rdsplats%20f%c3%b6r%20patient%20med%20enbart%20omsorgsbehov%2c%20S%c3%84S%20Bor%c3%a5s.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-578/surrogate/Flytt%20av%20slutenv%c3%a5rdspatient%20inom%20S%c3%84S%20-%20checklista.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-216/SURROGATE/%c3%96ppenv%c3%a5rdsplats%20f%c3%b6r%20patient%20med%20enbart%20omsorgsbehov%2c%20S%c3%84S%20Bor%c3%a5s.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-50/surrogate/Inl%c3%a4ggning%20p%c3%a5%20HIA.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-478403798-32/surrogate/Lokalv%c3%a5rd%2c%20-%20Extra%20insatser%20vid%20%c3%b6verbel%c3%a4ggning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-18/surrogate/In-%20och%20utskrivningskriterier%20f%c3%b6r%20v%c3%a5rd%20p%c3%a5%20IVA%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-754/surrogate/V%c3%a5rdplats%20f%c3%b6r%20specialiserad%20palliativ%20v%c3%a5rd.%20Tillf%c3%a4llig%20rutin%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-370/surrogate/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vardplatser-och-bemanning/Beslut-om-forandring-av-disponibla-vardplatser/?vgrform=1" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-754/surrogate/V%c3%a5rdplats%20f%c3%b6r%20specialiserad%20palliativ%20v%c3%a5rd.%20Tillf%c3%a4llig%20rutin%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId35" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -15369,71 +15346,57 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>13388</Characters>
+  <Pages>8</Pages>
+  <Words>1054</Words>
+  <Characters>13625</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>113</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15882</CharactersWithSpaces>
+  <CharactersWithSpaces>14650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Somatiska vårdplatser vid SÄS, ansvarsfördelning</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy/>
-  <revision>1</revision>
+  <lastModifiedBy>Mona Johansson</lastModifiedBy>
+  <revision>100</revision>
+  <lastPrinted>2025-11-21T08:58:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>