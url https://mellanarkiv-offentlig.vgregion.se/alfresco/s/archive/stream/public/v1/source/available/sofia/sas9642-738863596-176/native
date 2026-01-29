--- v1 (2025-12-17)
+++ v2 (2026-01-29)
@@ -8,3066 +8,3542 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="63B1702C" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidR="00F1155B" w:rsidP="009A32ED" w:rsidRDefault="00F1155B" w14:paraId="63B1702C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F16B2DF" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidR="00F1155B" w:rsidP="009A32ED" w:rsidRDefault="00F1155B" w14:paraId="2F16B2DF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E0E585F" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidR="00F1155B" w:rsidP="009A32ED" w:rsidRDefault="00F1155B" w14:paraId="5E0E585F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="123F5B0F" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidR="00F1155B" w:rsidP="009A32ED" w:rsidRDefault="00F1155B" w14:paraId="123F5B0F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27ED61F5" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidR="00F1155B" w:rsidP="009A32ED" w:rsidRDefault="00F1155B" w14:paraId="27ED61F5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="061914D4" w14:textId="23950BAB" w:rsidR="00184167" w:rsidRDefault="00BB5D84" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik1"/>
+    <w:p w:rsidR="00184167" w:rsidP="009A32ED" w:rsidRDefault="00BB5D84" w14:paraId="061914D4" w14:textId="23950BAB">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Somatiska vårdplatser vid SÄS, ansvarsfördelning</w:t>
       </w:r>
-      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+      <w:r w:rsidRPr="005A627D" w:rsidR="00A264BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
-    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc214618154"/>
+      <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
+      <w:bookmarkStart w:name="_Toc181866756" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc219368451" w:id="3"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="4EA6C4B6" w14:textId="5CA0C784" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00D85825" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="007A334E" w:rsidR="009A32ED" w:rsidP="00BB5D84" w:rsidRDefault="00D85825" w14:paraId="4EA6C4B6" w14:textId="45A72106">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t>Reviderad eskaleringsplan samt smärre justeringar i r</w:t>
-[...2 lines deleted...]
-        <w:t>iktlinjen</w:t>
+        <w:t>Reviderad eskaleringsplan</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A74">
+        <w:t xml:space="preserve"> samt förtydligande om daglig avstämning</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> i övrigt.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="69BCFD87" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc100327185"/>
-[...3 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:name="_Toc100327185" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc181866757" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc219368452" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc72840807" w:id="7"/>
+      <w:r w:rsidR="009A32ED">
+        <w:rPr/>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="305361E2" w14:textId="50CE260C" w:rsidR="009A32ED" w:rsidRDefault="00BB5D84" w:rsidP="009A32ED">
+    <w:p w:rsidR="68330755" w:rsidP="4ECD4A34" w:rsidRDefault="68330755" w14:paraId="113E73E2" w14:textId="3E3C212C">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="868"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="68330755">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Georgia" w:cs="Georgia"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE"/>
+        </w:rPr>
+        <w:t>Riktlinjen klargör vilka villkor som gäller, samt vilket ansvar som åligger, vid användning av somatiska vårdplatser på Södra Älvsborgs Sjukhus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4ECD4A34" w:rsidP="4ECD4A34" w:rsidRDefault="4ECD4A34" w14:paraId="00F4A3A1" w14:textId="2DA9B18B">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4A840A74" w14:textId="2B452464" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00F1155B">
+    <w:p w:rsidR="00F1155B" w:rsidP="00F1155B" w:rsidRDefault="00F1155B" w14:paraId="4A840A74" w14:textId="2B452464">
       <w:pPr>
         <w:pStyle w:val="UnderrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54AD083C" w14:textId="2B5F0A1E" w:rsidR="008178C8" w:rsidRDefault="00F1155B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00F1155B" w14:paraId="3BB55FA1" w14:textId="45C15097">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Rubrik 4;3" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc214618154" w:history="1">
-        <w:r w:rsidR="008178C8" w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368451">
+        <w:r w:rsidRPr="006110B5" w:rsidR="00AA67EC">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r w:rsidR="008178C8">
+        <w:r w:rsidR="00AA67EC">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="008178C8">
+        <w:r w:rsidR="00AA67EC">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="008178C8">
+        <w:r w:rsidR="00AA67EC">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618154 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368451 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="008178C8">
+        <w:r w:rsidR="00AA67EC">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="008178C8">
+        <w:r w:rsidR="00AA67EC">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r w:rsidR="00AA67EC">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="008178C8">
+        <w:r w:rsidR="00AA67EC">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D21CF4D" w14:textId="0A5EBCDF" w:rsidR="008178C8" w:rsidRDefault="008178C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="38226773" w14:textId="0E955B70">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618155" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368452">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618155 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368452 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="651A66DB" w14:textId="7A941055" w:rsidR="008178C8" w:rsidRDefault="008178C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="1AE776F4" w14:textId="62B267CA">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618156" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368453">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618156 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368453 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40E8CE01" w14:textId="2DC83B79" w:rsidR="008178C8" w:rsidRDefault="008178C8" w:rsidP="005901D1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="3CCB2FC1" w14:textId="145E5E29">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618157" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368454">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618157 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368454 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E33CC2A" w14:textId="2967BC63" w:rsidR="008178C8" w:rsidRDefault="008178C8" w:rsidP="005901D1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="59F3D308" w14:textId="73BE88F9">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618158" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368455">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definition vårdplatser</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618158 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368455 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="642C2BE4" w14:textId="68C2440B" w:rsidR="008178C8" w:rsidRDefault="008178C8" w:rsidP="005901D1">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="79F3C487" w14:textId="17927734">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618159" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368456">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definition av områden</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618159 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368456 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D9CB25B" w14:textId="009E69F5" w:rsidR="008178C8" w:rsidRDefault="008178C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="17C75B18" w14:textId="012F2090">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618160" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368457">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618160 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368457 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F730F72" w14:textId="73F50718" w:rsidR="008178C8" w:rsidRDefault="008178C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="55FE587F" w14:textId="4EF3014D">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618161" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368458">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Eskaleringsplan vid brist på vårdplatser</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618161 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368458 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C245FB6" w14:textId="782CE6A2" w:rsidR="008178C8" w:rsidRDefault="008178C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="1995E37F" w14:textId="0D36E758">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618162" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368459">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetsgrupp</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618162 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368459 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A786DAE" w14:textId="3F6C5E17" w:rsidR="008178C8" w:rsidRDefault="008178C8">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w:rsidR="00AA67EC" w:rsidRDefault="00AA67EC" w14:paraId="26452D12" w14:textId="355A7967">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214618163" w:history="1">
-        <w:r w:rsidRPr="00050833">
+      <w:hyperlink w:history="1" w:anchor="_Toc219368460">
+        <w:r w:rsidRPr="006110B5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214618163 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219368460 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005901D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76194D91" w14:textId="29149EA1" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00F1155B">
+    <w:p w:rsidR="00F1155B" w:rsidP="00F1155B" w:rsidRDefault="00F1155B" w14:paraId="76194D91" w14:textId="46DECC47">
       <w:pPr>
         <w:pStyle w:val="UnderrubrikVGR"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="70B2A54A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc214618156"/>
+      <w:bookmarkStart w:name="_Toc100327187" w:id="8"/>
+      <w:bookmarkStart w:name="_Toc181866760" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc219368453" w:id="10"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="09FC1D09" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc214618157"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="09FC1D09" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc219368454" w:id="11"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F28F74" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="27F28F74" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Sjukhusdirektörens ansvar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F761CED" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="1F761CED" w14:textId="77777777">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Sjukhusdirektören äger beslut om antalet fastställda vårdplatser inom SÄS. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11406407" w14:textId="65DF185C" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Styrråd </w:t>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="11406407" w14:textId="24AF7925">
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>Styrråd</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00724563">
+        <w:rPr/>
         <w:t>Slutenvård</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB5D84">
-        <w:t xml:space="preserve"> bistår sjukhusdirektören med långsiktig, strategisk planering av vårdplatser inom sjukhuset.  </w:t>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve"> bistår sjukhusdirektören med </w:t>
+      </w:r>
+      <w:r w:rsidR="2A4DC0D2">
+        <w:rPr/>
+        <w:t>förslag på l</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>ångsiktig</w:t>
+      </w:r>
+      <w:r w:rsidR="0B2E3041">
+        <w:rPr/>
+        <w:t xml:space="preserve"> planering och dimensionering av</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve"> vårdplatser inom sjukhuset.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E4A0F4C" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="6E4A0F4C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Verksamhetsområdets ansvar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A39BDA3" w14:textId="0E9EE990" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...1 lines deleted...]
-        <w:t>Verksamhetsområdeschef (VOC) säkerställer verksamhetsområdets (VO) vårduppdrag</w:t>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="2A39BDA3" w14:textId="49773E5C">
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>Verksamhetschef (VC) säkerställer verksamhetsområdets (VO) vårduppdrag</w:t>
       </w:r>
       <w:r w:rsidR="00314BC5">
+        <w:rPr/>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB5D84">
-        <w:t>ansvarar för patientflödet inom sitt VO och beslutar om resursfördelning inom denna. Samordning sker med andra VOC vid behov. Rutiner ska finnas för att kunna möta belastningstoppar med behov av ökade resurser. </w:t>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>ansvarar för patientflödet inom sitt VO och beslutar om resursfördelning inom denna. Samordning sker med andra VC vid behov. Rutiner ska finnas för att kunna möta belastningstoppar med behov av ökade resurser. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042CE6C4" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="042CE6C4" w14:textId="77777777">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Varje verksamhetsområde tillser att rutiner finns för att hålla sig informerad om sina utlokaliserade patienter. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="499DAACB" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="499DAACB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Bakjourens ansvar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40AE136D" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="4ECD4A34" w:rsidRDefault="00BB5D84" w14:paraId="40AE136D" w14:textId="1663770D">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+      </w:pPr>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve">Att vara informerad om platsläget på det egna verksamhetsområdet, för att dygnet runt kunna utföra nödvändiga åtgärder om överbeläggningssituation hotar. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="6CD84AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tjänstgörande bakjour tar enligt SÄS ledningssystem över </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="0188247B">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>verksamhetens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="6CD84AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="6CD84AA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ansvar under jourtid. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="00BB5D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se riktlinje </w:t>
+      </w:r>
+      <w:hyperlink r:id="Re1398787b74f4802">
+        <w:r w:rsidRPr="4ECD4A34" w:rsidR="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Bakjourer - Ansvar och befogenheter vid Södra Älvsborgs Sjukhus.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00BB5D84">
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4189F07C" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="4189F07C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc100327192" w:id="12"/>
+      <w:bookmarkStart w:name="_Toc181866761" w:id="13"/>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="00BB5D84">
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...11 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Vårdplatssamordnarens (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="00BB5D84">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>VPSO:s</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="00BB5D84">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>) uppgift</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="00BB5D84">
         <w:rPr>
-          <w:rStyle w:val="eop"/>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DB9512" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="63DB9512" w14:textId="4C24C9B8">
       <w:r>
         <w:t xml:space="preserve">Se </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="005E3808">
+      <w:hyperlink w:history="1" r:id="rId13">
+        <w:r w:rsidRPr="004E1175">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Vårdplatssamordnares (VPSO) uppdrag och mandat vid SÄS. </w:t>
+          <w:t>Vårdplatssamordnares (VPSO) uppdrag och mandat vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="004E1175">
+        <w:t>. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F2AD13" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00BB5D84" w:rsidP="4ECD4A34" w:rsidRDefault="00BB5D84" w14:paraId="79F2AD13" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
-          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-          <w:sz w:val="18"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="00BB5D84">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Medicinskt ansvar för utlokaliserad patient</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="00BB5D84">
         <w:rPr>
-          <w:rStyle w:val="eop"/>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE6B46D" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="6DE6B46D" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Hemavdelningen</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> ansvarar för medicinsk vårdplan, läkarrond, läkarordinationer, läkemedelslista och journaldiktering. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> genomförs dagligen av läkare från hemavdelningens VO.</w:t>
+        <w:t xml:space="preserve"> ansvarar för medicinsk vårdplan, läkarrond, läkarordinationer, läkemedelslista och journaldiktering. Rondning genomförs dagligen av läkare från hemavdelningens VO.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A4A39F" w14:textId="5C9A115B" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="46A4A39F" w14:textId="5C9A115B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mottagande avdelning</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0056554C">
         <w:t>står för vårdplats med tillhörande omvårdnadspersonal samt medicinska sekreterare</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3525E580" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00A93AE8" w:rsidRDefault="00BB5D84" w:rsidP="00A93AE8">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc214618158"/>
+    <w:p w:rsidRPr="00A93AE8" w:rsidR="00BB5D84" w:rsidP="00A93AE8" w:rsidRDefault="00BB5D84" w14:paraId="3525E580" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc219368455" w:id="14"/>
       <w:r w:rsidRPr="00A93AE8">
-        <w:lastRenderedPageBreak/>
         <w:t>Definition vårdplatser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00A93AE8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09E23812" w14:textId="7D1617AA" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="09E23812" w14:textId="7D1617AA">
       <w:r>
         <w:t xml:space="preserve">Källa: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId14">
         <w:r>
           <w:rPr>
             <w:color w:val="006298"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Socialstyrelsen termdatabank</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468DB27A" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="468DB27A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vårdplats </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4504C50B" w14:textId="228901C8" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="4504C50B" w14:textId="228901C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Ligg</w:t>
       </w:r>
       <w:r>
         <w:t>- eller sittplats på vårdenhet som kan användas för vård och behand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ling.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6307FEDA" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="6307FEDA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Fastställd vårdplats </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C8D274" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="44C8D274" w14:textId="77777777">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vårdplats i slutenvård beslutad av huvudman. Fastställd vårdplats är en administrativ benämning och används i till exempel budget- och planeringssammanhang. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="673E7D23" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="673E7D23" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Disponibel vårdplats </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63538F1D" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="63538F1D" w14:textId="77777777">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vårdplats i slutenvård med fysisk utformning, utrustning och bemanning som säkerställer patientsäkerhet och arbetsmiljö. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17A63EDA" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="17A63EDA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Överbeläggning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC5F993" w14:textId="71A503FE" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="5FC5F993" w14:textId="71A503FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Inskriven patient vårdas på vårdplats som inte uppfyller kraven på disponibel vårdplats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49046813" w14:textId="182967D3" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="49046813" w14:textId="182967D3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Varje enhet ska ha rutin för situation då överbeläggning inträffar, och icke ordinarie </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> tas i anspråk. (Beslut från Arbetsmiljöverket 2011, SÄS diarienummer 00590-2010-16 - Förbud enligt 7 kap. 7§ arbetsmiljölagen)</w:t>
+        <w:t>Varje enhet ska ha rutin för situation då överbeläggning inträffar, och icke ordinarie vårdrum tas i anspråk. (Beslut från Arbetsmiljöverket 2011, SÄS diarienummer 00590-2010-16 - Förbud enligt 7 kap. 7§ arbetsmiljölagen)</w:t>
       </w:r>
       <w:r w:rsidR="004677A6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49197B6A" w14:textId="69E102FC" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="49197B6A" w14:textId="69E102FC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Överbeläggning med placering i korridor är ej tillåten. Dock kan patient som är medicinskt färdigbehandlad under väntan på snar transport vistas i lokal ej avsedd som vårdplats. Uppstår nytt vårdbehov flyttas patient till lämplig plats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17AFC08E" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="17AFC08E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fastighet stöd och service (FFSS) ansvarar för att dagligen kontrollera förekomst av överbeläggning och stöttar med extra lokalvårdsinsats. Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId15">
         <w:r>
           <w:rPr>
             <w:color w:val="006298"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Lokalvård, - Extra insatser vid överbeläggning, SÄS.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7AC374" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="4C7AC374" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
         <w:t>Utlokaliserad patient </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA91801" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidR="00BB5D84" w:rsidP="4ECD4A34" w:rsidRDefault="00BB5D84" w14:paraId="1CA91801" w14:textId="1FC44421">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="606F2F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Patient som är inskriven, men vårdas på en annan enhet än den med rätt kompetens och medicinskt ansvar, benämns som utlokaliserad.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="606F2F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="1E0A9031" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Inskriven patient som inte vårdas på vårdenhet som har rätt kompetens och medicinskt ansvar för patienten benämns som </w:t>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Patienten är inte utlokaliserad när det är medicinskt motiverat att vårda på annan vårdenhet, exempelvis kirurgisk vård på barnavdelning, isoleringsvård eller intensivvård.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E0A9031" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
-[...30 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="_Toc214618159"/>
+    <w:p w:rsidRPr="00A93AE8" w:rsidR="00BB5D84" w:rsidP="00A93AE8" w:rsidRDefault="00BB5D84" w14:paraId="164A79A0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc219368456" w:id="15"/>
       <w:r w:rsidRPr="00A93AE8">
         <w:t>Definition av områden</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00A93AE8">
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4228B017" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="4228B017" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Medicinska området </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF82857" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="2DF82857" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Vårdavdelningar som organisatoriskt tillhör VO Medicin, VO HIVÖ, VO </w:t>
-[...7 lines deleted...]
-        <w:t>/rehab/nära vård.</w:t>
+        <w:t>Vårdavdelningar som organisatoriskt tillhör VO Medicin, VO HIVÖ, VO Neuro/rehab/nära vård.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24305E1C" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="24305E1C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Opererande området </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E971D1A" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="6E971D1A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Vårdavdelningar som organisatoriskt tillhör VO Kvinna/Barn, VO Kirurgi/ortopedi/ÖNH.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="eop"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C7076C" w14:textId="6EAFA2F3" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w:rsidRPr="00065A6B" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="37C7076C" w14:textId="6EAFA2F3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc214618160"/>
+      <w:bookmarkStart w:name="_Toc219368457" w:id="16"/>
       <w:r w:rsidRPr="00065A6B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="583AD1CB" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="583AD1CB" w14:textId="7F201983">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB5D84">
-        <w:t>Vårdplatsantal </w:t>
+      <w:r w:rsidR="6954A75D">
+        <w:rPr/>
+        <w:t>Beslut om antal v</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>årdplat</w:t>
+      </w:r>
+      <w:r w:rsidR="7534815B">
+        <w:rPr/>
+        <w:t>ser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638F2E17" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="638F2E17" w14:textId="77777777">
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Permanent förändring av vårdplatsantal beslutas av sjukhusdirektör. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06E80964" w14:textId="5309F919" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00127008">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Tillfälliga förändringar av vårdplatsantal beslutas i styrråd slutenvård i dialog med </w:t>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00127008" w:rsidRDefault="00824CC1" w14:paraId="06E80964" w14:textId="3A6ABE15">
+      <w:r w:rsidR="00824CC1">
+        <w:rPr/>
+        <w:t>Styrråd slutenvård informeras om behov av t</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve">illfälliga </w:t>
+      </w:r>
+      <w:r w:rsidR="00541A0E">
+        <w:rPr/>
+        <w:t>neddragningar</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve"> av vårdplatsantal</w:t>
+      </w:r>
+      <w:r w:rsidR="00E42D1B">
+        <w:rPr/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00824CC1">
+        <w:rPr/>
+        <w:t xml:space="preserve">beslut tas </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0A94">
+        <w:rPr/>
+        <w:t>i samråd med</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B4175F">
+        <w:rPr/>
         <w:t>operativ chef</w:t>
       </w:r>
-      <w:r w:rsidRPr="5062A358">
+      <w:r w:rsidR="00CB1E03">
+        <w:rPr/>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006B43AE">
+        <w:rPr/>
+        <w:t>(Exempelvis</w:t>
+      </w:r>
+      <w:r w:rsidR="00E42D1B">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00927A3F">
+        <w:rPr/>
+        <w:t>lokalpåverkande</w:t>
+      </w:r>
+      <w:r w:rsidR="006B43AE">
+        <w:rPr/>
+        <w:t xml:space="preserve"> åtgärder.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00927A3F">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
         <w:t>Respektive VOC ansvarar för att informera berörda vid förändring. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EBCFD6D" w14:textId="12B8FE34" w:rsidR="00BB5D84" w:rsidRPr="00E0758F" w:rsidRDefault="00BB5D84" w:rsidP="00E0758F">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> daglig vårdplatsavstämning. Underlag till Användarstöd (formulär på intranätet) skrivs av ansvarig </w:t>
+    <w:p w:rsidRPr="00E0758F" w:rsidR="00BB5D84" w:rsidP="4ECD4A34" w:rsidRDefault="00BB5D84" w14:paraId="0EBCFD6D" w14:textId="784FBF16">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="off" w:after="240" w:afterAutospacing="off"/>
+        <w:ind w:left="560" w:right="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="0318DC82">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Vid tillfällig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="3B7F6482">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="0318DC82">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> behov som överstiger rådande vårdplatstillgång ändras vårdplatsantalet av VC på eget VO eller av samordnande </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="71AB3612">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>VC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="0318DC82">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>. Detta görs efter daglig avstämning.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4ECD4A34" w:rsidR="0318DC82">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>Underlag till Användarstöd (formulär på</w:t>
+      </w:r>
+      <w:r w:rsidR="67A4E8FE">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve">intranätet) skrivs av ansvarig </w:t>
       </w:r>
       <w:r w:rsidR="00D62EDF">
+        <w:rPr/>
         <w:t xml:space="preserve">vårdenhetschef (VEC) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E0758F">
-[...6 lines deleted...]
-        <w:t>ordförande eller annan utsedd funktion. </w:t>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve">efter beslut. Förändringen godkänns av </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>styrråd</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve"> slutenvårds</w:t>
+      </w:r>
+      <w:r w:rsidR="009F39D4">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>ordförande</w:t>
+      </w:r>
+      <w:r w:rsidR="009F39D4">
+        <w:rPr/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:r w:rsidR="7788B09F">
+        <w:rPr/>
+        <w:t xml:space="preserve">av </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>annan utsedd funktion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0352E5A4" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00E0758F" w:rsidRDefault="00BB5D84" w:rsidP="00E0758F">
+    <w:p w:rsidRPr="00E0758F" w:rsidR="00BB5D84" w:rsidP="00E0758F" w:rsidRDefault="00BB5D84" w14:paraId="0352E5A4" w14:textId="068031DE">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E0758F">
-        <w:t>Daglig avstämning vårdplatser </w:t>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t xml:space="preserve">Daglig avstämning </w:t>
+      </w:r>
+      <w:r w:rsidR="2F3049FB">
+        <w:rPr/>
+        <w:t xml:space="preserve">och nyttjande av </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5D84">
+        <w:rPr/>
+        <w:t>vårdplatser </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C3277C0" w14:textId="333E3EC2" w:rsidR="00E63D3A" w:rsidRDefault="00BB5D84" w:rsidP="00CE7E81">
+    <w:p w:rsidR="00E63D3A" w:rsidP="00CE7E81" w:rsidRDefault="00BB5D84" w14:paraId="2C3277C0" w14:textId="333E3EC2">
       <w:r w:rsidRPr="5062A358">
         <w:t xml:space="preserve">VPSO och </w:t>
       </w:r>
       <w:r w:rsidR="00E63D3A">
         <w:t xml:space="preserve">vårdplatssamordnare leder och fördelar flöde inom </w:t>
       </w:r>
       <w:r w:rsidR="00CE7E81">
         <w:t>respektive</w:t>
       </w:r>
       <w:r w:rsidR="00E63D3A">
         <w:t xml:space="preserve"> vårdgolv.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F642ED4" w14:textId="78A1C866" w:rsidR="00BB5D84" w:rsidRDefault="00E63D3A" w:rsidP="00CE7E81">
+    <w:p w:rsidR="00900ECC" w:rsidP="00CE7E81" w:rsidRDefault="00B66A74" w14:paraId="69CDE772" w14:textId="6E8DAD13">
+      <w:r w:rsidR="00B66A74">
+        <w:rPr/>
+        <w:t>Fram till och med vecka 13 2026 d</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C76">
+        <w:rPr/>
+        <w:t>aglig</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A74">
+        <w:rPr/>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C76">
+        <w:rPr/>
+        <w:t xml:space="preserve"> avstämning</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66A74">
+        <w:rPr/>
+        <w:t>smöten</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C76">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0067097E">
+        <w:rPr/>
+        <w:t>kl</w:t>
+      </w:r>
+      <w:r w:rsidR="0067097E">
+        <w:rPr/>
+        <w:t xml:space="preserve"> 13</w:t>
+      </w:r>
+      <w:r w:rsidR="14E5E7AE">
+        <w:rPr/>
+        <w:t>:00</w:t>
+      </w:r>
+      <w:r w:rsidR="0067097E">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5C76">
+        <w:rPr/>
+        <w:t xml:space="preserve">enligt rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="R99ac65d2ed6d4032">
+        <w:r w:rsidRPr="4ECD4A34" w:rsidR="00FE5C76">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Vårdplatser vinter 2025-2026 – rutin för uppföljning.docx</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B66A74">
+        <w:rPr/>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB5D84" w:rsidP="00CE7E81" w:rsidRDefault="00E63D3A" w14:paraId="2F642ED4" w14:textId="78A1C866">
       <w:r>
         <w:t>Dragande flöde till rehab dag</w:t>
       </w:r>
       <w:r w:rsidR="00CE7E81">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">id, samt till infektion i dialog mellan VPSO och infektionsläkare. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0759FD4C" w14:textId="4F492813" w:rsidR="00CE7E81" w:rsidRPr="00BB5D84" w:rsidRDefault="00CE7E81" w:rsidP="00CE7E81">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00CE7E81" w:rsidP="00CE7E81" w:rsidRDefault="3B7E1282" w14:paraId="0759FD4C" w14:textId="4F492813">
       <w:r>
-        <w:t xml:space="preserve">Låsta platser kan finnas för patient med behov av TTX eller </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Låsta platser kan finnas för patient med behov av TTX eller trombolys, eller</w:t>
+      </w:r>
+      <w:r w:rsidR="5D1FE7FD">
+        <w:t xml:space="preserve"> patient med sepsis. Alternativt ska en plan för förflyttning av patient finnas för att bereda plats för nästa patient med behov.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7876AF32" w:rsidRDefault="7876AF32" w14:paraId="4A6A226B" w14:textId="266D99A7">
       <w:r>
-        <w:t>trombolys</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Eskaleringsplan</w:t>
+      </w:r>
+      <w:r w:rsidR="7D03BA46">
+        <w:t>,</w:t>
+      </w:r>
       <w:r>
-        <w:t>, eller</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> patient med sepsis. Alternativt ska en plan för förflyttning av patient finnas för att bereda plats för nästa patient med behov.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="3DF0E8A9">
+        <w:t xml:space="preserve">för </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">när antalet disponibla vårdplatser inte är tillräckligt för att täcka </w:t>
+      </w:r>
+      <w:r w:rsidR="01AE067B">
+        <w:t>behovet</w:t>
+      </w:r>
+      <w:r w:rsidR="5C68EBAB">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="01AE067B">
+        <w:t xml:space="preserve"> finns i slutet av rutinen. Avsteg från denna eskaleringsplan kan behöva </w:t>
+      </w:r>
+      <w:r w:rsidR="6F1906DF">
+        <w:t>göras, utifrån rådande omständigheter.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31654FC3" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="31654FC3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
-        <w:lastRenderedPageBreak/>
         <w:t>Flytt av patient till/från vårdavdelning inom SÄS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16B1B007" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="16B1B007" w14:textId="77777777">
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Inför överflyttning av patient till/från annan vårdavdelning inom SÄS se checklista </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId17">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Flytt av slutenvårdspatient inom SÄS – checklista</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39BABB42" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="39BABB42" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Utlokalisering direkt från akutmottagningen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BAEAE17" w14:textId="411795B3" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00CC1E52">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00CC1E52" w:rsidRDefault="00BB5D84" w14:paraId="4BAEAE17" w14:textId="411795B3">
       <w:r w:rsidRPr="00BB5D84">
-        <w:t xml:space="preserve">Utlokalisering direkt till annat VO bör undvikas, då det medför ökad risk för </w:t>
-[...7 lines deleted...]
-        <w:t>. Vid utlokalisering väljs hemavdelning utifrån patientens preliminära diagnos och förespråkad vårdavdelning. Mottagande avdelning ansvarar för att ha kännedom om hemavdelning. </w:t>
+        <w:t>Utlokalisering direkt till annat VO bör undvikas, då det medför ökad risk för vårdskada. Vid utlokalisering väljs hemavdelning utifrån patientens preliminära diagnos och förespråkad vårdavdelning. Mottagande avdelning ansvarar för att ha kännedom om hemavdelning. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07597D67" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="07597D67" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Patienter som vårdas på IVA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2C921E" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="0F2C921E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId18">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>In- och utskrivningskriterier för vård på IVA, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BEE3721" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="3BEE3721" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Överföring av patient till/från HIA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC5C99A" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="3CC5C99A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId19">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Inläggning på HIA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AD3DFE8" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00CC1E52" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w:rsidRPr="00CC1E52" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="0AD3DFE8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC1E52">
         <w:t>Överföring av patient för vård på plats avsedd för specialiserad palliativ vård </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D417B47" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="7D417B47" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId20">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vårdplats för specialiserad palliativ vård. Tillfällig rutin, SÄS.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5423553E" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="5423553E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Vård på öppenvårdsplats (23 timmarsvård) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8A0E80" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="6A8A0E80" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Se rutin </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId21">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Öppenvårdsplats/23-timmarsplats, SÄS Borås.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5B42AE" w14:textId="77777777" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="4D5B42AE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Överföring av patient mellan sjukhus i VGR </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4119E28E" w14:textId="63A2247F" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="002E0C81">
-[...1 lines deleted...]
-        <w:pStyle w:val="Liststycke"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="00BB5D84" w14:paraId="4119E28E" w14:textId="63A2247F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Se r</w:t>
       </w:r>
       <w:r w:rsidR="006E79EA">
         <w:t>iktlinje</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId22">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vårdansvar och överflyttning av patient mellan sjukhus, SÄS.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B09A492" w14:textId="77777777" w:rsidR="00F1155B" w:rsidRDefault="00F1155B" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00F1155B" w:rsidP="00BB5D84" w:rsidRDefault="00F1155B" w14:paraId="4B09A492" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
         <w:sectPr w:rsidR="00F1155B" w:rsidSect="00F1155B">
-          <w:headerReference w:type="default" r:id="rId22"/>
-[...4 lines deleted...]
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:headerReference w:type="default" r:id="rId23"/>
+          <w:footerReference w:type="even" r:id="rId24"/>
+          <w:footerReference w:type="default" r:id="rId25"/>
+          <w:headerReference w:type="first" r:id="rId26"/>
+          <w:footerReference w:type="first" r:id="rId27"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="1418" w:right="1701" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A7EA25E" w14:textId="57122E85" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB3997">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc214618161"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB3997" w:rsidRDefault="00BB5D84" w14:paraId="6A7EA25E" w14:textId="57122E85">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc219368458" w:id="17"/>
       <w:r w:rsidRPr="00BB5D84">
-        <w:lastRenderedPageBreak/>
         <w:t>Eskaleringsplan vid brist på vårdplatser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="15483" w:type="dxa"/>
+        <w:tblW w:w="15594" w:type="dxa"/>
         <w:tblInd w:w="-1001" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:left w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:bottom w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:right w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3119"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2157"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="8820"/>
+        <w:gridCol w:w="2804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B065A0" w:rsidRPr="00BB5D84" w14:paraId="7CF7D206" w14:textId="77777777" w:rsidTr="00B065A0">
+      <w:tr w:rsidRPr="00BB5D84" w:rsidR="0075450C" w:rsidTr="4ECD4A34" w14:paraId="7CF7D206" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="710"/>
+          <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7098D13F" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="7098D13F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="139" w:right="183"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Läge </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:tcW w:w="8820" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31A05181" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="31A05181" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="139" w:right="183"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Åtgärd </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E637FD4" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="6E637FD4" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="139" w:right="183"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ansvarig </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...30 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B065A0" w:rsidRPr="00BB5D84" w14:paraId="31D91E4B" w14:textId="77777777" w:rsidTr="00B065A0">
+      <w:tr w:rsidRPr="00BB5D84" w:rsidR="0075450C" w:rsidTr="4ECD4A34" w14:paraId="31D91E4B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="2243"/>
+          <w:trHeight w:val="724"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EA2971D" w14:textId="161C85B7" w:rsidR="00B065A0" w:rsidRPr="00410C41" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
+          <w:p w:rsidRPr="00410C41" w:rsidR="0075450C" w:rsidP="5062A358" w:rsidRDefault="0075450C" w14:paraId="3EA2971D" w14:textId="375E40E4">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Normal</w:t>
+            </w:r>
             <w:r w:rsidRPr="00410C41">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Normalläge</w:t>
+              <w:t>läge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:tcW w:w="8820" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68F602C1" w14:textId="1DA806FF" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="00187699" w:rsidRDefault="0075450C" w14:paraId="7E8BFB9D" w14:textId="60514D46">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>VPSO och vårdplatssamordnare leder och fördelar flöde inom respektive område (medicinska/opererande)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="201D9709" w14:textId="0C16AF5A" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="0037007F">
-[...46 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B40AC32" w14:textId="132C920D" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="5062A358" w:rsidRDefault="0075450C" w14:paraId="5B40AC32" w14:textId="132C920D">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>VPSO och vårdplatssamordnare</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...28 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B065A0" w:rsidRPr="00BB5D84" w14:paraId="4EB96350" w14:textId="77777777" w:rsidTr="00B065A0">
+      <w:tr w:rsidRPr="00BB5D84" w:rsidR="0075450C" w:rsidTr="4ECD4A34" w14:paraId="4EB96350" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1134"/>
+          <w:trHeight w:val="1425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ED742F2" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="00B065A0" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
+          <w:p w:rsidRPr="00B065A0" w:rsidR="0075450C" w:rsidP="5062A358" w:rsidRDefault="0075450C" w14:paraId="6ED742F2" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B065A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eskalering Steg 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52B73641" w14:textId="2DE96BBF" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="5062A358">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="5062A358" w:rsidRDefault="0075450C" w14:paraId="52B73641" w14:textId="495C7569">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Antalet disponibla vårdplatser inom ett vårdområde (medicinska/opererande) räcker inte till i förhållande till förväntat behov kommande dygn</w:t>
+              <w:t>Antalet disponibla vårdplatser inom ett vårdområde räcker inte till</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i förhållande till förväntat behov kommande dygn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:tcW w:w="8820" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59A94988" w14:textId="055982F1" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="59A94988" w14:textId="055982F1">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00736009">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Angivna ö</w:t>
+            </w:r>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Angivna överbeläggningsplatser används för hela </w:t>
+              <w:t>verbeläggningsplatser används för hela </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E76D227" w14:textId="77ADBEA0" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="00943970">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="00943970" w:rsidRDefault="0075450C" w14:paraId="4E76D227" w14:textId="77ADBEA0">
             <w:pPr>
-              <w:pStyle w:val="Punktlista"/>
+              <w:pStyle w:val="ListBullet"/>
               <w:ind w:right="436"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I första hand vårdområdet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A77D56F" w14:textId="33E4A4B6" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="00943970">
+          <w:p w:rsidRPr="00187699" w:rsidR="0075450C" w:rsidP="00187699" w:rsidRDefault="0075450C" w14:paraId="3F6903A6" w14:textId="5E98C8A0">
             <w:pPr>
-              <w:pStyle w:val="Punktlista"/>
+              <w:pStyle w:val="ListBullet"/>
               <w:ind w:right="436"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I andra hand hela SÄS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52141BD6" w14:textId="755BD908" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
-[...60 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ABDDD35" w14:textId="102A6067" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="3ABDDD35" w14:textId="102A6067">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>VPSO och vårdplatssamordnare</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4224D215" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="12AD1103" w14:paraId="20DC154B" w14:textId="291EE437">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7F9E35A3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Samordnande VOC informeras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00BB5D84" w:rsidR="0075450C" w:rsidTr="4ECD4A34" w14:paraId="58A8C75F" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B065A0" w:rsidR="0075450C" w:rsidP="00B27F0D" w:rsidRDefault="0075450C" w14:paraId="21D92917" w14:textId="3389D60F">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B065A0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eskalering Steg </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B065A0" w:rsidR="0075450C" w:rsidP="5062A358" w:rsidRDefault="0075450C" w14:paraId="5CC2D0A3" w14:textId="152CCC82">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Samordnande VOC informeras </w:t>
+              <w:t>Trots vidtagna åtgärder räcker inte vårdplatserna på SÄS </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20DC154B" w14:textId="23DB919F" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00187699" w:rsidR="0075450C" w:rsidP="7F9E35A3" w:rsidRDefault="717F9B97" w14:paraId="38CAD448" w14:textId="7264C21C">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E45A0">
+            <w:r w:rsidRPr="4ECD4A34" w:rsidR="6BDCC880">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beslut om eventuell verksamhetsförändring tas dagtid av samordnande VOC </w:t>
+              <w:t xml:space="preserve">Fastställda, men för närvarande icke disponibla, vårdplatser öppnas upp på MAVA respektive KAVA. Dvs utökning till 28 disponibla vårdplatser på respektive avdelning. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2157" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3629AC53" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="6E8ED67F" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E45A0">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Exempelvis: </w:t>
+              <w:t>Ansvarig verksamhetschef</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="77C4A9F7" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="583EAA8B" w14:textId="2546CA29">
             <w:pPr>
               <w:ind w:left="139" w:right="195"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E45A0">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>omfördelning av personal </w:t>
+              <w:t>Samordnande VOC informeras</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B065A0" w:rsidRPr="00BB5D84" w14:paraId="03164A9A" w14:textId="77777777" w:rsidTr="00B065A0">
+      <w:tr w:rsidRPr="00BB5D84" w:rsidR="0075450C" w:rsidTr="4ECD4A34" w14:paraId="32517B64" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1134"/>
+          <w:trHeight w:val="1349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:hideMark/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="443D7CB1" w14:textId="77777777" w:rsidR="00B065A0" w:rsidRPr="00B065A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidR="0075450C" w:rsidP="001B080B" w:rsidRDefault="0075450C" w14:paraId="04F331D7" w14:textId="16C23F54">
             <w:pPr>
               <w:ind w:left="139" w:right="86"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B065A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Eskalering Steg 2</w:t>
+              <w:t xml:space="preserve">Eskalering Steg </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5898D813" w14:textId="1E552A1E" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="00B065A0" w:rsidR="0075450C" w:rsidP="001B080B" w:rsidRDefault="0075450C" w14:paraId="3A13E13A" w14:textId="084FB7AC">
+            <w:pPr>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trots vidtagna åtgärder räcker inte vårdplatserna på SÄS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0075450C" w:rsidP="000B07E2" w:rsidRDefault="0075450C" w14:paraId="5C960CE2" w14:textId="460007AA">
+            <w:pPr>
+              <w:ind w:left="139" w:right="86"/>
+            </w:pPr>
+            <w:r w:rsidRPr="4ECD4A34" w:rsidR="3F1C495E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aktiverande av förstärkt operativ ledning, beslut av operativ chef enligt särskild plan, </w:t>
+            </w:r>
+            <w:hyperlink r:id="R4122c4a20e014cfd">
+              <w:r w:rsidRPr="4ECD4A34" w:rsidR="3F1C495E">
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>se</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="4ECD4A34" w:rsidR="3F1C495E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="Ref9a6b5356084c1e">
+              <w:r w:rsidRPr="4ECD4A34" w:rsidR="3F1C495E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Förstärkt operativ ledning vid extraordinär platsbrist, SÄS </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="3F1C495E">
+              <w:rPr/>
+              <w:t xml:space="preserve"> .</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="520D8C60" w:rsidP="4ECD4A34" w:rsidRDefault="520D8C60" w14:paraId="5E8A6B3E" w14:textId="6A55DB5A">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4ECD4A34" w:rsidR="520D8C60">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fyra, icke fastställda, vårdplatser öppnas på Kirurgiavdelning. Dvs utökning till 28 disponibla.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00187699" w:rsidR="0075450C" w:rsidP="00187699" w:rsidRDefault="0075450C" w14:paraId="27B453D3" w14:textId="18B04614">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00736009">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sex, icke fastställda, vårdplatser öppnas på Rehabavdelning. Dvs utökning till 16 disponibla vårdplatser.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="4C0092C1" w14:textId="2BFE3BA9">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Samordnande VOC och operativ chef</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00BB5D84" w:rsidR="0075450C" w:rsidTr="4ECD4A34" w14:paraId="3278BFD8" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1065"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0075450C" w:rsidP="00DF199B" w:rsidRDefault="0075450C" w14:paraId="71FE5BCF" w14:textId="3E6BB7FE">
+            <w:pPr>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B065A0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eskalering Steg </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00B065A0" w:rsidR="0075450C" w:rsidP="00DF199B" w:rsidRDefault="0075450C" w14:paraId="09120C9B" w14:textId="46151467">
+            <w:pPr>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E45A0">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trots vidtagna åtgärder räcker inte vårdplatserna på SÄS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00187699" w:rsidR="0075450C" w:rsidP="00187699" w:rsidRDefault="0075450C" w14:paraId="147A4225" w14:textId="47587FFA">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00736009">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sex, icke fastställda, vårdplatser öppnas på Barnavdelning. Dvs utökning till 21 disponibla vårdplatser. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2804" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="314842E2" w14:textId="621E4EDE">
+            <w:pPr>
+              <w:ind w:left="139" w:right="195"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Samordnande VOC och operativ chef</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidRPr="00BB5D84" w:rsidR="0075450C" w:rsidTr="4ECD4A34" w14:paraId="03164A9A" w14:textId="77777777">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            </w:tcBorders>
+            <w:tcMar/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00B065A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="443D7CB1" w14:textId="76BDA095">
+            <w:pPr>
+              <w:ind w:left="139" w:right="86"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B065A0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eskalering Steg </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="002E0C81" w:rsidRDefault="0075450C" w14:paraId="5898D813" w14:textId="1E552A1E">
             <w:pPr>
               <w:ind w:left="139" w:right="86"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trots vidtagna åtgärder räcker inte vårdplatserna på SÄS </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:tcW w:w="8820" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AA63980" w14:textId="618D6336" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="002E0C81">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="00187699" w:rsidRDefault="0075450C" w14:paraId="55F8D338" w14:textId="67074596">
             <w:pPr>
               <w:ind w:left="139" w:right="86"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aktiverande av förstärkt operativ ledning, beslut av operativ chef enligt särskild plan, </w:t>
+              <w:t>Öppnande av beredskapsavdelning. Planering för öppnande inom 48 timmar</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001E45A0">
+            <w:r w:rsidR="00491063">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              <w:t>Öppnande av beredskapsavdelning. Planering för öppnande inom max 48 timmar</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2804" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
+            <w:tcMar/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39271921" w14:textId="38E2A1DF" w:rsidR="00B065A0" w:rsidRPr="001E45A0" w:rsidRDefault="00B065A0" w:rsidP="00F43C1A">
+          <w:p w:rsidRPr="001E45A0" w:rsidR="0075450C" w:rsidP="00F43C1A" w:rsidRDefault="0075450C" w14:paraId="39271921" w14:textId="38E2A1DF">
             <w:pPr>
               <w:ind w:left="139" w:right="86"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E45A0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Samordnande VOC och operativ chef  </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...51 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0907CCB0" w14:textId="77777777" w:rsidR="00B93E60" w:rsidRDefault="00B93E60" w:rsidP="00BB5D84">
+    <w:p w:rsidR="00B93E60" w:rsidP="00BB5D84" w:rsidRDefault="00B93E60" w14:paraId="0907CCB0" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
         <w:sectPr w:rsidR="00B93E60" w:rsidSect="002E0C81">
           <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
           <w:pgMar w:top="992" w:right="1418" w:bottom="1701" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D3E6C1D" w14:textId="3C20D75F" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="002E0C81" w:rsidP="002E0C81">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc214618162"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="002E0C81" w:rsidRDefault="002E0C81" w14:paraId="5D3E6C1D" w14:textId="3C20D75F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc219368459" w:id="18"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="0AE1FE17" w14:textId="77777777" w:rsidR="0042039C" w:rsidRDefault="00BB5D84" w:rsidP="00E8439E">
+    <w:p w:rsidR="0042039C" w:rsidP="00E8439E" w:rsidRDefault="00BB5D84" w14:paraId="0AE1FE17" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E0C81">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61CBFD43" w14:textId="7DE3D469" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00E8439E">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00E8439E" w:rsidRDefault="00BB5D84" w14:paraId="61CBFD43" w14:textId="7DE3D469">
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">Eva-Marie Boman, ordförande </w:t>
       </w:r>
       <w:r w:rsidR="00C24A8A">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:t xml:space="preserve">tyrråd </w:t>
       </w:r>
       <w:r w:rsidR="001A1670">
         <w:t>slutenvård</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CFF11E" w14:textId="77777777" w:rsidR="0042039C" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidR="0042039C" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="14CFF11E" w14:textId="77777777">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser, utgåva 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E37CEFE" w14:textId="3C3693C6" w:rsidR="00BB5D84" w:rsidRPr="00BB5D84" w:rsidRDefault="00BB5D84" w:rsidP="00BB5D84">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00BB5D84" w:rsidP="00BB5D84" w:rsidRDefault="00BB5D84" w14:paraId="7E37CEFE" w14:textId="3C3693C6">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Sjukhusledning, SÄS  </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84">
         <w:t>Verksamhetschefer SÄS </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84">
         <w:t>Medicinsk beredningsgrupp SÄS </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
-        <w:t>Verksamhetschefer inom medicinska området, SÄS, (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:r>
       <w:r w:rsidRPr="00BB5D84">
-        <w:t>MiB</w:t>
-[...3 lines deleted...]
-        <w:t>), jan 2018 </w:t>
+        <w:t>Verksamhetschefer inom medicinska området, SÄS, (MiB), jan 2018 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA645E2" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRPr="00BB5D84" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="_Toc214618163"/>
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00E2060F" w:rsidP="00E2060F" w:rsidRDefault="00E2060F" w14:paraId="5CA645E2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_Toc219368460" w:id="19"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D3D48D" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRPr="00BB5D84" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00E2060F" w:rsidP="00E2060F" w:rsidRDefault="00E2060F" w14:paraId="71D3D48D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Socialstyrelsen termdatabank. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId30">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5D84">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668E232D" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRPr="00D23941" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
+    <w:p w:rsidRPr="00D23941" w:rsidR="00E2060F" w:rsidP="00E2060F" w:rsidRDefault="00E2060F" w14:paraId="668E232D" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:right="-143"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlnk"/>
+          <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5D84">
         <w:t>Beslut från vårdplatsmöten. SÄS interna webb </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5D84">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId31">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vardplatser-och-bemanning/Beslut-om-forandring-av-disponibla-vardplatser</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75E85C39" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
+    <w:p w:rsidR="00337DCC" w:rsidP="00E2060F" w:rsidRDefault="00337DCC" w14:paraId="20CCD5DB" w14:textId="77777777">
       <w:pPr>
         <w:ind w:left="720" w:right="-143"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E26DF9B" w14:textId="77777777" w:rsidR="00E2060F" w:rsidRPr="00BB5D84" w:rsidRDefault="00E2060F" w:rsidP="00E2060F">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00E2060F" w:rsidP="00E2060F" w:rsidRDefault="00E2060F" w14:paraId="6E26DF9B" w14:textId="472A4F56">
       <w:pPr>
         <w:ind w:left="720" w:right="-143"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Nedan styrdokument, se </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId31" w:tgtFrame="_blank" w:history="1">
+        <w:t xml:space="preserve">Nedan </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC69B4">
+        <w:t xml:space="preserve">sjukhusövergripande </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">styrdokument, se </w:t>
+      </w:r>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId32">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrande-dokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="645D2289" w14:textId="6504DB07" w:rsidR="00E2060F" w:rsidRDefault="005E3808" w:rsidP="00E2060F">
+    <w:p w:rsidR="00E2060F" w:rsidP="00E2060F" w:rsidRDefault="005E3808" w14:paraId="645D2289" w14:textId="3D326D9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink w:history="1" r:id="rId33">
         <w:r w:rsidRPr="005E3808">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Förstärkt operativ ledning vid extraordinär platsbrist, SÄS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E2060F" w:rsidRPr="005E3808">
+      <w:r w:rsidRPr="005E3808" w:rsidR="00E2060F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E2060F" w:rsidRPr="005E3808">
+      <w:r w:rsidRPr="005E3808" w:rsidR="00E2060F">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6402CAE4" w14:textId="4E397258" w:rsidR="00E2060F" w:rsidRDefault="005E3808" w:rsidP="00E2060F">
+    <w:p w:rsidR="00872656" w:rsidP="00337DCC" w:rsidRDefault="005E3808" w14:paraId="4CE088E4" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="22"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:hyperlink r:id="rId33" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId34">
         <w:r w:rsidRPr="005E3808">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vårdplatssamordnares (VPSO) uppdrag och mandat vid SÄS.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5A2E86F6" w14:textId="046400BC" w:rsidR="00E2060F" w:rsidRDefault="003271DC" w:rsidP="00E2060F">
+    <w:p w:rsidR="00C555E5" w:rsidP="00337DCC" w:rsidRDefault="003271DC" w14:paraId="7B928C5E" w14:textId="77777777">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:hyperlink r:id="rId34" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId35">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Bakjourer - Ansvar och befogenheter vid Södra Älvsborgs Sjukhus.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="45FC680E" w14:textId="06538C17" w:rsidR="00E2060F" w:rsidRDefault="003271DC" w:rsidP="00E2060F">
+    <w:p w:rsidR="00B86AA6" w:rsidP="00337DCC" w:rsidRDefault="003271DC" w14:paraId="002336BB" w14:textId="401FEA12">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId36">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vårdplats för specialiserad palliativ vård. Tillfällig rutin, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CC66DA">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
-        <w:t xml:space="preserve"> Sjukhusövergripande rutin</w:t>
+      <w:r w:rsidRPr="00BB5D84" w:rsidR="00E2060F">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D67ED4D" w14:textId="06BD220E" w:rsidR="003C7420" w:rsidRPr="00BB5D84" w:rsidRDefault="003271DC" w:rsidP="003C7420">
-[...44 lines deleted...]
-    <w:p w14:paraId="7F30AF02" w14:textId="5BCBE827" w:rsidR="00E2060F" w:rsidRDefault="00214DEB" w:rsidP="00E2060F">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="00B86AA6" w:rsidP="00B86AA6" w:rsidRDefault="00B86AA6" w14:paraId="261A04D5" w14:textId="2539B53A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId37">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
-[...40 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Öppenvårdsplats/23-timmarsplats, SÄS Borås.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00AC08C4">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="40AA233F" w14:textId="1E17C109" w:rsidR="009C6C0C" w:rsidRDefault="00214DEB" w:rsidP="00676D00">
+    <w:p w:rsidR="00E2060F" w:rsidP="00337DCC" w:rsidRDefault="00B86AA6" w14:paraId="45FC680E" w14:textId="2EE3C4E5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId38">
         <w:r w:rsidRPr="00BB5D84">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vårdansvar och överflyttning av patient mellan sjukhus, SÄS.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E2060F" w:rsidRPr="00BB5D84">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6DC0A1B2" w14:textId="02287B29" w:rsidR="00D23941" w:rsidRDefault="00D23941">
+    <w:p w:rsidRPr="00BB5D84" w:rsidR="003C7420" w:rsidP="003C7420" w:rsidRDefault="003271DC" w14:paraId="6D67ED4D" w14:textId="06BD220E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId39">
+        <w:r w:rsidRPr="00BB5D84">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>In- och utskrivningskriterier för vård på IVA, SÄS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BB5D84" w:rsidR="00E115FD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E115FD">
+        <w:t xml:space="preserve"> Lokal rutin, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C4">
+        <w:t xml:space="preserve">VO </w:t>
+      </w:r>
+      <w:r w:rsidR="00E115FD">
+        <w:t>an/op/iva SÄS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2060F" w:rsidP="00E2060F" w:rsidRDefault="00214DEB" w14:paraId="7F30AF02" w14:textId="5BCBE827">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:hyperlink w:tgtFrame="_blank" w:history="1" r:id="rId40">
+        <w:r w:rsidRPr="00BB5D84">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Inläggning på HIA</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BB5D84" w:rsidR="00E2060F">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84" w:rsidR="00E2060F">
+        <w:t xml:space="preserve">Lokal rutin, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C4">
+        <w:t xml:space="preserve">VO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84" w:rsidR="00E2060F">
+        <w:t>medicin</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB5D84" w:rsidR="00E2060F">
+        <w:t>SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2060F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D23941" w:rsidRDefault="00D23941" w14:paraId="6DC0A1B2" w14:textId="02287B29">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D23941" w:rsidSect="002E0C81">
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65522A17" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
+    <w:p w:rsidR="00CE56A5" w:rsidRDefault="00CE56A5" w14:paraId="68F78C16" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6953D43F" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
+    <w:p w:rsidR="00CE56A5" w:rsidRDefault="00CE56A5" w14:paraId="793DB7A6" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="05C0AE28" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
+    <w:p w:rsidR="00CE56A5" w:rsidRDefault="00CE56A5" w14:paraId="5E5402C5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3132,253 +3608,252 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
-[...2 lines deleted...]
-        <w:rStyle w:val="Sidnummer"/>
+      <w:pStyle w:val="Footer"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="005901D1" w:rsidP="00EC0A68">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00337DCC" w14:paraId="47BD2091" w14:textId="66F4EBFA">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="838880147" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="12" name="Bildobjekt 12">
@@ -3408,3946 +3883,3946 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D0FB243" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC"/>
+    <w:p w:rsidR="00CE56A5" w:rsidRDefault="00CE56A5" w14:paraId="4F775C5E" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A50368C" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
+    <w:p w:rsidR="00CE56A5" w:rsidRDefault="00CE56A5" w14:paraId="1E71640C" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="110DD066" w14:textId="77777777" w:rsidR="00FA4DEC" w:rsidRDefault="00FA4DEC">
+    <w:p w:rsidR="00CE56A5" w:rsidRDefault="00CE56A5" w14:paraId="50040BF7" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="77ADD331">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="685B7E76" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <w:pict w14:anchorId="2B701CD7">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="6D41DF98" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="051B0E74"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="69CC3546"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="163C3E10"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="701AF280"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="170416D0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CCE4C9E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37267A13"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="033A43D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B6779E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8800FF1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C657769"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69AA3030"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52DF01E6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EF8A03BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69F76C04"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="67D6E8C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="703851C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8CB476E8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="770E30AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9A0C57A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CD01790"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="44D2AE2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1909921896">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1367871050">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="861477783">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="739910959">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="391579451">
@@ -7401,823 +7876,975 @@
   <w:num w:numId="24" w16cid:durableId="1626888239">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="794250386">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="315454993">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="140777204">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1107306979">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="324432200">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1488787569">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="140"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="0001049F"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00024753"/>
     <w:rsid w:val="00027743"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00034607"/>
     <w:rsid w:val="00035ED1"/>
     <w:rsid w:val="00050355"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
+    <w:rsid w:val="000659BC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00075E40"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="00085FAB"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="00096A4A"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000B07E2"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
+    <w:rsid w:val="000B6A05"/>
     <w:rsid w:val="000B7715"/>
     <w:rsid w:val="000E14D8"/>
     <w:rsid w:val="000E21D8"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F5DA9"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00127008"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="001358EC"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00145620"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00152302"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="00182057"/>
+    <w:rsid w:val="00182CD6"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00187699"/>
+    <w:rsid w:val="001954B2"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A1670"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B080B"/>
+    <w:rsid w:val="001B2679"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001E45A0"/>
     <w:rsid w:val="001F1B21"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00214DEB"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A0A94"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E0C81"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E6A05"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
+    <w:rsid w:val="002F4FD5"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F5F54"/>
     <w:rsid w:val="002F602F"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00303A4A"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="00314BC5"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00321946"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="003271DC"/>
+    <w:rsid w:val="00337DCC"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="00364AF5"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="0037007F"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00395004"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003B0FEA"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003B4349"/>
     <w:rsid w:val="003C7420"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D51B6"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E6BA0"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00410C41"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="0042039C"/>
     <w:rsid w:val="00421F09"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="00424EBA"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="0043510C"/>
+    <w:rsid w:val="00441907"/>
     <w:rsid w:val="004440C4"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451927"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00463895"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="004677A6"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004839BC"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="00491063"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004A284E"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C094E"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E1175"/>
     <w:rsid w:val="004E5337"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="00541A0E"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="0056554C"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="00576E01"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00577713"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="005901D1"/>
+    <w:rsid w:val="00591098"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="005E3808"/>
+    <w:rsid w:val="005E784A"/>
     <w:rsid w:val="005F62B8"/>
     <w:rsid w:val="0060171A"/>
     <w:rsid w:val="00601ED2"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="006256E4"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="0067097E"/>
     <w:rsid w:val="0067297E"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="00674FDF"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
     <w:rsid w:val="00687B57"/>
     <w:rsid w:val="006A0458"/>
     <w:rsid w:val="006A26D4"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A59D4"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
+    <w:rsid w:val="006B43AE"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006E79EA"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="006F1C76"/>
     <w:rsid w:val="006F2FAA"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="00720245"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00724563"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="00736009"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="0075336C"/>
+    <w:rsid w:val="0075450C"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
+    <w:rsid w:val="00774FDC"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007D61FC"/>
+    <w:rsid w:val="007D6528"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008178C8"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="00824CC1"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
+    <w:rsid w:val="00834744"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00872656"/>
     <w:rsid w:val="00873419"/>
+    <w:rsid w:val="0087503D"/>
+    <w:rsid w:val="00875096"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="00897A7D"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C2F5A"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="00900ECC"/>
+    <w:rsid w:val="00904D36"/>
     <w:rsid w:val="00906238"/>
+    <w:rsid w:val="0090625A"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00910325"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="00927A3F"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="00936E3C"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="00943970"/>
     <w:rsid w:val="009441D9"/>
+    <w:rsid w:val="009442FA"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00947825"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009760C4"/>
     <w:rsid w:val="00982BC1"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009A444A"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B7E27"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F39D4"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A00A69"/>
+    <w:rsid w:val="00A036B9"/>
+    <w:rsid w:val="00A04B87"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A13764"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A347EE"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A51142"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A516FD"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A63211"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A776A9"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A86D42"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00A93AE8"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA67EC"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC08C4"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD366F"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE4A35"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE6DFF"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B00D1C"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B065A0"/>
+    <w:rsid w:val="00B07B21"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B27F0D"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B4175F"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
+    <w:rsid w:val="00B66A74"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B77769"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
+    <w:rsid w:val="00B86AA6"/>
+    <w:rsid w:val="00B87229"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B93E60"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA78D3"/>
+    <w:rsid w:val="00BA79B8"/>
     <w:rsid w:val="00BB3997"/>
     <w:rsid w:val="00BB5D84"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BD6EC5"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C23B22"/>
     <w:rsid w:val="00C24A8A"/>
     <w:rsid w:val="00C24B26"/>
+    <w:rsid w:val="00C33C84"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C42DE1"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C46040"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
+    <w:rsid w:val="00C555E5"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C73B1C"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C82E1E"/>
+    <w:rsid w:val="00C84F20"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C9272D"/>
+    <w:rsid w:val="00C975C9"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
+    <w:rsid w:val="00CA58C0"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
+    <w:rsid w:val="00CB1E03"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC1E52"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CC66DA"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CE56A5"/>
     <w:rsid w:val="00CE7E81"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D110A4"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D23941"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D426BA"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D50D5B"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D5231F"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D62EDF"/>
     <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D85825"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA5053"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DC4682"/>
     <w:rsid w:val="00DC7998"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF199B"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E0758F"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E115FD"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E14F45"/>
     <w:rsid w:val="00E2060F"/>
+    <w:rsid w:val="00E21D81"/>
     <w:rsid w:val="00E22B07"/>
     <w:rsid w:val="00E411B6"/>
+    <w:rsid w:val="00E42D1B"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E5478B"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55709"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E60D8F"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E63D3A"/>
     <w:rsid w:val="00E700B9"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E74205"/>
     <w:rsid w:val="00E755F4"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E8439E"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB57E1"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC1F50"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00EC69B4"/>
+    <w:rsid w:val="00ED1106"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED55F7"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
+    <w:rsid w:val="00EE03F5"/>
     <w:rsid w:val="00EE1522"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F106C9"/>
     <w:rsid w:val="00F1155B"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F43C1A"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F771B8"/>
     <w:rsid w:val="00F84D17"/>
     <w:rsid w:val="00F85437"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA4DEC"/>
     <w:rsid w:val="00FA5AA7"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
+    <w:rsid w:val="00FB5F9C"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC0641"/>
     <w:rsid w:val="00FC34E4"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD3CD3"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FE5C76"/>
+    <w:rsid w:val="00FF7635"/>
     <w:rsid w:val="00FF7C02"/>
+    <w:rsid w:val="01194693"/>
+    <w:rsid w:val="0188247B"/>
+    <w:rsid w:val="01AE067B"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0318DC82"/>
+    <w:rsid w:val="06CFCE24"/>
+    <w:rsid w:val="08CDE907"/>
+    <w:rsid w:val="0B2E3041"/>
+    <w:rsid w:val="0BDBA6E2"/>
     <w:rsid w:val="0C9A40BB"/>
+    <w:rsid w:val="0E6B6DB7"/>
+    <w:rsid w:val="11DF5957"/>
+    <w:rsid w:val="12AD1103"/>
+    <w:rsid w:val="14E5E7AE"/>
+    <w:rsid w:val="170D0D18"/>
+    <w:rsid w:val="182B5253"/>
+    <w:rsid w:val="1929011A"/>
+    <w:rsid w:val="196B9036"/>
     <w:rsid w:val="196D5091"/>
     <w:rsid w:val="1BAD3CCB"/>
     <w:rsid w:val="1FB4492E"/>
+    <w:rsid w:val="1FB72F62"/>
+    <w:rsid w:val="20301F8E"/>
     <w:rsid w:val="21519DDB"/>
+    <w:rsid w:val="2400494E"/>
+    <w:rsid w:val="2A4DC0D2"/>
+    <w:rsid w:val="2EAAC4B8"/>
+    <w:rsid w:val="2F3049FB"/>
+    <w:rsid w:val="2F6303BE"/>
     <w:rsid w:val="30A316B8"/>
+    <w:rsid w:val="33CC84F1"/>
     <w:rsid w:val="3610A09C"/>
+    <w:rsid w:val="3B7E1282"/>
+    <w:rsid w:val="3B7F6482"/>
     <w:rsid w:val="3BCBA6D8"/>
+    <w:rsid w:val="3DF0E8A9"/>
+    <w:rsid w:val="3F1C495E"/>
     <w:rsid w:val="424F8629"/>
+    <w:rsid w:val="43B36AA3"/>
+    <w:rsid w:val="443ED733"/>
+    <w:rsid w:val="47785364"/>
+    <w:rsid w:val="4839A17B"/>
+    <w:rsid w:val="49CA569B"/>
+    <w:rsid w:val="4C57F75A"/>
     <w:rsid w:val="4D232CAF"/>
+    <w:rsid w:val="4D952CE0"/>
+    <w:rsid w:val="4ECD4A34"/>
     <w:rsid w:val="5062A358"/>
     <w:rsid w:val="50DFBFC2"/>
     <w:rsid w:val="51ADFB4D"/>
+    <w:rsid w:val="520D8C60"/>
+    <w:rsid w:val="57F100EB"/>
+    <w:rsid w:val="59371B0D"/>
+    <w:rsid w:val="5C68EBAB"/>
+    <w:rsid w:val="5D1FE7FD"/>
+    <w:rsid w:val="5D3C1F99"/>
+    <w:rsid w:val="5D47FDD1"/>
     <w:rsid w:val="5D5D4DE5"/>
     <w:rsid w:val="5E497A61"/>
     <w:rsid w:val="603A0BB3"/>
+    <w:rsid w:val="606F2F96"/>
+    <w:rsid w:val="61B81D6C"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="65E268C3"/>
+    <w:rsid w:val="6635D844"/>
+    <w:rsid w:val="6751ED11"/>
+    <w:rsid w:val="67A4E8FE"/>
+    <w:rsid w:val="68330755"/>
+    <w:rsid w:val="68DC7D6A"/>
+    <w:rsid w:val="6954A75D"/>
+    <w:rsid w:val="6A49950C"/>
     <w:rsid w:val="6AF14BE4"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6B447FA0"/>
+    <w:rsid w:val="6BDCC880"/>
+    <w:rsid w:val="6CD84AA6"/>
+    <w:rsid w:val="6EA21B8A"/>
+    <w:rsid w:val="6F1906DF"/>
+    <w:rsid w:val="6FCA10A7"/>
+    <w:rsid w:val="70A5CDBD"/>
     <w:rsid w:val="70D31755"/>
+    <w:rsid w:val="717F9B97"/>
+    <w:rsid w:val="71AB3612"/>
+    <w:rsid w:val="745F1793"/>
+    <w:rsid w:val="7534815B"/>
+    <w:rsid w:val="754974EF"/>
+    <w:rsid w:val="7692E100"/>
+    <w:rsid w:val="7788B09F"/>
+    <w:rsid w:val="782ACFED"/>
+    <w:rsid w:val="7876AF32"/>
     <w:rsid w:val="78B28E8A"/>
+    <w:rsid w:val="7D03BA46"/>
+    <w:rsid w:val="7E4BBA02"/>
+    <w:rsid w:val="7EEA6CD1"/>
+    <w:rsid w:val="7F9E35A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{45BE7F8A-55B2-49B7-BEBC-5A473B7814F1}"/>
+  <w15:docId w15:val="{B74DDB75-B51A-47CC-9CEE-6EA47A36098B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8242,75 +8869,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -8345,57 +8972,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -8453,2421 +9080,3277 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0037007F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik9">
+  <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik9Char"/>
+    <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
     <w:name w:val="Underrubrik VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005901D1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8789"/>
       </w:tabs>
       <w:ind w:left="851" w:right="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik9"/>
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtext">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
-    <w:link w:val="BrdtextChar"/>
+    <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
-    <w:name w:val="Brödtext Char"/>
+  <w:style w:type="character" w:styleId="BodyTextChar" w:customStyle="1">
+    <w:name w:val="Body Text Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Brdtext"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
     <w:name w:val="Tabell Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="00831C35"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BB5D84"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BB5D84"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Underrubrik">
+  <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="UnderrubrikChar"/>
+    <w:link w:val="SubtitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="00CC1E52"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="567"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00BB5D84"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
-[...2 lines deleted...]
-    <w:link w:val="Underrubrik"/>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
     <w:rsid w:val="00CC1E52"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="54017316">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="623467505">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="760225913">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="1157266646">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1258559424">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1293055504">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="1312098820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1471436159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1605990323">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1937667393">
-          <w:marLeft w:val="0"/>
-[...70 lines deleted...]
-        <w:div w:id="1471436159">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="148600714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="47190554">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="47807915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="57214337">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="134565346">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="175119946">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="238639505">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="367604215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="567496341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="741373158">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="891621095">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="911744784">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1104881494">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1129931143">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1250700392">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1284270252">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1316643464">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1472866102">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1767188722">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1775126340">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1779375933">
           <w:marLeft w:val="-75"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="30"/>
           <w:marBottom w:val="30"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
+            <w:div w:id="30570445">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1734506061">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="155806482">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="188027964">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1268192107">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="180901079">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="303892084">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="981427097">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="200821745">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="99179487">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="258681690">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="400907364">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1075973685">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
             <w:div w:id="345906454">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="89738316">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="592904285">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="678241360">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="598952653">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1328708864">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="634873839">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1572229954">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="786704577">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1711539011">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="786890831">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1518037804">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="839126450">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="751466390">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1379014842">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="928658562">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="138348893">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="790514109">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="929506652">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="476646919">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1000038680">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="487671918">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1311443682">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1031957095">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1767918302">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1132871438">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1437479731">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="2061130470">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1182861539">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="279144907">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1716855130">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1199397688">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1571773542">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1363508445">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="51081569">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1532451855">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1270746349">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1840148213">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="1576623172">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
@@ -10889,1151 +12372,295 @@
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="971786501">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
+            <w:div w:id="1624077603">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="454255974">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="513768069">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1930308158">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1687899113">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="77555058">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
             <w:div w:id="1722552262">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="1265109159">
-                  <w:marLeft w:val="0"/>
-[...358 lines deleted...]
-                <w:div w:id="1571773542">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="1774786926">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="521431207">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="839126450">
-[...150 lines deleted...]
-            </w:div>
             <w:div w:id="1786729226">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="980771192">
-                  <w:marLeft w:val="0"/>
-[...126 lines deleted...]
-                <w:div w:id="1734506061">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="1918976841">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="410128234">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1532451855">
+            <w:div w:id="1923294631">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1840148213">
+                <w:div w:id="329869726">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-                <w:div w:id="1270746349">
+                <w:div w:id="1124497210">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-              </w:divsChild>
-[...63 lines deleted...]
-                <w:div w:id="1437479731">
+                <w:div w:id="1763794475">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="47190554">
-[...23 lines deleted...]
-        <w:div w:id="134565346">
+        <w:div w:id="1979410624">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2122064204">
-          <w:marLeft w:val="0"/>
-[...202 lines deleted...]
-        <w:div w:id="175119946">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -12054,1200 +12681,1340 @@
     <w:div w:id="265121911">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="580065173">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="597913407">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="976421691">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="1453397110">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1695762047">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="597913407">
-[...10 lines deleted...]
-        </w:div>
         <w:div w:id="1804033089">
-          <w:marLeft w:val="0"/>
-[...10 lines deleted...]
-        <w:div w:id="1453397110">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="778337761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="201291038">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="392242052">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="423965804">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="545141379">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="642734600">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1727685343">
-          <w:marLeft w:val="0"/>
-[...34 lines deleted...]
-        <w:div w:id="423965804">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="941645794">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="61949678">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="148448952">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="596132467">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="635530399">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="672879001">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1306006570">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1436249860">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="596132467">
-[...35 lines deleted...]
-        <w:div w:id="672879001">
+        <w:div w:id="1466894370">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1838570628">
-          <w:marLeft w:val="0"/>
-[...34 lines deleted...]
-        <w:div w:id="61949678">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="966816798">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="151145435">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="382366401">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="492451551">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="612368705">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="382366401">
+        <w:div w:id="644966766">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="661009214">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="669603631">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="713505444">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="868027472">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="917595284">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1115753884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1208303171">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1614701278">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1681279333">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2037270227">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="713505444">
-[...82 lines deleted...]
-        </w:div>
         <w:div w:id="2051298549">
-          <w:marLeft w:val="0"/>
-[...46 lines deleted...]
-        <w:div w:id="669603631">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="990862648">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="298733799">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="649602155">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="904729260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="933904141">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1035272967">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1529563579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1693647588">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1789733521">
-          <w:marLeft w:val="0"/>
-[...70 lines deleted...]
-        <w:div w:id="933904141">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2138210101">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1034379162">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="8336516">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="576789908">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="662320288">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="668948152">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="822625439">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="847066483">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1054232408">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="8336516">
-[...23 lines deleted...]
-        <w:div w:id="668948152">
+        <w:div w:id="1665888969">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1933705711">
-          <w:marLeft w:val="0"/>
-[...34 lines deleted...]
-        <w:div w:id="1665888969">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1059019228">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="120927680">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="128986768">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="529531520">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="558708930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="567498161">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="819736975">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="832721095">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="873037641">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="946812113">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="954562111">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1025669931">
           <w:marLeft w:val="-75"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="30"/>
           <w:marBottom w:val="30"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="697704170">
+            <w:div w:id="125970803">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="794831242">
+                <w:div w:id="1781148228">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="162747348">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="22369243">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="186992028">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="96756168">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1483308358">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="199586743">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1585608374">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1631090570">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="305360718">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1579632235">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1958288588">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="334889402">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="446435006">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1094277250">
+            <w:div w:id="365058657">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="941566730">
+                <w:div w:id="1543176666">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1594706114">
+            <w:div w:id="388387507">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="135463995">
+                <w:div w:id="791096761">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1593513957">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="125970803">
+            <w:div w:id="410780007">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1781148228">
+                <w:div w:id="114101846">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-              </w:divsChild>
-[...13 lines deleted...]
-                <w:div w:id="673386607">
+                <w:div w:id="904610590">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-              </w:divsChild>
-[...13 lines deleted...]
-                <w:div w:id="776952347">
+                <w:div w:id="1777408028">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="449014631">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="1301113817">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="162747348">
+            <w:div w:id="500659972">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="22369243">
+                <w:div w:id="329984147">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-              </w:divsChild>
-[...65 lines deleted...]
-                <w:div w:id="1731731444">
+                <w:div w:id="795954269">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="522791271">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1949654625">
-[...10 lines deleted...]
-                </w:div>
                 <w:div w:id="1233810886">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
                 <w:div w:id="1350984168">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
-              </w:divsChild>
-[...25 lines deleted...]
-                <w:div w:id="1579632235">
+                <w:div w:id="1949654625">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="691109437">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
@@ -13255,331 +14022,309 @@
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
                 <w:div w:id="1825393617">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1480998670">
+            <w:div w:id="697704170">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="100610043">
+                <w:div w:id="794831242">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1094277250">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="941566730">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1106732317">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="409694851">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1482581106">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1206218502">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1042562561">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="1279680344">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="79302939">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="388387507">
+            <w:div w:id="1480998670">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1593513957">
-[...11 lines deleted...]
-                <w:div w:id="791096761">
+                <w:div w:id="100610043">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="410780007">
+            <w:div w:id="1594706114">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="904610590">
-[...23 lines deleted...]
-                <w:div w:id="114101846">
+                <w:div w:id="135463995">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1106732317">
+            <w:div w:id="1609001044">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1482581106">
-[...11 lines deleted...]
-                <w:div w:id="409694851">
+                <w:div w:id="1731731444">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1206218502">
+            <w:div w:id="1647474307">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1042562561">
+                <w:div w:id="1186213240">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1848254080">
+            <w:div w:id="1689722591">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
-                <w:div w:id="1368599798">
-[...63 lines deleted...]
-                <w:div w:id="1631090570">
+                <w:div w:id="221064691">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
             <w:div w:id="1690833217">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
@@ -13587,1479 +14332,1361 @@
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
                 <w:div w:id="1698117692">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
+            <w:div w:id="1848254080">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1368599798">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1853714752">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="776952347">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="1973246800">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="673386607">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2012485759">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="526412577">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="2084334379">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="54593776">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="889000794">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
             <w:div w:id="2100448053">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="74521131">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
-            <w:div w:id="1647474307">
-[...138 lines deleted...]
-            </w:div>
           </w:divsChild>
         </w:div>
+        <w:div w:id="1054353035">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1146707580">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1192305536">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1227761884">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="128986768">
+        <w:div w:id="1227958710">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1310283078">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1440687524">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1499735434">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1637880025">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1797873592">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="946812113">
-[...58 lines deleted...]
-        </w:div>
         <w:div w:id="1969388585">
-          <w:marLeft w:val="0"/>
-[...142 lines deleted...]
-        <w:div w:id="819736975">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1480876877">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="721683204">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="812479935">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="991759661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1455247220">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="721683204">
-[...11 lines deleted...]
-        <w:div w:id="812479935">
+        <w:div w:id="1533106416">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1568757848">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="991759661">
+        <w:div w:id="1838886921">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1964579478">
-          <w:marLeft w:val="0"/>
-[...22 lines deleted...]
-        <w:div w:id="1533106416">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2140491410">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1609317403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="189992997">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="438917105">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="524288092">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="569736930">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1017661661">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1166477495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1242910238">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1413816132">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1454130506">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1638799636">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1663462017">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1785271390">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1454130506">
-[...23 lines deleted...]
-        <w:div w:id="1413816132">
+        <w:div w:id="1816988670">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2028021550">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2062169967">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1017661661">
-[...22 lines deleted...]
-        </w:div>
         <w:div w:id="2079857652">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2129081817">
-          <w:marLeft w:val="0"/>
-[...82 lines deleted...]
-        <w:div w:id="569736930">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1931158402">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="79643026">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="119499998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="198973087">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="220211619">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="488593394">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="611859383">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="613026275">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="795562490">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="997271735">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1396274936">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1459375553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1578202169">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1621456242">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="997271735">
-[...22 lines deleted...]
-        </w:div>
         <w:div w:id="1802571541">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="611859383">
-[...23 lines deleted...]
-        <w:div w:id="488593394">
+        <w:div w:id="1833061083">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1870753346">
-          <w:marLeft w:val="0"/>
-[...94 lines deleted...]
-        <w:div w:id="795562490">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2024015390">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="119422982">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="203450967">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="388262593">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="463813777">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="490412869">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="582178253">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="851069053">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="851997440">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="885527615">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="986780526">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="1000350311">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1114013367">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1621260227">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1756394678">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1828740554">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1835991153">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="2026638966">
-          <w:marLeft w:val="0"/>
-[...154 lines deleted...]
-        <w:div w:id="1835991153">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2106606893">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="203755952">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="266738325">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="381177382">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="609095734">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="753013955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="846477199">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="872424451">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="936912341">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1271742024">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1284650376">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1326085957">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="846477199">
+        <w:div w:id="1817263740">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1847819685">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1884557577">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1995184863">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2065248601">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2080979918">
-          <w:marLeft w:val="0"/>
-[...154 lines deleted...]
-        <w:div w:id="753013955">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-373/SURROGATE/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-50/surrogate/Inl%c3%a4ggning%20p%c3%a5%20HIA.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-142/SURROGATE/Bakjourer%20-%20Ansvar%20och%20befogenheter%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-142/SURROGATE/Bakjourer%20-%20Ansvar%20och%20befogenheter%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-18/surrogate/In-%20och%20utskrivningskriterier%20f%c3%b6r%20v%c3%a5rd%20p%c3%a5%20IVA%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-373/SURROGATE/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-216/SURROGATE/%c3%96ppenv%c3%a5rdsplats%20f%c3%b6r%20patient%20med%20enbart%20omsorgsbehov%2c%20S%c3%84S%20Bor%c3%a5s.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-578/surrogate/Flytt%20av%20slutenv%c3%a5rdspatient%20inom%20S%c3%84S%20-%20checklista.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-216/SURROGATE/%c3%96ppenv%c3%a5rdsplats%20f%c3%b6r%20patient%20med%20enbart%20omsorgsbehov%2c%20S%c3%84S%20Bor%c3%a5s.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-50/surrogate/Inl%c3%a4ggning%20p%c3%a5%20HIA.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-478403798-32/surrogate/Lokalv%c3%a5rd%2c%20-%20Extra%20insatser%20vid%20%c3%b6verbel%c3%a4ggning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-18/surrogate/In-%20och%20utskrivningskriterier%20f%c3%b6r%20v%c3%a5rd%20p%c3%a5%20IVA%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-754/surrogate/V%c3%a5rdplats%20f%c3%b6r%20specialiserad%20palliativ%20v%c3%a5rd.%20Tillf%c3%a4llig%20rutin%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-370/surrogate/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vardplatser-och-bemanning/Beslut-om-forandring-av-disponibla-vardplatser/?vgrform=1" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-754/surrogate/V%c3%a5rdplats%20f%c3%b6r%20specialiserad%20palliativ%20v%c3%a5rd.%20Tillf%c3%a4llig%20rutin%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId35" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-55/surrogate/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-18/surrogate/In-%20och%20utskrivningskriterier%20f%c3%b6r%20v%c3%a5rd%20p%c3%a5%20IVA%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-18/surrogate/In-%20och%20utskrivningskriterier%20f%c3%b6r%20v%c3%a5rd%20p%c3%a5%20IVA%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-216/SURROGATE/%c3%96ppenv%c3%a5rdsplats%20f%c3%b6r%20patient%20med%20enbart%20omsorgsbehov%2c%20S%c3%84S%20Bor%c3%a5s.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-55/surrogate/V%c3%a5rdplatssamordnares%20(VPSO)%20uppdrag%20och%20mandat%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-754/surrogate/V%c3%a5rdplats%20f%c3%b6r%20specialiserad%20palliativ%20v%c3%a5rd.%20Tillf%c3%a4llig%20rutin%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-370/surrogate/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-216/SURROGATE/%c3%96ppenv%c3%a5rdsplats%20f%c3%b6r%20patient%20med%20enbart%20omsorgsbehov%2c%20S%c3%84S%20Bor%c3%a5s.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-50/surrogate/Inl%c3%a4ggning%20p%c3%a5%20HIA.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-478403798-32/surrogate/Lokalv%c3%a5rd%2c%20-%20Extra%20insatser%20vid%20%c3%b6verbel%c3%a4ggning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-754/surrogate/V%c3%a5rdplats%20f%c3%b6r%20specialiserad%20palliativ%20v%c3%a5rd.%20Tillf%c3%a4llig%20rutin%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9666-1965828494-50/surrogate/Inl%c3%a4ggning%20p%c3%a5%20HIA.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/vardplatser-och-bemanning/Beslut-om-forandring-av-disponibla-vardplatser/?vgrform=1" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://termbank.socialstyrelsen.se/?TermId=714&amp;SrcLang=sv" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-142/SURROGATE/Bakjourer%20-%20Ansvar%20och%20befogenheter%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-578/surrogate/Flytt%20av%20slutenv%c3%a5rdspatient%20inom%20S%c3%84S%20-%20checklista.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-370/SURROGATE/V%c3%a5rdansvar%20och%20%c3%b6verflyttning%20av%20patient%20mellan%20sjukhus%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9613-1190749860-142/SURROGATE/Bakjourer%20-%20Ansvar%20och%20befogenheter%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="Re1398787b74f4802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vgregion.sharepoint.com/:w:/r/sites/sy-sas-sty-patientsakerhet-sas/_layouts/15/Doc.aspx?sourcedoc=%7BDEEAA567-D15E-458A-9596-AAB75ACC27FE%7D&amp;file=V%C3%A5rdplatser%20vinter%202025-2026%20%E2%80%93%20rutin%20f%C3%B6r%20uppf%C3%B6ljning.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External" Id="R99ac65d2ed6d4032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="R4122c4a20e014cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-181/SURROGATE/Styrgrupp%20v%c3%a5rdplatser%20vid%20extraordin%c3%a4r%20platsbrist%2c%20S%c3%84S.pdf" TargetMode="External" Id="Ref9a6b5356084c1e" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -15343,60 +15970,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...18 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Somatiska vårdplatser vid SÄS, ansvarsfördelning</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Mona Johansson</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2025-11-21T08:58:00.0000000Z</lastPrinted>
+  <lastModifiedBy>Eva-Marie Boman</lastModifiedBy>
+  <revision>163</revision>
+  <lastPrinted>2025-11-21T17:58:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>