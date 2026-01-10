--- v0 (2025-11-26)
+++ v1 (2026-01-10)
@@ -1,344 +1,345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidR="00184167" w:rsidP="009A32ED" w:rsidRDefault="00AD722C" w14:paraId="061914D4" w14:textId="1C458D4E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD722C">
         <w:t>Sepsis och septisk chock – vårdplats på infektionsavdelning, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="005A627D" w:rsidR="00A264BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
       <w:bookmarkStart w:name="_Toc181866756" w:id="2"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="009A32ED">
-        <w:rPr/>
+      <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="4D665946" w:rsidP="749041FF" w:rsidRDefault="4D665946" w14:paraId="519C6146" w14:textId="705EE83A">
-[...22 lines deleted...]
-        <w:t xml:space="preserve">avvecklade. </w:t>
+    <w:p w:rsidRPr="00E72200" w:rsidR="4D665946" w:rsidP="00E72200" w:rsidRDefault="6FA50BE1" w14:paraId="519C6146" w14:textId="6F8750E9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Georgia" w:cs="Georgia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0EF5F13B">
+        <w:t>2025-11-28 sökarnummer till infektionsläkare borttagna pga. övergång till sökning via televäxeln.</w:t>
       </w:r>
       <w:bookmarkStart w:name="_Toc100327185" w:id="3"/>
       <w:bookmarkStart w:name="_Toc181866757" w:id="4"/>
       <w:bookmarkStart w:name="_Toc72840807" w:id="5"/>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="69BCFD87" w14:textId="23C6FCFE">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w:rsidRPr="009E0369" w:rsidR="00B405A1" w:rsidP="009E0369" w:rsidRDefault="00AD722C" w14:paraId="1FC6584C" w14:textId="1A500F3A">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc181866758" w:id="6"/>
       <w:r w:rsidRPr="00AD722C">
         <w:t xml:space="preserve">Riktlinjen beskriver arbetssätt för att säkerställa vårdplats för patient med sepsis/septisk chock på infektionsavdelningen (INFA). </w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="29B03EF5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327186" w:id="7"/>
       <w:bookmarkStart w:name="_Toc181866759" w:id="8"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:rPr/>
         <w:t>Bakgrund och syfte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r>
+      <w:r w:rsidR="009A32ED">
+        <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00023FF4" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="696C096E" w14:textId="77777777">
-[...4 lines deleted...]
-        <w:t>Obligatoriskt innehåll.</w:t>
+    <w:p w:rsidR="4F8143DE" w:rsidP="05850B55" w:rsidRDefault="4F8143DE" w14:paraId="0638FFB7" w14:textId="3F92812A">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="120" w:afterAutospacing="off" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-143"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidR="4F8143DE">
+        <w:rPr/>
+        <w:t>Rutinen har tagits fram för att</w:t>
       </w:r>
-      <w:r>
-        <w:br/>
+      <w:r w:rsidR="61FA59AF">
+        <w:rPr/>
+        <w:t xml:space="preserve"> möjliggöra tidigare överflyttning </w:t>
       </w:r>
-      <w:r>
-        <w:t>Bakgrund till framtagande av styrdokumentet? Vad syftar styrdokumentet till?</w:t>
+      <w:r w:rsidR="650CDC32">
+        <w:rPr/>
+        <w:t xml:space="preserve">av patienter med sepsis </w:t>
+      </w:r>
+      <w:r w:rsidR="61FA59AF">
+        <w:rPr/>
+        <w:t xml:space="preserve">från akutmottagningen till vårdavdelning </w:t>
+      </w:r>
+      <w:r w:rsidR="21241788">
+        <w:rPr/>
+        <w:t>med rutiner och vana att omhänderta patientgruppen.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="70B2A54A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327187" w:id="9"/>
       <w:bookmarkStart w:name="_Toc181866760" w:id="10"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="00AD722C" w14:paraId="107BEA0B" w14:textId="1DB7B95F">
+    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="00AD722C" w14:paraId="107BEA0B" w14:textId="4BA6A5D8">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AD722C">
-        <w:t xml:space="preserve">Infektionsavdelningens vårdplatsuppdrag är 24 vårdplatser, varav INFA dagligen ska </w:t>
+      <w:r w:rsidR="00AD722C">
+        <w:rPr/>
+        <w:t>Infektionsavdelningens vårdplatsuppdrag är 2</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AD722C">
+      <w:r w:rsidR="5EB118A9">
+        <w:rPr/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD722C">
+        <w:rPr/>
+        <w:t xml:space="preserve"> vårdplatser, varav INFA dagligen ska </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD722C">
+        <w:rPr/>
         <w:t>dedikera</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AD722C">
+      <w:r w:rsidR="00AD722C">
+        <w:rPr/>
         <w:t xml:space="preserve"> en vårdplats för patient med sepsis. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00065A6B" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="37C7076C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:name="_Toc100327192" w:id="11"/>
       <w:bookmarkStart w:name="_Toc181866761" w:id="12"/>
       <w:r w:rsidRPr="00065A6B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w:rsidR="00AD722C" w:rsidP="00AD722C" w:rsidRDefault="00AD722C" w14:paraId="0599DD16" w14:textId="5ABA2E48">
+    <w:p w:rsidR="00AD722C" w:rsidP="0EF5F13B" w:rsidRDefault="00AD722C" w14:paraId="0599DD16" w14:textId="68133461">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Infektionsläkare kontaktas </w:t>
+      </w:r>
+      <w:r w:rsidR="69132708">
+        <w:t xml:space="preserve">via växeln </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">för diskussion om inläggning på dedikerad sepsisvårdplats.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7FCB72B1" w:rsidP="0EF5F13B" w:rsidRDefault="7FCB72B1" w14:paraId="391E325C" w14:textId="1AD8824B">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0EF5F13B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vardagar kl 8-16: infektionskonsult (akuta frågeställningar vardagar kl 12–13 går till plats- och avdelningsansvarig infektionsläkare) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7FCB72B1" w:rsidP="0EF5F13B" w:rsidRDefault="7FCB72B1" w14:paraId="134452AF" w14:textId="289A99F4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Infektionsläkare kontaktas för diskussion om inläggning på dedikerad sepsisvårdplats.  </w:t>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1287"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0EF5F13B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+        </w:rPr>
+        <w:t>2. Övrig tid: infektionsbakjour</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD722C" w:rsidP="749041FF" w:rsidRDefault="00AD722C" w14:paraId="4E9AADF9" w14:textId="41826012">
-[...44 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0EF5F13B" w:rsidP="0EF5F13B" w:rsidRDefault="0EF5F13B" w14:paraId="75DD1A54" w14:textId="6191C25D">
+      <w:pPr>
+        <w:ind w:left="1287"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00AD722C" w:rsidP="00AD722C" w:rsidRDefault="00AD722C" w14:paraId="1755B31E" w14:textId="16755DA4">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inläggningsbeslut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> tar infektionsläkare kontakt med koordinator på INFA som noterar ”SEPSIS” och rapportnummer i Elvis samt meddelar VPSO om inläggning. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD722C" w:rsidP="00AD722C" w:rsidRDefault="00AD722C" w14:paraId="255045DB" w14:textId="0BF0EC78">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">När Planering, Plan sepsis och läkemedel dokumenterats/ordinerats i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, samt sjuksköterska på akutmottagningen rapporterat, tas patienten till INFA så snart som möjligt. Målsättningen är att patienten ska vara på infektionsavdelningen inom 90 minuter efter ankomst till akutmottagningen. </w:t>
+        <w:t xml:space="preserve">När Planering, Plan sepsis och läkemedel dokumenterats/ordinerats i Melior, samt sjuksköterska på akutmottagningen rapporterat, tas patienten till INFA så snart som möjligt. Målsättningen är att patienten ska vara på infektionsavdelningen inom 90 minuter efter ankomst till akutmottagningen. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD722C" w:rsidP="00AD722C" w:rsidRDefault="00AD722C" w14:paraId="4840D270" w14:textId="36D7013A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Uppföljande klinisk värdering på INFA sker i första hand av ansvarig infektionsläkare. Vid behov av klinisk värdering jourtid, kontaktar infektionsbakjour medicinjouren. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD722C" w:rsidP="00AD722C" w:rsidRDefault="00AD722C" w14:paraId="2094B50F" w14:textId="035DCD8B">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Om dedikerad sepsisvårdplats inte är nyttjad kl. 00:00 kan platsen nyttjas till annan valfri infektionspatient. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="00AD722C" w:rsidRDefault="00AD722C" w14:paraId="31043E30" w14:textId="14BEB0CD">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Om sepsispatient av särskilda (medicinska) skäl bedöms ha annat vårdbehov än på infektionsavdelning (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> telemetri eller särskild specialistkompetens som exempelvis kirurgi eller onkologi) ska annan avdelning väljas. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="55F2C9B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:t>Uppföljning</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A32ED" w:rsidP="00AD722C" w:rsidRDefault="00AD722C" w14:paraId="0E74B431" w14:textId="5986214A">
       <w:pPr>
@@ -414,95 +415,95 @@
       </w:r>
       <w:r w:rsidRPr="00AD722C">
         <w:t xml:space="preserve">Håkan Joelsson, verksamhetschef, VO </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AD722C">
         <w:t>AnOpIVA</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD722C">
         <w:t>, SÄS, 2023-10-05 </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD722C">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00AD722C">
         <w:t>Katarina Zamac, verksamhetschef, VO Akutsjukvård, SÄS, 2023-10-17 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C6C0C" w:rsidP="009A32ED" w:rsidRDefault="009C6C0C" w14:paraId="40AA233F" w14:textId="37F76B7E">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId7"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00E52A84" w:rsidRDefault="00E52A84" w14:paraId="41ABF303" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00E52A84" w:rsidRDefault="00E52A84" w14:paraId="3745C82D" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w:rsidR="00E52A84" w:rsidRDefault="00E52A84" w14:paraId="7D3CB735" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -566,111 +567,112 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="66F4EBFA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00CE2E88" w14:paraId="47BD2091" w14:textId="66F4EBFA">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -740,51 +742,51 @@
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -824,73 +826,73 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00E52A84" w:rsidRDefault="00E52A84" w14:paraId="52CAD061" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00E52A84" w:rsidRDefault="00E52A84" w14:paraId="74A9D398" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w:rsidR="00E52A84" w:rsidRDefault="00E52A84" w14:paraId="2CA1A41F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -929,90 +931,90 @@
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="44C35860">
+          <w:pict w14:anchorId="12C45C59">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
@@ -1055,91 +1057,91 @@
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="1E6AEA56">
+          <w:pict w14:anchorId="1CC959F2">
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2670,50 +2672,139 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="511A272D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4C48E0CA"/>
+    <w:lvl w:ilvl="0" w:tplc="59C40E12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04080DB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CB3AE9F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8F8E9DBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0F5A65E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AFD4C748">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C6CE60FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C51C3620">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="DA128F76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -2782,51 +2873,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2896,51 +2987,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -3009,51 +3100,137 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CBC1864"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4AA0FB4"/>
+    <w:lvl w:ilvl="0" w:tplc="DA08E1C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4C329FC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5C6041CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E1F2B826">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="007AB2E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5DE0BD88">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B4968C64">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3AE48BE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5F6C3A06">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7407" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
@@ -3122,51 +3299,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -3235,51 +3412,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -3348,119 +3525,125 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1909921896">
+  <w:num w:numId="1" w16cid:durableId="1059015032">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1623531331">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1367871050">
+  <w:num w:numId="8" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="57095060">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="164058872">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="16" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="861477783">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="17" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1280868239">
-[...23 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="57095060">
+  <w:num w:numId="18" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="36130748">
-[...8 lines deleted...]
-  <w:num w:numId="17" w16cid:durableId="256527698">
+  <w:num w:numId="19" w16cid:durableId="256527698">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1090539201">
+  <w:num w:numId="20" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1846439597">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="21" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="893271425">
+  <w:num w:numId="22" w16cid:durableId="893271425">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="279186532">
+  <w:num w:numId="23" w16cid:durableId="279186532">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
@@ -3842,171 +4025,203 @@
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C73B1C"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
+    <w:rsid w:val="00CE2E88"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D6959A"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A84"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E72200"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E74205"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F85437"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF72AF"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0251B3D8"/>
+    <w:rsid w:val="0275FA9D"/>
+    <w:rsid w:val="02BCD4AE"/>
+    <w:rsid w:val="04A98B07"/>
+    <w:rsid w:val="05850B55"/>
+    <w:rsid w:val="0842543B"/>
     <w:rsid w:val="08BF0FE8"/>
+    <w:rsid w:val="0EF5F13B"/>
     <w:rsid w:val="0FF2BE0F"/>
     <w:rsid w:val="110EC8AC"/>
+    <w:rsid w:val="12B5B5CC"/>
+    <w:rsid w:val="132BCEC8"/>
     <w:rsid w:val="1D218FD8"/>
+    <w:rsid w:val="1DD22E0B"/>
+    <w:rsid w:val="21241788"/>
+    <w:rsid w:val="35F1CF0A"/>
     <w:rsid w:val="397680D4"/>
+    <w:rsid w:val="3C5021FB"/>
+    <w:rsid w:val="3E479A06"/>
     <w:rsid w:val="49FDA76F"/>
     <w:rsid w:val="4B717A9A"/>
+    <w:rsid w:val="4C0CF45C"/>
     <w:rsid w:val="4D665946"/>
+    <w:rsid w:val="4F8143DE"/>
+    <w:rsid w:val="5297BCD5"/>
+    <w:rsid w:val="52B90FAD"/>
     <w:rsid w:val="55558614"/>
+    <w:rsid w:val="58E61A83"/>
+    <w:rsid w:val="59268445"/>
+    <w:rsid w:val="5EB118A9"/>
+    <w:rsid w:val="619EACB7"/>
+    <w:rsid w:val="61FA59AF"/>
     <w:rsid w:val="63153107"/>
     <w:rsid w:val="634195D0"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="650CDC32"/>
+    <w:rsid w:val="69132708"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6BDC52A3"/>
+    <w:rsid w:val="6FA50BE1"/>
     <w:rsid w:val="749041FF"/>
     <w:rsid w:val="7972FA53"/>
+    <w:rsid w:val="7FCB72B1"/>
     <w:rsid w:val="7FDBB670"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke weight="1pt" color="#4a773c"/>
       <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{13A7CCC3-AEC6-4839-A268-70B92C672977}"/>
+  <w15:docId w15:val="{01146E47-F0C5-4470-BFD6-EB0D01254154}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4501,50 +4716,51 @@
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -4787,51 +5003,51 @@
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -4940,51 +5156,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="15"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
@@ -6231,51 +6447,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="14"/>
+        <w:numId w:val="16"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
@@ -6484,51 +6700,51 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="00831C35"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6766,51 +6982,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="603148159">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -7095,51 +7311,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Template>normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Manager/>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinkBase/>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Sepsis och septisk chock – vårdplats på infektionsavdelning, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Anders Lans</lastModifiedBy>
-  <revision>2</revision>
+  <lastModifiedBy>Madeleine Wahlgren</lastModifiedBy>
+  <revision>4</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>