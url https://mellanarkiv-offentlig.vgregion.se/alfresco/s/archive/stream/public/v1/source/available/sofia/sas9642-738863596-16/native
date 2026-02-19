--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -1,2448 +1,2366 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7B6FBE97" w14:textId="77777777" w:rsidR="005871C8" w:rsidRDefault="005871C8" w:rsidP="005871C8">
+    <w:p w14:paraId="63519C84" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc215136152"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc215136208"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc215136334"/>
       <w:r>
         <w:t>Premedicinering inför anestesi</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="08EFA929" w14:textId="77777777" w:rsidR="005871C8" w:rsidRDefault="005871C8" w:rsidP="005871C8">
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="4CEE5549" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc167201218"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc215135796"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc215136153"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc215136335"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="473C3F76" w14:textId="2806138F" w:rsidR="005871C8" w:rsidRDefault="005871C8" w:rsidP="005871C8">
+      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="6E4AA97C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t>Premedicinering ingår som en del i den preoperativa processen. Riktlinjen omfattar en premedicineringsguide inför anestesi med dosrekommendationer för både barn och vuxna. Den sista delen av dokumentet avser specifikt lugnande premedicinering och tillämpas bara i undantagsfall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5B669C" w14:textId="77777777" w:rsidR="005871C8" w:rsidRDefault="005871C8" w:rsidP="005871C8">
+    <w:p w14:paraId="4154DD54" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc167201219"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc215135797"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc215136154"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc215136336"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...20 lines deleted...]
-        <w:spacing w:before="360" w:after="40"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="6FBBACEA" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t xml:space="preserve">Reducerat premedicineringsförslag kopplat till ingrepp vid SÄS för att dessa endast skall anges i </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="3F4F4A83">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>regnbågslistan</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DB3A21" w14:textId="5A56A317" w:rsidR="005D3922" w:rsidRDefault="005D3922" w:rsidP="00984358">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc215135798"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE57F34" w14:textId="46EF429C" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00984358">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc215136155"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc215136211"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc215136337"/>
+      <w:r w:rsidRPr="00C379FD">
+        <w:lastRenderedPageBreak/>
+        <w:t>Innehållsförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="048F209E" w14:textId="26503BCD" w:rsidR="00354011" w:rsidRDefault="00FB6B1A" w:rsidP="00543ACB">
+      <w:pPr>
+        <w:pStyle w:val="Innehll1"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...17 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
+        <w:instrText xml:space="preserve"> TOC \o "1-4" \h \z \t "Underrubrik VGR;5" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc167201218" w:history="1">
-        <w:r w:rsidR="0031061E" w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136335" w:history="1">
+        <w:r w:rsidR="00354011" w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
-        <w:r w:rsidR="0031061E">
+        <w:r w:rsidR="00354011">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="0031061E">
+        <w:r w:rsidR="00354011">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="0031061E">
-[...12 lines deleted...]
-        <w:r w:rsidR="0031061E">
+        <w:r w:rsidR="00354011">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136335 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00354011">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00354011">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0031061E">
+        <w:r w:rsidR="006F1B32">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="0031061E">
+        <w:r w:rsidR="00354011">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="039B3FC0" w14:textId="33862305" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="01E305F9" w14:textId="43605730" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201219" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136336" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201219 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136336 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>1</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75E96883" w14:textId="41FB7EE4" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="7D68DA40" w14:textId="5B5F3DC6" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201220" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136337" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Bakgrund</w:t>
+          <w:t>Innehållsförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201220 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136337 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>2</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="165B5989" w14:textId="691DBDA1" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="3A89BD51" w14:textId="5BABBBE8" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201221" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136338" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Förutsättningar</w:t>
+          <w:t>Bakgrund</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201221 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136338 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>2</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49869EA2" w14:textId="12D6C22D" w:rsidR="0031061E" w:rsidRDefault="0031061E">
+    <w:p w14:paraId="5130A4C4" w14:textId="5820889E" w:rsidR="00354011" w:rsidRDefault="00354011">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201222" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136339" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Generella ordinationer av premedicinering</w:t>
+          <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201222 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136339 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>2</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C8079BA" w14:textId="78398F1C" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="522DD2F6" w14:textId="134072DA" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201223" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136340" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Lugnande premedicinering</w:t>
+          <w:t>Generella ordinationer av premedicinering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201223 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136340 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77CABC58" w14:textId="218ABEC5" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="43030674" w14:textId="74C6D242" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201224" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136341" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Narkosläkare ordinerar premedicinering</w:t>
+          <w:t>Lugnande premedicinering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201224 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136341 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37A86BC3" w14:textId="7EDE26C5" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="661B56DF" w14:textId="7F89AAA5" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201225" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136342" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Premedicineringsmallar i Melior</w:t>
+          <w:t>Narkosläkare ordinerar premedicinering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201225 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136342 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="533AF1FA" w14:textId="52F536C0" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="41E094D5" w14:textId="2B0FDF3B" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201226" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136343" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Genomförande</w:t>
+          <w:t>Premedicineringsmallar i Melior</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201226 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136343 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1761F15E" w14:textId="33094E6A" w:rsidR="0031061E" w:rsidRDefault="0031061E">
+    <w:p w14:paraId="5FBA97D4" w14:textId="0EA5FDA7" w:rsidR="00354011" w:rsidRDefault="00354011">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201227" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136344" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Premedicineringsförslag vid olika kirurgiska ingrepp</w:t>
+          <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201227 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136344 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="23756C0E" w14:textId="302ECB8B" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="145F81CD" w14:textId="62655E41" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201228" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136345" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Premedicineringsförslag vid olika kirurgiska ingrepp, speciellt för operationsenheten i Skene</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201228 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136345 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6ABF24CF" w14:textId="0FC0FF56" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="2F034A86" w14:textId="0B854598" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201229" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136346" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Premedicinering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201229 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136346 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41F3FD3B" w14:textId="0E25ED11" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="2C4EC13C" w14:textId="266A5573" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201230" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136347" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Paracetamol</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201230 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136347 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="484686B7" w14:textId="4DD516FE" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="6457EA5E" w14:textId="7E2F2271" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201231" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136348" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>NSAID</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201231 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136348 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54AB02DB" w14:textId="0F39F385" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="1BC7149B" w14:textId="23BCF217" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201232" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136349" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Etoricoxib</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201232 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136349 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F99665F" w14:textId="5DEE9502" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="3F6E4CD5" w14:textId="727DA52F" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201233" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136350" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Parecoxib (Dynastat)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201233 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136350 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AF92A0B" w14:textId="3F115E70" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="05866F02" w14:textId="2D4543DE" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201234" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136351" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ibuprofen tablett eller lösning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201234 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136351 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43CED88A" w14:textId="39F8EB1C" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="115D5B39" w14:textId="7EC56739" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201235" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136352" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Oral lösning</w:t>
+          <w:t>Oxikodon depottablett med eller utan naloxonhydroklorid</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201235 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136352 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7155F960" w14:textId="1B8B4A6E" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="458155B9" w14:textId="4539C9F0" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201236" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136353" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Oxikodon depottablett med eller utan naloxonhydroklorid</w:t>
+          <w:t>Oxazepam</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201236 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136353 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A4CD083" w14:textId="0DB8E6CA" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="0DC28702" w14:textId="3657136C" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201237" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136354" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Oxazepam</w:t>
+          <w:t>Ketalar+Midazolam po alternativt rektalt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201237 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136354 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FE7F626" w14:textId="06D93D4F" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="7AC2014F" w14:textId="62852F86" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201238" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136355" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Ketalar+Midazolam po alternativt rektalt</w:t>
+          <w:t>Dexmedetomidin nasalt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201238 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136355 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40DAF15D" w14:textId="55D9AF97" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="7FB92CA1" w14:textId="1AEF0320" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201239" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136356" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Oralt Klonidin</w:t>
+          <w:t>Fentanyl nasalt (för barn)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201239 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136356 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A6A434B" w14:textId="3666538B" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="7DF22348" w14:textId="640BD3C0" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll5"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201240" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136357" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Dexmedetomidin nasalt</w:t>
+          <w:t>Remifentanil nasalt (för barn)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201240 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136357 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49A46B2A" w14:textId="29931BC3" w:rsidR="0031061E" w:rsidRDefault="0031061E">
+    <w:p w14:paraId="4D4078AB" w14:textId="5D7E4E6C" w:rsidR="00354011" w:rsidRDefault="00354011">
       <w:pPr>
         <w:pStyle w:val="Innehll3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201241" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136358" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Fentanyl nasalt (för barn)</w:t>
+          <w:t>Övrig premedicinering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201241 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136358 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43AFF8B5" w14:textId="68364150" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="3D62072C" w14:textId="1D6870F0" w:rsidR="00354011" w:rsidRDefault="00354011">
+      <w:pPr>
+        <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201242" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136359" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Remifentanil nasalt (för barn)</w:t>
+          <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201242 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136359 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50E51869" w14:textId="660CCB5A" w:rsidR="0031061E" w:rsidRDefault="0031061E">
+    <w:p w14:paraId="74B9EEA9" w14:textId="7B3DC9B2" w:rsidR="00354011" w:rsidRDefault="00354011">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="underscore" w:pos="8919"/>
+        </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc167201243" w:history="1">
-        <w:r w:rsidRPr="00551469">
+      <w:hyperlink w:anchor="_Toc215136360" w:history="1">
+        <w:r w:rsidRPr="0048122C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Övrig premedicinering</w:t>
+          <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc167201243 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215136360 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="006F1B32">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
-[...5 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7FE65A1E" w14:textId="35B0A4DF" w:rsidR="0031061E" w:rsidRDefault="0031061E">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="1E8F2C24" w14:textId="1C05B4C5" w:rsidR="003A0A68" w:rsidRPr="003A0A68" w:rsidRDefault="00FB6B1A" w:rsidP="003A0A68">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...216 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Toc167201220"/>
-      <w:r w:rsidR="00C379FD">
+    </w:p>
+    <w:p w14:paraId="5067256C" w14:textId="77777777" w:rsidR="006F1B32" w:rsidRDefault="006F1B32" w:rsidP="00E63FA1">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc215135799"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc215136156"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc215136338"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0054BAF2" w14:textId="0B7631F4" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Bakgrund</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="003C4ADC" w:rsidRPr="003C4ADC">
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="4D948D96" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Premedicinering syftar till bra postoperativ smärtlindring samt ibland till lugn inför anestesi. En minimering av risken för PONV (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C4ADC">
         <w:t xml:space="preserve">postoperative </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003C4ADC" w:rsidRPr="003C4ADC">
+      <w:r w:rsidRPr="003C4ADC">
         <w:t>nausea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003C4ADC" w:rsidRPr="003C4ADC">
+      <w:r w:rsidRPr="003C4ADC">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003C4ADC" w:rsidRPr="003C4ADC">
+      <w:r w:rsidRPr="003C4ADC">
         <w:t>vomiting</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003C4ADC">
+      <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="003C4ADC" w:rsidRPr="003C4ADC">
+      <w:r w:rsidRPr="003C4ADC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">kan också indicera särskild premedicinering och val av anestesiform, se riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="003C4ADC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Postoperativt illamående och kräkningar - profylax och behandling</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003C4ADC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A088712" w14:textId="0BD7EC97" w:rsidR="00C379FD" w:rsidRDefault="00C379FD" w:rsidP="00C379FD">
+    <w:p w14:paraId="57088BC2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Denna riktlinje gäller enbart premedicinering inför anestesi. För </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sedering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> och smärtlindring utöver inför anestesi hänvisas till andra riktlinjer, </w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+        <w:t xml:space="preserve"> och smärtlindring utöver inför anestesi hänvisas till andra riktlinjer, t.ex. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Akut smärta och smärtrelaterad oro hos barn och ungdomar, SÄS.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="444AD162" w14:textId="61B1BC3B" w:rsidR="00C379FD" w:rsidRDefault="00C379FD" w:rsidP="00C379FD">
+    <w:p w14:paraId="7DE678A6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t>Denna riktlinje omfattar heller inte antibiotikaprofylax.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="054F7F36" w14:textId="77777777" w:rsidR="00C379FD" w:rsidRDefault="00C379FD" w:rsidP="00C379FD">
+    <w:p w14:paraId="0DAF7D15" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc167201221"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc215135800"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc215136157"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc215136339"/>
       <w:r>
         <w:t>Förutsättningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="55CFEF97" w14:textId="31E9B7BD" w:rsidR="00C379FD" w:rsidRDefault="00C379FD" w:rsidP="00C379FD">
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="205E3D03" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Paracetamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ges inför närmast alla anestesier där någon nivå av postoperativ smärta förväntas. Patienter med leversvikt undantaget. För många patienter lämpar sig NSAID (Ibuprofen, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Etericoxib</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) och för vissa behövs även en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">). Står patienten på smärtstillande läkemedel sedan tidigare är det viktigt att dessa ges även operationsdygnet. Avseende </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ökas ordinarie dos för dessa patienter enligt individuella bedömning av narkosläkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25275DCE" w14:textId="25D06C6F" w:rsidR="00C379FD" w:rsidRDefault="00C379FD" w:rsidP="00C379FD">
+    <w:p w14:paraId="5A576046" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Vi rekommenderar kombinationstablett </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>naloxonhydroklorid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> depot. Är denna inte tillgänglig på avdelningen ges </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> depot som är lika potent men med ökad risk för obstipation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8B3137" w14:textId="794E823A" w:rsidR="00C379FD" w:rsidRDefault="00C379FD" w:rsidP="00C379FD">
+    <w:p w14:paraId="65154282" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Vid lägre risk för postoperativt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioidbehov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> respektive för barn kan kapsel/lösning </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> vara ett alternativ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4171B7EB" w14:textId="77777777" w:rsidR="00EE0D70" w:rsidRPr="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+    <w:p w14:paraId="7BA55056" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00EE0D70" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc167201222"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc215135801"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc215136158"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc215136340"/>
       <w:r w:rsidRPr="00EE0D70">
         <w:t>Generella ordinationer av premedicinering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="420A290A" w14:textId="5212CC45" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="1007EEA7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Även fortsatt ska barns premedicinering ordineras individuellt. Denna premedicineringsguide kan däremot användas för generell premedicinering av vuxna patienter på </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>preop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>-mottagningen när inga kontraindikationer föreligger.</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="42A9974D" w14:textId="036C0A93" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+        <w:t xml:space="preserve">-mottagningen när inga kontraindikationer föreligger. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5B3671" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t>Lugnande premedicinering stäms alltid av med läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F1E3225" w14:textId="77777777" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+    <w:p w14:paraId="15444241" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc167201223"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc215135802"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc215136159"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc215136341"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Lugnande premedicinering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2934D4D5" w14:textId="77777777" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="76AE69BD" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Patienter som fått lugnande premedicinering måste ha närvaro av förälder, assistent eller vårdpersonal. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Klonidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Dexmedetomidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -2483,13401 +2401,7149 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> för barn som sövs på SÄS. Bedövningsplåster ska inte underutnyttjas. Maskinduktion (lustgas, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sevoflurane</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) kan överenskommas med patient/föräldrar. I undantagsfall ordineras vuxna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>oxazepam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53E6E8B9" w14:textId="31DB6F85" w:rsidR="00C379FD" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+    <w:p w14:paraId="1C1B655C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ketalar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ketanest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> eller nasal </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> ges på operationsavdelning eller i direkt anslutning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45752EDD" w14:textId="77777777" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+    <w:p w14:paraId="620C2AE6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc167201224"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc215135803"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc215136160"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc215136342"/>
       <w:r>
         <w:t>Narkosläkare ordinerar premedicinering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="2C328BCC" w14:textId="38AC184D" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="07D6A767" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>I första hand görs premedicineringsordinationen av narkosläkare i samband med den preoperativa bedömningen. Den inskrivande läkaren, som känner patienten och som vet vilket kirurgiskt ingrepp som ska genomföras, kan vara mer lämpad att ordinera. Uppmärksamhet krävs för att dubbelordination ska undvikas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E0D8D5" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Många patienter som opereras inom den dagkirurgiska verksamheten och vissa som opereras akut saknar vårdtillfälle då den preoperativa bedömningen sker. Specialutbildad sjuksköterska som arbetar på anestesiklinikens operationsmottagningar har därför delegering att ordinera, administrera och dokumentera premedicinering enligt läkares ordination i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Orbitanteckning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och enhetens rutiner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A29E1A9" w14:textId="77777777" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+    <w:p w14:paraId="5CEB48FB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc167201225"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc215135804"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc215136161"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc215136343"/>
       <w:r>
         <w:t>Premedicineringsmallar i Melior</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="0E11A59C" w14:textId="6D842071" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="495BAAB6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00492FE2">
       <w:r>
         <w:t>För att underlätta finns premedicineringsmallar i Melior för barn respektive vuxen. Mallarna finns för små barn (under 20 kg), större barn (över 20 kg), små vuxna (gäller vuxna under 50 kg eller gamla patienter oberoende av vikt) och stora vuxna (vuxna över 50 kg).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B1CF2F5" w14:textId="77777777" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+    <w:p w14:paraId="5CB0E6AD" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc167201226"/>
-      <w:r>
+      <w:bookmarkStart w:id="31" w:name="_Toc215135805"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc215136162"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc215136344"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Genomförande</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="50A18D59" w14:textId="77777777" w:rsidR="00EE0D70" w:rsidRDefault="00EE0D70" w:rsidP="00EE0D70">
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="098E5D88" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
-        <w:spacing w:before="120"/>
-[...5966 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc167201228"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc215135806"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc215136163"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc215136345"/>
       <w:r w:rsidRPr="00004A06">
-        <w:lastRenderedPageBreak/>
         <w:t>Premedicineringsförslag vid olika kirurgiska ingrepp, speciellt för operationsenheten i Skene</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7582" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Premedicineringsförslag vid olika kirurgiska ingrepp vid operationsenheten vid SÄS Skene"/>
         <w:tblDescription w:val="Tabellen listar olika kirurgiska ingrepp och ger förslag på smärtlindring inför ingrepp vid operationsenheten SÄS Skene.  "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2202"/>
         <w:gridCol w:w="1539"/>
         <w:gridCol w:w="1539"/>
         <w:gridCol w:w="2302"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00004A06" w:rsidRPr="00B81C21" w14:paraId="4F0B7649" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w:rsidRPr="00B81C21" w14:paraId="3A88DFA9" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23310935" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00B81C21" w:rsidRDefault="00004A06" w:rsidP="00B81C21">
+          <w:p w14:paraId="35A6E65A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00B81C21" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00B81C21">
               <w:t>Ingrepp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B3AF412" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00B81C21" w:rsidRDefault="00004A06" w:rsidP="00B81C21">
+          <w:p w14:paraId="5EDFCA28" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00B81C21" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t>Paracetamol</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0FB22AC3" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00B81C21" w:rsidRDefault="00004A06" w:rsidP="00B81C21">
+          <w:p w14:paraId="4A5B5AF7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00B81C21" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00B81C21">
               <w:t>NSAID</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="411F349C" w14:textId="31535267" w:rsidR="00004A06" w:rsidRPr="00B81C21" w:rsidRDefault="00004A06" w:rsidP="00B81C21">
+          <w:p w14:paraId="2DBD87EE" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00B81C21" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00B81C21">
               <w:t xml:space="preserve">Ibuprofen, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00FB6310">
-[...6 lines deleted...]
-              <w:t>ricoxib</w:t>
+            <w:r>
+              <w:t>Etoricoxib</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6532203B" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00B81C21" w:rsidRDefault="00004A06" w:rsidP="00B81C21">
+          <w:p w14:paraId="5B1472E7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00B81C21" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t>Oxikodon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t xml:space="preserve"> depottablett / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t>Oxikodon-naloxonhydroklorid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t>depotablett</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t>K.Oxikodon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B81C21">
               <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="136EB698" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="5C8C1C39" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="05C5BC38" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00F44178" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="2FF924C5" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00F44178" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00F44178">
               <w:t>Kirurgi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD260D3" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00F44178" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="04047342" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00F44178" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F44178">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD94622" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00F44178" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="39C66EB6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00F44178" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F44178">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5C646B21" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00F44178" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="0C921DC1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00F44178" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F44178">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="7712D394" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="3CA54D3C" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="195FA463" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="0623AFDF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Anala ingrepp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0532222A" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="221EA67A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6F556193" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="0CE54D19" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="398D26B5" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="53CB6317" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="6C2A8DE6" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="2336E7C2" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="284BCF33" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="2C90D582" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00855E45">
               <w:t>Pilonidalcysta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F58A9DF" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="4B5BA67B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0779C1C2" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="160E96C0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="650AD8C3" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="48BA03F7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="5B53AD45" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="43C4E72B" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3792A153" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="0C65CCD4" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Bröst/plastik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F43AEDE" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="386FA234" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32983997" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="2DAE7FC8" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="14E61F83" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="1A68DBCC" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="03090F24" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="4BFE268F" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="342B1140" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="73E53017" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Hernia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73418E47" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="3A72C988" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="34FC2551" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="60AA44E4" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48306114" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="7F21BA89" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="2BA5EE23" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="19346FF6" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0D968783" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="701A2179" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00855E45">
               <w:t>Laprascopiska</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00855E45">
               <w:t xml:space="preserve"> ingrepp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="62D95F3E" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="358323E1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4827B646" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="03045193" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="368872B9" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="57BA17EB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="2148B136" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="0BEB229B" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="10B2E0E6" w14:textId="29084B27" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="0BB7F5D4" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t xml:space="preserve">Operation i lokalanestesi + </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00855E45">
               <w:t>sedering</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00855E45">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="396AA21C" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="2B5E881B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4AD9DBBF" w14:textId="2C35A44D" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="02636C3B" w:rsidP="6E6C2C10">
+          <w:p w14:paraId="64982F3A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="259" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Ev.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="22D0047B" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="3D589F7C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t xml:space="preserve">Nej </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="3ED1A9B7" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="78888751" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C139A6A" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="569B3D85" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00855E45">
               <w:t>Lipom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00855E45">
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00855E45">
               <w:t>atherom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00855E45">
               <w:t xml:space="preserve"> / ärrkorrigering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0717ADC0" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="1C93ED69" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t> Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32715F0A" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="7207A3AB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t> Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4257D6A1" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="2A1EBEC0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t> Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="00145405" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="76513000" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0C68B969" w14:textId="00D0F194" w:rsidR="00004A06" w:rsidRPr="00F44178" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="28BC17C7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00F44178" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00F44178">
               <w:t>Ortopedi</w:t>
             </w:r>
-            <w:r w:rsidR="00722AA8">
+            <w:r>
               <w:t>***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="289DA226" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00F44178" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="52E8EFC1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00F44178" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00F44178">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42625DB4" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00F44178" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="4D429D5F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00F44178" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00F44178">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52B18A52" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00F44178" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="0F9C32AF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00F44178" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00F44178">
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="3A721D32" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="1B88EFD5" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="26E7EA55" w14:textId="594BF095" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="23AB5455" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Axel/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00855E45">
               <w:t>klavikeloperatio</w:t>
             </w:r>
-            <w:r w:rsidR="003C4ADC">
+            <w:r>
               <w:t>n</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A15804B" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="7ECEFCBE" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t> Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15E79451" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="65C30A3E" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t> Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70319D72" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="066CEB3B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t> Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="554B5E0E" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="63D04352" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="46D6C787" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="6F657719" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00855E45">
               <w:t>Artroscopi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38B16102" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="2296E72E" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07E350D6" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="122F952C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="36A0E3AE" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="467A7B12" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="5F823899" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="2803DDE4" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="476422BE" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="47B37C34" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Korsband</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67959CD3" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="4BB0A172" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71AE47A1" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="522E61FD" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45FEEACB" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="5871FD00" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="239A1DA9" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="49439346" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="21C23108" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="37643517" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Fotoperation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31DFC584" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="1A559537" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70A928F9" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="604A1AFF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2495D85D" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="15FA956F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="165EC31E" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="0030CD3E" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6A70A6DF" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="4075B700" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Handoperation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7EBEA7FA" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="7EFA5B48" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="733F2265" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="658CC2A7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58177134" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="64147747" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t xml:space="preserve">Ev.* </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="0252810A" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="6CD32542" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C70069A" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="6B3E6CF5" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Avlägsnande av o/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00BA1E56" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="54E6DE01" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F2A7B4A" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="37DF9CE9" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BC8D2FA" w14:textId="77777777" w:rsidR="00004A06" w:rsidRPr="00855E45" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="18937A9A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00855E45" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00855E45">
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="3B1AD9E5" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="7441833F" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="322D034C" w14:textId="77777777" w:rsidR="00004A06" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="7B494178" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:after="160"/>
             </w:pPr>
             <w:r>
               <w:t>Nervfriläggning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03E449F7" w14:textId="77777777" w:rsidR="00004A06" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="44619965" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67F63A8E" w14:textId="77777777" w:rsidR="00004A06" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="6F469AD2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6C3151C5" w14:textId="77777777" w:rsidR="00004A06" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="02AE500C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00004A06" w14:paraId="087F73D1" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="31D7DC4B" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1025EC41" w14:textId="77777777" w:rsidR="00004A06" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="1054EC25" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Frakturkirurgi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19E526B9" w14:textId="77777777" w:rsidR="00004A06" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="24F41359" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="79428988">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>Ja</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1539" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="070B4806" w14:textId="1CBE28A8" w:rsidR="00004A06" w:rsidRDefault="5E88EA7F" w:rsidP="00A7162E">
+          <w:p w14:paraId="4296F0E2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="6E6C2C10">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
-              <w:t>Ja</w:t>
-[...5 lines deleted...]
-              <w:t>*</w:t>
+              <w:t>Ja*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="56D6C63A" w14:textId="77777777" w:rsidR="00004A06" w:rsidRDefault="00004A06" w:rsidP="00A7162E">
+          <w:p w14:paraId="33A3E6BE" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="79428988">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja (alt. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="79428988">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>blockad</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="79428988">
               <w:rPr>
                 <w:lang w:val="fi-FI"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CDEE5E3" w14:textId="60A7E8E1" w:rsidR="00C15A18" w:rsidRDefault="00C15A18" w:rsidP="00C15A18">
+    <w:p w14:paraId="412AF7D9" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">*Vissa operativa ingrepp kan göras i lokalbedövning, detta ger bra postoperativ smärtlindring och behöver inte premedicinering med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioider</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. Diskutera med operatör om oklarheter.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E5C6C5" w14:textId="6D8C2DB6" w:rsidR="00004A06" w:rsidRDefault="00C15A18" w:rsidP="00C15A18">
+    <w:p w14:paraId="28730811" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">**Generellt lägre risk för obstipation i patientgruppen gör att bara en mindre andel anses behöva </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>naloxonhydrokloridkomponenten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F50860" w14:textId="77A6E887" w:rsidR="0012088F" w:rsidRPr="0012088F" w:rsidRDefault="006177E4" w:rsidP="006177E4">
+    <w:p w14:paraId="60092B8C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="0012088F" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Beskrivning"/>
       </w:pPr>
       <w:r>
         <w:t>***NSAID inte kontraindicerat ur ortopediskt perspektiv såvida detta inte specificeras i operationsanmälan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561AA80C" w14:textId="77777777" w:rsidR="00D747DB" w:rsidRDefault="00D747DB" w:rsidP="00D747DB">
+    <w:p w14:paraId="5AD87C9D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc167201229"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc215135807"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc215136164"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc215136346"/>
       <w:r>
         <w:t>Premedicinering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="57ADAE7F" w14:textId="77777777" w:rsidR="00D747DB" w:rsidRDefault="00D747DB" w:rsidP="00DC258A">
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="3E317C4F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="005A2B09">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc215136165"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc215136347"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Paracetamol</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0B7AC469" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Om patienten inte kan ta tabletter kan brustablett användas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCD9E39" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t xml:space="preserve">För barn används mixtur, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>supp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> eller tablett enligt tabell nedan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA67ABD" w14:textId="77777777" w:rsidR="003B3673" w:rsidRDefault="003B3673" w:rsidP="003B3673">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3BE5C0" w14:textId="5FD0FDD3" w:rsidR="00E63FA1" w:rsidRPr="003B3673" w:rsidRDefault="00E63FA1" w:rsidP="00B736C6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-        <w:spacing w:before="120"/>
-[...33 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc215135808"/>
+      <w:r w:rsidRPr="003B3673">
         <w:lastRenderedPageBreak/>
         <w:t>Kontraindikation</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1056B9D9" w14:textId="72C2C72F" w:rsidR="00D747DB" w:rsidRDefault="00D747DB" w:rsidP="008624D6">
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="2AE99FBD" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:keepNext/>
         <w:keepLines/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Leversvikt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A247BD7" w14:textId="255FA2E5" w:rsidR="00D747DB" w:rsidRDefault="00D747DB" w:rsidP="007413A9">
+    <w:p w14:paraId="5FA1D6D9" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r>
         <w:t>Vuxna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C2A2EB" w14:textId="53B97D9C" w:rsidR="00D747DB" w:rsidRDefault="00D747DB" w:rsidP="00D747DB">
+    <w:p w14:paraId="5EBC1DB8" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Paracetamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> tablett 1g x1.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="6926" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Premedicinering med paracetamol för vuxna"/>
         <w:tblDescription w:val="Rekommenderad dosering för premedicinering och underhållsdos för vuxna över 12 år."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1151"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="2315"/>
         <w:gridCol w:w="2340"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DC258A" w14:paraId="181A7A58" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="4356E2D2" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4A7DF6FE" w14:textId="77777777" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71CD0258" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Ålder (år)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5D794770" w14:textId="77777777" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60DFD663" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Vikt (kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="10B67360" w14:textId="77777777" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06308DE1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>T. Alvedon 500 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>startdos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4274DBA1" w14:textId="77777777" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="00A7162E">
+          <w:p w14:paraId="0FBF9229" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>T. Alvedon underhåll</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC258A" w14:paraId="45FA827B" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="1F474649" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4AD4470D" w14:textId="77777777" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77486768" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4CB6A9B2" w14:textId="77777777" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2FB3E7CF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2315" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1698E1B1" w14:textId="77777777" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23D0C0C0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">1 g = 2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>tabl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>. x 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0216F67B" w14:textId="77777777" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="00A7162E">
+          <w:p w14:paraId="1A7F4358" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1 g x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E14AEAE" w14:textId="3B305E98" w:rsidR="00DC258A" w:rsidRDefault="00DC258A" w:rsidP="007413A9">
+    <w:p w14:paraId="0C6024A8" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:spacing w:before="160"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC258A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Paracetamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC258A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> intravenöst</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC258A">
         <w:t xml:space="preserve"> i vissa situationer är det bättre att ge </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC258A">
         <w:t>paracetamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC258A">
         <w:t xml:space="preserve"> intravenöst. Normaldos 1 g (100 ml) max 4 gånger per dygn.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CEA93E9" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="007413A9">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5F6AF51B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00354011" w:rsidRDefault="00E63FA1" w:rsidP="00354011">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc215136166"/>
+      <w:r w:rsidRPr="00354011">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Barn</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="1459" w:tblpY="330"/>
         <w:tblW w:w="8010" w:type="dxa"/>
-        <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Premedicinering med paracetamol för barn"/>
         <w:tblDescription w:val="Rekommenderad premedicinering och underhållsdos för barn baserad på barnets vikt i kilo."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1044"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="1161"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="1E0B9E0F" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="432CCD82" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="59C4A403" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="32306DCC" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>Vikt (kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67D4EBF1" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00E9515D">
+          <w:p w14:paraId="06F0F3A5" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="00E9515D">
               <w:t>Premedicinering</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E6C691F" w14:textId="3E4287E8" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="64BFADD2" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
-              <w:t>20</w:t>
-[...5 lines deleted...]
-              <w:t>mg/kg x 1</w:t>
+              <w:t>20 mg/kg x 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3483" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5009ABAB" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="287C49ED" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Underhåll </w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>15 mg/kg x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="0FE4E198" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="4A67432F" w14:textId="77777777" w:rsidTr="00B736C6">
+        <w:trPr>
+          <w:trHeight w:val="817"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3EBB5E3F" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="28D4C7D9" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="351B6497" w14:textId="4CD72105" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="06039E96" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
-              <w:t>Mixtur Alvedon 24</w:t>
-[...5 lines deleted...]
-              <w:t>mg/ml</w:t>
+              <w:t>Mixtur Alvedon 24 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76EEB631" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="53E7904C" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>Tablett Alvedon mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3ED05EA0" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="7597891A" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Supp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Alvedon mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5ACAFE75" w14:textId="3A8882E9" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="51738DF3" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
-              <w:t>Mixtur Alvedon 24</w:t>
-[...5 lines deleted...]
-              <w:t>mg/ml</w:t>
+              <w:t>Mixtur Alvedon 24 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3890C2A5" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="59198582" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>Tablett Alvedon mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2487FC40" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="4323AB16" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Supp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> Alvedon mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="7B6AE815" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="448849BC" w14:textId="77777777" w:rsidTr="00B736C6">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5AAF3C7D" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="768933E5" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>6-8</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0FB07110" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="0898BF85" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>6 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7EEE2AA1" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="66F8175F" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11E66F0F" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="56A59158" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>125 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="503F3CA2" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="28C5C426" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>5 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2505F6CF" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="46029DDA" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70DA2283" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="6D6E88F0" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>125 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="5490D7F9" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="79EFF37E" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F566E6E" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="3B819687" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>8-10</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="41D75517" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="75787BBA" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>8 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CE8391B" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="2A2F81BD" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73E3B445" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="7B90EA2D" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>125 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0187B7D3" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="0174BB3C" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>6 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4EA3DDC3" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="763F9C13" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F7F5FF3" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="01537659" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>125 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="0BE682F4" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="17DD2610" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53BA5E79" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="055D2DB4" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>10-12</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2FC71AD4" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="62AEF3E2" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>10 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="045D0CD0" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="6CCF065B" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="00C13A38" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="5D33C86B" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>250 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0FE321BB" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="269C9859" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>7,5 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1791BCEF" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="608D6240" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D09CC11" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="2AFF1BE0" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>185 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="621B4AF3" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="65CC5179" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="253A9379" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="1A09E472" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>12-15</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="533851B6" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="088D9879" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>12 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32A39B45" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="3B1F1021" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="49886BF9" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="31BAA857" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>250 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11A31B5B" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="60D8F017" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>9 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="395D3B1D" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="7D7F7E10" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48B1A532" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="1F14389B" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>250 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="2097BCAB" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="1D6E1C14" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C1739AC" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="6A5E6D84" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>15-20</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="320C5CD1" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="439C43A2" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>15 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1F5195E5" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="5CDB8028" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="17F02F1C" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="6BD0645B" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>375 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="744C127F" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="34A6F17E" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>12 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="256E7D5C" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="038B4120" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1ACC0991" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="104E0DA5" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>250 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="04405848" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="0EDA55C5" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="782DC06A" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="2437FA64" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>20-25</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E3B899D" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="128DA0FA" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>20 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D1AFD1E" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="5E6557B5" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F6D1A67" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="70E2A021" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="079AA53B" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="412608FA" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>15 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="52C18AAB" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="6B332361" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65F1B1D6" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="23E121CC" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>375 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="49199DFB" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="1A890102" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33876719" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="6919250E" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>25-30</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6C8AF29C" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="04AF76A9" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>25 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="298A4448" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="5A67EC70" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="386A5081" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="5FE6639F" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="619F303D" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="2488A9EC" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>18 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="330A8A06" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="29EB9070" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="365DD74E" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="4D10DA06" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="165F8B69" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="71AFB922" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="76CE8D6F" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="14F861A0" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>30-35</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D14C0B3" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="17C5FDEF" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>28 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50318A16" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="21AB8641" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>750 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="178B5FF6" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="4C4A2994" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>750 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58ED1E68" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="5429F4EC" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>21 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BB464E8" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="68A5D9A0" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="728FEC0C" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="3D9AAB70" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>500 mg</w:t>
             </w:r>
             <w:r>
               <w:br/>
               <w:t>x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="2883976B" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="6FB79C2F" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A740925" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="7D5E3832" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>35-40</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="008FADA8" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="229ED745" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>32 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2305B803" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="42B52458" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>750 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2D71047D" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="3A40193D" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>750 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63C5F3A1" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="481507C3" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>25 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C20633C" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="69D78C12" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="259" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>1 g x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="418BBAA1" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="0D256C47" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>1 g x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D3BDD" w14:paraId="7215BF55" w14:textId="77777777" w:rsidTr="003C4ADC">
+      <w:tr w:rsidR="00B736C6" w14:paraId="39676FE6" w14:textId="77777777" w:rsidTr="00B736C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1044" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B54B10C" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="71EFA059" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>40-50</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B18F6A5" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="10E7581E" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>40 ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="67BAF740" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="162C2C07" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>1 g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0AAC2DE4" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="37A1B3B4" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>1g</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A693CED" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="5177CBD8" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>40 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="02531350" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="7BD3F3EF" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>1 g x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1161" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="481894EA" w14:textId="77777777" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="00A7162E">
+          <w:p w14:paraId="0D420932" w14:textId="77777777" w:rsidR="00B736C6" w:rsidRDefault="00B736C6" w:rsidP="00B736C6">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>1 g x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0DFA2679" w14:textId="11460BF4" w:rsidR="005D3BDD" w:rsidRDefault="005D3BDD" w:rsidP="005D3BDD"/>
-    <w:p w14:paraId="4745509A" w14:textId="1B4C4C25" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="005D3BDD">
+    <w:p w14:paraId="2549EFDE" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Maximal total dygnsdos 60 mg/kg oavsett beredningsformer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DC72AB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE55F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Paracetamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE55F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> intravenöst</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE55F3">
         <w:t xml:space="preserve"> Ges </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FE55F3">
         <w:t>paracetamol</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FE55F3">
         <w:t xml:space="preserve"> intravenöst till mindre barn måste observeras att lägre doser rekommenderas. För barn under 10 kg rekommenderas 7,5 mg/kg x 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A370B53" w14:textId="1B993A49" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00EC07FD">
+    <w:p w14:paraId="6B280C6B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc215136167"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc215136348"/>
+      <w:r>
+        <w:t>NSAID</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="7A716046" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc167201231"/>
-[...8 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc215135809"/>
       <w:r>
         <w:t>Absolut kontraindikation</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="04F602EA" w14:textId="5A161E0F" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="6A8763EC" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">risken för </w:t>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Graviditet (särskilt andra halvan av graviditeten på grund av bland annat risken för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>för</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> tidig slutning av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ductus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>arteriosus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CDA76EA" w14:textId="12D2ABB3" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
+    <w:p w14:paraId="671156BC" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Allergisk reaktion vid intag av ASA eller NSAID.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1410D9C9" w14:textId="77777777" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1F3949C2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc215135810"/>
       <w:r>
         <w:t>Relativ kontraindikation</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="657FA159" w14:textId="728D2BAC" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="73CF5AAF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:proofErr w:type="gramStart"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
+      </w:pPr>
       <w:r>
         <w:t>Njursvikt.*</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6C5DCF69" w14:textId="744BAFE4" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
+    </w:p>
+    <w:p w14:paraId="74D6E927" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="65EAE78D" w14:textId="4AC995AE" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kronisk hjärtsvikt.*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BB677D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Cirkulatorisk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> svikt (t.ex. vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ileus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>, sepsis, stor kirurgi, IVA-vård</w:t>
-[...5 lines deleted...]
-      <w:r w:rsidR="002316E5">
+        <w:t>, sepsis, stor kirurgi, IVA-vård).*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777E1D05" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Gastrointestinal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> blödning, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ulcus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-    <w:p w14:paraId="7FC20886" w14:textId="25E9A51E" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
+    </w:p>
+    <w:p w14:paraId="3C2C3756" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Inflammatorisk tarmsjukdom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0753B516" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Litiumbehandling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3156D47A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Astma, i synnerhet där astman försämrats vid NSAID/ASA-intag. Ofta kan patienten ange något NSAID-preparat som fungerat utan försämring i astman.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B220ABC" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
+      </w:pPr>
+      <w:r>
+        <w:t>*NSAID försämra eller utlösa en njursvikt med vätskeretention och hjärtsvikt till följd.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1402B3E7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc215136168"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc215136349"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Gastrointestinal</w:t>
-      </w:r>
+        <w:t>Etoricoxib</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-        <w:t xml:space="preserve"> blödning, </w:t>
+    </w:p>
+    <w:p w14:paraId="46BC6415" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Standard-NSAID ≥16år.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44585830" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t xml:space="preserve">Selektiv COX-2 hämmare med signifikant mindre trombocytaggregations-hämmande effekt jämfört med icke selektiva NSAID, t.ex. Ibuprofen. Obs! Detta medför att </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>ulcus</w:t>
+        <w:t>Etoricoxib</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>.</w:t>
-[...80 lines deleted...]
-      <w:r w:rsidR="6378B507">
         <w:t xml:space="preserve"> kan ges även inför SPA/EDA samma dag.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354BA8F2" w14:textId="77777777" w:rsidR="00FE55F3" w:rsidRPr="00C81FD2" w:rsidRDefault="00FE55F3" w:rsidP="00FE55F3">
+    <w:p w14:paraId="0C3C0C1F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00C81FD2" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA546F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Etoricoxib</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA546F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> tablett 120 mg x 1 = full dygnsdos</w:t>
       </w:r>
       <w:r w:rsidRPr="00C81FD2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329D1DBD" w14:textId="4E936A5C" w:rsidR="00FE55F3" w:rsidRPr="00C81FD2" w:rsidRDefault="00FE55F3" w:rsidP="00FE55F3">
+    <w:p w14:paraId="76A9BD34" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00C81FD2" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Underhållsdos: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA546F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Etoricoxib</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA546F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> tablett </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00C81FD2">
+        <w:t xml:space="preserve"> tablett 90-120 mg x 1</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A76C1B" w14:textId="2A8B8A07" w:rsidR="00FE55F3" w:rsidRPr="00C81FD2" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+    <w:p w14:paraId="68CC59B7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00C81FD2" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Äldre än 70 år (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="294EEBDE">
+      <w:r>
         <w:t>premed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="294EEBDE">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r>
+        <w:t xml:space="preserve">./underhåll): </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="6E6C2C10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Etoricoxib</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="6E6C2C10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> tablett 60 mg x 1</w:t>
       </w:r>
-      <w:r w:rsidR="00C81FD2">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61EB3AAC" w14:textId="77777777" w:rsidR="00FE55F3" w:rsidRDefault="00FE55F3" w:rsidP="00166A0E">
+    <w:p w14:paraId="065BADCF" w14:textId="77777777" w:rsidR="003C7389" w:rsidRDefault="003C7389" w:rsidP="003C7389">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029ABBFE" w14:textId="07348EEC" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Toc215136169"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc215136350"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Parecoxib</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (Dynastat)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+    </w:p>
+    <w:p w14:paraId="052AB214" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Pulver och vätska till injektionsvätska, lösning 40 mg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FE6296" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Selektiv COX-2 hämmare med signifikant mindre trombocytaggregations-hämmande effekt jämfört med icke selektiva NSAID, t.ex. Ibuprofen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2719039A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Vuxna: 40 mg iv, följt av 40 mg var 12:e timme, högst 80 mg/dygn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AC03D0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Barn (alla åldrar): 0,5 mg/kg iv x 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="331B0660" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>≥70år: dosreducera till 40 mg/dygn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED0531D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Toc215136170"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc215136351"/>
+      <w:r>
+        <w:t>Ibuprofen tablett eller lösning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
+    </w:p>
+    <w:p w14:paraId="091148E5" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc167201233"/>
-[...81 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="_Toc215135811"/>
       <w:r>
         <w:t>Ibuprofen tablett:</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="56701042" w14:textId="0E5DCDE1" w:rsidR="00E851FB" w:rsidRPr="00C81FD2" w:rsidRDefault="00E851FB" w:rsidP="00E851FB">
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w14:paraId="772625FF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00C81FD2" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E851FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Ibuprofen </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Ibuprofen 200-400 mg x 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8C994E" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00C81FD2" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t xml:space="preserve">Underhållsdos: </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E851FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>200-400</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> mg/kg/dygn</w:t>
+        <w:t>20-30 mg/kg/dygn</w:t>
       </w:r>
       <w:r w:rsidRPr="00C81FD2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="796198FC" w14:textId="39CF6DD1" w:rsidR="008E547F" w:rsidRPr="008E547F" w:rsidRDefault="008E547F" w:rsidP="008E547F">
+    <w:p w14:paraId="65E20DF1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="003C7389" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc167201235"/>
-      <w:r w:rsidRPr="008E547F">
+      <w:bookmarkStart w:id="55" w:name="_Toc215135812"/>
+      <w:r w:rsidRPr="003C7389">
         <w:t>Oral lösning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3036EFFD" w14:textId="77777777" w:rsidR="008E547F" w:rsidRPr="008E547F" w:rsidRDefault="008E547F" w:rsidP="008E547F">
+      <w:bookmarkEnd w:id="55"/>
+    </w:p>
+    <w:p w14:paraId="2C3DB0C4" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="008E547F" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r w:rsidRPr="008E547F">
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:r w:rsidRPr="008E547F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ibuprofen cirka 10 mg/kg kroppsvikt x 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00C81FD2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4205C7F5" w14:textId="08F51DE9" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="008E547F">
+    <w:p w14:paraId="55B31D5A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r w:rsidRPr="008E547F">
         <w:t>Underhållsdos: Cirka 10 mg/kg kroppsvikt x 3, max 30 mg/kg/dygn.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7836" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Premedicinering med Ibuprofen oral lösning"/>
         <w:tblDescription w:val="Tabellen visar rekommenderad premedicinering och underhållsdos av Ibuprofen för barn baserad på barnets vikt i kilo. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1356"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="3240"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E547F" w14:paraId="2D83AC3E" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="3F8FD3E2" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="19A4520E" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5379F0D8" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Vikt (kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FEC9E5B" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="08195E92" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Premedicinering</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4383D689" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="504DC12F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Mixtur Ibuprofen 20 mg/ml</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33CA1891" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="51F9001D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Maxdos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>: 30 mg/kg/dygn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B1D417F" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="588642C8" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Underhållsdos</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C66A8A2" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="31BCE23A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Mixtur Ibuprofen 20 mg/ml</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="696046A9" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="363F904E" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Maxdos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>: 30 mg/kg/dygn</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E547F" w14:paraId="425A2772" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="4CE6DD71" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0BC04CE3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>10-12</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="01F8A02B" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="6B525463" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>5 ml (100 mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A2541CD" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="507C5572" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>5 ml (100 mg) x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E547F" w14:paraId="6389F783" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="15C28BB6" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FCA0886" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>12-15</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="28D2CC77" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="14B5D9AB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>6 ml (120 mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39FABF4E" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="1F6C388F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>6 ml (120 mg) x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E547F" w14:paraId="6930245B" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="106191B9" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="63767CB6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>15-20</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18C2131F" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="539B49C7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>8 ml (160 mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="68644175" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="076A3435" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>8 ml (160 mg) x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E547F" w14:paraId="71A2A5B2" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="563D20A5" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A203017" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>20-25</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="629056F4" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="0FE19995" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>10 ml (200 mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5664BC8F" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="5CCD9795" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>10 ml (200 mg) x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E547F" w14:paraId="3C34B7B1" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="204E58C6" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="021A3AE7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>25-30</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3F09946B" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="4352650B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>12,5 ml (250 mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D8FAEE0" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="4AFB2885" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>12,5 ml (250 mg) x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E547F" w14:paraId="2651C081" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="55C496CA" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78B07154" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>30-35</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0BBCB321" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="23F895B5" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>15 ml (300 mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6130C065" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="129413B4" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>15 ml (300 mg) x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E547F" w14:paraId="40368849" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="7A902854" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71D99846" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>35-40</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A3DE7DC" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="43B3ADEA" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>17,5 ml (350 mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63F4C500" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="5F23C6D8" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>17,5 ml (350 mg) x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E547F" w14:paraId="0D08A93E" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="2A0A7F0D" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="076812E2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
             <w:r>
               <w:t>40-50</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="20F0B9B7" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          </w:tcPr>
+          <w:p w14:paraId="3EA91F06" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>20 ml (400 mg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4E11697C" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00A7162E">
+          <w:p w14:paraId="7918087C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>20 ml (400 mg) x 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6B314DDD" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00F72BF6">
+    <w:p w14:paraId="59FA1E4E" w14:textId="77777777" w:rsidR="003C7389" w:rsidRDefault="003C7389" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc167201236"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB8CEE4" w14:textId="4A6D30E8" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="003C7389">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="_Toc215136171"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc215136352"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> depottablett med eller utan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>naloxonhydroklorid</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5D8509D9" w14:textId="6629C2E4" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="008E547F">
+    <w:p w14:paraId="1FE5F15F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> depottablett är en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> som absorberas bra vid peroral administrering. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Naloxonhydroklorid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> i kombination minskar inte </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioidens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> potens utan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>antagoniserar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> bara dess förstoppningsbiverkningar, lokalt i tarmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D7BFB1" w14:textId="00728592" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="008E547F">
+    <w:p w14:paraId="53699CC2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Depottablett </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>oxikodon-naloxonhydroklorid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kan användas som postoperativ smärtlindring och ges då i två- eller tre-dosregim och med kapsel eller mixtur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> som tillägg vid smärtgenombrott. Vid längre tids behandling av smärta kan </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> som tillägg vid smärtgenombrott. Vid längre tids behandling av smärta kan rotation till andra </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioider</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> bli aktuell.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E1DECB" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00F72BF6">
+    <w:p w14:paraId="15AF90C0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r>
         <w:t>Försiktighet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722CBE07" w14:textId="6B9FD161" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00F72BF6">
+    <w:p w14:paraId="0B50DA2A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Äldre.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3982F9CB" w14:textId="769BA609" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00F72BF6">
+    <w:p w14:paraId="37CE2A84" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Njursvikt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B5C645" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00F72BF6">
+    <w:p w14:paraId="7B41D8B3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r>
         <w:t>Kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088449FE" w14:textId="457B190D" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00F72BF6">
+    <w:p w14:paraId="2823478F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Sekretstagnation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561751BD" w14:textId="37874741" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00F72BF6">
+    <w:p w14:paraId="6C7D0E97" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Andningsdepression.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57140E81" w14:textId="56474891" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00DA0A47">
+    <w:p w14:paraId="14A5A84D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Medvetandepåverkan, alkohol- eller sömnmedelspåverkan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377D3FAF" w14:textId="77777777" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="00362D6C">
+    <w:p w14:paraId="323645C0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Vuxna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E89277F" w14:textId="22CCCD0C" w:rsidR="008E547F" w:rsidRDefault="008E547F" w:rsidP="008E547F">
+    <w:p w14:paraId="671E9DEE" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F72BF6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F72BF6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> depottablett </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> mg x 1, doseras mer efter ålder, klinik och ingrepp än efter vikt</w:t>
+        <w:t xml:space="preserve"> depottablett 5-20 mg x 1, doseras mer efter ålder, klinik och ingrepp än efter vikt</w:t>
       </w:r>
       <w:r w:rsidRPr="00904269">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7836" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Oxicodon depottablett till vuxna"/>
         <w:tblDescription w:val="Tabellen visar rekommenderad premedicinering och underhållsdos av Oxikodon för vuxna utifrån ålder och vikt för patienter under 60 år respektive över 60 alternativt 70 år. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1356"/>
         <w:gridCol w:w="2160"/>
         <w:gridCol w:w="2160"/>
         <w:gridCol w:w="2160"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F06F7" w14:paraId="66410EA9" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="6678AFA8" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7836" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43BA89B0" w14:textId="333B01A4" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="1C9DA2BB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Oxikodon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">med </w:t>
+              <w:t xml:space="preserve"> depottablett med </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="15EF6925">
+            <w:r>
               <w:t>naloxonhydroklorid</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="15EF6925">
-[...3 lines deleted...]
-              <w:t>(</w:t>
+            <w:r>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="35227152">
+            <w:r>
               <w:t>Targiniq</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="4AF829A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="4AF829A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="69935F66" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="403410F1" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="68DC4E8C" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3EF7A410" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Ålder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="66BE32F0" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D5DC019" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Vikt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="29B5187A" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="509F4118" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Premedicinering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2378BA64" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="08911089" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Underhåll</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="7CD064E8" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="27FA7F4C" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-              <w:t>0 år</w:t>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="287AB7BB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;70 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="375FB06E" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06E75408" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&lt;70 kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> mg x 1</w:t>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="738F7B3D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5-10 mg x 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3BF338A2" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> mg x 2</w:t>
+          <w:p w14:paraId="6277C62C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5-10 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="596F4DF9" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="3AB5640D" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-              <w:t>0 år</w:t>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4FF23D02" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>&lt;70 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="070FC9DD" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B1B4A9F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;70 kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="03BFE946" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="010A87E3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>10(-20) mg x 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7464C891" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> mg x 2</w:t>
+          <w:p w14:paraId="0C0BC5F1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>10-20 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="6492D068" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="30E73334" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1E0F277F" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5BCC2039" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;70 år</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="466AE50A" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40FD169B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Oberoende av vikt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> mg x 1</w:t>
+            <w:tcMar>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4859015D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5-10 mg x 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2061D771" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> mg x 2</w:t>
+          <w:p w14:paraId="19962A73" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
+            <w:pPr>
+              <w:pStyle w:val="Tabelltext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5-10 mg x 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16F70F5D" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRPr="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="007F06F7">
+    <w:p w14:paraId="30A418ED" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="007F06F7" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r w:rsidRPr="007F06F7">
         <w:t>Barn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F15167D" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRPr="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="007F06F7">
+    <w:p w14:paraId="225CF712" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="007F06F7" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F06F7">
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F06F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007F06F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> mixtur 0,1 mg/kg kroppsvikt x 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F06F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F41EEB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E2FF6E" w14:textId="67425820" w:rsidR="00F72BF6" w:rsidRDefault="007F06F7" w:rsidP="007F06F7">
+    <w:p w14:paraId="0B9E9F78" w14:textId="77777777" w:rsidR="00F91193" w:rsidRDefault="00F91193" w:rsidP="00E63FA1">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637F1F24" w14:textId="733321A5" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r w:rsidRPr="007F06F7">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Underhållsdos: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007F06F7">
         <w:t>Oxikodon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007F06F7">
         <w:t xml:space="preserve"> mixtur 0,1 mg/kg kroppsvikt x 4. (max</w:t>
       </w:r>
-      <w:r w:rsidR="0026337A">
+      <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F06F7">
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="0026337A">
+      <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F06F7">
         <w:t>mg</w:t>
       </w:r>
-      <w:r w:rsidR="0026337A">
+      <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F06F7">
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="0026337A">
+      <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="007F06F7">
         <w:t>4).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4092" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Premedicinering med Oxikodon mixtur för barn"/>
         <w:tblDescription w:val="Tabellen visar rekommenderad premedicinering och underhållsdos av oxikodon för barn baserad på barnets vikt i kilo. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1356"/>
         <w:gridCol w:w="2736"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F06F7" w14:paraId="189402B7" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="2D4C2B9C" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3B5B9380" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="1EDA8B5C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t>Vikt kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43366380" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="412115C0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Mixtur </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>OxyNorm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>® 1 mg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="0DAC496E" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="001DBDC7" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0138D876" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="5E31D6BD" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CD4E042" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="3907ED0C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,0 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="35388BBF" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="5080EA1C" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2589ACF2" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="10063BA9" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2DBC8B4B" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="5A2B76FF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,1 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="0A881E0D" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="25038EA5" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5555ED83" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="7CA21F8A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C858D3C" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="72A0FC7F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,2 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="0089FB15" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="2676B3C8" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="22F597BD" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="1484292F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="42CAFE48" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="2D2CB05D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,3 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="58D27F46" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="55236BE9" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48720FD2" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="32DBCAE3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5AD5D829" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="35032807" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,4 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="23FC2464" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="540A9CD2" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E698D3A" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="4AEF9B8A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="525BBA05" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="652EEB6D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,5 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="27C2F237" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="5935AAB8" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1B0CCA40" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="362F1788" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54B7BC63" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="47A67DD2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,6 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="7E56FCBE" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="04560EFE" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CD2F00F" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="7AE32EFB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4350659C" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="788E40BA" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,7 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="6D673BCB" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="3860C717" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A2AF484" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="7489DDA4" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0CF35096" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="6808E5B2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,8 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="7560FB6E" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="78C1C35E" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C6DC884" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="73C286A2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0AB24DD8" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="08B3E76C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>1,9 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="2463883A" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="688B342C" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="249AB25C" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="3C70E2A3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5DB92F96" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="51B359DC" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>2,0 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="03C53147" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="7C4269B3" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="196DE0C8" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="3F5D615D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2755059D" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="7C6CFD68" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>2,5 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="793BB35A" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="7602E6B2" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F003115" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="1ADE0006" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0567C6A1" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="51B3B3BB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>3,0 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="5357C5C2" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="626EFD22" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="025C6BA0" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="68592BBB" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E998A34" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="3FEF8285" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>3,5 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="2DD81F0D" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="460688CC" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="694A7E4A" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="56F1F2DE" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="69DBBC6A" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="1AFF0F9C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>4,0 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="7698DAC6" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="42C473CE" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="572C08D1" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="03BACBA3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F5B24A0" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="3022D14E" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>4,5 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F06F7" w14:paraId="1C86577B" w14:textId="77777777" w:rsidTr="007F06F7">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="62CB9E5A" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="610DD729" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="059B70D8" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2736" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B043C33" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="00A7162E">
+          <w:p w14:paraId="3744BB20" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>5,0 ml x 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C8FB58A" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="007F06F7">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="_Toc167201237"/>
+    <w:p w14:paraId="3886D9D5" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00143BEF">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="_Toc215136172"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc215136353"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Oxazepam</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="103457BC" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="007F06F7">
-[...12 lines deleted...]
-    <w:p w14:paraId="431690A7" w14:textId="77777777" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="007F06F7">
+    <w:p w14:paraId="285F92E0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Tablettintag cirka 1-3 timmar före anestesistart.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759274B0" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r>
         <w:t>Kontraindikation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B829D6" w14:textId="34BEAAD1" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="007F06F7">
+    <w:p w14:paraId="0E937190" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Myastenia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> gravis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52C12896" w14:textId="39AEB17F" w:rsidR="007F06F7" w:rsidRDefault="007F06F7" w:rsidP="007F06F7">
+    <w:p w14:paraId="49784AE6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Premedicinering; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B6DDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Oxazepam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B6DDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> tablett</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (Sobril) </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sobril</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
       <w:r w:rsidRPr="006B6DDF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>5-15</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> mg x 1</w:t>
+        <w:t>5-15 mg x 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00833C29">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Premedicinering med tablett Oxazepam inför kirurgiskt ingrepp"/>
         <w:tblDescription w:val="Tabellen visar rekommenderad premedicinering och underhållsdos med Oxazepam för vuxna  baserad på ålder och vikt i kilo."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1356"/>
         <w:gridCol w:w="1272"/>
         <w:gridCol w:w="2700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B6DDF" w14:paraId="2907232E" w14:textId="77777777" w:rsidTr="00765394">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="08FFC0E8" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="082C0C0F" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="26DE2C21" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Ålder (år)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1CD75393" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="344FA7E9" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>Vikt (kg)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0BADE3C1" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="6EE958C7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">T. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Oxazepam</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> (Sobril)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Sobril</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B6DDF" w14:paraId="1921D6F8" w14:textId="77777777" w:rsidTr="006B6DDF">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="0DE25A5B" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="11DD5ACE" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="56984C70" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>16-60</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73F14210" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="2BB93B75" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>&lt;50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0980469E" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="7C2AB804" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>10 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B6DDF" w14:paraId="57052F6C" w14:textId="77777777" w:rsidTr="006B6DDF">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="4D880D19" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4240AB14" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="3FB113EC" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>16-60</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="45F006F1" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="07562DCA" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>&gt;50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24471BE0" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="102744D3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>15 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B6DDF" w14:paraId="15EEB16A" w14:textId="77777777" w:rsidTr="006B6DDF">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="7BEC93B2" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CF93446" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="776B45A1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>60-70</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F574CCC" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="695B319D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>&gt;50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="532A398D" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="6A8B4540" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>10 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B6DDF" w14:paraId="1257ABE8" w14:textId="77777777" w:rsidTr="006B6DDF">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="6F0DE214" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0118E529" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="3DEAFFA3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:t>&gt;70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="331C0B78" w14:textId="77777777" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="7B5DE04F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2700" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="55F0CF90" w14:textId="2E843D3C" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="006B6DDF">
+          <w:p w14:paraId="5B733D92" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:line="259" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="00765394">
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00765394">
+            <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00765394">
               <w:t>mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="518F7944" w14:textId="3B44D2DE" w:rsidR="006B6DDF" w:rsidRDefault="006B6DDF" w:rsidP="00F41EEB">
+    <w:p w14:paraId="02A70385" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:spacing w:before="160"/>
       </w:pPr>
       <w:r w:rsidRPr="006B6DDF">
         <w:t>Generell restriktivitet bl</w:t>
       </w:r>
-      <w:r w:rsidR="00765394">
+      <w:r>
         <w:t xml:space="preserve">and annat </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6DDF">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00443C10">
+      <w:r>
         <w:t xml:space="preserve">å grund av </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6DDF">
         <w:t xml:space="preserve">risken för postoperativ förvirring. Ofta kan man vid oro istället överenskomma om tidig låg dos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B6DDF">
         <w:t>propolipid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B6DDF">
-        <w:t xml:space="preserve"> (</w:t>
-[...6 lines deleted...]
-      <w:r w:rsidR="005A2638">
+        <w:t xml:space="preserve"> (20-30</w:t>
+      </w:r>
+      <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="006B6DDF">
         <w:t>mg) iv på operationssal, under övervakning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAB998F" w14:textId="77777777" w:rsidR="0043195C" w:rsidRDefault="0043195C" w:rsidP="0043195C">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc167201238"/>
+    <w:p w14:paraId="075D203F" w14:textId="77777777" w:rsidR="00143BEF" w:rsidRDefault="00143BEF" w:rsidP="00143BEF">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3EA84E" w14:textId="55B4779A" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00143BEF">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="_Toc215136173"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc215136354"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Ketalar+Midazolam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> alternativt rektalt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="182F0A46" w14:textId="08A54F8A" w:rsidR="0043195C" w:rsidRDefault="0043195C" w:rsidP="0043195C">
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w14:paraId="6ACBB1DF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Ketalar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 50</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">mg/ml blandas med </w:t>
+        <w:t xml:space="preserve"> 50 mg/ml blandas med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Midazolam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 5 mg/ml. Ges det </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>po</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> är </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>midazolams</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> smak besk och blandningen adderas till </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="5FA9D4B4" w14:textId="77777777" w:rsidR="0043195C" w:rsidRDefault="0043195C" w:rsidP="0043195C">
+        <w:t xml:space="preserve"> smak besk och blandningen adderas till 2-4 ml stark saft eller cola. Max effekt fås 15-60 min efter given dos, durationen är någon timme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23739A52" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r>
         <w:t>Kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1151DCDA" w14:textId="5DDCCB2F" w:rsidR="0043195C" w:rsidRDefault="0043195C" w:rsidP="0043195C">
+    <w:p w14:paraId="24F3FB41" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Myastenia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> gravis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C925A69" w14:textId="0E177E36" w:rsidR="0043195C" w:rsidRDefault="0043195C" w:rsidP="0043195C">
+    <w:p w14:paraId="3EFAC0AF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Malignt högt blodtryck</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A31EFF" w14:textId="2DF13885" w:rsidR="0043195C" w:rsidRDefault="0043195C" w:rsidP="0043195C">
+    <w:p w14:paraId="34BECBC6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Ålder &lt;2år</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE906F6" w14:textId="3F8D14DA" w:rsidR="0043195C" w:rsidRDefault="0043195C" w:rsidP="0043195C">
+    <w:p w14:paraId="169C2860" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t>Premedicinering:</w:t>
       </w:r>
       <w:r w:rsidRPr="4AF829A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4AF829A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ketalar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4AF829A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00765394">
+        <w:t xml:space="preserve"> 4-6</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="4AF829A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">mg/kg + </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4AF829A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Midazolam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4AF829A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 0</w:t>
       </w:r>
-      <w:r w:rsidR="00765394">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="4AF829A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00765394">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="4AF829A6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>mg/kg (max 15</w:t>
-[...13 lines deleted...]
-        <w:t>mg)</w:t>
+        <w:t>mg/kg (max 15 mg)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647F4BBE" w14:textId="4423104B" w:rsidR="0043195C" w:rsidRDefault="0043195C" w:rsidP="0043195C">
+    <w:p w14:paraId="7FC59C40" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t>Doserna kan behöva reduceras om premedicineringen adderas till tidigare, ej framgångsrikt lugnande, premedicinering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66944925" w14:textId="77777777" w:rsidR="00522270" w:rsidRDefault="00522270" w:rsidP="00522270">
+    <w:p w14:paraId="5B0837FD" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc167201239"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc215135813"/>
       <w:r>
         <w:t xml:space="preserve">Oralt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Klonidin</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="62"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="61C6EEED" w14:textId="11455078" w:rsidR="00522270" w:rsidRDefault="00522270" w:rsidP="00522270">
+    <w:p w14:paraId="6558BEBF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Mixtur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Klonidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 20 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">/ml med </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ml stark saft helst 2 timmar före induktion (minst 45 min). Duration av </w:t>
+        <w:t xml:space="preserve">/ml med 2-4 ml stark saft helst 2 timmar före induktion (minst 45 min). Duration av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>sedation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> några timmar till ett dygn. Ger sänkt hjärtfrekvens och lägre blodtryck.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C8D5D0" w14:textId="77777777" w:rsidR="00522270" w:rsidRDefault="00522270" w:rsidP="00522270">
+    <w:p w14:paraId="189A9D6D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r>
         <w:t>Kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EBF4CA0" w14:textId="7F3C15E9" w:rsidR="00522270" w:rsidRDefault="00522270" w:rsidP="00522270">
+    <w:p w14:paraId="7E96119F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Bradyarytmier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEB7B93" w14:textId="06662558" w:rsidR="00522270" w:rsidRDefault="00522270" w:rsidP="00522270">
+    <w:p w14:paraId="5E2EF559" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>AV-block</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="43F0B45B" w14:textId="5334A82F" w:rsidR="00522270" w:rsidRDefault="00522270" w:rsidP="00522270">
+    <w:p w14:paraId="4A874973" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hypotension</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0443EDF0" w14:textId="728A7434" w:rsidR="00522270" w:rsidRDefault="00522270" w:rsidP="00522270">
+    <w:p w14:paraId="43198CC1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hypovolemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1034EE22" w14:textId="7212AB0B" w:rsidR="00522270" w:rsidRDefault="00522270" w:rsidP="00522270">
+    <w:p w14:paraId="4639A8FF" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t>Premedicinering</w:t>
       </w:r>
       <w:r w:rsidRPr="008E764A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008E764A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Klonidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00522270">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
@@ -15905,1892 +9571,1800 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00522270">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00522270">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>/kg</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> bättre för att undvika onödigt lång duration, med risk för otillräcklig effekt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D40020" w14:textId="77777777" w:rsidR="00EB5486" w:rsidRDefault="00EB5486" w:rsidP="00EB5486">
+    <w:p w14:paraId="548B5869" w14:textId="77777777" w:rsidR="00143BEF" w:rsidRDefault="00143BEF" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="Dexmedetomidin"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkStart w:id="63" w:name="Dexmedetomidin"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D151328" w14:textId="24B1D028" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00143BEF">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="_Toc215136174"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc215136355"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Dexmedetomidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> nasalt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1715950F" w14:textId="1E5F95A0" w:rsidR="00EB5486" w:rsidRDefault="00EB5486" w:rsidP="00EB5486">
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w14:paraId="1C8CBB2D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Dexmedetomidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 100 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">/ml nasalt. Anslagstid </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="3204143A" w14:textId="77777777" w:rsidR="00EB5486" w:rsidRDefault="00EB5486" w:rsidP="004C3274">
+        <w:t>/ml nasalt. Anslagstid 15-20 min, med maxeffekt efter cirka 45-60 min. Ger sänkt hjärtfrekvens och lägre blodtryck.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF5786D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Underrubrik"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Kontraindikationer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6188BC40" w14:textId="65F15060" w:rsidR="00EB5486" w:rsidRDefault="00EB5486" w:rsidP="004C3274">
+    <w:p w14:paraId="2D19C797" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r>
         <w:t>Bradyarytmier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55AAD284" w14:textId="6218132B" w:rsidR="00EB5486" w:rsidRDefault="00EB5486" w:rsidP="004C3274">
+    <w:p w14:paraId="510AA51A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>AV-block</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="155B080B" w14:textId="47449E20" w:rsidR="00EB5486" w:rsidRDefault="00EB5486" w:rsidP="004C3274">
+    <w:p w14:paraId="206CA798" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hypotension</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="60504BA9" w14:textId="0CAE7B60" w:rsidR="00EB5486" w:rsidRDefault="00EB5486" w:rsidP="004C3274">
+    <w:p w14:paraId="03664132" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Hypovolemi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5138ACEC" w14:textId="3754E62F" w:rsidR="00EB5486" w:rsidRDefault="00EB5486" w:rsidP="00EB5486">
+    <w:p w14:paraId="04DFDFE1" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="6E6C2C10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Dexmedetomidin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="6E6C2C10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 1-4 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="6E6C2C10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="6E6C2C10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>/kg</w:t>
       </w:r>
       <w:r>
         <w:t>, max 100µg</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Premedicinering inför kirurgiskt ingrepp"/>
         <w:tblDescription w:val="Tabellen visar rekommenderad premedicinering med Dexmedetomidin för barn baserad på barnets ålder. "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1356"/>
         <w:gridCol w:w="3972"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007625F0" w14:paraId="4E4F1674" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="3FB87371" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57B85F47" w14:textId="77777777" w:rsidR="007625F0" w:rsidRDefault="007625F0" w:rsidP="00A7162E">
+          <w:p w14:paraId="1B9C5D82" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
             </w:pPr>
             <w:r w:rsidRPr="051DB5D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Ålder (år)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="background2" w:themeFillTint="33"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="572C01D4" w14:textId="77777777" w:rsidR="007625F0" w:rsidRDefault="007625F0" w:rsidP="00A7162E">
+          <w:p w14:paraId="58BC027E" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Rubriktabell"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="051DB5D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Dos </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="051DB5D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dexmedetomidin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="051DB5D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> 100µg/ml</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007625F0" w14:paraId="7ECF76DB" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="1D6C19CA" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4B1D4452" w14:textId="77777777" w:rsidR="007625F0" w:rsidRDefault="007625F0" w:rsidP="00A7162E">
+          <w:p w14:paraId="22317D76" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>1-2</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3CD2D202" w14:textId="77777777" w:rsidR="007625F0" w:rsidRDefault="007625F0" w:rsidP="00A7162E">
+          <w:p w14:paraId="5FA6CF50" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="051DB5D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="051DB5D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>μg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="051DB5D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007625F0" w14:paraId="08BEC749" w14:textId="77777777" w:rsidTr="6E6C2C10">
+      <w:tr w:rsidR="00E63FA1" w14:paraId="099D501A" w14:textId="77777777" w:rsidTr="00A470B3">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1356" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="780FB17B" w14:textId="73DBE363" w:rsidR="007625F0" w:rsidRDefault="0B60898D" w:rsidP="6E6C2C10">
+          <w:p w14:paraId="5726192C" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>&gt;3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3972" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D18BAB1" w14:textId="6CCA4596" w:rsidR="007625F0" w:rsidRDefault="3ACA6C04" w:rsidP="00A7162E">
+          <w:p w14:paraId="6BA08F10" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00A470B3">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="6E6C2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1-</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">1-4 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="6E6C2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>μg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="6E6C2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2A78DF66" w14:textId="454921AB" w:rsidR="6E6C2C10" w:rsidRDefault="6E6C2C10"/>
-    <w:p w14:paraId="68AFC48D" w14:textId="77777777" w:rsidR="009C2325" w:rsidRDefault="009C2325" w:rsidP="00E413C5">
+    <w:p w14:paraId="7316AF83" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1"/>
+    <w:p w14:paraId="48582C06" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:spacing w:before="160"/>
       </w:pPr>
       <w:r>
         <w:t>Ges via MAD (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Mucosal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Atomization</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Device</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) kopplad till 1ml-spruta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A144757" w14:textId="5F6530CC" w:rsidR="009C2325" w:rsidRDefault="009C2325" w:rsidP="009C2325">
-[...22 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc167201241"/>
+    <w:p w14:paraId="799DD0B2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:r>
+        <w:t>Drag upp extra volym läkemedel i sprutan, koppla till och fyll MAD. Ordinerad dos läkemedel ska sedan vara kvar i sprutan. Spruta inte efter med luft. Är den volym som ska administreras större än 0,5 ml ska man fördela dosen i båda näsborrarna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365C39CC" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00143BEF">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="_Toc215136175"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc215136356"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Fentanyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> nasalt (för barn)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="547A5503" w14:textId="480DE3E4" w:rsidR="009C2325" w:rsidRDefault="009C2325" w:rsidP="009C2325">
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:p w14:paraId="0B2207C7" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Fentanyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 50 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">/ml nasalt. Anslagstid </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">min vid otillräcklig effekt. Ges av anestesipersonal. Sedvanliga </w:t>
+        <w:t xml:space="preserve">/ml nasalt. Anslagstid 5-15 min. Kan upprepas med halv dos efter 10 min vid otillräcklig effekt. Ges av anestesipersonal. Sedvanliga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioidbiverkningar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> men apné är sällsynt hos barn med dessa doser.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741C289B" w14:textId="57EC7D3D" w:rsidR="009C2325" w:rsidRPr="00C73B8E" w:rsidRDefault="009C2325" w:rsidP="009C2325">
+    <w:p w14:paraId="33910767" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00C73B8E" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C2325">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fentanyl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009C2325">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C2325">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009C2325">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>/kg</w:t>
       </w:r>
-      <w:r w:rsidR="00C73B8E">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38C235DE" w14:textId="677388CF" w:rsidR="00522270" w:rsidRDefault="0031061E" w:rsidP="009C2325">
+    <w:p w14:paraId="5DD5D767" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:hyperlink w:anchor="Dexmedetomidin" w:history="1">
-        <w:r w:rsidR="009C2325" w:rsidRPr="00D20B88">
+        <w:r w:rsidRPr="00D20B88">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Se MAD under </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="009C2325" w:rsidRPr="00D20B88">
+        <w:r w:rsidRPr="00D20B88">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>dexmedetomidin</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="009C2325" w:rsidRPr="00D20B88">
+        <w:r w:rsidRPr="00D20B88">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> ovan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009C2325">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCDDE44" w14:textId="77777777" w:rsidR="00841183" w:rsidRDefault="00841183" w:rsidP="00841183">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="25" w:name="_Toc167201242"/>
+    <w:p w14:paraId="356C204D" w14:textId="77777777" w:rsidR="00143BEF" w:rsidRDefault="00143BEF" w:rsidP="00143BEF">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB57437" w14:textId="6520C681" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00143BEF">
+      <w:pPr>
+        <w:pStyle w:val="UnderrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="_Toc215136176"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc215136357"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Remifentanil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> nasalt (för barn)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="77D4AF44" w14:textId="4ECC81AD" w:rsidR="00841183" w:rsidRDefault="00841183" w:rsidP="00841183">
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:p w14:paraId="1F384E1B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Remifentanil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 200 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">/ml nasalt. Anslag inom 15-30s. Ges av förtrogen specialistläkare i anestesi och på plats för luftvägshantering. Bland </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>opioidbiverkningar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> sticker apné ut.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3554B85E" w14:textId="77777777" w:rsidR="00841183" w:rsidRDefault="00841183" w:rsidP="00841183">
+    <w:p w14:paraId="4E19197B" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Premedicinering: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00841183">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remifentanil</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00841183">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00841183">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>μg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00841183">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>/kg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E31C0F3" w14:textId="33EFC8E1" w:rsidR="00841183" w:rsidRDefault="0031061E" w:rsidP="00841183">
+    <w:p w14:paraId="33F35BF3" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:hyperlink w:anchor="Dexmedetomidin" w:history="1">
-        <w:r w:rsidR="00841183" w:rsidRPr="00D20B88">
+        <w:r w:rsidRPr="00D20B88">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve">Se MAD under </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00841183" w:rsidRPr="00D20B88">
+        <w:r w:rsidRPr="00D20B88">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>dexmedetomidin</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00841183" w:rsidRPr="00D20B88">
+        <w:r w:rsidRPr="00D20B88">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> ovan</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00841183">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21DA46C0" w14:textId="0D45B092" w:rsidR="009C2325" w:rsidRDefault="00841183" w:rsidP="00841183">
+    <w:p w14:paraId="1A1B5212" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:r>
         <w:t xml:space="preserve">Spädningen kan varieras för att minska volym. Behövs 2 sprutor ges båda samtidigt via varsin MAD. Maskventilera med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Syrgas+Sevoflurane</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och sätt PVK för fortsatt anestesi.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="681829C4" w14:textId="77777777" w:rsidR="00DA0DAB" w:rsidRDefault="00DA0DAB" w:rsidP="00F5565D">
+    <w:p w14:paraId="25283962" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="005D3922" w:rsidRDefault="00E63FA1" w:rsidP="005D3922">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc167201243"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="70" w:name="_Toc215135814"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc215136177"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc215136358"/>
+      <w:r w:rsidRPr="005D3922">
         <w:t>Övrig premedicinering</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="02072B3C" w14:textId="77777777" w:rsidR="00DA0DAB" w:rsidRDefault="00DA0DAB" w:rsidP="00FA252E">
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:p w14:paraId="132E2AF6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="005D3922">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-        <w:spacing w:before="120"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="_Toc167201244"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="_Toc215135815"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokain+prilokain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> plåster (EMLA) / </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokain+prilokain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kräm (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Tapin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) / </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokain+tetrakain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> plåster (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Rapydan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...3 lines deleted...]
-        <w:pStyle w:val="Underrubrik"/>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w14:paraId="6D32E858" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="005D3922">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="_Toc215135816"/>
+      <w:r>
+        <w:t>Barn &lt;3 månader</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="55087506" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
+      <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokain+prilokain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> plåster, </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">1 </w:t>
+        <w:t xml:space="preserve"> plåster, 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (motsvarar full dygnsdos) ska verka under maximalt 1 timme.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45938710" w14:textId="443528C5" w:rsidR="00DA0DAB" w:rsidRDefault="00DA0DAB" w:rsidP="00F5565D">
+    <w:p w14:paraId="407E472A" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="00DA0DAB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OBS!</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokain+prilokain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> plåster eller kräm får </w:t>
       </w:r>
       <w:r w:rsidRPr="00765394">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>absolut inte</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> användas på prematura barn födda före 37:e graviditetsveckan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4E9597" w14:textId="77777777" w:rsidR="00595788" w:rsidRDefault="00595788" w:rsidP="00595788">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="477CE3E2" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="004B223A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Toc215135817"/>
       <w:r>
         <w:t>Barn &gt;3 månader</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="40CDBF10" w14:textId="50700FFB" w:rsidR="00595788" w:rsidRDefault="00595788" w:rsidP="00595788">
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w14:paraId="1D3F35D6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokain+prilokain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kräm ska verka minst 1 timme, gärna 2 timmar, för att ge en god effekt. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokain+prilokain</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> kräm kan också användas som lokalanestetikum vid mindre kirurgiska ingrepp/lumbalpunktion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3027905F" w14:textId="77777777" w:rsidR="00595788" w:rsidRDefault="00595788" w:rsidP="00595788">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="61ED60A0" w14:textId="77777777" w:rsidR="00886B02" w:rsidRDefault="00E63FA1" w:rsidP="004B223A">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="_Toc215135818"/>
       <w:r>
         <w:t>Barn &gt;3 år</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w14:paraId="4E356309" w14:textId="437B07F7" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00886B02">
       <w:r>
         <w:t xml:space="preserve">Snabbverkande men dyrare alternativ: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lidokain+tetrakainplåster</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>. Max 2</w:t>
-[...2 lines deleted...]
-        <w:t> </w:t>
+        <w:t>. Max 2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>st</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> / dygn, effekt inom </w:t>
-[...3 lines deleted...]
-        <w:t>15-</w:t>
+        <w:t xml:space="preserve"> / dygn, effekt inom 15-</w:t>
       </w:r>
       <w:r w:rsidRPr="00765394">
         <w:t>30</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00765394">
+      <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00765394">
         <w:t>min</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2443AA37" w14:textId="77777777" w:rsidR="00595788" w:rsidRDefault="00595788" w:rsidP="00595788">
+    <w:p w14:paraId="712540F6" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc167201245"/>
-      <w:r>
+      <w:bookmarkStart w:id="77" w:name="_Toc215135819"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc215136178"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc215136359"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Dokumentinformation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="52E5CAC2" w14:textId="77777777" w:rsidR="00595788" w:rsidRPr="003C3068" w:rsidRDefault="00595788" w:rsidP="003C3068">
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w14:paraId="3D39FE66" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="003C3068" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C3068">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A058F4" w14:textId="41FFB108" w:rsidR="00595788" w:rsidRDefault="00595788" w:rsidP="00595788">
+    <w:p w14:paraId="74E17195" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t>Fredrik Smith, överläkare</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="268178BC" w14:textId="77777777" w:rsidR="00595788" w:rsidRPr="003C3068" w:rsidRDefault="00595788" w:rsidP="003C3068">
+        <w:t>Fredrik Smith, överläkare, VO anestesi, operation, intensivvård, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07CF5BDD" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="003C3068" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C3068">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500193F2" w14:textId="102E49FE" w:rsidR="00595788" w:rsidRDefault="00595788" w:rsidP="00595788">
+    <w:p w14:paraId="3903F524" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t>Steffen Strube, barnansvarig överläkare</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="005A25A8" w:rsidRPr="005A25A8">
+        <w:t xml:space="preserve">Steffen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Strube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, barnansvarig överläkare,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A25A8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A25A8">
-[...6 lines deleted...]
-    <w:p w14:paraId="679587F9" w14:textId="77777777" w:rsidR="00595788" w:rsidRPr="003C3068" w:rsidRDefault="00595788" w:rsidP="003C3068">
+      <w:r>
+        <w:t>VO anestesi, operation, intensivvård, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E04755" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="003C3068" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C3068">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8E4C39" w14:textId="6D065CD9" w:rsidR="00595788" w:rsidRDefault="005A25A8" w:rsidP="00595788">
+    <w:p w14:paraId="221D7F3E" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Jerker Nilson, </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="640F0EB5" w14:textId="77777777" w:rsidR="00595788" w:rsidRPr="003C3068" w:rsidRDefault="00595788" w:rsidP="003C3068">
+        <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A72E8F" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="003C3068" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C3068">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4F125D" w14:textId="2DE6F26A" w:rsidR="00595788" w:rsidRDefault="00595788" w:rsidP="00595788">
+    <w:p w14:paraId="08B21744" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t>Anestesi, narkos, premedicinering, smärtlindring, lugnande, operationsförberedelse, läkemedel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="415823D5" w14:textId="6633CE5C" w:rsidR="005F52FF" w:rsidRPr="00DA63CA" w:rsidRDefault="005F52FF" w:rsidP="00CD2A1F">
+    <w:p w14:paraId="33335416" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00DA63CA" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc167201246"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc215135820"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc215136179"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc215136360"/>
       <w:r w:rsidRPr="00DA63CA">
         <w:t>Länkförteckning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4CA9792D" w14:textId="327183EA" w:rsidR="00CD2A1F" w:rsidRPr="00DA63CA" w:rsidRDefault="00CD2A1F" w:rsidP="00CD2A1F">
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+    </w:p>
+    <w:p w14:paraId="532D954D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="00DA63CA" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r w:rsidRPr="00DA63CA">
-        <w:t>Postoperativt illamående och kräkningar - profylax och behandling. Sjukhusövergripande</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00C32BF9" w:rsidRPr="00DA63CA">
+        <w:t>Postoperativt illamående och kräkningar - profylax och behandling. Sjukhusövergripande riktlinje, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA63CA">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00012FA0" w:rsidRPr="00DA63CA">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00DA63CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17F24E6E" w14:textId="78998F40" w:rsidR="005F52FF" w:rsidRPr="006B6DDF" w:rsidRDefault="005F52FF" w:rsidP="00CD2A1F">
+    <w:p w14:paraId="16C5857D" w14:textId="77777777" w:rsidR="00E63FA1" w:rsidRPr="006B6DDF" w:rsidRDefault="00E63FA1" w:rsidP="00E63FA1">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1349"/>
       </w:pPr>
       <w:r w:rsidRPr="00765394">
         <w:t>Akut smärta och smärtrelaterad oro hos barn och ungdomar, SÄS.</w:t>
       </w:r>
-      <w:r w:rsidR="006F6CED">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F6CED" w:rsidRPr="00DA63CA">
+      <w:r w:rsidRPr="00DA63CA">
         <w:t>Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
-      <w:r w:rsidR="006F6CED" w:rsidRPr="00DA63CA">
+      <w:r w:rsidRPr="00DA63CA">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="006F6CED" w:rsidRPr="00DA63CA">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00DA63CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="005F52FF" w:rsidRPr="006B6DDF" w:rsidSect="00136D67">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+    <w:sectPr w:rsidR="00E63FA1" w:rsidRPr="006B6DDF" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6ED04706" w14:textId="77777777" w:rsidR="00CF7AB7" w:rsidRDefault="00CF7AB7">
+    <w:p w14:paraId="1CF515B1" w14:textId="77777777" w:rsidR="001B0375" w:rsidRDefault="001B0375">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E2D8F20" w14:textId="77777777" w:rsidR="00CF7AB7" w:rsidRDefault="00CF7AB7">
+    <w:p w14:paraId="24F6BD23" w14:textId="77777777" w:rsidR="001B0375" w:rsidRDefault="001B0375">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="334CCB30" w14:textId="77777777" w:rsidR="00CF7AB7" w:rsidRDefault="00CF7AB7">
+    <w:p w14:paraId="4EDF2BEB" w14:textId="77777777" w:rsidR="001B0375" w:rsidRDefault="001B0375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Agency FB">
     <w:panose1 w:val="020B0503020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial Fet">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3FC6B21C" w14:textId="052E4292" w:rsidR="008250CC" w:rsidRDefault="008250CC" w:rsidP="008250CC">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:jc w:val="center"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="Sidnummer"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...3 lines deleted...]
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
-[...6 lines deleted...]
-      <w:t>2</w:t>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
-[...4 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="001510D8">
-[...66 lines deleted...]
-        <w:szCs w:val="20"/>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="1FE2B822" w14:textId="08658379" w:rsidR="00660269" w:rsidRDefault="008250CC" w:rsidP="00FB2F0F">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="39716D08" wp14:editId="19B0CF05">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4552950</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-114300</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1897920" cy="384860"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04E0B1D4" w14:textId="77777777" w:rsidR="00CF7AB7" w:rsidRDefault="00CF7AB7"/>
+    <w:p w14:paraId="5A321918" w14:textId="77777777" w:rsidR="001B0375" w:rsidRDefault="001B0375"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A23C4F6" w14:textId="77777777" w:rsidR="00CF7AB7" w:rsidRDefault="00CF7AB7">
+    <w:p w14:paraId="54F214B5" w14:textId="77777777" w:rsidR="001B0375" w:rsidRDefault="001B0375">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="497E4640" w14:textId="77777777" w:rsidR="00CF7AB7" w:rsidRDefault="00CF7AB7">
+    <w:p w14:paraId="40912994" w14:textId="77777777" w:rsidR="001B0375" w:rsidRDefault="001B0375">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="227101F6" w14:textId="5EF6644D" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
-      <w:tabs>
-[...3 lines deleted...]
-      </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D72D6C2" wp14:editId="29A5A2D3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3C8B2CDB" w14:textId="77777777" w:rsidR="004B5C86" w:rsidRDefault="004B5C86" w:rsidP="004B5C86">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="2D72D6C2">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="004B5C86" w:rsidP="004B5C86" w:rsidRDefault="004B5C86" w14:paraId="685B7E76" w14:textId="77777777">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="5FFC52A1" w:rsidR="008A4EB9" w:rsidRDefault="00A5066F" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="245B2178">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-1270</wp:posOffset>
+                <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-5080</wp:posOffset>
+                <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4669155" cy="270510"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4669155" cy="270510"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="18075F67" w14:textId="77777777" w:rsidR="00A5066F" w:rsidRDefault="00A5066F" w:rsidP="00A5066F">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="0DFFA9B8">
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-.1pt;margin-top:-.4pt;width:367.65pt;height:21.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnfMVBGgIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01vGyEQvVfqf0Dc6911badZeR25iVxV&#10;ipJITpUzZsG7EjAUsHfdX9+B9ZfSnqpeYGCG+XjvMb/rtSJ74XwLpqLFKKdEGA51a7YV/fG6+vSF&#10;Eh+YqZkCIyp6EJ7eLT5+mHe2FGNoQNXCEUxifNnZijYh2DLLPG+EZn4EVhh0SnCaBTy6bVY71mF2&#10;rbJxns+yDlxtHXDhPd4+DE66SPmlFDw8S+lFIKqi2FtIq0vrJq7ZYs7KrWO2afmxDfYPXWjWGix6&#10;TvXAAiM71/6RSrfcgQcZRhx0BlK2XKQZcJoifzfNumFWpFkQHG/PMPn/l5Y/7df2xZHQf4UeCYyA&#10;dNaXHi/jPL10Ou7YKUE/Qng4wyb6QDheTmaz22I6pYSjb3yTT4uEa3Z5bZ0P3wRoEo2KOqQlocX2&#10;jz5gRQw9hcRiBlatUokaZUhX0dnnaZ4enD34Qhl8eOk1WqHf9KStr+bYQH3A8RwMzHvLVy328Mh8&#10;eGEOqcaJUL7hGRepAGvB0aKkAffrb/cxHhlALyUdSqei/ueOOUGJ+m6Qm9tiMolaS4fJ9GaMB3ft&#10;2Vx7zE7fA6qzwI9ieTJjfFAnUzrQb6jyZayKLmY41q5oOJn3YRA0/hIulssUhOqyLDyateUxdUQ1&#10;IvzavzFnjzQEJPAJTiJj5Ts2htiBj+UugGwTVRHnAdUj/KjMxODxF0XpX59T1OWvL34DAAD//wMA&#10;UEsDBBQABgAIAAAAIQCYyfFW3gAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NAFITvgv9h&#10;eYK3dpNoNaTZlBIoguihtZfeXrKvSTC7G7PbNvrrfZ7qaRhmmPny1WR6cabRd84qiOcRCLK1051t&#10;FOw/NrMUhA9oNfbOkoJv8rAqbm9yzLS72C2dd6ERPGJ9hgraEIZMSl+3ZNDP3UCWs6MbDQa2YyP1&#10;iBceN71MouhJGuwsP7Q4UNlS/bk7GQWv5eYdt1Vi0p++fHk7roev/WGh1P3dtF6CCDSFaxn+8Bkd&#10;Cmaq3MlqL3oFs4SLLMzP6fPDIgZRKXiMU5BFLv/jF78AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAp3zFQRoCAAAzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmMnxVt4AAAAGAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00A5066F" w:rsidP="00A5066F" w:rsidRDefault="00A5066F" w14:paraId="6D41DF98" w14:textId="77777777">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00762EE0">
-[...78 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -19979,813 +13553,700 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="378750199">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="915092585">
+  <w:num w:numId="2" w16cid:durableId="1367871050">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1310554619">
+  <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1779762354">
+  <w:num w:numId="4" w16cid:durableId="861477783">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1190946001">
+  <w:num w:numId="5" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="829096820">
+  <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1469662030">
+  <w:num w:numId="7" w16cid:durableId="739910959">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1550149483">
+  <w:num w:numId="8" w16cid:durableId="391579451">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2087990656">
+  <w:num w:numId="9" w16cid:durableId="1296368398">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="542602259">
+  <w:num w:numId="10" w16cid:durableId="689646344">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="882716506">
+  <w:num w:numId="11" w16cid:durableId="1979215945">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1901743583">
+  <w:num w:numId="12" w16cid:durableId="830874331">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="991912581">
+  <w:num w:numId="13" w16cid:durableId="57095060">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="351148625">
+  <w:num w:numId="14" w16cid:durableId="36130748">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1516268121">
+  <w:num w:numId="15" w16cid:durableId="560679449">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="295180367">
+  <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1617176599">
+  <w:num w:numId="17" w16cid:durableId="256527698">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1400442350">
+  <w:num w:numId="18" w16cid:durableId="1090539201">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1763532171">
+  <w:num w:numId="19" w16cid:durableId="1846439597">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2089495734">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="484665927">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1603606806">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1456681652">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
-    <w:rsid w:val="00004A06"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
-    <w:rsid w:val="00012FA0"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="0002750F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00051FE3"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00057653"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
-    <w:rsid w:val="000E3E2F"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
-    <w:rsid w:val="00103DE8"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
-    <w:rsid w:val="0012088F"/>
+    <w:rsid w:val="00130E64"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
-    <w:rsid w:val="00136D67"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
+    <w:rsid w:val="00141AEE"/>
     <w:rsid w:val="001422C1"/>
+    <w:rsid w:val="00143BEF"/>
     <w:rsid w:val="001522AE"/>
-    <w:rsid w:val="00156EDD"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="00162092"/>
     <w:rsid w:val="00164C3D"/>
-    <w:rsid w:val="00166A0E"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
-    <w:rsid w:val="00186E39"/>
     <w:rsid w:val="00186F2B"/>
-    <w:rsid w:val="001870EE"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00191364"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B0375"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
-    <w:rsid w:val="001D292C"/>
     <w:rsid w:val="001E3789"/>
-    <w:rsid w:val="001F3711"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
-    <w:rsid w:val="002316E5"/>
+    <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
-    <w:rsid w:val="0026337A"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
-    <w:rsid w:val="00290042"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
-    <w:rsid w:val="002E425C"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
-    <w:rsid w:val="0031061E"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="00315F74"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
-    <w:rsid w:val="00326EAC"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00354011"/>
     <w:rsid w:val="00360E0D"/>
-    <w:rsid w:val="00360F31"/>
-    <w:rsid w:val="00362D6C"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
+    <w:rsid w:val="003A0A68"/>
     <w:rsid w:val="003A0D43"/>
-    <w:rsid w:val="003A5193"/>
     <w:rsid w:val="003B2A4B"/>
-    <w:rsid w:val="003C3068"/>
-    <w:rsid w:val="003C4ADC"/>
+    <w:rsid w:val="003B3673"/>
+    <w:rsid w:val="003C7389"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
-    <w:rsid w:val="004154FB"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
-    <w:rsid w:val="0043195C"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443A8D"/>
-    <w:rsid w:val="00443C10"/>
+    <w:rsid w:val="00444749"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
-    <w:rsid w:val="00452AD9"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
-    <w:rsid w:val="00494418"/>
+    <w:rsid w:val="00492FE2"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
+    <w:rsid w:val="004B223A"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B5C86"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004C3274"/>
+    <w:rsid w:val="004C0D1A"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
-    <w:rsid w:val="004E7F3C"/>
-    <w:rsid w:val="004F04ED"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
-    <w:rsid w:val="00504753"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005113D5"/>
     <w:rsid w:val="00511CC4"/>
-    <w:rsid w:val="00522270"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
+    <w:rsid w:val="00543ACB"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
-    <w:rsid w:val="005708C4"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005871C8"/>
-    <w:rsid w:val="00595788"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A25A8"/>
-    <w:rsid w:val="005A2638"/>
+    <w:rsid w:val="005A2B09"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D3BDD"/>
+    <w:rsid w:val="005D3922"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005F52FF"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
-    <w:rsid w:val="006177E4"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
-    <w:rsid w:val="0062261B"/>
     <w:rsid w:val="00623724"/>
-    <w:rsid w:val="00623CFA"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="00641575"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
-    <w:rsid w:val="00661341"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
-    <w:rsid w:val="0068352B"/>
+    <w:rsid w:val="006815D1"/>
     <w:rsid w:val="00685193"/>
-    <w:rsid w:val="00685332"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
-    <w:rsid w:val="006B1638"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B6DDF"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D5F04"/>
     <w:rsid w:val="006D7535"/>
-    <w:rsid w:val="006E148E"/>
     <w:rsid w:val="006E450B"/>
-    <w:rsid w:val="006F0920"/>
     <w:rsid w:val="006F0D7E"/>
-    <w:rsid w:val="006F4F7E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007067EC"/>
+    <w:rsid w:val="006F1B32"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00722AA8"/>
+    <w:rsid w:val="007242C5"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
-    <w:rsid w:val="007413A9"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
-    <w:rsid w:val="007625F0"/>
     <w:rsid w:val="00762EE0"/>
-    <w:rsid w:val="00765394"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00793769"/>
+    <w:rsid w:val="007A0B68"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
-    <w:rsid w:val="007C3379"/>
+    <w:rsid w:val="007B4ED2"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
-    <w:rsid w:val="007F06F7"/>
+    <w:rsid w:val="007E4E5C"/>
+    <w:rsid w:val="007E572F"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
-    <w:rsid w:val="008250CC"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
-    <w:rsid w:val="00833C29"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
-    <w:rsid w:val="00841183"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
-    <w:rsid w:val="008624D6"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="008858E1"/>
+    <w:rsid w:val="00886B02"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="00897B83"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
-    <w:rsid w:val="008A4BB5"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C68A3"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D30FD"/>
+    <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008E31A0"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
-    <w:rsid w:val="008E547F"/>
-    <w:rsid w:val="008E63BF"/>
     <w:rsid w:val="008E682C"/>
-    <w:rsid w:val="008E764A"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
-    <w:rsid w:val="00904269"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
-    <w:rsid w:val="009205E5"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00984358"/>
     <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
-    <w:rsid w:val="009B551C"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
-    <w:rsid w:val="009C2325"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C3F9F"/>
     <w:rsid w:val="009C6C0C"/>
-    <w:rsid w:val="009D2AE5"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
-    <w:rsid w:val="00A5066F"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
-    <w:rsid w:val="00A76771"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
+    <w:rsid w:val="00AA34A4"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
-    <w:rsid w:val="00AE7082"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B208C8"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B736C6"/>
     <w:rsid w:val="00B75EDE"/>
+    <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
-    <w:rsid w:val="00B81C21"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
-    <w:rsid w:val="00BA4F3A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BA65E7"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
-    <w:rsid w:val="00C15A18"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C379FD"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
-    <w:rsid w:val="00C64000"/>
-    <w:rsid w:val="00C67E15"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
-    <w:rsid w:val="00C73B8E"/>
     <w:rsid w:val="00C7430C"/>
-    <w:rsid w:val="00C81FD2"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
-    <w:rsid w:val="00CA5562"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
-    <w:rsid w:val="00CD2A1F"/>
     <w:rsid w:val="00CD6647"/>
-    <w:rsid w:val="00CD7ECC"/>
     <w:rsid w:val="00CE4B73"/>
-    <w:rsid w:val="00CF2DA8"/>
     <w:rsid w:val="00CF70BB"/>
-    <w:rsid w:val="00CF78B5"/>
-    <w:rsid w:val="00CF7AB7"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
-    <w:rsid w:val="00D11118"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
-    <w:rsid w:val="00D20B88"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D747DB"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
-    <w:rsid w:val="00DA0DAB"/>
     <w:rsid w:val="00DA299D"/>
-    <w:rsid w:val="00DA63CA"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DC258A"/>
-    <w:rsid w:val="00DC6B9E"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE6117"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E07BB9"/>
     <w:rsid w:val="00E11853"/>
-    <w:rsid w:val="00E13854"/>
-    <w:rsid w:val="00E413C5"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E63FA1"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
-    <w:rsid w:val="00E851FB"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
-    <w:rsid w:val="00E9515D"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
-    <w:rsid w:val="00EB5486"/>
     <w:rsid w:val="00EB6714"/>
-    <w:rsid w:val="00EC07FD"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
-    <w:rsid w:val="00EC4782"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
-    <w:rsid w:val="00EE0D70"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
-    <w:rsid w:val="00EE395A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F15582"/>
+    <w:rsid w:val="00EF2669"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F33D09"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
-    <w:rsid w:val="00F41EEB"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
-    <w:rsid w:val="00F5565D"/>
-    <w:rsid w:val="00F72BF6"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
-    <w:rsid w:val="00F93706"/>
-    <w:rsid w:val="00FA252E"/>
+    <w:rsid w:val="00F91193"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
-    <w:rsid w:val="00FB6310"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FB6B1A"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
-    <w:rsid w:val="00FE55F3"/>
-    <w:rsid w:val="00FE7FC8"/>
     <w:rsid w:val="00FF7C02"/>
-    <w:rsid w:val="01EF41DA"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="02636C3B"/>
-[...46 lines deleted...]
-    <w:rsid w:val="63C2DA9C"/>
+    <w:rsid w:val="2AA518FE"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="6AAE80BA"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="6C4A511B"/>
-[...4 lines deleted...]
-    <w:rsid w:val="76A75B6A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21123,174 +14584,202 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="868"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1600" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rubrik9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Rubrik9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
@@ -21453,152 +14942,151 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00CA5562"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
-    <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
-    <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
@@ -21628,381 +15116,428 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:spacing w:after="0"/>
+      <w:spacing w:before="120" w:after="0"/>
+      <w:ind w:left="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="1349"/>
+      <w:spacing w:before="120" w:after="0"/>
+      <w:ind w:left="240"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C64000"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
       <w:spacing w:after="0"/>
-      <w:ind w:left="1707"/>
+      <w:ind w:left="480"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="720"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="960"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="1200"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="1440"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="1680"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
+      <w:spacing w:after="0"/>
       <w:ind w:left="1920"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -22984,56 +16519,56 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="004B5C86"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -23136,205 +16671,325 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C15A18"/>
+    <w:rsid w:val="00404948"/>
     <w:pPr>
-      <w:spacing w:before="40" w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
-      <w:sz w:val="20"/>
+      <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
+    <w:name w:val="Rubrik 9 Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Rubrik9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B97D4E"/>
+    <w:rPr>
+      <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00672EC3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+    <w:name w:val="Omslagsunderrubrik"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E63FA1"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="992"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+    <w:name w:val="Omslagsunderrubrik Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Omslagsunderrubrik"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00E63FA1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="44"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
-    <w:rsid w:val="00685332"/>
+    <w:rsid w:val="00E63FA1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaniv2">
     <w:name w:val="Punktlista nivå 2"/>
     <w:qFormat/>
-    <w:rsid w:val="00685332"/>
+    <w:rsid w:val="00E63FA1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1706" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
-    <w:rsid w:val="00EC4782"/>
+    <w:rsid w:val="00E63FA1"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="40" w:after="40"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Rubriktabell">
     <w:name w:val="Rubrik tabell"/>
-    <w:rsid w:val="00EC4782"/>
+    <w:rsid w:val="00E63FA1"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="50" w:after="50"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
-    <w:rsid w:val="00504753"/>
+    <w:rsid w:val="00E63FA1"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:spacing w:before="120" w:after="0"/>
+      <w:spacing w:before="120" w:after="0" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:sz w:val="23"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
-    <w:rsid w:val="00504753"/>
+    <w:rsid w:val="00E63FA1"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:sz w:val="23"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
-[...3 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="paragraph" w:styleId="Innehllsfrteckningsrubrik">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Rubrik1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D20B88"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E572F"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23345,63 +17000,60 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-29/SURROGATE/Akut%20sm%c3%a4rta%20och%20sm%c3%a4rtrelaterad%20oro%20hos%20barn%20och%20ungdomar%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-14/surrogate/Postoperativt%20illam%c3%a5ende%20och%20kr%c3%a4kningar%20-%20Profylax%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-29/SURROGATE/Akut%20sm%c3%a4rta%20och%20sm%c3%a4rtrelaterad%20oro%20hos%20barn%20och%20ungdomar%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-14/surrogate/Postoperativt%20illam%c3%a5ende%20och%20kr%c3%a4kningar%20-%20Profylax%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-14/surrogate/Postoperativt%20illam%c3%a5ende%20och%20kr%c3%a4kningar%20-%20Profylax%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-240/surrogate/%e2%80%9dRegnb%c3%a5gslistan%e2%80%9d%20Perioperativ%20guide%2c%20AnOpIVA.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-29/SURROGATE/Akut%20sm%c3%a4rta%20och%20sm%c3%a4rtrelaterad%20oro%20hos%20barn%20och%20ungdomar%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-14/surrogate/Postoperativt%20illam%c3%a5ende%20och%20kr%c3%a4kningar%20-%20Profylax%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-29/SURROGATE/Akut%20sm%c3%a4rta%20och%20sm%c3%a4rtrelaterad%20oro%20hos%20barn%20och%20ungdomar%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -23685,55 +17337,70 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>2612</Words>
-  <Characters>18168</Characters>
+  <Words>2201</Words>
+  <Characters>12756</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>151</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>601</Lines>
+  <Paragraphs>426</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20739</CharactersWithSpaces>
+  <CharactersWithSpaces>14579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Premedicinering inför anestesi</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>2</revision>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>