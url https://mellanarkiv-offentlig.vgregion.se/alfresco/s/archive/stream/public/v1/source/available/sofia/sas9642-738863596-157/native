--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -7,192 +7,192 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="3DB23A92" w14:textId="77777777" w:rsidR="00E47600" w:rsidRDefault="00E47600" w:rsidP="00F35B05">
+    <w:p w:rsidR="00E47600" w:rsidP="00F35B05" w:rsidRDefault="00E47600" w14:paraId="3DB23A92" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:sectPr w:rsidR="00E47600" w:rsidSect="003074B9">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="even" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:type w:val="continuous"/>
-          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
           <w:pgMar w:top="2268" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="797DD0FF" w14:textId="4E0249D5" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+    </w:p>
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="797DD0FF" w14:textId="4E0249D5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk40773690"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc314219769"/>
+      <w:bookmarkStart w:name="_Hlk40773690" w:id="1"/>
+      <w:bookmarkStart w:name="_Hlk72483506" w:id="2"/>
+      <w:bookmarkStart w:name="_Toc314219769" w:id="3"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Rehabiliteringsmedicinsk enhet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve"> inkl reumatologi, prioriterings- och remissrutiner, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC7BE4B" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="6AC7BE4B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc419895113"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Toc187661420"/>
+      <w:bookmarkStart w:name="_Toc419895113" w:id="4"/>
+      <w:bookmarkStart w:name="_Toc87876926" w:id="5"/>
+      <w:bookmarkStart w:name="_Toc256000000" w:id="6"/>
+      <w:bookmarkStart w:name="_Toc187661420" w:id="7"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="0BDC4699" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="0BDC4699" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t>Riktlinjen tydliggör enhetens prioriteringsrutiner för slutenvård och dagrehabilitering, inklusive utnyttjande av vårdplatser på rehabilite</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:softHyphen/>
         <w:t>ringsmedicinsk slutenvårdsavdelning med platser för reumatologi och rehabiliteringsmedicin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8D1F18" w14:textId="23BA99B8" w:rsidR="00E47600" w:rsidRDefault="00C43899" w:rsidP="00C43899">
+    <w:p w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00C43899" w14:paraId="1C8D1F18" w14:textId="23BA99B8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc187661421"/>
+      <w:bookmarkStart w:name="_Toc187661421" w:id="8"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="312538A4" w14:textId="2E44210C" w:rsidR="2EC820C4" w:rsidRPr="00322FE8" w:rsidRDefault="003433CD" w:rsidP="00322FE8">
+    <w:p w:rsidRPr="00322FE8" w:rsidR="2EC820C4" w:rsidP="00322FE8" w:rsidRDefault="003433CD" w14:paraId="312538A4" w14:textId="2E44210C">
       <w:r>
         <w:t>Uppdatering av intagnings- och exklusionskriterier</w:t>
       </w:r>
       <w:r w:rsidR="00293449">
         <w:t>, giltighetstiden förlängd</w:t>
       </w:r>
-      <w:r w:rsidR="2EC820C4" w:rsidRPr="00322FE8">
+      <w:r w:rsidRPr="00322FE8" w:rsidR="2EC820C4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEEA871" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00DB40DB" w:rsidRDefault="00E47600" w:rsidP="003074B9">
+    <w:p w:rsidRPr="00DB40DB" w:rsidR="00E47600" w:rsidP="003074B9" w:rsidRDefault="00E47600" w14:paraId="6CEEA871" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="360" w:after="20" w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB40DB">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cstheme="majorHAnsi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09242766" w14:textId="349AF2A2" w:rsidR="00DB40DB" w:rsidRDefault="00D84AFC">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00D84AFC" w14:paraId="09242766" w14:textId="349AF2A2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc187661420" w:history="1">
-        <w:r w:rsidR="00DB40DB" w:rsidRPr="00B264D0">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661420">
+        <w:r w:rsidRPr="00B264D0" w:rsidR="00DB40DB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r w:rsidR="00DB40DB">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00DB40DB">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00DB40DB">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -206,63 +206,63 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00DB40DB">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00DB40DB">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidR="00DB40DB">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B082342" w14:textId="008CC427" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="4B082342" w14:textId="008CC427">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661421" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661421">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -277,63 +277,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="123D8574" w14:textId="62BED771" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="123D8574" w14:textId="62BED771">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661422" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661422">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bakgrund</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -348,63 +348,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D356AE3" w14:textId="37B9261A" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="5D356AE3" w14:textId="37B9261A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661423" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661423">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -419,63 +419,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="655265B2" w14:textId="769F6728" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="655265B2" w14:textId="769F6728">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661424" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661424">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kriterier och remisshantering för slutenvård</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -490,63 +490,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="251458B3" w14:textId="654F2306" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="251458B3" w14:textId="654F2306">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661425" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661425">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Inskrivningskriterier</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -561,63 +561,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="189B883F" w14:textId="7CD1048D" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="189B883F" w14:textId="7CD1048D">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661426" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661426">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Exklusionskriterier</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -632,63 +632,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21C69BBA" w14:textId="5768163B" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="21C69BBA" w14:textId="5768163B">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661427" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661427">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kritering och remisshantering för dagrehabilitering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -703,63 +703,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B50E2F2" w14:textId="49CEB021" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="5B50E2F2" w14:textId="49CEB021">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661428" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661428">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Intagningskriterier</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -774,63 +774,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="491F367B" w14:textId="214A69C4" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="491F367B" w14:textId="214A69C4">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661429" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661429">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Exklusionskriterier</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -845,63 +845,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D79DAFC" w14:textId="23E92C86" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="4D79DAFC" w14:textId="23E92C86">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661430" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661430">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -916,63 +916,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56D2C844" w14:textId="230FFD69" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="56D2C844" w14:textId="230FFD69">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661431" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661431">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Mottagning/dagrehabilitering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -987,63 +987,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F59C6EC" w14:textId="7CF6C136" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="6F59C6EC" w14:textId="7CF6C136">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661432" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661432">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Remissens innehåll</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1058,63 +1058,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62312CFD" w14:textId="7DA22135" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="62312CFD" w14:textId="7DA22135">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661433" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661433">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vid frågeställnin</w:t>
         </w:r>
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>g rehabilitering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
@@ -1138,63 +1138,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1397DD6C" w14:textId="500841D2" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="1397DD6C" w14:textId="500841D2">
       <w:pPr>
         <w:pStyle w:val="TOC3"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661434" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661434">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Vid frågeställning reumatologi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1209,63 +1209,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44164735" w14:textId="0E61F927" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="44164735" w14:textId="0E61F927">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661435" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661435">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1280,63 +1280,63 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25B6A754" w14:textId="6425B57E" w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB">
+    <w:p w:rsidR="00DB40DB" w:rsidRDefault="00DB40DB" w14:paraId="25B6A754" w14:textId="6425B57E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc187661436" w:history="1">
+      <w:hyperlink w:history="1" w:anchor="_Toc187661436">
         <w:r w:rsidRPr="00B264D0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1351,1177 +1351,1191 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14AE62DA" w14:textId="6B3E0AA5" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00D84AFC" w:rsidP="00F2576E">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00F2576E" w:rsidRDefault="00D84AFC" w14:paraId="14AE62DA" w14:textId="6B3E0AA5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Toc87876927"/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E47600" w:rsidRPr="00E47600">
+      <w:bookmarkStart w:name="_Toc87876927" w:id="9"/>
+      <w:bookmarkStart w:name="_Toc256000001" w:id="10"/>
+      <w:bookmarkStart w:name="_Toc187661422" w:id="11"/>
+      <w:r w:rsidRPr="00E47600" w:rsidR="00E47600">
         <w:t>Bakgrund</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="01130364" w14:textId="1238035E" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="01130364" w14:textId="1238035E">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C43899">
         <w:t>Slutenvårdrehabilitering bedrivs i två team: Team för specialiserad hjärn</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43899">
         <w:softHyphen/>
         <w:t>skaderehabilitering (HS) samt team för neurologisk och ortopedisk specialiserad rehabilitering (NOS).</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> På avdelningen vårdas även patienter med behov av reumatologisk specialistvård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5175BDA9" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="5175BDA9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Specialiserad rehabilitering bedrivs även som dagvård för de patienter som inte kräver slutenvård.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF9EE4A" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="2CF9EE4A" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc419895114"/>
+      <w:bookmarkStart w:name="_Toc419895114" w:id="12"/>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Till vårdplatser och dagvård är det även knutet resurser i form av fysioterapeut, arbetsterapeut, logoped, kurator samt psykolog.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B374F6C" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="0B374F6C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc87876928"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="_Toc187661423"/>
+      <w:bookmarkStart w:name="_Toc87876928" w:id="13"/>
+      <w:bookmarkStart w:name="_Toc256000002" w:id="14"/>
+      <w:bookmarkStart w:name="_Toc187661423" w:id="15"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w14:paraId="63EEA119" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="63EEA119" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t>På rehabiliteringsmedicinsk slutenvårdsavdelning tas patienter in planerat utifrån medicinsk prioritet. Då avdelningens vårdplatser ska användas för de patienter på SÄS, som i högst grad behöver specialiserad rehabilitering, ingår inte avdelningen i SÄS akuta patientflöde.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A72521" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="54A72521" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t>Rehabiliteringsmedicinsk slutenvårdsavdelning på SÄS är bemannad med vårdpersonal dygnet runt. Läkare tjänstgör vardagar kl 7:30-16:15.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B485628" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="2B485628" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t>Dagrehabilitering och mottagning bedrivs vardagar kl 8:00-16:00.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="111DF6FA" w14:textId="002CCBFF" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="111DF6FA" w14:textId="002CCBFF">
       <w:r w:rsidRPr="00E47600">
         <w:t>Inläggning av patient på rehabiliteringsmedicinsk vårdavdelning kan endast ske efter att bedömning gjorts av läkare vid sektionen för rehabiliteringsmedicin eller reumatologi. Avdelningen har ingen inläggning direkt från akutmottagningen. Akuta medicinska tillstånd ska primärt hanteras inom övrig somatisk slutenvård med konsultativt stöd vid behov av reumatolog eller rehabiliteringsmedicinsk läkare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4598A25F" w14:textId="599E5A1B" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="4598A25F" w14:textId="599E5A1B">
       <w:r w:rsidRPr="00E47600">
         <w:t>Rehabiliteringsmedicinska sektionen har inga utlokaliserade patienter, då förutsättningen för specialiserad rehabilitering, är att teamresurs finns kopplad till platsen. Däremot kan konsultativt stöd i rehabiliteringsfrågor ges till de patienter som är bedömda att tas över, fram tills dess att övertag till rehabiliteringsmedicinsk avdelning är möjlig. Reumatologisk patient kan vara utlokaliserad endast efter beslut av reumatolog.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B99F048" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="0B99F048" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc87876929"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc187661424"/>
+      <w:bookmarkStart w:name="_Toc87876929" w:id="16"/>
+      <w:bookmarkStart w:name="_Toc256000003" w:id="17"/>
+      <w:bookmarkStart w:name="_Toc187661424" w:id="18"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Kriterier och remisshantering för slutenvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="2BA39E7F" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00C43899">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00C43899" w:rsidRDefault="00E47600" w14:paraId="2BA39E7F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc87876930"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="21" w:name="_Toc187661425"/>
+      <w:bookmarkStart w:name="_Toc87876930" w:id="19"/>
+      <w:bookmarkStart w:name="_Toc256000004" w:id="20"/>
+      <w:bookmarkStart w:name="_Toc187661425" w:id="21"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Inskrivningskriterier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="3F044BA6" w14:textId="344755CB" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="3F044BA6" w14:textId="344755CB">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Tillhör</w:t>
       </w:r>
       <w:r w:rsidR="00D0039E">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve"> målgruppen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22D6ED28" w14:textId="73370CED" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="008C103F" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="008C103F" w14:paraId="22D6ED28" w14:textId="73370CED">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="008C103F">
         <w:t>Behov av slutenvårdsrehabilitering på specialistnivå med ett specialiserat interdisciplinärt rehabiliteringsmedicinskt team, för att kunna optimera sin funktions-, aktivitets- och delaktighetsnivå, där rehabiliteringsinsatser på annan nivå i vårdkedjan bedöms vara otillräcklig</w:t>
       </w:r>
-      <w:r w:rsidR="00E47600" w:rsidRPr="00E47600">
+      <w:r w:rsidRPr="00E47600" w:rsidR="00E47600">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16274D6C" w14:textId="1A39E5DB" w:rsidR="00E47600" w:rsidRPr="000B3759" w:rsidRDefault="2949FBE9" w:rsidP="00304F52">
+    <w:p w:rsidRPr="000B3759" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="2949FBE9" w14:paraId="16274D6C" w14:textId="1A39E5DB">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="000B3759">
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00E47600" w:rsidRPr="000B3759">
+      <w:r w:rsidRPr="000B3759" w:rsidR="00E47600">
         <w:t>ehov av mer omfattande rehabiliteringsbedömning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="448F7D30" w14:textId="07C3EB43" w:rsidR="00585D92" w:rsidRDefault="00585D92" w:rsidP="5FD064FE">
+    <w:p w:rsidR="00585D92" w:rsidP="5FD064FE" w:rsidRDefault="00585D92" w14:paraId="448F7D30" w14:textId="07C3EB43">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Kunna tillgodogöra sig rehabilitering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3C2120" w14:textId="55B0DE56" w:rsidR="5FDEE1AF" w:rsidRPr="000B3759" w:rsidRDefault="00A60C09" w:rsidP="5FD064FE">
+    <w:p w:rsidRPr="000B3759" w:rsidR="5FDEE1AF" w:rsidP="5FD064FE" w:rsidRDefault="00A60C09" w14:paraId="0F3C2120" w14:textId="55B0DE56">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00A60C09">
         <w:t>Vid ryggmärgsskada: Sekundärrehabilitering av ryggmärgsskador oavsett ålder, orsak, skadenivå eller allvarlighetsgrad. Primärrehabilitering sker på NHV-enhet (i första hand Sahlgrenska universitets</w:t>
       </w:r>
       <w:r w:rsidR="00B9315D">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A60C09">
         <w:t>jukhus</w:t>
       </w:r>
       <w:r w:rsidR="00B9315D">
         <w:t>et)</w:t>
       </w:r>
-      <w:r w:rsidR="5FDEE1AF" w:rsidRPr="000B3759">
+      <w:r w:rsidRPr="000B3759" w:rsidR="5FDEE1AF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AACFDDE" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="1AACFDDE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="000B3759">
         <w:t>Hög ryggmärgsskada/allvarlig hjärnskada med andningsstöd/trakealkanyl utgör inget hinder för intag oavsett</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> skadenivå/allvarlighetsgrad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7993F74D" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="7993F74D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc87876931"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="24" w:name="_Toc187661426"/>
+      <w:bookmarkStart w:name="_Toc87876931" w:id="22"/>
+      <w:bookmarkStart w:name="_Toc256000005" w:id="23"/>
+      <w:bookmarkStart w:name="_Toc187661426" w:id="24"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Exklusionskriterier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="3C833404" w14:textId="21ABD555" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="3C833404" w14:textId="21ABD555">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Tillhör inte målgruppen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="106F5ECA" w14:textId="179CC734" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="106F5ECA" w14:textId="179CC734">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Alltför medicinsk</w:t>
       </w:r>
       <w:r w:rsidR="00554458">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve"> instabil för vård på rehabiliteringsmedicinsk avdelning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B941CFD" w14:textId="458374BE" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="1B941CFD" w14:textId="458374BE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Pågående medicinsk behandling/utredning och/eller ett hälsotillstånd/sjukdom som negativt påverkar förutsättningar för rehabiliteringsinsats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652CDC57" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="652CDC57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Pågående substansmissbruk eller abstinenstillstånd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="050DE0D5" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="050DE0D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Säkerhetsrisk för sig själv, medpatienter eller personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0076FC16" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="0078700F">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="0078700F" w:rsidRDefault="00E47600" w14:paraId="0076FC16" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:right="282"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc87876932"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="27" w:name="_Toc187661427"/>
+      <w:bookmarkStart w:name="_Toc87876932" w:id="25"/>
+      <w:bookmarkStart w:name="_Toc256000006" w:id="26"/>
+      <w:bookmarkStart w:name="_Toc187661427" w:id="27"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Kritering och remisshantering för dagrehabilitering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="6FB18E03" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="6FB18E03" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc87876933"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc187661428"/>
+      <w:bookmarkStart w:name="_Toc87876933" w:id="28"/>
+      <w:bookmarkStart w:name="_Toc256000007" w:id="29"/>
+      <w:bookmarkStart w:name="_Toc187661428" w:id="30"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Intagningskriterier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="09A207E0" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="09A207E0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve">Tillhöra målgruppen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C02198C" w14:textId="42D5CC07" w:rsidR="00A60D72" w:rsidRDefault="00E24112" w:rsidP="00304F52">
+    <w:p w:rsidR="00A60D72" w:rsidP="00304F52" w:rsidRDefault="00E24112" w14:paraId="7C02198C" w14:textId="42D5CC07">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E24112">
         <w:t xml:space="preserve">Behov </w:t>
       </w:r>
       <w:r w:rsidR="00BF1B3C">
         <w:t xml:space="preserve">av </w:t>
       </w:r>
       <w:r w:rsidRPr="00E24112">
         <w:t>dagrehabilitering på specialistnivå med ett specialiserat interdisciplinärt rehabiliteringsmedicinskt team, för att kunna optimera sin funktions-, aktivitets- och delaktighetsnivå, där rehabiliteringsinsatser på annan nivå i vårdkedjan bedöms vara otillräcklig</w:t>
       </w:r>
       <w:r w:rsidR="00EC05E6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6007EC" w14:textId="69AABFCA" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidRDefault="00E47600" w14:paraId="3F6007EC" w14:textId="69AABFCA">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Kunna tillgodogöra sig rehabilitering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621CC15F" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="621CC15F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve">Kunna självständigt (eller med medföljande assistans) klara de flesta moment i daglig aktivitet såsom </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve"> toalettbesök och förflyttningar samt hantera och ta ansvar för att följa schemat under rehabiliteringsperioden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04335526" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="04335526" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Behov av kartläggning av funktions- och aktivitetsbegränsningar som kräver särskild rehabiliteringsmedicinsk kompetens.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40563B0B" w14:textId="506ADCE2" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="40563B0B" w14:textId="506ADCE2">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve">Vid ryggmärgsskada: </w:t>
       </w:r>
       <w:r w:rsidR="000C7D9D">
         <w:t>Rehabilitering av r</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:t>yggmärgsskador oavsett ålder, orsak, skadenivå eller allvarlighetsgrad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4723DD3A" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="4723DD3A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc87876934"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="33" w:name="_Toc187661429"/>
+      <w:bookmarkStart w:name="_Toc87876934" w:id="31"/>
+      <w:bookmarkStart w:name="_Toc256000008" w:id="32"/>
+      <w:bookmarkStart w:name="_Toc187661429" w:id="33"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Exklusionskriterier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w14:paraId="45EAD7CE" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="45EAD7CE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Tillhör inte målgruppen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D65DC97" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="5D65DC97" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Pågående medicinsk behandling/utredning och/eller ett hälsotillstånd/sjukdom som negativt påverkar förutsättningar för rehabiliteringsinsats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27CC7622" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="27CC7622" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Pågående substansmissbruk eller abstinenstillstånd.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69DCB1B1" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00304F52">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00304F52" w:rsidRDefault="00E47600" w14:paraId="69DCB1B1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Säkerhetsrisk för sig själv, medpatienter eller personal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5299CE1C" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="004C3C46">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="004C3C46" w:rsidRDefault="00E47600" w14:paraId="5299CE1C" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t>Se även</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="34" w:name="_Hlk72504340"/>
-    <w:p w14:paraId="7184D6D8" w14:textId="3778AF43" w:rsidR="00E47600" w:rsidRPr="00115575" w:rsidRDefault="00FC666C" w:rsidP="5FD064FE">
+    <w:bookmarkStart w:name="_Hlk72504340" w:id="34"/>
+    <w:p w:rsidRPr="00115575" w:rsidR="00E47600" w:rsidP="5FD064FE" w:rsidRDefault="00FC666C" w14:paraId="7184D6D8" w14:textId="3778AF43">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00115575">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007C78F1">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas416-771958903-42/surrogate/Rehabiliteringsmedicinskt%20slutenv%c3%a5rdprogram.pdf"</w:instrText>
       </w:r>
-      <w:r w:rsidR="007C78F1" w:rsidRPr="00115575">
+      <w:r w:rsidRPr="00115575" w:rsidR="007C78F1">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00115575">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E47600" w:rsidRPr="00115575">
+      <w:r w:rsidRPr="00115575" w:rsidR="00E47600">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Rehabiliteringsprog</w:t>
       </w:r>
       <w:r w:rsidR="000D5CAA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00E47600" w:rsidRPr="00115575">
+      <w:r w:rsidRPr="00115575" w:rsidR="00E47600">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>am Slutenvård</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10331209" w14:textId="08E26A61" w:rsidR="00E47600" w:rsidRPr="00115575" w:rsidRDefault="00FC666C" w:rsidP="5FD064FE">
+    <w:p w:rsidRPr="00115575" w:rsidR="00E47600" w:rsidP="5FD064FE" w:rsidRDefault="00FC666C" w14:paraId="10331209" w14:textId="08E26A61">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00115575">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00115575" w:rsidRPr="00115575">
+      <w:r w:rsidRPr="00115575" w:rsidR="00115575">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007C78F1">
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas416-771958903-263/surrogate/Rehabiliteringsmedicinskt%20dagrehabprogram.pdf"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00115575" w:rsidRPr="00115575">
+      <w:r w:rsidRPr="00115575" w:rsidR="00115575">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E47600" w:rsidRPr="00115575">
+      <w:r w:rsidRPr="00115575" w:rsidR="00E47600">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Rehabiliteringsprogram Dagreha</w:t>
       </w:r>
       <w:r w:rsidR="004433BE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>bilitering</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="35" w:name="_Toc419895115"/>
-[...1 lines deleted...]
-    <w:bookmarkStart w:id="37" w:name="_Toc256000009"/>
+    <w:bookmarkStart w:name="_Toc419895115" w:id="35"/>
+    <w:bookmarkStart w:name="_Toc87876935" w:id="36"/>
+    <w:bookmarkStart w:name="_Toc256000009" w:id="37"/>
     <w:bookmarkEnd w:id="34"/>
-    <w:p w14:paraId="6149180E" w14:textId="1F8FAA6C" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00115575" w:rsidP="004C3C46">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="004C3C46" w:rsidRDefault="00115575" w14:paraId="6149180E" w14:textId="1F8FAA6C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00115575">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="_Toc187661430"/>
-      <w:r w:rsidR="00E47600" w:rsidRPr="00115575">
+      <w:bookmarkStart w:name="_Toc187661430" w:id="38"/>
+      <w:r w:rsidRPr="00115575" w:rsidR="00E47600">
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
     </w:p>
-    <w:p w14:paraId="4C2CC4ED" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="004C3C46">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="004C3C46" w:rsidRDefault="00E47600" w14:paraId="4C2CC4ED" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t>Övertag till rehabiliteringsmedicinsk vårdavdelning kräver alltid remiss.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8B8AE4" w14:textId="76D22500" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="004C3C46">
-      <w:r w:rsidRPr="00E47600">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="004C3C46" w:rsidRDefault="00E47600" w14:paraId="6C8B8AE4" w14:textId="2E0A9479">
+      <w:r w:rsidR="00E47600">
+        <w:rPr/>
         <w:t xml:space="preserve">Akuta remisser för övertag/konsultbedömningar skickas via fax till </w:t>
       </w:r>
       <w:r w:rsidR="00C8451F">
+        <w:rPr/>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E47600">
+      <w:r w:rsidR="00E47600">
+        <w:rPr/>
         <w:t xml:space="preserve">ehabiliteringsmedicin </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E47600">
+      <w:r w:rsidRPr="2885D542" w:rsidR="00E47600">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t>033-616 16 43</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E47600">
+        <w:t>033-616 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2885D542" w:rsidR="3EF22C21">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>13 77</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47600">
+        <w:rPr/>
         <w:t xml:space="preserve"> och till </w:t>
       </w:r>
       <w:r w:rsidR="00C8451F">
+        <w:rPr/>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E47600">
+      <w:r w:rsidR="00E47600">
+        <w:rPr/>
         <w:t xml:space="preserve">eumatologi </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E47600">
+      <w:r w:rsidRPr="2885D542" w:rsidR="00E47600">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:t>033-616 28 30</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E47600">
+      <w:r w:rsidR="00E47600">
+        <w:rPr/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405C4204" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="004C3C46">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="004C3C46" w:rsidRDefault="00E47600" w14:paraId="405C4204" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve">Rehab-medicinsk konsultläkare finns nåbar vardagar mellan kl 8:00-12:00 samt 13:00-16:00 på tfn </w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>033-616 13 80</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5D7097" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="004C3C46">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="004C3C46" w:rsidRDefault="00E47600" w14:paraId="2E5D7097" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t xml:space="preserve">Reumatologisk konsultläkare finns nåbar vardagar dagtid via sökare: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>7200</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B5223A" w14:textId="0D0ADC5B" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="51B5223A" w14:textId="0D0ADC5B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc87876936"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="41" w:name="_Toc187661431"/>
+      <w:bookmarkStart w:name="_Toc87876936" w:id="39"/>
+      <w:bookmarkStart w:name="_Toc256000010" w:id="40"/>
+      <w:bookmarkStart w:name="_Toc187661431" w:id="41"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Mottagning/dagrehab</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidR="00C55169">
         <w:t>ilitering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
-    <w:p w14:paraId="2CEEEEF4" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="2CEEEEF4" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t>Remiss till rehabiliteringsmedicinsk mottagning/dagrehab skickas till:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6551BEFC" w14:textId="0006B612" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="6551BEFC" w14:textId="0006B612">
       <w:r w:rsidRPr="00E47600">
         <w:t>Rehabiliteringsmedicinsk mottagning SÄS Borås</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C18BA2B" w14:textId="6C949FA6" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="0C18BA2B" w14:textId="6C949FA6">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Patienter kan även söka dagrehabilitering genom egenremiss. Detta kan göras genom </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="002B048A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1177.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> eller via </w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="002B048A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.sas.vgregion.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D62313">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BAAB753" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="2BAAB753" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc87876937"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="44" w:name="_Toc187661432"/>
+      <w:bookmarkStart w:name="_Toc87876937" w:id="42"/>
+      <w:bookmarkStart w:name="_Toc256000011" w:id="43"/>
+      <w:bookmarkStart w:name="_Toc187661432" w:id="44"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Remissens innehåll</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
-    <w:p w14:paraId="4F47AB5E" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="4F47AB5E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc87876938"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="_Toc187661433"/>
+      <w:bookmarkStart w:name="_Toc87876938" w:id="45"/>
+      <w:bookmarkStart w:name="_Toc256000012" w:id="46"/>
+      <w:bookmarkStart w:name="_Toc187661433" w:id="47"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Vid frågeställnin</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>g rehabilitering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="0B86022E" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="0B86022E" w14:textId="77777777">
       <w:r w:rsidRPr="00E47600">
         <w:t>Remissen ska innehålla följande uppgifter:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0E47B3" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="2F0E47B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Diagnos och kort sjukdoms-/skadehistoria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E15F37" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="51E15F37" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Aktuella symtom/kvarstående funktionsnedsättning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E0E9BDE" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="4E0E9BDE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Vårdbehov, medicinskt och omvårdnadsmässigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="217E7A27" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="217E7A27" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Eventuella behandlingar och syfte/mål med dessa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C20F03B" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="0C20F03B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Information om närstående och hemsituation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66ACB48A" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="66ACB48A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Om patienten har barn under 18 år.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A96F950" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="0A96F950" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Vad arbetsterapeutiska bedömningar visat, särskilt vid misstanke om kognitiv nedsättning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CE72A1C" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="5CE72A1C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Patientens motivation till rehabilitering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4748EB" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00EF6979">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00EF6979" w:rsidRDefault="00E47600" w14:paraId="2B4748EB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Tidigare rehabilitering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C5238E" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00FD600C">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00FD600C" w:rsidRDefault="00E47600" w14:paraId="68C5238E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc87876939"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="_Toc187661434"/>
+      <w:bookmarkStart w:name="_Toc87876939" w:id="48"/>
+      <w:bookmarkStart w:name="_Toc256000013" w:id="49"/>
+      <w:bookmarkStart w:name="_Toc187661434" w:id="50"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Vid frågeställning reumatologi</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="6DF1E3A9" w14:textId="65764138" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="6DF1E3A9" w14:textId="65764138">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">För remittering till reumatologmottagningen hänvisas till separat riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="000112A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Remiss till reumatologen, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73B7CBDE" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="73B7CBDE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="51" w:name="_Toc182366122"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="55" w:name="_Toc187661435"/>
+      <w:bookmarkStart w:name="_Toc182366122" w:id="51"/>
+      <w:bookmarkStart w:name="_Toc419895117" w:id="52"/>
+      <w:bookmarkStart w:name="_Toc87876940" w:id="53"/>
+      <w:bookmarkStart w:name="_Toc256000014" w:id="54"/>
+      <w:bookmarkStart w:name="_Toc187661435" w:id="55"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
-    <w:p w14:paraId="6D14FF0E" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="000112A2" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="000112A2" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="6D14FF0E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000112A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59899C38" w14:textId="769B6821" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="0FB8CB93" w:rsidP="000112A2">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="0FB8CB93" w14:paraId="59899C38" w14:textId="769B6821">
       <w:r>
         <w:t>Eva Vallbona Afonso</w:t>
       </w:r>
       <w:r w:rsidR="00E47600">
         <w:t>, överläkare/MLA rehabiliteringsmedicinska</w:t>
       </w:r>
       <w:r w:rsidR="000112A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E47600">
         <w:t xml:space="preserve">sektionen, </w:t>
       </w:r>
       <w:r w:rsidR="0086633D">
         <w:t xml:space="preserve">VO </w:t>
       </w:r>
-      <w:r w:rsidR="0086633D" w:rsidRPr="0086633D">
+      <w:r w:rsidRPr="0086633D" w:rsidR="0086633D">
         <w:t>Neurologi, rehabilitering och nära vård</w:t>
       </w:r>
       <w:r w:rsidR="00E47600">
         <w:t>, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="627BDBA4" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="000112A2" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="000112A2" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="627BDBA4" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000112A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser (utgåva 1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44A60C27" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="44A60C27" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verksamhetschefer, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312D0B63" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="000112A2" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="000112A2" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="312D0B63" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000112A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Fastställt av</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281A98ED" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="281A98ED" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Jerker Nilson, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F698C46" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="000112A2" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="000112A2" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="1F698C46" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000112A2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F371A8B" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="2F371A8B" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vårdplatser, slutenvårdsplatser, vårdavdelning, rehabilitering, vårdplats</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>utnyttjande, patientplaceringar, patientförflyttningar, patientinläggningar, inläggningsorsaker</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBC3F22" w14:textId="77777777" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="000112A2">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="000112A2" w:rsidRDefault="00E47600" w14:paraId="1BBC3F22" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc87876941"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="58" w:name="_Toc187661436"/>
+      <w:bookmarkStart w:name="_Toc87876941" w:id="56"/>
+      <w:bookmarkStart w:name="_Toc256000015" w:id="57"/>
+      <w:bookmarkStart w:name="_Toc187661436" w:id="58"/>
       <w:r w:rsidRPr="00E47600">
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
     </w:p>
-    <w:p w14:paraId="1FCEC11D" w14:textId="6C9B2851" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00A5750E">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00A5750E" w:rsidRDefault="00E47600" w14:paraId="1FCEC11D" w14:textId="6C9B2851">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Rehabiliteringsprogam Slutenvård. Rehabiliteringsmedicin, neuro- och rehabiliteringskliniken, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="00A5750E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://sas.vgregion.se/avdelningar-och-mottagningar2/rehabiliteringsmedicinsk-avdelning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59D32D21" w14:textId="44BFBA20" w:rsidR="00E47600" w:rsidRPr="00E47600" w:rsidRDefault="00E47600" w:rsidP="00A5750E">
+    <w:p w:rsidRPr="00E47600" w:rsidR="00E47600" w:rsidP="00A5750E" w:rsidRDefault="00E47600" w14:paraId="59D32D21" w14:textId="44BFBA20">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Rehabiliteringsprogram Dagrehab. Rehabiliteringsmedicin, neuro- och rehabiliteringskliniken, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="007F223B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://sas.vgregion.se/avdelningar-och-mottagningar2/rehabiliteringsmedicinsk-dagrehab</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B44B738" w14:textId="5AA67E13" w:rsidR="00E47600" w:rsidRPr="004E38A1" w:rsidRDefault="00E47600" w:rsidP="00A5750E">
+    <w:p w:rsidRPr="004E38A1" w:rsidR="00E47600" w:rsidP="00A5750E" w:rsidRDefault="00E47600" w14:paraId="1B44B738" w14:textId="5AA67E13">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="004E38A1">
         <w:t>1177</w:t>
       </w:r>
-      <w:r w:rsidR="00270377" w:rsidRPr="004E38A1">
+      <w:r w:rsidRPr="004E38A1" w:rsidR="00270377">
         <w:t>.se</w:t>
       </w:r>
       <w:r w:rsidRPr="004E38A1">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="004E38A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.1177.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36359BD0" w14:textId="5C7D15E4" w:rsidR="00E47600" w:rsidRPr="004E38A1" w:rsidRDefault="00E47600" w:rsidP="00A5750E">
+    <w:p w:rsidRPr="004E38A1" w:rsidR="00E47600" w:rsidP="00A5750E" w:rsidRDefault="00E47600" w14:paraId="36359BD0" w14:textId="5C7D15E4">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E38A1">
         <w:t>Egenremiss/Egen vårdbegäran SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="004E38A1">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="008B72BC" w:rsidRPr="00580018">
+      <w:hyperlink w:history="1" r:id="rId23">
+        <w:r w:rsidRPr="00580018" w:rsidR="008B72BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://sas.vgregion.se/patient-hos-oss/sok-vard/egenremiss</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76B9F95B" w14:textId="7330BEE0" w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidRDefault="00E47600" w:rsidP="00DF4958">
+    <w:p w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidP="00DF4958" w:rsidRDefault="00E47600" w14:paraId="76B9F95B" w14:textId="7330BEE0">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E47600">
         <w:t>Remiss till reumatologen, SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00E47600">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidR="008B72BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00536A5A" w:rsidRPr="00536A5A" w:rsidSect="00E47600">
+    <w:sectPr w:rsidRPr="00536A5A" w:rsidR="00536A5A" w:rsidSect="00E47600">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="283" w:footer="743" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A64265B" w14:textId="77777777" w:rsidR="00586C2F" w:rsidRDefault="00586C2F">
+    <w:p w:rsidR="00586C2F" w:rsidRDefault="00586C2F" w14:paraId="7A64265B" w14:textId="77777777">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A9D4966" w14:textId="77777777" w:rsidR="00586C2F" w:rsidRDefault="00586C2F">
+    <w:p w:rsidR="00586C2F" w:rsidRDefault="00586C2F" w14:paraId="4A9D4966" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4EA2B92C" w14:textId="77777777" w:rsidR="00586C2F" w:rsidRDefault="00586C2F">
+    <w:p w:rsidR="00586C2F" w:rsidRDefault="00586C2F" w14:paraId="4EA2B92C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2595,162 +2609,162 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
+      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
+  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2070031421"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="47BD2091" w14:textId="4558F808" w:rsidR="00C50EE5" w:rsidRPr="00EC0A68" w:rsidRDefault="00A65FD4" w:rsidP="00EC0A68">
+      <w:p w:rsidRPr="00EC0A68" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00A65FD4" w14:paraId="47BD2091" w14:textId="4558F808">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidRPr="00EC0A68" w:rsidR="00EC0A68">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="719232F2" w:rsidR="00660269" w:rsidRDefault="000E777F" w:rsidP="000E777F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidR="00660269" w:rsidP="000E777F" w:rsidRDefault="000E777F" w14:paraId="1FE2B822" w14:textId="719232F2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:firstLine="709"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7264A424" wp14:editId="19F9EC05">
           <wp:extent cx="1897200" cy="363600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1073040666" name="Bildobjekt 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1335180048" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -2759,311 +2773,311 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1897200" cy="363600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="232ADEC2" w14:textId="77777777" w:rsidR="00586C2F" w:rsidRDefault="00586C2F"/>
+    <w:p w:rsidR="00586C2F" w:rsidRDefault="00586C2F" w14:paraId="232ADEC2" w14:textId="77777777"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="15ADCD54" w14:textId="77777777" w:rsidR="00586C2F" w:rsidRDefault="00586C2F">
+    <w:p w:rsidR="00586C2F" w:rsidRDefault="00586C2F" w14:paraId="15ADCD54" w14:textId="77777777">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7BE7E8E0" w14:textId="77777777" w:rsidR="00586C2F" w:rsidRDefault="00586C2F">
+    <w:p w:rsidR="00586C2F" w:rsidRDefault="00586C2F" w14:paraId="7BE7E8E0" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
+                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="4A49575C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1027" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00CA39EF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F5396D5" wp14:editId="7AA9356B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>17744</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>198873</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7559040" cy="216408"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="525204958" name="Bild 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
@@ -3099,2199 +3113,2199 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7559040" cy="216408"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BC48A6" w:rsidRPr="00762EE0">
+    <w:r w:rsidRPr="00762EE0" w:rsidR="00BC48A6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77A53F08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="327ACFD0"/>
     <w:lvl w:ilvl="0" w:tplc="10E2256A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D220B32E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="92BCDB10">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="87E6E2A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="90102464">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="63AE78AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="D54A26F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="5A280248">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0262E808">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="86314077">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="71591511">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1157497061">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="174811653">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="378093197">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1084642137">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1651858457">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1984580526">
@@ -5318,67 +5332,67 @@
   <w:num w:numId="15" w16cid:durableId="1696539238">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="574899889">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="652489787">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="714039320">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2048290786">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1398087711">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
+  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -5934,204 +5948,206 @@
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FA4A43"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FC666C"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD600C"/>
     <w:rsid w:val="00FD65EC"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FD71E5"/>
     <w:rsid w:val="00FE12C1"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FE5A2B"/>
     <w:rsid w:val="00FF60EF"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="05B3866B"/>
     <w:rsid w:val="06AF35E9"/>
     <w:rsid w:val="0FB8CB93"/>
     <w:rsid w:val="174B71A0"/>
     <w:rsid w:val="17C3BF05"/>
     <w:rsid w:val="185A1D4E"/>
     <w:rsid w:val="1BAB5ABB"/>
+    <w:rsid w:val="2885D542"/>
     <w:rsid w:val="2949FBE9"/>
     <w:rsid w:val="2EC820C4"/>
     <w:rsid w:val="32E859A2"/>
     <w:rsid w:val="34A57246"/>
     <w:rsid w:val="366C7B1A"/>
     <w:rsid w:val="376CFA2F"/>
+    <w:rsid w:val="3EF22C21"/>
     <w:rsid w:val="4415415C"/>
     <w:rsid w:val="5A7D9A84"/>
     <w:rsid w:val="5FD064FE"/>
     <w:rsid w:val="5FDEE1AF"/>
     <w:rsid w:val="5FF25B7A"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="67C24E86"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="6B33D21C"/>
     <w:rsid w:val="7F224E6A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke color="#4a773c" weight="1pt"/>
-      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+      <v:stroke weight="1pt" color="#4a773c"/>
+      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{92148F96-65E1-48B3-A0B5-D0FA01D0C3B9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6156,75 +6172,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -6259,57 +6275,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:uiPriority="21" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:uiPriority="31" w:semiHidden="1"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:uiPriority="32" w:semiHidden="1"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:uiPriority="33" w:semiHidden="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -6367,749 +6383,749 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000E29CA"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="003D27C8"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="180"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000E29CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000E29CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E47600"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E47600"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
+  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
+  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
+  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
+  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="003D27C8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
+  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
+  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
+  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="000E29CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="000E29CA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
+  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C55169"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
+  <w:style w:type="paragraph" w:styleId="Omslagsunderrubrik" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
+  <w:style w:type="character" w:styleId="OmslagsunderrubrikChar" w:customStyle="1">
     <w:name w:val="Omslagsunderrubrik Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000D0D8F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1349"/>
@@ -7181,608 +7197,608 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
+  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="006B248A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
+  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
+  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
+  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="18" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -7791,94 +7807,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -7887,496 +7903,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
-        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
+  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
+  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
+  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00304F52"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
       <w:ind w:left="1349" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -8443,144 +8459,144 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E47600"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E47600"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00270377"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00270377"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00270377"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00270377"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00270377"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00270377"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
@@ -8984,550 +9000,53 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...508 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Dok_med_omslag_sd_red.dotx</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>4</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Manager/>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinkBase/>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Rehabiliteringsmedicinsk enhet inkl reumatologi, prioriterings- och remissrutiner, SÄS</dc:title>
   <dc:subject/>
   <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
   <keywords/>
-  <lastModifiedBy>Eva Vallbona Afonso</lastModifiedBy>
-  <revision>89</revision>
+  <lastModifiedBy>Sofie Östanbäck</lastModifiedBy>
+  <revision>90</revision>
   <lastPrinted>2016-03-31T19:56:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>