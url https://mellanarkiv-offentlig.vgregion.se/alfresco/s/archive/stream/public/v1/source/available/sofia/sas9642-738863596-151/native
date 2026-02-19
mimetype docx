--- v0 (2025-11-26)
+++ v1 (2026-02-19)
@@ -1,35489 +1,17331 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
+  <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
+  <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
+  <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
+  <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0BDD0A6F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C8004A">
-[...4 lines deleted...]
-        <w:t>avdelningarna vid Södra Älvsborgs Sjukhus</w:t>
+      <w:r>
+        <w:t>Preoperativa förberedelser för operationsavdelningarna vid Södra Älvsborgs Sjukhus</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E5FB53" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc256001101"/>
       <w:bookmarkStart w:id="1" w:name="_Toc256001034"/>
       <w:bookmarkStart w:id="2" w:name="_Toc256000967"/>
       <w:bookmarkStart w:id="3" w:name="_Toc256000900"/>
       <w:bookmarkStart w:id="4" w:name="_Toc256000835"/>
       <w:bookmarkStart w:id="5" w:name="_Toc256000770"/>
       <w:bookmarkStart w:id="6" w:name="_Toc256000705"/>
       <w:bookmarkStart w:id="7" w:name="_Toc256000640"/>
       <w:bookmarkStart w:id="8" w:name="_Toc256000575"/>
       <w:bookmarkStart w:id="9" w:name="_Toc256000378"/>
       <w:bookmarkStart w:id="10" w:name="_Toc256000315"/>
       <w:bookmarkStart w:id="11" w:name="_Toc256000252"/>
       <w:bookmarkStart w:id="12" w:name="_Toc256000189"/>
       <w:bookmarkStart w:id="13" w:name="_Toc256000126"/>
       <w:bookmarkStart w:id="14" w:name="_Toc256000063"/>
       <w:bookmarkStart w:id="15" w:name="_Toc256000000"/>
       <w:bookmarkStart w:id="16" w:name="_Toc450563094"/>
       <w:bookmarkStart w:id="17" w:name="_Toc450567841"/>
       <w:bookmarkStart w:id="18" w:name="_Toc454441804"/>
       <w:bookmarkStart w:id="19" w:name="_Toc256000508"/>
       <w:bookmarkStart w:id="20" w:name="_Toc256000443"/>
       <w:bookmarkStart w:id="21" w:name="_Toc466283477"/>
       <w:bookmarkStart w:id="22" w:name="_Toc468281446"/>
       <w:bookmarkStart w:id="23" w:name="_Toc485740436"/>
       <w:bookmarkStart w:id="24" w:name="_Toc487723605"/>
       <w:bookmarkStart w:id="25" w:name="_Toc75353329"/>
       <w:bookmarkStart w:id="26" w:name="_Toc96427942"/>
       <w:bookmarkStart w:id="27" w:name="_Toc97740061"/>
-      <w:bookmarkStart w:id="28" w:name="_Toc211431600"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc213224224"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc215730348"/>
       <w:r w:rsidRPr="00C8004A">
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="46E75F11" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r>
         <w:t xml:space="preserve">Riktlinjerna beskriver preoperativa förberedelser för vuxna och barn inför akuta och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>elektiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> operationer. Patient- och ingreppskarakteristika avgör vilka laboratorieprover och undersökningar som krävs. Riktlinjer för läkemedelsjustering (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inkl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> blodförtunnande mediciner) samt rutiner för fasta och ventrikeltömning inför narkos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3536E6B1" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc211431601"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc213224225"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc215730349"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w14:paraId="163CF423" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="163CF423" w14:textId="7DAF0A58" w:rsidR="005C747B" w:rsidRDefault="7E60015C" w:rsidP="005C747B">
       <w:r>
-        <w:t xml:space="preserve">Uppdatering av </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Ett nytt schema för preoperativ utredning i tabellform avsett att </w:t>
+      </w:r>
+      <w:r w:rsidR="3F4899AF">
+        <w:t>underlätta för operationsanmälande instanser att förbereda patienten för att godkännas för anestesi.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC505A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0085174A">
+        <w:t>Reducerad BAS-test</w:t>
+      </w:r>
+      <w:r w:rsidR="00F231F3">
+        <w:t>provtagning.</w:t>
+      </w:r>
+      <w:r w:rsidR="3F4899AF">
+        <w:t xml:space="preserve"> Översyn och förändring</w:t>
+      </w:r>
+      <w:r w:rsidR="4833B391">
+        <w:t xml:space="preserve"> av tabellen för läkemedelsjusteringar inför operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5515CB70" w14:textId="77777777" w:rsidR="00A11989" w:rsidRDefault="00A11989">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>fasterutiner</w:t>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="005F5B9C">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BA345C" w14:textId="77777777" w:rsidR="006225DB" w:rsidRDefault="005C747B" w:rsidP="00D41735">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
-          <w:i/>
-          <w:iCs/>
+          <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve">Normal rutin vid </w:t>
-[...35 lines deleted...]
-      <w:bookmarkStart w:id="30" w:name="_Toc211431602"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc213224226"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc215730350"/>
       <w:r w:rsidRPr="6DD67737">
+        <w:lastRenderedPageBreak/>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-[...10 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="2B771DC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2" </w:instrText>
       </w:r>
       <w:r w:rsidRPr="2B771DC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc211431600" w:history="1">
-[...56 lines deleted...]
-      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42E82E8E" w14:textId="745BBF4D" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="1A552534" w14:textId="6D7CB3BE" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431601" w:history="1">
-[...138 lines deleted...]
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730351" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431603 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730351 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D25A12C" w14:textId="04033A0C" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="4F80E8FF" w14:textId="34E7562F" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431604" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730352" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Handläggning vid ofullständig preoperativ utredning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431604 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730352 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37A4E4DC" w14:textId="0EEBBB8D" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="1F7765D1" w14:textId="267D44A0" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431605" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730353" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Rutiner för preoperativ utredning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431605 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730353 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4BEC9786" w14:textId="16D31C94" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="4289BAF9" w14:textId="6F428FF9" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431606" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730354" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Barn</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431606 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730354 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E7DD415" w14:textId="56E36149" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="38D6B734" w14:textId="4968E959" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431607" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730355" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preoperativ riskbedömning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431607 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730355 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C3E12C1" w14:textId="2B9536E5" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="203F0A14" w14:textId="56035CF6" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431608" w:history="1">
-[...276 lines deleted...]
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730356" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preoperativa konsultationer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431612 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730356 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="025E9C04" w14:textId="24900DC8" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="2D725FFB" w14:textId="53CA3C2B" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431613" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730357" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Åtgärder för att minska riskerna för postoperativa komplikationer</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431613 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730357 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0293FE7A" w14:textId="0D10BF65" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="17D8FB4D" w14:textId="68332772" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431614" w:history="1">
-[...138 lines deleted...]
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730358" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Diabetes och operation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431616 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730358 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4936818F" w14:textId="03E09892" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="7A2D67A6" w14:textId="38173867" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431617" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730359" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Läkemedelsjustering inför operation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431617 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730359 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B153918" w14:textId="17725804" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="3AEE51BA" w14:textId="22442BA0" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431618" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730360" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Premedicinering</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431618 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730360 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>24</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="083C2803" w14:textId="1ECEDE34" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="63C22150" w14:textId="55C4AE42" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431619" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730361" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Postoperativt illamående och kräkningar (PONV)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431619 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730361 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>25</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06D7A9D9" w14:textId="054B09EA" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="2984E49D" w14:textId="27C624A8" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431620" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730362" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Fasta inför narkos</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431620 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730362 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>25</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1A9BAA7F" w14:textId="38D9427E" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="6A4319BF" w14:textId="6BC5EB64" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431621" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730363" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Preoperativ vätsketerapi till vuxna vid elektiva ingrepp</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431621 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730363 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>26</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60E89A9C" w14:textId="6FA15072" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="2B3FB5DD" w14:textId="1FC2818A" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431622" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730364" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Kolhydratladdning (Nutricia) vid elektiv tarmkirurgi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431622 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730364 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>27</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56802FA8" w14:textId="7589A089" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="4630B454" w14:textId="57D029B7" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431623" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730365" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Uppföljning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431623 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730365 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>27</w:t>
+          <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EB129D5" w14:textId="67A6B6F4" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="5582DA93" w14:textId="6E7F5747" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431624" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730366" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431624 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730366 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>27</w:t>
+          <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D9E9623" w14:textId="1528A505" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="18080E00" w14:textId="240AE4D5" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431625" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730367" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Referensförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431625 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730367 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>27</w:t>
+          <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="07F29AAE" w14:textId="09AA64F3" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="080DCC40" w14:textId="26B34017" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431626" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730368" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431626 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730368 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>28</w:t>
+          <w:t>24</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0124B026" w14:textId="597FA84F" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="14617A36" w14:textId="2977D3EA" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431627" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730369" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga, Inför anestesibedömning på SÄS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431627 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730369 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>30</w:t>
+          <w:t>26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77865859" w14:textId="5B692BA2" w:rsidR="0019051F" w:rsidRDefault="0019051F">
+    <w:p w14:paraId="7A9A1D9D" w14:textId="4B1F7225" w:rsidR="006225DB" w:rsidRDefault="006225DB">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc211431628" w:history="1">
-        <w:r w:rsidRPr="0007773A">
+      <w:hyperlink w:anchor="_Toc215730370" w:history="1">
+        <w:r w:rsidRPr="00185484">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Elektiva öppen-, slutenvårdspatienter samt polikliniska akutpatienter som ska opereras på Op1, Op2 och endoskopi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc211431628 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc215730370 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00123501">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>30</w:t>
+          <w:t>26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3634B92D" w14:textId="77F85786" w:rsidR="005C747B" w:rsidRPr="00B20A75" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="3634B92D" w14:textId="1D6C5BB7" w:rsidR="005C747B" w:rsidRPr="00B20A75" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:spacing w:before="240" w:after="40"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2B771DC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B20A75">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Bilaga</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB0D249" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00B20A75" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10">
+      <w:hyperlink r:id="rId11">
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Operationsanmälan - checklista, SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D7FF350" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...17 lines deleted...]
-    <w:p w14:paraId="6EC355AD" w14:textId="77777777" w:rsidR="00992E60" w:rsidRDefault="00992E60">
+    <w:p w14:paraId="6EC355AD" w14:textId="22FE32E0" w:rsidR="00992E60" w:rsidRDefault="00992E60">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc256001102"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="58" w:name="_Toc97740062"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc256001102"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc256001035"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc256000968"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc256000901"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc256000836"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc256000771"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc256000706"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc256000641"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc256000576"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc256000379"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc256000316"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc256000253"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc256000190"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc256000127"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc256000064"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc256000001"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc450563095"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc450567842"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc454441805"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc256000509"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc256000444"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc466283478"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc468281447"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc485740437"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc487723606"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc75353330"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc96427943"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc97740062"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A63821" w14:textId="1088E4EF" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc211431603"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc215730351"/>
       <w:r w:rsidRPr="00C8004A">
         <w:lastRenderedPageBreak/>
         <w:t>Förutsättningar</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
     </w:p>
     <w:p w14:paraId="53C40B53" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
         <w:t>Avsikten med denna sammanställning av aktuella riktlinjer är:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F357FB" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>att standardisera vården så att varje patient ska ha optimala förutsättningar att säkert genomgå anestesi, operation och återhämtning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C82F014" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>att patienterna ska komma väl förberedda till operationsmottagningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76411C6F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t>att minska risken för sena strykningar i operationsprogrammet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AECC131" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc256001103"/>
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="88" w:name="_Toc211431604"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc256001103"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc256001036"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc256000969"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc256000902"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc256000837"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc256000772"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc256000707"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc256000642"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc256000577"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc256000380"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc256000317"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc256000254"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc256000191"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc256000128"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc256000065"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc256000002"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc450563096"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc450567843"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc454441806"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc256000510"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc256000445"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc466283479"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc468281448"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc485740438"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc487723607"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc75353331"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc96427944"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc97740063"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc215730352"/>
       <w:r w:rsidRPr="00C8004A">
         <w:t>Handläggning vid ofullständig preoperativ utredning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
     </w:p>
     <w:p w14:paraId="27BC39D0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
         <w:t>Patienter där riktlinjerna i detta kompendium uppenbart åsidosatts, kommer att strykas från operationsprogrammet och sändas tillbaka till respektive avdelning eller mottagning för kompletterande utredning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B029F33" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc256001104"/>
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="117" w:name="_Toc211431605"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc256001104"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc256001037"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc256000970"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc256000903"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc256000838"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc256000773"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc256000708"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc256000643"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc256000578"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc256000381"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc256000318"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc256000255"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc256000192"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc256000129"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc256000066"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc256000003"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc450563097"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc450567844"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc454441807"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc256000511"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc256000446"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc466283480"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc468281449"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc485740439"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc487723608"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc75353332"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc96427945"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc97740064"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc215730353"/>
       <w:r>
         <w:t>Rutiner för preoperativ utredning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="89"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
     </w:p>
     <w:p w14:paraId="2EA26209" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r>
         <w:t>Det åligger anmälande läkare att utifrån detta dokument ordinera utredningen inför den preoperativa bedömning. För att patienten ska vara färdig för anestesi och operation på avsedd dag får varje klinik också utarbeta rutiner för att i tid fånga upp de patienter som kräver kompletterande utredning.   Narkosläkare eller narkossköterska genomför bedömningen någon-några dagar innan operationen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2697CC83" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r>
         <w:t xml:space="preserve">Preoperativ bedömning ska ske av patienter som ska behandlas på alla SÄS operationsenheter, samt specifika åtgärder i narkos såsom CT, MR, ECT eller </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>elkonvertering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="770FF928" w14:textId="77777777" w:rsidR="00236152" w:rsidRDefault="00236152">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="_Toc256001105"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc256001038"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc256000971"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc256000904"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc256000839"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc256000774"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc256000709"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc256000644"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc256000579"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc256000382"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc256000319"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc256000256"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc256000193"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc256000130"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc256000067"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc256000004"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc450563098"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc450567845"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc454441808"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc256000512"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc256000447"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc466283481"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc468281450"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc485740440"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc487723609"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc75353333"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc96427946"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc97740065"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="288D7DE1" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="118" w:name="_Toc256001105"/>
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="146" w:name="_Toc211431606"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc215730354"/>
       <w:r w:rsidRPr="00C8004A">
+        <w:lastRenderedPageBreak/>
         <w:t>Barn</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="118"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkEnd w:id="149"/>
     </w:p>
     <w:p w14:paraId="5722F4BB" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t xml:space="preserve">Barn opereras i första hand på operation 2, där speciell utrustning och kompetens för barnanestesi finns. Mycket små barn, mindre än 12 månader och/eller under 10 kg kroppsvikt, opereras sällan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>elektivt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> på SÄS, utan åtgärdas oftast på Drottning Silvias barnsjukhus i Göteborg (DSBS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52424B9B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve">Barn opereras i första hand på operation 2, där speciell utrustning och kompetens för barnanestesi finns. Mycket små barn, mindre än 12 månader och/eller under 10 kg kroppsvikt, opereras sällan </w:t>
+        <w:t>I akuta situationer där mindre barn behöver sövas får den ansvarige narkos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:softHyphen/>
+        <w:t>läkaren, tillsammans med kirurgen, bestämma hur man ska agera i det enskilda fallet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="545B50C0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t xml:space="preserve">Små barn kan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C8004A">
+      <w:r>
         <w:t>elektivt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve"> på SÄS, utan åtgärdas oftast på Drottning Silvias barnsjukhus i Göteborg (DSBS).</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> genomgå diagnostiska åtgärder (MR, CT </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>m.m.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) i narkos, detta organiseras efter kontakt med narkosläkare på operation 1 (tfn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E005467">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3076</w:t>
+      </w:r>
+      <w:r>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73139B86" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="6DF30BE8" w14:textId="77777777" w:rsidR="0623758B" w:rsidRDefault="0623758B">
       <w:r>
         <w:t>Se också ”</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-141/SURROGATE/Perioperativ%20handl%c3%a4ggning%20av%20barn%20med%20Mb%20Down%20(Trisomi%2021)%20vid%20S%c3%84S.pdf" \h</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="2B771DC3">
+      <w:r w:rsidRPr="4E005467">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="2B771DC3">
+      <w:r w:rsidRPr="4E005467">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> handläggning av barn med Mb Down (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="2B771DC3">
+      <w:r w:rsidRPr="4E005467">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Trisomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="2B771DC3">
+      <w:r w:rsidRPr="4E005467">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t xml:space="preserve"> 21) vid SÄS</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52424B9B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...38 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4E35AE9D" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
         <w:t xml:space="preserve">Dessa riktlinjer är anpassade till Svensk Förening för Barnanestesi och Barnintensivvård, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C8004A">
         <w:t>SFBABI:s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C8004A">
         <w:t xml:space="preserve"> rekommendationer [1].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C78A735" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="147" w:name="_Toc256001107"/>
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="175" w:name="_Toc211431607"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc256001107"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc256001040"/>
+      <w:bookmarkStart w:id="152" w:name="_Toc256000973"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc256000906"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc256000841"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc256000776"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc256000711"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc256000646"/>
+      <w:bookmarkStart w:id="158" w:name="_Toc256000581"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc256000384"/>
+      <w:bookmarkStart w:id="160" w:name="_Toc256000321"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc256000258"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc256000195"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc256000132"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc256000069"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc256000006"/>
+      <w:bookmarkStart w:id="166" w:name="_Toc450563100"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc450567847"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc454441810"/>
+      <w:bookmarkStart w:id="169" w:name="_Toc256000514"/>
+      <w:bookmarkStart w:id="170" w:name="_Toc256000449"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc466283483"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc468281452"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc485740442"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc487723611"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc75353335"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc96427948"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc97740067"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc215730355"/>
       <w:r>
         <w:t>Preoperativ riskbedömning</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="147"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
       <w:bookmarkEnd w:id="155"/>
       <w:bookmarkEnd w:id="156"/>
       <w:bookmarkEnd w:id="157"/>
       <w:bookmarkEnd w:id="158"/>
       <w:bookmarkEnd w:id="159"/>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
-    </w:p>
-[...202 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
+    </w:p>
+    <w:p w14:paraId="3BB384DB" w14:textId="7962140A" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="079652AB" w:rsidP="005C747B">
+      <w:r>
+        <w:t xml:space="preserve">De flesta patienter är relativt friska och har goda förutsättningar att klara operativa ingrepp utan större problem. </w:t>
+      </w:r>
+      <w:r w:rsidR="3C9A5B88">
+        <w:t xml:space="preserve">Vid suboptimalt behandlad bakomliggande sjukdom eller nyupptäckt sjukdom bör </w:t>
+      </w:r>
+      <w:r w:rsidR="6254A922">
+        <w:t xml:space="preserve">specialistkonsult engageras. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>I tveksamma fall bör patienten bedömas fysiskt av narkosläkare. I enstaka fall bör anmälande doktor diskutera med narkosläkare före operationsanmälan görs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70FC8EE9" w14:textId="77C7AB40" w:rsidR="005C747B" w:rsidRPr="009237E6" w:rsidRDefault="079652AB" w:rsidP="005C747B">
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="009237E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Clinical </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="009237E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Frailty</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="009237E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="009237E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Scale</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="009237E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (CFS)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009237E6">
+        <w:t xml:space="preserve"> eller ett preoperativt riskvärderingsverktyg som </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="009237E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">POSSUM </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="009237E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>scoring</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009237E6">
+        <w:t xml:space="preserve"> kan vägleda i dessa ställningstaganden.</w:t>
+      </w:r>
+      <w:r w:rsidR="0365FEFA" w:rsidRPr="009237E6">
+        <w:t>’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="285A3EE2" w14:textId="09CD97AB" w:rsidR="004B3370" w:rsidRPr="009237E6" w:rsidRDefault="32C638E5" w:rsidP="7A531B9B">
+      <w:pPr>
+        <w:sectPr w:rsidR="004B3370" w:rsidRPr="009237E6" w:rsidSect="00B96AFF">
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="even" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009237E6">
+        <w:t>Nedan följer ett schema för vilken preoperativ utredning som ska göras före</w:t>
+      </w:r>
+      <w:r w:rsidR="36C1DE27" w:rsidRPr="009237E6">
+        <w:t xml:space="preserve"> preoperativ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009237E6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009237E6">
+        <w:t>anestesbedömning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009237E6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6858FC87" w:rsidRPr="009237E6">
+        <w:t>kan ske.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="179" w:name="_Toc256001108"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc256001041"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc256000974"/>
+      <w:bookmarkStart w:id="182" w:name="_Toc256000907"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc256000842"/>
+      <w:bookmarkStart w:id="184" w:name="_Toc256000777"/>
+      <w:bookmarkStart w:id="185" w:name="_Toc256000712"/>
+      <w:bookmarkStart w:id="186" w:name="_Toc256000647"/>
+      <w:bookmarkStart w:id="187" w:name="_Toc256000582"/>
+      <w:bookmarkStart w:id="188" w:name="_Toc256000385"/>
+      <w:bookmarkStart w:id="189" w:name="_Toc256000322"/>
+      <w:bookmarkStart w:id="190" w:name="_Toc256000259"/>
+      <w:bookmarkStart w:id="191" w:name="_Toc256000196"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc256000133"/>
+      <w:bookmarkStart w:id="193" w:name="_Toc256000070"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc256000007"/>
+      <w:bookmarkStart w:id="195" w:name="_Toc450563101"/>
+      <w:bookmarkStart w:id="196" w:name="_Toc450567848"/>
+      <w:bookmarkStart w:id="197" w:name="_Toc454441811"/>
+      <w:bookmarkStart w:id="198" w:name="_Toc256000515"/>
+      <w:bookmarkStart w:id="199" w:name="_Toc256000450"/>
+      <w:bookmarkStart w:id="200" w:name="_Toc466283484"/>
+      <w:bookmarkStart w:id="201" w:name="_Toc468281453"/>
+      <w:bookmarkStart w:id="202" w:name="_Toc485740443"/>
+      <w:bookmarkStart w:id="203" w:name="_Toc487723612"/>
+      <w:bookmarkStart w:id="204" w:name="_Toc75353336"/>
+      <w:bookmarkStart w:id="205" w:name="_Toc97740068"/>
+    </w:p>
+    <w:p w14:paraId="465CA5A2" w14:textId="3A50351E" w:rsidR="005C747B" w:rsidRDefault="567FCD82" w:rsidP="254FFAE0">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Schema för preoperativ utredning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24037A2E" w14:textId="5983AACC" w:rsidR="005C747B" w:rsidRDefault="00A00602" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="438C77AC" wp14:editId="6B7D47A6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>304165</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>615950</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2676525" cy="285750"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21600"/>
+                    <wp:lineTo x="21677" y="21600"/>
+                    <wp:lineTo x="21677" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="217" name="Textruta 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2676525" cy="285750"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="00B050"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:srgbClr val="00B050"/>
+                          </a:solidFill>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="798B7290" w14:textId="09876DF7" w:rsidR="00B03DC6" w:rsidRPr="005347EE" w:rsidRDefault="00B03DC6">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005347EE">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              </w:rPr>
+                              <w:t>ASA/Kirurgi (exempel</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="438C77AC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textruta 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:23.95pt;margin-top:48.5pt;width:210.75pt;height:22.5pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuFpCeRwIAAP4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtgxkrQz4hRtug4D&#10;ugvW7QNkWYqFyqInKbGzrx8lO266DRhQ7EXQhTzkOSS1vuobTQ7COgWmoPNZSokwHCpldgX9/u3u&#10;zSUlzjNTMQ1GFPQoHL3avH617tpcZFCDroQlCGJc3rUFrb1v8yRxvBYNczNohcFHCbZhHo92l1SW&#10;dYje6CRL01XSga1aC1w4h7e3wyPdRHwpBfefpXTCE11QzM3H1ca1DGuyWbN8Z1lbKz6mwV6QRcOU&#10;waAT1C3zjOyt+gOqUdyCA+lnHJoEpFRcRA7IZp7+xuahZq2IXFAc104yuf8Hyz8dHtovlvj+Bnos&#10;YCTh2nvgj44Y2NbM7MS1tdDVglUYeB4kS7rW5aNrkNrlLoCU3UeosMhs7yEC9dI2QRXkSRAdC3Cc&#10;RBe9Jxwvs9XFapktKeH4ll0uL5axKgnLT96tdf69gIaETUEtFjWis8O98yEblp9MQjAHWlV3Sut4&#10;sLtyqy05sNAA6U06oT8z0+alnkGWd6aKfeSZ0sMeUwqQUacgzSiSP2oRAmnzVUiiqkB/UDz0u5gS&#10;ZZwL4wepR+vgJpHU5DiW6rmjnpxG2+Am4hxMjum/I04eMSoYPzk3yoD9G0D1eEpXDvYn9gPn0CO+&#10;L3vUKWxLqI7YMBaGgcQPBDc12J+UdDiMBXU/9swKSvQHg033dr5YhOmNh8XyIsODPX8pz1+Y4QhV&#10;UE/JsN36OPGBjIFrbE6pYt88ZTImi0MW22n8EMIUn5+j1dO3tfkFAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKn0+H3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqN0qpCTEqXgI&#10;VSwA0fYD3HhIosZjK3bb8PcMK1iO7tGdc6vV5AZxwjH2njTMZwoEUuNtT62G3fbl5g5ETIasGTyh&#10;hm+MsKovLypTWn+mTzxtUiu4hGJpNHQphVLK2HToTJz5gMTZlx+dSXyOrbSjOXO5G+RCqVw60xN/&#10;6EzApw6bw+boNMTX9/W4DrfTIz63H/lursL27aD19dX0cA8i4ZT+YPjVZ3Wo2Wnvj2SjGDRky4JJ&#10;DcWSJ3Ge5UUGYs9gtlAg60r+X1D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC4WkJ5H&#10;AgAA/gQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEqf&#10;T4ffAAAACQEAAA8AAAAAAAAAAAAAAAAAoQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACtBQAAAAA=&#10;" fillcolor="#00b050" strokecolor="#00b050" strokeweight="2pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="798B7290" w14:textId="09876DF7" w:rsidR="00B03DC6" w:rsidRPr="005347EE" w:rsidRDefault="00B03DC6">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005347EE">
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        </w:rPr>
+                        <w:t>ASA/Kirurgi (exempel</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
       <w:bookmarkEnd w:id="185"/>
       <w:bookmarkEnd w:id="186"/>
       <w:bookmarkEnd w:id="187"/>
       <w:bookmarkEnd w:id="188"/>
       <w:bookmarkEnd w:id="189"/>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:bookmarkEnd w:id="205"/>
     </w:p>
-    <w:p w14:paraId="3473022A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="1898902D" w14:textId="4D8A3275" w:rsidR="00336F2C" w:rsidRDefault="00B03DC6" w:rsidP="00B03DC6">
       <w:r>
-        <w:t xml:space="preserve">Risknivå </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70CA0A8A" wp14:editId="1176B2D0">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>294640</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>737235</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2819400" cy="2619375"/>
+            <wp:effectExtent l="0" t="38100" r="38100" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="-314"/>
+                <wp:lineTo x="0" y="7697"/>
+                <wp:lineTo x="15178" y="10054"/>
+                <wp:lineTo x="0" y="10211"/>
+                <wp:lineTo x="0" y="18694"/>
+                <wp:lineTo x="15762" y="20108"/>
+                <wp:lineTo x="15762" y="21364"/>
+                <wp:lineTo x="16492" y="21364"/>
+                <wp:lineTo x="21746" y="15238"/>
+                <wp:lineTo x="21746" y="14609"/>
+                <wp:lineTo x="17514" y="10054"/>
+                <wp:lineTo x="21016" y="7540"/>
+                <wp:lineTo x="21746" y="6284"/>
+                <wp:lineTo x="21746" y="5027"/>
+                <wp:lineTo x="20724" y="5027"/>
+                <wp:lineTo x="21162" y="2513"/>
+                <wp:lineTo x="21746" y="1257"/>
+                <wp:lineTo x="21308" y="0"/>
+                <wp:lineTo x="8757" y="-314"/>
+                <wp:lineTo x="0" y="-314"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="2015021526" name="Diagram 4"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00E85860">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CFB9179" wp14:editId="05457299">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>3313430</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>74295</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="6067425" cy="3590925"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1987846711" name="Diagram 5"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId24" r:lo="rId25" r:qs="rId26" r:cs="rId27"/>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B1069A" w14:textId="41ACB2DD" w:rsidR="00336F2C" w:rsidRDefault="00336F2C" w:rsidP="002A186A"/>
+    <w:p w14:paraId="65622743" w14:textId="77777777" w:rsidR="00336F2C" w:rsidRDefault="00336F2C" w:rsidP="002A186A"/>
+    <w:p w14:paraId="10DEC7F0" w14:textId="7EC7741B" w:rsidR="00E21322" w:rsidRDefault="00FD0A81" w:rsidP="002A186A">
       <w:r>
-        <w:t>1-2</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44BE3A34" wp14:editId="0B4B19EE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1879600</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5810250" cy="590550"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="460458805" name="Textruta 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5810250" cy="590550"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0F42FC3B" w14:textId="3222995E" w:rsidR="00FD0A81" w:rsidRDefault="00FD0A81" w:rsidP="00DF227A">
+                            <w:r>
+                              <w:t>Akut kirurgi: Max 1v gamla prover samt att utökad provtagning kan vara motiverad utifrån åkomma, behandling och organpåverkan.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="213C68C3" w14:textId="17D316FD" w:rsidR="00FD0A81" w:rsidRDefault="00FD0A81" w:rsidP="00FD0A81"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="44BE3A34" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:148pt;width:457.5pt;height:46.5pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBad3UkDwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU92u2yAMvp+0d0Dcr0mrZmujpkdnPes0&#10;6exHOtsDECANGsEMaJPu6WdITk/3dzONC2Rj89n+bG9uhk6Tk3ReganofJZTIg0Hocyhol8+71+s&#10;KPGBGcE0GFnRs/T0Zvv82aa3pVxAC1pIRxDE+LK3FW1DsGWWed7KjvkZWGnQ2IDrWEDVHTLhWI/o&#10;nc4Wef4y68EJ64BL7/H1bjTSbcJvGsnDx6bxMhBdUcwtpNulu453tt2w8uCYbRWf0mD/kEXHlMGg&#10;F6g7Fhg5OvUbVKe4Aw9NmHHoMmgaxWWqAauZ579U89AyK1MtSI63F5r8/4PlH04P9pMjYXgNAzYw&#10;FeHtPfCvnhjYtcwc5K1z0LeSCQw8j5RlvfXl9DVS7UsfQer+PQhsMjsGSEBD47rICtZJEB0bcL6Q&#10;LodAOD4Wq3m+KNDE0Vas8wLlGIKVj7+t8+GthI5EoaIOm5rQ2eneh9H10SUG86CV2Cutk+IO9U47&#10;cmI4APt0JvSf3LQhfUXXxaIYCfgrRJ7OnyA6FXCSteoquro4sTLS9saINGeBKT3KWJ02E4+RupHE&#10;MNQDUWIiOdJagzgjsQ7GwcVFQ6EF952SHoe2ov7bkTlJiX5nsDnr+XIZpzwpy+LVAhV3bamvLcxw&#10;hKpooGQUdyFtRuTNwC02sVGJ36dMppRxGFOHpsWJ036tJ6+n9d7+AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAqPpIxN4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VIXFDrtIWQhGwq&#10;hASiN2gRXN1km0T4J9huGt6e5QS3Wc1o9ptyPRktRvKhdxZhMU9AkK1d09sW4W33OMtAhKhso7Sz&#10;hPBNAdbV+Vmpisad7CuN29gKLrGhUAhdjEMhZag7MirM3UCWvYPzRkU+fSsbr05cbrRcJkkqjeot&#10;f+jUQA8d1Z/bo0HIrp/Hj7BZvbzX6UHn8ep2fPryiJcX0/0diEhT/AvDLz6jQ8VMe3e0TRAagYdE&#10;hGWesmA7X9yw2COssjwBWZXy/4DqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFp3dSQP&#10;AgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKj6&#10;SMTeAAAACAEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0F42FC3B" w14:textId="3222995E" w:rsidR="00FD0A81" w:rsidRDefault="00FD0A81" w:rsidP="00DF227A">
+                      <w:r>
+                        <w:t>Akut kirurgi: Max 1v gamla prover samt att utökad provtagning kan vara motiverad utifrån åkomma, behandling och organpåverkan.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="213C68C3" w14:textId="17D316FD" w:rsidR="00FD0A81" w:rsidRDefault="00FD0A81" w:rsidP="00FD0A81"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> samt ≤ 1 riskfaktor på nivå 3: </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> kan sättas upp för operation och preoperativt bedömas av narkosläkare eller narkossköterska utifrån journalanteckningar och hälsodeklaration.</w:t>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B2025DF" wp14:editId="447F0C6C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1288415</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5810250" cy="590550"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1424390042" name="Textruta 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5810250" cy="590550"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="76C06E85" w14:textId="621C416D" w:rsidR="00FD0A81" w:rsidRDefault="00FD0A81" w:rsidP="00FD0A81">
+                            <w:r>
+                              <w:t>Subakut/</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:t>Elektiv</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> kirurgi: Provsvar 6 mån före operation accepteras – om patienten är välbehandlad och behandlingen inte ändrats.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="59EDA93F" w14:textId="4F5CED6F" w:rsidR="00FD0A81" w:rsidRDefault="00FD0A81"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1B2025DF" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:101.45pt;width:457.5pt;height:46.5pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtqbflEQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8mO2zAMvRfoPwi6N14Qt4kRZzDNNEWB&#10;6QJM+wGyLMdCZVGVlNjp15eSPZl0uxTVQSBF6pF8JDc3Y6/ISVgnQVc0W6SUCM2hkfpQ0S+f9y9W&#10;lDjPdMMUaFHRs3D0Zvv82WYwpcihA9UISxBEu3IwFe28N2WSON6JnrkFGKHR2ILtmUfVHpLGsgHR&#10;e5XkafoyGcA2xgIXzuHr3WSk24jftoL7j23rhCeqopibj7eNdx3uZLth5cEy00k+p8H+IYueSY1B&#10;L1B3zDNytPI3qF5yCw5av+DQJ9C2kotYA1aTpb9U89AxI2ItSI4zF5rc/4PlH04P5pMlfnwNIzYw&#10;FuHMPfCvjmjYdUwfxK21MHSCNRg4C5Qlg3Hl/DVQ7UoXQOrhPTTYZHb0EIHG1vaBFayTIDo24Hwh&#10;XYyecHwsVlmaF2jiaCvWaYFyCMHKx9/GOv9WQE+CUFGLTY3o7HTv/OT66BKCOVCy2UulomIP9U5Z&#10;cmI4APt4ZvSf3JQmQ0XXRV5MBPwVIo3nTxC99DjJSvYVXV2cWBloe6ObOGeeSTXJWJ3SM4+BuolE&#10;P9YjkU1F8xAg0FpDc0ZiLUyDi4uGQgf2OyUDDm1F3bcjs4IS9U5jc9bZchmmPCrL4lWOir221NcW&#10;pjlCVdRTMok7Hzcj8KbhFpvYysjvUyZzyjiMsUPz4oRpv9aj19N6b38AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDIpnsR3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHUaaKlD&#10;nAohgegNCoKrG2+TCHsdYjcNf89yguPOjGbflOvJOzHiELtAGuazDARSHWxHjYa314fLFYiYDFnj&#10;AqGGb4ywrk5PSlPYcKQXHLepEVxCsTAa2pT6QspYt+hNnIUeib19GLxJfA6NtIM5crl3Ms+ypfSm&#10;I/7Qmh7vW6w/twevYXX9NH7EzdXze73cO5UubsbHr0Hr87Pp7hZEwin9heEXn9GhYqZdOJCNwmng&#10;IUlDnuUKBNtqvmBlx4paKJBVKf8PqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbam3&#10;5RECAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;yKZ7Ed4AAAAIAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="76C06E85" w14:textId="621C416D" w:rsidR="00FD0A81" w:rsidRDefault="00FD0A81" w:rsidP="00FD0A81">
+                      <w:r>
+                        <w:t>Subakut/</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:t>Elektiv</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> kirurgi: Provsvar 6 mån före operation accepteras – om patienten är välbehandlad och behandlingen inte ändrats.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="59EDA93F" w14:textId="4F5CED6F" w:rsidR="00FD0A81" w:rsidRDefault="00FD0A81"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B26DBBA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="527337E2" w14:textId="77777777" w:rsidR="000F6621" w:rsidRDefault="000F6621" w:rsidP="000F6621">
+      <w:pPr>
+        <w:sectPr w:rsidR="000F6621" w:rsidSect="004B3370">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="16840" w:h="11900" w:orient="landscape" w:code="9"/>
+          <w:pgMar w:top="992" w:right="1418" w:bottom="1979" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CC83992" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...7 lines deleted...]
-        <w:ind w:left="0" w:right="0"/>
+    <w:p w14:paraId="20C21E7B" w14:textId="3E6F09F5" w:rsidR="009C0558" w:rsidRPr="002B5441" w:rsidRDefault="002B5441" w:rsidP="000A0A85">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
-          <w:color w:val="000000"/>
-          <w:szCs w:val="18"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="204" w:name="_Toc256001109"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="231" w:name="_Toc97740069"/>
       <w:r>
-        <w:br w:type="page"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9296D" w:rsidRPr="002B5441">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ndantag från ”Schema för preoperativ utredning”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08558F6D" w14:textId="56BAB82B" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="53CD2968" w14:textId="1017B602" w:rsidR="000A0A85" w:rsidRPr="00A04AD3" w:rsidRDefault="00C0162E" w:rsidP="000A0A85">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="003B048F" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ndividuell bedömning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kan </w:t>
+      </w:r>
+      <w:r w:rsidR="000D45BF" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">krävas och </w:t>
+      </w:r>
+      <w:r w:rsidR="003B048F" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>utredningen vidgas</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0A81" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> på medicinsk indikation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2445D8FE" w14:textId="2D021460" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="401F5ED5" w:rsidP="00B356D4">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>EKG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6EF6" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>taget</w:t>
+      </w:r>
+      <w:r w:rsidR="00337FCC" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 månader före operationen</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6EF6" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> accepteras</w:t>
+      </w:r>
+      <w:r w:rsidR="00337FCC" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> men </w:t>
+      </w:r>
+      <w:r w:rsidR="0037730D" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">misstänkt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0037730D" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>kardiell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0037730D" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> försämring kräver färskt EKG</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutntljust"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="562" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4016"/>
+        <w:gridCol w:w="2221"/>
+        <w:gridCol w:w="3261"/>
+        <w:gridCol w:w="2835"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w14:paraId="43A639FC" w14:textId="77777777" w:rsidTr="00E303FD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4016" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FDA548" w14:textId="6802EF42" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="002374BE" w:rsidP="254FFAE0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Från 65 års ålder (ej när ”0” anges i tabellen</w:t>
+            </w:r>
+            <w:r w:rsidR="00E303FD" w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BA61AB" w14:textId="372D0915" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="00FC39D7" w:rsidP="254FFAE0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hypertoni</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2441C4E7" w14:textId="718F31E2" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="00FC39D7" w:rsidP="254FFAE0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rökning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2B8BFE" w14:textId="60D281E1" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="009640E6" w:rsidP="254FFAE0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hyperlipidemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w14:paraId="1F102CB4" w14:textId="77777777" w:rsidTr="00E303FD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4016" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0B408D" w14:textId="45EFEFC8" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="009640E6" w:rsidP="254FFAE0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Downs syndrom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B8506A" w14:textId="5EBA2742" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="009640E6" w:rsidP="254FFAE0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>BMI &gt;35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF1E1A1" w14:textId="03CA3344" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="00FC39D7" w:rsidP="254FFAE0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sömnapnesyndrom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70699F46" w14:textId="61D29DF7" w:rsidR="00134EA4" w:rsidRPr="00A04AD3" w:rsidRDefault="00E303FD" w:rsidP="254FFAE0">
+            <w:pPr>
+              <w:pStyle w:val="Punktlista"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A04AD3">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Amyloidos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0316E149" w14:textId="339405FF" w:rsidR="000F26AE" w:rsidRPr="00A04AD3" w:rsidRDefault="401F5ED5" w:rsidP="00B356D4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Blodtryck</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tas på alla vuxna patienter. Systoliskt &gt;160 och/eller diastoliskt &gt;100 föranleder </w:t>
+      </w:r>
+      <w:r w:rsidR="00960393" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">medicinsk bedömning </w:t>
+      </w:r>
+      <w:r w:rsidR="00684E2F" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och ev. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">remiss från anmälande läkare till distriktsläkare för behandling om ingreppet kan skjutas upp utan större medicinsk risk. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257772AF" w14:textId="77777777" w:rsidR="00EF0599" w:rsidRPr="00A04AD3" w:rsidRDefault="00EF0599" w:rsidP="00B356D4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Diuretikabehandling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Na, K, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Krea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skall tas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="104C091C" w14:textId="1B5BA28B" w:rsidR="000F26AE" w:rsidRPr="00A04AD3" w:rsidRDefault="5ADB15A7" w:rsidP="00B356D4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Diabetes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="7780681F" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ellitus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller steroidbehandling</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: HbA1c tas, &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="6E3D6310" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>70</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mmol/mol är acceptabelt.</w:t>
+      </w:r>
+      <w:r w:rsidR="180C4B80" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &lt;53mmol/mol krävs för att minimera risker relaterat till diabetes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="180C4B80" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mellitus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="180C4B80" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5984CEB1" w14:textId="77777777" w:rsidR="00B356D4" w:rsidRPr="00A04AD3" w:rsidRDefault="00B356D4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PK och blodstatus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tas alltid vid l</w:t>
+      </w:r>
+      <w:r w:rsidR="1E871490" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eversjukdom, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A653D6" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grav malnutrition, </w:t>
+      </w:r>
+      <w:r w:rsidR="1E871490" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lättblödande patient eller risk för stor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="1E871490" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perioperativ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="1E871490" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> blödning</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="595EF7A0" w14:textId="535EB392" w:rsidR="00B356D4" w:rsidRPr="00A04AD3" w:rsidRDefault="00F20B48" w:rsidP="00B356D4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Blodgruppering</w:t>
+      </w:r>
+      <w:r w:rsidR="1E871490" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, BAS-test</w:t>
+      </w:r>
+      <w:r w:rsidR="1E871490" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enligt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidR="1E871490" w:rsidRPr="00A04AD3">
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>PM Preoperativa förberedelser för operationsavdelningarna vid SÄS.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1DF6146B" w14:textId="77777777" w:rsidR="006E00C4" w:rsidRPr="00A04AD3" w:rsidRDefault="000F26AE" w:rsidP="006E00C4">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>HCG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tas när lämpligt och aktuella kvinnor informeras om risk för fosterpåverkan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF78974" w14:textId="77777777" w:rsidR="006E00C4" w:rsidRPr="00A04AD3" w:rsidRDefault="5ADB15A7">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Specialistkonsult</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> när indicerat, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kardiolog, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>diabetolog</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eller lungmedicinare. Kontakta anestesikonsult vid frågor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E6F006" w14:textId="782BFE44" w:rsidR="008A0064" w:rsidRPr="00A04AD3" w:rsidRDefault="002C6FDC">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0064" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>låsljud</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0064" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ska ofta utredas, se UCG under rubriken </w:t>
+      </w:r>
+      <w:r w:rsidR="740DB16E" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Röntgenundersökningar och </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0064" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>konsultationer</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0064" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> senare i dokumentet. Ett av undantagen därifrån: Ej tidigare utrett blåsljud. Är blåsljudet </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0064" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ej </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0064" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kraftigt, patienten symtomfri </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0064" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0064" w:rsidRPr="00A04AD3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ingreppet litet kan UCG avstås.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32125C7D" w14:textId="731111E0" w:rsidR="008A0064" w:rsidRDefault="008A0064">
+      <w:pPr>
+        <w:sectPr w:rsidR="008A0064" w:rsidSect="000F6621">
+          <w:pgSz w:w="16840" w:h="11900" w:orient="landscape" w:code="9"/>
+          <w:pgMar w:top="992" w:right="1418" w:bottom="1979" w:left="1276" w:header="284" w:footer="737" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1973A8FF" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00E34E67" w:rsidRDefault="005C747B" w:rsidP="004764D6">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C8004A">
+      <w:bookmarkStart w:id="206" w:name="_Toc256001110"/>
+      <w:bookmarkStart w:id="207" w:name="_Toc256001043"/>
+      <w:bookmarkStart w:id="208" w:name="_Toc256000976"/>
+      <w:bookmarkStart w:id="209" w:name="_Toc256000909"/>
+      <w:bookmarkStart w:id="210" w:name="_Toc256000844"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc256000779"/>
+      <w:bookmarkStart w:id="212" w:name="_Toc256000714"/>
+      <w:bookmarkStart w:id="213" w:name="_Toc256000649"/>
+      <w:bookmarkStart w:id="214" w:name="_Toc256000584"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc256000387"/>
+      <w:bookmarkStart w:id="216" w:name="_Toc256000324"/>
+      <w:bookmarkStart w:id="217" w:name="_Toc256000261"/>
+      <w:bookmarkStart w:id="218" w:name="_Toc256000198"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc256000135"/>
+      <w:bookmarkStart w:id="220" w:name="_Toc256000072"/>
+      <w:bookmarkStart w:id="221" w:name="_Toc256000009"/>
+      <w:bookmarkStart w:id="222" w:name="_Toc450563103"/>
+      <w:bookmarkStart w:id="223" w:name="_Toc450567850"/>
+      <w:bookmarkStart w:id="224" w:name="_Toc454441813"/>
+      <w:bookmarkStart w:id="225" w:name="_Toc256000517"/>
+      <w:bookmarkStart w:id="226" w:name="_Toc256000452"/>
+      <w:bookmarkStart w:id="227" w:name="_Toc466283486"/>
+      <w:bookmarkStart w:id="228" w:name="_Toc468281455"/>
+      <w:bookmarkStart w:id="229" w:name="_Toc485740445"/>
+      <w:bookmarkStart w:id="230" w:name="_Toc487723614"/>
+      <w:bookmarkStart w:id="231" w:name="_Toc75353338"/>
+      <w:bookmarkStart w:id="232" w:name="_Toc96427951"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc97740070"/>
+      <w:r w:rsidRPr="00E34E67">
         <w:lastRenderedPageBreak/>
-        <w:t>Preoperativt riskbedömningssystem</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="205"/>
+        <w:t>Journaldokumentation</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:bookmarkEnd w:id="233"/>
     </w:p>
-    <w:tbl>
-[...7908 lines deleted...]
-      <w:bookmarkStart w:id="261" w:name="_Toc211431609"/>
+    <w:p w14:paraId="05270FA3" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00E34E67" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="234" w:name="_Toc256001111"/>
+      <w:bookmarkStart w:id="235" w:name="_Toc256001044"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc256000977"/>
+      <w:bookmarkStart w:id="237" w:name="_Toc256000910"/>
+      <w:bookmarkStart w:id="238" w:name="_Toc256000845"/>
+      <w:bookmarkStart w:id="239" w:name="_Toc256000780"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc256000715"/>
+      <w:bookmarkStart w:id="241" w:name="_Toc256000650"/>
+      <w:bookmarkStart w:id="242" w:name="_Toc256000585"/>
+      <w:bookmarkStart w:id="243" w:name="_Toc256000388"/>
+      <w:bookmarkStart w:id="244" w:name="_Toc256000325"/>
+      <w:bookmarkStart w:id="245" w:name="_Toc256000262"/>
+      <w:bookmarkStart w:id="246" w:name="_Toc256000199"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc256000136"/>
+      <w:bookmarkStart w:id="248" w:name="_Toc256000073"/>
+      <w:bookmarkStart w:id="249" w:name="_Toc256000010"/>
+      <w:bookmarkStart w:id="250" w:name="_Toc450563104"/>
+      <w:bookmarkStart w:id="251" w:name="_Toc450567851"/>
+      <w:bookmarkStart w:id="252" w:name="_Toc454441814"/>
+      <w:bookmarkStart w:id="253" w:name="_Toc256000518"/>
+      <w:bookmarkStart w:id="254" w:name="_Toc256000453"/>
+      <w:bookmarkStart w:id="255" w:name="_Toc466283487"/>
+      <w:bookmarkStart w:id="256" w:name="_Toc468281456"/>
+      <w:bookmarkStart w:id="257" w:name="_Toc485740446"/>
+      <w:bookmarkStart w:id="258" w:name="_Toc487723615"/>
+      <w:bookmarkStart w:id="259" w:name="_Toc75353339"/>
+      <w:bookmarkStart w:id="260" w:name="_Toc96427952"/>
+      <w:bookmarkStart w:id="261" w:name="_Toc97740071"/>
       <w:r w:rsidRPr="00E34E67">
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="233"/>
+        <w:t xml:space="preserve">Dokumentation i </w:t>
+      </w:r>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
+      <w:r w:rsidRPr="00E34E67">
+        <w:t>journal</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05270FA3" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00E34E67" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="468FA141" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t xml:space="preserve">Inför en preoperativ bedömning ska det i journal finnas skriven anteckning innehållande minst följande uppgifter: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2A0791" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Tidigare och nuvarande sjukdomar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A710E0E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Överkänslighet/allergi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E351AC2" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Enkel läkemedelsgenomgång ska genomföras så att “Aktuella ordinationer” är uppdaterad. Dokumenteras under sökordet “läkemedelsgenomgång”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16505EFE" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Aktuell medicinering ska vara ordinerad i journalens läkemedelsmodul för alla slutenvårdspatienter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2458F9F0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Plan för justering av koagulationspåverkande läkemedel ska finnas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0479207E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Status: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E02D02" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="643"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>fysikalisk hjärt-lungundersökning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742B7825" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="643"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Blodtryck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AD1C27" w14:textId="385D03C7" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005D0EFC" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista2"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="643"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Gärna </w:t>
+      </w:r>
+      <w:r w:rsidR="005C747B">
+        <w:t xml:space="preserve">funktionsbedömning, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_ASA-klasser_[3_]">
+        <w:r w:rsidR="005C747B" w:rsidRPr="6DD67737">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>ASA-klass</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005C747B">
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_MET-skalan">
+        <w:r w:rsidR="005C747B" w:rsidRPr="6DD67737">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>MET-klassificering</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005C747B">
+        <w:t xml:space="preserve"> (se avsnitt längre fram i dokumentet)</w:t>
+      </w:r>
+      <w:r w:rsidR="0082763D">
+        <w:t xml:space="preserve"> eller </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidR="005C747B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Cl</w:t>
+        </w:r>
+        <w:r w:rsidR="005C747B" w:rsidRPr="6DD67737">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">inical </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="005C747B" w:rsidRPr="6DD67737">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Frailty</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="005C747B" w:rsidRPr="6DD67737">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="005C747B" w:rsidRPr="6DD67737">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Scale</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="005C747B" w:rsidRPr="6DD67737">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> (CFS)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005C747B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="061DCFA0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I förekommande fall ska aktuella </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>lab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> resultat finnas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B2DD3B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I förekommande fall ska aktuellt EKG finnas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DDEB70" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Journal från tidigare relevanta vårdtillfällen vid aktuell eller annan klinik. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649DFAB5" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Dokumentation om ifall rökstoppsinformation har givits och om patienten accepterat (se sjukhusövergripande riktlinje ”</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31">
+        <w:r w:rsidRPr="4112A96C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Postoperativa infektioner - generella förebyggande åtgärder</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>”).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BA7D57C" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Hälsodeklaration ska vara ifylld</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43213786" w14:textId="77777777" w:rsidR="003A0294" w:rsidRDefault="003A0294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="262" w:name="_Toc256001112"/>
+      <w:bookmarkStart w:id="263" w:name="_Toc256001045"/>
+      <w:bookmarkStart w:id="264" w:name="_Toc256000978"/>
+      <w:bookmarkStart w:id="265" w:name="_Toc256000911"/>
+      <w:bookmarkStart w:id="266" w:name="_Toc256000846"/>
+      <w:bookmarkStart w:id="267" w:name="_Toc256000781"/>
+      <w:bookmarkStart w:id="268" w:name="_Toc256000716"/>
+      <w:bookmarkStart w:id="269" w:name="_Toc256000651"/>
+      <w:bookmarkStart w:id="270" w:name="_Toc256000586"/>
+      <w:bookmarkStart w:id="271" w:name="_Toc256000389"/>
+      <w:bookmarkStart w:id="272" w:name="_Toc256000326"/>
+      <w:bookmarkStart w:id="273" w:name="_Toc256000263"/>
+      <w:bookmarkStart w:id="274" w:name="_Toc256000200"/>
+      <w:bookmarkStart w:id="275" w:name="_Toc256000137"/>
+      <w:bookmarkStart w:id="276" w:name="_Toc256000074"/>
+      <w:bookmarkStart w:id="277" w:name="_Toc256000011"/>
+      <w:bookmarkStart w:id="278" w:name="_Toc450563105"/>
+      <w:bookmarkStart w:id="279" w:name="_Toc450567852"/>
+      <w:bookmarkStart w:id="280" w:name="_Toc454441815"/>
+      <w:bookmarkStart w:id="281" w:name="_Toc256000519"/>
+      <w:bookmarkStart w:id="282" w:name="_Toc256000454"/>
+      <w:bookmarkStart w:id="283" w:name="_Toc466283488"/>
+      <w:bookmarkStart w:id="284" w:name="_Toc468281457"/>
+      <w:bookmarkStart w:id="285" w:name="_Toc485740447"/>
+      <w:bookmarkStart w:id="286" w:name="_Toc487723616"/>
+      <w:bookmarkStart w:id="287" w:name="_Toc75353340"/>
+      <w:bookmarkStart w:id="288" w:name="_Toc96427953"/>
+      <w:bookmarkStart w:id="289" w:name="_Toc97740072"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10B5C6D3" w14:textId="58B216CA" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-        <w:spacing w:before="120"/>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00E34E67">
+      </w:pPr>
+      <w:r w:rsidRPr="00083A64">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dokumentation i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00083A64">
+        <w:t>Orbit</w:t>
       </w:r>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
-      <w:r w:rsidRPr="00E34E67">
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="468FA141" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="289938C9" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r>
-        <w:t xml:space="preserve">Inför en preoperativ bedömning ska det i journal finnas skriven anteckning innehållande minst följande uppgifter: </w:t>
+        <w:t xml:space="preserve">Inför en preoperativ bedömning ska det i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Orbit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> finnas följande information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2A0791" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="19245056" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Tidigare och nuvarande sjukdomar</w:t>
+        <w:t>Operationsbehov</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A710E0E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="212ABA80" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Överkänslighet/allergi</w:t>
+        <w:t>Rätt operationskort ska väljas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E351AC2" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="7F41905F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Enkel läkemedelsgenomgång ska genomföras så att “Aktuella ordinationer” är uppdaterad. Dokumenteras under sökordet “läkemedelsgenomgång”.</w:t>
+        <w:t>Knivtid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ska justeras om så behövs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16505EFE" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="114C7E7B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Aktuell medicinering ska vara ordinerad i journalens läkemedelsmodul för alla slutenvårdspatienter.</w:t>
+        <w:t>Perioperativa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ordinationer ska framgå</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2458F9F0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="3E9CF2CD" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Plan för justering av koagulationspåverkande läkemedel ska finnas.</w:t>
+        <w:t>Diagnos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0479207E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="261B6C34" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Status: </w:t>
+        <w:t>Vilken operation som planeras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35E02D02" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...105 lines deleted...]
-    <w:p w14:paraId="061DCFA0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="0512D68B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">I förekommande fall ska aktuella </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> resultat finnas</w:t>
+        <w:t>Pat läge på operationsbordet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B2DD3B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="3EBD4932" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>I förekommande fall ska aktuellt EKG finnas.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Önskemål om anestesiform, särskilt om det är möjligt att genomföra ingreppet i lokalanestesi med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sedering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="28DDEB70" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="7EADCD90" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Journal från tidigare relevanta vårdtillfällen vid aktuell eller annan klinik. </w:t>
+        <w:t>Operatör</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649DFAB5" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="6CB41BAD" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Dokumentation om ifall rökstoppsinformation har givits och om patienten accepterat (se sjukhusövergripande riktlinje ”</w:t>
-[...10 lines deleted...]
-        <w:t>”).</w:t>
+        <w:t>Patientens vikt och längd (BMI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BA7D57C" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="54969A2E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="4112A96C">
-[...5 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>.</w:t>
+        <w:t>Blodtryck</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43213786" w14:textId="77777777" w:rsidR="003A0294" w:rsidRDefault="003A0294">
-[...37 lines deleted...]
-      <w:bookmarkStart w:id="317" w:name="_Toc97740072"/>
+    <w:p w14:paraId="30A5CAED" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
+        <w:t>Speciella önskemål från ansvarig kirurg om postoperativ övervakning om sådana finns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B5C6D3" w14:textId="58B216CA" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="6366B55F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
+      <w:bookmarkStart w:id="290" w:name="_Toc256001113"/>
+      <w:bookmarkStart w:id="291" w:name="_Toc256001046"/>
+      <w:bookmarkStart w:id="292" w:name="_Toc256000979"/>
+      <w:bookmarkStart w:id="293" w:name="_Toc256000912"/>
+      <w:bookmarkStart w:id="294" w:name="_Toc256000847"/>
+      <w:bookmarkStart w:id="295" w:name="_Toc256000782"/>
+      <w:bookmarkStart w:id="296" w:name="_Toc256000717"/>
+      <w:bookmarkStart w:id="297" w:name="_Toc256000652"/>
+      <w:bookmarkStart w:id="298" w:name="_Toc256000587"/>
+      <w:bookmarkStart w:id="299" w:name="_Toc256000390"/>
+      <w:bookmarkStart w:id="300" w:name="_Toc256000327"/>
+      <w:bookmarkStart w:id="301" w:name="_Toc256000264"/>
+      <w:bookmarkStart w:id="302" w:name="_Toc256000201"/>
+      <w:bookmarkStart w:id="303" w:name="_Toc256000138"/>
+      <w:bookmarkStart w:id="304" w:name="_Toc256000075"/>
+      <w:bookmarkStart w:id="305" w:name="_Toc256000012"/>
+      <w:bookmarkStart w:id="306" w:name="_Toc450563106"/>
+      <w:bookmarkStart w:id="307" w:name="_Toc450567853"/>
+      <w:bookmarkStart w:id="308" w:name="_Toc454441816"/>
+      <w:bookmarkStart w:id="309" w:name="_Toc256000520"/>
+      <w:bookmarkStart w:id="310" w:name="_Toc256000455"/>
+      <w:bookmarkStart w:id="311" w:name="_Toc466283489"/>
+      <w:bookmarkStart w:id="312" w:name="_Toc468281458"/>
+      <w:bookmarkStart w:id="313" w:name="_Toc485740448"/>
+      <w:bookmarkStart w:id="314" w:name="_Toc487723617"/>
+      <w:bookmarkStart w:id="315" w:name="_Toc75353341"/>
+      <w:bookmarkStart w:id="316" w:name="_Toc96427954"/>
+      <w:bookmarkStart w:id="317" w:name="_Toc97740073"/>
       <w:r w:rsidRPr="00083A64">
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Dokumentation i </w:t>
+        <w:t xml:space="preserve">Dokumentation i både journal och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00083A64">
         <w:t>Orbit</w:t>
       </w:r>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
       <w:bookmarkEnd w:id="296"/>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
       <w:bookmarkEnd w:id="312"/>
       <w:bookmarkEnd w:id="313"/>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="289938C9" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="7648DE17" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r>
-        <w:t xml:space="preserve">Inför en preoperativ bedömning ska det i </w:t>
+        <w:t xml:space="preserve">För att visa att den preoperativa bedömningen är gjord ska anestesianteckningen i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Orbit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> finnas följande information:</w:t>
+        <w:t xml:space="preserve"> fyllas i och patienten markeras som ”Klar för anestesi”, s.k. “</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Klar grön</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>”. Patienten ska inte anlända till operation före “</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Klar grön</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19245056" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="647D1DBA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r>
-        <w:t>Operationsbehov</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Vid de tillfällen då narkosläkaren önskar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6DD67737">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>utökad utredning,</w:t>
+      </w:r>
       <w:r>
-        <w:t>Rätt operationskort ska väljas.</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> eller inte kan acceptera patienten för anestesi, kontaktas operatör, avdelning, jour eller operationsplanerare på dennes klinik. Anteckning görs också i </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Knivtid</w:t>
+        <w:t>Orbit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> ska justeras om så behövs.</w:t>
+        <w:t xml:space="preserve"> om vad som saknas för godkännande och vilka åtgärder som initierats. Viktig information skrivs även in som anteckning i journalen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114C7E7B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00083A64" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+    <w:p w14:paraId="1A79C341" w14:textId="77777777" w:rsidR="003A0294" w:rsidRDefault="003A0294" w:rsidP="254FFAE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="318" w:name="_Toc256001114"/>
+      <w:bookmarkStart w:id="319" w:name="_Toc256001047"/>
+      <w:bookmarkStart w:id="320" w:name="_Toc256000980"/>
+      <w:bookmarkStart w:id="321" w:name="_Toc256000913"/>
+      <w:bookmarkStart w:id="322" w:name="_Toc256000848"/>
+      <w:bookmarkStart w:id="323" w:name="_Toc256000783"/>
+      <w:bookmarkStart w:id="324" w:name="_Toc256000718"/>
+      <w:bookmarkStart w:id="325" w:name="_Toc256000653"/>
+      <w:bookmarkStart w:id="326" w:name="_Toc256000588"/>
+      <w:bookmarkStart w:id="327" w:name="_Toc256000391"/>
+      <w:bookmarkStart w:id="328" w:name="_Toc256000328"/>
+      <w:bookmarkStart w:id="329" w:name="_Toc256000265"/>
+      <w:bookmarkStart w:id="330" w:name="_Toc256000202"/>
+      <w:bookmarkStart w:id="331" w:name="_Toc256000139"/>
+      <w:bookmarkStart w:id="332" w:name="_Toc256000076"/>
+      <w:bookmarkStart w:id="333" w:name="_Toc256000013"/>
+      <w:bookmarkStart w:id="334" w:name="_Toc450563107"/>
+      <w:bookmarkStart w:id="335" w:name="_Toc450567854"/>
+      <w:bookmarkStart w:id="336" w:name="_Toc454441817"/>
+      <w:bookmarkStart w:id="337" w:name="_Toc256000521"/>
+      <w:bookmarkStart w:id="338" w:name="_Toc256000456"/>
+      <w:bookmarkStart w:id="339" w:name="_Toc466283490"/>
+      <w:bookmarkStart w:id="340" w:name="_Toc468281459"/>
+      <w:bookmarkStart w:id="341" w:name="_Toc485740449"/>
+      <w:bookmarkStart w:id="342" w:name="_Toc487723618"/>
+      <w:bookmarkStart w:id="343" w:name="_Toc75353342"/>
+      <w:bookmarkStart w:id="344" w:name="_Toc96427955"/>
+      <w:bookmarkStart w:id="345" w:name="_Toc97740074"/>
       <w:r>
-        <w:t>Perioperativa</w:t>
-[...152 lines deleted...]
-        <w:t>Orbit</w:t>
+        <w:br w:type="page"/>
       </w:r>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
       <w:bookmarkEnd w:id="326"/>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
       <w:bookmarkEnd w:id="336"/>
       <w:bookmarkEnd w:id="337"/>
       <w:bookmarkEnd w:id="338"/>
       <w:bookmarkEnd w:id="339"/>
       <w:bookmarkEnd w:id="340"/>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
       <w:bookmarkEnd w:id="344"/>
       <w:bookmarkEnd w:id="345"/>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7648DE17" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...98 lines deleted...]
-      <w:bookmarkStart w:id="374" w:name="_Toc211431610"/>
+    <w:p w14:paraId="7DC853BF" w14:textId="5FF0E9F0" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="079652AB" w:rsidP="254FFAE0">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="346" w:name="_Blodgruppering_/_BAS-test"/>
+      <w:bookmarkStart w:id="347" w:name="_Toc256001120"/>
+      <w:bookmarkStart w:id="348" w:name="_Toc256001053"/>
+      <w:bookmarkStart w:id="349" w:name="_Toc256000986"/>
+      <w:bookmarkStart w:id="350" w:name="_Toc256000919"/>
+      <w:bookmarkStart w:id="351" w:name="_Toc256000854"/>
+      <w:bookmarkStart w:id="352" w:name="_Toc256000789"/>
+      <w:bookmarkStart w:id="353" w:name="_Toc256000724"/>
+      <w:bookmarkStart w:id="354" w:name="_Toc256000659"/>
+      <w:bookmarkStart w:id="355" w:name="_Toc256000594"/>
+      <w:bookmarkStart w:id="356" w:name="_Toc256000397"/>
+      <w:bookmarkStart w:id="357" w:name="_Toc256000334"/>
+      <w:bookmarkStart w:id="358" w:name="_Toc256000271"/>
+      <w:bookmarkStart w:id="359" w:name="_Toc256000208"/>
+      <w:bookmarkStart w:id="360" w:name="_Toc256000145"/>
+      <w:bookmarkStart w:id="361" w:name="_Toc256000082"/>
+      <w:bookmarkStart w:id="362" w:name="_Toc256000019"/>
+      <w:bookmarkStart w:id="363" w:name="_Toc450563113"/>
+      <w:bookmarkStart w:id="364" w:name="_Toc450567860"/>
+      <w:bookmarkStart w:id="365" w:name="_Toc454441823"/>
+      <w:bookmarkStart w:id="366" w:name="_Toc256000527"/>
+      <w:bookmarkStart w:id="367" w:name="_Toc256000462"/>
+      <w:bookmarkStart w:id="368" w:name="_Toc466283496"/>
+      <w:bookmarkStart w:id="369" w:name="_Toc468281465"/>
+      <w:bookmarkStart w:id="370" w:name="_Toc485740455"/>
+      <w:bookmarkStart w:id="371" w:name="_Toc487723624"/>
+      <w:bookmarkStart w:id="372" w:name="_Toc75353348"/>
+      <w:bookmarkStart w:id="373" w:name="_Toc96427961"/>
+      <w:bookmarkStart w:id="374" w:name="_Toc97740080"/>
+      <w:bookmarkEnd w:id="346"/>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Genomförande</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="346"/>
+        <w:t>Blodgruppering / BAS-test / blodbeställning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="347"/>
       <w:bookmarkEnd w:id="348"/>
       <w:bookmarkEnd w:id="349"/>
       <w:bookmarkEnd w:id="350"/>
       <w:bookmarkEnd w:id="351"/>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
       <w:bookmarkEnd w:id="355"/>
       <w:bookmarkEnd w:id="356"/>
       <w:bookmarkEnd w:id="357"/>
       <w:bookmarkEnd w:id="358"/>
       <w:bookmarkEnd w:id="359"/>
       <w:bookmarkEnd w:id="360"/>
       <w:bookmarkEnd w:id="361"/>
       <w:bookmarkEnd w:id="362"/>
       <w:bookmarkEnd w:id="363"/>
       <w:bookmarkEnd w:id="364"/>
       <w:bookmarkEnd w:id="365"/>
       <w:bookmarkEnd w:id="366"/>
       <w:bookmarkEnd w:id="367"/>
       <w:bookmarkEnd w:id="368"/>
       <w:bookmarkEnd w:id="369"/>
       <w:bookmarkEnd w:id="370"/>
       <w:bookmarkEnd w:id="371"/>
       <w:bookmarkEnd w:id="372"/>
       <w:bookmarkEnd w:id="373"/>
       <w:bookmarkEnd w:id="374"/>
     </w:p>
-    <w:p w14:paraId="6DD9F29B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...32 lines deleted...]
-      <w:bookmarkStart w:id="403" w:name="_Toc211431611"/>
+    <w:p w14:paraId="0941C5D8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00425E68" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blodgruppering görs i princip på alla patienter som ska opereras (AB0, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>Rh</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>). Provtagning ska utföras så tidigt som möjligt, helst redan vid mottagningsbesök i samband med att patienten sätts upp för operation, för att kunna upptäcka eventuella antikroppar. Antikroppar föranleder ytterligare provtagning, så provsvaret måste bevakas för att dessa prover ska hinna tas i tid inför operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4FA1E5" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00425E68" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ingrepp där risken för blodförlust bedöms som liten </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fraktur av finger, diagnostiska undersökningar (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>cristapunktion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> behövs inte blodgruppering.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7902B165" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00425E68" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>BAS-test tas oftast dagen före operationen eller på operationsdagen. BAS-test är giltig 5 dygn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775C5C69" w14:textId="5F65988A" w:rsidR="005C747B" w:rsidRPr="00425E68" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Blodbeställning </w:t>
+      </w:r>
+      <w:r w:rsidR="00405A65">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sker preoperativt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enligt </w:t>
+      </w:r>
+      <w:r w:rsidR="003C196B">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>schema nedan e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>ller på operatörens ordination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D521790" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00425E68" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="publishedwebb"/>
+        </w:rPr>
+        <w:t>För barn kan eventuell blodgruppering/provtagning ske efter nålsättning på vårdavdelningen eller operationsavdelningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5782" w:type="pct"/>
+        <w:tblInd w:w="-113" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Blodgruppering / BAS-test / blodbeställning"/>
+        <w:tblDescription w:val="Tabellen listar vanliga operativa ingrepp och visar om blodgruppering, bastest eller blod/plasma behövs i samband med ingreppet."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7620"/>
+        <w:gridCol w:w="1135"/>
+        <w:gridCol w:w="1559"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E43237" w14:paraId="0338EF0C" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5"/>
+          </w:tcPr>
+          <w:p w14:paraId="21FEEFF7" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D02A1B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ingrepp</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C48AAE0" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D02A1B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>BAS-test</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD02C8B" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D02A1B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Blod/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F4989D1" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D02A1B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Plasma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="702ED985" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3743DA" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D02A1B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kärlkirurgi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="7532C747" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="3813F1C5" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="6EF9FA8C" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="505BC40B" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elektivt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>aortaaneurysm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7CB63B" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A67E647" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="3FB2FF9B" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="070DB503" w14:textId="1050E34F" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>By</w:t>
+            </w:r>
+            <w:r w:rsidR="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>pass</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>t.ex</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. fem-pop</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E5FA26" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BA5747" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="7F9421D4" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F1703B" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bukkirurgi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="376B5C7A" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC79461" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="60893E11" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E2C4FD" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Splenectomi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="46AC0B3B" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5137B0DF" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="4C23A50F" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1EF0F7" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Urologi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0EDE98" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="477E1CCC" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="63595AA8" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E802052" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nefrectomi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6464A488" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0408DED6" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="409E72DE" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F7D198" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gynekologi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F30AA02" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F6D6E2" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="62041152" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A99587" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Exeres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pga</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MOLA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DA1E95" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD3F8FE" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="0E1E7B48" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="511969F4" w14:textId="0A76D18D" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lap</w:t>
+            </w:r>
+            <w:r w:rsidR="00572C85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>arosk</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>opi extrauterin grav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="57029672" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19528755" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="0517C9A0" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="426C43DC" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sectio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E742C6F" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D96C2C" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="003C196B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C196B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="56913AEE" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9EB957" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ortopedi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="703943FA" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF1B3F2" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00D02A1B" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="6D35FC7C" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8EAB82" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revisionshöft</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2856550C" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="13097764" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="046541BF" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B2413FD" w14:textId="0ACC193D" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00FF0EED" w:rsidP="00FF0EED">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Operation av höft-/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>femurfraktur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oavsett operationsmetod</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="421F9CF6" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D57138" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="1A7C9894" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B97EC0B" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revisionsknä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E47298D" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B11F1F9" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="7FCC9A74" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F6254E" w14:textId="3F001F48" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Axelprotes</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller annan öppen </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>axelkirurgi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5601FC5F" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="253BBCF4" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="45CCA2EE" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="011779DF" w14:textId="474FC9BF" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="564D61C3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Humerusfraktur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="564D61C3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> öppen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAB107D" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A47942" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="55D20819" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="56936903" w14:textId="704C51EA" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="564D61C3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tibiafraktur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="70308F26" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F096B3" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E43237" w14:paraId="57652498" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="758D9453" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Amputation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53802DE9" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="776E23ED" w14:textId="77777777" w:rsidR="00E43237" w:rsidRPr="00FF0EED" w:rsidRDefault="00E43237">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF0EED">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB4FB3" w14:paraId="1A29F8BF" w14:textId="77777777" w:rsidTr="564D61C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3694" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0824D302" w14:textId="4E0BDC89" w:rsidR="00AB4FB3" w:rsidRPr="00FF0EED" w:rsidRDefault="00AB4FB3">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Primär höft</w:t>
+            </w:r>
+            <w:r w:rsidR="0096274C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller knäprotes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00622398">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>i Skene</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BF9AD8" w14:textId="53ACE3FE" w:rsidR="00AB4FB3" w:rsidRPr="00FF0EED" w:rsidRDefault="00622398">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="756" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA3FCE6" w14:textId="42F1B725" w:rsidR="00AB4FB3" w:rsidRPr="00FF0EED" w:rsidRDefault="0096274C">
+            <w:pPr>
+              <w:pStyle w:val="Rubrik1"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="052F83BF" w14:textId="77777777" w:rsidR="00A63BEF" w:rsidRDefault="00A63BEF" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="375" w:name="_Toc256001121"/>
+      <w:bookmarkStart w:id="376" w:name="_Toc256001054"/>
+      <w:bookmarkStart w:id="377" w:name="_Toc256000987"/>
+      <w:bookmarkStart w:id="378" w:name="_Toc256000920"/>
+      <w:bookmarkStart w:id="379" w:name="_Toc256000855"/>
+      <w:bookmarkStart w:id="380" w:name="_Toc256000790"/>
+      <w:bookmarkStart w:id="381" w:name="_Toc256000725"/>
+      <w:bookmarkStart w:id="382" w:name="_Toc256000660"/>
+      <w:bookmarkStart w:id="383" w:name="_Toc256000595"/>
+      <w:bookmarkStart w:id="384" w:name="_Toc256000398"/>
+      <w:bookmarkStart w:id="385" w:name="_Toc256000335"/>
+      <w:bookmarkStart w:id="386" w:name="_Toc256000272"/>
+      <w:bookmarkStart w:id="387" w:name="_Toc256000209"/>
+      <w:bookmarkStart w:id="388" w:name="_Toc256000146"/>
+      <w:bookmarkStart w:id="389" w:name="_Toc256000083"/>
+      <w:bookmarkStart w:id="390" w:name="_Toc256000020"/>
+      <w:bookmarkStart w:id="391" w:name="_Toc440900141"/>
+      <w:bookmarkStart w:id="392" w:name="_Toc450563114"/>
+      <w:bookmarkStart w:id="393" w:name="_Toc450567861"/>
+      <w:bookmarkStart w:id="394" w:name="_Toc454441824"/>
+      <w:bookmarkStart w:id="395" w:name="_Toc256000528"/>
+      <w:bookmarkStart w:id="396" w:name="_Toc256000463"/>
+      <w:bookmarkStart w:id="397" w:name="_Toc466283497"/>
+      <w:bookmarkStart w:id="398" w:name="_Toc468281466"/>
+      <w:bookmarkStart w:id="399" w:name="_Toc485740456"/>
+      <w:bookmarkStart w:id="400" w:name="_Toc487723625"/>
+      <w:bookmarkStart w:id="401" w:name="_Toc75353349"/>
+      <w:bookmarkStart w:id="402" w:name="_Toc96427962"/>
+      <w:bookmarkStart w:id="403" w:name="_Toc97740081"/>
+    </w:p>
+    <w:p w14:paraId="7D8CDE86" w14:textId="77777777" w:rsidR="00A63BEF" w:rsidRDefault="00A63BEF" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3495F7DD" w14:textId="77777777" w:rsidR="00572C85" w:rsidRPr="00572C85" w:rsidRDefault="00572C85" w:rsidP="00572C85"/>
+    <w:p w14:paraId="225E361E" w14:textId="066F5789" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Preoperativ utredning</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Röntgenundersökningar och konsultationer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="375"/>
       <w:bookmarkEnd w:id="376"/>
       <w:bookmarkEnd w:id="377"/>
       <w:bookmarkEnd w:id="378"/>
       <w:bookmarkEnd w:id="379"/>
       <w:bookmarkEnd w:id="380"/>
       <w:bookmarkEnd w:id="381"/>
       <w:bookmarkEnd w:id="382"/>
       <w:bookmarkEnd w:id="383"/>
       <w:bookmarkEnd w:id="384"/>
       <w:bookmarkEnd w:id="385"/>
       <w:bookmarkEnd w:id="386"/>
       <w:bookmarkEnd w:id="387"/>
       <w:bookmarkEnd w:id="388"/>
       <w:bookmarkEnd w:id="389"/>
       <w:bookmarkEnd w:id="390"/>
       <w:bookmarkEnd w:id="391"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
     </w:p>
-    <w:p w14:paraId="5D3D0C62" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="134ED818" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t>Anmälande läkare bedömer och remitterar för de röntgenundersökningar och konsultationer som behövs inför den preoperativa bedömningen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C4D73A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t>Om narkosläkare i samband med den preoperativa bedömningen beslutar att ytterligare undersökning eller konsultation krävs måste detta förmedlas till anmälande klinik som remitterar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6481A2FC" w14:textId="36970877" w:rsidR="005C747B" w:rsidRPr="00023BF7" w:rsidRDefault="005C747B" w:rsidP="00023BF7">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-        <w:spacing w:before="120"/>
-[...28 lines deleted...]
-      <w:bookmarkStart w:id="431" w:name="_Toc97740077"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="404" w:name="_Toc256001122"/>
+      <w:bookmarkStart w:id="405" w:name="_Toc256001055"/>
+      <w:bookmarkStart w:id="406" w:name="_Toc256000988"/>
+      <w:bookmarkStart w:id="407" w:name="_Toc256000921"/>
+      <w:bookmarkStart w:id="408" w:name="_Toc256000856"/>
+      <w:bookmarkStart w:id="409" w:name="_Toc256000791"/>
+      <w:bookmarkStart w:id="410" w:name="_Toc256000726"/>
+      <w:bookmarkStart w:id="411" w:name="_Toc256000661"/>
+      <w:bookmarkStart w:id="412" w:name="_Toc256000596"/>
+      <w:bookmarkStart w:id="413" w:name="_Toc256000399"/>
+      <w:bookmarkStart w:id="414" w:name="_Toc256000336"/>
+      <w:bookmarkStart w:id="415" w:name="_Toc256000273"/>
+      <w:bookmarkStart w:id="416" w:name="_Toc256000210"/>
+      <w:bookmarkStart w:id="417" w:name="_Toc256000147"/>
+      <w:bookmarkStart w:id="418" w:name="_Toc256000084"/>
+      <w:bookmarkStart w:id="419" w:name="_Toc256000021"/>
+      <w:bookmarkStart w:id="420" w:name="_Toc450563115"/>
+      <w:bookmarkStart w:id="421" w:name="_Toc450567862"/>
+      <w:bookmarkStart w:id="422" w:name="_Toc454441825"/>
+      <w:bookmarkStart w:id="423" w:name="_Toc256000529"/>
+      <w:bookmarkStart w:id="424" w:name="_Toc256000464"/>
+      <w:bookmarkStart w:id="425" w:name="_Toc466283498"/>
+      <w:bookmarkStart w:id="426" w:name="_Toc468281467"/>
+      <w:bookmarkStart w:id="427" w:name="_Toc485740457"/>
+      <w:bookmarkStart w:id="428" w:name="_Toc487723626"/>
+      <w:bookmarkStart w:id="429" w:name="_Toc75353350"/>
+      <w:bookmarkStart w:id="430" w:name="_Toc96427963"/>
+      <w:bookmarkStart w:id="431" w:name="_Toc97740082"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Blodtryck</w:t>
+        <w:t>Lungröntgen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
       <w:bookmarkEnd w:id="407"/>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
       <w:bookmarkEnd w:id="420"/>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
       <w:bookmarkEnd w:id="425"/>
       <w:bookmarkEnd w:id="426"/>
       <w:bookmarkEnd w:id="427"/>
       <w:bookmarkEnd w:id="428"/>
       <w:bookmarkEnd w:id="429"/>
       <w:bookmarkEnd w:id="430"/>
       <w:bookmarkEnd w:id="431"/>
     </w:p>
-    <w:p w14:paraId="0A10F0FC" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="5C56925C" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Klinisk indikation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0039B415" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patienter med akuta lungsymtom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40BE493E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid misstanke om lungmetastas och/eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pleuravätska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0CB188" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="432" w:name="_Toc256001123"/>
+      <w:bookmarkStart w:id="433" w:name="_Toc256001056"/>
+      <w:bookmarkStart w:id="434" w:name="_Toc256000989"/>
+      <w:bookmarkStart w:id="435" w:name="_Toc256000922"/>
+      <w:bookmarkStart w:id="436" w:name="_Toc256000857"/>
+      <w:bookmarkStart w:id="437" w:name="_Toc256000792"/>
+      <w:bookmarkStart w:id="438" w:name="_Toc256000727"/>
+      <w:bookmarkStart w:id="439" w:name="_Toc256000662"/>
+      <w:bookmarkStart w:id="440" w:name="_Toc256000597"/>
+      <w:bookmarkStart w:id="441" w:name="_Toc256000400"/>
+      <w:bookmarkStart w:id="442" w:name="_Toc256000337"/>
+      <w:bookmarkStart w:id="443" w:name="_Toc256000274"/>
+      <w:bookmarkStart w:id="444" w:name="_Toc256000211"/>
+      <w:bookmarkStart w:id="445" w:name="_Toc256000148"/>
+      <w:bookmarkStart w:id="446" w:name="_Toc256000085"/>
+      <w:bookmarkStart w:id="447" w:name="_Toc256000022"/>
+      <w:bookmarkStart w:id="448" w:name="_Toc450563116"/>
+      <w:bookmarkStart w:id="449" w:name="_Toc450567863"/>
+      <w:bookmarkStart w:id="450" w:name="_Toc454441826"/>
+      <w:bookmarkStart w:id="451" w:name="_Toc256000530"/>
+      <w:bookmarkStart w:id="452" w:name="_Toc256000465"/>
+      <w:bookmarkStart w:id="453" w:name="_Toc466283499"/>
+      <w:bookmarkStart w:id="454" w:name="_Toc468281468"/>
+      <w:bookmarkStart w:id="455" w:name="_Toc485740458"/>
+      <w:bookmarkStart w:id="456" w:name="_Toc487723627"/>
+      <w:bookmarkStart w:id="457" w:name="_Toc75353351"/>
+      <w:bookmarkStart w:id="458" w:name="_Toc96427964"/>
+      <w:bookmarkStart w:id="459" w:name="_Toc97740083"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Blodtryck ska tas på alla vuxna patienter</w:t>
-[...245 lines deleted...]
-        <w:t>Preoperativt EKG</w:t>
+        <w:t>Halsryggsröntgen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="432"/>
       <w:bookmarkEnd w:id="433"/>
       <w:bookmarkEnd w:id="434"/>
       <w:bookmarkEnd w:id="435"/>
       <w:bookmarkEnd w:id="436"/>
       <w:bookmarkEnd w:id="437"/>
       <w:bookmarkEnd w:id="438"/>
       <w:bookmarkEnd w:id="439"/>
       <w:bookmarkEnd w:id="440"/>
       <w:bookmarkEnd w:id="441"/>
       <w:bookmarkEnd w:id="442"/>
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
       <w:bookmarkEnd w:id="449"/>
       <w:bookmarkEnd w:id="450"/>
       <w:bookmarkEnd w:id="451"/>
       <w:bookmarkEnd w:id="452"/>
       <w:bookmarkEnd w:id="453"/>
       <w:bookmarkEnd w:id="454"/>
       <w:bookmarkEnd w:id="455"/>
       <w:bookmarkEnd w:id="456"/>
       <w:bookmarkEnd w:id="457"/>
       <w:bookmarkEnd w:id="458"/>
       <w:bookmarkEnd w:id="459"/>
     </w:p>
-    <w:p w14:paraId="48D759F3" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="050386C0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Alla patienter över 65 år.</w:t>
+        <w:t>RA-patienter med symtom från halsryggen om det inte gjorts senaste månaden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A2ABDA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="73552D24" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Då anamnes eller status ger misstanke om hjärt-/kärlsjukdom </w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Ska övervägas på patienter med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Down´s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> syndrom, diabetes </w:t>
-[...12528 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> syndrom. Se också </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId32">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Perioperativ</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> handläggning av barn med Mb Down (</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Trisomi</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t xml:space="preserve"> 21) vid SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="25B1C387" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="602" w:name="_Toc256001124"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="629" w:name="_Toc97740084"/>
+      <w:bookmarkStart w:id="460" w:name="_Toc256001124"/>
+      <w:bookmarkStart w:id="461" w:name="_Toc256001057"/>
+      <w:bookmarkStart w:id="462" w:name="_Toc256000990"/>
+      <w:bookmarkStart w:id="463" w:name="_Toc256000923"/>
+      <w:bookmarkStart w:id="464" w:name="_Toc256000858"/>
+      <w:bookmarkStart w:id="465" w:name="_Toc256000793"/>
+      <w:bookmarkStart w:id="466" w:name="_Toc256000728"/>
+      <w:bookmarkStart w:id="467" w:name="_Toc256000663"/>
+      <w:bookmarkStart w:id="468" w:name="_Toc256000598"/>
+      <w:bookmarkStart w:id="469" w:name="_Toc256000401"/>
+      <w:bookmarkStart w:id="470" w:name="_Toc256000338"/>
+      <w:bookmarkStart w:id="471" w:name="_Toc256000275"/>
+      <w:bookmarkStart w:id="472" w:name="_Toc256000212"/>
+      <w:bookmarkStart w:id="473" w:name="_Toc256000149"/>
+      <w:bookmarkStart w:id="474" w:name="_Toc256000086"/>
+      <w:bookmarkStart w:id="475" w:name="_Toc256000023"/>
+      <w:bookmarkStart w:id="476" w:name="_Toc450563117"/>
+      <w:bookmarkStart w:id="477" w:name="_Toc450567864"/>
+      <w:bookmarkStart w:id="478" w:name="_Toc454441827"/>
+      <w:bookmarkStart w:id="479" w:name="_Toc256000531"/>
+      <w:bookmarkStart w:id="480" w:name="_Toc256000466"/>
+      <w:bookmarkStart w:id="481" w:name="_Toc466283500"/>
+      <w:bookmarkStart w:id="482" w:name="_Toc468281469"/>
+      <w:bookmarkStart w:id="483" w:name="_Toc485740459"/>
+      <w:bookmarkStart w:id="484" w:name="_Toc487723628"/>
+      <w:bookmarkStart w:id="485" w:name="_Toc75353352"/>
+      <w:bookmarkStart w:id="486" w:name="_Toc96427965"/>
+      <w:bookmarkStart w:id="487" w:name="_Toc97740084"/>
       <w:r w:rsidRPr="00C8004A">
         <w:t>Spirometri</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="460"/>
+      <w:bookmarkEnd w:id="461"/>
+      <w:bookmarkEnd w:id="462"/>
+      <w:bookmarkEnd w:id="463"/>
+      <w:bookmarkEnd w:id="464"/>
+      <w:bookmarkEnd w:id="465"/>
+      <w:bookmarkEnd w:id="466"/>
+      <w:bookmarkEnd w:id="467"/>
+      <w:bookmarkEnd w:id="468"/>
+      <w:bookmarkEnd w:id="469"/>
+      <w:bookmarkEnd w:id="470"/>
+      <w:bookmarkEnd w:id="471"/>
+      <w:bookmarkEnd w:id="472"/>
+      <w:bookmarkEnd w:id="473"/>
+      <w:bookmarkEnd w:id="474"/>
+      <w:bookmarkEnd w:id="475"/>
+      <w:bookmarkEnd w:id="476"/>
+      <w:bookmarkEnd w:id="477"/>
+      <w:bookmarkEnd w:id="478"/>
+      <w:bookmarkEnd w:id="479"/>
+      <w:bookmarkEnd w:id="480"/>
+      <w:bookmarkEnd w:id="481"/>
+      <w:bookmarkEnd w:id="482"/>
+      <w:bookmarkEnd w:id="483"/>
+      <w:bookmarkEnd w:id="484"/>
+      <w:bookmarkEnd w:id="485"/>
+      <w:bookmarkEnd w:id="486"/>
+      <w:bookmarkEnd w:id="487"/>
+    </w:p>
+    <w:p w14:paraId="2FA6D8DA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patienter med svår lungfunktionsinskränkning där större kirurgi planeras ska remitteras för spirometri om man tror att behandlingen kan optimeras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED9EFA0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="488" w:name="_Toc256001125"/>
+      <w:bookmarkStart w:id="489" w:name="_Toc256001058"/>
+      <w:bookmarkStart w:id="490" w:name="_Toc256000991"/>
+      <w:bookmarkStart w:id="491" w:name="_Toc256000924"/>
+      <w:bookmarkStart w:id="492" w:name="_Toc256000859"/>
+      <w:bookmarkStart w:id="493" w:name="_Toc256000794"/>
+      <w:bookmarkStart w:id="494" w:name="_Toc256000729"/>
+      <w:bookmarkStart w:id="495" w:name="_Toc256000664"/>
+      <w:bookmarkStart w:id="496" w:name="_Toc256000599"/>
+      <w:bookmarkStart w:id="497" w:name="_Toc256000402"/>
+      <w:bookmarkStart w:id="498" w:name="_Toc256000339"/>
+      <w:bookmarkStart w:id="499" w:name="_Toc256000276"/>
+      <w:bookmarkStart w:id="500" w:name="_Toc256000213"/>
+      <w:bookmarkStart w:id="501" w:name="_Toc256000150"/>
+      <w:bookmarkStart w:id="502" w:name="_Toc256000087"/>
+      <w:bookmarkStart w:id="503" w:name="_Toc256000024"/>
+      <w:bookmarkStart w:id="504" w:name="_Toc450563118"/>
+      <w:bookmarkStart w:id="505" w:name="_Toc450567865"/>
+      <w:bookmarkStart w:id="506" w:name="_Toc454441828"/>
+      <w:bookmarkStart w:id="507" w:name="_Toc256000532"/>
+      <w:bookmarkStart w:id="508" w:name="_Toc256000467"/>
+      <w:bookmarkStart w:id="509" w:name="_Toc466283501"/>
+      <w:bookmarkStart w:id="510" w:name="_Toc468281470"/>
+      <w:bookmarkStart w:id="511" w:name="_Toc485740460"/>
+      <w:bookmarkStart w:id="512" w:name="_Toc487723629"/>
+      <w:bookmarkStart w:id="513" w:name="_Toc75353353"/>
+      <w:bookmarkStart w:id="514" w:name="_Toc96427966"/>
+      <w:bookmarkStart w:id="515" w:name="_Toc97740085"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Ultraljud av hjärta, UCG</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="488"/>
+      <w:bookmarkEnd w:id="489"/>
+      <w:bookmarkEnd w:id="490"/>
+      <w:bookmarkEnd w:id="491"/>
+      <w:bookmarkEnd w:id="492"/>
+      <w:bookmarkEnd w:id="493"/>
+      <w:bookmarkEnd w:id="494"/>
+      <w:bookmarkEnd w:id="495"/>
+      <w:bookmarkEnd w:id="496"/>
+      <w:bookmarkEnd w:id="497"/>
+      <w:bookmarkEnd w:id="498"/>
+      <w:bookmarkEnd w:id="499"/>
+      <w:bookmarkEnd w:id="500"/>
+      <w:bookmarkEnd w:id="501"/>
+      <w:bookmarkEnd w:id="502"/>
+      <w:bookmarkEnd w:id="503"/>
+      <w:bookmarkEnd w:id="504"/>
+      <w:bookmarkEnd w:id="505"/>
+      <w:bookmarkEnd w:id="506"/>
+      <w:bookmarkEnd w:id="507"/>
+      <w:bookmarkEnd w:id="508"/>
+      <w:bookmarkEnd w:id="509"/>
+      <w:bookmarkEnd w:id="510"/>
+      <w:bookmarkEnd w:id="511"/>
+      <w:bookmarkEnd w:id="512"/>
+      <w:bookmarkEnd w:id="513"/>
+      <w:bookmarkEnd w:id="514"/>
+      <w:bookmarkEnd w:id="515"/>
+    </w:p>
+    <w:p w14:paraId="79CA8B16" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Misstänkt hjärtsvikt (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> anamnes på hjärtinfarkt, låg funktionskapacitet (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>METs</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> &lt;4) i kombination med </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dyspné</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och/eller perifera ödem samt där aktuellt ultraljud saknas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A46D382" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ej tidigare utrett blåsljud. Är blåsljudet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ej </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">kraftigt, patienten symtomfri </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">och </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ingreppet litet kan UCG avstås.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2D20A2" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="4112A96C">
+        <w:t>Aortastenos där senaste UCG-undersökning &gt;1 år sedan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7049AABC" w14:textId="224BD4E4" w:rsidR="005C747B" w:rsidRDefault="00D17DA1" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Förmaksflimmer</w:t>
+      </w:r>
+      <w:r w:rsidR="005C747B">
+        <w:t>patient utan tidigare UCG.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5527DDDD" w14:textId="45AE1F01" w:rsidR="005C747B" w:rsidRDefault="079652AB" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="992"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I frånvaro av nytillkomna symtom accepteras 1 år gammalt UCG som aktuellt för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>vitie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-/hjärtsviktsdiagnostik. Grundlig anamnes samt NT-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>proBNP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kan hjälpa värdera behov av nytt UCG.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757752F4" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="516" w:name="_Toc256001126"/>
+      <w:bookmarkStart w:id="517" w:name="_Toc256001059"/>
+      <w:bookmarkStart w:id="518" w:name="_Toc256000992"/>
+      <w:bookmarkStart w:id="519" w:name="_Toc256000925"/>
+      <w:bookmarkStart w:id="520" w:name="_Toc256000860"/>
+      <w:bookmarkStart w:id="521" w:name="_Toc256000795"/>
+      <w:bookmarkStart w:id="522" w:name="_Toc256000730"/>
+      <w:bookmarkStart w:id="523" w:name="_Toc256000665"/>
+      <w:bookmarkStart w:id="524" w:name="_Toc256000600"/>
+      <w:bookmarkStart w:id="525" w:name="_Toc256000403"/>
+      <w:bookmarkStart w:id="526" w:name="_Toc256000340"/>
+      <w:bookmarkStart w:id="527" w:name="_Toc256000277"/>
+      <w:bookmarkStart w:id="528" w:name="_Toc256000214"/>
+      <w:bookmarkStart w:id="529" w:name="_Toc256000151"/>
+      <w:bookmarkStart w:id="530" w:name="_Toc256000088"/>
+      <w:bookmarkStart w:id="531" w:name="_Toc256000025"/>
+      <w:bookmarkStart w:id="532" w:name="_Toc450563119"/>
+      <w:bookmarkStart w:id="533" w:name="_Toc450567866"/>
+      <w:bookmarkStart w:id="534" w:name="_Toc454441829"/>
+      <w:bookmarkStart w:id="535" w:name="_Toc256000533"/>
+      <w:bookmarkStart w:id="536" w:name="_Toc256000468"/>
+      <w:bookmarkStart w:id="537" w:name="_Toc466283502"/>
+      <w:bookmarkStart w:id="538" w:name="_Toc468281471"/>
+      <w:bookmarkStart w:id="539" w:name="_Toc485740461"/>
+      <w:bookmarkStart w:id="540" w:name="_Toc487723630"/>
+      <w:bookmarkStart w:id="541" w:name="_Toc75353354"/>
+      <w:bookmarkStart w:id="542" w:name="_Toc96427967"/>
+      <w:bookmarkStart w:id="543" w:name="_Toc97740086"/>
+      <w:bookmarkStart w:id="544" w:name="_Toc215730356"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:lastRenderedPageBreak/>
+        <w:t>Preoperativa konsultationer</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="516"/>
+      <w:bookmarkEnd w:id="517"/>
+      <w:bookmarkEnd w:id="518"/>
+      <w:bookmarkEnd w:id="519"/>
+      <w:bookmarkEnd w:id="520"/>
+      <w:bookmarkEnd w:id="521"/>
+      <w:bookmarkEnd w:id="522"/>
+      <w:bookmarkEnd w:id="523"/>
+      <w:bookmarkEnd w:id="524"/>
+      <w:bookmarkEnd w:id="525"/>
+      <w:bookmarkEnd w:id="526"/>
+      <w:bookmarkEnd w:id="527"/>
+      <w:bookmarkEnd w:id="528"/>
+      <w:bookmarkEnd w:id="529"/>
+      <w:bookmarkEnd w:id="530"/>
+      <w:bookmarkEnd w:id="531"/>
+      <w:bookmarkEnd w:id="532"/>
+      <w:bookmarkEnd w:id="533"/>
+      <w:bookmarkEnd w:id="534"/>
+      <w:bookmarkEnd w:id="535"/>
+      <w:bookmarkEnd w:id="536"/>
+      <w:bookmarkEnd w:id="537"/>
+      <w:bookmarkEnd w:id="538"/>
+      <w:bookmarkEnd w:id="539"/>
+      <w:bookmarkEnd w:id="540"/>
+      <w:bookmarkEnd w:id="541"/>
+      <w:bookmarkEnd w:id="542"/>
+      <w:bookmarkEnd w:id="543"/>
+      <w:bookmarkEnd w:id="544"/>
+    </w:p>
+    <w:p w14:paraId="7DB65B84" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t xml:space="preserve">Konsultremiss ställs till den enhet som sköter patienten, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> primärvården vid hypertoni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57E1C0FA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hypertoni eller annan hjärt-/kärlsjukdom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB51190" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Diabetes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mellitus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6F7383" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Annan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>invärtesmedicinsk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sjukdom som är dåligt reglerad eller där tillståndet är i försämring sedan senaste kontroll.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AF5D41" w14:textId="67EBBEA5" w:rsidR="005C747B" w:rsidRPr="001039A7" w:rsidRDefault="005C747B" w:rsidP="001039A7">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="545" w:name="_Toc256001127"/>
+      <w:bookmarkStart w:id="546" w:name="_Toc256001060"/>
+      <w:bookmarkStart w:id="547" w:name="_Toc256000993"/>
+      <w:bookmarkStart w:id="548" w:name="_Toc256000926"/>
+      <w:bookmarkStart w:id="549" w:name="_Toc256000861"/>
+      <w:bookmarkStart w:id="550" w:name="_Toc256000796"/>
+      <w:bookmarkStart w:id="551" w:name="_Toc256000731"/>
+      <w:bookmarkStart w:id="552" w:name="_Toc256000666"/>
+      <w:bookmarkStart w:id="553" w:name="_Toc256000601"/>
+      <w:bookmarkStart w:id="554" w:name="_Toc256000404"/>
+      <w:bookmarkStart w:id="555" w:name="_Toc256000341"/>
+      <w:bookmarkStart w:id="556" w:name="_Toc256000278"/>
+      <w:bookmarkStart w:id="557" w:name="_Toc256000215"/>
+      <w:bookmarkStart w:id="558" w:name="_Toc256000152"/>
+      <w:bookmarkStart w:id="559" w:name="_Toc256000089"/>
+      <w:bookmarkStart w:id="560" w:name="_Toc256000026"/>
+      <w:bookmarkStart w:id="561" w:name="_Toc450563120"/>
+      <w:bookmarkStart w:id="562" w:name="_Toc450567867"/>
+      <w:bookmarkStart w:id="563" w:name="_Toc454441830"/>
+      <w:bookmarkStart w:id="564" w:name="_Toc256000534"/>
+      <w:bookmarkStart w:id="565" w:name="_Toc256000469"/>
+      <w:bookmarkStart w:id="566" w:name="_Toc466283503"/>
+      <w:bookmarkStart w:id="567" w:name="_Toc468281472"/>
+      <w:bookmarkStart w:id="568" w:name="_Toc485740462"/>
+      <w:bookmarkStart w:id="569" w:name="_Toc487723631"/>
+      <w:bookmarkStart w:id="570" w:name="_Toc75353355"/>
+      <w:bookmarkStart w:id="571" w:name="_Toc96427968"/>
+      <w:bookmarkStart w:id="572" w:name="_Toc97740087"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Neurologkonsult</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="545"/>
+      <w:bookmarkEnd w:id="546"/>
+      <w:bookmarkEnd w:id="547"/>
+      <w:bookmarkEnd w:id="548"/>
+      <w:bookmarkEnd w:id="549"/>
+      <w:bookmarkEnd w:id="550"/>
+      <w:bookmarkEnd w:id="551"/>
+      <w:bookmarkEnd w:id="552"/>
+      <w:bookmarkEnd w:id="553"/>
+      <w:bookmarkEnd w:id="554"/>
+      <w:bookmarkEnd w:id="555"/>
+      <w:bookmarkEnd w:id="556"/>
+      <w:bookmarkEnd w:id="557"/>
+      <w:bookmarkEnd w:id="558"/>
+      <w:bookmarkEnd w:id="559"/>
+      <w:bookmarkEnd w:id="560"/>
+      <w:bookmarkEnd w:id="561"/>
+      <w:bookmarkEnd w:id="562"/>
+      <w:bookmarkEnd w:id="563"/>
+      <w:bookmarkEnd w:id="564"/>
+      <w:bookmarkEnd w:id="565"/>
+      <w:bookmarkEnd w:id="566"/>
+      <w:bookmarkEnd w:id="567"/>
+      <w:bookmarkEnd w:id="568"/>
+      <w:bookmarkEnd w:id="569"/>
+      <w:bookmarkEnd w:id="570"/>
+      <w:bookmarkEnd w:id="571"/>
+      <w:bookmarkEnd w:id="572"/>
+    </w:p>
+    <w:p w14:paraId="4F995955" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patient med neurologisk sjukdom som påverkar vitala funktioner, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Myastenia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Gravis, Epilepsi, ALS och som inte nyligen kontrollerats av neurolog. Beakta att denna patientkategori ska ha sina mediciner i samband med operation och narkos, när så är möjligt, även om de i övrigt fastar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49050019" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="573" w:name="_Toc256001128"/>
+      <w:bookmarkStart w:id="574" w:name="_Toc256001061"/>
+      <w:bookmarkStart w:id="575" w:name="_Toc256000994"/>
+      <w:bookmarkStart w:id="576" w:name="_Toc256000927"/>
+      <w:bookmarkStart w:id="577" w:name="_Toc256000862"/>
+      <w:bookmarkStart w:id="578" w:name="_Toc256000797"/>
+      <w:bookmarkStart w:id="579" w:name="_Toc256000732"/>
+      <w:bookmarkStart w:id="580" w:name="_Toc256000667"/>
+      <w:bookmarkStart w:id="581" w:name="_Toc256000602"/>
+      <w:bookmarkStart w:id="582" w:name="_Toc256000405"/>
+      <w:bookmarkStart w:id="583" w:name="_Toc256000342"/>
+      <w:bookmarkStart w:id="584" w:name="_Toc256000279"/>
+      <w:bookmarkStart w:id="585" w:name="_Toc256000216"/>
+      <w:bookmarkStart w:id="586" w:name="_Toc256000153"/>
+      <w:bookmarkStart w:id="587" w:name="_Toc256000090"/>
+      <w:bookmarkStart w:id="588" w:name="_Toc256000027"/>
+      <w:bookmarkStart w:id="589" w:name="_Toc450563121"/>
+      <w:bookmarkStart w:id="590" w:name="_Toc450567868"/>
+      <w:bookmarkStart w:id="591" w:name="_Toc454441831"/>
+      <w:bookmarkStart w:id="592" w:name="_Toc256000535"/>
+      <w:bookmarkStart w:id="593" w:name="_Toc256000470"/>
+      <w:bookmarkStart w:id="594" w:name="_Toc466283504"/>
+      <w:bookmarkStart w:id="595" w:name="_Toc468281473"/>
+      <w:bookmarkStart w:id="596" w:name="_Toc485740463"/>
+      <w:bookmarkStart w:id="597" w:name="_Toc487723632"/>
+      <w:bookmarkStart w:id="598" w:name="_Toc75353356"/>
+      <w:bookmarkStart w:id="599" w:name="_Toc96427969"/>
+      <w:bookmarkStart w:id="600" w:name="_Toc97740088"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Kardiologkonsult</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="573"/>
+      <w:bookmarkEnd w:id="574"/>
+      <w:bookmarkEnd w:id="575"/>
+      <w:bookmarkEnd w:id="576"/>
+      <w:bookmarkEnd w:id="577"/>
+      <w:bookmarkEnd w:id="578"/>
+      <w:bookmarkEnd w:id="579"/>
+      <w:bookmarkEnd w:id="580"/>
+      <w:bookmarkEnd w:id="581"/>
+      <w:bookmarkEnd w:id="582"/>
+      <w:bookmarkEnd w:id="583"/>
+      <w:bookmarkEnd w:id="584"/>
+      <w:bookmarkEnd w:id="585"/>
+      <w:bookmarkEnd w:id="586"/>
+      <w:bookmarkEnd w:id="587"/>
+      <w:bookmarkEnd w:id="588"/>
+      <w:bookmarkEnd w:id="589"/>
+      <w:bookmarkEnd w:id="590"/>
+      <w:bookmarkEnd w:id="591"/>
+      <w:bookmarkEnd w:id="592"/>
+      <w:bookmarkEnd w:id="593"/>
+      <w:bookmarkEnd w:id="594"/>
+      <w:bookmarkEnd w:id="595"/>
+      <w:bookmarkEnd w:id="596"/>
+      <w:bookmarkEnd w:id="597"/>
+      <w:bookmarkEnd w:id="598"/>
+      <w:bookmarkEnd w:id="599"/>
+      <w:bookmarkEnd w:id="600"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE1A056" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Misstänkt allvarlig akut hjärtsjukdom så som akut </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>koronart</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> syndrom, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>inkompenserad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hjärtsvikt eller allvarligt klaffel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD0FA9A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Patient med allvarlig hjärtsjukdom där man tror att behandling kan optimeras.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052ACD5A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Svår hjärtsjukdom där funktionsgrad ej kan bedömas p.g.a. inskränkt rörlighet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56149C48" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienter med otillfredsställande behandling av hjärtarytmier såsom förmaksflimmer med hög kammarfrekvens, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AV-block</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> II-III, komplicerade </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>brady-tachyarytmier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och pacemakerbehandling med misstänkt dysfunktion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBC64E6" w14:textId="55AED3B5" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kontakt bör tas med kardiolog innan man förändrar medicineringen för patient som står på dubbel trombocythämning (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ASA + </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>klopidogrel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) p.g.a. stent i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>koronarkärl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC532E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00407DB0">
+        <w:t xml:space="preserve">Anestesirelaterad </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC532E">
+        <w:t>riskökning</w:t>
+      </w:r>
+      <w:r w:rsidR="00407DB0">
+        <w:t xml:space="preserve"> ses upp till 180 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00407DB0">
+        <w:t>dgr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00407DB0">
+        <w:t xml:space="preserve"> efter </w:t>
+      </w:r>
+      <w:r w:rsidR="0006359A">
+        <w:t>genomgången hjärtinfarkt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44229">
+        <w:t xml:space="preserve">, i synnerhet de första 60 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E44229">
+        <w:t>dgr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E44229">
+        <w:t xml:space="preserve">. Motiverar ofta att skjuta på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E44229">
+        <w:t>elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E44229">
+        <w:t xml:space="preserve"> kirurgi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2977B73A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="601" w:name="_Toc256001129"/>
+      <w:bookmarkStart w:id="602" w:name="_Toc256001062"/>
+      <w:bookmarkStart w:id="603" w:name="_Toc256000995"/>
+      <w:bookmarkStart w:id="604" w:name="_Toc256000928"/>
+      <w:bookmarkStart w:id="605" w:name="_Toc256000863"/>
+      <w:bookmarkStart w:id="606" w:name="_Toc256000798"/>
+      <w:bookmarkStart w:id="607" w:name="_Toc256000733"/>
+      <w:bookmarkStart w:id="608" w:name="_Toc256000668"/>
+      <w:bookmarkStart w:id="609" w:name="_Toc256000603"/>
+      <w:bookmarkStart w:id="610" w:name="_Toc256000406"/>
+      <w:bookmarkStart w:id="611" w:name="_Toc256000343"/>
+      <w:bookmarkStart w:id="612" w:name="_Toc256000280"/>
+      <w:bookmarkStart w:id="613" w:name="_Toc256000217"/>
+      <w:bookmarkStart w:id="614" w:name="_Toc256000154"/>
+      <w:bookmarkStart w:id="615" w:name="_Toc256000091"/>
+      <w:bookmarkStart w:id="616" w:name="_Toc256000028"/>
+      <w:bookmarkStart w:id="617" w:name="_Toc450563122"/>
+      <w:bookmarkStart w:id="618" w:name="_Toc450567869"/>
+      <w:bookmarkStart w:id="619" w:name="_Toc454441832"/>
+      <w:bookmarkStart w:id="620" w:name="_Toc256000536"/>
+      <w:bookmarkStart w:id="621" w:name="_Toc256000471"/>
+      <w:bookmarkStart w:id="622" w:name="_Toc466283505"/>
+      <w:bookmarkStart w:id="623" w:name="_Toc468281474"/>
+      <w:bookmarkStart w:id="624" w:name="_Toc485740464"/>
+      <w:bookmarkStart w:id="625" w:name="_Toc487723633"/>
+      <w:bookmarkStart w:id="626" w:name="_Toc75353357"/>
+      <w:bookmarkStart w:id="627" w:name="_Toc96427970"/>
+      <w:bookmarkStart w:id="628" w:name="_Toc97740089"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Lungkonsult</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="601"/>
       <w:bookmarkEnd w:id="602"/>
       <w:bookmarkEnd w:id="603"/>
       <w:bookmarkEnd w:id="604"/>
       <w:bookmarkEnd w:id="605"/>
       <w:bookmarkEnd w:id="606"/>
       <w:bookmarkEnd w:id="607"/>
       <w:bookmarkEnd w:id="608"/>
       <w:bookmarkEnd w:id="609"/>
       <w:bookmarkEnd w:id="610"/>
       <w:bookmarkEnd w:id="611"/>
       <w:bookmarkEnd w:id="612"/>
       <w:bookmarkEnd w:id="613"/>
       <w:bookmarkEnd w:id="614"/>
       <w:bookmarkEnd w:id="615"/>
       <w:bookmarkEnd w:id="616"/>
       <w:bookmarkEnd w:id="617"/>
       <w:bookmarkEnd w:id="618"/>
       <w:bookmarkEnd w:id="619"/>
       <w:bookmarkEnd w:id="620"/>
       <w:bookmarkEnd w:id="621"/>
       <w:bookmarkEnd w:id="622"/>
       <w:bookmarkEnd w:id="623"/>
       <w:bookmarkEnd w:id="624"/>
       <w:bookmarkEnd w:id="625"/>
       <w:bookmarkEnd w:id="626"/>
       <w:bookmarkEnd w:id="627"/>
       <w:bookmarkEnd w:id="628"/>
-      <w:bookmarkEnd w:id="629"/>
     </w:p>
-    <w:p w14:paraId="2FA6D8DA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="70BD06A8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Patienter med svår lungfunktionsinskränkning där större kirurgi planeras ska remitteras för spirometri om man tror att behandlingen kan optimeras.</w:t>
+        <w:t>Vid svår lungsjukdom där pågående behandling inte är optimal eller där risken för postoperativa lungkomplikationer är stor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ED9EFA0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="1EB54C07" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Inför lungoperationer eller större bukkirurgi på patienter med kraftigt reducerad lungfunktion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3258B9" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="630" w:name="_Toc256001125"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="657" w:name="_Toc97740085"/>
+      <w:bookmarkStart w:id="629" w:name="_Toc256001130"/>
+      <w:bookmarkStart w:id="630" w:name="_Toc256001063"/>
+      <w:bookmarkStart w:id="631" w:name="_Toc256000996"/>
+      <w:bookmarkStart w:id="632" w:name="_Toc256000929"/>
+      <w:bookmarkStart w:id="633" w:name="_Toc256000864"/>
+      <w:bookmarkStart w:id="634" w:name="_Toc256000799"/>
+      <w:bookmarkStart w:id="635" w:name="_Toc256000734"/>
+      <w:bookmarkStart w:id="636" w:name="_Toc256000669"/>
+      <w:bookmarkStart w:id="637" w:name="_Toc256000604"/>
+      <w:bookmarkStart w:id="638" w:name="_Toc256000407"/>
+      <w:bookmarkStart w:id="639" w:name="_Toc256000344"/>
+      <w:bookmarkStart w:id="640" w:name="_Toc256000281"/>
+      <w:bookmarkStart w:id="641" w:name="_Toc256000218"/>
+      <w:bookmarkStart w:id="642" w:name="_Toc256000155"/>
+      <w:bookmarkStart w:id="643" w:name="_Toc256000092"/>
+      <w:bookmarkStart w:id="644" w:name="_Toc256000029"/>
+      <w:bookmarkStart w:id="645" w:name="_Toc450563123"/>
+      <w:bookmarkStart w:id="646" w:name="_Toc450567870"/>
+      <w:bookmarkStart w:id="647" w:name="_Toc454441833"/>
+      <w:bookmarkStart w:id="648" w:name="_Toc256000537"/>
+      <w:bookmarkStart w:id="649" w:name="_Toc256000472"/>
+      <w:bookmarkStart w:id="650" w:name="_Toc466283506"/>
+      <w:bookmarkStart w:id="651" w:name="_Toc468281475"/>
+      <w:bookmarkStart w:id="652" w:name="_Toc485740465"/>
+      <w:bookmarkStart w:id="653" w:name="_Toc487723634"/>
+      <w:bookmarkStart w:id="654" w:name="_Toc75353358"/>
+      <w:bookmarkStart w:id="655" w:name="_Toc96427971"/>
+      <w:bookmarkStart w:id="656" w:name="_Toc97740090"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Ultraljud av hjärta, UCG</w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Barnmedicinkonsult</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="629"/>
       <w:bookmarkEnd w:id="630"/>
       <w:bookmarkEnd w:id="631"/>
       <w:bookmarkEnd w:id="632"/>
       <w:bookmarkEnd w:id="633"/>
       <w:bookmarkEnd w:id="634"/>
       <w:bookmarkEnd w:id="635"/>
       <w:bookmarkEnd w:id="636"/>
       <w:bookmarkEnd w:id="637"/>
       <w:bookmarkEnd w:id="638"/>
       <w:bookmarkEnd w:id="639"/>
       <w:bookmarkEnd w:id="640"/>
       <w:bookmarkEnd w:id="641"/>
       <w:bookmarkEnd w:id="642"/>
       <w:bookmarkEnd w:id="643"/>
       <w:bookmarkEnd w:id="644"/>
       <w:bookmarkEnd w:id="645"/>
       <w:bookmarkEnd w:id="646"/>
       <w:bookmarkEnd w:id="647"/>
       <w:bookmarkEnd w:id="648"/>
       <w:bookmarkEnd w:id="649"/>
       <w:bookmarkEnd w:id="650"/>
       <w:bookmarkEnd w:id="651"/>
       <w:bookmarkEnd w:id="652"/>
       <w:bookmarkEnd w:id="653"/>
       <w:bookmarkEnd w:id="654"/>
       <w:bookmarkEnd w:id="655"/>
       <w:bookmarkEnd w:id="656"/>
-      <w:bookmarkEnd w:id="657"/>
     </w:p>
-    <w:p w14:paraId="79CA8B16" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="2282832E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Misstänkt hjärtsvikt (t.ex. anamnes på hjärtinfarkt, låg funktionskapacitet (</w:t>
+        <w:t xml:space="preserve">Vid försämring av grundsjukdom sedan senaste barnläkarkontakt eller vid akut försämring av hälsotillståndet, som inte har samband med operationsorsaken, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>METs</w:t>
+        <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> &lt;4) i kombination med </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> och/eller perifera ödem samt där aktuellt ultraljud saknas).</w:t>
+        <w:t xml:space="preserve"> astma och diabetes, som kan kräva justering av medicineringen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A46D382" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="03EF4A9D" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ej tidigare utrett blåsljud. Är blåsljudet </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Om operationen och eftervården kan komma att påverka barnets grundsjukdom, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve">kraftigt, patienten symtomfri </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t>ingreppet litet kan UCG avstås.</w:t>
+        <w:t xml:space="preserve"> fasta och intagande av ordinarie medicinering.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2D20A2" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...20 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0E0E26C8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="657" w:name="_ASA-klasser_[3_]"/>
+      <w:bookmarkStart w:id="658" w:name="_Toc436139705"/>
+      <w:bookmarkStart w:id="659" w:name="_Toc256001133"/>
+      <w:bookmarkStart w:id="660" w:name="_Toc256001066"/>
+      <w:bookmarkStart w:id="661" w:name="_Toc256000999"/>
+      <w:bookmarkStart w:id="662" w:name="_Toc256000932"/>
+      <w:bookmarkStart w:id="663" w:name="_Toc256000867"/>
+      <w:bookmarkStart w:id="664" w:name="_Toc256000802"/>
+      <w:bookmarkStart w:id="665" w:name="_Toc256000737"/>
+      <w:bookmarkStart w:id="666" w:name="_Toc256000672"/>
+      <w:bookmarkStart w:id="667" w:name="_Toc256000607"/>
+      <w:bookmarkStart w:id="668" w:name="_Toc256000410"/>
+      <w:bookmarkStart w:id="669" w:name="_Toc256000347"/>
+      <w:bookmarkStart w:id="670" w:name="_Toc256000284"/>
+      <w:bookmarkStart w:id="671" w:name="_Toc256000221"/>
+      <w:bookmarkStart w:id="672" w:name="_Toc256000158"/>
+      <w:bookmarkStart w:id="673" w:name="_Toc256000095"/>
+      <w:bookmarkStart w:id="674" w:name="_Toc256000032"/>
+      <w:bookmarkStart w:id="675" w:name="_Toc450563126"/>
+      <w:bookmarkStart w:id="676" w:name="_Toc450567873"/>
+      <w:bookmarkStart w:id="677" w:name="_Toc454441836"/>
+      <w:bookmarkStart w:id="678" w:name="_Toc256000540"/>
+      <w:bookmarkStart w:id="679" w:name="_Toc256000475"/>
+      <w:bookmarkStart w:id="680" w:name="_Toc466283509"/>
+      <w:bookmarkStart w:id="681" w:name="_Toc468281478"/>
+      <w:bookmarkStart w:id="682" w:name="_Toc485740468"/>
+      <w:bookmarkStart w:id="683" w:name="_Toc487723637"/>
+      <w:bookmarkStart w:id="684" w:name="_Toc75353361"/>
+      <w:bookmarkStart w:id="685" w:name="_Toc96427974"/>
+      <w:bookmarkStart w:id="686" w:name="_Toc97740093"/>
+      <w:bookmarkEnd w:id="657"/>
       <w:r>
-        <w:t>FF-patient utan tidigare UCG.</w:t>
-[...71 lines deleted...]
-        <w:t>Preoperativa konsultationer</w:t>
+        <w:t>ASA-klasser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="658"/>
       <w:bookmarkEnd w:id="659"/>
       <w:bookmarkEnd w:id="660"/>
       <w:bookmarkEnd w:id="661"/>
       <w:bookmarkEnd w:id="662"/>
       <w:bookmarkEnd w:id="663"/>
       <w:bookmarkEnd w:id="664"/>
       <w:bookmarkEnd w:id="665"/>
       <w:bookmarkEnd w:id="666"/>
       <w:bookmarkEnd w:id="667"/>
       <w:bookmarkEnd w:id="668"/>
       <w:bookmarkEnd w:id="669"/>
       <w:bookmarkEnd w:id="670"/>
       <w:bookmarkEnd w:id="671"/>
       <w:bookmarkEnd w:id="672"/>
       <w:bookmarkEnd w:id="673"/>
       <w:bookmarkEnd w:id="674"/>
       <w:bookmarkEnd w:id="675"/>
       <w:bookmarkEnd w:id="676"/>
       <w:bookmarkEnd w:id="677"/>
       <w:bookmarkEnd w:id="678"/>
       <w:bookmarkEnd w:id="679"/>
       <w:bookmarkEnd w:id="680"/>
       <w:bookmarkEnd w:id="681"/>
       <w:bookmarkEnd w:id="682"/>
       <w:bookmarkEnd w:id="683"/>
       <w:bookmarkEnd w:id="684"/>
       <w:bookmarkEnd w:id="685"/>
       <w:bookmarkEnd w:id="686"/>
     </w:p>
-    <w:p w14:paraId="7DB65B84" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...10 lines deleted...]
-      </w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7938" w:type="dxa"/>
+        <w:tblInd w:w="907" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCaption w:val="ASA-klasser"/>
+        <w:tblDescription w:val="Tabellen illustrerar riskbedömningsklassificering enligt ASA beroende på patientens fysiska funktion och bakomliggande sjukdomsbild, där ASA 1 visar lägst riskklass medan ASA 5 är högst."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1739"/>
+        <w:gridCol w:w="6199"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="0A8A0DF1" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF26D8B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ASA 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7488" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226151C1" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="55" w:after="55"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Frisk, icke-rökare, ingen eller minimal alkoholkonsumtion, normalviktig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="14881647" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D458C32" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ASA 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7488" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20205C77" w14:textId="574D5C4B" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="55" w:after="55"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2B771DC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Systemsjukdom</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0D0D9811">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> utan funktionell begränsning. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="2B771DC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T.ex.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="2B771DC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rökare</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0D0D9811">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, graviditet, överviktig (BMI </w:t>
+            </w:r>
+            <w:r w:rsidR="005640D5" w:rsidRPr="0D0D9811">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30–39</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0D0D9811">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>), välkontrollerad diabetes/hypertoni, lindrig lungsjukdom.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="66BDC5F9" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CB5B7D" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ASA 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7488" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B819F00" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="55" w:after="55"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Systemsjukdomar med funktionell begränsning. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T.ex.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> otillräckligt reglerad diabetes eller hypertoni, kronisk obstruktiv lungsjukdom (KOL), nedsatt </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ejektionsfraktion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ischemisk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hjärtsjukdom, terminal njursvikt med regelbunden dialysbehandling, prematura barn med </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>gestationsålder</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &lt;60 veckor, genomgången (&gt;3 månader) hjärtinfarkt eller kranskärlsintervention, transitoriskt </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ischemisk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> attack (TIA) eller stroke.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="6646431E" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1960CEC8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ASA 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7488" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E982A8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="55" w:after="55"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genomgången hjärtinfarkt, PCI, TIA eller stroke &lt;3 månader. Pågående </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>hjärtischemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller allvarlig klaffsjukdom, uttalat nedsatt </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ejektionsfraktion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6DD67737">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, sepsis, disseminerande intravasal koagulation (DIC), akut njursvikt eller terminal njursvikt som inte behandlas med regelbunden dialys.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="06F91E0B" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3089B8CE" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ASA 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7488" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8387AF" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="55" w:after="55"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exempel inbegriper (men begränsas inte till), </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>rupturerat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>abdominellt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>thorakalt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>aortaaneurysm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, stort trauma, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>intrakraniell</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blödning med masseffekt, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ischemisk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>tram</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hos patient med svår hjärtsjukdom eller multiorgansvikt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="31195961" w14:textId="77777777" w:rsidR="005640D5" w:rsidRDefault="005640D5" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="687" w:name="_MET-skalan"/>
+      <w:bookmarkStart w:id="688" w:name="_Toc256001135"/>
+      <w:bookmarkStart w:id="689" w:name="_Toc256001068"/>
+      <w:bookmarkStart w:id="690" w:name="_Toc256001001"/>
+      <w:bookmarkStart w:id="691" w:name="_Toc256000934"/>
+      <w:bookmarkStart w:id="692" w:name="_Toc256000869"/>
+      <w:bookmarkStart w:id="693" w:name="_Toc256000804"/>
+      <w:bookmarkStart w:id="694" w:name="_Toc256000739"/>
+      <w:bookmarkStart w:id="695" w:name="_Toc256000674"/>
+      <w:bookmarkStart w:id="696" w:name="_Toc256000609"/>
+      <w:bookmarkStart w:id="697" w:name="_Toc256000412"/>
+      <w:bookmarkStart w:id="698" w:name="_Toc256000349"/>
+      <w:bookmarkStart w:id="699" w:name="_Toc256000286"/>
+      <w:bookmarkStart w:id="700" w:name="_Toc256000223"/>
+      <w:bookmarkStart w:id="701" w:name="_Toc256000160"/>
+      <w:bookmarkStart w:id="702" w:name="_Toc256000097"/>
+      <w:bookmarkStart w:id="703" w:name="_Toc256000034"/>
+      <w:bookmarkStart w:id="704" w:name="_Toc450563128"/>
+      <w:bookmarkStart w:id="705" w:name="_Toc450567875"/>
+      <w:bookmarkStart w:id="706" w:name="_Toc454441838"/>
+      <w:bookmarkStart w:id="707" w:name="_Toc256000542"/>
+      <w:bookmarkStart w:id="708" w:name="_Toc256000477"/>
+      <w:bookmarkStart w:id="709" w:name="_Toc466283511"/>
+      <w:bookmarkStart w:id="710" w:name="_Toc468281480"/>
+      <w:bookmarkStart w:id="711" w:name="_Toc485740470"/>
+      <w:bookmarkStart w:id="712" w:name="_Toc487723639"/>
+      <w:bookmarkStart w:id="713" w:name="_Toc75353363"/>
+      <w:bookmarkStart w:id="714" w:name="_Toc96427976"/>
+      <w:bookmarkStart w:id="715" w:name="_Toc97740095"/>
+      <w:bookmarkEnd w:id="687"/>
     </w:p>
-    <w:p w14:paraId="57E1C0FA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...54 lines deleted...]
-    <w:p w14:paraId="7DDDA919" w14:textId="77777777" w:rsidR="003A0294" w:rsidRDefault="003A0294">
+    <w:p w14:paraId="2B1D994F" w14:textId="77777777" w:rsidR="005640D5" w:rsidRDefault="005640D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="687" w:name="_Toc256001127"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="714" w:name="_Toc97740087"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AF5D41" w14:textId="6E6D9AEF" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="1E023AD4" w14:textId="34869C0E" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00C8004A">
         <w:lastRenderedPageBreak/>
-        <w:t>Neurologkonsult</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="687"/>
+        <w:t>MET-skalan</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="688"/>
       <w:bookmarkEnd w:id="689"/>
       <w:bookmarkEnd w:id="690"/>
       <w:bookmarkEnd w:id="691"/>
       <w:bookmarkEnd w:id="692"/>
       <w:bookmarkEnd w:id="693"/>
       <w:bookmarkEnd w:id="694"/>
       <w:bookmarkEnd w:id="695"/>
       <w:bookmarkEnd w:id="696"/>
       <w:bookmarkEnd w:id="697"/>
       <w:bookmarkEnd w:id="698"/>
       <w:bookmarkEnd w:id="699"/>
       <w:bookmarkEnd w:id="700"/>
       <w:bookmarkEnd w:id="701"/>
       <w:bookmarkEnd w:id="702"/>
       <w:bookmarkEnd w:id="703"/>
       <w:bookmarkEnd w:id="704"/>
       <w:bookmarkEnd w:id="705"/>
       <w:bookmarkEnd w:id="706"/>
       <w:bookmarkEnd w:id="707"/>
       <w:bookmarkEnd w:id="708"/>
       <w:bookmarkEnd w:id="709"/>
       <w:bookmarkEnd w:id="710"/>
       <w:bookmarkEnd w:id="711"/>
       <w:bookmarkEnd w:id="712"/>
       <w:bookmarkEnd w:id="713"/>
       <w:bookmarkEnd w:id="714"/>
+      <w:bookmarkEnd w:id="715"/>
     </w:p>
-    <w:p w14:paraId="4F995955" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...6 lines deleted...]
-        <w:ind w:left="1352" w:hanging="360"/>
+    <w:p w14:paraId="56979EA5" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>MET - Metabola ekvivalenter - bedömning av patientens maximala syrgasupptag.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="7927" w:type="dxa"/>
+        <w:tblInd w:w="907" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCaption w:val="MET-skalan"/>
+        <w:tblDescription w:val="Tabellen visar patientens maximala syrgasupptagning enligt MET-skala (metabola ekvivalenter)."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1401"/>
+        <w:gridCol w:w="6526"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="705FA69A" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AE12A9" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 MET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0E9464" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Klarar enbart de basala fysiska uppgifterna, att äta och klä sig.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="7169D819" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20875FD4" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3 MET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0474017D" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Klarar lätt hushållsarbete eller 100 m långsam promenad på platt mark.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="7E3A7FF4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0494200F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4 MET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419EA55C" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Kan gå upp en trappavsats i eget tempo.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="6A9971D4" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="254BA310" w14:textId="7C1294D8" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="00F07FC8">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6–7</w:t>
+            </w:r>
+            <w:r w:rsidR="005C747B" w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BB542F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Klarar en kort språngmarsch eller att gå upp för backe.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C747B" w:rsidRPr="00C8004A" w14:paraId="3E7A604D" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1401" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB0BB4B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12 MET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6526" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="660DE796" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8004A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Klarar fysiskt träningspass eller längre språngmarsch.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="77CD38A5" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Patient med neurologisk sjukdom som påverkar vitala funktioner, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Gravis, Epilepsi, ALS och som inte nyligen kontrollerats av neurolog. Beakta att denna patientkategori ska ha sina mediciner i samband med operation och narkos, när så är möjligt, även om de i övrigt fastar.</w:t>
+        <w:t>Man vet att patienter med 4 MET eller högre har mindre komplikationer under operation och anestesi. Patienter med MET lägre än 4 bör genomgå mer noggrann bedömning för optimering inför operation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49050019" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...30 lines deleted...]
-      <w:bookmarkStart w:id="742" w:name="_Toc97740088"/>
+    <w:p w14:paraId="17030782" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="716" w:name="_Toc256001136"/>
+      <w:bookmarkStart w:id="717" w:name="_Toc256001069"/>
+      <w:bookmarkStart w:id="718" w:name="_Toc256001002"/>
+      <w:bookmarkStart w:id="719" w:name="_Toc256000935"/>
+      <w:bookmarkStart w:id="720" w:name="_Toc256000870"/>
+      <w:bookmarkStart w:id="721" w:name="_Toc256000805"/>
+      <w:bookmarkStart w:id="722" w:name="_Toc256000740"/>
+      <w:bookmarkStart w:id="723" w:name="_Toc256000675"/>
+      <w:bookmarkStart w:id="724" w:name="_Toc256000610"/>
+      <w:bookmarkStart w:id="725" w:name="_Toc256000413"/>
+      <w:bookmarkStart w:id="726" w:name="_Toc256000350"/>
+      <w:bookmarkStart w:id="727" w:name="_Toc256000287"/>
+      <w:bookmarkStart w:id="728" w:name="_Toc256000224"/>
+      <w:bookmarkStart w:id="729" w:name="_Toc256000161"/>
+      <w:bookmarkStart w:id="730" w:name="_Toc256000098"/>
+      <w:bookmarkStart w:id="731" w:name="_Toc256000035"/>
+      <w:bookmarkStart w:id="732" w:name="_Toc450563129"/>
+      <w:bookmarkStart w:id="733" w:name="_Toc450567876"/>
+      <w:bookmarkStart w:id="734" w:name="_Toc454441839"/>
+      <w:bookmarkStart w:id="735" w:name="_Toc256000543"/>
+      <w:bookmarkStart w:id="736" w:name="_Toc256000478"/>
+      <w:bookmarkStart w:id="737" w:name="_Toc466283512"/>
+      <w:bookmarkStart w:id="738" w:name="_Toc468281481"/>
+      <w:bookmarkStart w:id="739" w:name="_Toc485740471"/>
+      <w:bookmarkStart w:id="740" w:name="_Toc487723640"/>
+      <w:bookmarkStart w:id="741" w:name="_Toc75353364"/>
+      <w:bookmarkStart w:id="742" w:name="_Toc96427977"/>
+      <w:bookmarkStart w:id="743" w:name="_Toc97740096"/>
+      <w:bookmarkStart w:id="744" w:name="_Toc215730357"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Kardiologkonsult</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="715"/>
+        <w:t>Åtgärder för att minska riskerna för postoperativa komplikationer</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="716"/>
       <w:bookmarkEnd w:id="717"/>
       <w:bookmarkEnd w:id="718"/>
       <w:bookmarkEnd w:id="719"/>
       <w:bookmarkEnd w:id="720"/>
       <w:bookmarkEnd w:id="721"/>
       <w:bookmarkEnd w:id="722"/>
       <w:bookmarkEnd w:id="723"/>
       <w:bookmarkEnd w:id="724"/>
       <w:bookmarkEnd w:id="725"/>
       <w:bookmarkEnd w:id="726"/>
       <w:bookmarkEnd w:id="727"/>
       <w:bookmarkEnd w:id="728"/>
       <w:bookmarkEnd w:id="729"/>
       <w:bookmarkEnd w:id="730"/>
       <w:bookmarkEnd w:id="731"/>
       <w:bookmarkEnd w:id="732"/>
       <w:bookmarkEnd w:id="733"/>
       <w:bookmarkEnd w:id="734"/>
       <w:bookmarkEnd w:id="735"/>
       <w:bookmarkEnd w:id="736"/>
       <w:bookmarkEnd w:id="737"/>
       <w:bookmarkEnd w:id="738"/>
       <w:bookmarkEnd w:id="739"/>
       <w:bookmarkEnd w:id="740"/>
       <w:bookmarkEnd w:id="741"/>
       <w:bookmarkEnd w:id="742"/>
-      <w:r w:rsidRPr="00C8004A">
-[...158 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="743"/>
       <w:bookmarkEnd w:id="744"/>
+    </w:p>
+    <w:p w14:paraId="6A43B98D" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="745" w:name="_Toc256001137"/>
+      <w:bookmarkStart w:id="746" w:name="_Toc256001070"/>
+      <w:bookmarkStart w:id="747" w:name="_Toc256001003"/>
+      <w:bookmarkStart w:id="748" w:name="_Toc256000936"/>
+      <w:bookmarkStart w:id="749" w:name="_Toc256000871"/>
+      <w:bookmarkStart w:id="750" w:name="_Toc256000806"/>
+      <w:bookmarkStart w:id="751" w:name="_Toc256000741"/>
+      <w:bookmarkStart w:id="752" w:name="_Toc256000676"/>
+      <w:bookmarkStart w:id="753" w:name="_Toc256000611"/>
+      <w:bookmarkStart w:id="754" w:name="_Toc256000414"/>
+      <w:bookmarkStart w:id="755" w:name="_Toc256000351"/>
+      <w:bookmarkStart w:id="756" w:name="_Toc256000288"/>
+      <w:bookmarkStart w:id="757" w:name="_Toc256000225"/>
+      <w:bookmarkStart w:id="758" w:name="_Toc256000162"/>
+      <w:bookmarkStart w:id="759" w:name="_Toc256000099"/>
+      <w:bookmarkStart w:id="760" w:name="_Toc256000036"/>
+      <w:bookmarkStart w:id="761" w:name="_Toc450563130"/>
+      <w:bookmarkStart w:id="762" w:name="_Toc450567877"/>
+      <w:bookmarkStart w:id="763" w:name="_Toc454441840"/>
+      <w:bookmarkStart w:id="764" w:name="_Toc256000544"/>
+      <w:bookmarkStart w:id="765" w:name="_Toc256000479"/>
+      <w:bookmarkStart w:id="766" w:name="_Toc466283513"/>
+      <w:bookmarkStart w:id="767" w:name="_Toc468281482"/>
+      <w:bookmarkStart w:id="768" w:name="_Toc485740472"/>
+      <w:bookmarkStart w:id="769" w:name="_Toc487723641"/>
+      <w:bookmarkStart w:id="770" w:name="_Toc75353365"/>
+      <w:bookmarkStart w:id="771" w:name="_Toc96427978"/>
+      <w:bookmarkStart w:id="772" w:name="_Toc97740097"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Antibiotikaprofylax</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="745"/>
       <w:bookmarkEnd w:id="746"/>
       <w:bookmarkEnd w:id="747"/>
       <w:bookmarkEnd w:id="748"/>
       <w:bookmarkEnd w:id="749"/>
       <w:bookmarkEnd w:id="750"/>
       <w:bookmarkEnd w:id="751"/>
       <w:bookmarkEnd w:id="752"/>
       <w:bookmarkEnd w:id="753"/>
       <w:bookmarkEnd w:id="754"/>
       <w:bookmarkEnd w:id="755"/>
       <w:bookmarkEnd w:id="756"/>
       <w:bookmarkEnd w:id="757"/>
       <w:bookmarkEnd w:id="758"/>
       <w:bookmarkEnd w:id="759"/>
       <w:bookmarkEnd w:id="760"/>
       <w:bookmarkEnd w:id="761"/>
       <w:bookmarkEnd w:id="762"/>
       <w:bookmarkEnd w:id="763"/>
       <w:bookmarkEnd w:id="764"/>
       <w:bookmarkEnd w:id="765"/>
       <w:bookmarkEnd w:id="766"/>
       <w:bookmarkEnd w:id="767"/>
       <w:bookmarkEnd w:id="768"/>
       <w:bookmarkEnd w:id="769"/>
       <w:bookmarkEnd w:id="770"/>
-    </w:p>
-[...60 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="771"/>
       <w:bookmarkEnd w:id="772"/>
+    </w:p>
+    <w:p w14:paraId="43324052" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ordinera eventuell profylax enligt sjukhusövergripande riktlinje ”</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00954585">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Antibiotikaprofylax inför kirurgi</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>” eller interna riktlinjer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DA6B6B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="773" w:name="_Toc256001138"/>
+      <w:bookmarkStart w:id="774" w:name="_Toc256001071"/>
+      <w:bookmarkStart w:id="775" w:name="_Toc256001004"/>
+      <w:bookmarkStart w:id="776" w:name="_Toc256000937"/>
+      <w:bookmarkStart w:id="777" w:name="_Toc256000872"/>
+      <w:bookmarkStart w:id="778" w:name="_Toc256000807"/>
+      <w:bookmarkStart w:id="779" w:name="_Toc256000742"/>
+      <w:bookmarkStart w:id="780" w:name="_Toc256000677"/>
+      <w:bookmarkStart w:id="781" w:name="_Toc256000612"/>
+      <w:bookmarkStart w:id="782" w:name="_Toc256000415"/>
+      <w:bookmarkStart w:id="783" w:name="_Toc256000352"/>
+      <w:bookmarkStart w:id="784" w:name="_Toc256000289"/>
+      <w:bookmarkStart w:id="785" w:name="_Toc256000226"/>
+      <w:bookmarkStart w:id="786" w:name="_Toc256000163"/>
+      <w:bookmarkStart w:id="787" w:name="_Toc256000100"/>
+      <w:bookmarkStart w:id="788" w:name="_Toc256000037"/>
+      <w:bookmarkStart w:id="789" w:name="_Toc450563131"/>
+      <w:bookmarkStart w:id="790" w:name="_Toc450567878"/>
+      <w:bookmarkStart w:id="791" w:name="_Toc454441841"/>
+      <w:bookmarkStart w:id="792" w:name="_Toc256000545"/>
+      <w:bookmarkStart w:id="793" w:name="_Toc256000480"/>
+      <w:bookmarkStart w:id="794" w:name="_Toc466283514"/>
+      <w:bookmarkStart w:id="795" w:name="_Toc468281483"/>
+      <w:bookmarkStart w:id="796" w:name="_Toc485740473"/>
+      <w:bookmarkStart w:id="797" w:name="_Toc487723642"/>
+      <w:bookmarkStart w:id="798" w:name="_Toc75353366"/>
+      <w:bookmarkStart w:id="799" w:name="_Toc96427979"/>
+      <w:bookmarkStart w:id="800" w:name="_Toc97740098"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Huddesinfektion</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="773"/>
       <w:bookmarkEnd w:id="774"/>
       <w:bookmarkEnd w:id="775"/>
       <w:bookmarkEnd w:id="776"/>
       <w:bookmarkEnd w:id="777"/>
       <w:bookmarkEnd w:id="778"/>
       <w:bookmarkEnd w:id="779"/>
       <w:bookmarkEnd w:id="780"/>
       <w:bookmarkEnd w:id="781"/>
       <w:bookmarkEnd w:id="782"/>
       <w:bookmarkEnd w:id="783"/>
       <w:bookmarkEnd w:id="784"/>
       <w:bookmarkEnd w:id="785"/>
       <w:bookmarkEnd w:id="786"/>
       <w:bookmarkEnd w:id="787"/>
       <w:bookmarkEnd w:id="788"/>
       <w:bookmarkEnd w:id="789"/>
       <w:bookmarkEnd w:id="790"/>
       <w:bookmarkEnd w:id="791"/>
       <w:bookmarkEnd w:id="792"/>
       <w:bookmarkEnd w:id="793"/>
       <w:bookmarkEnd w:id="794"/>
       <w:bookmarkEnd w:id="795"/>
       <w:bookmarkEnd w:id="796"/>
       <w:bookmarkEnd w:id="797"/>
       <w:bookmarkEnd w:id="798"/>
+      <w:bookmarkEnd w:id="799"/>
+      <w:bookmarkEnd w:id="800"/>
     </w:p>
-    <w:p w14:paraId="2282832E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> astma och diabetes, som kan kräva justering av medicineringen.</w:t>
+    <w:p w14:paraId="4B57DBB6" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">När det gäller vårdhygieniska rutiner med dusch/tvätt liksom hårkortning/ rakning bör patienten i god tid inför operationen få information om de rutiner som gäller för aktuellt ingrepp, se rutinen </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00954585">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Preoperativ huddesinfektion/hudrengöring och eventuell hårkortning</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> samt riktlinjen </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="00455EBA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Postoperativa infektioner - generella förebyggande åtgärder</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EF4A9D" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...20 lines deleted...]
-    <w:p w14:paraId="0E0E26C8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="0494A811" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="799" w:name="_ASA-klasser_[3_]"/>
-[...34 lines deleted...]
-      <w:bookmarkEnd w:id="800"/>
+      <w:bookmarkStart w:id="801" w:name="_Toc256001139"/>
+      <w:bookmarkStart w:id="802" w:name="_Toc256001072"/>
+      <w:bookmarkStart w:id="803" w:name="_Toc256001005"/>
+      <w:bookmarkStart w:id="804" w:name="_Toc256000938"/>
+      <w:bookmarkStart w:id="805" w:name="_Toc256000873"/>
+      <w:bookmarkStart w:id="806" w:name="_Toc256000808"/>
+      <w:bookmarkStart w:id="807" w:name="_Toc256000743"/>
+      <w:bookmarkStart w:id="808" w:name="_Toc256000678"/>
+      <w:bookmarkStart w:id="809" w:name="_Toc256000613"/>
+      <w:bookmarkStart w:id="810" w:name="_Toc256000416"/>
+      <w:bookmarkStart w:id="811" w:name="_Toc256000353"/>
+      <w:bookmarkStart w:id="812" w:name="_Toc256000290"/>
+      <w:bookmarkStart w:id="813" w:name="_Toc256000227"/>
+      <w:bookmarkStart w:id="814" w:name="_Toc256000164"/>
+      <w:bookmarkStart w:id="815" w:name="_Toc256000101"/>
+      <w:bookmarkStart w:id="816" w:name="_Toc256000038"/>
+      <w:bookmarkStart w:id="817" w:name="_Toc440900158"/>
+      <w:bookmarkStart w:id="818" w:name="_Toc450563132"/>
+      <w:bookmarkStart w:id="819" w:name="_Toc450567879"/>
+      <w:bookmarkStart w:id="820" w:name="_Toc454441842"/>
+      <w:bookmarkStart w:id="821" w:name="_Toc256000546"/>
+      <w:bookmarkStart w:id="822" w:name="_Toc256000481"/>
+      <w:bookmarkStart w:id="823" w:name="_Toc466283515"/>
+      <w:bookmarkStart w:id="824" w:name="_Toc468281484"/>
+      <w:bookmarkStart w:id="825" w:name="_Toc485740474"/>
+      <w:bookmarkStart w:id="826" w:name="_Toc487723643"/>
+      <w:bookmarkStart w:id="827" w:name="_Toc75353367"/>
+      <w:bookmarkStart w:id="828" w:name="_Toc96427980"/>
+      <w:bookmarkStart w:id="829" w:name="_Toc97740099"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Rökinformation/rökstopp inför operation</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="801"/>
       <w:bookmarkEnd w:id="802"/>
       <w:bookmarkEnd w:id="803"/>
       <w:bookmarkEnd w:id="804"/>
       <w:bookmarkEnd w:id="805"/>
       <w:bookmarkEnd w:id="806"/>
       <w:bookmarkEnd w:id="807"/>
       <w:bookmarkEnd w:id="808"/>
       <w:bookmarkEnd w:id="809"/>
       <w:bookmarkEnd w:id="810"/>
       <w:bookmarkEnd w:id="811"/>
       <w:bookmarkEnd w:id="812"/>
       <w:bookmarkEnd w:id="813"/>
       <w:bookmarkEnd w:id="814"/>
       <w:bookmarkEnd w:id="815"/>
       <w:bookmarkEnd w:id="816"/>
       <w:bookmarkEnd w:id="817"/>
       <w:bookmarkEnd w:id="818"/>
       <w:bookmarkEnd w:id="819"/>
       <w:bookmarkEnd w:id="820"/>
       <w:bookmarkEnd w:id="821"/>
       <w:bookmarkEnd w:id="822"/>
       <w:bookmarkEnd w:id="823"/>
       <w:bookmarkEnd w:id="824"/>
       <w:bookmarkEnd w:id="825"/>
       <w:bookmarkEnd w:id="826"/>
       <w:bookmarkEnd w:id="827"/>
       <w:bookmarkEnd w:id="828"/>
+      <w:bookmarkEnd w:id="829"/>
     </w:p>
-    <w:tbl>
-[...627 lines deleted...]
-    <w:p w14:paraId="1E023AD4" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="56004A93" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Personer som röker, och som ska genomgå en operation, har en ökad risk</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>att drabbas av komplikationer i samband med operationen</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Försämrad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> sårläkning men också lung- och hjärt</w:t>
+      </w:r>
+      <w:r>
+        <w:t>-/kärlkomplikationer.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> Detta gäller även efter mindre rutiningrepp. Ett rökstopp i samband med operation minskar postoperativa komplikationer med cirka 50 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739D4827" w14:textId="77777777" w:rsidR="005640D5" w:rsidRPr="008B367E" w:rsidRDefault="005640D5" w:rsidP="008B367E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="829" w:name="_MET-skalan"/>
-[...28 lines deleted...]
-      <w:bookmarkEnd w:id="829"/>
+      <w:r w:rsidRPr="008B367E">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6439BE4B" w14:textId="298F2578" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
-        <w:t>MET-skalan</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="830"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Rökstopp fyra veckor före och sex veckor efter operationen rekommenderas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16463BBC" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="0095111C" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">Längre tids uppehåll förbättrar resultatet ytterligare, kortare uppehåll är </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">också </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>av värde</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="830" w:name="_Hlk75351103"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/HS9766-305841775-293/SURROGATE/Prevention%20och%20behandling%20vid%20tobaksbruk.pdf" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="831" w:name="_Toc256001140"/>
+    <w:bookmarkStart w:id="832" w:name="_Toc256001073"/>
+    <w:bookmarkStart w:id="833" w:name="_Toc256001006"/>
+    <w:bookmarkStart w:id="834" w:name="_Toc256000939"/>
+    <w:bookmarkStart w:id="835" w:name="_Toc256000874"/>
+    <w:bookmarkStart w:id="836" w:name="_Toc256000809"/>
+    <w:bookmarkStart w:id="837" w:name="_Toc256000744"/>
+    <w:bookmarkStart w:id="838" w:name="_Toc256000679"/>
+    <w:bookmarkStart w:id="839" w:name="_Toc256000614"/>
+    <w:bookmarkStart w:id="840" w:name="_Toc256000417"/>
+    <w:bookmarkStart w:id="841" w:name="_Toc256000354"/>
+    <w:bookmarkStart w:id="842" w:name="_Toc256000291"/>
+    <w:bookmarkStart w:id="843" w:name="_Toc256000228"/>
+    <w:bookmarkStart w:id="844" w:name="_Toc256000165"/>
+    <w:bookmarkStart w:id="845" w:name="_Toc256000102"/>
+    <w:bookmarkStart w:id="846" w:name="_Toc256000039"/>
+    <w:bookmarkStart w:id="847" w:name="_Toc440900159"/>
+    <w:bookmarkStart w:id="848" w:name="_Toc450563133"/>
+    <w:bookmarkStart w:id="849" w:name="_Toc450567880"/>
+    <w:bookmarkStart w:id="850" w:name="_Toc454441843"/>
+    <w:bookmarkStart w:id="851" w:name="_Toc256000547"/>
+    <w:bookmarkStart w:id="852" w:name="_Toc256000482"/>
+    <w:bookmarkStart w:id="853" w:name="_Toc466283516"/>
+    <w:bookmarkStart w:id="854" w:name="_Toc468281485"/>
+    <w:bookmarkStart w:id="855" w:name="_Toc485740475"/>
+    <w:bookmarkStart w:id="856" w:name="_Toc487723644"/>
+    <w:bookmarkStart w:id="857" w:name="_Toc75353368"/>
+    <w:bookmarkStart w:id="858" w:name="_Toc96427981"/>
+    <w:bookmarkStart w:id="859" w:name="_Toc97740100"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:p w14:paraId="1F6E51C6" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="008B367E">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Rökstopp efter akut operation</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="831"/>
       <w:bookmarkEnd w:id="832"/>
       <w:bookmarkEnd w:id="833"/>
       <w:bookmarkEnd w:id="834"/>
       <w:bookmarkEnd w:id="835"/>
       <w:bookmarkEnd w:id="836"/>
       <w:bookmarkEnd w:id="837"/>
       <w:bookmarkEnd w:id="838"/>
       <w:bookmarkEnd w:id="839"/>
       <w:bookmarkEnd w:id="840"/>
       <w:bookmarkEnd w:id="841"/>
       <w:bookmarkEnd w:id="842"/>
       <w:bookmarkEnd w:id="843"/>
       <w:bookmarkEnd w:id="844"/>
       <w:bookmarkEnd w:id="845"/>
       <w:bookmarkEnd w:id="846"/>
       <w:bookmarkEnd w:id="847"/>
       <w:bookmarkEnd w:id="848"/>
       <w:bookmarkEnd w:id="849"/>
       <w:bookmarkEnd w:id="850"/>
       <w:bookmarkEnd w:id="851"/>
       <w:bookmarkEnd w:id="852"/>
       <w:bookmarkEnd w:id="853"/>
       <w:bookmarkEnd w:id="854"/>
       <w:bookmarkEnd w:id="855"/>
       <w:bookmarkEnd w:id="856"/>
       <w:bookmarkEnd w:id="857"/>
-    </w:p>
-[...351 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="858"/>
       <w:bookmarkEnd w:id="859"/>
+    </w:p>
+    <w:p w14:paraId="6643CE6D" w14:textId="0F5EE709" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">Patienter som genomgår akut operation uppmanas till 6 veckors rökstopp efter operationen för att förbättra sårläkning </w:t>
+      </w:r>
+      <w:r w:rsidR="005640D5" w:rsidRPr="00C8004A">
+        <w:t>med mera</w:t>
+      </w:r>
+      <w:r w:rsidR="005640D5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52531FF6" w14:textId="1A4EE0DB" w:rsidR="005C747B" w:rsidRPr="001039A7" w:rsidRDefault="005C747B" w:rsidP="005640D5">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="860" w:name="_Toc256001141"/>
+      <w:bookmarkStart w:id="861" w:name="_Toc256001074"/>
+      <w:bookmarkStart w:id="862" w:name="_Toc256001007"/>
+      <w:bookmarkStart w:id="863" w:name="_Toc256000940"/>
+      <w:bookmarkStart w:id="864" w:name="_Toc256000875"/>
+      <w:bookmarkStart w:id="865" w:name="_Toc256000810"/>
+      <w:bookmarkStart w:id="866" w:name="_Toc256000745"/>
+      <w:bookmarkStart w:id="867" w:name="_Toc256000680"/>
+      <w:bookmarkStart w:id="868" w:name="_Toc256000615"/>
+      <w:bookmarkStart w:id="869" w:name="_Toc256000418"/>
+      <w:bookmarkStart w:id="870" w:name="_Toc256000355"/>
+      <w:bookmarkStart w:id="871" w:name="_Toc256000292"/>
+      <w:bookmarkStart w:id="872" w:name="_Toc256000229"/>
+      <w:bookmarkStart w:id="873" w:name="_Toc256000166"/>
+      <w:bookmarkStart w:id="874" w:name="_Toc256000103"/>
+      <w:bookmarkStart w:id="875" w:name="_Toc256000040"/>
+      <w:bookmarkStart w:id="876" w:name="_Toc450563134"/>
+      <w:bookmarkStart w:id="877" w:name="_Toc450567881"/>
+      <w:bookmarkStart w:id="878" w:name="_Toc454441844"/>
+      <w:bookmarkStart w:id="879" w:name="_Toc256000548"/>
+      <w:bookmarkStart w:id="880" w:name="_Toc256000483"/>
+      <w:bookmarkStart w:id="881" w:name="_Toc466283517"/>
+      <w:bookmarkStart w:id="882" w:name="_Toc468281486"/>
+      <w:bookmarkStart w:id="883" w:name="_Toc485740476"/>
+      <w:bookmarkStart w:id="884" w:name="_Toc487723645"/>
+      <w:bookmarkStart w:id="885" w:name="_Toc75353369"/>
+      <w:bookmarkStart w:id="886" w:name="_Toc96427982"/>
+      <w:bookmarkStart w:id="887" w:name="_Toc97740101"/>
+      <w:r w:rsidRPr="001039A7">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Alkoholstopp inför operation</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="860"/>
       <w:bookmarkEnd w:id="861"/>
       <w:bookmarkEnd w:id="862"/>
       <w:bookmarkEnd w:id="863"/>
       <w:bookmarkEnd w:id="864"/>
       <w:bookmarkEnd w:id="865"/>
       <w:bookmarkEnd w:id="866"/>
       <w:bookmarkEnd w:id="867"/>
       <w:bookmarkEnd w:id="868"/>
       <w:bookmarkEnd w:id="869"/>
       <w:bookmarkEnd w:id="870"/>
       <w:bookmarkEnd w:id="871"/>
       <w:bookmarkEnd w:id="872"/>
       <w:bookmarkEnd w:id="873"/>
       <w:bookmarkEnd w:id="874"/>
       <w:bookmarkEnd w:id="875"/>
       <w:bookmarkEnd w:id="876"/>
       <w:bookmarkEnd w:id="877"/>
       <w:bookmarkEnd w:id="878"/>
       <w:bookmarkEnd w:id="879"/>
       <w:bookmarkEnd w:id="880"/>
       <w:bookmarkEnd w:id="881"/>
       <w:bookmarkEnd w:id="882"/>
       <w:bookmarkEnd w:id="883"/>
       <w:bookmarkEnd w:id="884"/>
       <w:bookmarkEnd w:id="885"/>
       <w:bookmarkEnd w:id="886"/>
+      <w:bookmarkEnd w:id="887"/>
     </w:p>
-    <w:p w14:paraId="6A43B98D" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="59FDFD94" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="707070"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Inskrivande läkare bör informera patienten om alkoholstopp inför operation. Studier har visat att 2 standardglas alkohol per dag dubblerar risken för postoperativa komplikationer såsom infektioner, kardiovaskulära komplika-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>tioner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">, försämrad sårläkning </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>m.m.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> För att minska risken för postoperativa komplikationer rekommenderas att inte dricka alkohol 4 till 8 veckor före operation [4].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF5EF1A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="887" w:name="_Toc256001137"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="914" w:name="_Toc97740097"/>
+      <w:bookmarkStart w:id="888" w:name="_Toc256001142"/>
+      <w:bookmarkStart w:id="889" w:name="_Toc256001075"/>
+      <w:bookmarkStart w:id="890" w:name="_Toc256001008"/>
+      <w:bookmarkStart w:id="891" w:name="_Toc256000941"/>
+      <w:bookmarkStart w:id="892" w:name="_Toc256000876"/>
+      <w:bookmarkStart w:id="893" w:name="_Toc256000811"/>
+      <w:bookmarkStart w:id="894" w:name="_Toc256000746"/>
+      <w:bookmarkStart w:id="895" w:name="_Toc256000681"/>
+      <w:bookmarkStart w:id="896" w:name="_Toc256000616"/>
+      <w:bookmarkStart w:id="897" w:name="_Toc256000419"/>
+      <w:bookmarkStart w:id="898" w:name="_Toc256000356"/>
+      <w:bookmarkStart w:id="899" w:name="_Toc256000293"/>
+      <w:bookmarkStart w:id="900" w:name="_Toc256000230"/>
+      <w:bookmarkStart w:id="901" w:name="_Toc256000167"/>
+      <w:bookmarkStart w:id="902" w:name="_Toc256000104"/>
+      <w:bookmarkStart w:id="903" w:name="_Toc256000041"/>
+      <w:bookmarkStart w:id="904" w:name="_Toc450563135"/>
+      <w:bookmarkStart w:id="905" w:name="_Toc450567882"/>
+      <w:bookmarkStart w:id="906" w:name="_Toc454441845"/>
+      <w:bookmarkStart w:id="907" w:name="_Toc256000549"/>
+      <w:bookmarkStart w:id="908" w:name="_Toc256000484"/>
+      <w:bookmarkStart w:id="909" w:name="_Toc466283518"/>
+      <w:bookmarkStart w:id="910" w:name="_Toc468281487"/>
+      <w:bookmarkStart w:id="911" w:name="_Toc485740477"/>
+      <w:bookmarkStart w:id="912" w:name="_Toc487723646"/>
+      <w:bookmarkStart w:id="913" w:name="_Toc75353370"/>
+      <w:bookmarkStart w:id="914" w:name="_Toc96427983"/>
+      <w:bookmarkStart w:id="915" w:name="_Toc97740102"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Antibiotikaprofylax</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="887"/>
+        <w:t>Hudskador</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="888"/>
       <w:bookmarkEnd w:id="889"/>
       <w:bookmarkEnd w:id="890"/>
       <w:bookmarkEnd w:id="891"/>
       <w:bookmarkEnd w:id="892"/>
       <w:bookmarkEnd w:id="893"/>
       <w:bookmarkEnd w:id="894"/>
       <w:bookmarkEnd w:id="895"/>
       <w:bookmarkEnd w:id="896"/>
       <w:bookmarkEnd w:id="897"/>
       <w:bookmarkEnd w:id="898"/>
       <w:bookmarkEnd w:id="899"/>
       <w:bookmarkEnd w:id="900"/>
       <w:bookmarkEnd w:id="901"/>
       <w:bookmarkEnd w:id="902"/>
       <w:bookmarkEnd w:id="903"/>
       <w:bookmarkEnd w:id="904"/>
       <w:bookmarkEnd w:id="905"/>
       <w:bookmarkEnd w:id="906"/>
       <w:bookmarkEnd w:id="907"/>
       <w:bookmarkEnd w:id="908"/>
       <w:bookmarkEnd w:id="909"/>
       <w:bookmarkEnd w:id="910"/>
       <w:bookmarkEnd w:id="911"/>
       <w:bookmarkEnd w:id="912"/>
       <w:bookmarkEnd w:id="913"/>
       <w:bookmarkEnd w:id="914"/>
+      <w:bookmarkEnd w:id="915"/>
     </w:p>
-    <w:p w14:paraId="43324052" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="18E2BE92" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
-        <w:rPr>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00954585">
+        <w:t xml:space="preserve">För att minska risken för sena strykningar är det viktigt att informera patienter som ska opereras att de omgående ska kontakta den opererande enheten om det uppstår sår i huden, speciellt i anslutning till det planerade operationsområdet, se patientinformationen </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="00F93C28">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Antibiotikaprofylax inför kirurgi</w:t>
+          <w:t>Preoperativ patientinformation - Viktigt att veta inför din operation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C8004A">
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t>” eller interna riktlinjer.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79DA6B6B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="4DB59FE9" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="915" w:name="_Toc256001138"/>
-[...26 lines deleted...]
-      <w:bookmarkStart w:id="942" w:name="_Toc97740098"/>
+      <w:bookmarkStart w:id="916" w:name="_Toc256001143"/>
+      <w:bookmarkStart w:id="917" w:name="_Toc256001076"/>
+      <w:bookmarkStart w:id="918" w:name="_Toc256001009"/>
+      <w:bookmarkStart w:id="919" w:name="_Toc256000942"/>
+      <w:bookmarkStart w:id="920" w:name="_Toc256000877"/>
+      <w:bookmarkStart w:id="921" w:name="_Toc256000812"/>
+      <w:bookmarkStart w:id="922" w:name="_Toc256000747"/>
+      <w:bookmarkStart w:id="923" w:name="_Toc256000682"/>
+      <w:bookmarkStart w:id="924" w:name="_Toc256000617"/>
+      <w:bookmarkStart w:id="925" w:name="_Toc256000420"/>
+      <w:bookmarkStart w:id="926" w:name="_Toc256000357"/>
+      <w:bookmarkStart w:id="927" w:name="_Toc256000294"/>
+      <w:bookmarkStart w:id="928" w:name="_Toc256000231"/>
+      <w:bookmarkStart w:id="929" w:name="_Toc256000168"/>
+      <w:bookmarkStart w:id="930" w:name="_Toc256000105"/>
+      <w:bookmarkStart w:id="931" w:name="_Toc256000042"/>
+      <w:bookmarkStart w:id="932" w:name="_Toc440900162"/>
+      <w:bookmarkStart w:id="933" w:name="_Toc450563136"/>
+      <w:bookmarkStart w:id="934" w:name="_Toc450567883"/>
+      <w:bookmarkStart w:id="935" w:name="_Toc454441846"/>
+      <w:bookmarkStart w:id="936" w:name="_Toc256000550"/>
+      <w:bookmarkStart w:id="937" w:name="_Toc256000485"/>
+      <w:bookmarkStart w:id="938" w:name="_Toc466283519"/>
+      <w:bookmarkStart w:id="939" w:name="_Toc468281488"/>
+      <w:bookmarkStart w:id="940" w:name="_Toc485740478"/>
+      <w:bookmarkStart w:id="941" w:name="_Toc487723647"/>
+      <w:bookmarkStart w:id="942" w:name="_Toc75353371"/>
+      <w:bookmarkStart w:id="943" w:name="_Toc96427984"/>
+      <w:bookmarkStart w:id="944" w:name="_Toc97740103"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Huddesinfektion</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="915"/>
+        <w:t>Patient som är, eller kan misstänkas vara, bärare av multiresistent bakterie</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="916"/>
       <w:bookmarkEnd w:id="917"/>
       <w:bookmarkEnd w:id="918"/>
       <w:bookmarkEnd w:id="919"/>
       <w:bookmarkEnd w:id="920"/>
       <w:bookmarkEnd w:id="921"/>
       <w:bookmarkEnd w:id="922"/>
       <w:bookmarkEnd w:id="923"/>
       <w:bookmarkEnd w:id="924"/>
       <w:bookmarkEnd w:id="925"/>
       <w:bookmarkEnd w:id="926"/>
       <w:bookmarkEnd w:id="927"/>
       <w:bookmarkEnd w:id="928"/>
       <w:bookmarkEnd w:id="929"/>
       <w:bookmarkEnd w:id="930"/>
       <w:bookmarkEnd w:id="931"/>
       <w:bookmarkEnd w:id="932"/>
       <w:bookmarkEnd w:id="933"/>
       <w:bookmarkEnd w:id="934"/>
       <w:bookmarkEnd w:id="935"/>
       <w:bookmarkEnd w:id="936"/>
       <w:bookmarkEnd w:id="937"/>
       <w:bookmarkEnd w:id="938"/>
       <w:bookmarkEnd w:id="939"/>
       <w:bookmarkEnd w:id="940"/>
       <w:bookmarkEnd w:id="941"/>
       <w:bookmarkEnd w:id="942"/>
+      <w:bookmarkEnd w:id="943"/>
+      <w:bookmarkEnd w:id="944"/>
     </w:p>
-    <w:p w14:paraId="4B57DBB6" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="4BC48250" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve">När det gäller vårdhygieniska rutiner med dusch/tvätt liksom hårkortning/ rakning bör patienten i god tid inför operationen få information om de rutiner som gäller för aktuellt ingrepp, se rutinen </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00954585">
+        <w:t xml:space="preserve">Patienter som vårdats på utomnordiskt sjukhus de senaste 12 månaderna ska </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>kontrollodlas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> inför all typ av behandling inom de operativa enheterna, se sjukhusövergripande rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="006C1C54">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Preoperativ huddesinfektion/hudrengöring och eventuell hårkortning</w:t>
+          <w:t xml:space="preserve">Multiresistenta bakterier (MRB). Checklista för </w:t>
         </w:r>
-      </w:hyperlink>
-[...4 lines deleted...]
-        <w:r w:rsidRPr="00455EBA">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="006C1C54">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Postoperativa infektioner - generella förebyggande åtgärder</w:t>
+          <w:t>screenodlingar</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="006C1C54">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> av patienter och medarbetare med förhöjd risk för bärarskap</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C8004A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0494A811" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="432EC977" w14:textId="77777777" w:rsidR="002E611E" w:rsidRDefault="002E611E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="945" w:name="_Toc256001144"/>
+      <w:bookmarkStart w:id="946" w:name="_Toc256001077"/>
+      <w:bookmarkStart w:id="947" w:name="_Toc256001010"/>
+      <w:bookmarkStart w:id="948" w:name="_Toc256000943"/>
+      <w:bookmarkStart w:id="949" w:name="_Toc256000878"/>
+      <w:bookmarkStart w:id="950" w:name="_Toc256000813"/>
+      <w:bookmarkStart w:id="951" w:name="_Toc256000748"/>
+      <w:bookmarkStart w:id="952" w:name="_Toc256000683"/>
+      <w:bookmarkStart w:id="953" w:name="_Toc256000618"/>
+      <w:bookmarkStart w:id="954" w:name="_Toc256000421"/>
+      <w:bookmarkStart w:id="955" w:name="_Toc256000358"/>
+      <w:bookmarkStart w:id="956" w:name="_Toc256000295"/>
+      <w:bookmarkStart w:id="957" w:name="_Toc256000232"/>
+      <w:bookmarkStart w:id="958" w:name="_Toc256000169"/>
+      <w:bookmarkStart w:id="959" w:name="_Toc256000106"/>
+      <w:bookmarkStart w:id="960" w:name="_Toc256000043"/>
+      <w:bookmarkStart w:id="961" w:name="_Toc450563137"/>
+      <w:bookmarkStart w:id="962" w:name="_Toc450567884"/>
+      <w:bookmarkStart w:id="963" w:name="_Toc454441847"/>
+      <w:bookmarkStart w:id="964" w:name="_Toc256000551"/>
+      <w:bookmarkStart w:id="965" w:name="_Toc256000486"/>
+      <w:bookmarkStart w:id="966" w:name="_Toc466283520"/>
+      <w:bookmarkStart w:id="967" w:name="_Toc468281489"/>
+      <w:bookmarkStart w:id="968" w:name="_Toc485740479"/>
+      <w:bookmarkStart w:id="969" w:name="_Toc487723648"/>
+      <w:bookmarkStart w:id="970" w:name="_Toc75353372"/>
+      <w:bookmarkStart w:id="971" w:name="_Toc96427985"/>
+      <w:bookmarkStart w:id="972" w:name="_Toc97740104"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC81AA4" w14:textId="6C7C0FFC" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="943" w:name="_Toc256001139"/>
-[...27 lines deleted...]
-      <w:bookmarkStart w:id="971" w:name="_Toc97740099"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Rökinformation/rökstopp inför operation</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="944"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Piercing</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="945"/>
       <w:bookmarkEnd w:id="946"/>
       <w:bookmarkEnd w:id="947"/>
       <w:bookmarkEnd w:id="948"/>
       <w:bookmarkEnd w:id="949"/>
       <w:bookmarkEnd w:id="950"/>
       <w:bookmarkEnd w:id="951"/>
       <w:bookmarkEnd w:id="952"/>
       <w:bookmarkEnd w:id="953"/>
       <w:bookmarkEnd w:id="954"/>
       <w:bookmarkEnd w:id="955"/>
       <w:bookmarkEnd w:id="956"/>
       <w:bookmarkEnd w:id="957"/>
       <w:bookmarkEnd w:id="958"/>
       <w:bookmarkEnd w:id="959"/>
       <w:bookmarkEnd w:id="960"/>
       <w:bookmarkEnd w:id="961"/>
       <w:bookmarkEnd w:id="962"/>
       <w:bookmarkEnd w:id="963"/>
       <w:bookmarkEnd w:id="964"/>
       <w:bookmarkEnd w:id="965"/>
       <w:bookmarkEnd w:id="966"/>
       <w:bookmarkEnd w:id="967"/>
       <w:bookmarkEnd w:id="968"/>
       <w:bookmarkEnd w:id="969"/>
       <w:bookmarkEnd w:id="970"/>
       <w:bookmarkEnd w:id="971"/>
+      <w:bookmarkEnd w:id="972"/>
     </w:p>
-    <w:p w14:paraId="56004A93" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="33B2EEC7" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Personer som röker, och som ska genomgå en operation, har en ökad risk</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Generellt kan man säga att all piercing bör avlägsnas inför operation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727F2307" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
-        <w:t>att drabbas av komplikationer i samband med operationen</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Piercing i anslutning till munhålan eller näsan ska absolut avlägsnas inför generell anestesi, eftersom de kan lossna och komma ner i luftvägarna med allvarliga konsekvenser.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126FC27A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve"> sårläkning men också lung- och hjärt</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Kroppspiercing ska avlägsnas om det medför minsta risk för hudskada eller tryckskada. All piercing nära operationsfältet ska avlägsnas och likaså all piercing som uppvisar minsta tecken på infektion. OM piercing lämnas ska detta dokumenteras i journalen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64846A68" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="973" w:name="_Toc256001145"/>
+      <w:bookmarkStart w:id="974" w:name="_Toc256001078"/>
+      <w:bookmarkStart w:id="975" w:name="_Toc256001011"/>
+      <w:bookmarkStart w:id="976" w:name="_Toc256000944"/>
+      <w:bookmarkStart w:id="977" w:name="_Toc256000879"/>
+      <w:bookmarkStart w:id="978" w:name="_Toc256000814"/>
+      <w:bookmarkStart w:id="979" w:name="_Toc256000749"/>
+      <w:bookmarkStart w:id="980" w:name="_Toc256000684"/>
+      <w:bookmarkStart w:id="981" w:name="_Toc256000619"/>
+      <w:bookmarkStart w:id="982" w:name="_Toc256000422"/>
+      <w:bookmarkStart w:id="983" w:name="_Toc256000359"/>
+      <w:bookmarkStart w:id="984" w:name="_Toc256000296"/>
+      <w:bookmarkStart w:id="985" w:name="_Toc256000233"/>
+      <w:bookmarkStart w:id="986" w:name="_Toc256000170"/>
+      <w:bookmarkStart w:id="987" w:name="_Toc256000107"/>
+      <w:bookmarkStart w:id="988" w:name="_Toc256000044"/>
+      <w:bookmarkStart w:id="989" w:name="_Toc450563138"/>
+      <w:bookmarkStart w:id="990" w:name="_Toc450567885"/>
+      <w:bookmarkStart w:id="991" w:name="_Toc454441848"/>
+      <w:bookmarkStart w:id="992" w:name="_Toc256000552"/>
+      <w:bookmarkStart w:id="993" w:name="_Toc256000487"/>
+      <w:bookmarkStart w:id="994" w:name="_Toc466283521"/>
+      <w:bookmarkStart w:id="995" w:name="_Toc468281490"/>
+      <w:bookmarkStart w:id="996" w:name="_Toc485740480"/>
+      <w:bookmarkStart w:id="997" w:name="_Toc487723649"/>
+      <w:bookmarkStart w:id="998" w:name="_Toc75353373"/>
+      <w:bookmarkStart w:id="999" w:name="_Toc96427986"/>
+      <w:bookmarkStart w:id="1000" w:name="_Toc97740105"/>
+      <w:bookmarkStart w:id="1001" w:name="_Toc215730358"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve"> Detta gäller även efter mindre rutiningrepp. Ett rökstopp i samband med operation minskar postoperativa komplikationer med cirka 50 %.</w:t>
-[...97 lines deleted...]
-        <w:t>Rökstopp efter akut operation</w:t>
+        <w:t>Diabetes och operation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="973"/>
       <w:bookmarkEnd w:id="974"/>
       <w:bookmarkEnd w:id="975"/>
       <w:bookmarkEnd w:id="976"/>
       <w:bookmarkEnd w:id="977"/>
       <w:bookmarkEnd w:id="978"/>
       <w:bookmarkEnd w:id="979"/>
       <w:bookmarkEnd w:id="980"/>
       <w:bookmarkEnd w:id="981"/>
       <w:bookmarkEnd w:id="982"/>
       <w:bookmarkEnd w:id="983"/>
       <w:bookmarkEnd w:id="984"/>
       <w:bookmarkEnd w:id="985"/>
       <w:bookmarkEnd w:id="986"/>
       <w:bookmarkEnd w:id="987"/>
       <w:bookmarkEnd w:id="988"/>
       <w:bookmarkEnd w:id="989"/>
       <w:bookmarkEnd w:id="990"/>
       <w:bookmarkEnd w:id="991"/>
       <w:bookmarkEnd w:id="992"/>
       <w:bookmarkEnd w:id="993"/>
       <w:bookmarkEnd w:id="994"/>
       <w:bookmarkEnd w:id="995"/>
       <w:bookmarkEnd w:id="996"/>
       <w:bookmarkEnd w:id="997"/>
       <w:bookmarkEnd w:id="998"/>
       <w:bookmarkEnd w:id="999"/>
       <w:bookmarkEnd w:id="1000"/>
       <w:bookmarkEnd w:id="1001"/>
+    </w:p>
+    <w:p w14:paraId="46F2F870" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t xml:space="preserve">Dåligt reglerad diabetes innebär en kraftigt ökad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>perioperativ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> risk. Det är viktigt att behandlande läkare optimerar behandlingen i god tid inför en operation för att minska komplikationsrisken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7231C6AA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00EE30F0" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Patienter med diabetes ska i första hand opereras på förmiddagen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">för att undvika långvarig fasta och ge tillräcklig övervakningstid postoperativt. Om operationen planeras till eftermiddagen kan patienten äta en mindre frukost </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE30F0">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>och ta en reducerad insulindos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9F49C3" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00EE30F0" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">När det gäller justering av diabetesmedicinering inför anestesi och operation finns särskilda rutiner, se den sjukhusövergripande riktlinjen </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38">
+        <w:r w:rsidRPr="4112A96C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Preoperativt omhändertagande av diabetespatienter</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:color w:val="000000" w:themeColor="text2"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDDAE28" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00EE30F0" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1002" w:name="_Toc256001146"/>
+      <w:bookmarkStart w:id="1003" w:name="_Toc256001079"/>
+      <w:bookmarkStart w:id="1004" w:name="_Toc256001012"/>
+      <w:bookmarkStart w:id="1005" w:name="_Toc256000945"/>
+      <w:bookmarkStart w:id="1006" w:name="_Toc256000880"/>
+      <w:bookmarkStart w:id="1007" w:name="_Toc256000815"/>
+      <w:bookmarkStart w:id="1008" w:name="_Toc256000750"/>
+      <w:bookmarkStart w:id="1009" w:name="_Toc256000685"/>
+      <w:bookmarkStart w:id="1010" w:name="_Toc256000620"/>
+      <w:bookmarkStart w:id="1011" w:name="_Toc256000423"/>
+      <w:bookmarkStart w:id="1012" w:name="_Toc256000360"/>
+      <w:bookmarkStart w:id="1013" w:name="_Toc256000297"/>
+      <w:bookmarkStart w:id="1014" w:name="_Toc256000234"/>
+      <w:bookmarkStart w:id="1015" w:name="_Toc256000171"/>
+      <w:bookmarkStart w:id="1016" w:name="_Toc256000108"/>
+      <w:bookmarkStart w:id="1017" w:name="_Toc256000045"/>
+      <w:bookmarkStart w:id="1018" w:name="_Toc450563139"/>
+      <w:bookmarkStart w:id="1019" w:name="_Toc450567886"/>
+      <w:bookmarkStart w:id="1020" w:name="_Toc454441849"/>
+      <w:bookmarkStart w:id="1021" w:name="_Toc256000553"/>
+      <w:bookmarkStart w:id="1022" w:name="_Toc256000488"/>
+      <w:bookmarkStart w:id="1023" w:name="_Toc466283522"/>
+      <w:bookmarkStart w:id="1024" w:name="_Toc468281491"/>
+      <w:bookmarkStart w:id="1025" w:name="_Toc485740481"/>
+      <w:bookmarkStart w:id="1026" w:name="_Toc487723650"/>
+      <w:bookmarkStart w:id="1027" w:name="_Toc75353374"/>
+      <w:bookmarkStart w:id="1028" w:name="_Toc96427987"/>
+      <w:bookmarkStart w:id="1029" w:name="_Toc97740106"/>
+      <w:bookmarkStart w:id="1030" w:name="_Toc215730359"/>
+      <w:r w:rsidRPr="00EE30F0">
+        <w:t>Läkemedelsjustering inför operation</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1002"/>
-    </w:p>
-[...61 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1003"/>
       <w:bookmarkEnd w:id="1004"/>
       <w:bookmarkEnd w:id="1005"/>
       <w:bookmarkEnd w:id="1006"/>
       <w:bookmarkEnd w:id="1007"/>
       <w:bookmarkEnd w:id="1008"/>
       <w:bookmarkEnd w:id="1009"/>
       <w:bookmarkEnd w:id="1010"/>
       <w:bookmarkEnd w:id="1011"/>
       <w:bookmarkEnd w:id="1012"/>
       <w:bookmarkEnd w:id="1013"/>
       <w:bookmarkEnd w:id="1014"/>
       <w:bookmarkEnd w:id="1015"/>
       <w:bookmarkEnd w:id="1016"/>
       <w:bookmarkEnd w:id="1017"/>
       <w:bookmarkEnd w:id="1018"/>
       <w:bookmarkEnd w:id="1019"/>
       <w:bookmarkEnd w:id="1020"/>
       <w:bookmarkEnd w:id="1021"/>
       <w:bookmarkEnd w:id="1022"/>
       <w:bookmarkEnd w:id="1023"/>
       <w:bookmarkEnd w:id="1024"/>
       <w:bookmarkEnd w:id="1025"/>
       <w:bookmarkEnd w:id="1026"/>
       <w:bookmarkEnd w:id="1027"/>
       <w:bookmarkEnd w:id="1028"/>
       <w:bookmarkEnd w:id="1029"/>
       <w:bookmarkEnd w:id="1030"/>
-      <w:bookmarkEnd w:id="1031"/>
     </w:p>
-    <w:p w14:paraId="59FDFD94" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-      <w:pPr>
+    <w:p w14:paraId="126F192A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2F0CA3D5">
+        <w:t>Ansvarsfördelning avseende läkemedelsjustering:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B25118F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Underrubrik"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2F0CA3D5">
+        <w:t>Öppenvårdspatienter:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681F88B8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Enkel läkemedelsgenomgång görs av inskrivande läkare inför anestesibedömning och aktuella ordinationer uppdateras enligt rutin </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39">
+        <w:r w:rsidRPr="4112A96C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>“Läkemedelsgenomgång och läkemedelsberättelse SÄS”</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CCCD8A8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Att enkel läkemedelsgenomgång gjorts dokumenteras i journal av inskrivande läkare under avsedd rubrik.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A06863" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I de fall anestesiläkaren bedömer att det finns behov av att patientens läkemedel läggs in i journalens Läkemedelsmodul kontaktar Anestesiläkaren mottagningen. Det kan tex röra sig om patienter som tar läkemedel ofta och behöver få sina läkemedel postoperativt, tex </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Madopark</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> till Parkinsonpatienter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D1A97C" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Underrubrik"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2F0CA3D5">
+        <w:lastRenderedPageBreak/>
+        <w:t>Slutenvårdspatienter:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5FB5EB" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alla aktuella läkemedel läggs in i journalens läkemedelsmodul inför anestesibedömning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41D2B0DE" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Läkemedel läggs in med start dagen innan planerad operation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD80CD7" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>De läkemedel inskrivande läkare vill att patienten tar pilas till operationsdagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D7165ED" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>De läkemedel inskrivande läkare inte vill att patienten tar kryssas på operationsdagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62601C6C" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Övriga läkemedel lämnas till anestesiläkaren att bedöma om patienten ska ta eller inte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2F4795" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="00C8004A">
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Speciellt viktigt är det att läkemedel som påverkar koagulationen justeras inför operation och anläggande av regional anestesi</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Inskrivande läkare bör informera patienten om alkoholstopp inför operation. Studier har visat att 2 standardglas alkohol per dag dubblerar risken för postoperativa komplikationer såsom infektioner, kardiovaskulära komplika-</w:t>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B04928" w14:textId="4555E7E3" w:rsidR="009E4436" w:rsidRDefault="009E4436" w:rsidP="000030B3">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabell nedan innefattar läkemedel som påverkar koagulationen och när dessa justeras inför operation eller regional anestesi behöver man väga in indikationen för läkemedlet. Högriskpatienter är </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patienter med mekanisk hjärtklaff och patienter som haft DVT/lungemboli/TIA/stroke/hjärtinfarkt de senaste </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07FC8">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>3–6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> månaderna. Vänta om möjligt tills 3 månader gått för att minska risken för komplikationer, 6 månader vid hjärtinfarkt som behandlats med PCI med läkemedelsstent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF36CE2" w14:textId="77777777" w:rsidR="009E4436" w:rsidRDefault="009E4436" w:rsidP="00D87EC7">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C8004A">
-        <w:t>tioner</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>elektiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C8004A">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> För att minska risken för postoperativa komplikationer rekommenderas att inte dricka alkohol 4 till 8 veckor före operation [4].</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ingrepp är det den operationsanmälande läkaren som ansvarar för att remiss om utsättning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Warfarin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>skickas till AK-mottagningen eller vårdcentral i god tid (minst 2 veckor) innan operation. Ange operationsdag i remissen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FF5EF1A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...38 lines deleted...]
-      <w:bookmarkEnd w:id="1036"/>
+    <w:p w14:paraId="37A4DC6A" w14:textId="77777777" w:rsidR="009E4436" w:rsidRDefault="009E4436" w:rsidP="00D87EC7">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vid akut kirurgi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ordinerar anmälande läkare provtagning och eventuella åtgärder inför operation. Vid behov kan narkosläkare konsulteras.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B02E7A4" w14:textId="3BC03EC8" w:rsidR="009E4436" w:rsidRPr="003F76E5" w:rsidRDefault="009E4436" w:rsidP="003F76E5">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Regionalanestesi vid påverkad koagulation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>: Blockadläggande narkosläkare ansvarar för att kontrollera adekvat koagulationsstatus.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7761A093" w14:textId="77777777" w:rsidR="0067463B" w:rsidRDefault="0067463B" w:rsidP="009E4436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="555" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="0067463B" w:rsidSect="00A54810">
+          <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
+          <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="597D4396" w14:textId="77777777" w:rsidR="009E4436" w:rsidRDefault="009E4436" w:rsidP="009E4436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="555" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Preoperativ justering av pågående medicinering </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3596B67F" w14:textId="77777777" w:rsidR="009E4436" w:rsidRDefault="009E4436" w:rsidP="009E4436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="555" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Segoe UI"/>
+        </w:rPr>
+        <w:t>För patienter med pågående medicinering gäller följande generella rekommendationer inför narkos: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Segoe UI"/>
+          <w:i/>
+          <w:iCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>(huvudalternativ understruket)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E3FA47" w14:textId="77777777" w:rsidR="009E4436" w:rsidRDefault="009E4436" w:rsidP="009E4436">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="555" w:right="855"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8156" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2743"/>
+        <w:gridCol w:w="5413"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C41D06" w14:paraId="1307C02F" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="323F6011" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="003B4979" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Hypertonibehandling </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44552F63" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ges på operationsdagen? Kommentarer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="09E00288" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B648F09" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Betablockerare </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4BD01C71" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Vid bradykardi/hypotoni halveras dosen.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="5F0C2908" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71CDC8F6" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Calcium-antagonist </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7EA36FFD" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="003B4979" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="22F9776E" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="708EF5F0" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ACE-hämmare </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="377DF6D1" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="003B4979" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="767288DD" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kan övervägas vid hjärtsvikt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="2B96ECFD" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5767753A" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Angiotensin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> II-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>receptor antagonist</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ARB)  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="370909BD" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>NEJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70C75F10" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Kan övervägas vid hjärtsvikt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="5015BD85" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="580E6945" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nitro-preparat, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Isosorbiddinitrat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3BE96138" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Behålls vid frekvent angina pectoris</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0343836E" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I frånvaro av </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>myokardischemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – individuell bedömning.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="32EACC08" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D1477C0" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diuretika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4542E8D3" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="003B4979" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="46E7AD5D" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74A21F87" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Digoxin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AA068F8" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="003B4979" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="357B5B23" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40F29643" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="003B4979" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Astma, allergibehandling </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="242EA371" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58641C8A" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13A7B746" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Informera patienten tydligt om detta och att ha med sin inhalator till operationsavdelningen. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="50671062" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C40E392" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="003B4979" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003B4979">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Hormoner </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="7B6D8072" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CEC7039" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kortison </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3599EE69" w14:textId="1D2E9C7C" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JA. </w:t>
+            </w:r>
+            <w:r w:rsidR="00C75D4D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dagliga k</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ortisondoser motsvarande 10 mg </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>prednisolon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller mer kräver dessutom extra dosering enligt sjukhusövergripande riktlinje: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5BF25B" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Perioperativ</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>gluko</w:t>
+              </w:r>
+              <w:bookmarkStart w:id="1031" w:name="_Hlt211934371"/>
+              <w:bookmarkStart w:id="1032" w:name="_Hlt211934372"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>k</w:t>
+              </w:r>
+              <w:bookmarkEnd w:id="1031"/>
+              <w:bookmarkEnd w:id="1032"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>ortikoidsu</w:t>
+              </w:r>
+              <w:bookmarkStart w:id="1033" w:name="_Hlt211934282"/>
+              <w:bookmarkStart w:id="1034" w:name="_Hlt211934283"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>b</w:t>
+              </w:r>
+              <w:bookmarkEnd w:id="1033"/>
+              <w:bookmarkEnd w:id="1034"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>stitution</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t> .</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>pdf</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="006298"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="0B512531" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32E58B21" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P-piller </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B173241" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mindre kirurgi med kortvarig </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>immobilisering</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33EFA31B" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Större kirurgi, ökad </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>immobiliserings</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-/trombosrisk.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="49F231F5" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="430C8F3C" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orala </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>antidiabetika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53DFC0BF" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Se sjukhusövergripande riktlinje </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Preoperativt omhändertagande av diabetespatienter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="27814611" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6B736449" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Insulin </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44DB2E05" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="033EEFEE" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2569C242" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Levaxin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="654E2DC6" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000D5DBB" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="7FA09F83" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20873FA0" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Koagulationspåverkande medel – Se riktlinjerna: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Antikoagulantia</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> och/eller trombocythämmare vid akut/halvakut kirurgi inom 24 timmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> och </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Antikoagulantia</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> och trombocythämmare, tillfällig utsättning inför </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>elektiv</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> operation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="7AF9B364" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="501452E2" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Acetylsalicylsyra (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trombyl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36BC9054" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JA. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Högdos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller samtidig koagulationsbrist eller behandling med andra </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>antikoagulantia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kräver individuellt ställningstagande.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="3713D50C" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5863EB1A" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andra trombocythämmare</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C3F3451" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klopidogrel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prasugrel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tikagrelor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dipyramidol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FC6C22B" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sätts ut 5 dygn före op. Individuell hänsyn dock vid stark indikation såsom </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>koronarstent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="1152EA1F" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0EE0F6B8" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DOAK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67659DA6" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="009237E6" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Apixaban (Eliquis)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="405DDAF9" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="009237E6" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Rivaroxaban (Xarelto) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BA64AFC" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dabigatran (Pradaxa)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65979F27" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Edoxaban</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Lixiana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04C193E2" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Se riktlinjerna länkade i rubriken. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="54733F5B" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="34EC5066" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Warfarin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Waran</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68D5282D" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sätts ut 5 dagar före operativt ingrepp, PK &lt;1,6. Beroende på indikation indicerat med överbryggande LMH (Fragmin). Se länkade riktlinjer i rubriken.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="6FE06D2F" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64526D4F" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lågmolekylärt heparin </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49385514" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dalteparin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Fragmin) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1124B0E4" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Enoxaparin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klexan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47A2DF63" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Tinzaparin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Innohep</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E60BA85" w14:textId="01B33A5E" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>JA.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Profylaxdos, Fragmin max 5000 E </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A6A39">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, inte</w:t>
+            </w:r>
+            <w:r w:rsidR="00536AAC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> senare än</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 timmar före operation</w:t>
+            </w:r>
+            <w:r w:rsidR="00536AAC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00536AAC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ögre doser bör inte ges ett dygn innan operation eller anläggande av regional anestesi. </w:t>
+            </w:r>
+            <w:r w:rsidR="00624DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Postoperativt </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ges</w:t>
+            </w:r>
+            <w:r w:rsidR="00624DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LMH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tidigast 6 timmar</w:t>
+            </w:r>
+            <w:r w:rsidR="00624DC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> efter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ryggstick</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eller operation, se riktlinjen </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Antikoagulantia</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> och trombocythämmare, tillfällig utsättning inför </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>elektiv</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> operation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="453FEE82" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FC9A15C" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000D5DBB" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>NSAID </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="76EB2E45" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40ADD1E2" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Diklofenak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Ibuprofen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Naproxen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6759B114" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ersätts ofta vid premedicinering av </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>etoricoxib</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> som inte kontraindicerar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ryggstick</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Naproxen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> utsätts 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dgr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> före op.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="724C1819" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="375AFD63" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Etoricoxib</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38B77D3B" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kontraindicerar ej SPA/EDA. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="3D3ADD15" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6C4564D9" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000D5DBB" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Smärtstillande medel </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="70ACD59D" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16403909" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Opioider</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, GABA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>agonister</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>spasmolytika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, paracetamol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38D8CFE8" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Opioider</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dosökas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> generellt 50% om inte en kontinuerlig blockad planeras. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Se riktlinje; ”</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Akut s</w:t>
+              </w:r>
+              <w:bookmarkStart w:id="1035" w:name="_Hlt211939934"/>
+              <w:bookmarkStart w:id="1036" w:name="_Hlt211939935"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>m</w:t>
+              </w:r>
+              <w:bookmarkEnd w:id="1035"/>
+              <w:bookmarkEnd w:id="1036"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ärta hos vuxna </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>opioidtoleranta</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="006298"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> patienter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>”. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="5D8A72CD" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="318BDC2D" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000D5DBB" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Statiner </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="178EA180" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2363151D" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Statiner </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B2DCFEE" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000D5DBB" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="1B9EF327" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55D65C47" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000D5DBB" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Psykiatriska </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="7BE46919" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06E31F30" w14:textId="43B15DAE" w:rsidR="00C41D06" w:rsidRPr="00D9296D" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D9296D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Selektiva </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D9296D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>serotoninåterupptags</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D9296D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-hämmare (SSRI) </w:t>
+            </w:r>
+            <w:r w:rsidR="739E0F77" w:rsidRPr="00D9296D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eller SNRI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1C1C11D2" w14:textId="0376DD54" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="57852E19" w14:paraId="4F5CC904" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1983EFD9" w14:textId="4A6F85BE" w:rsidR="41DDB9E0" w:rsidRDefault="41DDB9E0" w:rsidP="57852E19">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tricykliska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> antidepressiva (TCA) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A586325" w14:textId="7BAED6A0" w:rsidR="41DDB9E0" w:rsidRDefault="41DDB9E0" w:rsidP="57852E19">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ev. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QTc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-förlängning (EKG) bedöms. Vid </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QTc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-förlängning undviks </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ondansetron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>droperidol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, inhalationsanestetika.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="4F8463A1" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04A0CCB0" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Monaminoxidashämmare</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(MAO-I) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="27D91EEE" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D5DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mycket interaktioner (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t.ex.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> med efedrin) och bör sättas ut minst 2 veckor före anestesi (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>moklobemid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> som är en reversibel hämmare &gt;24h före anestesi). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="6ABE950E" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24EF0928" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ADHD-läkemedel (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>metylfenidat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="013F0C11" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00827387">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Förstärker ev. effekten av </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sympatikomimetika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> samt kan ge hypertension/arytmier vid användning av inhalationsanestetika.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="53A1F83B" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C6932B9" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bensodiazepiner</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5ACBB314" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="00827387" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00827387">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="7217A1DD" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07BCD3D7" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000030B3" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Neuroleptika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="68CC299D" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FA9956C" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dopamin-blockerare </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D3A8F8C" w14:textId="6556AB93" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00827387">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Undantaget </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klozapin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77D606B4" w14:textId="7CB65601" w:rsidR="00C41D06" w:rsidRDefault="053F35F2" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ev. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QTc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-förlängning (EKG) bedöms. Vid </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QTc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-förlängning undviks </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ondansetron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>droperidol</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="57852E19">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, inhalationsanestetika.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="7B35C601" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B65608C" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000030B3" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Medel mot Parkinsons sjukdom och andra neurologiska sjukdomar / Epilepsi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="5D5AAD96" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58FA0AF9" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0B83E0FB" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00827387">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Parkinsonläkemedel återstartas så snart som möjligt postoperativt, medskickas till uppvakningsavdelningen.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="0846110D" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AC23A5E" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000030B3" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Medel mot hyperaciditet </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="478AE64D" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0308DE97" w14:textId="505383F1" w:rsidR="00C41D06" w:rsidRDefault="2472C51D" w:rsidP="13C18A97">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="576FF8E9">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Protonpumpshämmare, </w:t>
+            </w:r>
+            <w:r w:rsidR="566581FF" w:rsidRPr="576FF8E9">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>histamin-2-antagonistister</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0650098C" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="00827387" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00827387">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="62543CB5" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36B1E969" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000030B3" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Immunosuppresiva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> medel </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="4976772F" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54A9C43E" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="00827387" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00827387">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FDA6C39" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="00827387" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00827387">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>JA.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="551FA326" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60C733EB" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000030B3" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Hälsokostpreparat </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="0CBD2243" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39C2CE68" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Johannesört, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ginko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, ginseng, valeriana, omega-3, vitamin-/kosttillskott </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01755150" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Sätts ut 2v före op.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="5469BAD6" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8156" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4ED820A8" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRPr="000030B3" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Övriga </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="7C36FF1E" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7731982D" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>bisfosfonater</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="44A800E4" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000030B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NEJ.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Käkkirurgi kan kräva längre tids utsättning på operatörs initiativ (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>osteonekrosrisk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>). </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C41D06" w14:paraId="27C7BBF0" w14:textId="77777777" w:rsidTr="576FF8E9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64E62F5C" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Naltrexon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>buprenorfin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text2"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6DB3DA39" w14:textId="77777777" w:rsidR="00C41D06" w:rsidRDefault="00C41D06" w:rsidP="003B4979">
+            <w:pPr>
+              <w:pStyle w:val="Tabell"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preoperativ narkosläkarbedömning som syftar till tydlig individuell plan </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="70073EF7" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1037" w:name="_Toc256001153"/>
+      <w:bookmarkStart w:id="1038" w:name="_Toc256001086"/>
+      <w:bookmarkStart w:id="1039" w:name="_Toc256001019"/>
+      <w:bookmarkStart w:id="1040" w:name="_Toc256000952"/>
+      <w:bookmarkStart w:id="1041" w:name="_Toc256000887"/>
+      <w:bookmarkStart w:id="1042" w:name="_Toc256000822"/>
+      <w:bookmarkStart w:id="1043" w:name="_Toc256000757"/>
+      <w:bookmarkStart w:id="1044" w:name="_Toc256000692"/>
+      <w:bookmarkStart w:id="1045" w:name="_Toc256000627"/>
+      <w:bookmarkStart w:id="1046" w:name="_Toc256000430"/>
+      <w:bookmarkStart w:id="1047" w:name="_Toc256000367"/>
+      <w:bookmarkStart w:id="1048" w:name="_Toc256000304"/>
+      <w:bookmarkStart w:id="1049" w:name="_Toc256000241"/>
+      <w:bookmarkStart w:id="1050" w:name="_Toc256000178"/>
+      <w:bookmarkStart w:id="1051" w:name="_Toc256000115"/>
+      <w:bookmarkStart w:id="1052" w:name="_Toc256000052"/>
+      <w:bookmarkStart w:id="1053" w:name="_Toc450563146"/>
+      <w:bookmarkStart w:id="1054" w:name="_Toc450567893"/>
+      <w:bookmarkStart w:id="1055" w:name="_Toc454441856"/>
+      <w:bookmarkStart w:id="1056" w:name="_Toc256000560"/>
+      <w:bookmarkStart w:id="1057" w:name="_Toc256000495"/>
+      <w:bookmarkStart w:id="1058" w:name="_Toc466283529"/>
+      <w:bookmarkStart w:id="1059" w:name="_Toc468281498"/>
+      <w:bookmarkStart w:id="1060" w:name="_Toc485740488"/>
+      <w:bookmarkStart w:id="1061" w:name="_Toc487723657"/>
+      <w:bookmarkStart w:id="1062" w:name="_Toc75353381"/>
+      <w:bookmarkStart w:id="1063" w:name="_Toc96427994"/>
+      <w:bookmarkStart w:id="1064" w:name="_Toc97740113"/>
+      <w:bookmarkStart w:id="1065" w:name="_Toc215730360"/>
+      <w:r>
+        <w:t>Premedicinering</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1037"/>
       <w:bookmarkEnd w:id="1038"/>
       <w:bookmarkEnd w:id="1039"/>
       <w:bookmarkEnd w:id="1040"/>
       <w:bookmarkEnd w:id="1041"/>
       <w:bookmarkEnd w:id="1042"/>
       <w:bookmarkEnd w:id="1043"/>
       <w:bookmarkEnd w:id="1044"/>
       <w:bookmarkEnd w:id="1045"/>
       <w:bookmarkEnd w:id="1046"/>
       <w:bookmarkEnd w:id="1047"/>
       <w:bookmarkEnd w:id="1048"/>
       <w:bookmarkEnd w:id="1049"/>
       <w:bookmarkEnd w:id="1050"/>
       <w:bookmarkEnd w:id="1051"/>
       <w:bookmarkEnd w:id="1052"/>
       <w:bookmarkEnd w:id="1053"/>
       <w:bookmarkEnd w:id="1054"/>
       <w:bookmarkEnd w:id="1055"/>
       <w:bookmarkEnd w:id="1056"/>
       <w:bookmarkEnd w:id="1057"/>
       <w:bookmarkEnd w:id="1058"/>
       <w:bookmarkEnd w:id="1059"/>
-    </w:p>
-[...51 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1060"/>
       <w:bookmarkEnd w:id="1061"/>
       <w:bookmarkEnd w:id="1062"/>
       <w:bookmarkEnd w:id="1063"/>
       <w:bookmarkEnd w:id="1064"/>
       <w:bookmarkEnd w:id="1065"/>
+    </w:p>
+    <w:p w14:paraId="61076F8E" w14:textId="62E9A306" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t>Se sjukhusövergripande riktlinjer ”</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46">
+        <w:r w:rsidRPr="2B771DC3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Premedicinering inför anestesi</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00A667F2">
+        <w:t xml:space="preserve"> eller för ingreppsspecifika förslag</w:t>
+      </w:r>
+      <w:r w:rsidR="004A62B9">
+        <w:t xml:space="preserve"> ”</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidR="004A62B9" w:rsidRPr="00BB5E34">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Regnbågslistan</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004A62B9">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754F9517" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t>Premedicinering kan ordineras på olika sätt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091792E3" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Narkosläkare eller narkossköterska som gör preoperativa bedömning kan ordinera premedicinering i journal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686AC7EF" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Inskrivande läkare kan sätta in premedicinering i journal, enligt riktlinjerna ovan eller mall på opererande klinik (undvik dubbelordination!).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638501E0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Om vårdtillfälle saknas i journal, för </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> poliklinisk patient, ordineras premedicinering under öppenvårdstillfälle i anmälande klinik, 1 januari innevarande år.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A5D75B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="003E4600" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">För barn gäller alltid premedicinering i journalens läkemedelsmodul. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75435D87" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="003E4600" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Premedicinering av tandbarn görs genom att skapa ett öppenvårdstillfälle på anestesikliniken där premedicinering läggs in.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3467E8F9" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I sista hand kan premedicinering ske via generella ordinationer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11617140" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1066" w:name="_Toc215730361"/>
+      <w:r w:rsidRPr="2B771DC3">
+        <w:t>Postoperativt illamående och kräkningar (PONV)</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1066"/>
+    </w:p>
+    <w:p w14:paraId="62426117" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="00A63870">
+        <w:t>Se sjukhusövergripande riktlinje ”</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48">
+        <w:r w:rsidRPr="00A63870">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Postoperativt illamående och kräkningar - Profylax och behandling</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A63870">
+        <w:t>” för ordinationsförslag</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27939C14" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1067" w:name="_Fasta_inför_narkos"/>
+      <w:bookmarkStart w:id="1068" w:name="_Toc256001154"/>
+      <w:bookmarkStart w:id="1069" w:name="_Toc256001087"/>
+      <w:bookmarkStart w:id="1070" w:name="_Toc256001020"/>
+      <w:bookmarkStart w:id="1071" w:name="_Toc256000953"/>
+      <w:bookmarkStart w:id="1072" w:name="_Toc256000888"/>
+      <w:bookmarkStart w:id="1073" w:name="_Toc256000823"/>
+      <w:bookmarkStart w:id="1074" w:name="_Toc256000758"/>
+      <w:bookmarkStart w:id="1075" w:name="_Toc256000693"/>
+      <w:bookmarkStart w:id="1076" w:name="_Toc256000628"/>
+      <w:bookmarkStart w:id="1077" w:name="_Toc256000431"/>
+      <w:bookmarkStart w:id="1078" w:name="_Toc256000368"/>
+      <w:bookmarkStart w:id="1079" w:name="_Toc256000305"/>
+      <w:bookmarkStart w:id="1080" w:name="_Toc256000242"/>
+      <w:bookmarkStart w:id="1081" w:name="_Toc256000179"/>
+      <w:bookmarkStart w:id="1082" w:name="_Toc256000116"/>
+      <w:bookmarkStart w:id="1083" w:name="_Toc256000053"/>
+      <w:bookmarkStart w:id="1084" w:name="_Toc450563147"/>
+      <w:bookmarkStart w:id="1085" w:name="_Toc450567894"/>
+      <w:bookmarkStart w:id="1086" w:name="_Toc454441857"/>
+      <w:bookmarkStart w:id="1087" w:name="_Toc256000561"/>
+      <w:bookmarkStart w:id="1088" w:name="_Toc256000496"/>
+      <w:bookmarkStart w:id="1089" w:name="_Toc466283530"/>
+      <w:bookmarkStart w:id="1090" w:name="_Toc468281499"/>
+      <w:bookmarkStart w:id="1091" w:name="_Toc485740489"/>
+      <w:bookmarkStart w:id="1092" w:name="_Toc487723658"/>
+      <w:bookmarkStart w:id="1093" w:name="_Toc75353382"/>
+      <w:bookmarkStart w:id="1094" w:name="_Toc96427995"/>
+      <w:bookmarkStart w:id="1095" w:name="_Toc97740114"/>
+      <w:bookmarkStart w:id="1096" w:name="_Toc215730362"/>
       <w:bookmarkEnd w:id="1067"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Fasta inför narkos</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1068"/>
       <w:bookmarkEnd w:id="1069"/>
       <w:bookmarkEnd w:id="1070"/>
       <w:bookmarkEnd w:id="1071"/>
       <w:bookmarkEnd w:id="1072"/>
       <w:bookmarkEnd w:id="1073"/>
       <w:bookmarkEnd w:id="1074"/>
       <w:bookmarkEnd w:id="1075"/>
       <w:bookmarkEnd w:id="1076"/>
       <w:bookmarkEnd w:id="1077"/>
       <w:bookmarkEnd w:id="1078"/>
       <w:bookmarkEnd w:id="1079"/>
       <w:bookmarkEnd w:id="1080"/>
       <w:bookmarkEnd w:id="1081"/>
       <w:bookmarkEnd w:id="1082"/>
       <w:bookmarkEnd w:id="1083"/>
       <w:bookmarkEnd w:id="1084"/>
       <w:bookmarkEnd w:id="1085"/>
       <w:bookmarkEnd w:id="1086"/>
       <w:bookmarkEnd w:id="1087"/>
       <w:bookmarkEnd w:id="1088"/>
-    </w:p>
-[...72 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1089"/>
       <w:bookmarkEnd w:id="1090"/>
       <w:bookmarkEnd w:id="1091"/>
       <w:bookmarkEnd w:id="1092"/>
       <w:bookmarkEnd w:id="1093"/>
       <w:bookmarkEnd w:id="1094"/>
       <w:bookmarkEnd w:id="1095"/>
       <w:bookmarkEnd w:id="1096"/>
+    </w:p>
+    <w:p w14:paraId="64D7743E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t>Patienterna får information om fasta i samband med kallelsen till operation, påminn. Respekteras inte fastetider ökar risken för sen strykning eller försämrad patientsäkerhet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38936B94" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t>Riskfaktorer för aspiration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> som </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">reflux, ventrikelretention, smärta, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>opioidbehandling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, graviditet eller andra orsaker till </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>förlångsammad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>gastrointestinal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> passage värderas individuellt med hänsyn till indikationen för ingreppet. Ultraljudsundersökning av magsäcken kan övervägas före sövning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41295887" w14:textId="77777777" w:rsidR="00DE3A42" w:rsidRDefault="00DE3A42">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1097" w:name="_Toc256001155"/>
+      <w:bookmarkStart w:id="1098" w:name="_Toc256001088"/>
+      <w:bookmarkStart w:id="1099" w:name="_Toc256001021"/>
+      <w:bookmarkStart w:id="1100" w:name="_Toc256000954"/>
+      <w:bookmarkStart w:id="1101" w:name="_Toc256000889"/>
+      <w:bookmarkStart w:id="1102" w:name="_Toc256000824"/>
+      <w:bookmarkStart w:id="1103" w:name="_Toc256000759"/>
+      <w:bookmarkStart w:id="1104" w:name="_Toc256000694"/>
+      <w:bookmarkStart w:id="1105" w:name="_Toc256000629"/>
+      <w:bookmarkStart w:id="1106" w:name="_Toc256000432"/>
+      <w:bookmarkStart w:id="1107" w:name="_Toc256000369"/>
+      <w:bookmarkStart w:id="1108" w:name="_Toc256000306"/>
+      <w:bookmarkStart w:id="1109" w:name="_Toc256000243"/>
+      <w:bookmarkStart w:id="1110" w:name="_Toc256000180"/>
+      <w:bookmarkStart w:id="1111" w:name="_Toc256000117"/>
+      <w:bookmarkStart w:id="1112" w:name="_Toc256000054"/>
+      <w:bookmarkStart w:id="1113" w:name="_Toc450563148"/>
+      <w:bookmarkStart w:id="1114" w:name="_Toc450567895"/>
+      <w:bookmarkStart w:id="1115" w:name="_Toc454441858"/>
+      <w:bookmarkStart w:id="1116" w:name="_Toc256000562"/>
+      <w:bookmarkStart w:id="1117" w:name="_Toc256000497"/>
+      <w:bookmarkStart w:id="1118" w:name="_Toc466283531"/>
+      <w:bookmarkStart w:id="1119" w:name="_Toc468281500"/>
+      <w:bookmarkStart w:id="1120" w:name="_Toc485740490"/>
+      <w:bookmarkStart w:id="1121" w:name="_Toc487723659"/>
+      <w:bookmarkStart w:id="1122" w:name="_Toc75353383"/>
+      <w:bookmarkStart w:id="1123" w:name="_Toc96427996"/>
+      <w:bookmarkStart w:id="1124" w:name="_Toc97740115"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A92ECAD" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Normal rutin vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> kirurgi för barn och vuxna</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1097"/>
       <w:bookmarkEnd w:id="1098"/>
       <w:bookmarkEnd w:id="1099"/>
       <w:bookmarkEnd w:id="1100"/>
       <w:bookmarkEnd w:id="1101"/>
       <w:bookmarkEnd w:id="1102"/>
       <w:bookmarkEnd w:id="1103"/>
       <w:bookmarkEnd w:id="1104"/>
       <w:bookmarkEnd w:id="1105"/>
       <w:bookmarkEnd w:id="1106"/>
       <w:bookmarkEnd w:id="1107"/>
       <w:bookmarkEnd w:id="1108"/>
       <w:bookmarkEnd w:id="1109"/>
       <w:bookmarkEnd w:id="1110"/>
       <w:bookmarkEnd w:id="1111"/>
       <w:bookmarkEnd w:id="1112"/>
       <w:bookmarkEnd w:id="1113"/>
       <w:bookmarkEnd w:id="1114"/>
       <w:bookmarkEnd w:id="1115"/>
       <w:bookmarkEnd w:id="1116"/>
-    </w:p>
-[...51 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1117"/>
       <w:bookmarkEnd w:id="1118"/>
       <w:bookmarkEnd w:id="1119"/>
       <w:bookmarkEnd w:id="1120"/>
       <w:bookmarkEnd w:id="1121"/>
       <w:bookmarkEnd w:id="1122"/>
       <w:bookmarkEnd w:id="1123"/>
       <w:bookmarkEnd w:id="1124"/>
+    </w:p>
+    <w:p w14:paraId="418E6F81" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ingen fast föda efter midnatt, minst </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 timmar </w:t>
+      </w:r>
+      <w:r>
+        <w:t>fasta före operationsstart.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10588CB8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">”Klara vätskor” såsom vatten, te, kaffe, saft, äppeljuice, isglass eller speciellt avsedd preoperativ nutritionsdryck kan intas fram till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="4112A96C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2 timmar</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> före anestesistart.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301B350E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> tarmkirurgi ges ibland preoperativ dryck före operation enligt särskild ordination av kirurgen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECF1522" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Underrubrik"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Undantag för barn vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> kirurgi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096A71ED" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="002F7195" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="002F7195">
+        <w:t xml:space="preserve">Dessa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F7195">
+        <w:t>fasterutiner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F7195">
+        <w:t xml:space="preserve"> bygger på </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F7195">
+        <w:t>SFAI:s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F7195">
+        <w:t xml:space="preserve"> (Svensk Förening för Anestesi &amp; Intensivvård) rekommendationer (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:r w:rsidRPr="00580018">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>www.sfai.se</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002F7195">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A149E4" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Barn ska uppmuntras att dricka klar dryck fram till </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005122A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> timme</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> före anestesistart.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9CA3E4" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00BC714F" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC714F">
+        <w:t xml:space="preserve">Spädbarn ska uppmuntras att dricka bröstmjölk fram till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3 timmar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC714F">
+        <w:t xml:space="preserve"> före anestesistart och bröstmjölksersättning fram till </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022C6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4 timmar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC714F">
+        <w:t xml:space="preserve"> före anestesistart.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D484988" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1125" w:name="_Toc256001157"/>
+      <w:bookmarkStart w:id="1126" w:name="_Toc256001090"/>
+      <w:bookmarkStart w:id="1127" w:name="_Toc256001023"/>
+      <w:bookmarkStart w:id="1128" w:name="_Toc256000956"/>
+      <w:bookmarkStart w:id="1129" w:name="_Toc256000891"/>
+      <w:bookmarkStart w:id="1130" w:name="_Toc256000826"/>
+      <w:bookmarkStart w:id="1131" w:name="_Toc256000761"/>
+      <w:bookmarkStart w:id="1132" w:name="_Toc256000696"/>
+      <w:bookmarkStart w:id="1133" w:name="_Toc256000631"/>
+      <w:bookmarkStart w:id="1134" w:name="_Toc256000434"/>
+      <w:bookmarkStart w:id="1135" w:name="_Toc256000371"/>
+      <w:bookmarkStart w:id="1136" w:name="_Toc256000308"/>
+      <w:bookmarkStart w:id="1137" w:name="_Toc256000245"/>
+      <w:bookmarkStart w:id="1138" w:name="_Toc256000182"/>
+      <w:bookmarkStart w:id="1139" w:name="_Toc256000119"/>
+      <w:bookmarkStart w:id="1140" w:name="_Toc256000056"/>
+      <w:bookmarkStart w:id="1141" w:name="_Toc450563150"/>
+      <w:bookmarkStart w:id="1142" w:name="_Toc450567897"/>
+      <w:bookmarkStart w:id="1143" w:name="_Toc454441860"/>
+      <w:bookmarkStart w:id="1144" w:name="_Toc256000564"/>
+      <w:bookmarkStart w:id="1145" w:name="_Toc256000499"/>
+      <w:bookmarkStart w:id="1146" w:name="_Toc466283533"/>
+      <w:bookmarkStart w:id="1147" w:name="_Toc468281502"/>
+      <w:bookmarkStart w:id="1148" w:name="_Toc485740492"/>
+      <w:bookmarkStart w:id="1149" w:name="_Toc487723661"/>
+      <w:bookmarkStart w:id="1150" w:name="_Toc75353385"/>
+      <w:bookmarkStart w:id="1151" w:name="_Toc96427998"/>
+      <w:bookmarkStart w:id="1152" w:name="_Toc97740117"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Rutin vid akut kirurgi för vuxna och barn</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1125"/>
       <w:bookmarkEnd w:id="1126"/>
       <w:bookmarkEnd w:id="1127"/>
       <w:bookmarkEnd w:id="1128"/>
       <w:bookmarkEnd w:id="1129"/>
       <w:bookmarkEnd w:id="1130"/>
       <w:bookmarkEnd w:id="1131"/>
       <w:bookmarkEnd w:id="1132"/>
       <w:bookmarkEnd w:id="1133"/>
       <w:bookmarkEnd w:id="1134"/>
       <w:bookmarkEnd w:id="1135"/>
       <w:bookmarkEnd w:id="1136"/>
       <w:bookmarkEnd w:id="1137"/>
       <w:bookmarkEnd w:id="1138"/>
       <w:bookmarkEnd w:id="1139"/>
       <w:bookmarkEnd w:id="1140"/>
       <w:bookmarkEnd w:id="1141"/>
       <w:bookmarkEnd w:id="1142"/>
       <w:bookmarkEnd w:id="1143"/>
       <w:bookmarkEnd w:id="1144"/>
       <w:bookmarkEnd w:id="1145"/>
-    </w:p>
-[...102 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1146"/>
       <w:bookmarkEnd w:id="1147"/>
       <w:bookmarkEnd w:id="1148"/>
       <w:bookmarkEnd w:id="1149"/>
       <w:bookmarkEnd w:id="1150"/>
       <w:bookmarkEnd w:id="1151"/>
       <w:bookmarkEnd w:id="1152"/>
+    </w:p>
+    <w:p w14:paraId="4939A8DE" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">För akuta patienter gäller att det bör gå </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175EBD">
+        <w:t>minst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31CE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 timmar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> mellan senaste intag av föda och anestesistart. Detta är dock ingen garanti för att magsäcken är tom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44102AE9" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1349"/>
+        </w:tabs>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1352" w:hanging="360"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Patienter som behöver omedelbart medicinskt omhändertagande, exempelvis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>urakut</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sectio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>testistorsion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, livshotande blödning </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>m.m.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - senaste födointag påverkar ej tid för anestesistart.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4AF374" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1153" w:name="_Toc256001158"/>
+      <w:bookmarkStart w:id="1154" w:name="_Toc256001091"/>
+      <w:bookmarkStart w:id="1155" w:name="_Toc256001024"/>
+      <w:bookmarkStart w:id="1156" w:name="_Toc256000957"/>
+      <w:bookmarkStart w:id="1157" w:name="_Toc256000892"/>
+      <w:bookmarkStart w:id="1158" w:name="_Toc256000827"/>
+      <w:bookmarkStart w:id="1159" w:name="_Toc256000762"/>
+      <w:bookmarkStart w:id="1160" w:name="_Toc256000697"/>
+      <w:bookmarkStart w:id="1161" w:name="_Toc256000632"/>
+      <w:bookmarkStart w:id="1162" w:name="_Toc256000435"/>
+      <w:bookmarkStart w:id="1163" w:name="_Toc256000372"/>
+      <w:bookmarkStart w:id="1164" w:name="_Toc256000309"/>
+      <w:bookmarkStart w:id="1165" w:name="_Toc256000246"/>
+      <w:bookmarkStart w:id="1166" w:name="_Toc256000183"/>
+      <w:bookmarkStart w:id="1167" w:name="_Toc256000120"/>
+      <w:bookmarkStart w:id="1168" w:name="_Toc256000057"/>
+      <w:bookmarkStart w:id="1169" w:name="_Toc450563151"/>
+      <w:bookmarkStart w:id="1170" w:name="_Toc450567898"/>
+      <w:bookmarkStart w:id="1171" w:name="_Toc454441861"/>
+      <w:bookmarkStart w:id="1172" w:name="_Toc256000565"/>
+      <w:bookmarkStart w:id="1173" w:name="_Toc256000500"/>
+      <w:bookmarkStart w:id="1174" w:name="_Toc466283534"/>
+      <w:bookmarkStart w:id="1175" w:name="_Toc468281503"/>
+      <w:bookmarkStart w:id="1176" w:name="_Toc485740493"/>
+      <w:bookmarkStart w:id="1177" w:name="_Toc487723662"/>
+      <w:bookmarkStart w:id="1178" w:name="_Toc75353386"/>
+      <w:bookmarkStart w:id="1179" w:name="_Toc96427999"/>
+      <w:bookmarkStart w:id="1180" w:name="_Toc97740118"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Ventrikeltömning före narkos och operation</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1153"/>
       <w:bookmarkEnd w:id="1154"/>
       <w:bookmarkEnd w:id="1155"/>
       <w:bookmarkEnd w:id="1156"/>
       <w:bookmarkEnd w:id="1157"/>
       <w:bookmarkEnd w:id="1158"/>
       <w:bookmarkEnd w:id="1159"/>
       <w:bookmarkEnd w:id="1160"/>
       <w:bookmarkEnd w:id="1161"/>
       <w:bookmarkEnd w:id="1162"/>
       <w:bookmarkEnd w:id="1163"/>
       <w:bookmarkEnd w:id="1164"/>
       <w:bookmarkEnd w:id="1165"/>
       <w:bookmarkEnd w:id="1166"/>
       <w:bookmarkEnd w:id="1167"/>
       <w:bookmarkEnd w:id="1168"/>
       <w:bookmarkEnd w:id="1169"/>
       <w:bookmarkEnd w:id="1170"/>
       <w:bookmarkEnd w:id="1171"/>
       <w:bookmarkEnd w:id="1172"/>
       <w:bookmarkEnd w:id="1173"/>
       <w:bookmarkEnd w:id="1174"/>
+      <w:bookmarkEnd w:id="1175"/>
+      <w:bookmarkEnd w:id="1176"/>
+      <w:bookmarkEnd w:id="1177"/>
+      <w:bookmarkEnd w:id="1178"/>
+      <w:bookmarkEnd w:id="1179"/>
+      <w:bookmarkEnd w:id="1180"/>
     </w:p>
-    <w:p w14:paraId="126F192A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="456A7591" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">Vid akuta operationer </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">där </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">anestesi </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">måste </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">inledas innan patienten har fastat </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rekommenderad tid eller vid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ileus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> får man överväga v-sond för ventrikeltömning innan narkos inleds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="202D2002" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sondning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> garanterar dock inte fullständigt tom magsäck.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DAD1C8" w14:textId="77777777" w:rsidR="00DE3A42" w:rsidRDefault="00DE3A42">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E31A884" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
-        <w:spacing w:before="120"/>
-[...2 lines deleted...]
-        <w:t>Ansvarsfördelning avseende läkemedelsjustering:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:lastRenderedPageBreak/>
+        <w:t>Kontraindikationer för ventrikeltömning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B25118F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...8 lines deleted...]
-    <w:p w14:paraId="681F88B8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="521ACE35" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Enkel läkemedelsgenomgång görs av inskrivande läkare inför anestesibedömning och aktuella ordinationer uppdateras enligt rutin </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">Då ventrikeltömning med sond innebär en större risk än risken för aspiration, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>.</w:t>
-      </w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> vid mycket akuta kejsarsnitt, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>oesophagusvaricer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, patienter som genomgått </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>gastric</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> by-pass </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>m.fl.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="1CCCD8A8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="6965A3A3" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Att enkel läkemedelsgenomgång gjorts dokumenteras i journal av inskrivande läkare under avsedd rubrik.</w:t>
+        <w:t>Om operatören inför en akut operation, anser att ventrikeltömning är kontraindicerad, ska han/hon personligen kontakta ansvarig narkosläkare för en gemensam bedömning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79A06863" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="7B43A2FD" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">Ansvar för </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>sondning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6CD0D0FF" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">I de fall anestesiläkaren bedömer att det finns behov av att patientens läkemedel läggs in i journalens Läkemedelsmodul kontaktar Anestesiläkaren mottagningen. Det kan tex röra sig om patienter som tar läkemedel ofta och behöver få sina läkemedel postoperativt, tex </w:t>
+        <w:t xml:space="preserve">Respektive avdelning ansvarar för att patienter med </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Madopark</w:t>
+        <w:t>ileus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> till Parkinsonpatienter.</w:t>
+        <w:t xml:space="preserve"> redan innan ankomsten till operationsavdelningen har kvarliggande v-sond.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19D1A97C" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...7 lines deleted...]
-    <w:p w14:paraId="1B5FB5EB" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="21EEC80A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t>Alla aktuella läkemedel läggs in i journalens läkemedelsmodul inför anestesibedömning.</w:t>
+        <w:t xml:space="preserve">Vid akut operation kan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sondning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> också utföras på operationsavdelningen av anestesipersonal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D2B0DE" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...51 lines deleted...]
-    <w:p w14:paraId="1C2F4795" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="607CF5C8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
       <w:r w:rsidRPr="00C8004A">
-        <w:rPr>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">Tillfällig utsättning av </w:t>
+        <w:t xml:space="preserve">Barn och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>antikoagulantia</w:t>
+        <w:t>sondning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="34EDE4CE" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r>
+        <w:t>Barn som ska genomgå akuta operationer i narkos behöver inte rutinmässigt få magsäcken tömd före narkos. Ansvarig narkosläkare avgör.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256F82F0" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1181" w:name="_Toc256001159"/>
+      <w:bookmarkStart w:id="1182" w:name="_Toc256001092"/>
+      <w:bookmarkStart w:id="1183" w:name="_Toc256001025"/>
+      <w:bookmarkStart w:id="1184" w:name="_Toc256000958"/>
+      <w:bookmarkStart w:id="1185" w:name="_Toc256000893"/>
+      <w:bookmarkStart w:id="1186" w:name="_Toc256000828"/>
+      <w:bookmarkStart w:id="1187" w:name="_Toc256000763"/>
+      <w:bookmarkStart w:id="1188" w:name="_Toc256000698"/>
+      <w:bookmarkStart w:id="1189" w:name="_Toc256000633"/>
+      <w:bookmarkStart w:id="1190" w:name="_Toc256000436"/>
+      <w:bookmarkStart w:id="1191" w:name="_Toc256000566"/>
+      <w:bookmarkStart w:id="1192" w:name="_Toc256000501"/>
+      <w:bookmarkStart w:id="1193" w:name="_Toc466283535"/>
+      <w:bookmarkStart w:id="1194" w:name="_Toc468281504"/>
+      <w:bookmarkStart w:id="1195" w:name="_Toc485740494"/>
+      <w:bookmarkStart w:id="1196" w:name="_Toc487723663"/>
+      <w:bookmarkStart w:id="1197" w:name="_Toc75353387"/>
+      <w:bookmarkStart w:id="1198" w:name="_Toc96428000"/>
+      <w:bookmarkStart w:id="1199" w:name="_Toc97740119"/>
+      <w:bookmarkStart w:id="1200" w:name="_Toc215730363"/>
+      <w:bookmarkStart w:id="1201" w:name="_Toc256000373"/>
+      <w:bookmarkStart w:id="1202" w:name="_Toc256000310"/>
+      <w:bookmarkStart w:id="1203" w:name="_Toc256000247"/>
+      <w:bookmarkStart w:id="1204" w:name="_Toc256000184"/>
+      <w:bookmarkStart w:id="1205" w:name="_Toc256000121"/>
+      <w:bookmarkStart w:id="1206" w:name="_Toc256000058"/>
+      <w:bookmarkStart w:id="1207" w:name="_Toc450563152"/>
+      <w:bookmarkStart w:id="1208" w:name="_Toc450567899"/>
+      <w:bookmarkStart w:id="1209" w:name="_Toc454441862"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">Preoperativ vätsketerapi till vuxna vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>elektiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve"> och trombocythämning inför operation</w:t>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="1180"/>
+        <w:t xml:space="preserve"> ingrepp</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1181"/>
       <w:bookmarkEnd w:id="1182"/>
       <w:bookmarkEnd w:id="1183"/>
       <w:bookmarkEnd w:id="1184"/>
       <w:bookmarkEnd w:id="1185"/>
       <w:bookmarkEnd w:id="1186"/>
       <w:bookmarkEnd w:id="1187"/>
       <w:bookmarkEnd w:id="1188"/>
       <w:bookmarkEnd w:id="1189"/>
       <w:bookmarkEnd w:id="1190"/>
       <w:bookmarkEnd w:id="1191"/>
       <w:bookmarkEnd w:id="1192"/>
       <w:bookmarkEnd w:id="1193"/>
       <w:bookmarkEnd w:id="1194"/>
       <w:bookmarkEnd w:id="1195"/>
       <w:bookmarkEnd w:id="1196"/>
       <w:bookmarkEnd w:id="1197"/>
       <w:bookmarkEnd w:id="1198"/>
       <w:bookmarkEnd w:id="1199"/>
       <w:bookmarkEnd w:id="1200"/>
-      <w:bookmarkEnd w:id="1201"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1203"/>
     </w:p>
-    <w:p w14:paraId="2F316AC9" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="41FEEB55" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="20"/>
+          <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Rekommendationer finns i de sjukhusövergripande riktlinjerna </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId24">
+        <w:t xml:space="preserve">Eventuell preoperativ Ringer-Acetat eller Glukoslösning ordineras av behandlande läkare på avdelningen. I huvudsak till patienter som inte får i sig “klar dryck” fram till 2h preoperativt. Insulinbehandlade diabetiker ordineras glukosinfusion enligt </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="2B771DC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Antikoagulantia</w:t>
+          <w:t>Perioperativt</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="2B771DC3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve"> och/eller trombocythämmare vid akut/halvakut kirurgi inom 24 timmar</w:t>
-[...32 lines deleted...]
-          <w:t xml:space="preserve"> operation</w:t>
+          <w:t xml:space="preserve"> omhändertagande av diabetespatienter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15DA7F0F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="6B96F3EB" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1210" w:name="_Toc256001160"/>
+      <w:bookmarkStart w:id="1211" w:name="_Toc256001093"/>
+      <w:bookmarkStart w:id="1212" w:name="_Toc256001026"/>
+      <w:bookmarkStart w:id="1213" w:name="_Toc256000959"/>
+      <w:bookmarkStart w:id="1214" w:name="_Toc256000894"/>
+      <w:bookmarkStart w:id="1215" w:name="_Toc256000829"/>
+      <w:bookmarkStart w:id="1216" w:name="_Toc256000764"/>
+      <w:bookmarkStart w:id="1217" w:name="_Toc256000699"/>
+      <w:bookmarkStart w:id="1218" w:name="_Toc256000634"/>
+      <w:bookmarkStart w:id="1219" w:name="_Toc256000437"/>
+      <w:bookmarkStart w:id="1220" w:name="_Toc256000567"/>
+      <w:bookmarkStart w:id="1221" w:name="_Toc256000502"/>
+      <w:bookmarkStart w:id="1222" w:name="_Toc466283536"/>
+      <w:bookmarkStart w:id="1223" w:name="_Toc468281505"/>
+      <w:bookmarkStart w:id="1224" w:name="_Toc485740495"/>
+      <w:bookmarkStart w:id="1225" w:name="_Toc487723664"/>
+      <w:bookmarkStart w:id="1226" w:name="_Toc75353388"/>
+      <w:bookmarkStart w:id="1227" w:name="_Toc96428001"/>
+      <w:bookmarkStart w:id="1228" w:name="_Toc97740120"/>
+      <w:bookmarkStart w:id="1229" w:name="_Toc215730364"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:rPr>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> är patienter med mekanisk hjärtklaff och patienter som haft DVT/lungemboli eller </w:t>
+        <w:t>Kolhydratladdning (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>embolisering</w:t>
+        <w:t>Nutricia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve"> från förmaksflimmer (</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">Ansvarsfördelning vid </w:t>
+        <w:t xml:space="preserve">) vid </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Warfarinbehandling</w:t>
-[...17 lines deleted...]
-        <w:t>elektiva</w:t>
+        <w:t>elektiv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:rPr>
-[...128 lines deleted...]
-      <w:bookmarkEnd w:id="1209"/>
+        <w:t xml:space="preserve"> tarmkirurgi</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1210"/>
       <w:bookmarkEnd w:id="1211"/>
       <w:bookmarkEnd w:id="1212"/>
       <w:bookmarkEnd w:id="1213"/>
       <w:bookmarkEnd w:id="1214"/>
       <w:bookmarkEnd w:id="1215"/>
       <w:bookmarkEnd w:id="1216"/>
       <w:bookmarkEnd w:id="1217"/>
       <w:bookmarkEnd w:id="1218"/>
       <w:bookmarkEnd w:id="1219"/>
       <w:bookmarkEnd w:id="1220"/>
       <w:bookmarkEnd w:id="1221"/>
       <w:bookmarkEnd w:id="1222"/>
       <w:bookmarkEnd w:id="1223"/>
       <w:bookmarkEnd w:id="1224"/>
       <w:bookmarkEnd w:id="1225"/>
       <w:bookmarkEnd w:id="1226"/>
       <w:bookmarkEnd w:id="1227"/>
       <w:bookmarkEnd w:id="1228"/>
       <w:bookmarkEnd w:id="1229"/>
+    </w:p>
+    <w:p w14:paraId="1918689F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vid </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>elektiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> tarmkirurgi ges </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Nutricia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (preoperativ dryck) enligt riktlinje: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51">
+        <w:r w:rsidRPr="2B771DC3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Preoperativ dryck till patient med planerad </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="2B771DC3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>kolorektal</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="2B771DC3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> bukoperation vid SÄS</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="2B771DC3">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B771DC3">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>I korthet motverkar denna behandling insulinresistens och främjar läkning.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707D04C5" w14:textId="77777777" w:rsidR="00DE3A42" w:rsidRDefault="00DE3A42">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1230" w:name="_Toc256001162"/>
+      <w:bookmarkStart w:id="1231" w:name="_Toc256001095"/>
+      <w:bookmarkStart w:id="1232" w:name="_Toc256001028"/>
+      <w:bookmarkStart w:id="1233" w:name="_Toc256000961"/>
+      <w:bookmarkStart w:id="1234" w:name="_Toc256000896"/>
+      <w:bookmarkStart w:id="1235" w:name="_Toc256000831"/>
+      <w:bookmarkStart w:id="1236" w:name="_Toc256000766"/>
+      <w:bookmarkStart w:id="1237" w:name="_Toc256000701"/>
+      <w:bookmarkStart w:id="1238" w:name="_Toc256000636"/>
+      <w:bookmarkStart w:id="1239" w:name="_Toc256000439"/>
+      <w:bookmarkStart w:id="1240" w:name="_Toc256000374"/>
+      <w:bookmarkStart w:id="1241" w:name="_Toc256000311"/>
+      <w:bookmarkStart w:id="1242" w:name="_Toc256000248"/>
+      <w:bookmarkStart w:id="1243" w:name="_Toc256000185"/>
+      <w:bookmarkStart w:id="1244" w:name="_Toc256000122"/>
+      <w:bookmarkStart w:id="1245" w:name="_Toc256000059"/>
+      <w:bookmarkStart w:id="1246" w:name="_Toc450563153"/>
+      <w:bookmarkStart w:id="1247" w:name="_Toc450567900"/>
+      <w:bookmarkStart w:id="1248" w:name="_Toc454441863"/>
+      <w:bookmarkStart w:id="1249" w:name="_Toc256000569"/>
+      <w:bookmarkStart w:id="1250" w:name="_Toc256000504"/>
+      <w:bookmarkStart w:id="1251" w:name="_Toc466283538"/>
+      <w:bookmarkStart w:id="1252" w:name="_Toc468281507"/>
+      <w:bookmarkStart w:id="1253" w:name="_Toc485740497"/>
+      <w:bookmarkStart w:id="1254" w:name="_Toc487723666"/>
+      <w:bookmarkStart w:id="1255" w:name="_Toc75353390"/>
+      <w:bookmarkStart w:id="1256" w:name="_Toc96428003"/>
+      <w:bookmarkStart w:id="1257" w:name="_Toc97740122"/>
+      <w:bookmarkEnd w:id="1201"/>
+      <w:bookmarkEnd w:id="1202"/>
+      <w:bookmarkEnd w:id="1203"/>
+      <w:bookmarkEnd w:id="1204"/>
+      <w:bookmarkEnd w:id="1205"/>
+      <w:bookmarkEnd w:id="1206"/>
+      <w:bookmarkEnd w:id="1207"/>
+      <w:bookmarkEnd w:id="1208"/>
+      <w:bookmarkEnd w:id="1209"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5872651E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1258" w:name="_Toc215730365"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:lastRenderedPageBreak/>
+        <w:t>Uppföljning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1230"/>
       <w:bookmarkEnd w:id="1231"/>
-    </w:p>
-[...5129 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1232"/>
       <w:bookmarkEnd w:id="1233"/>
       <w:bookmarkEnd w:id="1234"/>
       <w:bookmarkEnd w:id="1235"/>
       <w:bookmarkEnd w:id="1236"/>
       <w:bookmarkEnd w:id="1237"/>
       <w:bookmarkEnd w:id="1238"/>
       <w:bookmarkEnd w:id="1239"/>
       <w:bookmarkEnd w:id="1240"/>
       <w:bookmarkEnd w:id="1241"/>
       <w:bookmarkEnd w:id="1242"/>
       <w:bookmarkEnd w:id="1243"/>
       <w:bookmarkEnd w:id="1244"/>
       <w:bookmarkEnd w:id="1245"/>
       <w:bookmarkEnd w:id="1246"/>
       <w:bookmarkEnd w:id="1247"/>
       <w:bookmarkEnd w:id="1248"/>
       <w:bookmarkEnd w:id="1249"/>
       <w:bookmarkEnd w:id="1250"/>
       <w:bookmarkEnd w:id="1251"/>
       <w:bookmarkEnd w:id="1252"/>
       <w:bookmarkEnd w:id="1253"/>
       <w:bookmarkEnd w:id="1254"/>
       <w:bookmarkEnd w:id="1255"/>
       <w:bookmarkEnd w:id="1256"/>
       <w:bookmarkEnd w:id="1257"/>
       <w:bookmarkEnd w:id="1258"/>
+    </w:p>
+    <w:p w14:paraId="379E0312" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Patienter som inte får en korrekt preoperativ optimering riskerar att inte bli opererade. Genom att standardisera de preoperativa rutinerna är målet att minska antalet strykningar på våra operationsavdelningar och därmed kunna använda enheterna mer effektivt för att på så sätt minska operationsköerna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E894D8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1259" w:name="_Toc256001163"/>
+      <w:bookmarkStart w:id="1260" w:name="_Toc256001096"/>
+      <w:bookmarkStart w:id="1261" w:name="_Toc256001029"/>
+      <w:bookmarkStart w:id="1262" w:name="_Toc256000962"/>
+      <w:bookmarkStart w:id="1263" w:name="_Toc256000897"/>
+      <w:bookmarkStart w:id="1264" w:name="_Toc256000832"/>
+      <w:bookmarkStart w:id="1265" w:name="_Toc256000767"/>
+      <w:bookmarkStart w:id="1266" w:name="_Toc256000702"/>
+      <w:bookmarkStart w:id="1267" w:name="_Toc256000637"/>
+      <w:bookmarkStart w:id="1268" w:name="_Toc256000440"/>
+      <w:bookmarkStart w:id="1269" w:name="_Toc256000375"/>
+      <w:bookmarkStart w:id="1270" w:name="_Toc256000312"/>
+      <w:bookmarkStart w:id="1271" w:name="_Toc256000249"/>
+      <w:bookmarkStart w:id="1272" w:name="_Toc256000186"/>
+      <w:bookmarkStart w:id="1273" w:name="_Toc256000123"/>
+      <w:bookmarkStart w:id="1274" w:name="_Toc256000060"/>
+      <w:bookmarkStart w:id="1275" w:name="_Toc182366122"/>
+      <w:bookmarkStart w:id="1276" w:name="_Toc450563154"/>
+      <w:bookmarkStart w:id="1277" w:name="_Toc450567901"/>
+      <w:bookmarkStart w:id="1278" w:name="_Toc454441864"/>
+      <w:bookmarkStart w:id="1279" w:name="_Toc256000570"/>
+      <w:bookmarkStart w:id="1280" w:name="_Toc256000505"/>
+      <w:bookmarkStart w:id="1281" w:name="_Toc466283539"/>
+      <w:bookmarkStart w:id="1282" w:name="_Toc468281508"/>
+      <w:bookmarkStart w:id="1283" w:name="_Toc485740498"/>
+      <w:bookmarkStart w:id="1284" w:name="_Toc487723667"/>
+      <w:bookmarkStart w:id="1285" w:name="_Toc75353391"/>
+      <w:bookmarkStart w:id="1286" w:name="_Toc96428004"/>
+      <w:bookmarkStart w:id="1287" w:name="_Toc97740123"/>
+      <w:bookmarkStart w:id="1288" w:name="_Toc215730366"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Dokumentinformation</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1259"/>
       <w:bookmarkEnd w:id="1260"/>
-    </w:p>
-[...115 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1261"/>
-    </w:p>
-[...52 lines deleted...]
-      <w:bookmarkStart w:id="1291" w:name="_Toc211431620"/>
       <w:bookmarkEnd w:id="1262"/>
-      <w:r w:rsidRPr="00C8004A">
-[...1 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1263"/>
       <w:bookmarkEnd w:id="1264"/>
       <w:bookmarkEnd w:id="1265"/>
       <w:bookmarkEnd w:id="1266"/>
       <w:bookmarkEnd w:id="1267"/>
       <w:bookmarkEnd w:id="1268"/>
       <w:bookmarkEnd w:id="1269"/>
       <w:bookmarkEnd w:id="1270"/>
       <w:bookmarkEnd w:id="1271"/>
       <w:bookmarkEnd w:id="1272"/>
       <w:bookmarkEnd w:id="1273"/>
       <w:bookmarkEnd w:id="1274"/>
       <w:bookmarkEnd w:id="1275"/>
       <w:bookmarkEnd w:id="1276"/>
       <w:bookmarkEnd w:id="1277"/>
       <w:bookmarkEnd w:id="1278"/>
       <w:bookmarkEnd w:id="1279"/>
       <w:bookmarkEnd w:id="1280"/>
       <w:bookmarkEnd w:id="1281"/>
       <w:bookmarkEnd w:id="1282"/>
       <w:bookmarkEnd w:id="1283"/>
       <w:bookmarkEnd w:id="1284"/>
       <w:bookmarkEnd w:id="1285"/>
       <w:bookmarkEnd w:id="1286"/>
       <w:bookmarkEnd w:id="1287"/>
       <w:bookmarkEnd w:id="1288"/>
+    </w:p>
+    <w:p w14:paraId="4CA2EB00" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00405535" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00405535">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>För innehållet svarar</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BA824E" w14:textId="5FA76E57" w:rsidR="005C747B" w:rsidRPr="007D2AB4" w:rsidRDefault="00C079B0" w:rsidP="009B7945">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Fredrik Smith</w:t>
+      </w:r>
+      <w:r w:rsidR="005C747B">
+        <w:t xml:space="preserve">, överläkare, VO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005C747B">
+        <w:t>AnOpIVA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005C747B">
+        <w:t>, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="005C747B">
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="1289" w:name="_Toc149035757"/>
+      <w:bookmarkStart w:id="1290" w:name="_Toc149978547"/>
+      <w:r w:rsidR="005C747B" w:rsidRPr="007D2AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Remissinstanser</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1289"/>
       <w:bookmarkEnd w:id="1290"/>
-      <w:bookmarkEnd w:id="1291"/>
+      <w:r w:rsidR="005C747B" w:rsidRPr="007D2AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (utgåva 1)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="64D7743E" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="14613666" w14:textId="70C24F23" w:rsidR="00C079B0" w:rsidRDefault="00C079B0" w:rsidP="005C747B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Patienterna får information om fasta i samband med kallelsen till operation, påminn. Respekteras inte fastetider ökar risken för sen strykning eller försämrad patientsäkerhet.</w:t>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Martin Henricsson</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38936B94" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="6325BDF4" w14:textId="6FE4947A" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Verksamhetschef,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F010F2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F010F2">
+        <w:t xml:space="preserve">VO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F010F2">
+        <w:t>AnOpIVA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F010F2">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F52EC1" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="007D2AB4" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fastställt av</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0F7849" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
       <w:r>
-        <w:t>Riskfaktorer för aspiration</w:t>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>erker Nilson</w:t>
       </w:r>
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve"> som </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> passage värderas individuellt med hänsyn till indikationen för ingreppet. Ultraljudsundersökning av magsäcken kan övervägas före sövning.</w:t>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, chefläkare, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A92ECAD" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...30 lines deleted...]
-      <w:bookmarkStart w:id="1319" w:name="_Toc97740115"/>
+    <w:p w14:paraId="028637A7" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="007D2AB4" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2AB4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nyckelord</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7211BECF" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve">Normal rutin vid </w:t>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Preoperativa rutiner, laboratorieprover, fysikaliska undersökningar, röntgenundersökningar, blodförtunnande, trombosprofylax, fasta, läkemedelsordinationer, hematologiska medel, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>elektiv</w:t>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t xml:space="preserve"> kirurgi för barn och vuxna</w:t>
-      </w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>trombinhämmare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, tromboshämmare, kirurgi, läkemedel, läkemedels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>behandling, akutoperationer, operationer, ordinationer, proppförebyggande, blodförtunnande, operationsförberedelser, akutoperationer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD1ED6F" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1291" w:name="_Toc256001164"/>
+      <w:bookmarkStart w:id="1292" w:name="_Toc256001097"/>
+      <w:bookmarkStart w:id="1293" w:name="_Toc256001030"/>
+      <w:bookmarkStart w:id="1294" w:name="_Toc256000963"/>
+      <w:bookmarkStart w:id="1295" w:name="_Toc256000898"/>
+      <w:bookmarkStart w:id="1296" w:name="_Toc256000833"/>
+      <w:bookmarkStart w:id="1297" w:name="_Toc256000768"/>
+      <w:bookmarkStart w:id="1298" w:name="_Toc256000703"/>
+      <w:bookmarkStart w:id="1299" w:name="_Toc256000638"/>
+      <w:bookmarkStart w:id="1300" w:name="_Toc256000573"/>
+      <w:bookmarkStart w:id="1301" w:name="_Toc256000376"/>
+      <w:bookmarkStart w:id="1302" w:name="_Toc256000313"/>
+      <w:bookmarkStart w:id="1303" w:name="_Toc256000250"/>
+      <w:bookmarkStart w:id="1304" w:name="_Toc256000187"/>
+      <w:bookmarkStart w:id="1305" w:name="_Toc256000124"/>
+      <w:bookmarkStart w:id="1306" w:name="_Toc256000061"/>
+      <w:bookmarkStart w:id="1307" w:name="_Toc450563155"/>
+      <w:bookmarkStart w:id="1308" w:name="_Toc450567902"/>
+      <w:bookmarkStart w:id="1309" w:name="_Toc454441865"/>
+      <w:bookmarkStart w:id="1310" w:name="_Toc256000571"/>
+      <w:bookmarkStart w:id="1311" w:name="_Toc256000506"/>
+      <w:bookmarkStart w:id="1312" w:name="_Toc256000441"/>
+      <w:bookmarkStart w:id="1313" w:name="_Toc466283540"/>
+      <w:bookmarkStart w:id="1314" w:name="_Toc468281509"/>
+      <w:bookmarkStart w:id="1315" w:name="_Toc485740499"/>
+      <w:bookmarkStart w:id="1316" w:name="_Toc487723668"/>
+      <w:bookmarkStart w:id="1317" w:name="_Toc75353392"/>
+      <w:bookmarkStart w:id="1318" w:name="_Toc96428005"/>
+      <w:bookmarkStart w:id="1319" w:name="_Toc97740124"/>
+      <w:bookmarkStart w:id="1320" w:name="_Toc215730367"/>
+      <w:bookmarkStart w:id="1321" w:name="_Toc169686209"/>
+      <w:bookmarkStart w:id="1322" w:name="_Toc169686713"/>
+      <w:bookmarkStart w:id="1323" w:name="_Toc182366123"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Referensförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1291"/>
       <w:bookmarkEnd w:id="1292"/>
       <w:bookmarkEnd w:id="1293"/>
       <w:bookmarkEnd w:id="1294"/>
       <w:bookmarkEnd w:id="1295"/>
       <w:bookmarkEnd w:id="1296"/>
       <w:bookmarkEnd w:id="1297"/>
       <w:bookmarkEnd w:id="1298"/>
       <w:bookmarkEnd w:id="1299"/>
       <w:bookmarkEnd w:id="1300"/>
       <w:bookmarkEnd w:id="1301"/>
       <w:bookmarkEnd w:id="1302"/>
       <w:bookmarkEnd w:id="1303"/>
       <w:bookmarkEnd w:id="1304"/>
       <w:bookmarkEnd w:id="1305"/>
       <w:bookmarkEnd w:id="1306"/>
       <w:bookmarkEnd w:id="1307"/>
       <w:bookmarkEnd w:id="1308"/>
       <w:bookmarkEnd w:id="1309"/>
       <w:bookmarkEnd w:id="1310"/>
       <w:bookmarkEnd w:id="1311"/>
       <w:bookmarkEnd w:id="1312"/>
       <w:bookmarkEnd w:id="1313"/>
       <w:bookmarkEnd w:id="1314"/>
       <w:bookmarkEnd w:id="1315"/>
       <w:bookmarkEnd w:id="1316"/>
       <w:bookmarkEnd w:id="1317"/>
       <w:bookmarkEnd w:id="1318"/>
       <w:bookmarkEnd w:id="1319"/>
+      <w:bookmarkEnd w:id="1320"/>
     </w:p>
-    <w:p w14:paraId="418E6F81" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="4112A96C">
+    <w:p w14:paraId="698E8AD2" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Barnanestesi och Barnintensivvård. Svensk Förening för Anestesi och Intensivvård (SFBABI)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r w:rsidRPr="008721D1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>https://sfai.se/delforeningar/sfbabi/riktlinjer</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1C708FC7" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 timmar </w:t>
-[...3 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Risk Prediction in Surgery.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidRPr="009237E6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>www.riskprediction.org.uk</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10588CB8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">Vid </w:t>
+    <w:p w14:paraId="254897F1" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve">ASA-klasser preciserade av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>elektiv</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>SFAIs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...40 lines deleted...]
-        <w:r w:rsidRPr="00580018">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> styrelse </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>November</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t xml:space="preserve"> 2015.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:r w:rsidRPr="0083648F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.sfai.se</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002F7195">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="53A149E4" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...11 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6CF9B970" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Punktlistanumrerad"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8004A">
+        <w:t>Dags för “alkoholfri” operation. Sven Wåhlin. Läkartidningen.se, nr 44-45-2014, 2014-10-28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8004A">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidRPr="00421402">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>www.lakartidningen.se/Klinik-och-vetenskap/Klinisk-oversikt/2014/10/Dags-for-alkoholfri-operation</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D9CA3E4" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00BC714F" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-[...63 lines deleted...]
-      <w:bookmarkStart w:id="1347" w:name="_Toc97740117"/>
+    <w:p w14:paraId="434BE311" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1324" w:name="_Toc256001165"/>
+      <w:bookmarkStart w:id="1325" w:name="_Toc256001098"/>
+      <w:bookmarkStart w:id="1326" w:name="_Toc256001031"/>
+      <w:bookmarkStart w:id="1327" w:name="_Toc256000964"/>
+      <w:bookmarkStart w:id="1328" w:name="_Toc256000899"/>
+      <w:bookmarkStart w:id="1329" w:name="_Toc256000834"/>
+      <w:bookmarkStart w:id="1330" w:name="_Toc256000769"/>
+      <w:bookmarkStart w:id="1331" w:name="_Toc256000704"/>
+      <w:bookmarkStart w:id="1332" w:name="_Toc256000639"/>
+      <w:bookmarkStart w:id="1333" w:name="_Toc256000574"/>
+      <w:bookmarkStart w:id="1334" w:name="_Toc256000377"/>
+      <w:bookmarkStart w:id="1335" w:name="_Toc256000314"/>
+      <w:bookmarkStart w:id="1336" w:name="_Toc256000251"/>
+      <w:bookmarkStart w:id="1337" w:name="_Toc256000188"/>
+      <w:bookmarkStart w:id="1338" w:name="_Toc256000125"/>
+      <w:bookmarkStart w:id="1339" w:name="_Toc256000062"/>
+      <w:bookmarkStart w:id="1340" w:name="_Toc450563156"/>
+      <w:bookmarkStart w:id="1341" w:name="_Toc450567903"/>
+      <w:bookmarkStart w:id="1342" w:name="_Toc454441866"/>
+      <w:bookmarkStart w:id="1343" w:name="_Toc256000572"/>
+      <w:bookmarkStart w:id="1344" w:name="_Toc256000507"/>
+      <w:bookmarkStart w:id="1345" w:name="_Toc256000442"/>
+      <w:bookmarkStart w:id="1346" w:name="_Toc466283541"/>
+      <w:bookmarkStart w:id="1347" w:name="_Toc468281510"/>
+      <w:bookmarkStart w:id="1348" w:name="_Toc485740500"/>
+      <w:bookmarkStart w:id="1349" w:name="_Toc487723669"/>
+      <w:bookmarkStart w:id="1350" w:name="_Toc75353393"/>
+      <w:bookmarkStart w:id="1351" w:name="_Toc96428006"/>
+      <w:bookmarkStart w:id="1352" w:name="_Toc97740125"/>
+      <w:bookmarkStart w:id="1353" w:name="_Toc215730368"/>
       <w:r w:rsidRPr="00C8004A">
-        <w:t>Rutin vid akut kirurgi för vuxna och barn</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="1320"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Länkförteckning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="1321"/>
       <w:bookmarkEnd w:id="1322"/>
       <w:bookmarkEnd w:id="1323"/>
       <w:bookmarkEnd w:id="1324"/>
       <w:bookmarkEnd w:id="1325"/>
       <w:bookmarkEnd w:id="1326"/>
       <w:bookmarkEnd w:id="1327"/>
       <w:bookmarkEnd w:id="1328"/>
       <w:bookmarkEnd w:id="1329"/>
       <w:bookmarkEnd w:id="1330"/>
       <w:bookmarkEnd w:id="1331"/>
       <w:bookmarkEnd w:id="1332"/>
       <w:bookmarkEnd w:id="1333"/>
       <w:bookmarkEnd w:id="1334"/>
       <w:bookmarkEnd w:id="1335"/>
       <w:bookmarkEnd w:id="1336"/>
       <w:bookmarkEnd w:id="1337"/>
       <w:bookmarkEnd w:id="1338"/>
       <w:bookmarkEnd w:id="1339"/>
       <w:bookmarkEnd w:id="1340"/>
       <w:bookmarkEnd w:id="1341"/>
       <w:bookmarkEnd w:id="1342"/>
       <w:bookmarkEnd w:id="1343"/>
       <w:bookmarkEnd w:id="1344"/>
       <w:bookmarkEnd w:id="1345"/>
       <w:bookmarkEnd w:id="1346"/>
       <w:bookmarkEnd w:id="1347"/>
-    </w:p>
-[...109 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="1348"/>
       <w:bookmarkEnd w:id="1349"/>
       <w:bookmarkEnd w:id="1350"/>
       <w:bookmarkEnd w:id="1351"/>
       <w:bookmarkEnd w:id="1352"/>
       <w:bookmarkEnd w:id="1353"/>
-      <w:bookmarkEnd w:id="1354"/>
-[...1001 lines deleted...]
-      <w:bookmarkEnd w:id="1548"/>
     </w:p>
     <w:p w14:paraId="5152D3DF" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Perioperativ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> handläggning av barn med Mb Down (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Trisomi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 21) vid SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId48">
+      <w:hyperlink r:id="rId56">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="719703E6" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Postoperativa infektioner - generella förebyggande åtgärder. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId49">
+      <w:hyperlink r:id="rId57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="497D925A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
@@ -35501,72 +17343,72 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kirurgi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Risk Prediction in Surgery. Possum scoring.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId50">
+      <w:hyperlink r:id="rId58">
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.riskprediction.org.uk/index-cr.php</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="71647403" w14:textId="77777777" w:rsidR="005C747B" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId51">
+      <w:hyperlink r:id="rId59">
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve">Clinical frailty scale </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>på</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="4112A96C">
@@ -35625,57 +17467,61 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Surgery</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Possum scoring.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009237E6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId52">
-        <w:r w:rsidRPr="4112A96C">
+      <w:hyperlink r:id="rId60">
+        <w:r w:rsidRPr="009237E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.riskprediction.org.uk/pp-index.php</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2BA4092A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Övre </w:t>
@@ -35685,392 +17531,397 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>gastro</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> kirurgi. </w:t>
       </w:r>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Risk Prediction in Surgery. Possum scoring</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId53">
+      <w:hyperlink r:id="rId61">
         <w:r w:rsidRPr="4112A96C">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.riskprediction.org.uk/op-index.php</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4F005ABC" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kärlkirurgi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. Risk Prediction in Surgery. Possum scoring</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009237E6">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId54">
-        <w:r w:rsidRPr="4112A96C">
+      <w:hyperlink r:id="rId62">
+        <w:r w:rsidRPr="009237E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
+            <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.riskprediction.org.uk/vasc-index.php</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5BA5CD44" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Antibiotikaprofylax inför kirurgi. Sjukhusövergripande riktlinje</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId55">
+      <w:hyperlink r:id="rId63">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="02C083EC" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Preoperativ huddesinfektion/hudrengöring och eventuell hårkortning. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sjukhusövergripande rutin</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId56">
+      <w:hyperlink r:id="rId64">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2E919C86" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00A47C26" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00A47C26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Information om rökstopp. 1177.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A47C26">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId57">
+      <w:hyperlink r:id="rId65">
         <w:r w:rsidRPr="00A47C26">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.1177.se/Vastra-Gotaland/undersokning-behandling/operationer/fore-och-efter-operation/levnadsvanor-i-samband-med-operation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="232E8578" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Multiresistenta bakterier (MRB). Checklista för </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>screenodlingar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> av patienter och medarbetare med förhöjd risk för bärarskap</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="1549" w:name="_Hlk75353076"/>
+      <w:bookmarkStart w:id="1354" w:name="_Hlk75353076"/>
       <w:r w:rsidRPr="0D0D9811">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-532/SURROGATE/Multiresistenta%20bakterier%20(MRB).%20Checklista%20f%c3%b6r%20screenodlingar%20av%20patienter%20och%20medarbetare.pdf"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="0D0D9811">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="0D0D9811">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
       </w:r>
       <w:r w:rsidRPr="0D0D9811">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1549"/>
+      <w:bookmarkEnd w:id="1354"/>
     </w:p>
     <w:p w14:paraId="4AC30D55" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Preoperativt omhändertagande av diabetespatienter - Diabetesprocessen, sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId58">
+      <w:hyperlink r:id="rId66">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="37E34D52" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och/eller trombocythämmare vid akut/halvakut kirurgi inom 24 timmar. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId59">
+      <w:hyperlink r:id="rId67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="261A1BA8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> och trombocythämmare, tillfällig utsättning inför </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>elektiv</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> operation. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId60">
+      <w:hyperlink r:id="rId68">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52A3BFD7" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -36109,278 +17960,278 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Praxbind</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId61">
+      <w:hyperlink r:id="rId69">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6F0383B4" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Kortisonbehandling i samband med operation. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId62">
+      <w:hyperlink r:id="rId70">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="74E0801B" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Akut smärta hos vuxna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>opioidtoleranta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> patienter. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId63">
+      <w:hyperlink r:id="rId71">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="639F856A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Premedicinering inför anestesi. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId64">
+      <w:hyperlink r:id="rId72">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79CE2C37" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4112A96C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Postoperativt illamående och kräkningar - Profylax och behandling. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId65">
+      <w:hyperlink r:id="rId73">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/styrdokument</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="75832BB8" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C8004A">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="443127DB" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1550" w:name="_Toc256001166"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="1556" w:name="_Toc211431627"/>
+      <w:bookmarkStart w:id="1355" w:name="_Toc256001166"/>
+      <w:bookmarkStart w:id="1356" w:name="_Toc256001099"/>
+      <w:bookmarkStart w:id="1357" w:name="_Toc256001032"/>
+      <w:bookmarkStart w:id="1358" w:name="_Toc256000965"/>
+      <w:bookmarkStart w:id="1359" w:name="_Toc96428007"/>
+      <w:bookmarkStart w:id="1360" w:name="_Toc97740126"/>
+      <w:bookmarkStart w:id="1361" w:name="_Toc215730369"/>
       <w:r w:rsidRPr="00C8004A">
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga, Inför anestesibedömning på SÄS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1550"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="1556"/>
+      <w:bookmarkEnd w:id="1355"/>
+      <w:bookmarkEnd w:id="1356"/>
+      <w:bookmarkEnd w:id="1357"/>
+      <w:bookmarkEnd w:id="1358"/>
+      <w:bookmarkEnd w:id="1359"/>
+      <w:bookmarkEnd w:id="1360"/>
+      <w:bookmarkEnd w:id="1361"/>
     </w:p>
     <w:p w14:paraId="2CD2D9B2" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1557" w:name="_Toc256001167"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="1563" w:name="_Toc211431628"/>
+      <w:bookmarkStart w:id="1362" w:name="_Toc256001167"/>
+      <w:bookmarkStart w:id="1363" w:name="_Toc256001100"/>
+      <w:bookmarkStart w:id="1364" w:name="_Toc256001033"/>
+      <w:bookmarkStart w:id="1365" w:name="_Toc256000966"/>
+      <w:bookmarkStart w:id="1366" w:name="_Toc96428008"/>
+      <w:bookmarkStart w:id="1367" w:name="_Toc97740127"/>
+      <w:bookmarkStart w:id="1368" w:name="_Toc215730370"/>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Elektiva</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> öppen-, slutenvårdspatienter samt polikliniska akutpatienter som ska opereras på Op1, Op2 och endoskopi</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1557"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="1563"/>
+      <w:bookmarkEnd w:id="1362"/>
+      <w:bookmarkEnd w:id="1363"/>
+      <w:bookmarkEnd w:id="1364"/>
+      <w:bookmarkEnd w:id="1365"/>
+      <w:bookmarkEnd w:id="1366"/>
+      <w:bookmarkEnd w:id="1367"/>
+      <w:bookmarkEnd w:id="1368"/>
     </w:p>
     <w:p w14:paraId="2FF6530A" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17DC6427" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
-      <w:hyperlink r:id="rId66">
+      <w:hyperlink r:id="rId74">
         <w:r w:rsidRPr="6DD67737">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Operationsanmälan - checklista, SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7CFAE483" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00D42E76" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-696/surrogate/Checklista%20vid%20anm%c3%a4lan%20av%20akuta%20patienter%20inf%c3%b6r%20operation.pdf"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D42E76">
         <w:rPr>
@@ -36508,69 +18359,61 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>vtf</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C699BDA" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="00C8004A">
         <w:t>Planerings-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C8004A">
         <w:t>ssk</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C8004A">
         <w:t xml:space="preserve"> efter anestesibedömning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8CBC36" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
+    <w:p w14:paraId="1A8CBC36" w14:textId="580052E2" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Om </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ska erhålla extremitetsblockad, skicka med aktuell patientinformation.</w:t>
+        <w:t>Om patienten ska erhålla extremitetsblockad, skicka med aktuell patientinformation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="241D1812" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00C8004A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1349"/>
         </w:tabs>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tillse att öppenvårdspatienter har möjlighet att klara sig i hemmet efter operation, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ffa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> att patienten inte är ensam i hemmet första natten, annars patienthotellbokning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B3123B7" w14:textId="77777777" w:rsidR="005C747B" w:rsidRPr="00536A5A" w:rsidRDefault="005C747B" w:rsidP="005C747B">
       <w:pPr>
@@ -36582,86 +18425,79 @@
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontrollera att patienten förstått </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>fasterutinen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40AA233F" w14:textId="03C1D9D8" w:rsidR="009C6C0C" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00B96AFF">
-[...6 lines deleted...]
-      <w:pgSz w:w="11900" w:h="16840"/>
+    <w:sectPr w:rsidR="009C6C0C" w:rsidSect="00A54810">
+      <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A17E107" w14:textId="77777777" w:rsidR="00D2377F" w:rsidRDefault="00D2377F">
+    <w:p w14:paraId="7CDAC324" w14:textId="77777777" w:rsidR="001565F6" w:rsidRDefault="001565F6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C7654C9" w14:textId="77777777" w:rsidR="00D2377F" w:rsidRDefault="00D2377F">
+    <w:p w14:paraId="328CC72F" w14:textId="77777777" w:rsidR="001565F6" w:rsidRDefault="001565F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="364771FD" w14:textId="77777777" w:rsidR="00D2377F" w:rsidRDefault="00D2377F">
+    <w:p w14:paraId="7A9019E3" w14:textId="77777777" w:rsidR="001565F6" w:rsidRDefault="001565F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -36723,147 +18559,155 @@
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TRFHOL+Verdana-Bold">
     <w:altName w:val="Verdana"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="000F2052" w:rsidP="00EC0A68">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
@@ -36945,62 +18789,62 @@
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="12" name="Bildobjekt 12">
+          <wp:docPr id="891664054" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="12" name="Bildobjekt 12">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
@@ -37019,85 +18863,85 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="337656DC" w14:textId="77777777" w:rsidR="00D2377F" w:rsidRDefault="00D2377F"/>
+    <w:p w14:paraId="6373A3A3" w14:textId="77777777" w:rsidR="001565F6" w:rsidRDefault="001565F6"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3522F5B2" w14:textId="77777777" w:rsidR="00D2377F" w:rsidRDefault="00D2377F">
+    <w:p w14:paraId="174A96F4" w14:textId="77777777" w:rsidR="001565F6" w:rsidRDefault="001565F6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="29234C7E" w14:textId="77777777" w:rsidR="00D2377F" w:rsidRDefault="00D2377F">
+    <w:p w14:paraId="1031AC83" w14:textId="77777777" w:rsidR="001565F6" w:rsidRDefault="001565F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -37127,100 +18971,100 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1053" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -37253,51 +19097,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1054" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
@@ -37468,51 +19312,51 @@
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2766DED8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="3C063CDC"/>
+    <w:tmpl w:val="2DF6A8CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista1"/>
       <w:lvlText w:val=""/>
@@ -37713,50 +19557,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BDD416D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE3664FE"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -37825,51 +19782,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -37938,51 +19895,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -38052,51 +20009,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -38165,51 +20122,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="301B32AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2940F1B4"/>
     <w:lvl w:ilvl="0" w:tplc="04BA996C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="Punktlistaalfabetisk"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="16EEFCA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -38282,51 +20239,51 @@
     <w:lvl w:ilvl="7" w:tplc="824C1FDC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BDEEF19E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -38422,51 +20379,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="397A4DA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5A0D1AE"/>
     <w:lvl w:ilvl="0" w:tplc="0CAED240">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlistaitabell"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="8D4C2BAA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -38536,51 +20493,51 @@
     <w:lvl w:ilvl="7" w:tplc="47B4113A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="32A2D94A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -38650,51 +20607,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -38763,51 +20720,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -38904,51 +20861,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47217224"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A9EBB0E"/>
     <w:lvl w:ilvl="0" w:tplc="AE6A9DAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlistaunderliggande"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Agency FB" w:hAnsi="Agency FB" w:hint="default"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -39023,51 +20980,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7109" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7829" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50E9C33E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B4FE2688"/>
     <w:lvl w:ilvl="0" w:tplc="A40AAE80">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="F8ECF6E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -39136,51 +21093,51 @@
     <w:lvl w:ilvl="7" w:tplc="33C09F86">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="3EA00B7A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -39249,51 +21206,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -39363,51 +21320,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -39476,51 +21433,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -39589,51 +21546,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71855868"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D20C9CE0"/>
     <w:lvl w:ilvl="0" w:tplc="AB0C90A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="alfabetiskpunktlista"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="66AEA35C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="790E7FDA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -39676,51 +21633,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0DEEBC46" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7E588548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7462F41E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80022C02"/>
     <w:lvl w:ilvl="0" w:tplc="BBCCFBDC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="EEDCFB30">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -39789,51 +21746,51 @@
     <w:lvl w:ilvl="7" w:tplc="F85CA9EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FB848D16">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75102B5A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A50A0B0"/>
     <w:lvl w:ilvl="0" w:tplc="FC40E63E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="856ABD54">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -39902,51 +21859,51 @@
     <w:lvl w:ilvl="7" w:tplc="B0BE080A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="B8669074">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -40015,51 +21972,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DC45B1C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="500A096A"/>
     <w:lvl w:ilvl="0" w:tplc="76D2BC34">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="868E6D04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -40128,51 +22085,51 @@
     <w:lvl w:ilvl="7" w:tplc="23749E24">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="44A24592">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -40242,659 +22199,1172 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1909921896">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1367871050">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="861477783">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1280868239">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="739910959">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="391579451">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1296368398">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="689646344">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1979215945">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="830874331">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="36130748">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="17" w16cid:durableId="256527698">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1090539201">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1846439597">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="660932589">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1089695641">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="55402204">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1994094167">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1994094167">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="24" w16cid:durableId="634020499">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2067072659">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1419450371">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="925697278">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="721633372">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1808357657">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="611592127">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="40"/>
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="000030B3"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="000063CC"/>
     <w:rsid w:val="00006D2A"/>
+    <w:rsid w:val="00010A43"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00020BA7"/>
+    <w:rsid w:val="00023BF7"/>
+    <w:rsid w:val="00030603"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="00031463"/>
     <w:rsid w:val="00032DB9"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="0003584C"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
+    <w:rsid w:val="0006359A"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00073C27"/>
+    <w:rsid w:val="0007400A"/>
     <w:rsid w:val="00084024"/>
+    <w:rsid w:val="000865C1"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="0009106B"/>
+    <w:rsid w:val="0009168C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="000A0A85"/>
+    <w:rsid w:val="000A5D06"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000A6846"/>
     <w:rsid w:val="000B12D9"/>
+    <w:rsid w:val="000B44D1"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D45BF"/>
+    <w:rsid w:val="000D55D4"/>
+    <w:rsid w:val="000D5DBB"/>
+    <w:rsid w:val="000E1090"/>
+    <w:rsid w:val="000E1F9F"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000E6095"/>
+    <w:rsid w:val="000F26AE"/>
+    <w:rsid w:val="000F3CD8"/>
     <w:rsid w:val="000F43A3"/>
+    <w:rsid w:val="000F6621"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
+    <w:rsid w:val="001039A7"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
+    <w:rsid w:val="001124E9"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="001208B3"/>
+    <w:rsid w:val="00123501"/>
+    <w:rsid w:val="001305B8"/>
     <w:rsid w:val="00131B08"/>
+    <w:rsid w:val="00131BC9"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
+    <w:rsid w:val="00134EA4"/>
     <w:rsid w:val="0013580F"/>
+    <w:rsid w:val="0013588C"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="00142AB2"/>
+    <w:rsid w:val="001457CA"/>
+    <w:rsid w:val="00146AEE"/>
+    <w:rsid w:val="0014784D"/>
+    <w:rsid w:val="00147BDA"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="001565F6"/>
     <w:rsid w:val="00157D5B"/>
+    <w:rsid w:val="00160CFC"/>
     <w:rsid w:val="00161FE6"/>
+    <w:rsid w:val="00162402"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="001735A4"/>
     <w:rsid w:val="0017508E"/>
+    <w:rsid w:val="001766DE"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
+    <w:rsid w:val="00185E31"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019051F"/>
+    <w:rsid w:val="00193A0E"/>
+    <w:rsid w:val="00195D9B"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001A078D"/>
     <w:rsid w:val="001A4E7C"/>
+    <w:rsid w:val="001B23BB"/>
     <w:rsid w:val="001B762C"/>
+    <w:rsid w:val="001C0C8A"/>
+    <w:rsid w:val="001C3D05"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001C6B70"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001F166E"/>
+    <w:rsid w:val="001F6E28"/>
+    <w:rsid w:val="001F7EA0"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="00225192"/>
+    <w:rsid w:val="002267AE"/>
     <w:rsid w:val="002273C9"/>
+    <w:rsid w:val="002345F3"/>
+    <w:rsid w:val="00234965"/>
     <w:rsid w:val="00235B57"/>
+    <w:rsid w:val="00236152"/>
+    <w:rsid w:val="0023682F"/>
+    <w:rsid w:val="002374BE"/>
+    <w:rsid w:val="002375BD"/>
+    <w:rsid w:val="002446F4"/>
+    <w:rsid w:val="00244E3B"/>
     <w:rsid w:val="002457FF"/>
+    <w:rsid w:val="00245AF2"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="002715FC"/>
+    <w:rsid w:val="00272997"/>
+    <w:rsid w:val="00275CC8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002952D1"/>
+    <w:rsid w:val="00297647"/>
+    <w:rsid w:val="002A186A"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002B2A20"/>
+    <w:rsid w:val="002B3657"/>
+    <w:rsid w:val="002B5441"/>
+    <w:rsid w:val="002C0A34"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C1317"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002C6FDC"/>
     <w:rsid w:val="002D0E0E"/>
+    <w:rsid w:val="002D24F2"/>
     <w:rsid w:val="002D6023"/>
+    <w:rsid w:val="002E1A83"/>
+    <w:rsid w:val="002E1C39"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E5000"/>
+    <w:rsid w:val="002E611E"/>
+    <w:rsid w:val="002E649F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
+    <w:rsid w:val="00300A12"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
+    <w:rsid w:val="00312D1A"/>
+    <w:rsid w:val="003143DA"/>
+    <w:rsid w:val="00317014"/>
+    <w:rsid w:val="00317C7D"/>
+    <w:rsid w:val="00320117"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="00336B2B"/>
+    <w:rsid w:val="00336F2C"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="00337FCC"/>
     <w:rsid w:val="003410BD"/>
+    <w:rsid w:val="00342061"/>
     <w:rsid w:val="0034307B"/>
+    <w:rsid w:val="00344D44"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
+    <w:rsid w:val="00351E61"/>
+    <w:rsid w:val="003534B9"/>
     <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="00362314"/>
     <w:rsid w:val="0036357D"/>
+    <w:rsid w:val="0036572F"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="0037730D"/>
+    <w:rsid w:val="00382949"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0294"/>
     <w:rsid w:val="003A0D43"/>
+    <w:rsid w:val="003B048F"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B4979"/>
+    <w:rsid w:val="003B5F3A"/>
+    <w:rsid w:val="003C196B"/>
+    <w:rsid w:val="003C2D38"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
+    <w:rsid w:val="003D270E"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
+    <w:rsid w:val="003D7593"/>
     <w:rsid w:val="003E0705"/>
+    <w:rsid w:val="003E094C"/>
     <w:rsid w:val="003E2FF7"/>
+    <w:rsid w:val="003E5B99"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F70C4"/>
+    <w:rsid w:val="003F76E5"/>
+    <w:rsid w:val="00400BB4"/>
+    <w:rsid w:val="00401B17"/>
     <w:rsid w:val="00404296"/>
     <w:rsid w:val="00404948"/>
+    <w:rsid w:val="004056D8"/>
+    <w:rsid w:val="00405A65"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00407DB0"/>
+    <w:rsid w:val="0041370A"/>
     <w:rsid w:val="00413A60"/>
+    <w:rsid w:val="0041642C"/>
+    <w:rsid w:val="0042085A"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="00423C58"/>
+    <w:rsid w:val="00426A92"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="00432687"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00437C8C"/>
+    <w:rsid w:val="00441336"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00451F0E"/>
+    <w:rsid w:val="00453513"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
+    <w:rsid w:val="004671F2"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
+    <w:rsid w:val="0047607B"/>
+    <w:rsid w:val="004764D6"/>
     <w:rsid w:val="00480DC7"/>
+    <w:rsid w:val="00486D64"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004963E4"/>
+    <w:rsid w:val="00496411"/>
+    <w:rsid w:val="004A20BC"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A62B9"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
+    <w:rsid w:val="004B336E"/>
+    <w:rsid w:val="004B3370"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E2FF0"/>
+    <w:rsid w:val="004E4CF9"/>
+    <w:rsid w:val="004E5720"/>
+    <w:rsid w:val="004E5DCF"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F7DBB"/>
     <w:rsid w:val="00501433"/>
+    <w:rsid w:val="00501D98"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
+    <w:rsid w:val="005325B9"/>
+    <w:rsid w:val="005347EE"/>
+    <w:rsid w:val="00536AAC"/>
+    <w:rsid w:val="00537F30"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
+    <w:rsid w:val="005640D5"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
+    <w:rsid w:val="00566951"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057096A"/>
+    <w:rsid w:val="005710EE"/>
     <w:rsid w:val="0057277B"/>
+    <w:rsid w:val="00572C85"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="005946E4"/>
+    <w:rsid w:val="005966BA"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005B5E66"/>
+    <w:rsid w:val="005B799D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
+    <w:rsid w:val="005C2F62"/>
+    <w:rsid w:val="005C2FF1"/>
     <w:rsid w:val="005C4606"/>
+    <w:rsid w:val="005C5589"/>
     <w:rsid w:val="005C747B"/>
+    <w:rsid w:val="005C7E2B"/>
     <w:rsid w:val="005D0B0C"/>
+    <w:rsid w:val="005D0EFC"/>
     <w:rsid w:val="005D125E"/>
+    <w:rsid w:val="005D39C6"/>
+    <w:rsid w:val="005D6382"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005E3FE5"/>
+    <w:rsid w:val="005E6DCD"/>
+    <w:rsid w:val="005F0166"/>
+    <w:rsid w:val="00604E95"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
+    <w:rsid w:val="006135AF"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
+    <w:rsid w:val="00620150"/>
     <w:rsid w:val="0062184C"/>
+    <w:rsid w:val="00621B13"/>
+    <w:rsid w:val="00622398"/>
+    <w:rsid w:val="006225DB"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="00624DC0"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
+    <w:rsid w:val="006333E7"/>
+    <w:rsid w:val="00635AF8"/>
+    <w:rsid w:val="00654107"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="006623E3"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="006701DB"/>
+    <w:rsid w:val="0067268E"/>
     <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
+    <w:rsid w:val="0067463B"/>
+    <w:rsid w:val="006746A9"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00684E2F"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="006936C0"/>
+    <w:rsid w:val="00694286"/>
+    <w:rsid w:val="00695E9A"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
+    <w:rsid w:val="006E00C4"/>
     <w:rsid w:val="006E450B"/>
+    <w:rsid w:val="006E5D29"/>
+    <w:rsid w:val="006F0479"/>
+    <w:rsid w:val="006F0B9E"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="006F289D"/>
+    <w:rsid w:val="007015F9"/>
+    <w:rsid w:val="0070496B"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
+    <w:rsid w:val="00724146"/>
     <w:rsid w:val="007268AB"/>
+    <w:rsid w:val="00730286"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
+    <w:rsid w:val="00736682"/>
     <w:rsid w:val="007367E0"/>
+    <w:rsid w:val="007369A1"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="00743B7E"/>
+    <w:rsid w:val="00751AC6"/>
+    <w:rsid w:val="0075292F"/>
+    <w:rsid w:val="00752D50"/>
+    <w:rsid w:val="00752F92"/>
+    <w:rsid w:val="00754535"/>
     <w:rsid w:val="00754905"/>
+    <w:rsid w:val="00755175"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
+    <w:rsid w:val="00765E45"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="007763BF"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00794F63"/>
+    <w:rsid w:val="007A064C"/>
     <w:rsid w:val="007A334E"/>
+    <w:rsid w:val="007A4CC3"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B2D79"/>
+    <w:rsid w:val="007B7BF2"/>
     <w:rsid w:val="007B7EA4"/>
+    <w:rsid w:val="007C04F1"/>
+    <w:rsid w:val="007C5E82"/>
+    <w:rsid w:val="007D1766"/>
+    <w:rsid w:val="007D1E72"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E1DB4"/>
+    <w:rsid w:val="007E24BA"/>
     <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
+    <w:rsid w:val="007F33E6"/>
+    <w:rsid w:val="007F3EDF"/>
+    <w:rsid w:val="007F4B90"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="00805393"/>
+    <w:rsid w:val="008156FE"/>
     <w:rsid w:val="00821A1B"/>
+    <w:rsid w:val="00825828"/>
     <w:rsid w:val="008262E9"/>
+    <w:rsid w:val="00827387"/>
+    <w:rsid w:val="00827621"/>
+    <w:rsid w:val="0082763D"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00835FD5"/>
+    <w:rsid w:val="00836941"/>
+    <w:rsid w:val="00837C03"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="0085174A"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
+    <w:rsid w:val="00861C37"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="008814B1"/>
+    <w:rsid w:val="0088381A"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="008A0064"/>
     <w:rsid w:val="008A0C5F"/>
+    <w:rsid w:val="008A1AFF"/>
+    <w:rsid w:val="008A39AB"/>
     <w:rsid w:val="008A3DEA"/>
+    <w:rsid w:val="008A4897"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B367E"/>
+    <w:rsid w:val="008B62F9"/>
+    <w:rsid w:val="008B7207"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D4581"/>
     <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008D5644"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008F1899"/>
+    <w:rsid w:val="008F31B0"/>
+    <w:rsid w:val="008F47EE"/>
     <w:rsid w:val="008F589F"/>
+    <w:rsid w:val="009003FC"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00910826"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
+    <w:rsid w:val="009237E6"/>
     <w:rsid w:val="0093085B"/>
+    <w:rsid w:val="0093175E"/>
     <w:rsid w:val="00931C57"/>
+    <w:rsid w:val="009320B8"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="009355D9"/>
+    <w:rsid w:val="009405C3"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="00960393"/>
+    <w:rsid w:val="0096154F"/>
+    <w:rsid w:val="0096274C"/>
+    <w:rsid w:val="009640E6"/>
+    <w:rsid w:val="00964974"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="009767B6"/>
+    <w:rsid w:val="00977B09"/>
     <w:rsid w:val="00992E60"/>
     <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A1348"/>
+    <w:rsid w:val="009A19B9"/>
     <w:rsid w:val="009A32ED"/>
+    <w:rsid w:val="009A6A39"/>
+    <w:rsid w:val="009B0AC0"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B3197"/>
     <w:rsid w:val="009B7945"/>
+    <w:rsid w:val="009C0558"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
+    <w:rsid w:val="009E286A"/>
+    <w:rsid w:val="009E4436"/>
+    <w:rsid w:val="009E530D"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
+    <w:rsid w:val="00A0030B"/>
+    <w:rsid w:val="00A00602"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A04AD3"/>
     <w:rsid w:val="00A05942"/>
+    <w:rsid w:val="00A07107"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A11989"/>
+    <w:rsid w:val="00A122CB"/>
+    <w:rsid w:val="00A220A3"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
+    <w:rsid w:val="00A30049"/>
+    <w:rsid w:val="00A30F5D"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A36ADB"/>
     <w:rsid w:val="00A407AD"/>
+    <w:rsid w:val="00A4080A"/>
     <w:rsid w:val="00A40923"/>
+    <w:rsid w:val="00A40DD3"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A5160A"/>
+    <w:rsid w:val="00A52CEB"/>
+    <w:rsid w:val="00A54810"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
+    <w:rsid w:val="00A61D74"/>
+    <w:rsid w:val="00A63BEF"/>
+    <w:rsid w:val="00A653D6"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A667F2"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
+    <w:rsid w:val="00AB4FB3"/>
+    <w:rsid w:val="00AC1B3E"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AD4BE6"/>
+    <w:rsid w:val="00AD7069"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AF0644"/>
+    <w:rsid w:val="00AF2166"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF6960"/>
     <w:rsid w:val="00AF7CA0"/>
+    <w:rsid w:val="00B03DC6"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
+    <w:rsid w:val="00B14E2B"/>
+    <w:rsid w:val="00B15FDC"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
+    <w:rsid w:val="00B356D4"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B461F6"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B5250C"/>
     <w:rsid w:val="00B54341"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
+    <w:rsid w:val="00B65969"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
+    <w:rsid w:val="00B7572C"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B7675E"/>
+    <w:rsid w:val="00B776AF"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B93126"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B96DEA"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA077B"/>
+    <w:rsid w:val="00BA4CEA"/>
+    <w:rsid w:val="00BB2ADD"/>
+    <w:rsid w:val="00BB4888"/>
+    <w:rsid w:val="00BB5E34"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC505A"/>
     <w:rsid w:val="00BC6590"/>
+    <w:rsid w:val="00BD1DA8"/>
+    <w:rsid w:val="00BE0E26"/>
+    <w:rsid w:val="00BE179F"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF4242"/>
+    <w:rsid w:val="00BF6EF6"/>
+    <w:rsid w:val="00C0162E"/>
     <w:rsid w:val="00C01F0D"/>
+    <w:rsid w:val="00C065A5"/>
+    <w:rsid w:val="00C079B0"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C1464C"/>
+    <w:rsid w:val="00C16786"/>
+    <w:rsid w:val="00C206D5"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C41D06"/>
+    <w:rsid w:val="00C42931"/>
+    <w:rsid w:val="00C42D1F"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C46E5C"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
+    <w:rsid w:val="00C562FA"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C74948"/>
+    <w:rsid w:val="00C75D4D"/>
+    <w:rsid w:val="00C81594"/>
+    <w:rsid w:val="00C83234"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
+    <w:rsid w:val="00CA0DBD"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
+    <w:rsid w:val="00CB2FAE"/>
+    <w:rsid w:val="00CB4C69"/>
+    <w:rsid w:val="00CC101D"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
+    <w:rsid w:val="00CC532E"/>
+    <w:rsid w:val="00CD25E8"/>
+    <w:rsid w:val="00CD64EE"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
+    <w:rsid w:val="00CF289A"/>
+    <w:rsid w:val="00CF3C98"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00CF7F4A"/>
     <w:rsid w:val="00D00BD7"/>
+    <w:rsid w:val="00D05827"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D164E0"/>
+    <w:rsid w:val="00D17DA1"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D2194F"/>
     <w:rsid w:val="00D2377F"/>
+    <w:rsid w:val="00D34FCA"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D41735"/>
     <w:rsid w:val="00D47AD7"/>
+    <w:rsid w:val="00D511A1"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D60BE8"/>
     <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D655E9"/>
+    <w:rsid w:val="00D66E55"/>
     <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D7205F"/>
+    <w:rsid w:val="00D824AB"/>
+    <w:rsid w:val="00D83F4D"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D8735C"/>
+    <w:rsid w:val="00D87EC7"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D91F66"/>
+    <w:rsid w:val="00D9296D"/>
     <w:rsid w:val="00DA299D"/>
+    <w:rsid w:val="00DA4187"/>
+    <w:rsid w:val="00DA63BB"/>
     <w:rsid w:val="00DA65C4"/>
+    <w:rsid w:val="00DD2712"/>
+    <w:rsid w:val="00DE052B"/>
+    <w:rsid w:val="00DE0E9D"/>
+    <w:rsid w:val="00DE32EA"/>
+    <w:rsid w:val="00DE3A42"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE5F53"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF227A"/>
+    <w:rsid w:val="00DF72BB"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E10547"/>
+    <w:rsid w:val="00E10BC2"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E21322"/>
+    <w:rsid w:val="00E23B83"/>
+    <w:rsid w:val="00E27125"/>
+    <w:rsid w:val="00E303FD"/>
+    <w:rsid w:val="00E34C8C"/>
     <w:rsid w:val="00E411B6"/>
+    <w:rsid w:val="00E43237"/>
+    <w:rsid w:val="00E44229"/>
+    <w:rsid w:val="00E45618"/>
+    <w:rsid w:val="00E46C26"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E61EB0"/>
+    <w:rsid w:val="00E676FA"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E85860"/>
+    <w:rsid w:val="00E8619E"/>
+    <w:rsid w:val="00E86727"/>
     <w:rsid w:val="00E86CE8"/>
+    <w:rsid w:val="00E87F7E"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E94864"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA7CEB"/>
+    <w:rsid w:val="00EB0949"/>
+    <w:rsid w:val="00EB380F"/>
+    <w:rsid w:val="00EB4DC5"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00EC75BE"/>
+    <w:rsid w:val="00ED1A00"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
+    <w:rsid w:val="00EE239E"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EF0599"/>
+    <w:rsid w:val="00EF1B38"/>
+    <w:rsid w:val="00EF3DE9"/>
+    <w:rsid w:val="00F010F2"/>
+    <w:rsid w:val="00F02BAD"/>
     <w:rsid w:val="00F02DD3"/>
     <w:rsid w:val="00F05BF9"/>
+    <w:rsid w:val="00F06581"/>
+    <w:rsid w:val="00F07FC8"/>
+    <w:rsid w:val="00F15AF1"/>
+    <w:rsid w:val="00F20B48"/>
+    <w:rsid w:val="00F21045"/>
     <w:rsid w:val="00F22264"/>
+    <w:rsid w:val="00F231F3"/>
+    <w:rsid w:val="00F238B7"/>
     <w:rsid w:val="00F2564D"/>
+    <w:rsid w:val="00F26B1F"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F46F91"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F5751E"/>
+    <w:rsid w:val="00F57EA7"/>
+    <w:rsid w:val="00F775F4"/>
+    <w:rsid w:val="00F80E61"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F9457A"/>
+    <w:rsid w:val="00FA1597"/>
+    <w:rsid w:val="00FA45C8"/>
+    <w:rsid w:val="00FA7403"/>
     <w:rsid w:val="00FB2F0F"/>
+    <w:rsid w:val="00FB46D5"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC39D7"/>
+    <w:rsid w:val="00FC3F3A"/>
     <w:rsid w:val="00FC4F36"/>
+    <w:rsid w:val="00FC7998"/>
+    <w:rsid w:val="00FD0A81"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF0EED"/>
+    <w:rsid w:val="00FF6329"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0365FEFA"/>
+    <w:rsid w:val="038304E3"/>
+    <w:rsid w:val="053F35F2"/>
+    <w:rsid w:val="0623758B"/>
+    <w:rsid w:val="079652AB"/>
+    <w:rsid w:val="07D4A17C"/>
+    <w:rsid w:val="095E3F89"/>
+    <w:rsid w:val="09FC8F3E"/>
+    <w:rsid w:val="0A452357"/>
+    <w:rsid w:val="0ADE1312"/>
+    <w:rsid w:val="0BBEFF45"/>
+    <w:rsid w:val="0E85D8AC"/>
+    <w:rsid w:val="0E9A6A78"/>
+    <w:rsid w:val="1006810C"/>
+    <w:rsid w:val="10F7DEC6"/>
+    <w:rsid w:val="13162172"/>
+    <w:rsid w:val="13C18A97"/>
+    <w:rsid w:val="13F45516"/>
+    <w:rsid w:val="13FA16AD"/>
+    <w:rsid w:val="174A198A"/>
+    <w:rsid w:val="17BC2A8D"/>
+    <w:rsid w:val="180C4B80"/>
+    <w:rsid w:val="1E871490"/>
+    <w:rsid w:val="2472C51D"/>
+    <w:rsid w:val="253FD782"/>
+    <w:rsid w:val="254FFAE0"/>
+    <w:rsid w:val="282AC657"/>
+    <w:rsid w:val="2A7BA124"/>
+    <w:rsid w:val="2B6CDB9E"/>
+    <w:rsid w:val="2D9069DF"/>
+    <w:rsid w:val="2DDB51B5"/>
+    <w:rsid w:val="2E7C0046"/>
+    <w:rsid w:val="3168DE45"/>
+    <w:rsid w:val="32193625"/>
+    <w:rsid w:val="32C638E5"/>
+    <w:rsid w:val="32FC2451"/>
+    <w:rsid w:val="33AFD5D1"/>
+    <w:rsid w:val="34F1C93C"/>
+    <w:rsid w:val="353FAD9B"/>
+    <w:rsid w:val="36C1DE27"/>
+    <w:rsid w:val="378EA5A0"/>
+    <w:rsid w:val="3996DFD1"/>
+    <w:rsid w:val="3C9A5B88"/>
+    <w:rsid w:val="3E262BCA"/>
+    <w:rsid w:val="3F4899AF"/>
+    <w:rsid w:val="401F5ED5"/>
+    <w:rsid w:val="41B28134"/>
+    <w:rsid w:val="41DDB9E0"/>
+    <w:rsid w:val="425F5BD5"/>
+    <w:rsid w:val="448CD078"/>
+    <w:rsid w:val="4833B391"/>
+    <w:rsid w:val="491827EB"/>
+    <w:rsid w:val="4B102407"/>
+    <w:rsid w:val="4D244CA9"/>
+    <w:rsid w:val="4DBB90DF"/>
+    <w:rsid w:val="4E005467"/>
+    <w:rsid w:val="4E5C5183"/>
+    <w:rsid w:val="4F28D7EE"/>
+    <w:rsid w:val="4FFBD660"/>
+    <w:rsid w:val="564D61C3"/>
+    <w:rsid w:val="566581FF"/>
+    <w:rsid w:val="567FCD82"/>
+    <w:rsid w:val="576FF8E9"/>
+    <w:rsid w:val="57852E19"/>
+    <w:rsid w:val="5ADB15A7"/>
+    <w:rsid w:val="5C81F783"/>
+    <w:rsid w:val="5F2C68FC"/>
+    <w:rsid w:val="610C24AC"/>
+    <w:rsid w:val="61C287C7"/>
+    <w:rsid w:val="6254A922"/>
     <w:rsid w:val="647B2B65"/>
+    <w:rsid w:val="64A7289D"/>
+    <w:rsid w:val="65AD39D4"/>
+    <w:rsid w:val="6728AD74"/>
+    <w:rsid w:val="67B83CE5"/>
+    <w:rsid w:val="67F660B8"/>
+    <w:rsid w:val="6858FC87"/>
+    <w:rsid w:val="6A3FC829"/>
+    <w:rsid w:val="6AAD812A"/>
     <w:rsid w:val="6B2CF8ED"/>
+    <w:rsid w:val="6E3D6310"/>
+    <w:rsid w:val="71D2CCAE"/>
+    <w:rsid w:val="7335E4D4"/>
+    <w:rsid w:val="739E0F77"/>
+    <w:rsid w:val="740DB16E"/>
+    <w:rsid w:val="76787B5D"/>
+    <w:rsid w:val="76FFDB3F"/>
+    <w:rsid w:val="7780681F"/>
+    <w:rsid w:val="77E52238"/>
+    <w:rsid w:val="78FD4564"/>
+    <w:rsid w:val="7A531B9B"/>
+    <w:rsid w:val="7B970717"/>
+    <w:rsid w:val="7E60015C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
@@ -42239,136 +24709,118 @@
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:rsid w:val="00F413D9"/>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-[...4 lines deleted...]
-      </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+      </w:tcBorders>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
-      <w:tblPr/>
-[...9 lines deleted...]
-    <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
@@ -42584,314 +25036,217 @@
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders>
+        <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
-[...1 lines deleted...]
-    </w:tblPr>
+      </w:tcBorders>
+      <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:tblPr/>
-[...9 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band1Vert">
-[...23 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders>
+        <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
-[...1 lines deleted...]
-    </w:tblPr>
+      </w:tcBorders>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:tblPr/>
-[...9 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band1Vert">
-[...23 lines deleted...]
-    </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
-      </w:tblBorders>
-    </w:tblPr>
+      </w:tcBorders>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-      <w:tblPr/>
-[...7 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-    </w:tblStylePr>
-[...20 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -43040,50 +25395,53 @@
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -43095,69 +25453,50 @@
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
-      <w:tblPr/>
-[...17 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -43185,175 +25524,130 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tcBorders>
+    </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
-      <w:tblPr/>
-[...4 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
-      <w:tblPr/>
-[...16 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell4">
     <w:name w:val="Plain Table 4"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
-    <w:tblPr>
-[...2 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-    </w:tblStylePr>
-[...10 lines deleted...]
-      </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:aliases w:val="(Ledtexter) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
@@ -43943,119 +26237,7825 @@
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:right="868"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="textrutor">
     <w:name w:val="textrutor"/>
     <w:qFormat/>
     <w:rsid w:val="005C747B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="17"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="Rutntstabell5mrkdekorfrg2">
+    <w:name w:val="Grid Table 5 Dark Accent 2"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="00A220A3"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="367B1E" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="367B1E" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="367B1E" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="367B1E" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Rutntstabell4dekorfrg2">
+    <w:name w:val="Grid Table 4 Accent 2"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00A36ADB"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D0F1C5" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="367B1E" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="367B1E" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="367B1E" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="367B1E" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="367B1E" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="367B1E" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="009E4436"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="100" w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="009E4436"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:rsid w:val="009E4436"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabellrutntljust">
+    <w:name w:val="Grid Table Light"/>
+    <w:basedOn w:val="Normaltabell"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00134EA4"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="27265550">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="319820665">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="380325300">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="455686154">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="910970665">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1084644436">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1675954157">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-896530249-206/surrogate/Perioperativ%20glukokortikoidsubstitution%E2%80%AF.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-532/SURROGATE/Multiresistenta%20bakterier%20(MRB).%20Checklista%20f%c3%b6r%20screenodlingar%20av%20patienter%20och%20medarbetare.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-29/SURROGATE/Perioperativt%20omh%C3%A4ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f%C3%B6r%20narkosl%C3%A4kare.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lakartidningen.se/Klinik-och-vetenskap/Klinisk-oversikt/2014/10/Dags-for-alkoholfri-operation" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-28/SURROGATE/Akut%20sm%c3%a4rta%20hos%20vuxna%20opioidtoleranta%20patienter.pdf" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-141/SURROGATE/Perioperativ%20handl%c3%a4ggning%20av%20barn%20med%20Mb%20Down%20(Trisomi%2021)%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-29/SURROGATE/Perioperativt%20omh%c3%a4ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f%c3%b6r%20narkosl%c3%a4kare.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-696/surrogate/Checklista%20vid%20anm%c3%a4lan%20av%20akuta%20patienter%20inf%c3%b6r%20operation.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-50/SURROGATE/Antikoagulantia%20och-eller%20trombocyth%c3%a4mmare%20vid%20akut-halvakut%20kirurgi%20inom%2024%20timmar.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-50/SURROGATE/Antikoagulantia%20och-eller%20trombocyth%c3%a4mmare%20vid%20akut-halvakut%20kirurgi%20inom%2024%20timmar.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-49/SURROGATE/Antikoagulantia%20och%20trombocyth%c3%a4mmare%2c%20tillf%c3%a4llig%20uts%c3%a4ttning%20inf%c3%b6r%20elektiv%20operation.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-14/SURROGATE/Postoperativt%20illam%c3%a5ende%20och%20kr%c3%a4kningar%20-%20Profylax%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/op-index.php" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-29/SURROGATE/Perioperativt%20omh%c3%a4ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f%c3%b6r%20narkosl%c3%a4kare.pdf" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-436/surrogate/Operationsanm%c3%a4lan%20-%20checklista%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-382/SURROGATE/Pradaxa%20-%20effektreversering%20med%20idarucizumab%20(Praxbind)%20(VGR).pdf" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-149/SURROGATE/Postoperativa%20infektioner%20-%20generella%20f%c3%b6rebyggande%20%c3%a5tg%c3%a4rder%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://janusinfo.se/download/18.54c15e0616f53615ae5882fd/1578400633984/Clinical-Frailty-Scale-svensk.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-29/SURROGATE/Perioperativt%20omh%c3%a4ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f%c3%b6r%20narkosl%c3%a4kare.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9614-1097948292-29/surrogate/Perioperativt%20omh%c3%a4ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f%c3%b6r%20narkosl%c3%a4kare.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-50/SURROGATE/Antikoagulantia%20och-eller%20trombocyth%c3%a4mmare%20vid%20akut-halvakut%20kirurgi%20inom%2024%20timmar.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="Antikoagulantia%20och%20trombocyth&#228;mmare,%20tillf&#228;llig%20uts&#228;ttning%20inf&#246;r%20elektiv%20operation" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-150/SURROGATE/Preoperativ%20dryck%20till%20patient%20med%20planerad%20kolorektal%20bukoperation%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-141/SURROGATE/Perioperativ%20handl%c3%a4ggning%20av%20barn%20med%20Mb%20Down%20(Trisomi%2021)%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-314/SURROGATE/Preoperativ%20huddesinfektion-hudreng%c3%b6ring%20och%20eventuell%20h%c3%a5rkortning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-16/SURROGATE/Premedicinering%20inf%c3%b6r%20anestesi.pdf" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://janusinfo.se/download/18.54c15e0616f53615ae5882fd/1578400633984/Clinical-Frailty-Scale-svensk.pdf" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://janusinfo.se/download/18.54c15e0616f53615ae5882fd/1578400633984/Clinical-Frailty-Scale-svensk.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-45/SURROGATE/Antibiotikaprofylax%20inf%c3%b6r%20kirurgi.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-49/SURROGATE/Antikoagulantia%20och%20trombocyth%c3%a4mmare%2c%20tillf%c3%a4llig%20uts%c3%a4ttning%20inf%c3%b6r%20elektiv%20operation.pdf" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-49/SURROGATE/Antikoagulantia%20och%20trombocyth%c3%a4mmare%2c%20tillf%c3%a4llig%20uts%c3%a4ttning%20inf%c3%b6r%20elektiv%20operation.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-28/SURROGATE/Akut%20sm%c3%a4rta%20hos%20vuxna%20opioidtoleranta%20patienter.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sfai.se/" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-50/SURROGATE/Antikoagulantia%20och-eller%20trombocyth%c3%a4mmare%20vid%20akut-halvakut%20kirurgi%20inom%2024%20timmar.pdf" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-511/SURROGATE/Preoperativ%20patientinformation%20-%20Viktigt%20att%20veta%20inf%c3%b6r%20din%20operation.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sfai.se" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/vasc-index.php" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-107/SURROGATE/Kortisonbehandling%20i%20samband%20med%20operation%2c%20endoskopisk%20unders%c3%b6kning-behandling%20eller%20sv%c3%a5r%20sjukdom.pdf" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-149/SURROGATE/Postoperativa%20infektioner%20-%20generella%20f%c3%b6rebyggande%20%c3%a5tg%c3%a4rder%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-118/surrogate/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-30/SURROGATE/Preoperativt%20omh%c3%a4ndertagande%20av%20diabetespatienter%20p%c3%a5%20v%c3%a5rdavdelning%20-%20riktlinjer%20f%c3%b6r%20sjuksk%c3%b6terskor.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-50/SURROGATE/Antikoagulantia%20och-eller%20trombocyth%c3%a4mmare%20vid%20akut-halvakut%20kirurgi%20inom%2024%20timmar.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-149/SURROGATE/Postoperativa%20infektioner%20-%20generella%20f%c3%b6rebyggande%20%c3%a5tg%c3%a4rder%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.1177.se/Vastra-Gotaland/undersokning-behandling/operationer/fore-och-efter-operation/levnadsvanor-i-samband-med-operation/" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-436/surrogate/Preoperativ%20bed%c3%b6mning%20-%20checklista%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-49/SURROGATE/Antikoagulantia%20och%20trombocyth%c3%a4mmare%2c%20tillf%c3%a4llig%20uts%c3%a4ttning%20inf%c3%b6r%20elektiv%20operation.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/delforeningar/sfbabi/riktlinjer" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/pp-index.php" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-49/SURROGATE/Antikoagulantia%20och%20trombocyth%c3%a4mmare%2c%20tillf%c3%a4llig%20uts%c3%a4ttning%20inf%c3%b6r%20elektiv%20operation.pdf" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-14/SURROGATE/Postoperativt%20illam%c3%a5ende%20och%20kr%c3%a4kningar%20-%20Profylax%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riskprediction.org.uk/index-pp.php" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-314/SURROGATE/Preoperativ%20huddesinfektion-hudreng%c3%b6ring%20och%20eventuell%20h%c3%a5rkortning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-16/SURROGATE/Premedicinering%20inf%c3%b6r%20anestesi.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-50/SURROGATE/Antikoagulantia%20och-eller%20trombocyth%c3%a4mmare%20vid%20akut-halvakut%20kirurgi%20inom%2024%20timmar.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/index-cr.php" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-45/SURROGATE/Antibiotikaprofylax%20inf%c3%b6r%20kirurgi.pdf" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId71" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle2.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-50/SURROGATE/Antikoagulantia%20och-eller%20trombocyth&#228;mmare%20vid%20akut-halvakut%20kirurgi%20inom%2024%20timmar.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-593667208-240/surrogate/%e2%80%9dRegnb%c3%a5gslistan%e2%80%9d%20Perioperativ%20guide%2c%20AnOpIVA.pdf" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-45/SURROGATE/Antibiotikaprofylax%20inf%c3%b6r%20kirurgi.pdf" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-49/SURROGATE/Antikoagulantia%20och%20trombocyth%c3%a4mmare%2c%20tillf%c3%a4llig%20uts%c3%a4ttning%20inf%c3%b6r%20elektiv%20operation.pdf" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-151/surrogate/Preoperativa%20f&#246;rberedelser%20f&#246;r%20operationsavdelningarna%20vid%20S&#246;dra%20&#196;lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-436/surrogate/Preoperativ%20bed%c3%b6mning%20-%20checklista%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-141/SURROGATE/Perioperativ%20handl%c3%a4ggning%20av%20barn%20med%20Mb%20Down%20(Trisomi%2021)%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-532/SURROGATE/Multiresistenta%20bakterier%20(MRB).%20Checklista%20f%c3%b6r%20screenodlingar%20av%20patienter%20och%20medarbetare.pdf" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9004-896530249-206/surrogate/Perioperativ%20glukokortikoidsubstitution&#8239;.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-28/SURROGATE/Akut%20sm&#228;rta%20hos%20vuxna%20opioidtoleranta%20patienter.pdf" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/index-cr.php" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-29/SURROGATE/Perioperativt%20omh%c3%a4ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f%c3%b6r%20narkosl%c3%a4kare.pdf" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-436/surrogate/Operationsanm%c3%a4lan%20-%20checklista%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/op-index.php" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://janusinfo.se/download/18.54c15e0616f53615ae5882fd/1578400633984/Clinical-Frailty-Scale-svensk.pdf" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-149/SURROGATE/Postoperativa%20infektioner%20-%20generella%20f%c3%b6rebyggande%20%c3%a5tg%c3%a4rder%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-49/SURROGATE/Antikoagulantia%20och%20trombocyth&#228;mmare%2c%20tillf&#228;llig%20uts&#228;ttning%20inf&#246;r%20elektiv%20operation.pdf" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-14/SURROGATE/Postoperativt%20illam%c3%a5ende%20och%20kr%c3%a4kningar%20-%20Profylax%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-141/SURROGATE/Perioperativ%20handl%c3%a4ggning%20av%20barn%20med%20Mb%20Down%20(Trisomi%2021)%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-314/SURROGATE/Preoperativ%20huddesinfektion-hudreng%c3%b6ring%20och%20eventuell%20h%c3%a5rkortning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-382/SURROGATE/Pradaxa%20-%20effektreversering%20med%20idarucizumab%20(Praxbind)%20(VGR).pdf" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-150/SURROGATE/Preoperativ%20dryck%20till%20patient%20med%20planerad%20kolorektal%20bukoperation%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-16/SURROGATE/Premedicinering%20inf%c3%b6r%20anestesi.pdf" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://janusinfo.se/download/18.54c15e0616f53615ae5882fd/1578400633984/Clinical-Frailty-Scale-svensk.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-45/SURROGATE/Antibiotikaprofylax%20inf%c3%b6r%20kirurgi.pdf" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-29/SURROGATE/Perioperativt%20omh%c3%a4ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f%c3%b6r%20narkosl%c3%a4kare.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-16/SURROGATE/Premedicinering%20inf%c3%b6r%20anestesi.pdf" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://janusinfo.se/download/18.54c15e0616f53615ae5882fd/1578400633984/Clinical-Frailty-Scale-svensk.pdf" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-50/SURROGATE/Antikoagulantia%20och-eller%20trombocyth%c3%a4mmare%20vid%20akut-halvakut%20kirurgi%20inom%2024%20timmar.pdf" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9614-1097948292-29/surrogate/Perioperativt%20omh&#228;ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f&#246;r%20narkosl&#228;kare.pdf" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sfai.se/" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/vasc-index.php" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-107/SURROGATE/Kortisonbehandling%20i%20samband%20med%20operation%2c%20endoskopisk%20unders%c3%b6kning-behandling%20eller%20sv%c3%a5r%20sjukdom.pdf" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId23" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing2.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-511/SURROGATE/Preoperativ%20patientinformation%20-%20Viktigt%20att%20veta%20inf%c3%b6r%20din%20operation.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sfai.se" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-149/SURROGATE/Postoperativa%20infektioner%20-%20generella%20f%c3%b6rebyggande%20%c3%a5tg%c3%a4rder%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-149/SURROGATE/Postoperativa%20infektioner%20-%20generella%20f%c3%b6rebyggande%20%c3%a5tg%c3%a4rder%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-49/SURROGATE/Antikoagulantia%20och%20trombocyth&#228;mmare%2c%20tillf&#228;llig%20uts&#228;ttning%20inf&#246;r%20elektiv%20operation.pdf" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sfai.se/delforeningar/sfbabi/riktlinjer" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riskprediction.org.uk/pp-index.php" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.1177.se/Vastra-Gotaland/undersokning-behandling/operationer/fore-och-efter-operation/levnadsvanor-i-samband-med-operation/" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-14/SURROGATE/Postoperativt%20illam%c3%a5ende%20och%20kr%c3%a4kningar%20-%20Profylax%20och%20behandling%20av%20vuxna%20vid%20S%c3%84S.pdf" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riskprediction.org.uk/index-pp.php" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-118/surrogate/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-314/SURROGATE/Preoperativ%20huddesinfektion-hudreng%c3%b6ring%20och%20eventuell%20h%c3%a5rkortning%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-29/SURROGATE/Perioperativt%20omh%C3%A4ndertagande%20av%20diabetespatienter%20-%20riktlinjer%20f%C3%B6r%20narkosl%C3%A4kare.pdf" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lakartidningen.se/Klinik-och-vetenskap/Klinisk-oversikt/2014/10/Dags-for-alkoholfri-operation" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-28/SURROGATE/Akut%20sm%c3%a4rta%20hos%20vuxna%20opioidtoleranta%20patienter.pdf" TargetMode="External" Id="rId71" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=word/diagrams/colors2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="accent1" pri="11200"/>
+  </dgm:catLst>
+  <dgm:styleLbl name="node0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst/>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="60000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:alpha val="90000"/>
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="90000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:shade val="80000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="50000"/>
+        <a:alpha val="40000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="accent1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="accent1">
+        <a:tint val="60000"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="lt1"/>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="dk1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:fillClrLst meth="repeat">
+      <a:schemeClr val="lt1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:fillClrLst>
+    <dgm:linClrLst meth="repeat">
+      <a:schemeClr val="dk1">
+        <a:alpha val="0"/>
+      </a:schemeClr>
+    </dgm:linClrLst>
+    <dgm:effectClrLst/>
+    <dgm:txLinClrLst/>
+    <dgm:txFillClrLst meth="repeat">
+      <a:schemeClr val="tx1"/>
+    </dgm:txFillClrLst>
+    <dgm:txEffectClrLst/>
+  </dgm:styleLbl>
+</dgm:colorsDef>
+</file>
+
+<file path=word/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{9494B535-994D-423B-A5C9-F3ACC83CDCA7}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/vList6" loCatId="list" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{9F2CBA63-1CAA-44E3-BC4E-8D18958934AC}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="92D050"/>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>I</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{122CFCFC-9107-416D-B51B-4E4661DD2FA5}" type="parTrans" cxnId="{14BCDD42-F2A7-40D5-8697-6B319EE16880}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{74E5A73F-8D3B-45BC-9033-41F9CFC2E9B5}" type="sibTrans" cxnId="{14BCDD42-F2A7-40D5-8697-6B319EE16880}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D8B34901-866A-465A-95D5-485A30C10410}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>III</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{58B08DD1-4E53-49D4-9951-E2509DBD7F7D}" type="parTrans" cxnId="{E5B88849-E6BA-484E-9DE3-1AA433C954FE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{659501E4-8A59-4C5F-8ACA-51750D01881B}" type="sibTrans" cxnId="{E5B88849-E6BA-484E-9DE3-1AA433C954FE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{ECF91D5A-1DD1-45FE-8D1F-9F7E03CDB7CE}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="89804"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" b="0"/>
+            <a:t>systemsjd. med funktionsbegränsning</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{740C2CA9-CE0C-4096-9F59-F3F2F795F011}" type="parTrans" cxnId="{740D5C1F-1C04-4FF6-A4B7-5A40F0B97077}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CE564240-7173-44B8-8C1F-BDEF46A0154B}" type="sibTrans" cxnId="{740D5C1F-1C04-4FF6-A4B7-5A40F0B97077}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F31C2344-CFA3-476F-B6BA-3AFBAE8CC2E2}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="FFC000"/>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>II</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{967C5CC4-4AAA-416A-A175-6DFCDE023AF8}" type="parTrans" cxnId="{B5CEC1D5-2440-4261-AA46-97AC68E7477B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{FF3C832F-E021-4D27-A8EA-8D91D027AAAE}" type="sibTrans" cxnId="{B5CEC1D5-2440-4261-AA46-97AC68E7477B}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F1F82D26-1E09-4BDD-B06A-11622EE172A9}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>IV</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8BE073A9-FAE3-47AC-839B-4B90D8B755BD}" type="parTrans" cxnId="{CB1FDECF-4A84-4084-B82A-8BD4BAC28A0F}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8547C705-AB61-4B2A-9CC0-F5AF79671296}" type="sibTrans" cxnId="{CB1FDECF-4A84-4084-B82A-8BD4BAC28A0F}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CDA9E839-A7BA-46C0-A801-60A8629B625D}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="CFF0B8">
+            <a:alpha val="90000"/>
+          </a:srgbClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" b="0"/>
+            <a:t>Frisk</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{BA6F336D-EDBA-4360-845D-38E7B9CE5FB6}" type="parTrans" cxnId="{0524CB68-E965-4E01-AA1E-EA54CF19F6D3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{EF40C74A-8014-4EFD-A9BF-23F47CE37138}" type="sibTrans" cxnId="{0524CB68-E965-4E01-AA1E-EA54CF19F6D3}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{B1FDC8EB-2328-4FAB-9323-5313E41DDE5C}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" b="0"/>
+            <a:t>Mild systemsjukdom</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0E35407E-7E6F-40FB-BCD9-060B5D2E1CD6}" type="parTrans" cxnId="{E8FA68B7-B0CD-4B66-9FE6-6912B0E7BE0D}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{D60449C7-3368-426C-BE32-A4389ABF19F1}" type="sibTrans" cxnId="{E8FA68B7-B0CD-4B66-9FE6-6912B0E7BE0D}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{7016FC42-CC7F-4D14-A811-82D37B135BCC}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="89804"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" b="0"/>
+            <a:t>Svår systemsjd, konstant risk att dö</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{B0864D93-4DE8-4A79-90B9-541D32D8FA9B}" type="parTrans" cxnId="{7BFDA389-49A8-4DD3-9FBB-87B7EE2C27F2}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A751C797-3397-49BA-8461-91A85E894CEA}" type="sibTrans" cxnId="{7BFDA389-49A8-4DD3-9FBB-87B7EE2C27F2}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" type="pres">
+      <dgm:prSet presAssocID="{9494B535-994D-423B-A5C9-F3ACC83CDCA7}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{806E09D4-8F30-4FB4-BAD8-C698A9C26EA1}" type="pres">
+      <dgm:prSet presAssocID="{9F2CBA63-1CAA-44E3-BC4E-8D18958934AC}" presName="linNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{8A4AE2B5-B18C-4504-8902-7EECEBC28300}" type="pres">
+      <dgm:prSet presAssocID="{9F2CBA63-1CAA-44E3-BC4E-8D18958934AC}" presName="parentShp" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="4">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{CBAA6DF5-C5B4-4B83-9C2E-E9AF5531FE21}" type="pres">
+      <dgm:prSet presAssocID="{9F2CBA63-1CAA-44E3-BC4E-8D18958934AC}" presName="childShp" presStyleLbl="bgAccFollowNode1" presStyleIdx="0" presStyleCnt="4" custLinFactNeighborX="3378" custLinFactNeighborY="2728">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3DE490B9-0695-4B00-9220-0CA48954D25B}" type="pres">
+      <dgm:prSet presAssocID="{74E5A73F-8D3B-45BC-9033-41F9CFC2E9B5}" presName="spacing" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{D06901F8-D616-430D-9044-F25BD2477FBA}" type="pres">
+      <dgm:prSet presAssocID="{F31C2344-CFA3-476F-B6BA-3AFBAE8CC2E2}" presName="linNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{27FAE136-A412-47A2-82FE-F8F0141D3429}" type="pres">
+      <dgm:prSet presAssocID="{F31C2344-CFA3-476F-B6BA-3AFBAE8CC2E2}" presName="parentShp" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="4" custLinFactNeighborX="-482" custLinFactNeighborY="63074">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{47922BEE-B4B4-4C2D-AFCE-B1536B9B1B46}" type="pres">
+      <dgm:prSet presAssocID="{F31C2344-CFA3-476F-B6BA-3AFBAE8CC2E2}" presName="childShp" presStyleLbl="bgAccFollowNode1" presStyleIdx="1" presStyleCnt="4" custLinFactNeighborX="5912" custLinFactNeighborY="62091">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{7579C786-CC11-4AB8-A3B9-D388ABD99C87}" type="pres">
+      <dgm:prSet presAssocID="{FF3C832F-E021-4D27-A8EA-8D91D027AAAE}" presName="spacing" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{FEBD2DD4-B982-41FB-8063-16109822156C}" type="pres">
+      <dgm:prSet presAssocID="{D8B34901-866A-465A-95D5-485A30C10410}" presName="linNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{56A1F662-2855-424F-A70B-B3FAAC07D40E}" type="pres">
+      <dgm:prSet presAssocID="{D8B34901-866A-465A-95D5-485A30C10410}" presName="parentShp" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="4" custLinFactNeighborX="-2073" custLinFactNeighborY="-60">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{D1471D02-7256-4CB9-919C-C1AFD738750D}" type="pres">
+      <dgm:prSet presAssocID="{D8B34901-866A-465A-95D5-485A30C10410}" presName="childShp" presStyleLbl="bgAccFollowNode1" presStyleIdx="2" presStyleCnt="4" custScaleY="419543" custLinFactNeighborX="3504" custLinFactNeighborY="93952">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{FD76DEE3-2C8C-496B-AE67-4D57017BA68E}" type="pres">
+      <dgm:prSet presAssocID="{659501E4-8A59-4C5F-8ACA-51750D01881B}" presName="spacing" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{18AA4553-5C01-4EC9-8EDF-DE5FFD384240}" type="pres">
+      <dgm:prSet presAssocID="{F1F82D26-1E09-4BDD-B06A-11622EE172A9}" presName="linNode" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3EAFFF89-ED9E-461E-A6BC-AD3BEB2B08A6}" type="pres">
+      <dgm:prSet presAssocID="{F1F82D26-1E09-4BDD-B06A-11622EE172A9}" presName="parentShp" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="4" custLinFactY="-24465" custLinFactNeighborX="-47715" custLinFactNeighborY="-100000">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{5999BCE3-646C-4C4E-BFFD-DF07C0811008}" type="pres">
+      <dgm:prSet presAssocID="{F1F82D26-1E09-4BDD-B06A-11622EE172A9}" presName="childShp" presStyleLbl="bgAccFollowNode1" presStyleIdx="3" presStyleCnt="4" custAng="11411976" custFlipVert="0" custFlipHor="0" custScaleX="4569" custScaleY="13094" custLinFactY="-62417" custLinFactNeighborX="60384" custLinFactNeighborY="-100000">
+        <dgm:presLayoutVars>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+      </dgm:spPr>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{540B6312-C39C-4A99-8500-AEF2E6B724FC}" type="presOf" srcId="{ECF91D5A-1DD1-45FE-8D1F-9F7E03CDB7CE}" destId="{D1471D02-7256-4CB9-919C-C1AFD738750D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{740D5C1F-1C04-4FF6-A4B7-5A40F0B97077}" srcId="{D8B34901-866A-465A-95D5-485A30C10410}" destId="{ECF91D5A-1DD1-45FE-8D1F-9F7E03CDB7CE}" srcOrd="0" destOrd="0" parTransId="{740C2CA9-CE0C-4096-9F59-F3F2F795F011}" sibTransId="{CE564240-7173-44B8-8C1F-BDEF46A0154B}"/>
+    <dgm:cxn modelId="{6F8AB633-0177-4D2B-9921-71BC064EE9D8}" type="presOf" srcId="{B1FDC8EB-2328-4FAB-9323-5313E41DDE5C}" destId="{47922BEE-B4B4-4C2D-AFCE-B1536B9B1B46}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{CCF7A437-2D06-40CF-90B4-5AC7DFADF6BE}" type="presOf" srcId="{F31C2344-CFA3-476F-B6BA-3AFBAE8CC2E2}" destId="{27FAE136-A412-47A2-82FE-F8F0141D3429}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{14BCDD42-F2A7-40D5-8697-6B319EE16880}" srcId="{9494B535-994D-423B-A5C9-F3ACC83CDCA7}" destId="{9F2CBA63-1CAA-44E3-BC4E-8D18958934AC}" srcOrd="0" destOrd="0" parTransId="{122CFCFC-9107-416D-B51B-4E4661DD2FA5}" sibTransId="{74E5A73F-8D3B-45BC-9033-41F9CFC2E9B5}"/>
+    <dgm:cxn modelId="{0524CB68-E965-4E01-AA1E-EA54CF19F6D3}" srcId="{9F2CBA63-1CAA-44E3-BC4E-8D18958934AC}" destId="{CDA9E839-A7BA-46C0-A801-60A8629B625D}" srcOrd="0" destOrd="0" parTransId="{BA6F336D-EDBA-4360-845D-38E7B9CE5FB6}" sibTransId="{EF40C74A-8014-4EFD-A9BF-23F47CE37138}"/>
+    <dgm:cxn modelId="{E5B88849-E6BA-484E-9DE3-1AA433C954FE}" srcId="{9494B535-994D-423B-A5C9-F3ACC83CDCA7}" destId="{D8B34901-866A-465A-95D5-485A30C10410}" srcOrd="2" destOrd="0" parTransId="{58B08DD1-4E53-49D4-9951-E2509DBD7F7D}" sibTransId="{659501E4-8A59-4C5F-8ACA-51750D01881B}"/>
+    <dgm:cxn modelId="{3A7AC67B-4C31-49C7-8B62-99872AADD602}" type="presOf" srcId="{CDA9E839-A7BA-46C0-A801-60A8629B625D}" destId="{CBAA6DF5-C5B4-4B83-9C2E-E9AF5531FE21}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{7BFDA389-49A8-4DD3-9FBB-87B7EE2C27F2}" srcId="{D8B34901-866A-465A-95D5-485A30C10410}" destId="{7016FC42-CC7F-4D14-A811-82D37B135BCC}" srcOrd="1" destOrd="0" parTransId="{B0864D93-4DE8-4A79-90B9-541D32D8FA9B}" sibTransId="{A751C797-3397-49BA-8461-91A85E894CEA}"/>
+    <dgm:cxn modelId="{5B350B92-8127-47A9-A380-9B62E8C8E82F}" type="presOf" srcId="{D8B34901-866A-465A-95D5-485A30C10410}" destId="{56A1F662-2855-424F-A70B-B3FAAC07D40E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{018BBDAE-15A6-423A-951B-48D62E593DD1}" type="presOf" srcId="{F1F82D26-1E09-4BDD-B06A-11622EE172A9}" destId="{3EAFFF89-ED9E-461E-A6BC-AD3BEB2B08A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{E8FA68B7-B0CD-4B66-9FE6-6912B0E7BE0D}" srcId="{F31C2344-CFA3-476F-B6BA-3AFBAE8CC2E2}" destId="{B1FDC8EB-2328-4FAB-9323-5313E41DDE5C}" srcOrd="0" destOrd="0" parTransId="{0E35407E-7E6F-40FB-BCD9-060B5D2E1CD6}" sibTransId="{D60449C7-3368-426C-BE32-A4389ABF19F1}"/>
+    <dgm:cxn modelId="{21EECCC5-F097-41C5-8D09-F7EFC32B1C5C}" type="presOf" srcId="{7016FC42-CC7F-4D14-A811-82D37B135BCC}" destId="{D1471D02-7256-4CB9-919C-C1AFD738750D}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{CB1FDECF-4A84-4084-B82A-8BD4BAC28A0F}" srcId="{9494B535-994D-423B-A5C9-F3ACC83CDCA7}" destId="{F1F82D26-1E09-4BDD-B06A-11622EE172A9}" srcOrd="3" destOrd="0" parTransId="{8BE073A9-FAE3-47AC-839B-4B90D8B755BD}" sibTransId="{8547C705-AB61-4B2A-9CC0-F5AF79671296}"/>
+    <dgm:cxn modelId="{B5CEC1D5-2440-4261-AA46-97AC68E7477B}" srcId="{9494B535-994D-423B-A5C9-F3ACC83CDCA7}" destId="{F31C2344-CFA3-476F-B6BA-3AFBAE8CC2E2}" srcOrd="1" destOrd="0" parTransId="{967C5CC4-4AAA-416A-A175-6DFCDE023AF8}" sibTransId="{FF3C832F-E021-4D27-A8EA-8D91D027AAAE}"/>
+    <dgm:cxn modelId="{35E800D6-149C-48F8-BFD3-800077B00E07}" type="presOf" srcId="{9F2CBA63-1CAA-44E3-BC4E-8D18958934AC}" destId="{8A4AE2B5-B18C-4504-8902-7EECEBC28300}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{28E96EF5-318C-4D53-A376-EA6C9B507E46}" type="presOf" srcId="{9494B535-994D-423B-A5C9-F3ACC83CDCA7}" destId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{36EC576D-752C-4487-A190-4402479BAD18}" type="presParOf" srcId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" destId="{806E09D4-8F30-4FB4-BAD8-C698A9C26EA1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{01C1D681-5BD7-42A9-8B02-027544E75A6A}" type="presParOf" srcId="{806E09D4-8F30-4FB4-BAD8-C698A9C26EA1}" destId="{8A4AE2B5-B18C-4504-8902-7EECEBC28300}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{61B0B9F2-50EA-495C-A2E0-51C24BDEE554}" type="presParOf" srcId="{806E09D4-8F30-4FB4-BAD8-C698A9C26EA1}" destId="{CBAA6DF5-C5B4-4B83-9C2E-E9AF5531FE21}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{7F5724A8-DBF1-4E38-8427-265FDD9D4590}" type="presParOf" srcId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" destId="{3DE490B9-0695-4B00-9220-0CA48954D25B}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{EA6FCD83-5F10-4023-A119-A729BB6D0D86}" type="presParOf" srcId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" destId="{D06901F8-D616-430D-9044-F25BD2477FBA}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{D7785141-0E72-4582-8603-5B4D12B0DCAE}" type="presParOf" srcId="{D06901F8-D616-430D-9044-F25BD2477FBA}" destId="{27FAE136-A412-47A2-82FE-F8F0141D3429}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{C683EB77-B29D-47FA-9866-A46359116C66}" type="presParOf" srcId="{D06901F8-D616-430D-9044-F25BD2477FBA}" destId="{47922BEE-B4B4-4C2D-AFCE-B1536B9B1B46}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{1786AA28-F54C-4333-AABD-AA3DCF511CE4}" type="presParOf" srcId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" destId="{7579C786-CC11-4AB8-A3B9-D388ABD99C87}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{53E458FB-161C-4B6D-BAB8-951566124A9C}" type="presParOf" srcId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" destId="{FEBD2DD4-B982-41FB-8063-16109822156C}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{018BE363-D5FC-4D44-922E-26C209DE674C}" type="presParOf" srcId="{FEBD2DD4-B982-41FB-8063-16109822156C}" destId="{56A1F662-2855-424F-A70B-B3FAAC07D40E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{3214B794-0ACB-43B4-99B9-57A2D40B3B80}" type="presParOf" srcId="{FEBD2DD4-B982-41FB-8063-16109822156C}" destId="{D1471D02-7256-4CB9-919C-C1AFD738750D}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{7BAB5758-1FBE-44AE-9A59-BCC0F7095E98}" type="presParOf" srcId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" destId="{FD76DEE3-2C8C-496B-AE67-4D57017BA68E}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{862481BE-2F4D-4EA8-A86B-490ED3DF1F12}" type="presParOf" srcId="{510B2D31-5EBF-4D61-957C-6E989BD95CF0}" destId="{18AA4553-5C01-4EC9-8EDF-DE5FFD384240}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{EA17047F-00DB-493D-B1CE-522DB7D7F9E1}" type="presParOf" srcId="{18AA4553-5C01-4EC9-8EDF-DE5FFD384240}" destId="{3EAFFF89-ED9E-461E-A6BC-AD3BEB2B08A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+    <dgm:cxn modelId="{0773EDFE-8B95-49C7-A113-5175B155E21D}" type="presParOf" srcId="{18AA4553-5C01-4EC9-8EDF-DE5FFD384240}" destId="{5999BCE3-646C-4C4E-BFFD-DF07C0811008}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/vList6"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId23" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=word/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dgm:ptLst>
+    <dgm:pt modelId="{EECCF7A4-BFF5-436F-8318-011D955346DF}" type="doc">
+      <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="00B050"/>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>Liten </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="sv-SE" i="1"/>
+            <a:t>(sensuturering)</a:t>
+          </a:r>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{237CC1E4-2C60-419F-80BC-79BF8E14A869}" type="parTrans" cxnId="{70CAEA0D-899A-4269-8B69-F822FEA79A04}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DAE71572-C31A-4D9E-9E30-F638CC6399CA}" type="sibTrans" cxnId="{70CAEA0D-899A-4269-8B69-F822FEA79A04}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{956B1729-5D44-42AE-B5DC-D5F97FB3B9F0}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="CFF0B8">
+            <a:alpha val="90000"/>
+          </a:srgbClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>0</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8EEFC9DB-DEFA-4622-8DB5-1FFC5C5BF89A}" type="parTrans" cxnId="{C800BBC9-122D-4B9C-98F6-826AE8D0BE95}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{B3B71D37-7B1C-4A50-99AE-DF3BA077D5C0}" type="sibTrans" cxnId="{C800BBC9-122D-4B9C-98F6-826AE8D0BE95}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A3EF197C-9166-4720-92CE-40FAE7C23A29}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>0</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{C5E2542D-9F2F-4E3C-A708-5D09823F375F}" type="parTrans" cxnId="{01584BDF-E251-48D2-A238-0A1AB8A83E13}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{00BD266D-9531-4078-A2D1-CF3FF577ACDB}" type="sibTrans" cxnId="{01584BDF-E251-48D2-A238-0A1AB8A83E13}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A1D45604-89EA-479B-84FC-4F51AC174FA7}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="00B050"/>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>Mellan (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="sv-SE" i="1"/>
+            <a:t>tonsillotomi</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>)</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{7D9C108D-38CA-449A-95FE-02A1D9B4EEA6}" type="parTrans" cxnId="{94C2030B-75FC-491C-B866-983982687FDB}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DBB6A9DB-6FD5-491E-9313-363FBC30EABB}" type="sibTrans" cxnId="{94C2030B-75FC-491C-B866-983982687FDB}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{3208AAC7-0F9E-49A3-8F89-73AB8D51B906}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="CFF0B8">
+            <a:alpha val="90000"/>
+          </a:srgbClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>0</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{806C8BE7-9000-4C5A-95A1-0F3DE832DC88}" type="parTrans" cxnId="{8B92C47D-181E-4618-B649-473B4F3DF6CC}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{AD0112A6-B282-41D3-8990-6C8D4017AEA6}" type="sibTrans" cxnId="{8B92C47D-181E-4618-B649-473B4F3DF6CC}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{EADE0166-76C0-4182-A803-CB06DA5DB516}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="00B050"/>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>Stor (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="sv-SE" i="1"/>
+            <a:t>höftprotes, tarmresektion)</a:t>
+          </a:r>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{0F42734E-13A4-4254-B301-060C64DFE585}" type="parTrans" cxnId="{0A9541BC-581B-4874-951C-205DB4D75F00}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{797F5262-FD05-4AF8-B45C-C7C542B43D6B}" type="sibTrans" cxnId="{0A9541BC-581B-4874-951C-205DB4D75F00}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{229DD88C-0C7C-42B9-9933-A9B90918157A}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200"/>
+            <a:t>Blodstatus, Na, K, Krea.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200"/>
+            <a:t>&gt;65år: EKG</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DC5DD159-6B72-4A8F-A97B-A98F019711C4}" type="parTrans" cxnId="{B13614C0-C174-4E07-BA4B-E7DE6BC66633}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{FFA5EC3F-AAF9-4F22-8CDF-BF1B861533B4}" type="sibTrans" cxnId="{B13614C0-C174-4E07-BA4B-E7DE6BC66633}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{A00740B5-03EB-46A3-A6D8-B0CB95871731}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100"/>
+            <a:t>0 normalt.</a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="sv-SE" sz="1100"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100"/>
+            <a:t>Vid diabetes, njursjukdom eller hjärtkärlsjuklighet (inkl. hypertoni):</a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="sv-SE" sz="1100"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100"/>
+            <a:t>Blodstatus, Na, K, Krea. EKG.</a:t>
+          </a:r>
+          <a:endParaRPr lang="sv-SE" sz="1200"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{4B1E6507-0D88-4B33-94F3-A6BDD9ADA977}" type="parTrans" cxnId="{BCAB5786-D10A-4541-90E8-D2F7CC4EB7B1}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{48832461-0E58-47B2-8C63-43E6C48206F6}" type="sibTrans" cxnId="{BCAB5786-D10A-4541-90E8-D2F7CC4EB7B1}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{DFACC0B8-20EA-4425-912F-D1AD90A4884E}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100" b="0"/>
+            <a:t>Blodstatus, Na, K, Krea, PK. &gt;65år: EKG</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100" b="0"/>
+            <a:t>Överväg narkosläkarbedömning.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{1292F221-6BD1-4507-B0C7-FB28FF44F635}" type="sibTrans" cxnId="{470974DB-0ED4-4BDC-8ADE-44A1087E85B9}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{F8DB3B01-9B4C-4842-8893-E98BF1241861}" type="parTrans" cxnId="{470974DB-0ED4-4BDC-8ADE-44A1087E85B9}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{532283AF-150E-4726-86E6-BD5400582E4F}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:srgbClr val="CFF0B8">
+            <a:alpha val="90000"/>
+          </a:srgbClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE"/>
+            <a:t>Blodstatus, Na, K, Krea. &gt;65år: EKG</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{4F27826D-226B-448D-AF80-3AAE5B9F92FC}" type="parTrans" cxnId="{AFBA78A1-B906-45CB-9895-2985E393CE9C}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{CF2F9043-4FB6-4B6C-B755-EA485C95320D}" type="sibTrans" cxnId="{AFBA78A1-B906-45CB-9895-2985E393CE9C}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{C8915269-BF7A-4B7A-AE36-C36782A5953D}">
+      <dgm:prSet phldrT="[Text]"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="sv-SE" sz="600"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{150C6210-6186-4417-9C13-F046847CD7A9}" type="parTrans" cxnId="{FA9E4A1C-83DF-4A56-AF81-4EEF6B371AF6}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{127388FE-A68F-430F-9C87-5F39D2275AC0}" type="sibTrans" cxnId="{FA9E4A1C-83DF-4A56-AF81-4EEF6B371AF6}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{BF36C304-4D65-48D1-9223-7F9BD97D014A}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr">
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200"/>
+            <a:t>Blodstatus, Na, K, Krea. EKG</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5617088A-F291-49BC-89CD-A7BE1AED0801}" type="parTrans" cxnId="{4C1204B1-2B56-4C95-893B-69C79B7B41BE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8F8807DB-B093-425D-9F2D-F26E65AB392C}" type="sibTrans" cxnId="{4C1204B1-2B56-4C95-893B-69C79B7B41BE}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{EBAA4D26-4B06-433D-908E-CEB4CF0ED11B}">
+      <dgm:prSet phldrT="[Text]" custT="1"/>
+      <dgm:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </dgm:spPr>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200"/>
+            <a:t>Blodstatus, Na, K, Krea, PK. EKG</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200"/>
+            <a:t>Narkosläkarbedömning.</a:t>
+          </a:r>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{8933942E-59FA-4B3C-AB3D-137F1CC4C546}" type="parTrans" cxnId="{DA764EBD-D1F5-49A4-BB6F-24CCA1E74EAD}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{E8158B10-D429-4321-B801-2C7AB45C3E7F}" type="sibTrans" cxnId="{DA764EBD-D1F5-49A4-BB6F-24CCA1E74EAD}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{B11015C1-CA44-4A5D-93FD-C8A1A2A98D64}" type="pres">
+      <dgm:prSet presAssocID="{EECCF7A4-BFF5-436F-8318-011D955346DF}" presName="Name0" presStyleCnt="0">
+        <dgm:presLayoutVars>
+          <dgm:dir/>
+          <dgm:animLvl val="lvl"/>
+          <dgm:resizeHandles val="exact"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" type="pres">
+      <dgm:prSet presAssocID="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}" presName="vertFlow" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{4FA0C141-EEEB-4CBF-A407-6CC3B6BDADF5}" type="pres">
+      <dgm:prSet presAssocID="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}" presName="header" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="3" custLinFactNeighborX="-278" custLinFactNeighborY="-92755"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{E689310F-FA49-40FE-9BB3-EA5BDB2A4B48}" type="pres">
+      <dgm:prSet presAssocID="{8EEFC9DB-DEFA-4622-8DB5-1FFC5C5BF89A}" presName="parTrans" presStyleLbl="sibTrans2D1" presStyleIdx="0" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{BC30C6B1-AB8A-4596-8CA2-AB2D2CD85F45}" type="pres">
+      <dgm:prSet presAssocID="{956B1729-5D44-42AE-B5DC-D5F97FB3B9F0}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="0" presStyleCnt="9" custScaleY="47007" custLinFactNeighborX="-278" custLinFactNeighborY="-59283">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{E6EBB512-7F9D-4C40-B785-A1EEEDA0B393}" type="pres">
+      <dgm:prSet presAssocID="{B3B71D37-7B1C-4A50-99AE-DF3BA077D5C0}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="1" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{D91F470E-6C4E-4F48-968B-00DAD7967B4F}" type="pres">
+      <dgm:prSet presAssocID="{A3EF197C-9166-4720-92CE-40FAE7C23A29}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="1" presStyleCnt="9" custScaleX="97477" custScaleY="100721">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{049DB4CA-B31F-44A1-B520-513B02D546AF}" type="pres">
+      <dgm:prSet presAssocID="{00BD266D-9531-4078-A2D1-CF3FF577ACDB}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="2" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{AF4DEDC6-6E8B-426F-9687-D130D99CA1E4}" type="pres">
+      <dgm:prSet presAssocID="{229DD88C-0C7C-42B9-9933-A9B90918157A}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="2" presStyleCnt="9" custScaleX="100328" custScaleY="271451" custLinFactY="27520" custLinFactNeighborX="-114" custLinFactNeighborY="100000">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3DBFB1C0-46BA-470E-AA87-DB0654115F03}" type="pres">
+      <dgm:prSet presAssocID="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}" presName="hSp" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3A678586-615B-4086-94F7-4E039865161C}" type="pres">
+      <dgm:prSet presAssocID="{A1D45604-89EA-479B-84FC-4F51AC174FA7}" presName="vertFlow" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{1299C211-6790-4808-ABF8-F599A765F44D}" type="pres">
+      <dgm:prSet presAssocID="{A1D45604-89EA-479B-84FC-4F51AC174FA7}" presName="header" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="3" custLinFactY="-1793" custLinFactNeighborX="541" custLinFactNeighborY="-100000"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{B346304D-B67C-47E2-8D6B-F113E718F737}" type="pres">
+      <dgm:prSet presAssocID="{806C8BE7-9000-4C5A-95A1-0F3DE832DC88}" presName="parTrans" presStyleLbl="sibTrans2D1" presStyleIdx="3" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{951A9463-BE4F-4AFF-9EE5-E6FB809E9ECB}" type="pres">
+      <dgm:prSet presAssocID="{3208AAC7-0F9E-49A3-8F89-73AB8D51B906}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="3" presStyleCnt="9" custScaleX="94494" custScaleY="50474" custLinFactNeighborY="-73984">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{2BECC4F5-C180-4043-857D-7FB198F65F41}" type="pres">
+      <dgm:prSet presAssocID="{AD0112A6-B282-41D3-8990-6C8D4017AEA6}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="4" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{4B28275C-F4C7-4DB5-9479-5DDBB7F3C847}" type="pres">
+      <dgm:prSet presAssocID="{A00740B5-03EB-46A3-A6D8-B0CB95871731}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="4" presStyleCnt="9" custScaleX="98823" custScaleY="221179" custLinFactNeighborX="541" custLinFactNeighborY="-86571">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{C316DE8E-039E-4DA3-A76E-4CDBF4538EB5}" type="pres">
+      <dgm:prSet presAssocID="{48832461-0E58-47B2-8C63-43E6C48206F6}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="5" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{C198BAE2-2F5C-4B0D-BD3B-B36072623E8D}" type="pres">
+      <dgm:prSet presAssocID="{DFACC0B8-20EA-4425-912F-D1AD90A4884E}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="5" presStyleCnt="9" custScaleX="102987" custScaleY="173885">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{FF407014-A5D7-4A85-9EAE-CB4B23BB4460}" type="pres">
+      <dgm:prSet presAssocID="{A1D45604-89EA-479B-84FC-4F51AC174FA7}" presName="hSp" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{E257852A-2024-46E2-B666-C869A70E68C5}" type="pres">
+      <dgm:prSet presAssocID="{EADE0166-76C0-4182-A803-CB06DA5DB516}" presName="vertFlow" presStyleCnt="0"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{F2580199-1A91-44AF-B345-E23ECC78121C}" type="pres">
+      <dgm:prSet presAssocID="{EADE0166-76C0-4182-A803-CB06DA5DB516}" presName="header" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="3" custLinFactY="-1793" custLinFactNeighborY="-100000"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{60E11DC4-A799-48F0-B1E9-00B050B5E029}" type="pres">
+      <dgm:prSet presAssocID="{4F27826D-226B-448D-AF80-3AAE5B9F92FC}" presName="parTrans" presStyleLbl="sibTrans2D1" presStyleIdx="6" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{44DFEEDF-1F9C-414F-B6C3-4051AD57C36A}" type="pres">
+      <dgm:prSet presAssocID="{532283AF-150E-4726-86E6-BD5400582E4F}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="6" presStyleCnt="9" custScaleX="101758" custScaleY="68931" custLinFactNeighborX="-1082" custLinFactNeighborY="-74204">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{34D7E6DD-04A4-4AEB-B798-2308F37F4FB2}" type="pres">
+      <dgm:prSet presAssocID="{CF2F9043-4FB6-4B6C-B755-EA485C95320D}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="7" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{1D8E38C8-C4BE-4231-B4E9-440DE4E986B2}" type="pres">
+      <dgm:prSet presAssocID="{C8915269-BF7A-4B7A-AE36-C36782A5953D}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="7" presStyleCnt="9" custScaleX="98211" custScaleY="138957" custLinFactNeighborY="-80388">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{69F143C2-8674-4B1E-B2C6-862976548603}" type="pres">
+      <dgm:prSet presAssocID="{127388FE-A68F-430F-9C87-5F39D2275AC0}" presName="sibTrans" presStyleLbl="sibTrans2D1" presStyleIdx="8" presStyleCnt="9"/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{3539A5BE-684D-4557-B039-26B94D9E4042}" type="pres">
+      <dgm:prSet presAssocID="{EBAA4D26-4B06-433D-908E-CEB4CF0ED11B}" presName="child" presStyleLbl="alignAccFollowNode1" presStyleIdx="8" presStyleCnt="9" custScaleX="99441" custScaleY="280935" custLinFactY="29929" custLinFactNeighborY="100000">
+        <dgm:presLayoutVars>
+          <dgm:chMax val="0"/>
+          <dgm:bulletEnabled val="1"/>
+        </dgm:presLayoutVars>
+      </dgm:prSet>
+      <dgm:spPr/>
+    </dgm:pt>
+  </dgm:ptLst>
+  <dgm:cxnLst>
+    <dgm:cxn modelId="{4708E803-64CB-4591-B769-63EC983285D0}" type="presOf" srcId="{3208AAC7-0F9E-49A3-8F89-73AB8D51B906}" destId="{951A9463-BE4F-4AFF-9EE5-E6FB809E9ECB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{81380B09-BEDD-4871-9FD8-7FE74221B513}" type="presOf" srcId="{AD0112A6-B282-41D3-8990-6C8D4017AEA6}" destId="{2BECC4F5-C180-4043-857D-7FB198F65F41}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{EA402C09-58C0-4F82-9795-DFE022A4C656}" type="presOf" srcId="{127388FE-A68F-430F-9C87-5F39D2275AC0}" destId="{69F143C2-8674-4B1E-B2C6-862976548603}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{7766D909-7564-46B1-9D3F-9D1756519F57}" type="presOf" srcId="{806C8BE7-9000-4C5A-95A1-0F3DE832DC88}" destId="{B346304D-B67C-47E2-8D6B-F113E718F737}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{94C2030B-75FC-491C-B866-983982687FDB}" srcId="{EECCF7A4-BFF5-436F-8318-011D955346DF}" destId="{A1D45604-89EA-479B-84FC-4F51AC174FA7}" srcOrd="1" destOrd="0" parTransId="{7D9C108D-38CA-449A-95FE-02A1D9B4EEA6}" sibTransId="{DBB6A9DB-6FD5-491E-9313-363FBC30EABB}"/>
+    <dgm:cxn modelId="{70CAEA0D-899A-4269-8B69-F822FEA79A04}" srcId="{EECCF7A4-BFF5-436F-8318-011D955346DF}" destId="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}" srcOrd="0" destOrd="0" parTransId="{237CC1E4-2C60-419F-80BC-79BF8E14A869}" sibTransId="{DAE71572-C31A-4D9E-9E30-F638CC6399CA}"/>
+    <dgm:cxn modelId="{E6D8D51A-933D-4098-8237-B0C697D62E20}" type="presOf" srcId="{8EEFC9DB-DEFA-4622-8DB5-1FFC5C5BF89A}" destId="{E689310F-FA49-40FE-9BB3-EA5BDB2A4B48}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{FA9E4A1C-83DF-4A56-AF81-4EEF6B371AF6}" srcId="{EADE0166-76C0-4182-A803-CB06DA5DB516}" destId="{C8915269-BF7A-4B7A-AE36-C36782A5953D}" srcOrd="1" destOrd="0" parTransId="{150C6210-6186-4417-9C13-F046847CD7A9}" sibTransId="{127388FE-A68F-430F-9C87-5F39D2275AC0}"/>
+    <dgm:cxn modelId="{8AC4A61C-0EA4-47BA-8E72-A6ED06280283}" type="presOf" srcId="{00BD266D-9531-4078-A2D1-CF3FF577ACDB}" destId="{049DB4CA-B31F-44A1-B520-513B02D546AF}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{21AD3F1D-DF8C-4C8C-BC07-7AE9417EAA82}" type="presOf" srcId="{EBAA4D26-4B06-433D-908E-CEB4CF0ED11B}" destId="{3539A5BE-684D-4557-B039-26B94D9E4042}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{AFDD1C28-56BB-4944-AA54-7ED6C147F829}" type="presOf" srcId="{DFACC0B8-20EA-4425-912F-D1AD90A4884E}" destId="{C198BAE2-2F5C-4B0D-BD3B-B36072623E8D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{A62D8A2C-4275-4B1A-ADA8-CABDCC4CFBE1}" type="presOf" srcId="{C8915269-BF7A-4B7A-AE36-C36782A5953D}" destId="{1D8E38C8-C4BE-4231-B4E9-440DE4E986B2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{886EB62F-429B-48FA-9048-74E606948CDE}" type="presOf" srcId="{956B1729-5D44-42AE-B5DC-D5F97FB3B9F0}" destId="{BC30C6B1-AB8A-4596-8CA2-AB2D2CD85F45}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{005EEC63-21EC-4BDD-A8AE-AE0D64AFD4B7}" type="presOf" srcId="{532283AF-150E-4726-86E6-BD5400582E4F}" destId="{44DFEEDF-1F9C-414F-B6C3-4051AD57C36A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{A9290645-A952-41A8-AB74-7722BC98A71F}" type="presOf" srcId="{4F27826D-226B-448D-AF80-3AAE5B9F92FC}" destId="{60E11DC4-A799-48F0-B1E9-00B050B5E029}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{43F2AB49-CBDE-461D-A54F-D5ACD5EC3096}" type="presOf" srcId="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}" destId="{4FA0C141-EEEB-4CBF-A407-6CC3B6BDADF5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{3E18D76B-060E-4097-B916-C4CAD3C77150}" type="presOf" srcId="{A1D45604-89EA-479B-84FC-4F51AC174FA7}" destId="{1299C211-6790-4808-ABF8-F599A765F44D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{3C80524D-F5F8-479E-BFDD-4C89DB6C78F7}" type="presOf" srcId="{EECCF7A4-BFF5-436F-8318-011D955346DF}" destId="{B11015C1-CA44-4A5D-93FD-C8A1A2A98D64}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{9216AB53-2325-4BCF-B7C0-49916620AE89}" type="presOf" srcId="{CF2F9043-4FB6-4B6C-B755-EA485C95320D}" destId="{34D7E6DD-04A4-4AEB-B798-2308F37F4FB2}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{8B92C47D-181E-4618-B649-473B4F3DF6CC}" srcId="{A1D45604-89EA-479B-84FC-4F51AC174FA7}" destId="{3208AAC7-0F9E-49A3-8F89-73AB8D51B906}" srcOrd="0" destOrd="0" parTransId="{806C8BE7-9000-4C5A-95A1-0F3DE832DC88}" sibTransId="{AD0112A6-B282-41D3-8990-6C8D4017AEA6}"/>
+    <dgm:cxn modelId="{BCAB5786-D10A-4541-90E8-D2F7CC4EB7B1}" srcId="{A1D45604-89EA-479B-84FC-4F51AC174FA7}" destId="{A00740B5-03EB-46A3-A6D8-B0CB95871731}" srcOrd="1" destOrd="0" parTransId="{4B1E6507-0D88-4B33-94F3-A6BDD9ADA977}" sibTransId="{48832461-0E58-47B2-8C63-43E6C48206F6}"/>
+    <dgm:cxn modelId="{FC19518D-DF32-4887-B8F9-DEE5DD00A826}" type="presOf" srcId="{B3B71D37-7B1C-4A50-99AE-DF3BA077D5C0}" destId="{E6EBB512-7F9D-4C40-B785-A1EEEDA0B393}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{AFBA78A1-B906-45CB-9895-2985E393CE9C}" srcId="{EADE0166-76C0-4182-A803-CB06DA5DB516}" destId="{532283AF-150E-4726-86E6-BD5400582E4F}" srcOrd="0" destOrd="0" parTransId="{4F27826D-226B-448D-AF80-3AAE5B9F92FC}" sibTransId="{CF2F9043-4FB6-4B6C-B755-EA485C95320D}"/>
+    <dgm:cxn modelId="{65E5ADA2-FD36-4E85-B2D3-43992D5A10BB}" type="presOf" srcId="{BF36C304-4D65-48D1-9223-7F9BD97D014A}" destId="{1D8E38C8-C4BE-4231-B4E9-440DE4E986B2}" srcOrd="0" destOrd="1" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{4C1204B1-2B56-4C95-893B-69C79B7B41BE}" srcId="{C8915269-BF7A-4B7A-AE36-C36782A5953D}" destId="{BF36C304-4D65-48D1-9223-7F9BD97D014A}" srcOrd="0" destOrd="0" parTransId="{5617088A-F291-49BC-89CD-A7BE1AED0801}" sibTransId="{8F8807DB-B093-425D-9F2D-F26E65AB392C}"/>
+    <dgm:cxn modelId="{2D89FCB2-4D3A-4665-8017-ADBFF84C9151}" type="presOf" srcId="{EADE0166-76C0-4182-A803-CB06DA5DB516}" destId="{F2580199-1A91-44AF-B345-E23ECC78121C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{0A9541BC-581B-4874-951C-205DB4D75F00}" srcId="{EECCF7A4-BFF5-436F-8318-011D955346DF}" destId="{EADE0166-76C0-4182-A803-CB06DA5DB516}" srcOrd="2" destOrd="0" parTransId="{0F42734E-13A4-4254-B301-060C64DFE585}" sibTransId="{797F5262-FD05-4AF8-B45C-C7C542B43D6B}"/>
+    <dgm:cxn modelId="{DA764EBD-D1F5-49A4-BB6F-24CCA1E74EAD}" srcId="{EADE0166-76C0-4182-A803-CB06DA5DB516}" destId="{EBAA4D26-4B06-433D-908E-CEB4CF0ED11B}" srcOrd="2" destOrd="0" parTransId="{8933942E-59FA-4B3C-AB3D-137F1CC4C546}" sibTransId="{E8158B10-D429-4321-B801-2C7AB45C3E7F}"/>
+    <dgm:cxn modelId="{B13614C0-C174-4E07-BA4B-E7DE6BC66633}" srcId="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}" destId="{229DD88C-0C7C-42B9-9933-A9B90918157A}" srcOrd="2" destOrd="0" parTransId="{DC5DD159-6B72-4A8F-A97B-A98F019711C4}" sibTransId="{FFA5EC3F-AAF9-4F22-8CDF-BF1B861533B4}"/>
+    <dgm:cxn modelId="{C800BBC9-122D-4B9C-98F6-826AE8D0BE95}" srcId="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}" destId="{956B1729-5D44-42AE-B5DC-D5F97FB3B9F0}" srcOrd="0" destOrd="0" parTransId="{8EEFC9DB-DEFA-4622-8DB5-1FFC5C5BF89A}" sibTransId="{B3B71D37-7B1C-4A50-99AE-DF3BA077D5C0}"/>
+    <dgm:cxn modelId="{470974DB-0ED4-4BDC-8ADE-44A1087E85B9}" srcId="{A1D45604-89EA-479B-84FC-4F51AC174FA7}" destId="{DFACC0B8-20EA-4425-912F-D1AD90A4884E}" srcOrd="2" destOrd="0" parTransId="{F8DB3B01-9B4C-4842-8893-E98BF1241861}" sibTransId="{1292F221-6BD1-4507-B0C7-FB28FF44F635}"/>
+    <dgm:cxn modelId="{01584BDF-E251-48D2-A238-0A1AB8A83E13}" srcId="{5EA921DC-DC63-447F-A531-E5DA0FA5C58B}" destId="{A3EF197C-9166-4720-92CE-40FAE7C23A29}" srcOrd="1" destOrd="0" parTransId="{C5E2542D-9F2F-4E3C-A708-5D09823F375F}" sibTransId="{00BD266D-9531-4078-A2D1-CF3FF577ACDB}"/>
+    <dgm:cxn modelId="{FF6A1FE1-E3A4-4128-B868-756888135A14}" type="presOf" srcId="{A00740B5-03EB-46A3-A6D8-B0CB95871731}" destId="{4B28275C-F4C7-4DB5-9479-5DDBB7F3C847}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{3EDCACE3-3482-4CF7-9BBE-AB7F9EDD2F03}" type="presOf" srcId="{A3EF197C-9166-4720-92CE-40FAE7C23A29}" destId="{D91F470E-6C4E-4F48-968B-00DAD7967B4F}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{5A402AE6-A4D3-48CE-B47F-26E7CA57931A}" type="presOf" srcId="{229DD88C-0C7C-42B9-9933-A9B90918157A}" destId="{AF4DEDC6-6E8B-426F-9687-D130D99CA1E4}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{41EDD6EE-565C-4DA6-8784-98FB1A7E3B4E}" type="presOf" srcId="{48832461-0E58-47B2-8C63-43E6C48206F6}" destId="{C316DE8E-039E-4DA3-A76E-4CDBF4538EB5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{FBC850EC-DE41-4291-885E-95A677CD6ED7}" type="presParOf" srcId="{B11015C1-CA44-4A5D-93FD-C8A1A2A98D64}" destId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{47B2DAA7-9250-4F52-9F9E-746A47791E1B}" type="presParOf" srcId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" destId="{4FA0C141-EEEB-4CBF-A407-6CC3B6BDADF5}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{CCCD5F49-17F1-4AF6-B9D5-06B2D8939FEA}" type="presParOf" srcId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" destId="{E689310F-FA49-40FE-9BB3-EA5BDB2A4B48}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{7DFD108C-8997-4C54-BB2B-16B0B5DE6DB9}" type="presParOf" srcId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" destId="{BC30C6B1-AB8A-4596-8CA2-AB2D2CD85F45}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{EEF79027-85EC-481E-90A4-720F88373A59}" type="presParOf" srcId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" destId="{E6EBB512-7F9D-4C40-B785-A1EEEDA0B393}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{188914EC-1430-49F7-930C-64107E12F922}" type="presParOf" srcId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" destId="{D91F470E-6C4E-4F48-968B-00DAD7967B4F}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{EAFDD39D-7986-46A5-9EA1-58AEFDE390ED}" type="presParOf" srcId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" destId="{049DB4CA-B31F-44A1-B520-513B02D546AF}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{1091E515-4E51-4709-BDDB-A6D0B768D533}" type="presParOf" srcId="{72277EE0-3D32-4EA8-ADBB-22A787D13BF8}" destId="{AF4DEDC6-6E8B-426F-9687-D130D99CA1E4}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{E184FD1F-DB59-41F3-9A5F-4F8B76188DEC}" type="presParOf" srcId="{B11015C1-CA44-4A5D-93FD-C8A1A2A98D64}" destId="{3DBFB1C0-46BA-470E-AA87-DB0654115F03}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{8B93A86A-BCFF-4B6A-A3C5-09A38530D6ED}" type="presParOf" srcId="{B11015C1-CA44-4A5D-93FD-C8A1A2A98D64}" destId="{3A678586-615B-4086-94F7-4E039865161C}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{3CB02A95-080C-4A6D-8F9C-A79870340A3D}" type="presParOf" srcId="{3A678586-615B-4086-94F7-4E039865161C}" destId="{1299C211-6790-4808-ABF8-F599A765F44D}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{54EC5D40-956A-471F-89F9-B448CE02C34E}" type="presParOf" srcId="{3A678586-615B-4086-94F7-4E039865161C}" destId="{B346304D-B67C-47E2-8D6B-F113E718F737}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{4731A096-6738-4757-9CAA-9F1D354DAD57}" type="presParOf" srcId="{3A678586-615B-4086-94F7-4E039865161C}" destId="{951A9463-BE4F-4AFF-9EE5-E6FB809E9ECB}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{89262CAD-F5E5-4942-9091-7E9737DD919D}" type="presParOf" srcId="{3A678586-615B-4086-94F7-4E039865161C}" destId="{2BECC4F5-C180-4043-857D-7FB198F65F41}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{51B7A750-F4BA-4B71-AB3A-BDB83B968FF1}" type="presParOf" srcId="{3A678586-615B-4086-94F7-4E039865161C}" destId="{4B28275C-F4C7-4DB5-9479-5DDBB7F3C847}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{A540DF84-5057-459E-ABD5-25990E3244A9}" type="presParOf" srcId="{3A678586-615B-4086-94F7-4E039865161C}" destId="{C316DE8E-039E-4DA3-A76E-4CDBF4538EB5}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{A1E0080E-C975-4B13-A433-60D271E981E8}" type="presParOf" srcId="{3A678586-615B-4086-94F7-4E039865161C}" destId="{C198BAE2-2F5C-4B0D-BD3B-B36072623E8D}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{C416BF19-FE53-4220-9D27-BC300B542923}" type="presParOf" srcId="{B11015C1-CA44-4A5D-93FD-C8A1A2A98D64}" destId="{FF407014-A5D7-4A85-9EAE-CB4B23BB4460}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{07F98693-A550-46EB-B80F-8DABF457A9A6}" type="presParOf" srcId="{B11015C1-CA44-4A5D-93FD-C8A1A2A98D64}" destId="{E257852A-2024-46E2-B666-C869A70E68C5}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{B7ECE41D-5BF2-476B-A654-DB29CAC94521}" type="presParOf" srcId="{E257852A-2024-46E2-B666-C869A70E68C5}" destId="{F2580199-1A91-44AF-B345-E23ECC78121C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{F2A5B414-4087-4F8A-B4D8-9D613352C619}" type="presParOf" srcId="{E257852A-2024-46E2-B666-C869A70E68C5}" destId="{60E11DC4-A799-48F0-B1E9-00B050B5E029}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{FE9975FE-2551-4ACB-85BC-EF8A09B8779B}" type="presParOf" srcId="{E257852A-2024-46E2-B666-C869A70E68C5}" destId="{44DFEEDF-1F9C-414F-B6C3-4051AD57C36A}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{D062FF73-2DC4-4C47-85E0-2FBA8E37A9A0}" type="presParOf" srcId="{E257852A-2024-46E2-B666-C869A70E68C5}" destId="{34D7E6DD-04A4-4AEB-B798-2308F37F4FB2}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{062E1AB6-C1D7-4038-8005-B58DE2F7B674}" type="presParOf" srcId="{E257852A-2024-46E2-B666-C869A70E68C5}" destId="{1D8E38C8-C4BE-4231-B4E9-440DE4E986B2}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{5C868FFB-24EC-4003-8953-327C112C3036}" type="presParOf" srcId="{E257852A-2024-46E2-B666-C869A70E68C5}" destId="{69F143C2-8674-4B1E-B2C6-862976548603}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+    <dgm:cxn modelId="{C82D45CB-1A0C-4F59-AD69-15FE7D5DB220}" type="presParOf" srcId="{E257852A-2024-46E2-B666-C869A70E68C5}" destId="{3539A5BE-684D-4557-B039-26B94D9E4042}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1"/>
+  </dgm:cxnLst>
+  <dgm:bg/>
+  <dgm:whole/>
+  <dgm:extLst>
+    <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId28" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    </a:ext>
+  </dgm:extLst>
+</dgm:dataModel>
+</file>
+
+<file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{CBAA6DF5-C5B4-4B83-9C2E-E9AF5531FE21}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="1127760" y="10642"/>
+          <a:ext cx="1691640" cy="349164"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 75000"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="CFF0B8">
+            <a:alpha val="90000"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="7620" tIns="7620" rIns="7620" bIns="7620" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="114300" lvl="1" indent="-114300" algn="l" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" b="0" kern="1200"/>
+            <a:t>Frisk</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1127760" y="54288"/>
+        <a:ext cx="1560704" cy="261873"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{8A4AE2B5-B18C-4504-8902-7EECEBC28300}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="1117"/>
+          <a:ext cx="1127760" cy="349164"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="92D050"/>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1800" kern="1200"/>
+            <a:t>I</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="17045" y="18162"/>
+        <a:ext cx="1093670" cy="315074"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{47922BEE-B4B4-4C2D-AFCE-B1536B9B1B46}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="1127760" y="601998"/>
+          <a:ext cx="1691640" cy="349164"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 75000"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="7620" tIns="7620" rIns="7620" bIns="7620" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="114300" lvl="1" indent="-114300" algn="l" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" b="0" kern="1200"/>
+            <a:t>Mild systemsjukdom</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1127760" y="645644"/>
+        <a:ext cx="1560704" cy="261873"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{27FAE136-A412-47A2-82FE-F8F0141D3429}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="605430"/>
+          <a:ext cx="1127760" cy="349164"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="FFC000"/>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1800" kern="1200"/>
+            <a:t>II</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="17045" y="622475"/>
+        <a:ext cx="1093670" cy="315074"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{D1471D02-7256-4CB9-919C-C1AFD738750D}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="1129411" y="1097327"/>
+          <a:ext cx="1689988" cy="1464896"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 75000"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="89804"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="7620" tIns="7620" rIns="7620" bIns="7620" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="114300" lvl="1" indent="-114300" algn="l" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" b="0" kern="1200"/>
+            <a:t>systemsjd. med funktionsbegränsning</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="114300" lvl="1" indent="-114300" algn="l" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buChar char="•"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" b="0" kern="1200"/>
+            <a:t>Svår systemsjd, konstant risk att dö</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="1129411" y="1280439"/>
+        <a:ext cx="1140652" cy="1098672"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{56A1F662-2855-424F-A70B-B3FAAC07D40E}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="0" y="1326936"/>
+          <a:ext cx="1126658" cy="349164"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1800" kern="1200"/>
+            <a:t>III</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="17045" y="1343981"/>
+        <a:ext cx="1092568" cy="315074"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{5999BCE3-646C-4C4E-BFFD-DF07C0811008}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="11411976">
+          <a:off x="2615921" y="1853712"/>
+          <a:ext cx="77291" cy="45719"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 75000"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:noFill/>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{3EAFFF89-ED9E-461E-A6BC-AD3BEB2B08A6}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="8" y="1834504"/>
+          <a:ext cx="1127760" cy="349164"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="60000"/>
+            <a:lumOff val="40000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="68580" tIns="34290" rIns="68580" bIns="34290" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="800100">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1800" kern="1200"/>
+            <a:t>IV</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="17053" y="1851549"/>
+        <a:ext cx="1093670" cy="315074"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=word/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <dsp:spTree>
+    <dsp:nvGrpSpPr>
+      <dsp:cNvPr id="0" name=""/>
+      <dsp:cNvGrpSpPr/>
+    </dsp:nvGrpSpPr>
+    <dsp:grpSpPr/>
+    <dsp:sp modelId="{4FA0C141-EEEB-4CBF-A407-6CC3B6BDADF5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="657" y="69293"/>
+          <a:ext cx="1820009" cy="455002"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="00B050"/>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="17780" tIns="17780" rIns="17780" bIns="17780" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1400" kern="1200"/>
+            <a:t>Liten </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1400" i="1" kern="1200"/>
+            <a:t>(sensuturering)</a:t>
+          </a:r>
+          <a:endParaRPr lang="sv-SE" sz="1400" kern="1200"/>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="13984" y="82620"/>
+        <a:ext cx="1793355" cy="428348"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{E689310F-FA49-40FE-9BB3-EA5BDB2A4B48}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5400000">
+          <a:off x="857523" y="590760"/>
+          <a:ext cx="106277" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{BC30C6B1-AB8A-4596-8CA2-AB2D2CD85F45}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="657" y="736851"/>
+          <a:ext cx="1820009" cy="213883"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="CFF0B8">
+            <a:alpha val="90000"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1000" kern="1200"/>
+            <a:t>0</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="6921" y="743115"/>
+        <a:ext cx="1807481" cy="201355"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{E6EBB512-7F9D-4C40-B785-A1EEEDA0B393}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5370507">
+          <a:off x="825645" y="1037751"/>
+          <a:ext cx="174043" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{D91F470E-6C4E-4F48-968B-00DAD7967B4F}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="28676" y="1204393"/>
+          <a:ext cx="1774090" cy="458283"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1000" kern="1200"/>
+            <a:t>0</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="42099" y="1217816"/>
+        <a:ext cx="1747244" cy="431437"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{049DB4CA-B31F-44A1-B520-513B02D546AF}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5405527">
+          <a:off x="732949" y="1844723"/>
+          <a:ext cx="364093" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{AF4DEDC6-6E8B-426F-9687-D130D99CA1E4}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="657" y="2106395"/>
+          <a:ext cx="1825979" cy="1235108"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="15240" tIns="15240" rIns="15240" bIns="15240" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" kern="1200"/>
+            <a:t>Blodstatus, Na, K, Krea.</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" kern="1200"/>
+            <a:t>&gt;65år: EKG</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="36832" y="2142570"/>
+        <a:ext cx="1753629" cy="1162758"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{1299C211-6790-4808-ABF8-F599A765F44D}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2120540" y="49597"/>
+          <a:ext cx="1820009" cy="455002"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="00B050"/>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="17780" tIns="17780" rIns="17780" bIns="17780" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1400" kern="1200"/>
+            <a:t>Mellan (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1400" i="1" kern="1200"/>
+            <a:t>tonsillotomi</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1400" kern="1200"/>
+            <a:t>)</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2133867" y="62924"/>
+        <a:ext cx="1793355" cy="428348"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{B346304D-B67C-47E2-8D6B-F113E718F737}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5461406">
+          <a:off x="2972397" y="569207"/>
+          <a:ext cx="104436" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{951A9463-BE4F-4AFF-9EE5-E6FB809E9ECB}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2160799" y="713439"/>
+          <a:ext cx="1719800" cy="229657"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="CFF0B8">
+            <a:alpha val="90000"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1000" kern="1200"/>
+            <a:t>0</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2167525" y="720165"/>
+        <a:ext cx="1706348" cy="216205"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{2BECC4F5-C180-4043-857D-7FB198F65F41}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5355301">
+          <a:off x="2993301" y="972888"/>
+          <a:ext cx="59592" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{4B28275C-F4C7-4DB5-9479-5DDBB7F3C847}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2131251" y="1082303"/>
+          <a:ext cx="1798588" cy="1006369"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="13970" tIns="13970" rIns="13970" bIns="13970" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100" kern="1200"/>
+            <a:t>0 normalt.</a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="sv-SE" sz="1100" kern="1200"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100" kern="1200"/>
+            <a:t>Vid diabetes, njursjukdom eller hjärtkärlsjuklighet (inkl. hypertoni):</a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="sv-SE" sz="1100" kern="1200"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100" kern="1200"/>
+            <a:t>Blodstatus, Na, K, Krea. EKG.</a:t>
+          </a:r>
+          <a:endParaRPr lang="sv-SE" sz="1200" kern="1200"/>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2160727" y="1111779"/>
+        <a:ext cx="1739636" cy="947417"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{C316DE8E-039E-4DA3-A76E-4CDBF4538EB5}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5428304">
+          <a:off x="2916429" y="2197418"/>
+          <a:ext cx="217500" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{C198BAE2-2F5C-4B0D-BD3B-B36072623E8D}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="2083512" y="2385789"/>
+          <a:ext cx="1874373" cy="791181"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="13970" tIns="13970" rIns="13970" bIns="13970" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100" b="0" kern="1200"/>
+            <a:t>Blodstatus, Na, K, Krea, PK. &gt;65år: EKG</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1100" b="0" kern="1200"/>
+            <a:t>Överväg narkosläkarbedömning.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="2106685" y="2408962"/>
+        <a:ext cx="1828027" cy="744835"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{F2580199-1A91-44AF-B345-E23ECC78121C}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="4228685" y="49597"/>
+          <a:ext cx="1820009" cy="455002"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="00B050"/>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="17780" tIns="17780" rIns="17780" bIns="17780" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="622300">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1400" kern="1200"/>
+            <a:t>Stor (</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1400" i="1" kern="1200"/>
+            <a:t>höftprotes, tarmresektion)</a:t>
+          </a:r>
+          <a:endParaRPr lang="sv-SE" sz="1400" kern="1200"/>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="4242012" y="62924"/>
+        <a:ext cx="1793355" cy="428348"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{60E11DC4-A799-48F0-B1E9-00B050B5E029}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5514156">
+          <a:off x="5075519" y="569032"/>
+          <a:ext cx="104302" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{44DFEEDF-1F9C-414F-B6C3-4051AD57C36A}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="4192995" y="713089"/>
+          <a:ext cx="1852005" cy="313637"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="CFF0B8">
+            <a:alpha val="90000"/>
+          </a:srgbClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="12700" rIns="12700" bIns="12700" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="444500">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1000" kern="1200"/>
+            <a:t>Blodstatus, Na, K, Krea. &gt;65år: EKG</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="4202181" y="722275"/>
+        <a:ext cx="1833633" cy="295265"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{34D7E6DD-04A4-4AEB-B798-2308F37F4FB2}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5291259">
+          <a:off x="5091397" y="1061615"/>
+          <a:ext cx="69852" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{1D8E38C8-C4BE-4231-B4E9-440DE4E986B2}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="4244965" y="1176129"/>
+          <a:ext cx="1787449" cy="632257"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent3">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="15240" tIns="15240" rIns="15240" bIns="15240" numCol="1" spcCol="1270" anchor="t" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="266700">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:endParaRPr lang="sv-SE" sz="600" kern="1200"/>
+        </a:p>
+        <a:p>
+          <a:pPr marL="114300" lvl="1" indent="-114300" algn="ctr" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="15000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" kern="1200"/>
+            <a:t>Blodstatus, Na, K, Krea. EKG</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="4263483" y="1194647"/>
+        <a:ext cx="1750413" cy="595221"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+    <dsp:sp modelId="{69F143C2-8674-4B1E-B2C6-862976548603}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm rot="5400000">
+          <a:off x="4926365" y="2020713"/>
+          <a:ext cx="424650" cy="79625"/>
+        </a:xfrm>
+        <a:prstGeom prst="rightArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 66700"/>
+            <a:gd name="adj2" fmla="val 50000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent1">
+            <a:tint val="60000"/>
+            <a:hueOff val="0"/>
+            <a:satOff val="0"/>
+            <a:lumOff val="0"/>
+            <a:alphaOff val="0"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </dsp:style>
+    </dsp:sp>
+    <dsp:sp modelId="{3539A5BE-684D-4557-B039-26B94D9E4042}">
+      <dsp:nvSpPr>
+        <dsp:cNvPr id="0" name=""/>
+        <dsp:cNvSpPr/>
+      </dsp:nvSpPr>
+      <dsp:spPr>
+        <a:xfrm>
+          <a:off x="4233772" y="2312663"/>
+          <a:ext cx="1809835" cy="1278261"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 10000"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="accent5">
+            <a:lumMod val="40000"/>
+            <a:lumOff val="60000"/>
+            <a:alpha val="90000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:alpha val="90000"/>
+              <a:tint val="40000"/>
+              <a:hueOff val="0"/>
+              <a:satOff val="0"/>
+              <a:lumOff val="0"/>
+              <a:alphaOff val="0"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:effectLst/>
+      </dsp:spPr>
+      <dsp:style>
+        <a:lnRef idx="2">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="1">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor"/>
+      </dsp:style>
+      <dsp:txBody>
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="15240" tIns="15240" rIns="15240" bIns="15240" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" kern="1200"/>
+            <a:t>Blodstatus, Na, K, Krea, PK. EKG</a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
+            <a:lnSpc>
+              <a:spcPct val="90000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPct val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPct val="35000"/>
+            </a:spcAft>
+            <a:buNone/>
+          </a:pPr>
+          <a:r>
+            <a:rPr lang="sv-SE" sz="1200" kern="1200"/>
+            <a:t>Narkosläkarbedömning.</a:t>
+          </a:r>
+        </a:p>
+      </dsp:txBody>
+      <dsp:txXfrm>
+        <a:off x="4271211" y="2350102"/>
+        <a:ext cx="1734957" cy="1203383"/>
+      </dsp:txXfrm>
+    </dsp:sp>
+  </dsp:spTree>
+</dsp:drawing>
+</file>
+
+<file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/vList6">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="22000"/>
+    <dgm:cat type="list" pri="17000"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="11">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="12">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="21">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="22">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="13" srcId="1" destId="11" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="14" srcId="1" destId="12" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="23" srcId="2" destId="21" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="24" srcId="2" destId="22" srcOrd="0" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="4"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles/>
+    </dgm:varLst>
+    <dgm:alg type="lin">
+      <dgm:param type="linDir" val="fromT"/>
+    </dgm:alg>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:constrLst>
+      <dgm:constr type="w" for="ch" forName="linNode" refType="w"/>
+      <dgm:constr type="h" for="ch" forName="linNode" refType="h"/>
+      <dgm:constr type="h" for="ch" forName="spacing" refType="h" refFor="ch" refForName="linNode" fact="0.1"/>
+      <dgm:constr type="primFontSz" for="des" forName="parentShp" op="equ" val="65"/>
+      <dgm:constr type="primFontSz" for="des" forName="childShp" op="equ" val="65"/>
+    </dgm:constrLst>
+    <dgm:ruleLst/>
+    <dgm:forEach name="Name1" axis="ch" ptType="node">
+      <dgm:layoutNode name="linNode">
+        <dgm:choose name="Name2">
+          <dgm:if name="Name3" func="var" arg="dir" op="equ" val="norm">
+            <dgm:alg type="lin">
+              <dgm:param type="linDir" val="fromL"/>
+            </dgm:alg>
+          </dgm:if>
+          <dgm:else name="Name4">
+            <dgm:alg type="lin">
+              <dgm:param type="linDir" val="fromR"/>
+            </dgm:alg>
+          </dgm:else>
+        </dgm:choose>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:choose name="Name5">
+          <dgm:if name="Name6" func="var" arg="dir" op="equ" val="norm">
+            <dgm:constrLst>
+              <dgm:constr type="w" for="ch" forName="parentShp" refType="w" fact="0.4"/>
+              <dgm:constr type="h" for="ch" forName="parentShp" refType="h"/>
+              <dgm:constr type="w" for="ch" forName="childShp" refType="w" fact="0.6"/>
+              <dgm:constr type="h" for="ch" forName="childShp" refType="h" refFor="ch" refForName="parentShp"/>
+            </dgm:constrLst>
+          </dgm:if>
+          <dgm:else name="Name7">
+            <dgm:constrLst>
+              <dgm:constr type="w" for="ch" forName="parentShp" refType="w" fact="0.4"/>
+              <dgm:constr type="h" for="ch" forName="parentShp" refType="h"/>
+              <dgm:constr type="w" for="ch" forName="childShp" refType="w" fact="0.6"/>
+              <dgm:constr type="h" for="ch" forName="childShp" refType="h" refFor="ch" refForName="parentShp"/>
+            </dgm:constrLst>
+          </dgm:else>
+        </dgm:choose>
+        <dgm:ruleLst/>
+        <dgm:layoutNode name="parentShp" styleLbl="node1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf axis="self" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.15"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.15"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.3"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.3"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:layoutNode name="childShp" styleLbl="bgAccFollowNode1">
+          <dgm:varLst>
+            <dgm:bulletEnabled val="1"/>
+          </dgm:varLst>
+          <dgm:alg type="tx">
+            <dgm:param type="stBulletLvl" val="1"/>
+          </dgm:alg>
+          <dgm:choose name="Name8">
+            <dgm:if name="Name9" func="var" arg="dir" op="equ" val="norm">
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="rightArrow" r:blip="" zOrderOff="-2">
+                <dgm:adjLst>
+                  <dgm:adj idx="1" val="0.75"/>
+                </dgm:adjLst>
+              </dgm:shape>
+            </dgm:if>
+            <dgm:else name="Name10">
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" rot="180" type="rightArrow" r:blip="" zOrderOff="-2">
+                <dgm:adjLst>
+                  <dgm:adj idx="1" val="0.75"/>
+                </dgm:adjLst>
+              </dgm:shape>
+            </dgm:else>
+          </dgm:choose>
+          <dgm:presOf axis="des" ptType="node"/>
+          <dgm:constrLst>
+            <dgm:constr type="secFontSz" refType="primFontSz"/>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.05"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.05"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.05"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.05"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+      </dgm:layoutNode>
+      <dgm:forEach name="Name11" axis="followSib" ptType="sibTrans" cnt="1">
+        <dgm:layoutNode name="spacing">
+          <dgm:alg type="sp"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+            <dgm:adjLst/>
+          </dgm:shape>
+          <dgm:presOf/>
+          <dgm:constrLst/>
+          <dgm:ruleLst/>
+        </dgm:layoutNode>
+      </dgm:forEach>
+    </dgm:forEach>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=word/diagrams/layout2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/lProcess1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="process" pri="15000"/>
+  </dgm:catLst>
+  <dgm:sampData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="2">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="21">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="22">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="3">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+        <dgm:pt modelId="31">
+          <dgm:prSet phldr="1"/>
+        </dgm:pt>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="4" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="0" destId="2" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="1" destId="3" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="23" srcId="2" destId="21" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="24" srcId="2" destId="22" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="33" srcId="1" destId="31" srcOrd="0" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:sampData>
+  <dgm:styleData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="11"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="22"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="3" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="4" srcId="0" destId="2" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="5" srcId="1" destId="11" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="2" destId="22" srcOrd="0" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:styleData>
+  <dgm:clrData>
+    <dgm:dataModel>
+      <dgm:ptLst>
+        <dgm:pt modelId="0" type="doc"/>
+        <dgm:pt modelId="1"/>
+        <dgm:pt modelId="11"/>
+        <dgm:pt modelId="2"/>
+        <dgm:pt modelId="21"/>
+        <dgm:pt modelId="3"/>
+        <dgm:pt modelId="31"/>
+        <dgm:pt modelId="4"/>
+        <dgm:pt modelId="41"/>
+      </dgm:ptLst>
+      <dgm:cxnLst>
+        <dgm:cxn modelId="5" srcId="0" destId="1" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="6" srcId="0" destId="2" srcOrd="1" destOrd="0"/>
+        <dgm:cxn modelId="7" srcId="0" destId="3" srcOrd="2" destOrd="0"/>
+        <dgm:cxn modelId="8" srcId="0" destId="4" srcOrd="3" destOrd="0"/>
+        <dgm:cxn modelId="51" srcId="1" destId="11" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="61" srcId="2" destId="21" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="71" srcId="3" destId="31" srcOrd="0" destOrd="0"/>
+        <dgm:cxn modelId="81" srcId="4" destId="41" srcOrd="0" destOrd="0"/>
+      </dgm:cxnLst>
+      <dgm:bg/>
+      <dgm:whole/>
+    </dgm:dataModel>
+  </dgm:clrData>
+  <dgm:layoutNode name="Name0">
+    <dgm:varLst>
+      <dgm:dir/>
+      <dgm:animLvl val="lvl"/>
+      <dgm:resizeHandles val="exact"/>
+    </dgm:varLst>
+    <dgm:choose name="Name1">
+      <dgm:if name="Name2" func="var" arg="dir" op="equ" val="norm">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromL"/>
+          <dgm:param type="vertAlign" val="mid"/>
+          <dgm:param type="nodeHorzAlign" val="l"/>
+          <dgm:param type="nodeVertAlign" val="t"/>
+          <dgm:param type="fallback" val="2D"/>
+        </dgm:alg>
+      </dgm:if>
+      <dgm:else name="Name3">
+        <dgm:alg type="lin">
+          <dgm:param type="linDir" val="fromR"/>
+          <dgm:param type="vertAlign" val="mid"/>
+          <dgm:param type="nodeHorzAlign" val="r"/>
+          <dgm:param type="nodeVertAlign" val="t"/>
+          <dgm:param type="fallback" val="2D"/>
+        </dgm:alg>
+      </dgm:else>
+    </dgm:choose>
+    <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+      <dgm:adjLst/>
+    </dgm:shape>
+    <dgm:presOf/>
+    <dgm:constrLst>
+      <dgm:constr type="h" for="des" forName="header" refType="h"/>
+      <dgm:constr type="w" for="des" forName="header" refType="h" refFor="des" refForName="header" op="equ" fact="4"/>
+      <dgm:constr type="h" for="des" forName="child" refType="h" refFor="des" refForName="header" op="equ"/>
+      <dgm:constr type="w" for="des" forName="child" refType="w" refFor="des" refForName="header" op="equ"/>
+      <dgm:constr type="w" for="ch" forName="hSp" refType="w" refFor="des" refForName="header" op="equ" fact="0.14"/>
+      <dgm:constr type="h" for="des" forName="parTrans" refType="h" refFor="des" refForName="header" op="equ" fact="0.35"/>
+      <dgm:constr type="h" for="des" forName="sibTrans" refType="h" refFor="des" refForName="parTrans" op="equ"/>
+      <dgm:constr type="primFontSz" for="des" forName="child" op="equ" val="65"/>
+      <dgm:constr type="primFontSz" for="des" forName="header" op="equ" val="65"/>
+    </dgm:constrLst>
+    <dgm:ruleLst/>
+    <dgm:forEach name="Name4" axis="ch" ptType="node">
+      <dgm:layoutNode name="vertFlow">
+        <dgm:choose name="Name5">
+          <dgm:if name="Name6" func="var" arg="dir" op="equ" val="norm">
+            <dgm:alg type="lin">
+              <dgm:param type="linDir" val="fromT"/>
+              <dgm:param type="nodeHorzAlign" val="ctr"/>
+              <dgm:param type="nodeVertAlign" val="t"/>
+              <dgm:param type="fallback" val="2D"/>
+            </dgm:alg>
+          </dgm:if>
+          <dgm:else name="Name7">
+            <dgm:alg type="lin">
+              <dgm:param type="linDir" val="fromT"/>
+              <dgm:param type="nodeHorzAlign" val="ctr"/>
+              <dgm:param type="nodeVertAlign" val="t"/>
+              <dgm:param type="fallback" val="2D"/>
+            </dgm:alg>
+          </dgm:else>
+        </dgm:choose>
+        <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+          <dgm:adjLst/>
+        </dgm:shape>
+        <dgm:presOf/>
+        <dgm:constrLst/>
+        <dgm:ruleLst/>
+        <dgm:layoutNode name="header" styleLbl="node1">
+          <dgm:alg type="tx"/>
+          <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+            <dgm:adjLst>
+              <dgm:adj idx="1" val="0.1"/>
+            </dgm:adjLst>
+          </dgm:shape>
+          <dgm:presOf axis="self"/>
+          <dgm:constrLst>
+            <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+            <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+            <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+            <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+          </dgm:constrLst>
+          <dgm:ruleLst>
+            <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+          </dgm:ruleLst>
+        </dgm:layoutNode>
+        <dgm:forEach name="Name8" axis="ch" ptType="parTrans" cnt="1">
+          <dgm:layoutNode name="parTrans" styleLbl="sibTrans2D1">
+            <dgm:alg type="conn">
+              <dgm:param type="begPts" val="auto"/>
+              <dgm:param type="endPts" val="auto"/>
+            </dgm:alg>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf axis="self"/>
+            <dgm:constrLst>
+              <dgm:constr type="w" refType="h"/>
+              <dgm:constr type="connDist"/>
+              <dgm:constr type="wArH" refType="h" fact="0.25"/>
+              <dgm:constr type="hArH" refType="wArH" fact="2"/>
+              <dgm:constr type="stemThick" refType="hArH" fact="0.667"/>
+              <dgm:constr type="begPad" refType="connDist" fact="0.25"/>
+              <dgm:constr type="endPad" refType="connDist" fact="0.25"/>
+            </dgm:constrLst>
+            <dgm:ruleLst/>
+          </dgm:layoutNode>
+        </dgm:forEach>
+        <dgm:forEach name="Name9" axis="ch" ptType="node">
+          <dgm:layoutNode name="child" styleLbl="alignAccFollowNode1">
+            <dgm:varLst>
+              <dgm:chMax val="0"/>
+              <dgm:bulletEnabled val="1"/>
+            </dgm:varLst>
+            <dgm:alg type="tx"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="roundRect" r:blip="">
+              <dgm:adjLst>
+                <dgm:adj idx="1" val="0.1"/>
+              </dgm:adjLst>
+            </dgm:shape>
+            <dgm:presOf axis="desOrSelf" ptType="node"/>
+            <dgm:constrLst>
+              <dgm:constr type="tMarg" refType="primFontSz" fact="0.1"/>
+              <dgm:constr type="bMarg" refType="primFontSz" fact="0.1"/>
+              <dgm:constr type="lMarg" refType="primFontSz" fact="0.1"/>
+              <dgm:constr type="rMarg" refType="primFontSz" fact="0.1"/>
+            </dgm:constrLst>
+            <dgm:ruleLst>
+              <dgm:rule type="primFontSz" val="5" fact="NaN" max="NaN"/>
+            </dgm:ruleLst>
+          </dgm:layoutNode>
+          <dgm:forEach name="Name10" axis="followSib" ptType="sibTrans" cnt="1">
+            <dgm:layoutNode name="sibTrans" styleLbl="sibTrans2D1">
+              <dgm:alg type="conn">
+                <dgm:param type="begPts" val="auto"/>
+                <dgm:param type="endPts" val="auto"/>
+              </dgm:alg>
+              <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" type="conn" r:blip="">
+                <dgm:adjLst/>
+              </dgm:shape>
+              <dgm:presOf axis="self"/>
+              <dgm:constrLst>
+                <dgm:constr type="w" refType="h"/>
+                <dgm:constr type="connDist"/>
+                <dgm:constr type="wArH" refType="h" fact="0.25"/>
+                <dgm:constr type="hArH" refType="wArH" fact="2"/>
+                <dgm:constr type="stemThick" refType="hArH" fact="0.667"/>
+                <dgm:constr type="begPad" refType="w" fact="0.25"/>
+                <dgm:constr type="endPad" refType="w" fact="0.25"/>
+              </dgm:constrLst>
+              <dgm:ruleLst/>
+            </dgm:layoutNode>
+          </dgm:forEach>
+        </dgm:forEach>
+      </dgm:layoutNode>
+      <dgm:choose name="Name11">
+        <dgm:if name="Name12" axis="self" ptType="node" func="revPos" op="gte" val="2">
+          <dgm:layoutNode name="hSp">
+            <dgm:alg type="sp"/>
+            <dgm:shape xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:blip="">
+              <dgm:adjLst/>
+            </dgm:shape>
+            <dgm:presOf/>
+            <dgm:constrLst/>
+            <dgm:ruleLst/>
+          </dgm:layoutNode>
+        </dgm:if>
+        <dgm:else name="Name13"/>
+      </dgm:choose>
+    </dgm:forEach>
+  </dgm:layoutNode>
+</dgm:layoutDef>
+</file>
+
+<file path=word/diagrams/quickStyle1.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
+</file>
+
+<file path=word/diagrams/quickStyle2.xml><?xml version="1.0" encoding="utf-8"?>
+<dgm:styleDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1">
+  <dgm:title val=""/>
+  <dgm:desc val=""/>
+  <dgm:catLst>
+    <dgm:cat type="simple" pri="10100"/>
+  </dgm:catLst>
+  <dgm:scene3d>
+    <a:camera prst="orthographicFront"/>
+    <a:lightRig rig="threePt" dir="t"/>
+  </dgm:scene3d>
+  <dgm:styleLbl name="node0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="lnNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="vennNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="tx1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="node4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgImgPlace1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgSibTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="sibTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="callout">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="asst4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans2D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor">
+        <a:schemeClr val="lt1"/>
+      </a:fontRef>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="parChTrans1D4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="conFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidFgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidAlignAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="solidBgAcc1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="alignAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgAccFollowNode1">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc0">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc2">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc3">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgAcc4">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="bgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="dkBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="trBgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="fgShp">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="2">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="1">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+  <dgm:styleLbl name="revTx">
+    <dgm:scene3d>
+      <a:camera prst="orthographicFront"/>
+      <a:lightRig rig="threePt" dir="t"/>
+    </dgm:scene3d>
+    <dgm:sp3d/>
+    <dgm:txPr/>
+    <dgm:style>
+      <a:lnRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:lnRef>
+      <a:fillRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:fillRef>
+      <a:effectRef idx="0">
+        <a:scrgbClr r="0" g="0" b="0"/>
+      </a:effectRef>
+      <a:fontRef idx="minor"/>
+    </dgm:style>
+  </dgm:styleLbl>
+</dgm:styleDef>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -44338,71 +34338,56 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>normal</Template>
   <TotalTime></TotalTime>
-  <Pages>30</Pages>
-[...1 lines deleted...]
-  <Characters>48962</Characters>
+  <Pages>26</Pages>
+  <Words>4116</Words>
+  <Characters>30325</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>408</Lines>
-  <Paragraphs>116</Paragraphs>
+  <Lines>864</Lines>
+  <Paragraphs>450</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>58083</CharactersWithSpaces>
+  <CharactersWithSpaces>34192</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Preoperativa förberedelser för operationsavdelningarna vid Södra Älvsborgs Sjukhus</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
-  <revision>1</revision>
+  <revision>8</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>