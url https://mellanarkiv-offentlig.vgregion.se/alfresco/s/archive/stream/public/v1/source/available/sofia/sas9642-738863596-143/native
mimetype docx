--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -1,2383 +1,1168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6347D98C" w14:textId="66138F78" w:rsidR="005D373F" w:rsidRPr="005D373F" w:rsidRDefault="497D850B" w:rsidP="00DE5B45">
+    <w:p w14:paraId="061914D4" w14:textId="5ACD6512" w:rsidR="00184167" w:rsidRDefault="00706A92" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Personlyft - Övergripande riktlinjer för användande</w:t>
+      </w:r>
+      <w:r w:rsidR="00A264BE" w:rsidRPr="005A627D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
-      <w:r w:rsidRPr="6FCC6717">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5671A880" w14:textId="77777777" w:rsidR="005D373F" w:rsidRPr="005D373F" w:rsidRDefault="497D850B" w:rsidP="00DE5B45">
+    <w:p w14:paraId="78CF957D" w14:textId="6ED0D450" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00706A92">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t>Sammanfattning</w:t>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="4EA6C4B6" w14:textId="6A383A4E" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="004F6BA1" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00837D01">
+        <w:t xml:space="preserve">Lite språkliga </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72544">
+        <w:t xml:space="preserve">och grammatiska </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00837D01">
+        <w:t xml:space="preserve">ändringar </w:t>
+      </w:r>
+      <w:r w:rsidR="0006314D" w:rsidRPr="00837D01">
+        <w:t xml:space="preserve">i texten. Tillägg att man </w:t>
+      </w:r>
+      <w:r w:rsidR="003F5445">
+        <w:t>bör</w:t>
+      </w:r>
+      <w:r w:rsidR="0006314D" w:rsidRPr="00837D01">
+        <w:t xml:space="preserve"> vara två </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4CF5" w:rsidRPr="00837D01">
+        <w:t xml:space="preserve">vårdpersonal </w:t>
+      </w:r>
+      <w:r w:rsidR="0006314D" w:rsidRPr="00837D01">
+        <w:t>vid användandet</w:t>
+      </w:r>
+      <w:r w:rsidR="00B058E1" w:rsidRPr="00837D01">
+        <w:t xml:space="preserve"> samt uppdatering av </w:t>
+      </w:r>
+      <w:r w:rsidR="00837D01" w:rsidRPr="00837D01">
+        <w:t>källförteckning.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4CF5" w:rsidRPr="00837D01">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc181866757"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc72840807"/>
+      <w:r>
+        <w:t>Sammanfattning</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="5"/>
-[...12 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="615A0BC4" w14:textId="77777777" w:rsidR="005D373F" w:rsidRDefault="497D850B" w:rsidP="00DE5B45">
-[...1 lines deleted...]
-        <w:t>Personlyft och lyftsele är medicintekniska produkter och omfattas av de lagar och förordningar som gäller för dessa produkter. I riktlinjen beskrivs, dels verksamhetschefens, dels avdelningspersonalens ansvar för upprätthållande av kompetens och att genomförandet sker på ett, för patienter, tryggt och säkert sätt. Riktlinjen beskriver ansvarsfördelning och användande av personlyft och sele för att säkerställa patientsäkerheten.</w:t>
+    <w:p w14:paraId="305361E2" w14:textId="1340CC4C" w:rsidR="009A32ED" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">Personlyft och lyftsele är medicintekniska produkter och omfattas av de lagar och förordningar som gäller för dessa produkter. I riktlinjen beskrivs, dels verksamhetschefens, dels </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3938" w:rsidRPr="00D1771C">
+        <w:t>vård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF7AB8">
+        <w:t>personalens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> ansvar för upprätthållande av kompetens och att genomförandet sker på ett, för patienter, tryggt och säkert sätt. Riktlinjen beskriver ansvarsfördelning och användande av personlyft och sele för att säkerställa patientsäkerheten. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54580865" w14:textId="3F38191B" w:rsidR="00DE5B45" w:rsidRPr="005D373F" w:rsidRDefault="00DE5B45" w:rsidP="00DE5B45">
+    <w:p w14:paraId="7AED7F8B" w14:textId="03FF9703" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc153532117"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Bilaga </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5682532A" w14:textId="780664FE" w:rsidR="005D373F" w:rsidRPr="005D373F" w:rsidRDefault="0063248B" w:rsidP="00D84F47">
-[...1043 lines deleted...]
-        <w:r w:rsidR="497D850B" w:rsidRPr="00EE1A27">
+    <w:p w14:paraId="1FC6584C" w14:textId="1C28BC2D" w:rsidR="00B405A1" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00706A92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Blankett, Personlyft - Ko</w:t>
+          <w:t>Blankett, Personlyft - Kompetensbevis för användning</w:t>
         </w:r>
-        <w:r w:rsidR="497D850B" w:rsidRPr="00EE1A27">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00706A92">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B03EF5" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc100327186"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc181866759"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:t>Bakgrund och syfte</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39D64711" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Syfte med denna riktlinje är att överflyttningar/förflyttningar, som sker för patienter med personlyft, blir säkra och trygga. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7138F4" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">Personlyft och lyftsele är medicintekniska produkter och omfattas av de lagar och förordningar som gäller för dessa produkter, se även </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00706A92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>m</w:t>
+          <w:t>Vårdhandboken, avsnitt Medicintekniska produkter</w:t>
         </w:r>
-        <w:r w:rsidR="497D850B" w:rsidRPr="00EE1A27">
+      </w:hyperlink>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B2A54A" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc100327187"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc181866760"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Förutsättningar</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="473B0EE2" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Ansvarsfördelning  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB6D176" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Verksamhetschefens ansvar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638E8224" w14:textId="374F5095" w:rsidR="00706A92" w:rsidRPr="00B91C92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Det är verksamhetschefens ansvar att </w:t>
+      </w:r>
+      <w:r w:rsidR="00B91C92" w:rsidRPr="00973BF0">
+        <w:t>tillse att:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D239CF5" w14:textId="6BBF924C" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>personal har tillräcklig kompetens och utbildning samt har de resurser som behövs för att utföra arbetet på ett säkert sätt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4942D7" w14:textId="2F5C6725" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="37"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>rutiner kring användande av personlyft och lyftsele är kända på enheten. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3795F1DF" w14:textId="362796D8" w:rsidR="00706A92" w:rsidRDefault="00A8217B" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00973BF0">
+        <w:t>Vård</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>personal</w:t>
+      </w:r>
+      <w:r w:rsidR="00624BB2" w:rsidRPr="00973BF0">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>s ansvar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789D7D58" w14:textId="76FB708E" w:rsidR="008E2A9D" w:rsidRPr="00973BF0" w:rsidRDefault="008E2A9D" w:rsidP="008E2A9D">
+      <w:r w:rsidRPr="00973BF0">
+        <w:t>Det är varje medarbetares ansvar att:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6CC198" w14:textId="6A3444A8" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00A72544" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>a kunskap om och följa övergripande rutiner </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4BA5ED" w14:textId="55A66613" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00A72544" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>a kompetens för att på ett säkert sätt kunna använda personlyft och lyftsele </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A2980C3" w14:textId="78B8799F" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00A72544" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>tföra funktionskontroll enligt bruksanvisning </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053DA8DD" w14:textId="2EFC89E5" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00A72544" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>änna till de risker med personlyft och lyftsele som kan inträffa samt hur dessa kan förebyggas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2983C89B" w14:textId="001748C6" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00A919AD" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>a kunskap om vilka åtgärder som behöver vidtas för att begränsa en vårdskadas omfattning när en negativ händelse riskerar att inträffa eller har inträffat  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB39D21" w14:textId="7FC1617D" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="004723E0" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>skriva avvikelse när</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> en negativ händelse riskera</w:t>
+      </w:r>
+      <w:r w:rsidR="003F67F4">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> att inträffa eller har inträffat </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="689FC504" w14:textId="6501B398" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">Det finns </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00706A92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>petensbevis för användning</w:t>
+          <w:t>en bl</w:t>
         </w:r>
-      </w:hyperlink>
-[...50 lines deleted...]
-        <w:r w:rsidRPr="00DF655F">
+        <w:r w:rsidRPr="00706A92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
-        <w:r w:rsidRPr="00DF655F">
+        <w:r w:rsidRPr="00706A92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>vsnitt Medicintekniska produkter</w:t>
+          <w:t>nkett</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> som kan användas för att säkerställa att </w:t>
+      </w:r>
+      <w:r w:rsidR="003F67F4">
+        <w:t>vård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">personal som använder personlyft har rätt kompetens och vilket ansvar </w:t>
+      </w:r>
+      <w:r w:rsidR="008829A7">
+        <w:t>vård</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>personal har. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik2"/>
+        <w:ind w:right="-143"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc181866761"/>
+      <w:r w:rsidRPr="00065A6B">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Utförande</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="44CEEB86" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Vid användning av personlyft och lyftsele vid överflyttning av patient, finns det risk för allvarlig skada eller tillbud. Fel handhavande vid användning av personlyft och lyftsele är den vanligaste orsaken till att skada eller risk för skada uppstår. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512E4A4C" w14:textId="6C775EAC" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">För att användandet av personlyft och lyftsele ska vara säkert för patient, ska all personal som använder personlyft och lyftsele vid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">överflyttning av patient, ha tillräcklig kompetens och förutsättning för att utföra arbetet. </w:t>
+      </w:r>
+      <w:r w:rsidR="005F65E1">
+        <w:t xml:space="preserve">Vårdpersonal ska ha </w:t>
+      </w:r>
+      <w:r w:rsidR="00973BF0">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>tbildning i placering av lyftsele</w:t>
+      </w:r>
+      <w:r w:rsidR="00973BF0">
+        <w:t xml:space="preserve"> och</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> känna till risker och förebyggande av risker. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF624E">
+        <w:t xml:space="preserve">Man bör alltid vara två vårdpersonal </w:t>
+      </w:r>
+      <w:r w:rsidR="00003A58">
+        <w:t xml:space="preserve">vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00C320C6">
+        <w:t xml:space="preserve">användande av personlyft och lyftsele vid </w:t>
+      </w:r>
+      <w:r w:rsidR="00590D47">
+        <w:t>överflyttning/förflyttning av patient</w:t>
+      </w:r>
+      <w:r w:rsidR="00C320C6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E51E8C" w14:textId="73BDA3A9" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">Om patient har använt lyft och sele vid överflyttningar före ankomst till sjukhuset, och har en sele personligt utprovad, bör denna sele tas med till sjukhuset tillsammans med </w:t>
+      </w:r>
+      <w:r w:rsidR="009B2051" w:rsidRPr="00973BF0">
+        <w:t>tillhörande</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2051">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">skriftlig instruktion. Instruktionen bör innehålla beskrivning av hur lyftselen ska placeras </w:t>
+      </w:r>
+      <w:r w:rsidR="00071974">
+        <w:t>och hanteras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> för att </w:t>
+      </w:r>
+      <w:r w:rsidR="001F32E8">
+        <w:t>skapa en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> så säker överflyttning som möjligt för patient. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD1D201" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Bruksanvisning för personlyft och lyftsele </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D822C86" w14:textId="3DF12565" w:rsidR="009A32ED" w:rsidRPr="005218AA" w:rsidRDefault="001F32E8" w:rsidP="00706A92">
       <w:r>
-        <w:t>.</w:t>
+        <w:t>Vårdp</w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>ersonal ska vara väl förtrogen med innehåll samt följa anvisningarna i aktuell bruksanvisning, som ska finnas lätt tillgänglig. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31910E2C" w14:textId="77777777" w:rsidR="005D373F" w:rsidRPr="005D373F" w:rsidRDefault="497D850B" w:rsidP="00EE1A27">
+    <w:p w14:paraId="55F2C9B3" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Rubrik3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Uppföljning</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E2D3BC" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Avvikelser </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E1A545" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Skriv avvikelse om negativ händelse, tillbud eller risk för dessa har inträffat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
-      </w:pPr>
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="43"/>
+        <w:ind w:right="-143"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc181866764"/>
+      <w:r w:rsidRPr="000D04ED">
+        <w:t>Källförteckning</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="24D9722C" w14:textId="77777777" w:rsidR="005D373F" w:rsidRPr="005D373F" w:rsidRDefault="497D850B" w:rsidP="00DF655F">
-[...175 lines deleted...]
-        <w:t xml:space="preserve">Det finns </w:t>
+    <w:p w14:paraId="4817EDE1" w14:textId="763A77BA" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">SFS 2010:659, patientsäkerhetslag. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="00D16093">
+        <w:r w:rsidR="00F229D8" w:rsidRPr="00F229D8">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>en blankett</w:t>
+          <w:t>Patientsäkerhetslagen - Patientsäkerhet</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-        <w:t xml:space="preserve"> som kan användas för att säkerställa att personalen, som använder personlyft, har rätt kompetens och vilket ansvar personalen har.</w:t>
+      <w:r w:rsidR="00F229D8" w:rsidRPr="00F229D8">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C63560B" w14:textId="77777777" w:rsidR="005D373F" w:rsidRPr="00E55DD5" w:rsidRDefault="497D850B" w:rsidP="00E55DD5">
-[...365 lines deleted...]
-        <w:r w:rsidR="6652ECE0" w:rsidRPr="6FCC6717">
+    <w:p w14:paraId="590DAD6C" w14:textId="488DA086" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">SFS 2017:30, hälso- och sjukvårdslag. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="009F1903" w:rsidRPr="009F1903">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Lag (1993:584) om medicintekniska produkter | Sveriges riksdag (riksdagen.se)</w:t>
+          <w:t>Hälso- och sjukvårdslagen - Patientsäkerhet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0FD0E623" w14:textId="4AC3CEAB" w:rsidR="005D373F" w:rsidRPr="005D373F" w:rsidRDefault="497D850B" w:rsidP="0063248B">
-[...12 lines deleted...]
-        <w:r w:rsidR="595D192A" w:rsidRPr="6FCC6717">
+    <w:p w14:paraId="7CC2FC85" w14:textId="7C72FFB0" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">SFS </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1960">
+        <w:t>2021:600</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve">, lag </w:t>
+      </w:r>
+      <w:r w:rsidR="00C50D60">
+        <w:t>med kompletterande</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1B62">
+        <w:t xml:space="preserve"> bestämmelser till EU:s förordningar om medicintekniska produkter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> medicintekniska produkter</w:t>
+      </w:r>
+      <w:r w:rsidR="006A4C2B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="006A4C2B" w:rsidRPr="006A4C2B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Socialstyrelsens föreskrifter om användning av medicintekniska produkter i hälso- och sjukvården - Socialstyrelsen</w:t>
+          <w:t>Lag (2021:600) med kompletterande bestämmelser till EU:s förordningar om medicintekniska produkter | Sveriges riksdag</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00706A92">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5C198CB4" w14:textId="77777777" w:rsidR="005D373F" w:rsidRPr="005D373F" w:rsidRDefault="497D850B" w:rsidP="0063248B">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="5F5E76EC" w14:textId="03204FC1" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00B23ADB" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Vårdhandboken.se, avsnitt medicintekniska produkter</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D373F">
+        <w:t>HSLF</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32128">
+        <w:t>-FS 2021:52</w:t>
+      </w:r>
+      <w:r w:rsidR="00D36DDA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t>Socialstyrelsens föreskrifter om användning av medicintekniska produkter i hälso- och sjukvården </w:t>
+      </w:r>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId17">
-        <w:r w:rsidRPr="004B3B96">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00D36DDA" w:rsidRPr="00D36DDA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve">HSLF-FS 2021:52 Socialstyrelsens föreskrifter om användning </w:t>
+        </w:r>
+        <w:r w:rsidR="00D36DDA" w:rsidRPr="00D36DDA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>av medicintekniska produkter i hälso- och sjukvården - Socialstyrelsen</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00706A92" w:rsidRPr="00706A92">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A53E85C" w14:textId="77777777" w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidRDefault="00706A92" w:rsidP="00706A92">
+      <w:pPr>
+        <w:pStyle w:val="Liststycke"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706A92">
+        <w:t>Vårdhandboken.se. Översikt Medicintekniska produkter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706A92">
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00706A92">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vardhandboken.se</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00706A92">
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="02FC7417" w14:textId="77777777" w:rsidR="005D373F" w:rsidRPr="00E55DD5" w:rsidRDefault="497D850B" w:rsidP="00E55DD5">
-[...137 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId26"/>
+    <w:sectPr w:rsidR="00706A92" w:rsidRPr="00706A92" w:rsidSect="00B96AFF">
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="even" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="first" r:id="rId22"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="1980" w:header="283" w:footer="743" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4626E9AC" w14:textId="77777777" w:rsidR="00A304AA" w:rsidRDefault="00A304AA">
+    <w:p w14:paraId="23C33A5B" w14:textId="77777777" w:rsidR="008C20DE" w:rsidRDefault="008C20DE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A56689B" w14:textId="77777777" w:rsidR="00A304AA" w:rsidRDefault="00A304AA">
+    <w:p w14:paraId="5A79CB74" w14:textId="77777777" w:rsidR="008C20DE" w:rsidRDefault="008C20DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25A82E3E" w14:textId="77777777" w:rsidR="00A304AA" w:rsidRDefault="00A304AA">
+    <w:p w14:paraId="5F9C90BF" w14:textId="77777777" w:rsidR="008C20DE" w:rsidRDefault="008C20DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...17 lines deleted...]
-          <w:pStyle w:val="Sidfot"/>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
+    <w:pPr>
+      <w:pStyle w:val="Sidfot"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:id w:val="-2070031421"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-[...6 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00EC0A68" w:rsidRPr="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
-            <w:sz w:val="16"/>
-            <w:szCs w:val="16"/>
+            <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-      </w:p>
-[...1 lines deleted...]
-  </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> (</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1FE2B822" w14:textId="063AE373" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="1C346EBA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4388307</wp:posOffset>
+            <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-27355</wp:posOffset>
+            <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1897920" cy="384860"/>
-          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:extent cx="1953671" cy="348178"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Bildobjekt 9">
+          <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="VG_Ne.wmf"/>
+                  <pic:cNvPr id="12" name="Bildobjekt 12">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
-                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1953671" cy="396165"/>
+                    <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CCF0AA3" w14:textId="77777777" w:rsidR="00A304AA" w:rsidRDefault="00A304AA"/>
+    <w:p w14:paraId="2D7F2B7A" w14:textId="77777777" w:rsidR="008C20DE" w:rsidRDefault="008C20DE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B9F3796" w14:textId="77777777" w:rsidR="00A304AA" w:rsidRDefault="00A304AA">
+    <w:p w14:paraId="44E0B53F" w14:textId="77777777" w:rsidR="008C20DE" w:rsidRDefault="008C20DE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="50313A7F" w14:textId="77777777" w:rsidR="00A304AA" w:rsidRDefault="00A304AA">
+    <w:p w14:paraId="48830DC5" w14:textId="77777777" w:rsidR="008C20DE" w:rsidRDefault="008C20DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
@@ -2455,273 +1240,178 @@
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="058CDD4D" w14:textId="4A49575C" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="73171272">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
-              <wp:wrapNone/>
+              <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.5pt;height:25.5pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/kQENFwIAADMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5w4adoZcYqsRYYB&#10;QVsgHXpWZCkWIIuapMTOfv0oOV/rdhp2kUmRfiTfo2b3XaPJXjivwJR0NBhSIgyHSpltSb+/Lj/d&#10;UeIDMxXTYERJD8LT+/nHD7PWFiKHGnQlHEEQ44vWlrQOwRZZ5nktGuYHYIXBoATXsICu22aVYy2i&#10;NzrLh8Np1oKrrAMuvMfbxz5I5wlfSsHDs5ReBKJLir2FdLp0buKZzWes2Dpma8WPbbB/6KJhymDR&#10;M9QjC4zsnPoDqlHcgQcZBhyaDKRUXKQZcJrR8N0065pZkWZBcrw90+T/Hyx/2q/tiyOh+wIdChgJ&#10;aa0vPF7GeTrpmvjFTgnGkcLDmTbRBcLxcjKd3uY3GOIYG+fjO7QRJrv8bZ0PXwU0JBoldShLYovt&#10;Vz70qaeUWMzAUmmdpNGGtCWdjhHytwiCa4M1Lr1GK3Sbjqjqao4NVAccz0GvvLd8qbCHFfPhhTmU&#10;GtvG9Q3PeEgNWAuOFiU1uJ9/u4/5qABGKWlxdUrqf+yYE5Tobwa1+TyaTOKuJWdyc5uj464jm+uI&#10;2TUPgNs5wodieTJjftAnUzpo3nDLF7EqhpjhWLuk4WQ+hH6h8ZVwsVikJNwuy8LKrC2P0JG7yPBr&#10;98acPcoQUMAnOC0ZK96p0ef2rC92AaRKUkWee1aP9ONmJrGPryiu/rWfsi5vff4LAAD//wMAUEsD&#10;BBQABgAIAAAAIQDyqA9j4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyHyEjc&#10;tmTlo1NpOk2VJiQEh41duLlN1lY0TmmyrfDrMadxs+VHr583X02uFyc7hs6ThsVcgbBUe9NRo2H/&#10;vpktQYSIZLD3ZDV82wCr4voqx8z4M23taRcbwSEUMtTQxjhkUoa6tQ7D3A+W+Hbwo8PI69hIM+KZ&#10;w10vE6UepcOO+EOLgy1bW3/ujk7DS7l5w22VuOVPXz6/HtbD1/7jQevbm2n9BCLaKV5g+NNndSjY&#10;qfJHMkH0GmZJmjDKw0LdgWAiVSmXqTTcqxRkkcv/FYpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL+RAQ0XAgAAMwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPKoD2PiAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00CA39EF" w:rsidRPr="00762EE0">
-[...85 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2819,117 +1509,70 @@
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF83"/>
-[...45 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3C063CDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -2998,51 +1641,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3111,165 +1754,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -3338,51 +1867,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3451,57 +1980,320 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16920265"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2550F58A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18F10A5F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="39586918"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -3564,51 +2356,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3677,51 +2469,539 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="240349D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7C6EEDE0"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25487C20"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="57745E2A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F267A22"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="581E0B38"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="323F46CD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B5C4BDE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3817,57 +3097,207 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39B51A3A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8C041AB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -3930,51 +3360,462 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D60466B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="816ED4BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E84085E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="66FAE43E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3FB00CFD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0ED2CAB4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4043,51 +3884,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4184,51 +4025,575 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44AC3ACE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4E50AFDC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DE05366"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="500401F8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E7F1E49"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="27BA4D84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="514D4906"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="80FA8182"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4297,144 +4662,58 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...86 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -4497,51 +4776,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -4610,165 +4889,760 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6A3257DD"/>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CD47133"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FCD2BA3C"/>
+    <w:tmpl w:val="27FEBB42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="720" w:hanging="720"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1440" w:hanging="720"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%3."/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="720"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%4."/>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="2880" w:hanging="720"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%5."/>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="3600" w:hanging="720"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%6."/>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="720"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%7."/>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="5040" w:hanging="720"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%8."/>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="5760" w:hanging="720"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%9."/>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="720"/>
-      </w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63D64EC4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F1142BEA"/>
+    <w:lvl w:ilvl="0" w:tplc="041D0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66755B8A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="26A6FDAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D262224"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0BC26CBC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E515603"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E2708DCA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
@@ -4837,51 +5711,200 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="778326E7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="47F620D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4950,51 +5973,51 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -5063,656 +6086,754 @@
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1870603106">
+  <w:num w:numId="1" w16cid:durableId="1909921896">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1367871050">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="164058872">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="861477783">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1280868239">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="444931515">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="739910959">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="391579451">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1296368398">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="689646344">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1979215945">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="830874331">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="57095060">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="36130748">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1170830474">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="15" w16cid:durableId="560679449">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1856768219">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="16" w16cid:durableId="1420566503">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1034308298">
-[...3 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="17" w16cid:durableId="256527698">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1062948847">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="18" w16cid:durableId="1090539201">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="424109647">
+  <w:num w:numId="19" w16cid:durableId="1846439597">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="481430942">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="446891480">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="860894317">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="406080365">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1889340078">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1733771829">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1092118970">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1646159762">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1343626590">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1423800571">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1476337805">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="2037076810">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1013922517">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1957784592">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1863279508">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1050686287">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="35" w16cid:durableId="2047943759">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="300813228">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="36" w16cid:durableId="613286476">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1016737444">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="37" w16cid:durableId="829367614">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="880749574">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="38" w16cid:durableId="756096359">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="363678347">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="39" w16cid:durableId="643120187">
+    <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00003A58"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
-    <w:rsid w:val="0002435C"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00050500"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
+    <w:rsid w:val="00061969"/>
+    <w:rsid w:val="0006314D"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00071974"/>
+    <w:rsid w:val="000724B5"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
-    <w:rsid w:val="00090BE3"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
-    <w:rsid w:val="000A4C35"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000D1663"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="001108C0"/>
+    <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
-    <w:rsid w:val="001647EA"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017508E"/>
     <w:rsid w:val="00181FDC"/>
+    <w:rsid w:val="001834E1"/>
+    <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="001977B8"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001F32E8"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="0022316A"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
+    <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
+    <w:rsid w:val="0028541E"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
+    <w:rsid w:val="002A1C4F"/>
+    <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
-    <w:rsid w:val="002B7719"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C452E"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
+    <w:rsid w:val="002E3518"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
+    <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
-    <w:rsid w:val="00363B23"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
+    <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F5445"/>
+    <w:rsid w:val="003F67F4"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
-    <w:rsid w:val="00443C1E"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
+    <w:rsid w:val="004723E0"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
-    <w:rsid w:val="004B3B96"/>
-    <w:rsid w:val="004C2559"/>
+    <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
+    <w:rsid w:val="004F6BA1"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
-    <w:rsid w:val="00536A5A"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
+    <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
-    <w:rsid w:val="005826FA"/>
+    <w:rsid w:val="00590D47"/>
     <w:rsid w:val="00597E28"/>
-    <w:rsid w:val="005A2E3B"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
-    <w:rsid w:val="005D373F"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
-    <w:rsid w:val="005E59EA"/>
+    <w:rsid w:val="005F65E1"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
+    <w:rsid w:val="00624BB2"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
-    <w:rsid w:val="0063248B"/>
     <w:rsid w:val="0065595B"/>
+    <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="00665F89"/>
+    <w:rsid w:val="006737FF"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00685193"/>
+    <w:rsid w:val="0069577E"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
+    <w:rsid w:val="006A4C2B"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
-    <w:rsid w:val="006B5DE7"/>
+    <w:rsid w:val="006C0E46"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
+    <w:rsid w:val="006D0E1A"/>
     <w:rsid w:val="006D30C0"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
+    <w:rsid w:val="00700E08"/>
+    <w:rsid w:val="00706A92"/>
     <w:rsid w:val="00710B77"/>
+    <w:rsid w:val="007155D5"/>
+    <w:rsid w:val="00717A17"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
-    <w:rsid w:val="00725816"/>
+    <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
     <w:rsid w:val="00762EE0"/>
+    <w:rsid w:val="00763C5D"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
+    <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
+    <w:rsid w:val="00837D01"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
+    <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
+    <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
+    <w:rsid w:val="008829A7"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008C20DE"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
-    <w:rsid w:val="008D3905"/>
+    <w:rsid w:val="008D0152"/>
+    <w:rsid w:val="008D124E"/>
+    <w:rsid w:val="008D3938"/>
+    <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008E2A9D"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
+    <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="009672FB"/>
     <w:rsid w:val="00971D93"/>
-    <w:rsid w:val="009A38F9"/>
+    <w:rsid w:val="00973BF0"/>
+    <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B2051"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
+    <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F1903"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A25D01"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
-    <w:rsid w:val="00A304AA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A433DE"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A72544"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A8217B"/>
     <w:rsid w:val="00A90D77"/>
+    <w:rsid w:val="00A919AD"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
+    <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
+    <w:rsid w:val="00B058E1"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B23ADB"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B405A1"/>
+    <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
+    <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
+    <w:rsid w:val="00B91C92"/>
     <w:rsid w:val="00B92C14"/>
+    <w:rsid w:val="00B94F0B"/>
+    <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BB1692"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BC6590"/>
+    <w:rsid w:val="00BD1042"/>
     <w:rsid w:val="00BE7978"/>
+    <w:rsid w:val="00BF624E"/>
+    <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C320C6"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
+    <w:rsid w:val="00C50D60"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
-    <w:rsid w:val="00D16093"/>
+    <w:rsid w:val="00D1771C"/>
+    <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D3092C"/>
+    <w:rsid w:val="00D36DDA"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
-    <w:rsid w:val="00D84F47"/>
+    <w:rsid w:val="00D62468"/>
+    <w:rsid w:val="00D67C88"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
-    <w:rsid w:val="00DD2BE0"/>
-    <w:rsid w:val="00DE31C0"/>
     <w:rsid w:val="00DE4447"/>
-    <w:rsid w:val="00DE5B45"/>
     <w:rsid w:val="00DE5DA2"/>
+    <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
-    <w:rsid w:val="00DF655F"/>
+    <w:rsid w:val="00DF2674"/>
+    <w:rsid w:val="00DF7AB8"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E32128"/>
+    <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
-    <w:rsid w:val="00E55DD5"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
-    <w:rsid w:val="00E77413"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
+    <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED1960"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
-    <w:rsid w:val="00EE1A27"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EE4CF5"/>
+    <w:rsid w:val="00EE5034"/>
     <w:rsid w:val="00F22264"/>
+    <w:rsid w:val="00F229D8"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FC1B62"/>
+    <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
-    <w:rsid w:val="27A43144"/>
-[...10 lines deleted...]
-    <w:rsid w:val="61D7D516"/>
     <w:rsid w:val="647B2B65"/>
-    <w:rsid w:val="6652ECE0"/>
     <w:rsid w:val="6B2CF8ED"/>
-    <w:rsid w:val="6FCC6717"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{05325872-151F-41A7-9AD9-8EFA6E16BB53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6050,250 +7171,207 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D84F47"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-      <w:ind w:left="992" w:right="680"/>
+      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00DE5B45"/>
+    <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="1600" w:after="240"/>
-      <w:ind w:left="992"/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="009A38F9"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
-      <w:ind w:right="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik6">
-[...42 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="005D373F"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
+      <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
@@ -6450,70 +7528,71 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002651D6"/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
-    <w:rsid w:val="00DE5B45"/>
+    <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
+      <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="48"/>
+      <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
@@ -6534,53 +7613,53 @@
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
@@ -6625,234 +7704,228 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009A38F9"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="40"/>
+      <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="00627BEA"/>
+    <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
-      <w:sz w:val="36"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="6"/>
+        <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E55DD5"/>
+    <w:rsid w:val="00B405A1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:right="868"/>
+      <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
-    <w:name w:val="Omslagsunderrubrik"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
+    <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="OmslagsunderrubrikChar"/>
+    <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
-    <w:name w:val="Omslagsunderrubrik Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
+    <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Omslagsunderrubrik"/>
+    <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
-    <w:rsid w:val="009533B4"/>
+    <w:rsid w:val="00B14487"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E77413"/>
+    <w:rsid w:val="00BC6590"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
-      <w:spacing w:after="0"/>
-      <w:ind w:left="1349" w:right="868"/>
+      <w:ind w:right="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E77413"/>
+    <w:rsid w:val="00E61294"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:ind w:left="1707" w:right="868"/>
+      <w:ind w:left="480"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
@@ -6889,118 +7962,118 @@
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE1A27"/>
+    <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB5086"/>
+    <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
@@ -7982,59 +9055,56 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008D3905"/>
+    <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="14"/>
       </w:numPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="1349" w:hanging="357"/>
+      <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -8160,276 +9230,1217 @@
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik6Char">
-[...28 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="005D373F"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista1">
-[...1 lines deleted...]
-    <w:rsid w:val="005D373F"/>
+  <w:style w:type="paragraph" w:styleId="Brdtext">
+    <w:name w:val="Body Text"/>
+    <w:aliases w:val="(=Löpande text)"/>
+    <w:link w:val="BrdtextChar"/>
+    <w:rsid w:val="009A32ED"/>
     <w:pPr>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:ind w:left="3033" w:hanging="357"/>
+      <w:spacing w:after="160"/>
+      <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
+    <w:name w:val="Brödtext Char"/>
+    <w:aliases w:val="(=Löpande text) Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Brdtext"/>
+    <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Numreradlista">
-[...5 lines deleted...]
-    <w:rsid w:val="005D373F"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
+    <w:name w:val="Tabell"/>
+    <w:link w:val="TabellChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00831C35"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="-142"/>
     </w:pPr>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="00EE1A27"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="punktlistanumrerad">
-[...17 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
+    <w:name w:val="Tabell Char"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:link w:val="Tabell"/>
+    <w:rsid w:val="00831C35"/>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00DE31C0"/>
+    <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Olstomnmnande">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00706A92"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="121657028">
+    <w:div w:id="133566596">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1307247721">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2125153860">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1826046485">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="343946521">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="976029915">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1122843836">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2057002959">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1629047151">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="686908213">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1367176284">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="171457462">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1735736076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1409304007">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="380325300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="514000854">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1628900128">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1671520053">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1061369095">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="844518820">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="271283453">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1116485583">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1762412507">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="395783142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2010282087">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1469736364">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="844784585">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="797838581">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="889001929">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1497265701">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="844130941">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="317734321">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1185359368">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="586691914">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1583875725">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1230311550">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1304851724">
+    <w:div w:id="1253314904">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1096250724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="893587669">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1328822827">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="339739553">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1358773924">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="936182352">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="531187375">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1903519159">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="948314464">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1710958998">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1416900581">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1855875753">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1030767236">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1325626571">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="653025825">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="988434763">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1426001477">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1835491681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1902250759">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="294062251">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="367920811">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1790320044">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1671447793">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="844173177">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="560596333">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="581719283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1935093954">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1040132559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="225530853">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1470587990">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1004940350">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1884714449">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1971782076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1692565009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2025160175">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1778257076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1700737662">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="125243903">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2020354436">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="985743821">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1798139900">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="992683917">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1925020987">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="9189348">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="817258696">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Medicintekniska-produkter/Oversikt/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Medicintekniska-produkter/Oversikt/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-435/SURROGATE/Personlyft%20%e2%80%93%20Kompetensbevis%20f%c3%b6r%20anv%c3%a4ndning.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Medicintekniska-produkter/Oversikt/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/20081-om-anvandning-av-medicintekniska-produkter-i-halso--och-sjukvarden/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/lag-1993584-om-medicintekniska-produkter_sfs-1993-584" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/lag-1993584-om-medicintekniska-produkter_sfs-1993-584/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-lagar/?doktyp=sfs" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-435/SURROGATE/Personlyft%20%e2%80%93%20Kompetensbevis%20f%c3%b6r%20anv%c3%a4ndning.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId27" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-435/SURROGATE/Personlyft%20%e2%80%93%20Kompetensbevis%20f%c3%b6r%20anv%c3%a4ndning.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Medicintekniska-produkter/Oversikt/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vardhandboken.se/Texter/Medicintekniska-produkter/Oversikt/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/publikationer/hslf-fs-202152-socialstyrelsens-foreskrifter-om-anvandning-av-medicintekniska-produkter-i-halso--och-sjukvarden-2021-6-7503/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.riksdagen.se/sv/dokument-och-lagar/dokument/svensk-forfattningssamling/lag-2021600-med-kompletterande-bestammelser_sfs-2021-600/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-435/SURROGATE/Personlyft%20%e2%80%93%20Kompetensbevis%20f%c3%b6r%20anv%c3%a4ndning.pdf" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://patientsakerhet.socialstyrelsen.se/lagar-och-foreskrifter/centrala-lagar/halso--och-sjukvardslagen/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://patientsakerhet.socialstyrelsen.se/lagar-och-foreskrifter/centrala-lagar/patientsakerhetslagen/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId22" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\regan2\Downloads\Dok_med_omslag_sd_red.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="367B1E"/>
       </a:accent2>
       <a:accent3>
@@ -8710,59 +10721,73 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Dok_med_omslag_sd_red</Template>
+  <Template>normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1161</Words>
-  <Characters>6154</Characters>
+  <Words>867</Words>
+  <Characters>4598</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Rubrik</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7301</CharactersWithSpaces>
+  <CharactersWithSpaces>5455</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Personlyft - Övergripande riktlinjer för användande</dc:title>
   <dc:subject/>
-  <dc:creator>patrik.jens.johansson@vgregion.se</dc:creator>
+  <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Karin Åhlin</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2016-03-31T10:56:00.0000000Z</lastPrinted>
+  <lastModifiedBy/>
+  <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>