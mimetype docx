--- v0 (2025-11-26)
+++ v1 (2025-12-17)
@@ -1,167 +1,167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00184167" w:rsidP="009A32ED" w:rsidRDefault="00AF3AE0" w14:paraId="061914D4" w14:textId="3FF4404B">
+    <w:p w14:paraId="061914D4" w14:textId="3FF4404B" w:rsidR="00184167" w:rsidRDefault="00AF3AE0" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc321146591" w:id="0"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="00AF3AE0">
         <w:t>Läkemedelsdokumentation på SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="11BC1DCA" w14:textId="77777777">
+    <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc100327184" w:id="1"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799061" w:id="3"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc207799061"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidRPr="007A334E" w:rsidR="009A32ED" w:rsidP="00D4788C" w:rsidRDefault="00D4788C" w14:paraId="4EA6C4B6" w14:textId="3F3CB5ED">
+    <w:p w14:paraId="4EA6C4B6" w14:textId="3F3CB5ED" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00D4788C" w:rsidP="00D4788C">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00D4788C">
         <w:t>Korrigering i bilaga 3 av hantering av e-recept för patienter med samordningsnummer. Redaktionella ändringar, tillägg av Nationella läkemedelslistan (NLL) samt uppdatering efter regionala riktlinjer.</w:t>
       </w:r>
       <w:r w:rsidR="009A32ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="69BCFD87" w14:textId="77777777">
+    <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc100327185" w:id="4"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc72840807" w:id="7"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc100327185"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc181866757"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc207799062"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w:rsidR="009A32ED" w:rsidP="00552841" w:rsidRDefault="00552841" w14:paraId="305361E2" w14:textId="6E266ED8">
+    <w:p w14:paraId="305361E2" w14:textId="6E266ED8" w:rsidR="009A32ED" w:rsidRDefault="00552841" w:rsidP="00552841">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00552841">
         <w:t>Riktlinjen beskriver rutiner vid läkemedelsrelaterade aktiviteter i Melior och Pascal. I första hand vänder sig dokumentet till förskrivare och kompletterar regionala rutiner för läkemedelshantering. Riktlinjen beskriver lämplig arbetsordning för att undvika läkemedelsrelaterade fel såväl under vårdkontakter som vid vårdens övergångar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003A0A6A" w:rsidR="00DB0264" w:rsidP="00DB0264" w:rsidRDefault="00DB0264" w14:paraId="421D2184" w14:textId="77777777">
+    <w:p w14:paraId="421D2184" w14:textId="77777777" w:rsidR="00DB0264" w:rsidRPr="003A0A6A" w:rsidRDefault="00DB0264" w:rsidP="00DB0264">
       <w:pPr>
         <w:spacing w:before="360" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A0A6A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="77E5FC0B" w14:textId="5935FD7A">
+    <w:p w14:paraId="77E5FC0B" w14:textId="5935FD7A" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799061">
+      <w:hyperlink w:anchor="_Toc207799061" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -176,61 +176,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="4D0339B1" w14:textId="4A180020">
+    <w:p w14:paraId="4D0339B1" w14:textId="4A180020" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799062">
+      <w:hyperlink w:anchor="_Toc207799062" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -245,61 +245,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="0FC91358" w14:textId="10C91496">
+    <w:p w14:paraId="0FC91358" w14:textId="10C91496" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799063">
+      <w:hyperlink w:anchor="_Toc207799063" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Begreppsförklaringar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -314,61 +314,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="2FF7DADB" w14:textId="07AB12A8">
+    <w:p w14:paraId="2FF7DADB" w14:textId="07AB12A8" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799064">
+      <w:hyperlink w:anchor="_Toc207799064" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -383,61 +383,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="5293CCC3" w14:textId="6C628C34">
+    <w:p w14:paraId="5293CCC3" w14:textId="6C628C34" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799065">
+      <w:hyperlink w:anchor="_Toc207799065" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -452,61 +452,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidP="002F6059" w:rsidRDefault="002F6059" w14:paraId="0B234071" w14:textId="61DAFBDD">
+    <w:p w14:paraId="0B234071" w14:textId="61DAFBDD" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799066">
+      <w:hyperlink w:anchor="_Toc207799066" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ordination av läkemedel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -521,61 +521,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidP="002F6059" w:rsidRDefault="002F6059" w14:paraId="626BDC3B" w14:textId="11F4D261">
+    <w:p w14:paraId="626BDC3B" w14:textId="11F4D261" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799067">
+      <w:hyperlink w:anchor="_Toc207799067" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentation av läkemedelsöverkänslighet och läkemedelsbiverkan</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -590,61 +590,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidP="002F6059" w:rsidRDefault="002F6059" w14:paraId="5EECB194" w14:textId="39CAF376">
+    <w:p w14:paraId="5EECB194" w14:textId="39CAF376" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799068">
+      <w:hyperlink w:anchor="_Toc207799068" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förskrivning av läkemedel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -659,61 +659,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidP="002F6059" w:rsidRDefault="002F6059" w14:paraId="3965550E" w14:textId="14653AE7">
+    <w:p w14:paraId="3965550E" w14:textId="14653AE7" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799069">
+      <w:hyperlink w:anchor="_Toc207799069" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avslut av vårdkontakt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -728,61 +728,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidP="002F6059" w:rsidRDefault="002F6059" w14:paraId="7F7CCF33" w14:textId="07A13AC0">
+    <w:p w14:paraId="7F7CCF33" w14:textId="07A13AC0" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799070">
+      <w:hyperlink w:anchor="_Toc207799070" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hantering av läkemedelslista</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -797,61 +797,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidP="002F6059" w:rsidRDefault="002F6059" w14:paraId="7225E4EA" w14:textId="0CE45F2D">
+    <w:p w14:paraId="7225E4EA" w14:textId="0CE45F2D" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799071">
+      <w:hyperlink w:anchor="_Toc207799071" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Funktioner som </w:t>
         </w:r>
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>inte</w:t>
         </w:r>
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve"> ska användas i Melior</w:t>
         </w:r>
@@ -883,61 +883,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidP="002F6059" w:rsidRDefault="002F6059" w14:paraId="32CBDBEC" w14:textId="2F946F52">
+    <w:p w14:paraId="32CBDBEC" w14:textId="2F946F52" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799072">
+      <w:hyperlink w:anchor="_Toc207799072" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utbildning och uppföljning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -952,61 +952,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="51C0AA66" w14:textId="1CCC0C2D">
+    <w:p w14:paraId="51C0AA66" w14:textId="1CCC0C2D" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799073">
+      <w:hyperlink w:anchor="_Toc207799073" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetsgrupp</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1021,61 +1021,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="6755F7B3" w14:textId="7520F7CC">
+    <w:p w14:paraId="6755F7B3" w14:textId="7520F7CC" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799074">
+      <w:hyperlink w:anchor="_Toc207799074" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Källförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1090,73 +1090,73 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="680C7666" w14:textId="4F20D1E2">
+    <w:p w14:paraId="680C7666" w14:textId="4F20D1E2" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799075">
+      <w:hyperlink w:anchor="_Toc207799075" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 1 - Flödesschema: Inskrivning och ordination i</w:t>
         </w:r>
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Gothic"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
             <w:noProof/>
             <w:kern w:val="32"/>
           </w:rPr>
           <w:t xml:space="preserve"> slutenvård</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc207799075 \h </w:instrText>
@@ -1168,61 +1168,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="4127283B" w14:textId="02E6F413">
+    <w:p w14:paraId="4127283B" w14:textId="02E6F413" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799076">
+      <w:hyperlink w:anchor="_Toc207799076" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 2 - Doseringstider som genererar klockslag</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1237,61 +1237,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="163F3EF8" w14:textId="3C0534D8">
+    <w:p w14:paraId="163F3EF8" w14:textId="3C0534D8" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799077">
+      <w:hyperlink w:anchor="_Toc207799077" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 3 - Begränsningar för e-recept</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1306,61 +1306,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>27</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="135F7A47" w14:textId="712F370F">
+    <w:p w14:paraId="135F7A47" w14:textId="712F370F" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799078">
+      <w:hyperlink w:anchor="_Toc207799078" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 4 - Flödesschema: Utskrivning från slutenvård</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1375,61 +1375,61 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>28</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002F6059" w:rsidRDefault="002F6059" w14:paraId="50E2A286" w14:textId="113191AE">
+    <w:p w14:paraId="50E2A286" w14:textId="113191AE" w:rsidR="002F6059" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="1" w:anchor="_Toc207799079">
+      <w:hyperlink w:anchor="_Toc207799079" w:history="1">
         <w:r w:rsidRPr="00010517">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 5 – Exempel där förmånsberättigande saknas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1444,734 +1444,839 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>29</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00DB0264" w:rsidP="00DB0264" w:rsidRDefault="002F6059" w14:paraId="5C79A789" w14:textId="2181D961">
+    <w:p w14:paraId="5C79A789" w14:textId="2181D961" w:rsidR="00DB0264" w:rsidRDefault="002F6059" w:rsidP="00DB0264">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="78585777" w14:textId="458D3853">
+    <w:p w14:paraId="78585777" w14:textId="458D3853" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc207799063" w:id="8"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc207799063"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Begreppsförklaringar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00666C20" w:rsidRDefault="00C666B8" w14:paraId="70205EE6" w14:textId="77777777">
+    <w:p w14:paraId="70205EE6" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Aktuella_ordinationer" w:id="9"/>
+      <w:bookmarkStart w:id="9" w:name="_Aktuella_ordinationer"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="24E58256" w14:textId="77777777">
+    <w:p w14:paraId="24E58256" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsmodulen i Melior avsedd för öppenvård. Utgör patientens läkemedelslista på SÄS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00666C20" w:rsidRDefault="00C666B8" w14:paraId="13C5DC8F" w14:textId="77777777">
+    <w:p w14:paraId="13C5DC8F" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Anvisningsruta</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="28AB2015" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:t>Fält i Melior avsedd för att kommunicera anvisningar till övrig vårdpersonal och/eller patient. Anvisningar syns på utskrivna läkemedelslistor och recept samt i sjuksköterskans utdelningsvy.</w:t>
+    <w:p w14:paraId="28AB2015" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Fält i Melior avsedd för att kommunicera anvisningar till övrig vårdpersonal och/eller patient. Anvisningar syns på utskrivna läkemedelslistor och recept samt i sjuksköterskans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>utdelningsvy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Inlagd information bör innehålla datum, där det är relevant, så att texten kan tas bort när informationen är inaktuell.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00666C20" w:rsidRDefault="00C666B8" w14:paraId="47FAA011" w14:textId="77777777">
+    <w:p w14:paraId="47FAA011" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Dosexpedition i öppenvård</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="74DB8F3A" w14:textId="77777777">
+    <w:p w14:paraId="74DB8F3A" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:r w:rsidRPr="003530AA">
         <w:t>Dosförpackade läkemedel i öppenvård. Hanteras via Pascal och förpackas samt levereras av upphandlad leverantör. Patienter med dosexpedition i öppenvård benämns i denna riktlinje som ”Patient med dosexpedition/Pascal”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00666C20" w:rsidRDefault="00C666B8" w14:paraId="2612A938" w14:textId="77777777">
+    <w:p w14:paraId="2612A938" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Licensläkemedel</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="34F29AA4" w14:textId="77777777">
+    <w:p w14:paraId="34F29AA4" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedel som inte är godkända i Sverige kan förskrivas på licens. Kräver ett godkännande från Läkemedelsverket.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00666C20" w:rsidRDefault="00C666B8" w14:paraId="5A23627D" w14:textId="77777777">
+    <w:p w14:paraId="5A23627D" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Extemporeberedning</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="1A86383E" w14:textId="77777777">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1A86383E" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedel med viss läkemedelsform och styrka som tillverkas på apotek eller verksamhet med särskilt tillstånd för detta, för ett visst tillfälle, en viss patient eller en viss sjukvårdsenhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00666C20" w:rsidRDefault="00C666B8" w14:paraId="2A286C68" w14:textId="77777777">
+    <w:p w14:paraId="2A286C68" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsberättelse</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00BB4ECC" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="6BD38900" w14:textId="77777777">
+    <w:p w14:paraId="6BD38900" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="00BB4ECC" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Beskrivning av vilka förändringar som har gjorts i patientens läkemedelsbehandling i samband med en vårdkontakt samt orsaken till förändringarna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00666C20" w:rsidRDefault="00C666B8" w14:paraId="2D3BC02F" w14:textId="77777777">
+    <w:p w14:paraId="2D3BC02F" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsgenomgång</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="6848963A" w14:textId="77777777">
+    <w:p w14:paraId="6848963A" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Strukturerad kartläggning och säkerhetsvärdering av en patients aktuella läkemedelsbehandling. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00666C20" w:rsidRDefault="00C666B8" w14:paraId="43B81007" w14:textId="77777777">
+    <w:p w14:paraId="43B81007" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Ofullständig ordination</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C666B8" w:rsidP="00C666B8" w:rsidRDefault="00C666B8" w14:paraId="074BB809" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Ordination som gjorts med lika med-metoden (=), men där ingen dos angivits. Syns som ett ? i </w:t>
+    <w:p w14:paraId="074BB809" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Ordination som gjorts med lika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>med-metoden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> (=), men där ingen dos angivits. Syns som </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>ett ?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00666C20" w:rsidRDefault="00820EC1" w14:paraId="2CEAB496" w14:textId="77777777">
+    <w:p w14:paraId="2CEAB496" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Ordinationsmall</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00820EC1" w:rsidRDefault="00820EC1" w14:paraId="431EAEAA" w14:textId="77777777">
+    <w:p w14:paraId="431EAEAA" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:r w:rsidRPr="003530AA">
         <w:t>En eller flera förarbetade ordinationer som sparats i en namngiven mall.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00666C20" w:rsidRDefault="00820EC1" w14:paraId="0B1F973D" w14:textId="77777777">
+    <w:p w14:paraId="0B1F973D" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Ordinationsöversikt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00820EC1" w:rsidRDefault="00820EC1" w14:paraId="55F9ACB7" w14:textId="77777777">
+    <w:p w14:paraId="55F9ACB7" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsmodulen i Melior är framför allt avsedd för slutenvård. Observera att fönsterhuvudet i Melior anger denna som ”läkemedelsdelen”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00666C20" w:rsidRDefault="00820EC1" w14:paraId="6663D31A" w14:textId="77777777">
+    <w:p w14:paraId="6663D31A" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Pascal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00820EC1" w:rsidRDefault="00820EC1" w14:paraId="1EA6787F" w14:textId="77777777">
+    <w:p w14:paraId="1EA6787F" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:r w:rsidRPr="003530AA">
         <w:t>Användargränssnitt till dosexpedition i öppenvård för läkare och sjuksköterskor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00820EC1" w:rsidRDefault="00820EC1" w14:paraId="736950C3" w14:textId="77777777">
+    <w:p w14:paraId="736950C3" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000425" w:id="10"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="10" w:name="_Toc256000425"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc256000383"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc256000341"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc256000299"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc256000144"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc256000005"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc525659222"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc532909496"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc532984140"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc532987731"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc256000068"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc256000134"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc256000198"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc73355306"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc73431008"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc207799064"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00820EC1" w:rsidRDefault="00820EC1" w14:paraId="2A4C449F" w14:textId="77777777">
+    <w:p w14:paraId="2A4C449F" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Riktlinjen är en komplettering till gällande </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId8">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="003E5192">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regiongemensam rutin för läkemedelshantering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00820EC1" w:rsidRDefault="00820EC1" w14:paraId="4AF1644C" w14:textId="77777777">
+    <w:p w14:paraId="4AF1644C" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:r>
         <w:t xml:space="preserve">SÄS använder i huvudsak journalsystemet Melior och dess läkemedelsmoduler för läkemedelsdokumentation. Vid behov kan ytterligare information infogas i textmodulen. </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk61528929" w:id="26"/>
+      <w:bookmarkStart w:id="26" w:name="_Hlk61528929"/>
       <w:r>
-        <w:t xml:space="preserve">I vissa fall kan läkemedel ordineras i de länkade systemen AVK-journalia, diabetesjournalen, cytostatikajournalen, AmbuLink, Pascal och Sectra. I sådana fall ska ordinationerna dokumenteras i både Melior och det länkade systemet. </w:t>
+        <w:t>I vissa fall kan läkemedel ordineras i de länkade systemen AVK-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>journalia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, diabetesjournalen, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cytostatikajournalen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>AmbuLink</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, Pascal och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sectra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. I sådana fall ska ordinationerna dokumenteras i både Melior och det länkade systemet. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00820EC1" w:rsidP="00820EC1" w:rsidRDefault="00820EC1" w14:paraId="29A19DF7" w14:textId="77777777">
+    <w:p w14:paraId="29A19DF7" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hantering av patienter med dosexpedition i öppenvård beskrivs integrerat i riktlinjen, vilket kompletterar informationen i de regionala dokumenten </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId9">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00F06A6D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Doshandbok Västra Götalandsregionen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">och </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId10">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="000D2AF3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regional medicinsk riktlinje Läkemedel Öppenvårdsdos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. För utförlig beskrivning av handhavande i Pascal hänvisas till </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId11">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00B12B1F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Pascal handbok</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00065A6B" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="37C7076C" w14:textId="77777777">
+    <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc100327192" w:id="27"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799065" w:id="29"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc100327192"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc181866761"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc207799065"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00065A6B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="001E5B08" w:rsidP="001E5B08" w:rsidRDefault="001E5B08" w14:paraId="078048DC" w14:textId="77777777">
+    <w:p w14:paraId="078048DC" w14:textId="77777777" w:rsidR="001E5B08" w:rsidRPr="003530AA" w:rsidRDefault="001E5B08" w:rsidP="001E5B08">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000427" w:id="30"/>
-[...24 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799066" w:id="55"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc256000427"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc256000385"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc256000343"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc256000301"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc256000259"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc256000013"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc402174964"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc460320022"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc256000007"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc256000050"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc460595288"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc256000093"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc256000136"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc256000179"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc256000222"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc524080344"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc525659224"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc532909498"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc532984142"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc532987733"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc256000074"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc256000142"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc256000206"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc73355308"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc73431010"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc207799066"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Ordination av läkemedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="001E5B08" w:rsidP="001E5B08" w:rsidRDefault="001E5B08" w14:paraId="5F77D9B1" w14:textId="77777777">
+    <w:p w14:paraId="5F77D9B1" w14:textId="77777777" w:rsidR="001E5B08" w:rsidRPr="003530AA" w:rsidRDefault="001E5B08" w:rsidP="001E5B08">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Allmänt_om_ordination" w:id="56"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431011" w:id="72"/>
+      <w:bookmarkStart w:id="56" w:name="_Allmänt_om_ordination"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc256000428"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc256000386"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc256000344"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc256000302"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc256000260"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc256000014"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc524080345"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc525659225"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc532909499"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc532984143"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc532987734"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc256000077"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc256000143"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc256000207"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc73355309"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc73431011"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Allmänt om ordination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="001E5B08" w:rsidP="001E5B08" w:rsidRDefault="001E5B08" w14:paraId="13E736DE" w14:textId="77777777">
+    <w:p w14:paraId="13E736DE" w14:textId="77777777" w:rsidR="001E5B08" w:rsidRPr="003530AA" w:rsidRDefault="001E5B08" w:rsidP="001E5B08">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">De uppgifter om en läkemedelsordination som ska dokumenteras framgår av Socialstyrelsens författning </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId12">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00082A5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>HSLF-FS 2017:37</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> (6 kap, § 10). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="001E5B08" w:rsidP="001E5B08" w:rsidRDefault="001E5B08" w14:paraId="283094C7" w14:textId="77777777">
+    <w:p w14:paraId="283094C7" w14:textId="77777777" w:rsidR="001E5B08" w:rsidRPr="003530AA" w:rsidRDefault="001E5B08" w:rsidP="001E5B08">
       <w:r w:rsidRPr="003530AA">
         <w:t>Tänk alltid på följande:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="001E5B08" w:rsidP="00666C20" w:rsidRDefault="001E5B08" w14:paraId="6AC85D9F" w14:textId="77777777">
+    <w:p w14:paraId="6AC85D9F" w14:textId="77777777" w:rsidR="001E5B08" w:rsidRPr="003530AA" w:rsidRDefault="001E5B08" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">Ordinera så få tabletter, kapslar etc. av samma substans som möjligt genom att om möjligt byta till en högre styrka. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="001E5B08" w:rsidP="00666C20" w:rsidRDefault="001E5B08" w14:paraId="23BC99F8" w14:textId="77777777">
+        <w:t xml:space="preserve">Ordinera så få tabletter, kapslar </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> av samma substans som möjligt genom att om möjligt byta till en högre styrka. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23BC99F8" w14:textId="77777777" w:rsidR="001E5B08" w:rsidRPr="003530AA" w:rsidRDefault="001E5B08" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Om möjligt ska en ordination av tablett göras i hela tabletter.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="00666C20" w:rsidRDefault="009E51E8" w14:paraId="7356ED2A" w14:textId="77777777">
+    <w:p w14:paraId="7356ED2A" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Vid ordination utanför normalt dosintervall enligt FASS, eller sådan att den av annan vårdgivare/apotek kan verka felaktig eller tveksam, ska förtydligande göras i </w:t>
       </w:r>
       <w:r w:rsidRPr="00666C20">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anvisningsrutan</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> med ett ”OBS” följt av förklaring.</w:t>
       </w:r>
       <w:r w:rsidRPr="00666C20">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="00666C20" w:rsidRDefault="009E51E8" w14:paraId="68D55360" w14:textId="77777777">
+    <w:p w14:paraId="68D55360" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
-        <w:t>Vid ordination av vid behovs-läkemedel ska maxdos anges.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="00666C20" w:rsidRDefault="009E51E8" w14:paraId="5AEC7219" w14:textId="77777777">
+        <w:t xml:space="preserve">Vid ordination av vid behovs-läkemedel ska </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>maxdos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> anges.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AEC7219" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Vid tidsbegränsad ordination ska läkemedlet sättas ut på rätt datum, antingen manuellt eller genom att ange behandlingstid redan vid insättningen. I de fall informationen behöver synas </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">på läkemedelslista anges behandlingslängden i </w:t>
       </w:r>
       <w:r w:rsidRPr="00666C20">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anvisningsrutan</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> med utsättningsdatum, inte antalet behandlingsdagar. Om någon annan åtgärd eller läkemedelsändring planeras vid utsättningen ska det också anges.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="009E51E8" w:rsidRDefault="009E51E8" w14:paraId="3BE21C53" w14:textId="77777777">
+    <w:p w14:paraId="3BE21C53" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Läkemedelsgenomgång" w:id="73"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431012" w:id="80"/>
+      <w:bookmarkStart w:id="73" w:name="_Läkemedelsgenomgång"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc256000429"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc256000387"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc256000345"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc256000303"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc256000261"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc73355310"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc73431012"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsgenomgång</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="009E51E8" w:rsidRDefault="009E51E8" w14:paraId="6C655D90" w14:textId="77777777">
+    <w:p w14:paraId="6C655D90" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid inskrivning i slutenvård och vid öppenvårdskontakt ska enkel läkemedelsgenomgång genomföras enligt riktlinje </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId13">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00170522">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Läkemedelsgenomgång och läkemedelsberättelse på SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Kontrollera i Pascal om patienten har dosexpedition och notera i sådant fall genom att ”Tända dosikon” i Melior. Se hantering av dosikon under avsnitt </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="1" w:anchor="_Förskrivning_till_patienter_1">
+        <w:t xml:space="preserve">. Kontrollera i Pascal om patienten har dosexpedition och notera i sådant fall genom att ”Tända </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dosikon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” i Melior. Se hantering av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>dosikon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under avsnitt </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Förskrivning_till_patienter_1" w:history="1">
         <w:r w:rsidRPr="00942C50">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivning till patienter med dosexpedition/Pascal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska uppdateras och för patienter med dosexpedition överensstämma med ordinationerna i Pascal.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="009E51E8" w:rsidRDefault="009E51E8" w14:paraId="07C34D1C" w14:textId="77777777">
+    <w:p w14:paraId="07C34D1C" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000430" w:id="81"/>
-[...14 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431013" w:id="96"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc256000430"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc256000388"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc256000346"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc256000304"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc256000262"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc256000016"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc524080347"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc525659227"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc532909501"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc532984145"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc532987736"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc256000080"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc256000145"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc256000210"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc73355311"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc73431013"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Specifikt för ordination i slutenvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
       <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="94"/>
       <w:bookmarkEnd w:id="95"/>
       <w:bookmarkEnd w:id="96"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="009E51E8" w:rsidRDefault="009E51E8" w14:paraId="6A71DEF2" w14:textId="77777777">
+    <w:p w14:paraId="6A71DEF2" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Se även bilaga 1: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="Bilaga1">
+      <w:hyperlink w:anchor="Bilaga1" w:history="1">
         <w:r w:rsidRPr="00E94954">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Flödesschema: Inskrivning och ordination i slutenvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E51E8" w:rsidP="009E51E8" w:rsidRDefault="009E51E8" w14:paraId="2D82D776" w14:textId="77777777">
+    <w:p w14:paraId="2D82D776" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">I slutenvården används </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Ordinationsöversikten </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">vid ordination. Vid inskrivning ska samtliga preparat hämtas till slutenvårdstillfället i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> Även ordinationer som inte är aktuella för utdelning under vårdtiden hämtas ner och hanteras genom att kryssas</w:t>
@@ -2194,2490 +2299,2997 @@
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>vilket då genererar</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> ofullständiga läkemedelslistor.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="009E51E8" w:rsidRDefault="009E51E8" w14:paraId="0F9092C7" w14:textId="77777777">
+    <w:p w14:paraId="0F9092C7" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Preparat där styrka och/eller dos ännu är okända ska ordineras som en ofullständig ordination för att funktioner för interaktionskontroll ska fungera. Därefter kompletteras ordinationerna i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> med ev. för vårdkontakten nya preparat.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="009E51E8" w:rsidRDefault="009E51E8" w14:paraId="385B85A7" w14:textId="77777777">
+    <w:p w14:paraId="385B85A7" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:r w:rsidRPr="003530AA">
         <w:t>Rutan för nyinsatt ska användas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="009E51E8" w:rsidP="009E51E8" w:rsidRDefault="009E51E8" w14:paraId="2A233BB3" w14:textId="77777777">
+    <w:p w14:paraId="2A233BB3" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>För nyinsatta preparat</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D44981" w:rsidP="00D44981" w:rsidRDefault="009E51E8" w14:paraId="57DC92AE" w14:textId="77777777">
+    <w:p w14:paraId="57DC92AE" w14:textId="77777777" w:rsidR="00D44981" w:rsidRDefault="009E51E8" w:rsidP="00D44981">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid dosändringar av tidigare ordinerade läkemedel där nytt recept måste utfärdas </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="31D6C84B" w14:textId="727D9C28">
+    <w:p w14:paraId="31D6C84B" w14:textId="727D9C28" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="992"/>
       </w:pPr>
-      <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">Pilning genererar utdelningstillfällen och måste därför göras i god tid (normalt till nästföljande rond) för att underlätta utdelning. Den pilande läkaren bär ansvaret för ordinationen, inte den ursprungliga insättaren. Ordinationer som görs i </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Pilning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> genererar utdelningstillfällen och måste därför göras i god tid (normalt till nästföljande rond) för att underlätta utdelning. Den pilande läkaren bär ansvaret för ordinationen, inte den ursprungliga insättaren. Ordinationer som görs i </w:t>
       </w:r>
       <w:r w:rsidRPr="00D44981">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve"> utanför rondtid ska dessutom meddelas till sjuksköterska eftersom förberedelsearbete inför utdelning redan kan ha slutförts. Ordinationer som förmedlas muntligen till sjuksköterska måste dokumenteras i </w:t>
+        <w:t xml:space="preserve"> utanför </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>rondtid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> ska dessutom meddelas till sjuksköterska eftersom förberedelsearbete inför utdelning redan kan ha slutförts. Ordinationer som förmedlas muntligen till sjuksköterska måste dokumenteras i </w:t>
       </w:r>
       <w:r w:rsidRPr="00D44981">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> i efterhand, antingen av läkaren eller av mottagande sjuksköterska. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="17CEA7C9" w14:textId="77777777">
+    <w:p w14:paraId="17CEA7C9" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Patienter_med_dosexpedition/Pascal" w:id="97"/>
+      <w:bookmarkStart w:id="97" w:name="_Patienter_med_dosexpedition/Pascal"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Patienter med dosexpedition/Pascal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="6E0788E2" w14:textId="77777777">
+    <w:p w14:paraId="6E0788E2" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:r w:rsidRPr="00BF29F9">
         <w:t>Vid längre vårdtid (mer än en vecka) ska vårdgivarna komma överens om vem som markerar patientstatus som vilande samt återaktiverar leverans av doser till patienten</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> Detta görs i Pascal genom att sätta expedieringen till vilande under fliken patientinformation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="321B2F27" w14:textId="77777777">
+    <w:p w14:paraId="321B2F27" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000431" w:id="98"/>
-[...14 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431014" w:id="113"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc256000431"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc256000389"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc256000347"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc256000305"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc256000263"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc256000017"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc524080348"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc525659228"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc532909502"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc532984146"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc532987737"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc256000081"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc256000146"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc256000211"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc73355312"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc73431014"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Specifikt för ordination i öppenvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="101"/>
       <w:bookmarkEnd w:id="102"/>
       <w:bookmarkEnd w:id="103"/>
       <w:bookmarkEnd w:id="104"/>
       <w:bookmarkEnd w:id="105"/>
       <w:bookmarkEnd w:id="106"/>
       <w:bookmarkEnd w:id="107"/>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
       <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
     </w:p>
-    <w:p w:rsidRPr="00D44981" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="57ECB81E" w14:textId="77777777">
+    <w:p w14:paraId="57ECB81E" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="00D44981" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">I öppenvården används </w:t>
       </w:r>
       <w:r w:rsidRPr="00D44981">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Aktuella ordinationer </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">vid ordination, både vid fysiska möten men även vid ordinationsändringar som meddelas via telefonsamtal, brev eller mina vårdkontakter. </w:t>
+        <w:t xml:space="preserve">vid ordination, både vid fysiska möten </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>men även</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> vid ordinationsändringar som meddelas via telefonsamtal, brev eller mina vårdkontakter. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D44981">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve"> kan användas, t.ex. vid upp- och </w:t>
+        <w:t xml:space="preserve"> kan användas, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> vid upp- och </w:t>
       </w:r>
       <w:r w:rsidRPr="00D44981">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nedtrappningar av läkemedel i flera steg och ska användas vid administrering och/eller överlämnande av läkemedel.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="2F6045A5" w14:textId="77777777">
+    <w:p w14:paraId="2F6045A5" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Observera att ordinationsförändringar inklusive </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">uppskattad behandlingslängd, när och hur läkemedlet ska följas upp måste dokumenteras i enlighet med </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId14">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00BC3439">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Riktlinje för tillämpning av Socialstyrelsens nya föreskrifter för läkemedelshantering gällande ordination och delegation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. I de fall patienten har hjälp med läkemedelshanteringen meddelas hemsjukvård behandlingsplanen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="1B5C9041" w14:textId="77777777">
+    <w:p w14:paraId="1B5C9041" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedel som ges återkommande på dagvårdsmottagning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="4916C1C3" w14:textId="77777777">
+    <w:p w14:paraId="4916C1C3" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">För att </w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> alltid ska visa en patients samtliga ordinationer krävs speciell hantering enligt nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000712F7" w:rsidP="00D44981" w:rsidRDefault="000712F7" w14:paraId="09143FDE" w14:textId="77777777">
-      <w:r w:rsidRPr="003530AA">
+    <w:p w14:paraId="09143FDE" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En pm-ordination av preparatet ska finnas i </w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> med en tydlig anvisning om dos, </w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:rFonts w:ascii="DPWML H+ Times New" w:hAnsi="DPWML H+ Times New" w:cs="DPWML H+ Times New"/>
         </w:rPr>
         <w:t xml:space="preserve">administreringssätt, schema, </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>ansvarig enhet och, o</w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:rFonts w:ascii="DPWML H+ Times New" w:hAnsi="DPWML H+ Times New" w:cs="DPWML H+ Times New"/>
         </w:rPr>
         <w:t>m tillämpligt, en hänvisning till gällande styrdokument</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. Vid behandlingstillfälle ska ytterligare en ordination av preparatet, inklusive ev. droppvätskor och tillhörande ordinationer, ordineras i ordinationsöversikten och sättas ut på rätt dag. Således kommer en dubbelordination finnas av preparatet under behandlingsdagen/-dagarna. Med fördel </w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>ordinationsmallar</w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> användas</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">, se rubrik </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Ordinationsmallar_1">
+      <w:hyperlink w:anchor="_Ordinationsmallar_1" w:history="1">
         <w:r w:rsidRPr="004326FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Ordinationsmallar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E5B08" w:rsidP="009A32ED" w:rsidRDefault="001E5B08" w14:paraId="527256FF" w14:textId="77777777">
+    <w:p w14:paraId="527256FF" w14:textId="77777777" w:rsidR="001E5B08" w:rsidRDefault="001E5B08" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="17AD1B70" w14:textId="77777777">
+    <w:p w14:paraId="17AD1B70" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000432" w:id="114"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="_Toc256000224" w:id="138"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc256000432"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc256000390"/>
+      <w:bookmarkStart w:id="116" w:name="_Toc256000348"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc256000306"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc256000264"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc256000018"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc524080349"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc525659229"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc532909503"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc532984147"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc532987738"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc256000082"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc256000147"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc256000212"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc73355313"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc73431015"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc402174969"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc460320024"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc256000009"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc256000052"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc460595290"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc256000095"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc256000138"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc256000181"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc256000224"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsval</w:t>
       </w:r>
       <w:bookmarkEnd w:id="114"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="67025487" w14:textId="77777777">
+    <w:p w14:paraId="67025487" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:r w:rsidRPr="003530AA">
         <w:t>Vid ordination i Melior styrs användaren till rätt läkemedelsval med hjälp av listning i prioriteringsordning och dialogrutor med förslag om utbyte till specifikt fabrikat/preparat. Utbytesförslag grundas på Läkemedelverkets beslut om utbytbarhet och ska accepteras för kostnadseffektivitet och ökad patientsäkerhet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="5F71ABC3" w14:textId="77777777">
+    <w:p w14:paraId="5F71ABC3" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Utbytesförslag märks i Melior enligt nedan:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="26D7472F" w14:textId="77777777">
+    <w:p w14:paraId="26D7472F" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> – dosdispenserbara läkemedel för slutenvård, dvs. läkemedel som kan levereras till avdelningen i dospåsar. Dessa prioriteras högst vid ordination i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="2BD2ACC5" w14:textId="77777777">
+    <w:p w14:paraId="2BD2ACC5" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> – utvalt sortiment för slutenvård, dvs. det mest kostnadseffektiva fabrikatet/preparatet som normalt finns tillgängligt i läkemedelsförråd och således inte kräver manuellt generiskt utbyte.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="4C3ABB1C" w14:textId="77777777">
+    <w:p w14:paraId="4C3ABB1C" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> – rekommenderade läkemedel för receptförskrivning som till stor del styrs av REK-listan. Dessa prioriteras högst vid ordination i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="04290E32" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:t>Avsteg från föreslaget fabrikat-/preparatval är endast tillåtet vid medicinska skäl, t.ex. allergisk reaktion. Avsteget måste noteras i</w:t>
+    <w:p w14:paraId="04290E32" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Avsteg från föreslaget fabrikat-/preparatval är endast tillåtet vid medicinska skäl, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> allergisk reaktion. Avsteget måste noteras i</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> anvisningsrutan </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>samt muntligen framföras till sjuksköterska för att förhindra generiskt utbyte.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="361252A8" w14:textId="77777777">
+    <w:p w14:paraId="361252A8" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000433" w:id="139"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="139" w:name="_Toc256000433"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc256000391"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc256000349"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc256000307"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc256000265"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc256000019"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc524080350"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc525659230"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc532909504"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc532984148"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc532987739"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc256000083"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc256000148"/>
+      <w:bookmarkStart w:id="152" w:name="_Toc256000213"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc73355314"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc73431016"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Doseringsmetoder och scheman</w:t>
       </w:r>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="77F9BD3C" w14:textId="77777777">
+    <w:p w14:paraId="77F9BD3C" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">För möjliga doseringsmetoder som automatiskt genererar klockslag, se </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="Bilaga2">
+      <w:hyperlink w:anchor="Bilaga2" w:history="1">
         <w:r w:rsidRPr="00BC10C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>bilaga 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>. Vid ordination via schema är dagligen förvalt. Om något annat än dagligen önskas väljs i första hand schema med fasta veckodagar för att automatiskt skapa utdelningstillfällen på rätt veckodag. Andra scheman såsom varannan eller var tredje dag måste justeras vid inskrivning i slutenvård, genom att sättas in på rätt startdag.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="000530EC" w:rsidRDefault="000530EC" w14:paraId="42DDAE91" w14:textId="77777777">
+    <w:p w14:paraId="42DDAE91" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Övriga doseringsmetoder:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="000530EC" w:rsidP="00A13A31" w:rsidRDefault="000530EC" w14:paraId="4D7ECF9C" w14:textId="77777777">
+    <w:p w14:paraId="4D7ECF9C" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="00A13A31">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">Lika med-metoden (=) används för att skapa egna tidpunkter för utdelning. Om ingen tid anges blir ordination ofullständig och genererar en varning vid fortsatt pilning samt i sjuksköterskans utdelningsvy. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00242D63" w:rsidP="00A13A31" w:rsidRDefault="000530EC" w14:paraId="74137BA1" w14:textId="3CA43C36">
+        <w:t xml:space="preserve">Lika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>med-metoden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> (=) används för att skapa egna tidpunkter för utdelning. Om ingen tid anges blir ordination ofullständig och genererar en varning vid fortsatt </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>pilning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> samt i sjuksköterskans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>utdelningsvy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74137BA1" w14:textId="3CA43C36" w:rsidR="00242D63" w:rsidRDefault="000530EC" w:rsidP="00A13A31">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Pm-ordinationer (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>pm</w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">) ska endast användas när en ordination inte kan anges på annat sätt, t.ex. glesa eller oregelbundna behandlingar för vilka schemametoden inte fungerar. Detaljer om ordinationen ska framgå i </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">) ska endast användas när en ordination inte kan anges på annat sätt, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> glesa eller oregelbundna behandlingar för vilka schemametoden inte fungerar. Detaljer om ordinationen ska framgå i </w:t>
       </w:r>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anvisningsrutan</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve"> om möjligt med hänvisning till aktuell riktlinje. Pm-ordination genererar inte utdelningstillfälle, men syns i sjuksköterskans utdelningsvy.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00A13A31" w:rsidRDefault="00242D63" w14:paraId="3FC074DA" w14:textId="77777777">
+        <w:t xml:space="preserve"> om möjligt med hänvisning till aktuell riktlinje. Pm-ordination genererar inte utdelningstillfälle, men syns i sjuksköterskans </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>utdelningsvy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC074DA" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00A13A31">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Tillfällig ordination (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>tf</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">) är en ordination som automatiskt sätts ut nästföljande dygn. Egna utdelningstider skapas via </w:t>
       </w:r>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> och metoden kan ange doseringstillfälle i både hela timmar och minuter.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00A13A31" w:rsidRDefault="00242D63" w14:paraId="554F97CD" w14:textId="77777777">
+    <w:p w14:paraId="554F97CD" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00A13A31">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>D-metod flexibel starttid (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>) kan användas för att skapa utdelning från första administreringen varpå fortsatta utdelningstillfällen fördelas jämnt över dygnet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="697F6DAF" w14:textId="77777777">
+    <w:p w14:paraId="697F6DAF" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Upp-_och_nedtrappningar" w:id="155"/>
-      <w:bookmarkStart w:name="_Toc402174979" w:id="156"/>
+      <w:bookmarkStart w:id="155" w:name="_Upp-_och_nedtrappningar"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc402174979"/>
       <w:bookmarkEnd w:id="155"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Upp- och nedtrappningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="156"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="589FC716" w14:textId="77777777">
+    <w:p w14:paraId="589FC716" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Datum för dosändringarna måste anges i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">anvisningsrutan </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
-        <w:t>i de fall upp-och nedtrappningen ska fortsätta efter vårdkontakten, så ordinationen tydligt framgår av läkemedelslista och recept.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="04A58225" w14:textId="77777777">
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>de fall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> upp-och nedtrappningen ska fortsätta efter vårdkontakten, så ordinationen tydligt framgår av läkemedelslista och recept.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A58225" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc402174981" w:id="157"/>
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="157" w:name="_Toc402174981"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Dose</w:t>
       </w:r>
       <w:bookmarkEnd w:id="157"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>nhet</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="5C7E6F2D" w14:textId="77777777">
-[...4 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="797BF1DA" w14:textId="77777777">
+    <w:p w14:paraId="5C7E6F2D" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Doseringen ska i första hand anges som antalet tabletter/kapslar (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>st</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">) eller andra avdelade läkemedelsdoser (dos/-er) för inhalationer, spray och kräm. I övriga fall ska doseringen anges så tydligt som möjligt och i normalfallet som volym (ml, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>drp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">, cm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797BF1DA" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Undantag från ovanstående: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="22FA369A" w14:textId="77777777">
+    <w:p w14:paraId="22FA369A" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="003530AA">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="740D75E7" w14:textId="77777777">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Insuliner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>, lågmolekylärt heparin samt koagulationsfaktorer med styrkeangivelse angivet som ”IE” ska ordineras i enheter (E).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740D75E7" w14:textId="473C79D7" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="003530AA">
-[...3 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="43711574" w14:textId="77777777">
+      <w:r>
+        <w:t xml:space="preserve">Parenterala </w:t>
+      </w:r>
+      <w:r w:rsidR="0590E712">
+        <w:t xml:space="preserve">och orala lösningar av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0590E712">
+        <w:t>opioider</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> morfin och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>oxikodon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, ska ordineras i mg.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43711574" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
-        <w:t>Syrgas (medicinsk oxygen) ska ordineras i flöde (l/min).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="6450EAC4" w14:textId="77777777">
+        <w:t>Syrgas (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>medicinsk oxygen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>) ska ordineras i flöde (l/min).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6450EAC4" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Parenterala läkemedel för injektion ordineras i vikt (mg, g) per doseringstillfälle om koncentrationen på läkemedlet inte syns i kolumnen </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinerade läkemedel</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">, t.ex. torrsubstanser av antibiotika. Ett förtydligande i </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> torrsubstanser av antibiotika. Ett förtydligande i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anvisningsrutan</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> rekommenderas då för att undvika missförstånd.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="0F4B4310" w14:textId="77777777">
+    <w:p w14:paraId="0F4B4310" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ordination_av_spädningar" w:id="158"/>
-      <w:bookmarkStart w:name="_Toc402174982" w:id="159"/>
+      <w:bookmarkStart w:id="158" w:name="_Ordination_av_spädningar"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc402174982"/>
       <w:bookmarkEnd w:id="158"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Ordination av spädningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="159"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="555878D4" w14:textId="77777777">
+    <w:p w14:paraId="555878D4" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedel som späds ordineras i ”ml” med kompletterande text i anvisningsrutan ”spädes till x mg/ml”. Ordinerade antal ml avser volym av den spädda lösningen. Vid minsta risk för förväxling ska även totaldosen i mg anges i anvisningsrutan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="3E2049D0" w14:textId="77777777">
+    <w:p w14:paraId="3E2049D0" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:r w:rsidRPr="003530AA">
         <w:t>För infusioner ordineras först infusionsbasen och det aktuella läkemedlet som tillsats till denna, för injektioner ordineras endast läkemedlet.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00242D63" w:rsidP="00242D63" w:rsidRDefault="00242D63" w14:paraId="77BC8082" w14:textId="77777777">
+    <w:p w14:paraId="77BC8082" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>På SÄS används regional spädningslista ”</w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId15">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regional rutin för spädning av intravenösa läkemedel vuxna VGR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00DC63EA" w:rsidP="00DC63EA" w:rsidRDefault="00DC63EA" w14:paraId="419EA72E" w14:textId="77777777">
+    <w:p w14:paraId="419EA72E" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc402174970" w:id="160"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431017" w:id="184"/>
+      <w:bookmarkStart w:id="160" w:name="_Toc402174970"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc460320025"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc256000010"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc256000053"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc460595291"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc256000096"/>
+      <w:bookmarkStart w:id="166" w:name="_Toc256000139"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc256000182"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc256000225"/>
+      <w:bookmarkStart w:id="169" w:name="_Toc256000434"/>
+      <w:bookmarkStart w:id="170" w:name="_Toc256000392"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc256000350"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc256000308"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc256000266"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc256000021"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc524080351"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc525659231"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc532909505"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc532984149"/>
+      <w:bookmarkStart w:id="179" w:name="_Toc532987740"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc256000084"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc256000150"/>
+      <w:bookmarkStart w:id="182" w:name="_Toc256000214"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc73355315"/>
+      <w:bookmarkStart w:id="184" w:name="_Toc73431017"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Ordination av preparat med särskil</w:t>
       </w:r>
       <w:bookmarkEnd w:id="160"/>
       <w:bookmarkEnd w:id="161"/>
       <w:bookmarkEnd w:id="162"/>
       <w:bookmarkEnd w:id="163"/>
       <w:bookmarkEnd w:id="164"/>
       <w:bookmarkEnd w:id="165"/>
       <w:bookmarkEnd w:id="166"/>
       <w:bookmarkEnd w:id="167"/>
       <w:bookmarkEnd w:id="168"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>d hantering</w:t>
       </w:r>
       <w:bookmarkEnd w:id="169"/>
       <w:bookmarkEnd w:id="170"/>
       <w:bookmarkEnd w:id="171"/>
       <w:bookmarkEnd w:id="172"/>
       <w:bookmarkEnd w:id="173"/>
       <w:bookmarkEnd w:id="174"/>
       <w:bookmarkEnd w:id="175"/>
       <w:bookmarkEnd w:id="176"/>
       <w:bookmarkEnd w:id="177"/>
       <w:bookmarkEnd w:id="178"/>
       <w:bookmarkEnd w:id="179"/>
       <w:bookmarkEnd w:id="180"/>
       <w:bookmarkEnd w:id="181"/>
       <w:bookmarkEnd w:id="182"/>
       <w:bookmarkEnd w:id="183"/>
       <w:bookmarkEnd w:id="184"/>
     </w:p>
-    <w:p w:rsidRPr="00A13A31" w:rsidR="00DC63EA" w:rsidP="00A13A31" w:rsidRDefault="00DC63EA" w14:paraId="7E806640" w14:textId="77777777">
+    <w:p w14:paraId="7E806640" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="00A13A31" w:rsidRDefault="00DC63EA" w:rsidP="00A13A31">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ordination inför operation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00DC63EA" w:rsidP="00DC63EA" w:rsidRDefault="00DC63EA" w14:paraId="1EDF9D96" w14:textId="77777777">
+    <w:p w14:paraId="1EDF9D96" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Se SÄS rutin </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId16">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="000E1B9A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ handläggning - Dokumentation i Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A13A31" w:rsidR="00DC63EA" w:rsidP="00A13A31" w:rsidRDefault="00DC63EA" w14:paraId="03AD528C" w14:textId="77777777">
+    <w:p w14:paraId="03AD528C" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="00A13A31" w:rsidRDefault="00DC63EA" w:rsidP="00A13A31">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Licens- och extemporepreparat</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00DC63EA" w:rsidP="00DC63EA" w:rsidRDefault="00DC63EA" w14:paraId="2B446A2D" w14:textId="77777777">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Licens- och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A13A31">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>extemporepreparat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2B446A2D" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">De vanligaste ordinerade preparaten av icke-godkända läkemedel i Sverige finns under rullisten </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Icke godkända</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. Om ett preparat saknas går det att </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ordinera som </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Extempore e-förskrivning respektive Licenspreparat e-förskrivning</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00DC63EA" w:rsidP="00DC63EA" w:rsidRDefault="00DC63EA" w14:paraId="7AAA055A" w14:textId="77777777">
+    <w:p w14:paraId="7AAA055A" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid ordination av licenspreparat krävs giltig licens som söks via KLAS. För </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">ytterligare </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId17">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="008649AC">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>instruktioner om licenshantering se SÄS intranät</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A13A31" w:rsidR="00DC63EA" w:rsidP="00A13A31" w:rsidRDefault="00DC63EA" w14:paraId="679C590F" w14:textId="77777777">
+    <w:p w14:paraId="679C590F" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="00A13A31" w:rsidRDefault="00DC63EA" w:rsidP="00A13A31">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Waran" w:id="185"/>
-      <w:bookmarkStart w:name="_Toc402174974" w:id="186"/>
+      <w:bookmarkStart w:id="185" w:name="_Waran"/>
+      <w:bookmarkStart w:id="186" w:name="_Toc402174974"/>
       <w:bookmarkEnd w:id="185"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Waran</w:t>
       </w:r>
       <w:bookmarkEnd w:id="186"/>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> och annan antikoagulantia</w:t>
-[...65 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> och annan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A13A31">
+        <w:t>antikoagulantia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="74118EF4" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Aktuell dos framgår i AVK-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>journalia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> om SÄS AK-mottagning är ordinerande enhet. I samband med slutenvård ansvarar dock avdelningsläkaren för ordinationen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A6262B" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Waran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> ordineras med ofullständig ordination (lika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>med-metoden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">). I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Aktuella ordinationer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> ska texten ”Enligt ordination från AK-mottagningen” finnas med i anvisningsrutan. Vid slutenvård ska </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Waran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> ordineras i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Ordinationsöversikten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> med lika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>med-metoden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>, och ordineras dag för dag. Utskriven läkemedelslista anger automatiskt ”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Var god se särskild ordinationslista</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">” samt texten från anvisningsrutan, men aldrig någon dos av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Waran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61131F74" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Vid ordinerat uppehåll i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Waran</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">- eller annan antikoagulerande behandling ska en tydlig anvisning om uppehållets start- och slutdatum, syfte och ev. ersättningspreparat noteras i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>anvisningsrutan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">. Sjukvårdspersonal kan då kontrollera med patienten att uppehållet skett som tänkt inför </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> ingrepp eller </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>invasiv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> undersökning. Se även riktlinje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00105DE2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Preoperativa förberedelser för operationsavdelningarna vid Södra Älvsborgs Sjukhus</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> med hänvisningar till aktuella riktlinjer om hantering av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>antikoagulantia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> och trombocythämmare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AA8B32" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="00A13A31" w:rsidRDefault="00DC63EA" w:rsidP="00A13A31">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Insulin</w:t>
-[...38 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="_Toc402174975"/>
+      <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A13A31">
+        <w:t>Insulin</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="187"/>
+    </w:p>
+    <w:p w14:paraId="6AAABFC6" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Aktuell dos framgår i diabetesjournalen om patienten behandlas vid SÄS. Insulin ordineras med lika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>med-metoden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>, så att utdelning kan sättas vid rätt tidpunkt och dosenheten ska vara ”E”. Insulinordination vid behov mot hyperglykemi vid akut sjukdom ordineras ”med pm-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">metod” enligt riktlinje </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00105DE2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Hyperglykemi vid akut sjukdom</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>. Vid utskrivning ska den aktuella insulin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:softHyphen/>
+        <w:t xml:space="preserve">ordinationen framgå av läkemedelslistan. För kostnadseffektivt val av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>insuliner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>, följs diabetesprocessens riktlinje ”</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-9/SURROGATE/Insuliner%2c%20utbytbara.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00105DE2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>Insuliner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00105DE2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlnk"/>
+        </w:rPr>
+        <w:t>, utbytbara</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338BFB21" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="00A13A31" w:rsidRDefault="00DC63EA" w:rsidP="00A13A31">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13A31">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Särskilt om biologiska läkemedel</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="008A4736" w:rsidP="008A4736" w:rsidRDefault="008A4736" w14:paraId="24F94835" w14:textId="77777777">
+    <w:p w14:paraId="24F94835" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="003530AA" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r>
-        <w:t>Enligt författning HSLF-FS 2017:37 ska eventuella biverkningsrapporter rörande biologiska läkemedel inkludera batchnummer för given substans. För att det ska vara möjligt måste batchnummer således antecknas vid varje utdelning av biologiska läkemedel, t.ex. vacciner, plasmaderiverade produkter, enzymer, interferoner och poly- eller monoklonala antikroppar. Totalt rör det sig om knappt 2 000 substanser, men Melior saknar dedikerad funktion för registrering av batchnummer eller signal till användaren när det behövs. På SÄS gäller därför tills vidare att utdelande sköterska om möjligt bör anteckna batchnummer i till exempel kommentarsfältet i utdelningsvyn, eller i löpande journaltext om utdelningen registrerats som ett öppenvårdsbesök, men det är inte ett krav. Observera att det kan finnas andra krav på registrering av batchnummer för vissa läkemedel, till exempel i kvalitetsregister, och de gäller fortfarande oberoende av vad som sägs i detta stycke.</w:t>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="_Ordinationsmallar" w:id="188"/>
+        <w:t xml:space="preserve">Enligt författning HSLF-FS 2017:37 ska eventuella biverkningsrapporter rörande biologiska läkemedel inkludera </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>batchnummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> för given substans. För att det ska vara möjligt måste </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>batchnummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> således antecknas vid varje utdelning av biologiska läkemedel, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> vacciner, plasmaderiverade produkter, enzymer, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>interferoner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> och poly- eller monoklonala antikroppar. Totalt rör det sig om knappt 2 000 substanser, men Melior saknar dedikerad funktion för registrering av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>batchnummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> eller signal till användaren när det behövs. På SÄS gäller därför tills vidare att utdelande sköterska om möjligt bör anteckna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>batchnummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i till exempel kommentarsfältet i utdelningsvyn, eller i löpande journaltext om utdelningen registrerats som ett öppenvårdsbesök, men det är inte ett krav. Observera att det kan finnas andra krav på registrering av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>batchnummer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> för vissa läkemedel, till exempel i kvalitetsregister, och de gäller fortfarande oberoende av vad som sägs i detta stycke.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A53ED41" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="003530AA" w:rsidRDefault="008A4736" w:rsidP="00A13A31">
+      <w:bookmarkStart w:id="188" w:name="_Ordinationsmallar"/>
       <w:bookmarkEnd w:id="188"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Särskild</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>läkemedelshantering för patienter med dialysbehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="008A4736" w:rsidP="008A4736" w:rsidRDefault="008A4736" w14:paraId="50C17B7A" w14:textId="77777777">
+    <w:p w14:paraId="50C17B7A" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="003530AA" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Särskild risksituation råder för inneliggande patienter som erhåller dialys. Avdelningsläkare på slutenvårdsavdelningen ska kontakta dialysjour för diskussion om hur läkemedelslistan hanteras under vårdtiden d</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">s. vem som </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ansvarar för ordination och administrering.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A13A31" w:rsidR="008A4736" w:rsidP="00A13A31" w:rsidRDefault="008A4736" w14:paraId="29AADF3F" w14:textId="77777777">
+    <w:p w14:paraId="29AADF3F" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="00A13A31" w:rsidRDefault="008A4736" w:rsidP="00A13A31">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Särskild läkemedelshantering för patienter med cytostatikabehandling</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="008A4736" w:rsidP="008A4736" w:rsidRDefault="008A4736" w14:paraId="1B434B41" w14:textId="77777777">
-[...3 lines deleted...]
-      <w:hyperlink w:history="1" r:id="rId21">
+    <w:p w14:paraId="1B434B41" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="003530AA" w:rsidRDefault="008A4736" w:rsidP="008A4736">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Ordination av cytostatika/läkemedel som används i antitumoralt syfte ska göras i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Cytobase</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> eller i pappershandling. Se regional rutin för </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00105DE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Gränsdragning mellan Cytobase och Melior</w:t>
+          <w:t xml:space="preserve">Gränsdragning mellan </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00105DE2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Cytobase</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00105DE2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> och Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A13A31" w:rsidR="008A4736" w:rsidP="00A13A31" w:rsidRDefault="008A4736" w14:paraId="7FAACE82" w14:textId="77777777">
+    <w:p w14:paraId="7FAACE82" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="00A13A31" w:rsidRDefault="008A4736" w:rsidP="00A13A31">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ordination via lokalt varuregister</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A4736" w:rsidP="008A4736" w:rsidRDefault="008A4736" w14:paraId="56C13F85" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Via lokalt varuregister ordineras bl.a. blod- och nutritionsprodukter liksom </w:t>
+    <w:p w14:paraId="56C13F85" w14:textId="77777777" w:rsidR="008A4736" w:rsidRDefault="008A4736" w:rsidP="008A4736">
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Via lokalt varuregister ordineras </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>bl.a.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> blod- och nutritionsprodukter liksom </w:t>
       </w:r>
       <w:r>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>etaminkapslar. Det går inte att skicka e-recept på lokala varor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00603EC9" w:rsidR="008A4736" w:rsidP="008A4736" w:rsidRDefault="008A4736" w14:paraId="4EAEB98B" w14:textId="77777777">
+    <w:p w14:paraId="4EAEB98B" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="00603EC9" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve">Vid behov av att </w:t>
       </w:r>
       <w:r>
         <w:t>ordinera</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> okänt läkemedel välj ”Läkemedel” </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">med aktuell beredningsform </w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t>i lokalt varuregister. I Anvisningsrutan skrivs den information som är känd.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00603EC9" w:rsidR="008A4736" w:rsidP="008A4736" w:rsidRDefault="008A4736" w14:paraId="2010D660" w14:textId="77777777">
+    <w:p w14:paraId="2010D660" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="00603EC9" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve">För att ordinera studieläkemedel </w:t>
       </w:r>
       <w:r>
         <w:t>välj</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> ”Studieläkemedel”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> med aktuell beredningsform</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> lokalt varuregister. I anvisningsrutan ska studiens namn, studiesubstans samt styrka anges.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="008A4736" w:rsidP="008A4736" w:rsidRDefault="008A4736" w14:paraId="40FCE24A" w14:textId="77777777">
+    <w:p w14:paraId="40FCE24A" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="003530AA" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve">Information om och ansvarig för studien ska finnas i </w:t>
       </w:r>
       <w:r w:rsidRPr="003378A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Patientbakgrunden</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
       <w:r>
         <w:t>”V</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t>iktig information – ingår i studie</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A13A31" w:rsidR="008A4736" w:rsidP="00A13A31" w:rsidRDefault="008A4736" w14:paraId="4081FA50" w14:textId="77777777">
+    <w:p w14:paraId="4081FA50" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="00A13A31" w:rsidRDefault="008A4736" w:rsidP="00A13A31">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ordination av spädningar/preparat till barn och ungdomar under 18 år</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="008A4736" w14:paraId="4B9744D9" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:t>I Melior finns funktionen ePed (Erfarenhets &amp; Evidensbaserad Databas för Barnläkemedel) som kräver en aktuell vikt för att det ska gå att ordinera. Vikten kan registreras i mätvärden eller som ordinationsvikt. ePed består bl.a. av läkemedelsinstruktioner för att stötta ordination, iordningställande och administrering av läkemedel till barn. Dessutom</w:t>
+    <w:p w14:paraId="4B9744D9" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="008A4736" w:rsidP="006C6B16">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">I Melior finns funktionen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>ePed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> (Erfarenhets &amp; Evidensbaserad Databas för Barnläkemedel) som kräver en aktuell vikt för att det ska gå att ordinera. Vikten kan registreras i mätvärden eller som ordinationsvikt. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>ePed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> består </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>bl.a.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> av läkemedelsinstruktioner för att stötta ordination, iordningställande och administrering av läkemedel till barn. Dessutom</w:t>
       </w:r>
       <w:r w:rsidR="006C6B16">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA" w:rsidR="006C6B16">
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00105DE2" w:rsidR="006C6B16">
+      <w:r w:rsidR="006C6B16" w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">finns gränsvärden för rimlighetskontroll framtagna för flertalet preparat. Mer information om </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006C6B16" w:rsidRPr="003530AA">
+        <w:t>ePed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006C6B16" w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> finns på </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="006C6B16" w:rsidRPr="00105DE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Vårdgivarwebben/ePed -Läkemedelsinformation till patienter under 18 år</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidRPr="003530AA" w:rsidR="006C6B16">
+          <w:t>Vårdgivarwebben/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="006C6B16" w:rsidRPr="00105DE2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>ePed</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="006C6B16" w:rsidRPr="00105DE2">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> -Läkemedelsinformation till patienter under 18 år</w:t>
+        </w:r>
+        <w:r w:rsidR="006C6B16" w:rsidRPr="003530AA">
           <w:rPr>
             <w:bCs/>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="004F727F" w:rsidRDefault="006C6B16" w14:paraId="05390E41" w14:textId="77777777">
+    <w:p w14:paraId="05390E41" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Ordinationsmallar_1" w:id="189"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431018" w:id="205"/>
+      <w:bookmarkStart w:id="189" w:name="_Ordinationsmallar_1"/>
+      <w:bookmarkStart w:id="190" w:name="_Toc256000435"/>
+      <w:bookmarkStart w:id="191" w:name="_Toc256000393"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc256000351"/>
+      <w:bookmarkStart w:id="193" w:name="_Toc256000309"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc256000267"/>
+      <w:bookmarkStart w:id="195" w:name="_Toc256000022"/>
+      <w:bookmarkStart w:id="196" w:name="_Toc524080352"/>
+      <w:bookmarkStart w:id="197" w:name="_Toc525659232"/>
+      <w:bookmarkStart w:id="198" w:name="_Toc532909506"/>
+      <w:bookmarkStart w:id="199" w:name="_Toc532984150"/>
+      <w:bookmarkStart w:id="200" w:name="_Toc532987741"/>
+      <w:bookmarkStart w:id="201" w:name="_Toc256000085"/>
+      <w:bookmarkStart w:id="202" w:name="_Toc256000151"/>
+      <w:bookmarkStart w:id="203" w:name="_Toc256000215"/>
+      <w:bookmarkStart w:id="204" w:name="_Toc73355316"/>
+      <w:bookmarkStart w:id="205" w:name="_Toc73431018"/>
       <w:bookmarkEnd w:id="189"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Ordinationsmallar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="190"/>
       <w:bookmarkEnd w:id="191"/>
       <w:bookmarkEnd w:id="192"/>
       <w:bookmarkEnd w:id="193"/>
       <w:bookmarkEnd w:id="194"/>
       <w:bookmarkEnd w:id="195"/>
       <w:bookmarkEnd w:id="196"/>
       <w:bookmarkEnd w:id="197"/>
       <w:bookmarkEnd w:id="198"/>
       <w:bookmarkEnd w:id="199"/>
       <w:bookmarkEnd w:id="200"/>
       <w:bookmarkEnd w:id="201"/>
       <w:bookmarkEnd w:id="202"/>
       <w:bookmarkEnd w:id="203"/>
       <w:bookmarkEnd w:id="204"/>
       <w:bookmarkEnd w:id="205"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="78E489C9" w14:textId="77777777">
+    <w:p w14:paraId="78E489C9" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ordinationsmallar är förarbetade ordinationer i Melior. Hantering av ordinationsmallar beskrivs i riktlinjen </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId23">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00105DE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Ordinationsmallar i Melior, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00105DE2">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="004F727F" w:rsidRDefault="006C6B16" w14:paraId="7286CA5E" w14:textId="77777777">
+    <w:p w14:paraId="7286CA5E" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc525659233" w:id="206"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431019" w:id="230"/>
+      <w:bookmarkStart w:id="206" w:name="_Toc525659233"/>
+      <w:bookmarkStart w:id="207" w:name="_Toc402174989"/>
+      <w:bookmarkStart w:id="208" w:name="_Toc460320035"/>
+      <w:bookmarkStart w:id="209" w:name="_Toc256000020"/>
+      <w:bookmarkStart w:id="210" w:name="_Toc256000063"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc460595301"/>
+      <w:bookmarkStart w:id="212" w:name="_Toc256000106"/>
+      <w:bookmarkStart w:id="213" w:name="_Toc256000149"/>
+      <w:bookmarkStart w:id="214" w:name="_Toc256000192"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc256000235"/>
+      <w:bookmarkStart w:id="216" w:name="_Toc524080353"/>
+      <w:bookmarkStart w:id="217" w:name="_Toc256000436"/>
+      <w:bookmarkStart w:id="218" w:name="_Toc256000394"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc256000352"/>
+      <w:bookmarkStart w:id="220" w:name="_Toc256000310"/>
+      <w:bookmarkStart w:id="221" w:name="_Toc256000268"/>
+      <w:bookmarkStart w:id="222" w:name="_Toc256000023"/>
+      <w:bookmarkStart w:id="223" w:name="_Toc532909507"/>
+      <w:bookmarkStart w:id="224" w:name="_Toc532984151"/>
+      <w:bookmarkStart w:id="225" w:name="_Toc532987742"/>
+      <w:bookmarkStart w:id="226" w:name="_Toc256000086"/>
+      <w:bookmarkStart w:id="227" w:name="_Toc256000152"/>
+      <w:bookmarkStart w:id="228" w:name="_Toc256000216"/>
+      <w:bookmarkStart w:id="229" w:name="_Toc73355317"/>
+      <w:bookmarkStart w:id="230" w:name="_Toc73431019"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Generella </w:t>
       </w:r>
       <w:bookmarkEnd w:id="206"/>
       <w:bookmarkEnd w:id="207"/>
       <w:bookmarkEnd w:id="208"/>
       <w:bookmarkEnd w:id="209"/>
       <w:bookmarkEnd w:id="210"/>
       <w:bookmarkEnd w:id="211"/>
       <w:bookmarkEnd w:id="212"/>
       <w:bookmarkEnd w:id="213"/>
       <w:bookmarkEnd w:id="214"/>
       <w:bookmarkEnd w:id="215"/>
       <w:bookmarkEnd w:id="216"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>direktiv</w:t>
       </w:r>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="380E7D26" w14:textId="77777777">
+    <w:p w14:paraId="380E7D26" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">En enhets generella direktiv (benämns generella ordinationer i Melior) fastställs av respektive verksamhetschef eller av denne utsedd medicinskt ansvarig </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>(läkare</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>). För sidoplacerade</w:t>
       </w:r>
       <w:r>
         <w:t>/utlokaliserade</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> patienter används de generella direktiv som gäller på den avdelning där patienten vårdas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="1EE3DE2B" w14:textId="77777777">
-      <w:r w:rsidRPr="003530AA">
+    <w:p w14:paraId="1EE3DE2B" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Om behovet av en läkemedelsbehandling, som getts enligt ett generellt direktiv, sträcker sig längre än vad som är tillåtet enligt direktivet, krävs en läkarordination för fortsatt behandling. Se även riktlinje </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk62214333" w:id="231"/>
+      <w:bookmarkStart w:id="231" w:name="_Hlk62214333"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-132/SURROGATE/Ordination%20och%20hantering%20av%20l%c3%a4kemedel%20i%20h%c3%a4lso-%20och%20sjukv%c3%a5rd%20enligt%20HSLF%c2%adFS%202017.37%2c%20S%c3%84S.pdf" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00105DE2">
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
         <w:t>Ordination och hantering av läkemedel i hälso- och sjukvård enligt HSLFFS 2017:37, SÄS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="231"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="26CED66A" w14:textId="77777777">
+    <w:p w14:paraId="26CED66A" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000437" w:id="232"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799067" w:id="248"/>
+      <w:bookmarkStart w:id="232" w:name="_Toc256000437"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc256000395"/>
+      <w:bookmarkStart w:id="234" w:name="_Toc256000353"/>
+      <w:bookmarkStart w:id="235" w:name="_Toc256000311"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc256000269"/>
+      <w:bookmarkStart w:id="237" w:name="_Toc256000024"/>
+      <w:bookmarkStart w:id="238" w:name="_Toc524080354"/>
+      <w:bookmarkStart w:id="239" w:name="_Toc525659234"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc532909508"/>
+      <w:bookmarkStart w:id="241" w:name="_Toc532984152"/>
+      <w:bookmarkStart w:id="242" w:name="_Toc532987743"/>
+      <w:bookmarkStart w:id="243" w:name="_Toc256000087"/>
+      <w:bookmarkStart w:id="244" w:name="_Toc256000153"/>
+      <w:bookmarkStart w:id="245" w:name="_Toc256000219"/>
+      <w:bookmarkStart w:id="246" w:name="_Toc73355318"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc73431020"/>
+      <w:bookmarkStart w:id="248" w:name="_Toc207799067"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Dokumentation av läkemedelsöverkänslighet och läkemedelsbiverkan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="68045C39" w14:textId="77777777">
+    <w:p w14:paraId="68045C39" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000438" w:id="249"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431021" w:id="263"/>
+      <w:bookmarkStart w:id="249" w:name="_Toc256000438"/>
+      <w:bookmarkStart w:id="250" w:name="_Toc256000396"/>
+      <w:bookmarkStart w:id="251" w:name="_Toc256000354"/>
+      <w:bookmarkStart w:id="252" w:name="_Toc256000312"/>
+      <w:bookmarkStart w:id="253" w:name="_Toc256000270"/>
+      <w:bookmarkStart w:id="254" w:name="_Toc256000025"/>
+      <w:bookmarkStart w:id="255" w:name="_Toc525659235"/>
+      <w:bookmarkStart w:id="256" w:name="_Toc532909509"/>
+      <w:bookmarkStart w:id="257" w:name="_Toc532984153"/>
+      <w:bookmarkStart w:id="258" w:name="_Toc532987744"/>
+      <w:bookmarkStart w:id="259" w:name="_Toc256000090"/>
+      <w:bookmarkStart w:id="260" w:name="_Toc256000154"/>
+      <w:bookmarkStart w:id="261" w:name="_Toc256000220"/>
+      <w:bookmarkStart w:id="262" w:name="_Toc73355319"/>
+      <w:bookmarkStart w:id="263" w:name="_Toc73431021"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsöverkänslighet</w:t>
       </w:r>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
       <w:bookmarkEnd w:id="251"/>
       <w:bookmarkEnd w:id="252"/>
       <w:bookmarkEnd w:id="253"/>
       <w:bookmarkEnd w:id="254"/>
       <w:bookmarkEnd w:id="255"/>
       <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
       <w:bookmarkEnd w:id="258"/>
       <w:bookmarkEnd w:id="259"/>
       <w:bookmarkEnd w:id="260"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="0A52EDFF" w14:textId="77777777">
+    <w:p w14:paraId="0A52EDFF" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:r w:rsidRPr="003530AA">
         <w:t>Observera att nedan gäller dokumentation av överkänslighetsreaktion. Vid dokumentation av annan biverkan ska varningsregistrering inte användas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="2A8109B5" w14:textId="77777777">
+    <w:p w14:paraId="2A8109B5" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Konstaterad eller misstänkt läkemedelsöverkänslighet ska dokumenteras enligt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId24">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="007B7C85">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Varningar och begränsning av vårdinsats i Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="335E35D4" w14:textId="77777777">
+    <w:p w14:paraId="335E35D4" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:r w:rsidRPr="003530AA">
         <w:t>Dokumentationen ska så långt det är möjligt innehålla:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="004F727F" w:rsidRDefault="006C6B16" w14:paraId="4043CE06" w14:textId="77777777">
+    <w:p w14:paraId="4043CE06" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>beskrivning av överkänslighetsreaktionen, inklusive allvarlighetsgrad, och antal doser som tagits</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="004F727F" w:rsidRDefault="006C6B16" w14:paraId="04438504" w14:textId="77777777">
+    <w:p w14:paraId="04438504" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>generiskt namn och tillverkare/produktnamn</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="004F727F" w:rsidRDefault="006C6B16" w14:paraId="2D528CD9" w14:textId="77777777">
+    <w:p w14:paraId="2D528CD9" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>beredningsform, styrka och administrationssätt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="004F727F" w:rsidRDefault="006C6B16" w14:paraId="52F2229E" w14:textId="77777777">
+    <w:p w14:paraId="52F2229E" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>datum och tid för reaktionen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="004F727F" w:rsidRDefault="006C6B16" w14:paraId="2E26F3AC" w14:textId="77777777">
+    <w:p w14:paraId="2E26F3AC" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>visshetsgrad – är reaktionen säkerställd eller bara misstänkt?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="006C6B16" w:rsidP="006C6B16" w:rsidRDefault="006C6B16" w14:paraId="275ED305" w14:textId="77777777">
+    <w:p w14:paraId="275ED305" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:r w:rsidRPr="003530AA">
         <w:t>Observera att ATC-kod måste väljas så att även närbesläktade preparat som kan antas riskera att ge samma överkänslighetsreaktion omfattas. I många fall innebär det att registrering behöver ske på en högre nivå i ATC-kodsträdet för att täcka in fler läkemedel.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="5AAA5AA6" w14:textId="77777777">
+    <w:p w14:paraId="5AAA5AA6" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000439" w:id="264"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431022" w:id="278"/>
+      <w:bookmarkStart w:id="264" w:name="_Toc256000439"/>
+      <w:bookmarkStart w:id="265" w:name="_Toc256000397"/>
+      <w:bookmarkStart w:id="266" w:name="_Toc256000355"/>
+      <w:bookmarkStart w:id="267" w:name="_Toc256000313"/>
+      <w:bookmarkStart w:id="268" w:name="_Toc256000271"/>
+      <w:bookmarkStart w:id="269" w:name="_Toc256000026"/>
+      <w:bookmarkStart w:id="270" w:name="_Toc525659236"/>
+      <w:bookmarkStart w:id="271" w:name="_Toc532909510"/>
+      <w:bookmarkStart w:id="272" w:name="_Toc532984154"/>
+      <w:bookmarkStart w:id="273" w:name="_Toc532987745"/>
+      <w:bookmarkStart w:id="274" w:name="_Toc256000091"/>
+      <w:bookmarkStart w:id="275" w:name="_Toc256000155"/>
+      <w:bookmarkStart w:id="276" w:name="_Toc256000223"/>
+      <w:bookmarkStart w:id="277" w:name="_Toc73355320"/>
+      <w:bookmarkStart w:id="278" w:name="_Toc73431022"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsbiverkan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
       <w:bookmarkEnd w:id="270"/>
       <w:bookmarkEnd w:id="271"/>
       <w:bookmarkEnd w:id="272"/>
       <w:bookmarkEnd w:id="273"/>
       <w:bookmarkEnd w:id="274"/>
       <w:bookmarkEnd w:id="275"/>
       <w:bookmarkEnd w:id="276"/>
       <w:bookmarkEnd w:id="277"/>
       <w:bookmarkEnd w:id="278"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="54648013" w14:textId="77777777">
+    <w:p w14:paraId="54648013" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Vid läkemedelsbiverkan bör reaktionen beskrivas i löpande journaltext samtidigt som läkemedlet sätts ut och utsättningsorsak väljs till ”annan biverkan”. Om biverkansinformationen bedöms vara av särskild vikt kan den dokumenteras </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Patientbakgrunden</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> under sökordet </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Viktig information</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> och flervalet </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> och </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>flervalet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Spec info</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Spec</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t xml:space="preserve"> info</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="2E9236B7" w14:textId="77777777">
-      <w:r w:rsidRPr="003530AA">
+    <w:p w14:paraId="2E9236B7" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Konstaterad eller misstänkt biverkan ska även rapporteras till Läkemedelsverket, länk till ifyllbar biverkningsrapport finns i Melior. Det är särskilt viktigt att rapportera allvarliga och/eller okända misstänkta biverkningar, de som tycks öka i frekvens, samt misstänkta biverkningar på nya preparat med utökad övervakning (markerat med ett V i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> respektive en svart triangel i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="3A49CDD7" w14:textId="77777777">
+    <w:p w14:paraId="3A49CDD7" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000440" w:id="279"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799068" w:id="295"/>
+      <w:bookmarkStart w:id="279" w:name="_Toc256000440"/>
+      <w:bookmarkStart w:id="280" w:name="_Toc256000398"/>
+      <w:bookmarkStart w:id="281" w:name="_Toc256000356"/>
+      <w:bookmarkStart w:id="282" w:name="_Toc256000314"/>
+      <w:bookmarkStart w:id="283" w:name="_Toc256000272"/>
+      <w:bookmarkStart w:id="284" w:name="_Toc256000031"/>
+      <w:bookmarkStart w:id="285" w:name="_Toc524080355"/>
+      <w:bookmarkStart w:id="286" w:name="_Toc525659237"/>
+      <w:bookmarkStart w:id="287" w:name="_Toc532909511"/>
+      <w:bookmarkStart w:id="288" w:name="_Toc532984155"/>
+      <w:bookmarkStart w:id="289" w:name="_Toc532987746"/>
+      <w:bookmarkStart w:id="290" w:name="_Toc256000094"/>
+      <w:bookmarkStart w:id="291" w:name="_Toc256000160"/>
+      <w:bookmarkStart w:id="292" w:name="_Toc256000228"/>
+      <w:bookmarkStart w:id="293" w:name="_Toc73355321"/>
+      <w:bookmarkStart w:id="294" w:name="_Toc73431023"/>
+      <w:bookmarkStart w:id="295" w:name="_Toc207799068"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Förskrivning av läkemedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
     </w:p>
-    <w:p w:rsidRPr="00D51BA4" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="3C6A9642" w14:textId="77777777">
+    <w:p w14:paraId="3C6A9642" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="00D51BA4" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:r w:rsidRPr="00B73895">
         <w:t xml:space="preserve">Via knapp NLL i </w:t>
       </w:r>
       <w:r w:rsidRPr="00B73895">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="00B73895">
-        <w:t xml:space="preserve"> nås en läsvy över patientens samtliga förskrivningar genom </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="1" r:id="rId25">
+        <w:t xml:space="preserve"> nås en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B73895">
+        <w:t>läsvy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B73895">
+        <w:t xml:space="preserve"> över patientens samtliga förskrivningar genom </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00B73895">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Nationell läkemedelslista</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B73895">
-        <w:t>. Här kontrolleras med fördel status på patientens förskrivningar och uttag.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="6013440E" w14:textId="77777777">
+        <w:t xml:space="preserve">. Här kontrolleras med </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B73895">
+        <w:t>fördel status</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B73895">
+        <w:t xml:space="preserve"> på patientens förskrivningar och uttag.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6013440E" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Innan förskrivning kontrolleras om patienten har dosexpedition, för dessa patienter se avsnitt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Förskrivning_till_patienter_1">
+      <w:hyperlink w:anchor="_Förskrivning_till_patienter_1" w:history="1">
         <w:r w:rsidRPr="00AF58DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivning till patienter med dosexpedition/Pascal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="5E26C45F" w14:textId="76224533">
-[...1 lines deleted...]
-        <w:rPr/>
+    <w:p w14:paraId="5E26C45F" w14:textId="76224533" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
+      <w:r>
         <w:t xml:space="preserve">Vid förskrivning av läkemedel som ska handläggas av primärvården ska förskrivningens giltighet sättas till tre månader i enlighet med regional riktlinje </w:t>
       </w:r>
-      <w:hyperlink r:id="R38ce445717214e48">
-        <w:r w:rsidRPr="67097D16" w:rsidR="00932F4D">
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidRPr="67097D16">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivning av läkemedel till patient vid överföring mellan vårdenheter</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00932F4D">
-        <w:rPr/>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="104850F3" w14:textId="77777777">
+    <w:p w14:paraId="104850F3" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Förskrivning_av_recept" w:id="296"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc402175001" w:id="313"/>
+      <w:bookmarkStart w:id="296" w:name="_Förskrivning_av_recept"/>
+      <w:bookmarkStart w:id="297" w:name="_Toc256000441"/>
+      <w:bookmarkStart w:id="298" w:name="_Toc256000399"/>
+      <w:bookmarkStart w:id="299" w:name="_Toc256000357"/>
+      <w:bookmarkStart w:id="300" w:name="_Toc256000315"/>
+      <w:bookmarkStart w:id="301" w:name="_Toc256000273"/>
+      <w:bookmarkStart w:id="302" w:name="_Toc256000034"/>
+      <w:bookmarkStart w:id="303" w:name="_Toc524080356"/>
+      <w:bookmarkStart w:id="304" w:name="_Toc525659238"/>
+      <w:bookmarkStart w:id="305" w:name="_Toc532909512"/>
+      <w:bookmarkStart w:id="306" w:name="_Toc532984156"/>
+      <w:bookmarkStart w:id="307" w:name="_Toc532987747"/>
+      <w:bookmarkStart w:id="308" w:name="_Toc256000099"/>
+      <w:bookmarkStart w:id="309" w:name="_Toc256000163"/>
+      <w:bookmarkStart w:id="310" w:name="_Toc256000229"/>
+      <w:bookmarkStart w:id="311" w:name="_Toc73355322"/>
+      <w:bookmarkStart w:id="312" w:name="_Toc73431024"/>
+      <w:bookmarkStart w:id="313" w:name="_Toc402175001"/>
       <w:bookmarkEnd w:id="296"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Förskrivning av recept</w:t>
       </w:r>
       <w:bookmarkEnd w:id="297"/>
       <w:bookmarkEnd w:id="298"/>
       <w:bookmarkEnd w:id="299"/>
       <w:bookmarkEnd w:id="300"/>
       <w:bookmarkEnd w:id="301"/>
       <w:bookmarkEnd w:id="302"/>
       <w:bookmarkEnd w:id="303"/>
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="306"/>
       <w:bookmarkEnd w:id="307"/>
       <w:bookmarkEnd w:id="308"/>
       <w:bookmarkEnd w:id="309"/>
       <w:bookmarkEnd w:id="310"/>
       <w:bookmarkEnd w:id="311"/>
       <w:bookmarkEnd w:id="312"/>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00932F4D" w:rsidP="00932F4D" w:rsidRDefault="00932F4D" w14:paraId="415624FD" w14:textId="77777777">
+    <w:p w14:paraId="415624FD" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Vid receptförskrivning ska R-markerade läkemedel väljas i första hand. Ordinationen får inte ändras direkt i receptet, utan måste först ändras i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
-      </w:r>
-[...3 lines deleted...]
-      <w:hyperlink w:history="1" w:anchor="Bilaga3">
+        <w:t xml:space="preserve">E-recept används i förstahand. För reservrutin samt begränsningar och hantering av specialfall, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>t.ex.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> patienter utan svenskt personnummer, se </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="Bilaga3" w:history="1">
         <w:r w:rsidRPr="00AF58DE">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>bilaga 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C65057" w:rsidP="00C65057" w:rsidRDefault="00932F4D" w14:paraId="77BBF697" w14:textId="75DEF556">
+    <w:p w14:paraId="77BBF697" w14:textId="75DEF556" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00C65057">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">Förskrivaren ska ange på receptet om patienten är en förmånsberättigad person eller inte. Vid förskrivning av läkemedel med förmånsbegränsning ska förskrivaren dessutom ange om förutsättningarna för förmån är uppfyllda eller inte. (Enligt uppdatering juni 2020 av lagen (2002:160) om läkemedelsförmåner m.m. samt Läkemedelsverkets föreskrift HSLF-FS 2019:32). </w:t>
+        <w:t xml:space="preserve">Förskrivaren ska ange på receptet om patienten är en förmånsberättigad person eller inte. Vid förskrivning av läkemedel med förmånsbegränsning ska förskrivaren dessutom ange om förutsättningarna för förmån är uppfyllda eller inte. (Enligt uppdatering juni 2020 av lagen (2002:160) om läkemedelsförmåner </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>m.m.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> samt Läkemedelsverkets föreskrift HSLF-FS 2019:32). </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Förändringen innebär bland annat att apotek även ska erbjuda </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>patienterna utbyte av ett förskrivet läkemedel som inte ingår i läkemedelsförmånerna till ett likvärdigt utbytbart läkemedel som ingår i läkemedelsförmånerna. Även</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C65057" w:rsidR="00C65057">
+      <w:r w:rsidR="00C65057" w:rsidRPr="00C65057">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA" w:rsidR="00C65057">
+      <w:r w:rsidR="00C65057" w:rsidRPr="003530AA">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">ett läkemedel som enligt smittskyddslagen ska lämnas ut kostnadsfritt till patienten, ska bytas ut om det finns ett utbytbart läkemedel som TLV har fastställt pris för. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C65057" w:rsidP="00C65057" w:rsidRDefault="00C65057" w14:paraId="00EFFE9D" w14:textId="77777777">
+    <w:p w14:paraId="00EFFE9D" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Förmånsberättigad</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C65057" w:rsidP="00C65057" w:rsidRDefault="00C65057" w14:paraId="120774FA" w14:textId="77777777">
+    <w:p w14:paraId="120774FA" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:r w:rsidRPr="003530AA">
         <w:t>Personer som är folkbokförda i Sverige är förmånsberättigad och har rätt till högkostnadsskydd. Därutöver finns det fler som är förmånsberättigad, se nedan (hämtat från lag 2002:160)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C65057" w:rsidP="004F727F" w:rsidRDefault="00C65057" w14:paraId="431F472E" w14:textId="77777777">
+    <w:p w14:paraId="431F472E" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Försäkrade från länder inom EU/EES-området och Schweiz i följande fall.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
-      </w:r>
-[...1 lines deleted...]
-        <w:t>För nödvändig vård vid uppvisande av EU-kort eller provisoriskt intyg. Det är förskrivaren som avgör om vården ska betraktas som nödvändig. Med nödvändig vård menas att vården inte ska kunna vänta tills den försäkrade kommer hem till det land som normalt ansvarar för vården. Syftet med resan får inte heller ha varit att söka vård. Då är det istället fråga om planerad vård.</w:t>
+        <w:t xml:space="preserve">För nödvändig vård vid uppvisande av EU-kort eller provisoriskt intyg. Det är förskrivaren som avgör om vården ska betraktas som nödvändig. Med nödvändig vård menas att vården inte ska kunna vänta tills den försäkrade kommer hem till det land som normalt ansvarar för vården. Syftet med resan får inte heller ha varit att söka vård. Då är det </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> fråga om planerad vård.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
-      </w:r>
-      <w:r w:rsidRPr="003530AA">
         <w:t>Om klartecken har getts i förväg från försäkringslandet omfattas även planerad vård. Patienten behöver då visa upp intyg om detta. Om klartecken från försäkringslandet inte har getts i förväg omfattas inte planerad vård av läkemedelsförmånerna.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004F727F" w:rsidR="00C65057" w:rsidP="004F727F" w:rsidRDefault="00C65057" w14:paraId="21FA8312" w14:textId="77777777">
+    <w:p w14:paraId="21FA8312" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="004F727F" w:rsidRDefault="00C65057" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F727F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Pensionärer med svensk pension som är bosatta i ett annat EU/EES-land eller Schweiz, och som kan visa upp ett särskilt intyg från Försäkringskassan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004F727F" w:rsidR="00C65057" w:rsidP="004F727F" w:rsidRDefault="00C65057" w14:paraId="2283131F" w14:textId="77777777">
+    <w:p w14:paraId="2283131F" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="004F727F" w:rsidRDefault="00C65057" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F727F">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Personer som inte är bosatta i Sverige, men har anställning här, har rätt till läkemedelsförmåner. Förbrukningsartiklar för stomi ingår dock inte.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C65057" w:rsidP="00C65057" w:rsidRDefault="00C65057" w14:paraId="19814DFA" w14:textId="77777777">
+    <w:p w14:paraId="19814DFA" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Makulering av E-recept</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C65057" w:rsidP="00C65057" w:rsidRDefault="00C65057" w14:paraId="10992EC3" w14:textId="77777777">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+    <w:p w14:paraId="10992EC3" w14:textId="77777777" w:rsidR="00C65057" w:rsidRDefault="00C65057" w:rsidP="00C65057">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">E-recept ska i första hand makuleras elektroniskt via Melior, vilket innebär att receptet görs ogiltigt i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>eHälsomyndighetens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> system och ev. kvarvarande uttag stoppas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA3B87E" w14:textId="77777777" w:rsidR="00C65057" w:rsidRDefault="00C65057" w:rsidP="00C65057">
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Om makuleringen inte kan genomföras helt eller delvis får användaren en dialogruta med information om orsaken</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> och makulering görs då lokalt i Melior</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">.. Detta innebär att receptet endast makuleras i Melior och att </w:t>
+        <w:t xml:space="preserve"> och makulering görs då lokalt i </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Melior</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> Detta innebär att receptet endast makuleras i Melior och att </w:t>
       </w:r>
       <w:r>
         <w:t>förskrivaren</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> även måste kontakta lokalt apotek för att göra makuleringen komplett och förhindra uttag på receptet. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C65057" w:rsidP="00C65057" w:rsidRDefault="00C65057" w14:paraId="26E9A8D2" w14:textId="77777777">
+    <w:p w14:paraId="26E9A8D2" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:r>
         <w:t xml:space="preserve">I de fall e-receptet inte är utfärdat i Melior kan det i stället avslutas via </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId27">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="006D5D64">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivningskollen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C61C0D" w:rsidP="00C61C0D" w:rsidRDefault="00C61C0D" w14:paraId="7F4FCCDE" w14:textId="77777777">
+    <w:p w14:paraId="7F4FCCDE" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000442" w:id="314"/>
-[...14 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431025" w:id="329"/>
+      <w:bookmarkStart w:id="314" w:name="_Toc256000442"/>
+      <w:bookmarkStart w:id="315" w:name="_Toc256000400"/>
+      <w:bookmarkStart w:id="316" w:name="_Toc256000358"/>
+      <w:bookmarkStart w:id="317" w:name="_Toc256000316"/>
+      <w:bookmarkStart w:id="318" w:name="_Toc256000274"/>
+      <w:bookmarkStart w:id="319" w:name="_Toc256000035"/>
+      <w:bookmarkStart w:id="320" w:name="_Toc524080357"/>
+      <w:bookmarkStart w:id="321" w:name="_Toc525659239"/>
+      <w:bookmarkStart w:id="322" w:name="_Toc532909513"/>
+      <w:bookmarkStart w:id="323" w:name="_Toc532984157"/>
+      <w:bookmarkStart w:id="324" w:name="_Toc532987748"/>
+      <w:bookmarkStart w:id="325" w:name="_Toc256000100"/>
+      <w:bookmarkStart w:id="326" w:name="_Toc256000164"/>
+      <w:bookmarkStart w:id="327" w:name="_Toc256000230"/>
+      <w:bookmarkStart w:id="328" w:name="_Toc73355323"/>
+      <w:bookmarkStart w:id="329" w:name="_Toc73431025"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Förskrivning till patienter med dosexpedition/Pascal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="314"/>
       <w:bookmarkEnd w:id="315"/>
       <w:bookmarkEnd w:id="316"/>
       <w:bookmarkEnd w:id="317"/>
       <w:bookmarkEnd w:id="318"/>
       <w:bookmarkEnd w:id="319"/>
       <w:bookmarkEnd w:id="320"/>
       <w:bookmarkEnd w:id="321"/>
       <w:bookmarkEnd w:id="322"/>
       <w:bookmarkEnd w:id="323"/>
       <w:bookmarkEnd w:id="324"/>
       <w:bookmarkEnd w:id="325"/>
       <w:bookmarkEnd w:id="326"/>
       <w:bookmarkEnd w:id="327"/>
       <w:bookmarkEnd w:id="328"/>
       <w:bookmarkEnd w:id="329"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C61C0D" w:rsidP="00C61C0D" w:rsidRDefault="00C61C0D" w14:paraId="33734C79" w14:textId="77777777">
+    <w:p w14:paraId="33734C79" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Förskrivning och justering av befintlig läkemedelsbehandling ska alltid göras i Pascal och i möjligaste mån ska läkemedel som kan dosdispenseras väljas. </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">För läkemedel med förmånsbegränsning måste förskrivaren aktivt välja om patienten uppfyller förutsättningarna för förmån eller inte. </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedel som inte kan dosdispenseras eller som ska användas tillfälligt alternativt vid behov förskrivs som helförpackning i Pascal. Patienten får då läkemedlet i originalförpackning likt expedition av E-recept. Patienten behöver uppmärksammas på att läkemedel som förskrivs som helförpackning, aldrig levereras med automatik utan behöver hämtas på lokalt apotek alternativt beställas från dosleverantören. Hämtning på lokalt apotek kan göras omgående efter förskrivning. För läkemedel som enbart ska användas under begränsad tid anges utsättningsdatum vid insättning.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C61C0D" w:rsidP="00C61C0D" w:rsidRDefault="00C61C0D" w14:paraId="6949801E" w14:textId="77777777">
+    <w:p w14:paraId="6949801E" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Dokumentera i patientens journalmapp att patienten har dosexpedierade läkemedel i hemmet genom att tända Dosikonen via ett val i menyraden Läkemedel. Vid förskrivning av nya recept och förnyelse av recept på patient där Dosikonen är aktiverad visas ett meddelande att patienten har dosdispenserande läkemedel i öppenvård. Via Dosikonen sker ett uthopp till Pascals startsida för inloggning med SITHS-kort. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C61C0D" w:rsidP="00C61C0D" w:rsidRDefault="00C61C0D" w14:paraId="43C4E7A6" w14:textId="77777777">
+    <w:p w14:paraId="43C4E7A6" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> behöver uppdateras i samband med förskrivning eller justering i Pascal</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> eftersom</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> att förskrivning via Pascal inte syns i </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>eftersom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> att</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> förskrivning via Pascal inte syns i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> eller </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>receptmodulen</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> i Melior</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>atienten ska ha en tänd Dos-ikon</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i Melior</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C61C0D" w:rsidP="00C61C0D" w:rsidRDefault="00C61C0D" w14:paraId="73F7A298" w14:textId="77777777">
+    <w:p w14:paraId="73F7A298" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc402175010" w:id="330"/>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="330" w:name="_Toc402175010"/>
+      <w:bookmarkStart w:id="331" w:name="_Toc460320042"/>
+      <w:bookmarkStart w:id="332" w:name="_Toc256000027"/>
+      <w:bookmarkStart w:id="333" w:name="_Toc256000070"/>
+      <w:bookmarkStart w:id="334" w:name="_Toc460595308"/>
+      <w:bookmarkStart w:id="335" w:name="_Toc256000113"/>
+      <w:bookmarkStart w:id="336" w:name="_Toc256000156"/>
+      <w:bookmarkStart w:id="337" w:name="_Toc256000199"/>
+      <w:bookmarkStart w:id="338" w:name="_Toc256000242"/>
+      <w:bookmarkStart w:id="339" w:name="_Toc256000443"/>
+      <w:bookmarkStart w:id="340" w:name="_Toc256000401"/>
+      <w:bookmarkStart w:id="341" w:name="_Toc256000359"/>
+      <w:bookmarkStart w:id="342" w:name="_Toc256000317"/>
+      <w:bookmarkStart w:id="343" w:name="_Toc256000275"/>
+      <w:bookmarkStart w:id="344" w:name="_Toc256000037"/>
+      <w:bookmarkStart w:id="345" w:name="_Toc524080358"/>
+      <w:bookmarkStart w:id="346" w:name="_Toc525659240"/>
+      <w:bookmarkStart w:id="347" w:name="_Toc532909514"/>
+      <w:bookmarkStart w:id="348" w:name="_Toc532984158"/>
+      <w:bookmarkStart w:id="349" w:name="_Toc532987749"/>
+      <w:bookmarkStart w:id="350" w:name="_Toc256000101"/>
+      <w:bookmarkStart w:id="351" w:name="_Toc256000166"/>
+      <w:bookmarkStart w:id="352" w:name="_Toc256000231"/>
+      <w:bookmarkStart w:id="353" w:name="_Toc73355324"/>
+      <w:bookmarkStart w:id="354" w:name="_Toc73431026"/>
+      <w:bookmarkStart w:id="355" w:name="_Toc207799069"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Avslut av </w:t>
       </w:r>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
       <w:bookmarkEnd w:id="336"/>
       <w:bookmarkEnd w:id="337"/>
       <w:bookmarkEnd w:id="338"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>vårdkontakt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="339"/>
       <w:bookmarkEnd w:id="340"/>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
       <w:bookmarkEnd w:id="344"/>
       <w:bookmarkEnd w:id="345"/>
       <w:bookmarkEnd w:id="346"/>
       <w:bookmarkEnd w:id="347"/>
       <w:bookmarkEnd w:id="348"/>
       <w:bookmarkEnd w:id="349"/>
       <w:bookmarkEnd w:id="350"/>
       <w:bookmarkEnd w:id="351"/>
       <w:bookmarkEnd w:id="352"/>
       <w:bookmarkEnd w:id="353"/>
       <w:bookmarkEnd w:id="354"/>
       <w:bookmarkEnd w:id="355"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C61C0D" w:rsidP="00C61C0D" w:rsidRDefault="00C61C0D" w14:paraId="7E259282" w14:textId="77777777">
+    <w:p w14:paraId="7E259282" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsdokumentation vid avslut av vårdkontakt styrs av var i vårdkedjan patienten befinner sig:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C61C0D" w:rsidP="00C61C0D" w:rsidRDefault="00C61C0D" w14:paraId="027277A5" w14:textId="77777777">
+    <w:p w14:paraId="027277A5" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000444" w:id="356"/>
-[...14 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431027" w:id="371"/>
+      <w:bookmarkStart w:id="356" w:name="_Toc256000444"/>
+      <w:bookmarkStart w:id="357" w:name="_Toc256000402"/>
+      <w:bookmarkStart w:id="358" w:name="_Toc256000360"/>
+      <w:bookmarkStart w:id="359" w:name="_Toc256000318"/>
+      <w:bookmarkStart w:id="360" w:name="_Toc256000276"/>
+      <w:bookmarkStart w:id="361" w:name="_Toc256000038"/>
+      <w:bookmarkStart w:id="362" w:name="_Toc524080359"/>
+      <w:bookmarkStart w:id="363" w:name="_Toc525659241"/>
+      <w:bookmarkStart w:id="364" w:name="_Toc532909515"/>
+      <w:bookmarkStart w:id="365" w:name="_Toc532984159"/>
+      <w:bookmarkStart w:id="366" w:name="_Toc532987750"/>
+      <w:bookmarkStart w:id="367" w:name="_Toc256000102"/>
+      <w:bookmarkStart w:id="368" w:name="_Toc256000167"/>
+      <w:bookmarkStart w:id="369" w:name="_Toc256000232"/>
+      <w:bookmarkStart w:id="370" w:name="_Toc73355325"/>
+      <w:bookmarkStart w:id="371" w:name="_Toc73431027"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Utskrivning från slutenvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="356"/>
       <w:bookmarkEnd w:id="357"/>
       <w:bookmarkEnd w:id="358"/>
       <w:bookmarkEnd w:id="359"/>
       <w:bookmarkEnd w:id="360"/>
       <w:bookmarkEnd w:id="361"/>
       <w:bookmarkEnd w:id="362"/>
       <w:bookmarkEnd w:id="363"/>
       <w:bookmarkEnd w:id="364"/>
       <w:bookmarkEnd w:id="365"/>
       <w:bookmarkEnd w:id="366"/>
       <w:bookmarkEnd w:id="367"/>
       <w:bookmarkEnd w:id="368"/>
       <w:bookmarkEnd w:id="369"/>
       <w:bookmarkEnd w:id="370"/>
       <w:bookmarkEnd w:id="371"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C61C0D" w:rsidP="00C61C0D" w:rsidRDefault="00C61C0D" w14:paraId="7C64B680" w14:textId="77777777">
+    <w:p w14:paraId="7C64B680" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Se även bilaga 4: </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="Bilaga4">
+      <w:hyperlink w:anchor="Bilaga4" w:history="1">
         <w:r w:rsidRPr="009D250D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Flödesschema: Utskrivning från slutenvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="004F727F" w:rsidR="00C61C0D" w:rsidP="004F727F" w:rsidRDefault="00C61C0D" w14:paraId="3EBA4A3C" w14:textId="77777777">
+    <w:p w14:paraId="3EBA4A3C" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="004F727F" w:rsidRDefault="00C61C0D" w:rsidP="004F727F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Läkemedelsberättelse" w:id="372"/>
+      <w:bookmarkStart w:id="372" w:name="_Läkemedelsberättelse"/>
       <w:bookmarkEnd w:id="372"/>
       <w:r w:rsidRPr="004F727F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Läkemedelsberättelse</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FB6947" w:rsidP="00FB6947" w:rsidRDefault="00C61C0D" w14:paraId="2568A9C0" w14:textId="18F4B69C">
+    <w:p w14:paraId="2568A9C0" w14:textId="18F4B69C" w:rsidR="00FB6947" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00FB6947">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid utskrivning från slutenvård ska </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>läkemedelsberättelse</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokumenteras enligt riktlinje </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId28">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00A40CC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Läkemedelsgenomgång och läkemedelsberättelse på SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Utskrivningsmeddelande</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> och </w:t>
@@ -4686,2223 +5298,2404 @@
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>epikris</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ska innehålla </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>läkemedelsberättelsen</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> som beskriver de förändringar som skett i patientens läkemedelsbehandling. För nyinsatta och dosförändrade preparat ska det framgå förväntad behandlingslängd samt vem som ansvarar för uppföljning av behandlingen i enlighet med </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId29">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="00A40CC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Riktlinje för tillämpning av Socialstyrelsens nya föreskrifter för läkemedelshantering gällande ordination och delegation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. För ev. tillfälliga utsättningar av läkemedel</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB6947" w:rsidR="00FB6947">
+      <w:r w:rsidR="00FB6947" w:rsidRPr="00FB6947">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA" w:rsidR="00FB6947">
+      <w:r w:rsidR="00FB6947" w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>behöver det framgå vem som ansvarar för ställningstagande om återinsättande eller avslut.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA" w:rsidR="00FB6947">
+      <w:r w:rsidR="00FB6947" w:rsidRPr="003530AA">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA" w:rsidR="00FB6947">
+      <w:r w:rsidR="00FB6947" w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">En aktuell läkemedelslista ska alltid bifogas </w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA" w:rsidR="00FB6947">
+      <w:r w:rsidR="00FB6947" w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>läkemedelsberättelsen</w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA" w:rsidR="00FB6947">
+      <w:r w:rsidR="00FB6947" w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, för utskrift se avsnitt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Hantering_av_läkemedelslista">
-        <w:r w:rsidRPr="00A40CC4" w:rsidR="00FB6947">
+      <w:hyperlink w:anchor="_Hantering_av_läkemedelslista" w:history="1">
+        <w:r w:rsidR="00FB6947" w:rsidRPr="00A40CC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hantering av läkemedelslista</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003530AA" w:rsidR="00FB6947">
+      <w:r w:rsidR="00FB6947" w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Patienter_med_dosexpedition/Pascal_1" w:id="373"/>
+      <w:bookmarkStart w:id="373" w:name="_Patienter_med_dosexpedition/Pascal_1"/>
       <w:bookmarkEnd w:id="373"/>
     </w:p>
-    <w:p w:rsidRPr="004F727F" w:rsidR="00FB6947" w:rsidP="004F727F" w:rsidRDefault="00FB6947" w14:paraId="3B44FCF2" w14:textId="77777777">
+    <w:p w14:paraId="3B44FCF2" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="004F727F" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Patienter_med_dosexpedition/Pascal_2" w:id="374"/>
+      <w:bookmarkStart w:id="374" w:name="_Patienter_med_dosexpedition/Pascal_2"/>
       <w:bookmarkEnd w:id="374"/>
       <w:r w:rsidRPr="004F727F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Patienter med dosexpedition/Pascal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FB6947" w:rsidP="004F727F" w:rsidRDefault="00FB6947" w14:paraId="60A8B3B8" w14:textId="77777777">
+    <w:p w14:paraId="60A8B3B8" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="003530AA" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Uppdatera Pascal så att det råder samstämmighet mellan Pascal och </w:t>
       </w:r>
       <w:r w:rsidRPr="004F727F">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. För förskrivning se avsnitt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Förskrivning_till_patienter">
+      <w:hyperlink w:anchor="_Förskrivning_till_patienter" w:history="1">
         <w:r w:rsidRPr="00A40CC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivning till patienter med dosexpedition/Pascal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FB6947" w:rsidP="004F727F" w:rsidRDefault="00FB6947" w14:paraId="43037196" w14:textId="77777777">
+    <w:p w14:paraId="43037196" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="003530AA" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Säkerställ att patientens dosexpedition är aktiv (aktiveras igen om den pausats under vårdkontakten). Aktivering görs i Pascal genom att sätta expedieringen till aktiv under fliken patientinformation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FB6947" w:rsidP="004F727F" w:rsidRDefault="00FB6947" w14:paraId="762955DD" w14:textId="77777777">
+    <w:p w14:paraId="762955DD" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="003530AA" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Bedöm om akutproduktion ska göras, enligt nedanstående tabell.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8937" w:type="dxa"/>
         <w:tblInd w:w="846" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Akutproduktion"/>
         <w:tblDescription w:val="Tabellen visar tre olika scenarier vid läkemedelsordination, hur bedömning görs och förutsättningar för om akutproduktion av läkemedel behöver ske eller inte."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2975"/>
         <w:gridCol w:w="2276"/>
         <w:gridCol w:w="3396"/>
         <w:gridCol w:w="290"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="00E9269A" w:rsidTr="00E9269A" w14:paraId="038BAA88" w14:textId="77777777">
+      <w:tr w:rsidR="00E9269A" w:rsidRPr="003530AA" w14:paraId="038BAA88" w14:textId="77777777" w:rsidTr="00E9269A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E9269A" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="2ACFFF57" w14:textId="119F7EFA">
+          <w:p w14:paraId="2ACFFF57" w14:textId="119F7EFA" w:rsidR="00FB6947" w:rsidRPr="00E9269A" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="462" w:right="278"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9269A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Scenario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E9269A" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="0883706B" w14:textId="7383F4EF">
+          <w:p w14:paraId="0883706B" w14:textId="7383F4EF" w:rsidR="00FB6947" w:rsidRPr="00E9269A" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="463" w:right="168"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9269A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Bedömning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00E9269A" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="357C7B1C" w14:textId="2948A71A">
+          <w:p w14:paraId="357C7B1C" w14:textId="2948A71A" w:rsidR="00FB6947" w:rsidRPr="00E9269A" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:pStyle w:val="Liststycke"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:ind w:left="539" w:right="108"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9269A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Förutsättning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="00E9269A" w:rsidTr="00E9269A" w14:paraId="354D1BF8" w14:textId="77777777">
+      <w:tr w:rsidR="00E9269A" w:rsidRPr="003530AA" w14:paraId="354D1BF8" w14:textId="77777777" w:rsidTr="00E9269A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="290" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="004F727F" w:rsidRDefault="00FB6947" w14:paraId="2019D037" w14:textId="77777777">
+          <w:p w14:paraId="2019D037" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
             <w:pPr>
               <w:ind w:left="99" w:right="278"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Inga förändringar i patientens läkemedelsbehandling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="19559949" w14:textId="77777777">
+          <w:p w14:paraId="19559949" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="99" w:right="168"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akutproduktion behöver inte göras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="03E64E0E" w14:textId="77777777">
+          <w:p w14:paraId="03E64E0E" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="45" w:right="108"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Patientens senaste leverans av dospåsar är tillgänglig </w:t>
             </w:r>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>och aktuell (om inte krävs akutproduktion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="00E9269A" w:rsidTr="00E9269A" w14:paraId="7FEB6DC9" w14:textId="77777777">
+      <w:tr w:rsidR="00E9269A" w:rsidRPr="003530AA" w14:paraId="7FEB6DC9" w14:textId="77777777" w:rsidTr="00E9269A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="290" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="004F727F" w:rsidRDefault="00FB6947" w14:paraId="6A36CB5D" w14:textId="77777777">
+          <w:p w14:paraId="6A36CB5D" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
             <w:pPr>
               <w:ind w:left="99" w:right="278"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Förändringar av dosdispenserad läkemedelsbehandling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="5324998F" w14:textId="77777777">
+          <w:p w14:paraId="5324998F" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="99" w:right="168"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akutproduktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="3E23D692" w14:textId="77777777">
+          <w:p w14:paraId="3E23D692" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="45" w:right="108"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Säkerställ tillgång till aktuell läkemedels-behandling fram till leverans av dospåsar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="00E9269A" w:rsidTr="00E9269A" w14:paraId="7964D6B5" w14:textId="77777777">
+      <w:tr w:rsidR="00E9269A" w:rsidRPr="003530AA" w14:paraId="7964D6B5" w14:textId="77777777" w:rsidTr="00E9269A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="290" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="004F727F" w:rsidRDefault="00FB6947" w14:paraId="05DFB48E" w14:textId="77777777">
+          <w:p w14:paraId="05DFB48E" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
             <w:pPr>
               <w:ind w:left="99" w:right="278"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Förändring av ej dosdispenserade läkemedelsbehandling (helförpackning)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="721E5ADD" w14:textId="77777777">
+          <w:p w14:paraId="721E5ADD" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="99" w:right="168"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akutproduktion behöver inte göras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="00A40CC4" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="1190C1BB" w14:textId="77777777">
+          <w:p w14:paraId="1190C1BB" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="45" w:right="108"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Patientens senaste leverans av dospåsar är tillgänglig och aktuell (om inte krävs akutproduktion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E9269A" w:rsidP="00E9269A" w:rsidRDefault="00E9269A" w14:paraId="67B93C64" w14:textId="77777777"/>
-    <w:p w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="2C8DCB4D" w14:textId="6658621F">
+    <w:p w14:paraId="67B93C64" w14:textId="77777777" w:rsidR="00E9269A" w:rsidRDefault="00E9269A" w:rsidP="00E9269A"/>
+    <w:p w14:paraId="2C8DCB4D" w14:textId="6658621F" w:rsidR="00FB6947" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
       <w:r w:rsidRPr="003530AA">
         <w:t>Akutproduktion beställs i Pascal, antingen vid aktivering av dosexpeditionen eller i samband med förskrivning, och läkemedlen kan börja användas tidigast två arbetsdagar efter beställning (förutsatt att denna görs innan kl. 13 och helgdag ej infaller under perioden). Görs ingen akutproduktion kommer nya dospåsar levereras först till patientens näst</w:t>
       </w:r>
       <w:r>
         <w:t>a ordinarie</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> dos</w:t>
       </w:r>
       <w:r>
         <w:t>rulle</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>, vilken framgår i Pascal för respektive patient.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FB6947" w:rsidP="00E9269A" w:rsidRDefault="00FB6947" w14:paraId="56BD1207" w14:textId="6889EC94">
+    <w:p w14:paraId="56BD1207" w14:textId="6889EC94" w:rsidR="00FB6947" w:rsidRPr="003530AA" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC333D">
-        <w:t>Observera att vid akutbeställning av öppenvårdsdospåsar bör patientstatus vara vilande i Pascal tills alla ändringar/ nyförskrivningar är gjorda. Detta för att undvika att flera akutdosrullar hinner produceras och levereras till samma patient. För patienter vars öppenvårdsdos blivit vilande på sjukhus ska produktion återaktiveras innan hemgång.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FB6947" w:rsidP="00FB6947" w:rsidRDefault="00FB6947" w14:paraId="2E697434" w14:textId="77777777">
+        <w:t xml:space="preserve">Observera att vid akutbeställning av </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC333D">
+        <w:t>öppenvårdsdospåsar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC333D">
+        <w:t xml:space="preserve"> bör patientstatus vara vilande i Pascal tills alla ändringar/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC333D">
+        <w:t>nyförskrivningar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC333D">
+        <w:t xml:space="preserve"> är gjorda. Detta för att undvika att flera </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC333D">
+        <w:t>akutdosrullar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC333D">
+        <w:t xml:space="preserve"> hinner produceras och levereras till samma patient. För patienter vars öppenvårdsdos blivit vilande på sjukhus ska produktion återaktiveras innan hemgång.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E697434" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="003530AA" w:rsidRDefault="00FB6947" w:rsidP="00FB6947">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000445" w:id="375"/>
-[...14 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431028" w:id="390"/>
+      <w:bookmarkStart w:id="375" w:name="_Toc256000445"/>
+      <w:bookmarkStart w:id="376" w:name="_Toc256000403"/>
+      <w:bookmarkStart w:id="377" w:name="_Toc256000361"/>
+      <w:bookmarkStart w:id="378" w:name="_Toc256000319"/>
+      <w:bookmarkStart w:id="379" w:name="_Toc256000277"/>
+      <w:bookmarkStart w:id="380" w:name="_Toc256000039"/>
+      <w:bookmarkStart w:id="381" w:name="_Toc524080360"/>
+      <w:bookmarkStart w:id="382" w:name="_Toc525659242"/>
+      <w:bookmarkStart w:id="383" w:name="_Toc532909516"/>
+      <w:bookmarkStart w:id="384" w:name="_Toc532984160"/>
+      <w:bookmarkStart w:id="385" w:name="_Toc532987751"/>
+      <w:bookmarkStart w:id="386" w:name="_Toc256000103"/>
+      <w:bookmarkStart w:id="387" w:name="_Toc256000168"/>
+      <w:bookmarkStart w:id="388" w:name="_Toc256000233"/>
+      <w:bookmarkStart w:id="389" w:name="_Toc73355326"/>
+      <w:bookmarkStart w:id="390" w:name="_Toc73431028"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Utskrivning från akutmottagning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="375"/>
       <w:bookmarkEnd w:id="376"/>
       <w:bookmarkEnd w:id="377"/>
       <w:bookmarkEnd w:id="378"/>
       <w:bookmarkEnd w:id="379"/>
       <w:bookmarkEnd w:id="380"/>
       <w:bookmarkEnd w:id="381"/>
       <w:bookmarkEnd w:id="382"/>
       <w:bookmarkEnd w:id="383"/>
       <w:bookmarkEnd w:id="384"/>
       <w:bookmarkEnd w:id="385"/>
       <w:bookmarkEnd w:id="386"/>
       <w:bookmarkEnd w:id="387"/>
       <w:bookmarkEnd w:id="388"/>
       <w:bookmarkEnd w:id="389"/>
       <w:bookmarkEnd w:id="390"/>
     </w:p>
-    <w:p w:rsidR="00FB6947" w:rsidP="00FB6947" w:rsidRDefault="00FB6947" w14:paraId="1E9BCAAE" w14:textId="77777777">
+    <w:p w14:paraId="1E9BCAAE" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRDefault="00FB6947" w:rsidP="00FB6947">
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Hemskrivningsinformation</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> delges patienten vid utskrivning från akutmottagning i enlighet med </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId30">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="007B1F9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Gemensam riktlinje om in- och utskrivning från sluten hälso- och sjukvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="7078B80A" w14:textId="77777777">
+    <w:p w14:paraId="7078B80A" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Planerad uppföljning/avslut av ev. förändringar ska dokumenteras i enlighet med </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId31">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00A40CC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Riktlinje för tillämpning av Socialstyrelsens nya föreskrifter för läkemedelshantering gällande ordination och delegation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="623939A3" w14:textId="77777777">
+    <w:p w14:paraId="623939A3" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000446" w:id="391"/>
-[...16 lines deleted...]
-        <w:t>Utremittering från öppenvårdsmottagning</w:t>
+      <w:bookmarkStart w:id="391" w:name="_Toc256000446"/>
+      <w:bookmarkStart w:id="392" w:name="_Toc256000404"/>
+      <w:bookmarkStart w:id="393" w:name="_Toc256000362"/>
+      <w:bookmarkStart w:id="394" w:name="_Toc256000320"/>
+      <w:bookmarkStart w:id="395" w:name="_Toc256000278"/>
+      <w:bookmarkStart w:id="396" w:name="_Toc256000040"/>
+      <w:bookmarkStart w:id="397" w:name="_Toc524080361"/>
+      <w:bookmarkStart w:id="398" w:name="_Toc525659243"/>
+      <w:bookmarkStart w:id="399" w:name="_Toc532909517"/>
+      <w:bookmarkStart w:id="400" w:name="_Toc532984161"/>
+      <w:bookmarkStart w:id="401" w:name="_Toc532987752"/>
+      <w:bookmarkStart w:id="402" w:name="_Toc256000104"/>
+      <w:bookmarkStart w:id="403" w:name="_Toc256000169"/>
+      <w:bookmarkStart w:id="404" w:name="_Toc256000234"/>
+      <w:bookmarkStart w:id="405" w:name="_Toc73355327"/>
+      <w:bookmarkStart w:id="406" w:name="_Toc73431029"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
+        <w:t>Utremittering</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> från öppenvårdsmottagning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="391"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="48651288" w14:textId="77777777">
+    <w:p w14:paraId="48651288" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">När en patient utremitteras för fortsatt uppföljning av annan vårdgivare, bör samma information som beskrivs i </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="1" w:anchor="_Läkemedelsberättelse">
+        <w:t xml:space="preserve">När en patient </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>utremitteras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> för fortsatt uppföljning av annan vårdgivare, bör samma information som beskrivs i </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Läkemedelsberättelse" w:history="1">
         <w:r w:rsidRPr="00A40CC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>läkemedelsberättelse vid utskrivning från slutenvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> framgå av remissen. En aktuell läkemedelslista bifogas remissen, för utskrift se avsnitt </w:t>
       </w:r>
-      <w:hyperlink w:history="1" w:anchor="_Hantering_av_läkemedelslista">
+      <w:hyperlink w:anchor="_Hantering_av_läkemedelslista" w:history="1">
         <w:r w:rsidRPr="00A40CC4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hantering av läkemedelslista</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> nedan.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="6884CFF5" w14:textId="77777777">
+    <w:p w14:paraId="6884CFF5" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Hantering_av_läkemedelslista" w:id="407"/>
-[...16 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799070" w:id="424"/>
+      <w:bookmarkStart w:id="407" w:name="_Hantering_av_läkemedelslista"/>
+      <w:bookmarkStart w:id="408" w:name="_Toc256000447"/>
+      <w:bookmarkStart w:id="409" w:name="_Toc256000405"/>
+      <w:bookmarkStart w:id="410" w:name="_Toc256000363"/>
+      <w:bookmarkStart w:id="411" w:name="_Toc256000321"/>
+      <w:bookmarkStart w:id="412" w:name="_Toc256000279"/>
+      <w:bookmarkStart w:id="413" w:name="_Toc256000041"/>
+      <w:bookmarkStart w:id="414" w:name="_Toc524080362"/>
+      <w:bookmarkStart w:id="415" w:name="_Toc525659244"/>
+      <w:bookmarkStart w:id="416" w:name="_Toc532909518"/>
+      <w:bookmarkStart w:id="417" w:name="_Toc532984162"/>
+      <w:bookmarkStart w:id="418" w:name="_Toc532987753"/>
+      <w:bookmarkStart w:id="419" w:name="_Toc256000105"/>
+      <w:bookmarkStart w:id="420" w:name="_Toc256000170"/>
+      <w:bookmarkStart w:id="421" w:name="_Toc256000236"/>
+      <w:bookmarkStart w:id="422" w:name="_Toc73355328"/>
+      <w:bookmarkStart w:id="423" w:name="_Toc73431030"/>
+      <w:bookmarkStart w:id="424" w:name="_Toc207799070"/>
       <w:bookmarkEnd w:id="407"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Hantering av läkemedelslista</w:t>
       </w:r>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
       <w:bookmarkEnd w:id="420"/>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="4A2AE111" w14:textId="77777777">
+    <w:p w14:paraId="4A2AE111" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelslistan ska innehålla samtliga ordinationer patienten ska använda, såväl stående som vid behovs-behandling och vara tydlig i ev.</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>anvisningar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="6A0914B4" w14:textId="77777777">
+    <w:p w14:paraId="6A0914B4" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Vid ordination av upp- och/eller nedtrappningar kommer utskrift av läkemedelslistan visa den dos som är gällande för valt utskriftsdatum, vilket innebär att läkemedelslistan inte visar tänkt slutgiltig dos. Information om upp- eller nedtrappningsstegen måste därför noggrant redogöras såväl i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>läkemedelsberättelse</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> som </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anvisningsruta</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="796C1AD3" w14:textId="77777777">
+    <w:p w14:paraId="796C1AD3" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Utskrivna läkemedelslistor räknas alltid som kopior, </w:t>
       </w:r>
       <w:r>
         <w:t>Receptutskrift</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> från Pascal räknas inte som läkemedelslista.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="434DFDE6" w14:textId="77777777">
+    <w:p w14:paraId="434DFDE6" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Förberedelser" w:id="425"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431031" w:id="441"/>
+      <w:bookmarkStart w:id="425" w:name="_Förberedelser"/>
+      <w:bookmarkStart w:id="426" w:name="_Toc256000448"/>
+      <w:bookmarkStart w:id="427" w:name="_Toc256000406"/>
+      <w:bookmarkStart w:id="428" w:name="_Toc256000364"/>
+      <w:bookmarkStart w:id="429" w:name="_Toc256000322"/>
+      <w:bookmarkStart w:id="430" w:name="_Toc256000280"/>
+      <w:bookmarkStart w:id="431" w:name="_Toc256000042"/>
+      <w:bookmarkStart w:id="432" w:name="_Toc524080363"/>
+      <w:bookmarkStart w:id="433" w:name="_Toc525659245"/>
+      <w:bookmarkStart w:id="434" w:name="_Toc532909519"/>
+      <w:bookmarkStart w:id="435" w:name="_Toc532984163"/>
+      <w:bookmarkStart w:id="436" w:name="_Toc532987754"/>
+      <w:bookmarkStart w:id="437" w:name="_Toc256000107"/>
+      <w:bookmarkStart w:id="438" w:name="_Toc256000171"/>
+      <w:bookmarkStart w:id="439" w:name="_Toc256000237"/>
+      <w:bookmarkStart w:id="440" w:name="_Toc73355329"/>
+      <w:bookmarkStart w:id="441" w:name="_Toc73431031"/>
       <w:bookmarkEnd w:id="425"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Förberedelser</w:t>
       </w:r>
       <w:bookmarkEnd w:id="426"/>
       <w:bookmarkEnd w:id="427"/>
       <w:bookmarkEnd w:id="428"/>
       <w:bookmarkEnd w:id="429"/>
       <w:bookmarkEnd w:id="430"/>
       <w:bookmarkEnd w:id="431"/>
       <w:bookmarkEnd w:id="432"/>
       <w:bookmarkEnd w:id="433"/>
       <w:bookmarkEnd w:id="434"/>
       <w:bookmarkEnd w:id="435"/>
       <w:bookmarkEnd w:id="436"/>
       <w:bookmarkEnd w:id="437"/>
       <w:bookmarkEnd w:id="438"/>
       <w:bookmarkEnd w:id="439"/>
       <w:bookmarkEnd w:id="440"/>
       <w:bookmarkEnd w:id="441"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00DD3281" w:rsidRDefault="00041345" w14:paraId="2212341A" w14:textId="77777777">
+    <w:p w14:paraId="2212341A" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00DD3281">
       <w:r w:rsidRPr="003530AA">
         <w:t>Innan läkemedelslistan kan skrivas ut och överlämnas till patient samt ev. uppföljande vårdgivare ska följande göras:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A40CC4" w:rsidR="00041345" w:rsidP="00DD3281" w:rsidRDefault="00041345" w14:paraId="2F65913A" w14:textId="77777777">
+    <w:p w14:paraId="2F65913A" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="00A40CC4" w:rsidRDefault="00041345" w:rsidP="00DD3281">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40CC4">
         <w:t>Sätt ut ev. sjukhusbundna ordinationer i Ordinationsöversikten.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A40CC4" w:rsidR="00041345" w:rsidP="00DD3281" w:rsidRDefault="00041345" w14:paraId="6681385B" w14:textId="77777777">
+    <w:p w14:paraId="6681385B" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="00A40CC4" w:rsidRDefault="00041345" w:rsidP="00DD3281">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40CC4">
         <w:t>Rensa anvisningsrutan för samtliga preparat från information som inte längre är aktuell eller berör patienten/den som hanterar patientens läkemedel.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A40CC4" w:rsidR="00041345" w:rsidP="00DD3281" w:rsidRDefault="00041345" w14:paraId="065BF68B" w14:textId="77777777">
+    <w:p w14:paraId="065BF68B" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="00A40CC4" w:rsidRDefault="00041345" w:rsidP="00DD3281">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40CC4">
         <w:t>För tillfälligt utsatta (kryssade) läkemedel inom slutenvården behöver ordinatören ta ställning till om behandling ska avslutas eller återinsättas. Om ställningstagande inte är möjligt, ska ordinationen ordineras som ofullständig ordination</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
-        <w:t>Lika med-metoden</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Lika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>med-metoden</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> utan angiven dos)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40CC4">
         <w:t xml:space="preserve">, eftersom en tillfällig utsättning inte överförs till Aktuella ordinationer. Om annan vårdgivare ska ta </w:t>
       </w:r>
       <w:r w:rsidRPr="00A40CC4">
+        <w:lastRenderedPageBreak/>
         <w:t>ställning till ev. återinsättning ska detta framgå av läkemedelsberättelsen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00041345" w:rsidP="00041345" w:rsidRDefault="00041345" w14:paraId="110DF32A" w14:textId="77777777">
+    <w:p w14:paraId="110DF32A" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Utskrift_av_läkemedelslista" w:id="442"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431032" w:id="458"/>
+      <w:bookmarkStart w:id="442" w:name="_Utskrift_av_läkemedelslista"/>
+      <w:bookmarkStart w:id="443" w:name="_Toc256000449"/>
+      <w:bookmarkStart w:id="444" w:name="_Toc256000407"/>
+      <w:bookmarkStart w:id="445" w:name="_Toc256000365"/>
+      <w:bookmarkStart w:id="446" w:name="_Toc256000323"/>
+      <w:bookmarkStart w:id="447" w:name="_Toc256000281"/>
+      <w:bookmarkStart w:id="448" w:name="_Toc256000043"/>
+      <w:bookmarkStart w:id="449" w:name="_Toc524080364"/>
+      <w:bookmarkStart w:id="450" w:name="_Toc525659246"/>
+      <w:bookmarkStart w:id="451" w:name="_Toc532909520"/>
+      <w:bookmarkStart w:id="452" w:name="_Toc532984164"/>
+      <w:bookmarkStart w:id="453" w:name="_Toc532987755"/>
+      <w:bookmarkStart w:id="454" w:name="_Toc256000108"/>
+      <w:bookmarkStart w:id="455" w:name="_Toc256000172"/>
+      <w:bookmarkStart w:id="456" w:name="_Toc256000238"/>
+      <w:bookmarkStart w:id="457" w:name="_Toc73355330"/>
+      <w:bookmarkStart w:id="458" w:name="_Toc73431032"/>
       <w:bookmarkEnd w:id="442"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Utskrift av läkemedelslista</w:t>
       </w:r>
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
       <w:bookmarkEnd w:id="449"/>
       <w:bookmarkEnd w:id="450"/>
       <w:bookmarkEnd w:id="451"/>
       <w:bookmarkEnd w:id="452"/>
       <w:bookmarkEnd w:id="453"/>
       <w:bookmarkEnd w:id="454"/>
       <w:bookmarkEnd w:id="455"/>
       <w:bookmarkEnd w:id="456"/>
       <w:bookmarkEnd w:id="457"/>
       <w:bookmarkEnd w:id="458"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="00041345" w14:paraId="0945DA7A" w14:textId="77777777">
+    <w:p w14:paraId="0945DA7A" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="0066473B">
       <w:r w:rsidRPr="003530AA">
         <w:t>Det är läkarens ansvar att en utskriven läkemedelslista är korrekt. Om annan personal skriver ut läkemedelslistan måste denna godkännas av</w:t>
       </w:r>
       <w:r w:rsidR="0066473B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003530AA" w:rsidR="0066473B">
+      <w:r w:rsidR="0066473B" w:rsidRPr="003530AA">
         <w:t>läkare innan den lämnas till patient/annan vårdgivare. Varje verksamhet ansvarar för att det finns fungerande rutiner för detta. Om godkännande sker genom läkarens signatur på utskrift som gjorts av annan personal måste signaturen kunna tydas så att ansvarig läkare kan identifieras.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="57DB33CA" w14:textId="77777777">
+    <w:p w14:paraId="57DB33CA" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Läkemedelslistan kan skrivas ut från både </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. För patienter som skrivs ut från slutenvård skrivs lämpligen läkemedelslistan ut från </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> inklusive VB- och PM-ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> Om patienten behöver sjukhusbundna ordinationer även under utskrivningsdagen, så sätts dessa läkemedel ut dagen efter utskrivning varpå läkemedelsbehandlingen pilas till samma dag och läkemedelslistan skrivs ut genom att markera datumkolumnen för dagen efter utskrivning. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="0F5EB270" w14:textId="77777777">
+    <w:p w14:paraId="0F5EB270" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Vid utskrift av läkemedelslista för en patient i öppenvården skrivs denna ut från </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="3EF0354D" w14:textId="77777777">
+    <w:p w14:paraId="3EF0354D" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000450" w:id="459"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799071" w:id="475"/>
+      <w:bookmarkStart w:id="459" w:name="_Toc256000450"/>
+      <w:bookmarkStart w:id="460" w:name="_Toc256000408"/>
+      <w:bookmarkStart w:id="461" w:name="_Toc256000366"/>
+      <w:bookmarkStart w:id="462" w:name="_Toc256000324"/>
+      <w:bookmarkStart w:id="463" w:name="_Toc256000282"/>
+      <w:bookmarkStart w:id="464" w:name="_Toc256000044"/>
+      <w:bookmarkStart w:id="465" w:name="_Toc524080365"/>
+      <w:bookmarkStart w:id="466" w:name="_Toc525659247"/>
+      <w:bookmarkStart w:id="467" w:name="_Toc532909521"/>
+      <w:bookmarkStart w:id="468" w:name="_Toc532984165"/>
+      <w:bookmarkStart w:id="469" w:name="_Toc532987756"/>
+      <w:bookmarkStart w:id="470" w:name="_Toc256000109"/>
+      <w:bookmarkStart w:id="471" w:name="_Toc256000173"/>
+      <w:bookmarkStart w:id="472" w:name="_Toc256000239"/>
+      <w:bookmarkStart w:id="473" w:name="_Toc73355331"/>
+      <w:bookmarkStart w:id="474" w:name="_Toc73431033"/>
+      <w:bookmarkStart w:id="475" w:name="_Toc207799071"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Funktioner som </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> ska användas i Melior</w:t>
       </w:r>
       <w:bookmarkEnd w:id="459"/>
       <w:bookmarkEnd w:id="460"/>
       <w:bookmarkEnd w:id="461"/>
       <w:bookmarkEnd w:id="462"/>
       <w:bookmarkEnd w:id="463"/>
       <w:bookmarkEnd w:id="464"/>
       <w:bookmarkEnd w:id="465"/>
       <w:bookmarkEnd w:id="466"/>
       <w:bookmarkEnd w:id="467"/>
       <w:bookmarkEnd w:id="468"/>
       <w:bookmarkEnd w:id="469"/>
       <w:bookmarkEnd w:id="470"/>
       <w:bookmarkEnd w:id="471"/>
       <w:bookmarkEnd w:id="472"/>
       <w:bookmarkEnd w:id="473"/>
       <w:bookmarkEnd w:id="474"/>
       <w:bookmarkEnd w:id="475"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="203990CF" w14:textId="77777777">
+    <w:p w14:paraId="203990CF" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000451" w:id="476"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431034" w:id="492"/>
+      <w:bookmarkStart w:id="476" w:name="_Toc256000451"/>
+      <w:bookmarkStart w:id="477" w:name="_Toc256000409"/>
+      <w:bookmarkStart w:id="478" w:name="_Toc256000367"/>
+      <w:bookmarkStart w:id="479" w:name="_Toc256000325"/>
+      <w:bookmarkStart w:id="480" w:name="_Toc256000283"/>
+      <w:bookmarkStart w:id="481" w:name="_Toc256000047"/>
+      <w:bookmarkStart w:id="482" w:name="_Toc517790292"/>
+      <w:bookmarkStart w:id="483" w:name="_Toc517790507"/>
+      <w:bookmarkStart w:id="484" w:name="_Toc525659248"/>
+      <w:bookmarkStart w:id="485" w:name="_Toc532909522"/>
+      <w:bookmarkStart w:id="486" w:name="_Toc532984166"/>
+      <w:bookmarkStart w:id="487" w:name="_Toc532987757"/>
+      <w:bookmarkStart w:id="488" w:name="_Toc256000110"/>
+      <w:bookmarkStart w:id="489" w:name="_Toc256000176"/>
+      <w:bookmarkStart w:id="490" w:name="_Toc256000240"/>
+      <w:bookmarkStart w:id="491" w:name="_Toc73355332"/>
+      <w:bookmarkStart w:id="492" w:name="_Toc73431034"/>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Favoriter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="476"/>
       <w:bookmarkEnd w:id="477"/>
       <w:bookmarkEnd w:id="478"/>
       <w:bookmarkEnd w:id="479"/>
       <w:bookmarkEnd w:id="480"/>
       <w:bookmarkEnd w:id="481"/>
       <w:bookmarkEnd w:id="482"/>
       <w:bookmarkEnd w:id="483"/>
       <w:bookmarkEnd w:id="484"/>
       <w:bookmarkEnd w:id="485"/>
       <w:bookmarkEnd w:id="486"/>
       <w:bookmarkEnd w:id="487"/>
       <w:bookmarkEnd w:id="488"/>
       <w:bookmarkEnd w:id="489"/>
       <w:bookmarkEnd w:id="490"/>
       <w:bookmarkEnd w:id="491"/>
       <w:bookmarkEnd w:id="492"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="5B7513C3" w14:textId="77777777">
+    <w:p w14:paraId="5B7513C3" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Melior erbjuder en funktion för användaren att skapa en egen lista av ofta använda preparat. Funktionen motverkar dock transparens och standardisering i SÄS läkemedelsanvändning och introducerar en patientrisk i och med att preparat i denna lista inte uppdateras automatiskt som andra läkemedel. På grund av dessa skäl får funktionen </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> användas på SÄS.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="35841361" w14:textId="77777777">
+    <w:p w14:paraId="35841361" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000452" w:id="493"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431035" w:id="509"/>
+      <w:bookmarkStart w:id="493" w:name="_Toc256000452"/>
+      <w:bookmarkStart w:id="494" w:name="_Toc256000410"/>
+      <w:bookmarkStart w:id="495" w:name="_Toc256000368"/>
+      <w:bookmarkStart w:id="496" w:name="_Toc256000326"/>
+      <w:bookmarkStart w:id="497" w:name="_Toc256000284"/>
+      <w:bookmarkStart w:id="498" w:name="_Toc256000048"/>
+      <w:bookmarkStart w:id="499" w:name="_Toc517790293"/>
+      <w:bookmarkStart w:id="500" w:name="_Toc517790508"/>
+      <w:bookmarkStart w:id="501" w:name="_Toc525659249"/>
+      <w:bookmarkStart w:id="502" w:name="_Toc532909523"/>
+      <w:bookmarkStart w:id="503" w:name="_Toc532984167"/>
+      <w:bookmarkStart w:id="504" w:name="_Toc532987758"/>
+      <w:bookmarkStart w:id="505" w:name="_Toc256000111"/>
+      <w:bookmarkStart w:id="506" w:name="_Toc256000177"/>
+      <w:bookmarkStart w:id="507" w:name="_Toc256000241"/>
+      <w:bookmarkStart w:id="508" w:name="_Toc73355333"/>
+      <w:bookmarkStart w:id="509" w:name="_Toc73431035"/>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Synonymknappen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="493"/>
       <w:bookmarkEnd w:id="494"/>
       <w:bookmarkEnd w:id="495"/>
       <w:bookmarkEnd w:id="496"/>
       <w:bookmarkEnd w:id="497"/>
       <w:bookmarkEnd w:id="498"/>
       <w:bookmarkEnd w:id="499"/>
       <w:bookmarkEnd w:id="500"/>
       <w:bookmarkEnd w:id="501"/>
       <w:bookmarkEnd w:id="502"/>
       <w:bookmarkEnd w:id="503"/>
       <w:bookmarkEnd w:id="504"/>
       <w:bookmarkEnd w:id="505"/>
       <w:bookmarkEnd w:id="506"/>
       <w:bookmarkEnd w:id="507"/>
       <w:bookmarkEnd w:id="508"/>
       <w:bookmarkEnd w:id="509"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="26E84D87" w14:textId="77777777">
+    <w:p w14:paraId="26E84D87" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">I Melior finns en knapp som benämns ”Synonym”. Funktionen innebär dock endast att aktuell grupp visas i ATC-trädet, och innebär inte att preparaten är utbytbara. För utbytbarhet av preparat hänvisas användaren istället till </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="1" r:id="rId32">
+        <w:t xml:space="preserve">I Melior finns en knapp som benämns ”Synonym”. Funktionen innebär dock endast att aktuell </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>grupp visas</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i ATC-trädet, och innebär inte att preparaten är utbytbara. För utbytbarhet av preparat hänvisas användaren </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>istället</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> till </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="003D2FA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
           </w:rPr>
           <w:t>Fass.se</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="38F2ECFD" w14:textId="77777777">
+    <w:p w14:paraId="38F2ECFD" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000453" w:id="510"/>
-[...15 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431036" w:id="526"/>
+      <w:bookmarkStart w:id="510" w:name="_Toc256000453"/>
+      <w:bookmarkStart w:id="511" w:name="_Toc256000411"/>
+      <w:bookmarkStart w:id="512" w:name="_Toc256000369"/>
+      <w:bookmarkStart w:id="513" w:name="_Toc256000327"/>
+      <w:bookmarkStart w:id="514" w:name="_Toc256000285"/>
+      <w:bookmarkStart w:id="515" w:name="_Toc256000051"/>
+      <w:bookmarkStart w:id="516" w:name="_Toc517790294"/>
+      <w:bookmarkStart w:id="517" w:name="_Toc517790509"/>
+      <w:bookmarkStart w:id="518" w:name="_Toc525659250"/>
+      <w:bookmarkStart w:id="519" w:name="_Toc532909524"/>
+      <w:bookmarkStart w:id="520" w:name="_Toc532984168"/>
+      <w:bookmarkStart w:id="521" w:name="_Toc532987759"/>
+      <w:bookmarkStart w:id="522" w:name="_Toc256000112"/>
+      <w:bookmarkStart w:id="523" w:name="_Toc256000180"/>
+      <w:bookmarkStart w:id="524" w:name="_Toc256000246"/>
+      <w:bookmarkStart w:id="525" w:name="_Toc73355334"/>
+      <w:bookmarkStart w:id="526" w:name="_Toc73431036"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Dosenheter som inte ska användas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="510"/>
       <w:bookmarkEnd w:id="511"/>
       <w:bookmarkEnd w:id="512"/>
       <w:bookmarkEnd w:id="513"/>
       <w:bookmarkEnd w:id="514"/>
       <w:bookmarkEnd w:id="515"/>
       <w:bookmarkEnd w:id="516"/>
       <w:bookmarkEnd w:id="517"/>
       <w:bookmarkEnd w:id="518"/>
       <w:bookmarkEnd w:id="519"/>
       <w:bookmarkEnd w:id="520"/>
       <w:bookmarkEnd w:id="521"/>
       <w:bookmarkEnd w:id="522"/>
       <w:bookmarkEnd w:id="523"/>
       <w:bookmarkEnd w:id="524"/>
       <w:bookmarkEnd w:id="525"/>
       <w:bookmarkEnd w:id="526"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="5A7A818C" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Melior erbjuder möjlighet att dosera i enheterna mmol, l, µg, kE, ME, förp, amp. Dessa enheter ska </w:t>
+    <w:p w14:paraId="5A7A818C" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Melior erbjuder möjlighet att dosera i enheterna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>mmol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">, l, µg, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>kE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">, ME, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>förp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>amp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">. Dessa enheter ska </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> användas vid ordination.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="28C8B752" w14:textId="77777777">
+    <w:p w14:paraId="28C8B752" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000454" w:id="527"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:name="_Toc73431037" w:id="541"/>
+      <w:bookmarkStart w:id="527" w:name="_Toc256000454"/>
+      <w:bookmarkStart w:id="528" w:name="_Toc256000412"/>
+      <w:bookmarkStart w:id="529" w:name="_Toc256000370"/>
+      <w:bookmarkStart w:id="530" w:name="_Toc256000328"/>
+      <w:bookmarkStart w:id="531" w:name="_Toc256000286"/>
+      <w:bookmarkStart w:id="532" w:name="_Toc256000056"/>
+      <w:bookmarkStart w:id="533" w:name="_Toc525659251"/>
+      <w:bookmarkStart w:id="534" w:name="_Toc532909525"/>
+      <w:bookmarkStart w:id="535" w:name="_Toc532984169"/>
+      <w:bookmarkStart w:id="536" w:name="_Toc532987760"/>
+      <w:bookmarkStart w:id="537" w:name="_Toc256000117"/>
+      <w:bookmarkStart w:id="538" w:name="_Toc256000185"/>
+      <w:bookmarkStart w:id="539" w:name="_Toc256000249"/>
+      <w:bookmarkStart w:id="540" w:name="_Toc73355335"/>
+      <w:bookmarkStart w:id="541" w:name="_Toc73431037"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkarkommentar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="527"/>
       <w:bookmarkEnd w:id="528"/>
       <w:bookmarkEnd w:id="529"/>
       <w:bookmarkEnd w:id="530"/>
       <w:bookmarkEnd w:id="531"/>
       <w:bookmarkEnd w:id="532"/>
       <w:bookmarkEnd w:id="533"/>
       <w:bookmarkEnd w:id="534"/>
       <w:bookmarkEnd w:id="535"/>
       <w:bookmarkEnd w:id="536"/>
       <w:bookmarkEnd w:id="537"/>
       <w:bookmarkEnd w:id="538"/>
       <w:bookmarkEnd w:id="539"/>
       <w:bookmarkEnd w:id="540"/>
       <w:bookmarkEnd w:id="541"/>
-    </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0066473B" w:rsidP="0066473B" w:rsidRDefault="0066473B" w14:paraId="372D8800" w14:textId="77777777">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="372D8800" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Fältet </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Kommentar</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> i insättningsdialogen får inte innehålla anvisningar till sjuksköterska eller patient, då texten inte visas i utdelningsvyn eller på utskrift av läkemedelslista. </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Kommentar</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> ska endast användas i de fall insättande läkare ser ett behov av att andra läkare behöver få information om insättningen, som inte fyller någon funktion att ange i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anvisningsrutan</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="347D2429" w14:textId="77777777">
+    <w:p w14:paraId="347D2429" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000455" w:id="542"/>
-[...24 lines deleted...]
-      <w:bookmarkStart w:name="_Toc256000244" w:id="567"/>
+      <w:bookmarkStart w:id="542" w:name="_Toc256000455"/>
+      <w:bookmarkStart w:id="543" w:name="_Toc256000413"/>
+      <w:bookmarkStart w:id="544" w:name="_Toc256000371"/>
+      <w:bookmarkStart w:id="545" w:name="_Toc256000329"/>
+      <w:bookmarkStart w:id="546" w:name="_Toc256000287"/>
+      <w:bookmarkStart w:id="547" w:name="_Toc256000057"/>
+      <w:bookmarkStart w:id="548" w:name="_Toc524080366"/>
+      <w:bookmarkStart w:id="549" w:name="_Toc525659252"/>
+      <w:bookmarkStart w:id="550" w:name="_Toc532909526"/>
+      <w:bookmarkStart w:id="551" w:name="_Toc532984170"/>
+      <w:bookmarkStart w:id="552" w:name="_Toc532987761"/>
+      <w:bookmarkStart w:id="553" w:name="_Toc256000120"/>
+      <w:bookmarkStart w:id="554" w:name="_Toc256000186"/>
+      <w:bookmarkStart w:id="555" w:name="_Toc256000250"/>
+      <w:bookmarkStart w:id="556" w:name="_Toc73355336"/>
+      <w:bookmarkStart w:id="557" w:name="_Toc73431038"/>
+      <w:bookmarkStart w:id="558" w:name="_Toc207799072"/>
+      <w:bookmarkStart w:id="559" w:name="_Toc402175013"/>
+      <w:bookmarkStart w:id="560" w:name="_Toc460320044"/>
+      <w:bookmarkStart w:id="561" w:name="_Toc256000029"/>
+      <w:bookmarkStart w:id="562" w:name="_Toc256000072"/>
+      <w:bookmarkStart w:id="563" w:name="_Toc460595310"/>
+      <w:bookmarkStart w:id="564" w:name="_Toc256000115"/>
+      <w:bookmarkStart w:id="565" w:name="_Toc256000158"/>
+      <w:bookmarkStart w:id="566" w:name="_Toc256000201"/>
+      <w:bookmarkStart w:id="567" w:name="_Toc256000244"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Utbildning och uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="542"/>
       <w:bookmarkEnd w:id="543"/>
       <w:bookmarkEnd w:id="544"/>
       <w:bookmarkEnd w:id="545"/>
       <w:bookmarkEnd w:id="546"/>
       <w:bookmarkEnd w:id="547"/>
       <w:bookmarkEnd w:id="548"/>
       <w:bookmarkEnd w:id="549"/>
       <w:bookmarkEnd w:id="550"/>
       <w:bookmarkEnd w:id="551"/>
       <w:bookmarkEnd w:id="552"/>
       <w:bookmarkEnd w:id="553"/>
       <w:bookmarkEnd w:id="554"/>
       <w:bookmarkEnd w:id="555"/>
       <w:bookmarkEnd w:id="556"/>
       <w:bookmarkEnd w:id="557"/>
       <w:bookmarkEnd w:id="558"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="3FE10FA9" w14:textId="77777777">
+    <w:p w14:paraId="3FE10FA9" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t>Utbildning</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="3822AD46" w14:textId="77777777">
+    <w:p w14:paraId="3822AD46" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Varje ny medarbetare som ska ordinera läkemedel i Melior på SÄS ska under sin introduktion genomgå utbildning i Melior, oavsett tidigare erfarenheter från andra arbetsplatser. För att säkerställa en utbildning av hög klass och som är uppdaterad, heltäckande och i enlighet med SÄS övergripande riktlinjer, har uppdrag givits till </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Informationssystem IT </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> att ge dessa utbildningar. Det åligger anställande chef att tillse att nya medarbetare går denna utbildning. Ingen annan utbildning i Melior får anordnas eller ges på SÄS.</w:t>
+        <w:t xml:space="preserve">Informationssystem </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">IT </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> att</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> ge dessa utbildningar. Det åligger anställande chef att tillse att nya medarbetare går denna utbildning. Ingen annan utbildning i Melior får anordnas eller ges på SÄS.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Dessa utbildningar finns att hitta på </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId33">
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="09D0CE03">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Lärportalen</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="255E18F8" w14:textId="77777777">
+    <w:p w14:paraId="255E18F8" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:r>
         <w:t xml:space="preserve">På SÄS kan Sjukvårdsapotek VGR SÄS vara behjälpliga med att hålla introduktionsutbildning i Pascal på förfrågan. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="25F0A0F6" w14:textId="77777777">
+    <w:p w14:paraId="25F0A0F6" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000457" w:id="568"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="568" w:name="_Toc256000457"/>
+      <w:bookmarkStart w:id="569" w:name="_Toc256000415"/>
+      <w:bookmarkStart w:id="570" w:name="_Toc256000373"/>
+      <w:bookmarkStart w:id="571" w:name="_Toc256000331"/>
+      <w:bookmarkStart w:id="572" w:name="_Toc256000289"/>
+      <w:bookmarkStart w:id="573" w:name="_Toc256000059"/>
+      <w:bookmarkStart w:id="574" w:name="_Toc517790297"/>
+      <w:bookmarkStart w:id="575" w:name="_Toc517790512"/>
+      <w:bookmarkStart w:id="576" w:name="_Toc525659254"/>
+      <w:bookmarkStart w:id="577" w:name="_Toc532909528"/>
+      <w:bookmarkStart w:id="578" w:name="_Toc532984172"/>
+      <w:bookmarkStart w:id="579" w:name="_Toc532987763"/>
+      <w:bookmarkStart w:id="580" w:name="_Toc256000123"/>
+      <w:bookmarkStart w:id="581" w:name="_Toc256000188"/>
+      <w:bookmarkStart w:id="582" w:name="_Toc256000252"/>
+      <w:bookmarkStart w:id="583" w:name="_Toc73355338"/>
+      <w:bookmarkStart w:id="584" w:name="_Toc73431040"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="559"/>
       <w:bookmarkEnd w:id="560"/>
       <w:bookmarkEnd w:id="561"/>
       <w:bookmarkEnd w:id="562"/>
       <w:bookmarkEnd w:id="563"/>
       <w:bookmarkEnd w:id="564"/>
       <w:bookmarkEnd w:id="565"/>
       <w:bookmarkEnd w:id="566"/>
       <w:bookmarkEnd w:id="567"/>
       <w:bookmarkEnd w:id="568"/>
       <w:bookmarkEnd w:id="569"/>
       <w:bookmarkEnd w:id="570"/>
       <w:bookmarkEnd w:id="571"/>
       <w:bookmarkEnd w:id="572"/>
       <w:bookmarkEnd w:id="573"/>
       <w:bookmarkEnd w:id="574"/>
       <w:bookmarkEnd w:id="575"/>
       <w:bookmarkEnd w:id="576"/>
       <w:bookmarkEnd w:id="577"/>
       <w:bookmarkEnd w:id="578"/>
       <w:bookmarkEnd w:id="579"/>
       <w:bookmarkEnd w:id="580"/>
       <w:bookmarkEnd w:id="581"/>
       <w:bookmarkEnd w:id="582"/>
       <w:bookmarkEnd w:id="583"/>
       <w:bookmarkEnd w:id="584"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="1B5BC00E" w14:textId="77777777">
+    <w:p w14:paraId="1B5BC00E" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:r w:rsidRPr="003530AA">
         <w:t>Denna riktlinje uppdateras och kompletteras löpande av Läkemedels</w:t>
       </w:r>
       <w:r>
         <w:t>utskott</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> SÄS. Vid väsentliga och genomgripande förändringar ska också </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">påverkade </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>utbildning</w:t>
       </w:r>
       <w:r>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> uppdateras.</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Toc182366122" w:id="585"/>
-[...12 lines deleted...]
-    <w:p w:rsidRPr="003530AA" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00DD3281" w14:paraId="29E3A5E4" w14:textId="17B301B8">
+      <w:bookmarkStart w:id="585" w:name="_Toc182366122"/>
+      <w:bookmarkStart w:id="586" w:name="_Toc402175014"/>
+      <w:bookmarkStart w:id="587" w:name="_Toc403737965"/>
+      <w:bookmarkStart w:id="588" w:name="_Toc418686667"/>
+      <w:bookmarkStart w:id="589" w:name="_Toc460320045"/>
+      <w:bookmarkStart w:id="590" w:name="_Toc256000030"/>
+      <w:bookmarkStart w:id="591" w:name="_Toc256000073"/>
+      <w:bookmarkStart w:id="592" w:name="_Toc460595311"/>
+      <w:bookmarkStart w:id="593" w:name="_Toc256000116"/>
+      <w:bookmarkStart w:id="594" w:name="_Toc256000159"/>
+      <w:bookmarkStart w:id="595" w:name="_Toc256000202"/>
+      <w:bookmarkStart w:id="596" w:name="_Toc256000245"/>
+    </w:p>
+    <w:p w14:paraId="29E3A5E4" w14:textId="17B301B8" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00DD3281" w:rsidP="00BA07D5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc207799073" w:id="597"/>
+      <w:bookmarkStart w:id="597" w:name="_Toc207799073"/>
       <w:bookmarkEnd w:id="585"/>
       <w:bookmarkEnd w:id="586"/>
       <w:bookmarkEnd w:id="587"/>
       <w:bookmarkEnd w:id="588"/>
       <w:bookmarkEnd w:id="589"/>
       <w:bookmarkEnd w:id="590"/>
       <w:bookmarkEnd w:id="591"/>
       <w:bookmarkEnd w:id="592"/>
       <w:bookmarkEnd w:id="593"/>
       <w:bookmarkEnd w:id="594"/>
       <w:bookmarkEnd w:id="595"/>
       <w:bookmarkEnd w:id="596"/>
       <w:r>
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="597"/>
     </w:p>
-    <w:p w:rsidRPr="003D2FA1" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="1D5FD646" w14:textId="77777777">
+    <w:p w14:paraId="1D5FD646" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003D2FA1" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2FA1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="00AC08FC" w14:textId="77777777">
+    <w:p w14:paraId="00AC08FC" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jerker Nilsson, chefläkare, SÄS </w:t>
       </w:r>
       <w:r>
         <w:br/>
-      </w:r>
-      <w:r>
         <w:t>Gunilla Rosquist, klinisk apotekare, Sjukvårdsapoteket VGR/SÄS</w:t>
       </w:r>
       <w:r>
         <w:br/>
-      </w:r>
+        <w:t xml:space="preserve">Frida Borg, systemförvaltare Melior, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>Frida Borg, systemförvaltare Melior, Informationssystem  IT, SÄS</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="003D2FA1" w:rsidR="00BA07D5" w:rsidP="00BA07D5" w:rsidRDefault="00BA07D5" w14:paraId="62E15EF2" w14:textId="77777777">
+        <w:t>Informationssystem  IT</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, SÄS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E15EF2" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003D2FA1" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2FA1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser, utgåva1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002D0973" w:rsidR="00242D63" w:rsidP="002D0973" w:rsidRDefault="00BA07D5" w14:paraId="42A3D9D4" w14:textId="3D4CD5B4">
+    <w:p w14:paraId="42A3D9D4" w14:textId="3D4CD5B4" w:rsidR="00242D63" w:rsidRPr="002D0973" w:rsidRDefault="00BA07D5" w:rsidP="002D0973">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicinsk beredningsgrupp SÄS </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Samtliga verksamhetschefer SÄS</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Bilaga_1_-" w:id="598"/>
-      <w:bookmarkStart w:name="_Bilaga_1_-_1" w:id="599"/>
+      <w:bookmarkStart w:id="598" w:name="_Bilaga_1_-"/>
+      <w:bookmarkStart w:id="599" w:name="_Bilaga_1_-_1"/>
       <w:bookmarkEnd w:id="598"/>
       <w:bookmarkEnd w:id="599"/>
     </w:p>
-    <w:p w:rsidRPr="000D04ED" w:rsidR="009A32ED" w:rsidP="009A32ED" w:rsidRDefault="009A32ED" w14:paraId="188AE2C8" w14:textId="77777777">
+    <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc100327195" w:id="600"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799074" w:id="602"/>
+      <w:bookmarkStart w:id="600" w:name="_Toc100327195"/>
+      <w:bookmarkStart w:id="601" w:name="_Toc181866764"/>
+      <w:bookmarkStart w:id="602" w:name="_Toc207799074"/>
       <w:r w:rsidRPr="000D04ED">
         <w:t>Källförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="600"/>
       <w:bookmarkEnd w:id="601"/>
       <w:bookmarkEnd w:id="602"/>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="340340B1" w14:textId="77777777">
+    <w:p w14:paraId="340340B1" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Regiongemensam rutin för läkemedelshantering. Västra Götalandsregionen</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId34">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00AB4DD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="6D57CACA" w14:textId="4614D812">
+    <w:p w14:paraId="6D57CACA" w14:textId="4614D812" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId35">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00F06A6D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Doshandbok Västra Götalandsregionen</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="4B8A6C7A" w14:textId="0F05CF73">
+    <w:p w14:paraId="4B8A6C7A" w14:textId="0F05CF73" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId36">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="000D2AF3">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regional medicinsk riktlinje Läkemedel Öppenvårdsdos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="18705FA9" w14:textId="77777777">
+    <w:p w14:paraId="18705FA9" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId37">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00AB4DD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Pascal handbok.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve"> Inera</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="2A1299FB" w14:textId="77777777">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Inera</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2A1299FB" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ordination och hantering av läkemedel i hälso- och sjukvården</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">HSLF-FS 2017:37). </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>Socialstyrelsens författningssamling</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId38">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00372DAA">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="26AA05E1" w14:textId="77777777">
+    <w:p w14:paraId="26AA05E1" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Läkemedelsgenomgång och läkemedelsberättelse på SÄS.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> Sjukhusövergripande SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId39">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="003D2FA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>http://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="63B05E74" w14:textId="77777777">
+    <w:p w14:paraId="63B05E74" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId40">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="003D2FA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Riktlinje för tillämpning av Socialstyrelsens nya föreskrifter för läkemedelshantering gällande ordination och delegation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>. Västra Götalandsregionen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="0024808E" w14:textId="77777777">
+    <w:p w14:paraId="0024808E" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId41">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regional rutin för spädning av intravenösa läkemedel vuxna VGR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="13647718" w14:textId="77777777">
+    <w:p w14:paraId="13647718" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId42">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="00537E26">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ handläggning - Dokumentation i Melior</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="10398D58" w14:textId="77777777">
+    <w:p w14:paraId="10398D58" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Instruktioner om licenshantering.</w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Bilaga_1_–" w:id="603"/>
+      <w:bookmarkStart w:id="603" w:name="_Bilaga_1_–"/>
       <w:bookmarkEnd w:id="603"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> SÄS intranät under Vård/Läkemedel.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId43">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="009C6957">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="0AF01E9A" w14:textId="77777777">
+    <w:p w14:paraId="0AF01E9A" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Preoperativa förberedelser för operationsavdelningarna vid Södra Älvsborgs Sjukhus. Sjukhusövergripande </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId44">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="003D2FA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>http://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003D79C1" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="38D2B75E" w14:textId="77777777">
+    <w:p w14:paraId="38D2B75E" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003D79C1" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="00BD52A5">
         <w:t>Hyperglykemi vid akut sjukdom. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD52A5">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId45">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="00BD52A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>http://hittadokument.vgregion.se/sas</w:t>
         </w:r>
         <w:r w:rsidRPr="003D79C1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003D79C1" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="06D170BE" w14:textId="77777777">
+    <w:p w14:paraId="06D170BE" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003D79C1" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId46">
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00480A9A">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Insuliner, utbytbara</w:t>
+          <w:t>Insuliner</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00480A9A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>, utbytbara</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00BD52A5" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="2BDEDBAD" w14:textId="77777777">
+    <w:p w14:paraId="2BDEDBAD" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="00BD52A5" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId47">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="00BD52A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Gränsdragning mellan Cytobase och Melior</w:t>
+          <w:t xml:space="preserve">Gränsdragning mellan </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00BD52A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Cytobase</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00BD52A5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> och Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD52A5">
         <w:t>. Regional rutin., Objekt ordination och förskrivning, Västra Götalandsregionen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="1F9E4D99" w14:textId="77777777">
+    <w:p w14:paraId="1F9E4D99" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:r w:rsidRPr="003530AA">
-        <w:t>ePed -Läkemedelsinformation till patienter under 18 år. Vårdgivarwebben, Västra Götalandsregionen</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>ePed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> -Läkemedelsinformation till patienter under 18 år. Vårdgivarwebben, Västra Götalandsregionen</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId48">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="003D2FA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="1713A094" w14:textId="77777777">
+    <w:p w14:paraId="1713A094" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId49">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="002552FB">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Ordinationsmallar i Melior, SÄS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00BD52A5" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="670417DE" w14:textId="77777777">
+    <w:p w14:paraId="670417DE" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="00BD52A5" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Ordination och hantering av läkemedel i hälso- och sjukvård enligt </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD52A5">
         <w:t>HSLFFS 2017:37, SÄS. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD52A5">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId50">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="00BD52A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>http://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="23149224" w14:textId="77777777">
+    <w:p w14:paraId="23149224" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Varningar och begränsning av vårdinsats i Melior</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Sjukhusövergripande </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId51">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidRPr="003D2FA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>http://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="67373788" w14:textId="77777777">
+    <w:p w14:paraId="67373788" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:t>Nationella läkemedelslistan, eHälsomyndigheten</w:t>
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Nationella läkemedelslistan, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eHälsomyndigheten</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId52">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="003D2FA1" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="4C5A4F0C" w14:textId="1DF7F6DF">
+    <w:p w14:paraId="4C5A4F0C" w14:textId="1DF7F6DF" w:rsidR="002D0973" w:rsidRPr="003D2FA1" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-        <w:rPr/>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="67097D16" w:rsidR="002D0973">
+      </w:pPr>
+      <w:hyperlink r:id="rId56">
+        <w:r w:rsidRPr="67097D16">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivning av läkemedel till patient vid överföring mellan vårdenheter</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="67097D16" w:rsidR="002D0973">
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text2" w:themeTint="FF" w:themeShade="FF"/>
+      <w:r w:rsidRPr="67097D16">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="3F9755C1" w14:textId="77777777">
+    <w:p w14:paraId="3F9755C1" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007B1F9F">
         <w:t>Gemensam riktlinje om in- och utskrivning från sluten hälso- och sjukvård i Västra Götaland</w:t>
       </w:r>
       <w:r>
         <w:t>. Vårdsamverkan Västra Götaland.</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1F9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId54">
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="009C6957">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="2BC19126" w14:textId="77777777">
+    <w:p w14:paraId="2BC19126" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId55">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="006D5D64">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivningskollen • E-hälsomyndigheten</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="3BEA35F2" w14:textId="77777777">
+    <w:p w14:paraId="3BEA35F2" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ass</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId56">
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidRPr="009616A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="Calibri"/>
           </w:rPr>
           <w:t>www.fass.se</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="32178FEB" w14:textId="77777777">
+    <w:p w14:paraId="32178FEB" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId57">
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
-          <w:t>Länk till nätbaserad Meliorutbildning på Lärportalen: Utbudskatalog</w:t>
+          <w:t xml:space="preserve">Länk till nätbaserad </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Meliorutbildning</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> på </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>Lärportalen</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+          </w:rPr>
+          <w:t>: Utbudskatalog</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="002D0973" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="23246845" w14:textId="08CE06B1">
+    <w:p w14:paraId="23246845" w14:textId="08CE06B1" w:rsidR="002D0973" w:rsidRPr="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D0973">
         <w:t>Personnummerhantering i Melior. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0056625D" w:rsidR="002D0973" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="46C0F35C" w14:textId="4A757EEE">
+    <w:p w14:paraId="46C0F35C" w14:textId="4A757EEE" w:rsidR="002D0973" w:rsidRPr="0056625D" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1355" w:firstLine="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId58">
+      <w:hyperlink r:id="rId61">
         <w:r w:rsidRPr="09D0CE03">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>http://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="002D0973" w:rsidR="00C97372" w:rsidP="002D0973" w:rsidRDefault="002D0973" w14:paraId="61320541" w14:textId="67EA01D7">
+    <w:p w14:paraId="61320541" w14:textId="67EA01D7" w:rsidR="00C97372" w:rsidRPr="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rId59">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="007F036E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>E-recept till patient med reservnummer eller samordningsnummer, SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007F036E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="6280DFB4" w14:textId="77777777">
+    <w:p w14:paraId="6280DFB4" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000460" w:id="604"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="_Toc207799075" w:id="607"/>
+      <w:bookmarkStart w:id="604" w:name="_Toc256000460"/>
+      <w:bookmarkStart w:id="605" w:name="_Toc256000418"/>
+      <w:bookmarkStart w:id="606" w:name="_Toc256000376"/>
+      <w:bookmarkStart w:id="607" w:name="_Toc207799075"/>
       <w:r w:rsidRPr="00FC2ABA">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
         </w:rPr>
         <w:t>Bilaga 1 - Flödesschema: Inskrivning och ordination i</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> slutenvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="604"/>
       <w:bookmarkEnd w:id="605"/>
       <w:bookmarkEnd w:id="606"/>
       <w:bookmarkEnd w:id="607"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="0512EB83" w14:textId="77777777">
+    <w:p w14:paraId="0512EB83" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc402029776" w:id="608"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="_Toc256000247" w:id="619"/>
+      <w:bookmarkStart w:id="608" w:name="_Toc402029776"/>
+      <w:bookmarkStart w:id="609" w:name="_Toc402175017"/>
+      <w:bookmarkStart w:id="610" w:name="_Toc403737967"/>
+      <w:bookmarkStart w:id="611" w:name="_Toc418686669"/>
+      <w:bookmarkStart w:id="612" w:name="_Toc460320047"/>
+      <w:bookmarkStart w:id="613" w:name="_Toc256000032"/>
+      <w:bookmarkStart w:id="614" w:name="_Toc256000075"/>
+      <w:bookmarkStart w:id="615" w:name="_Toc460595313"/>
+      <w:bookmarkStart w:id="616" w:name="_Toc256000118"/>
+      <w:bookmarkStart w:id="617" w:name="_Toc256000161"/>
+      <w:bookmarkStart w:id="618" w:name="_Toc256000204"/>
+      <w:bookmarkStart w:id="619" w:name="_Toc256000247"/>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03F3D28F" wp14:editId="3BE16F2C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>179705</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>127635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6447155" cy="6777321"/>
                 <wp:effectExtent l="0" t="0" r="10795" b="5080"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1649151857" name="Grupp 18" descr="Flödesschema över läkemedelshantering vid inskrivning och ordination i slutenvård."/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
@@ -6916,330 +7709,324 @@
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="1022374259" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="4551148" y="-942340"/>
                             <a:ext cx="867410" cy="2752090"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="0026047D" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="165F788B" w14:textId="77777777">
+                            <w:p w14:paraId="165F788B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0026047D" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Patienter_med_dosexpedition/Pascal">
+                              <w:hyperlink w:anchor="_Patienter_med_dosexpedition/Pascal" w:history="1">
                                 <w:r w:rsidRPr="00662A81">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Vid dosexpedition/Pascal</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="0026047D">
                                   <w:rPr>
                                     <w:b/>
                                     <w:szCs w:val="22"/>
                                   </w:rPr>
                                   <w:t>:</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
-                            <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="67A01D7F" w14:textId="77777777">
+                            <w:p w14:paraId="67A01D7F" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r w:rsidRPr="006801BE">
                                 <w:t>P</w:t>
                               </w:r>
                               <w:r>
                                 <w:t xml:space="preserve">ausa dosproduktion om förväntad </w:t>
                               </w:r>
                               <w:r>
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="006801BE">
                                 <w:t>vårdtid &gt;</w:t>
                               </w:r>
                               <w:r>
                                 <w:t>7</w:t>
                               </w:r>
                               <w:r w:rsidRPr="006801BE">
                                 <w:t xml:space="preserve"> dygn</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00392531" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="04988967" w14:textId="77777777">
+                            <w:p w14:paraId="04988967" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00392531" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r>
                                 <w:t>Tänd Dosikon</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="530065047" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="1285899" y="-1184658"/>
                             <a:ext cx="450000" cy="2876400"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="0EAD0CC7" w14:textId="77777777">
+                            <w:p w14:paraId="0EAD0CC7" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Läkemedelsgenomgång">
+                              <w:hyperlink w:anchor="_Läkemedelsgenomgång" w:history="1">
                                 <w:r w:rsidRPr="00662A81">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Enkel läkemedelsgenomgång</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r w:rsidRPr="00740854">
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="0026309B">
                                 <w:t>inkl. kontroll av dosexpedition/Pascal</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1087698603" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="1229797" y="144680"/>
                             <a:ext cx="450000" cy="2872800"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="008D7C2E" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="0326AA7D" w14:textId="77777777">
+                            <w:p w14:paraId="0326AA7D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="008D7C2E" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:rPr>
                                   <w:b/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Hämta ner </w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:rPr>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t>samtliga</w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:t xml:space="preserve"> ordinationer till </w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:br/>
-                              </w:r>
-                              <w:r w:rsidRPr="008D7C2E">
                                 <w:t>ordinationsöversikten</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1014112080" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="3954232" y="785"/>
                             <a:ext cx="1533525" cy="3408680"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="28575">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF">
                                 <a:lumMod val="65000"/>
                               </a:sysClr>
                             </a:solidFill>
                             <a:prstDash val="sysDash"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="0059692F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="77B7A992" w14:textId="77777777">
+                            <w:p w14:paraId="77B7A992" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0059692F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="0059692F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>*Anvisningsrutan</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="002E2C0F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="5BF14724" w14:textId="77777777">
+                            <w:p w14:paraId="5BF14724" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="002E2C0F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                               </w:pPr>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Används för att ange exempelvis</w:t>
                               </w:r>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:t>:</w:t>
                               </w:r>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:br/>
-                              </w:r>
-                              <w:r w:rsidRPr="002E2C0F">
                                 <w:t>Spädningsinfo, hänvisning till behandlings</w:t>
                               </w:r>
                               <w:r>
                                 <w:t>-</w:t>
                               </w:r>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:t>pm, datum vid upp- eller nedtrappn, bytes ej, OBS, dosjustering efter individuella mål- och mätvärden, planerad behandlingslängd</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="002E2C0F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="524308B8" w14:textId="77777777">
+                            <w:p w14:paraId="524308B8" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="002E2C0F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                               </w:pPr>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Används </w:t>
                               </w:r>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:i/>
                                   <w:iCs/>
                                 </w:rPr>
                                 <w:t>inte</w:t>
                               </w:r>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> för att ange</w:t>
                               </w:r>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:t>:</w:t>
                               </w:r>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:br/>
-                              </w:r>
-                              <w:r w:rsidRPr="002E2C0F">
                                 <w:t>Ord.orsak, maxdos för vid behovs-ordination, schema</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="002E2C0F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="70B2501C" w14:textId="77777777">
+                            <w:p w14:paraId="70B2501C" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="002E2C0F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="002E2C0F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Syns i läkemedelslistan, på recept och i utdelningsvyn </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="844617659" name="Höger 351"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="3040350" y="155107"/>
@@ -7324,56 +8111,56 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1528664677" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="1306800" y="702944"/>
                             <a:ext cx="259200" cy="2872800"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00C97372" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4D280205" w14:textId="77777777">
+                            <w:p w14:paraId="4D280205" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                                  <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
                                   <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:solidFill>
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:rPr>
                                   <w:b/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Kryssa </w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:t>för vårdtiden inaktuella preparat</w:t>
                               </w:r>
                             </w:p>
@@ -7464,57 +8251,57 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1579267721" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="3032947" y="2380966"/>
                             <a:ext cx="283845" cy="2426970"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00C97372" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="1150F2F4" w14:textId="77777777">
+                            <w:p w14:paraId="1150F2F4" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:spacing w:after="80"/>
                                 <w:ind w:left="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                                  <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
                                   <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:solidFill>
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="003530AA">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                   <w:b/>
                                 </w:rPr>
                                 <w:t>Ordinationsförändringar</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
@@ -7522,175 +8309,175 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1014320210" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="744040" y="3229894"/>
                             <a:ext cx="932180" cy="2019935"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="0059692F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="37A58B49" w14:textId="77777777">
+                            <w:p w14:paraId="37A58B49" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0059692F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="0059692F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Nyinsättning</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>:</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="64DD2F5B" w14:textId="77777777">
+                            <w:p w14:paraId="64DD2F5B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r>
                                 <w:t>Ordin</w:t>
                               </w:r>
                               <w:r w:rsidRPr="000E198E">
                                 <w:t>ationsorsak</w:t>
                               </w:r>
                               <w:r>
                                 <w:t xml:space="preserve"> ska anges</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="146EACF9" w14:textId="77777777">
+                            <w:p w14:paraId="146EACF9" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r w:rsidRPr="000E198E">
                                 <w:t>Markera som nyinsatt</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="74EE8A0C" w14:textId="77777777">
+                            <w:p w14:paraId="74EE8A0C" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r w:rsidRPr="000E198E">
                                 <w:t>Ta ställning till ev. konf</w:t>
                               </w:r>
                               <w:r>
                                 <w:t>liktdialog</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="000E198E" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="7E32D409" w14:textId="77777777">
+                            <w:p w14:paraId="7E32D409" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="000E198E" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r>
                                 <w:t>Ange maxdos vid vb-behandling</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="633068292" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="4927854" y="3592479"/>
                             <a:ext cx="554990" cy="1503045"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00EA1D10" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="56069E96" w14:textId="77777777">
+                            <w:p w14:paraId="56069E96" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00EA1D10" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00EA1D10">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Avslut av behandling:</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00C97372" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="56FEC678" w14:textId="77777777">
+                            <w:p w14:paraId="56FEC678" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                                  <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="22"/>
                                   <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:solidFill>
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:rPr>
                                   <w:sz w:val="22"/>
                                 </w:rPr>
                                 <w:t>Ange utsättningsorsak</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
@@ -7726,51 +8513,51 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1724620088" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="1536854" y="3464443"/>
                             <a:ext cx="421005" cy="3037840"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="2A5F9CE7" w14:textId="77777777">
+                            <w:p w14:paraId="2A5F9CE7" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="003D0E53">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Vid tidsbegränsad ordination:</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00730B1E">
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="003D0E53">
                                 <w:t>Ange utsättningsdatum i samband med insättning</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
@@ -7802,67 +8589,67 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1034888924" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="3017240" y="3241156"/>
                             <a:ext cx="655320" cy="2107565"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00212650" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="422AEADF" w14:textId="77777777">
+                            <w:p w14:paraId="422AEADF" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00212650" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00212650">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Justering av befintlig behandling:</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="0381388B" w14:textId="77777777">
+                            <w:p w14:paraId="0381388B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00212650">
                                 <w:t>Markera som nyinsatt om justeringen kräver nytt recept vid utskrivning</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1020114976" name="Höger 360"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm rot="5400000">
                             <a:off x="3147816" y="3689366"/>
                             <a:ext cx="156210" cy="264160"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
@@ -7911,157 +8698,157 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="579750723" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="4407137" y="3784032"/>
                             <a:ext cx="868045" cy="2926080"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00D11CF0" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="5FC11EEB" w14:textId="77777777">
+                            <w:p w14:paraId="5FC11EEB" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00D11CF0" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Ordination_av_spädningar">
+                              <w:hyperlink w:anchor="_Ordination_av_spädningar" w:history="1">
                                 <w:r w:rsidRPr="00662A81">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Vid ordination av läkemedel som ska spädas</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00D11CF0">
                                   <w:rPr>
                                     <w:b/>
                                     <w:bCs/>
                                   </w:rPr>
                                   <w:t>:</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
-                            <w:p w:rsidRPr="00B30F1F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="0ECC1722" w14:textId="77777777">
+                            <w:p w14:paraId="0ECC1722" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00B30F1F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r w:rsidRPr="00B30F1F">
                                 <w:t>Ordinera i ml av färdigspädd lösning</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00B30F1F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="46A02D32" w14:textId="77777777">
+                            <w:p w14:paraId="46A02D32" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00B30F1F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r w:rsidRPr="00B30F1F">
                                 <w:t xml:space="preserve">Ange ”spädes till x mg/ml” i </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00B30F1F">
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="00B30F1F">
                                 <w:rPr>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t>anvisningsrutan</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00B30F1F">
                                 <w:t>*</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="2055973831" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="1530136" y="3929363"/>
                             <a:ext cx="443230" cy="3037840"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00C97372" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="3FCAB609" w14:textId="77777777">
+                            <w:p w14:paraId="3FCAB609" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                                  <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
                                   <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:solidFill>
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Upp-_och_nedtrappningar">
+                              <w:hyperlink w:anchor="_Upp-_och_nedtrappningar" w:history="1">
                                 <w:r w:rsidRPr="00662A81">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Vid ordination av upp- eller nedtrappning</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00496F70">
                                   <w:rPr>
                                     <w:b/>
                                   </w:rPr>
                                   <w:t>:</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                 </w:rPr>
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:rPr>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Ange datum för dosändringarna i </w:t>
@@ -8088,57 +8875,57 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1681598703" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="2970701" y="4311148"/>
                             <a:ext cx="594995" cy="3691890"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00C53AA9" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="109AD025" w14:textId="77777777">
+                            <w:p w14:paraId="109AD025" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C53AA9" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:suppressAutoHyphens/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Läkemedelsval">
+                              <w:hyperlink w:anchor="_Läkemedelsval" w:history="1">
                                 <w:r w:rsidRPr="00662A81">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Acceptera ev. utbytesförslag från Melior</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r>
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="00493723">
                                 <w:t xml:space="preserve">(Ok att motsätta sig byte av medicinska skäl, informera då ssk muntligen och notera i </w:t>
                               </w:r>
                               <w:r w:rsidRPr="003D2632">
                                 <w:rPr>
                                   <w:i/>
                                   <w:iCs/>
                                 </w:rPr>
                                 <w:t>anvisningsrutan</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00493723">
                                 <w:t>* att utbyte ej får ske)</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
@@ -8241,800 +9028,794 @@
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict w14:anchorId="2DA2036D">
-[...1 lines deleted...]
-                <v:roundrect id="_x0000_s1027" style="position:absolute;left:45511;top:-9423;width:8674;height:27520;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBki7jOyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH838Ts0R+KbtEydOilEUQRfNIKJr+d6btX1OtYC89tbEhMf7/f/xtPeNWJHXbCeNYyGCgRx6Y3l&#10;SsPben56BSJEZIONZ9LwQwGmk+OjMRbG7/mVdqtYiRTCoUANdYxtIWUoa3IYhr4lTtyn7xzGdHaV&#10;NB3uU7hrZKZULh1aTg01tjSrqfxebZ2Gu+rr6fHh4329WeQ27+39s8pftlqfDPrbGxCR+vgv/nMv&#10;TZqvsuzs8jy7uIbDTwkAOfkFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZIu4zskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+            <w:pict>
+              <v:group w14:anchorId="03F3D28F" id="Grupp 18" o:spid="_x0000_s1026" alt="Flödesschema över läkemedelshantering vid inskrivning och ordination i slutenvård." style="position:absolute;left:0;text-align:left;margin-left:14.15pt;margin-top:10.05pt;width:507.65pt;height:533.65pt;z-index:251659264;mso-height-relative:margin" coordsize="64474,67775" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWR2TV+ggAAFRRAAAOAAAAZHJzL2Uyb0RvYy54bWzsXNuO20YSfV8g/0DwPZ6+s1uwHAzsHe8C&#10;3sSIvcgzh6IuG96W5Fjj/bD8QH5sT3eT1G1m7DjjSB5xDMikRDbZzVPVp05V8/kPt3kWfEjrZlUW&#10;05A+I2GQFkk5WxWLafjv91ff6zBo2riYxVlZpNPwY9qEP7z47m/P19UkZeWyzGZpHaCRopmsq2m4&#10;bNtqcnHRJMs0j5tnZZUW+HFe1nncYrdeXMzqeI3W8+yCEaIu1mU9q+oySZsG377yP4YvXPvzeZq0&#10;P83nTdoG2TTEvbXus3af1/bz4sXzeLKo42q5SrrbiL/gLvJ4VeCiQ1Ov4jYOburVQVP5KqnLppy3&#10;z5Iyvyjn81WSuj6gN5Ts9eZ1Xd5Uri+LyXpRDcOEod0bpy9uNvnxw+u6ele9rTES62qBsXB7ti+3&#10;8zq3/+Mug1s3ZB+HIUtv2yDBl0qIiEoZBgl+U1EUcUb9oCZLjPzBecny71tnCsM2Z0qi7JkX/YUv&#10;dm5nXQEgzWYMmj83Bu+WcZW6oW0mGIO3dbCaAb+EMR4JJk0YFHEOvF6tFjd1wOyN2TvAoXas7Kg0&#10;1Zsy+bUJivLlMi4W6WVdl+tlGs9wZ24IcP9bJ9idBqcG1+t/lTO0HN+0pYOMHeagLgFNKYj9c992&#10;gy6kpFTAiDC83xvBuOgw2z8ArSJBgWw7/iySjBh3wDCK8aSqm/Z1WuaB3ZiGwFQx+xmG4S4Tf3jT&#10;tA64s67H8ew/YTDPM5jBhzgLKCfcdR8tdgdjq2/TnlmUV6ssc4aUFcEavWdR14mmzFYz+6sbsI/N&#10;y6wO0Og0hAXPyvV7dCIMsrhp8QOg5XvvMbB1Kq6XFQBGP4T+UbS317fdU7kuZx8xsm4MMRRwR+jn&#10;sqz/FwZrmPY0bP57E9cpLvXPAk+HKzvIQbu9U2/vXG/vxEWCpqZh0tZh4Hdett6D3FT1arHEtTbP&#10;GxD1t/fVsSo53J8kIjoVqFKmpTawHAtVSrVQUntX0GNVSPuEO6zqSAHuOxa/wdUTxKp3ML0jOUvI&#10;UoKHbrQi/HQwy0xkYELALBVC6T3vuodYps8OscPUd6aIpYJSRoCLEyEE3EiwANAmIDbSctfBUsm5&#10;ZB0bA1XQHaCPyQYwK0TScY2tKR306YANbDGBK/fnTspucvAlzxow3Q325893dHGnXctMXsXN0p+B&#10;o+xON8vcwyKcZ+aP4ZmBEk8ksOFJBDZ6AgGqc0L0QcPb0UhtmO4/fv9tgVCMS0dmtrhrR7IsebU0&#10;bi8q4EQQLtFN60FBVkm0C0nBhKYdIkFOJQ71BK9vp6eS/ZRvGZXj0ht+6k/oD3RccodY1ovrgVle&#10;Svuvu8YOMrbJaZBYWjjPYjyUJK9moIjFAs8nWyCKtUzv8CIHeP1M9upJzQaS2aJHZDzJVy2GPFvl&#10;0xAzywbcFqjxJHXxK/i57f8u+d1zxk2VXK0A/Deg0m/jGtQdD8TS4J/wMc9KkPKy2woDS4zv+v5+&#10;2lzc5C9LsHaKWL5K3Cbar9us35zXZf4LAvFLS7y3IH8HZ0Yon6SXl+4whMBV3L4p3lWJbdz22T7k&#10;97e/xHXV4aEFefyx7MO1LgbZAMIf242PH5Vu569j4tRwqQwVsJxukhhsafAqXeCIG988SG9L94Z+&#10;aJCDLjnLEohZ2B6bplKxIfJTgqpvx7K2QsZdfz0ax9MzDq0jSg0DZfGSymAcA7X8lHFoY0UQTyI6&#10;XYQZDZXG6yKKKG2cpcFnduqSMJGGVOJlEc4/zYPGacerLOO041Syb2HakUwrJSC69pZ1bLESWiEM&#10;DVZnYxPCjBC7XBAWC81+0H/OMJp2A2IZwB6Bu597/SHJ8mHqdVy5khEmBItUD9ZhGnBk/eF44wGO&#10;pJnCzOCiDwL1G9vgWJt5YCRJSTtGEKceQRh4TsojfhhADA7jUxzpjtwRRXoNqRhvHFDbOd3zx6Nx&#10;jMZx+uF1JLSWYDmHAYTLF3/pzCEJ1QazEbgKY0xx5lobZ45Re/qmtCcZGWaNY5g6jh0E2HoBY7PS&#10;1rC4JkbtGRbTXFvK5ioWBFMGU5QX9O6ThJ9QxYLLNQyM9+tEAV19Q593uEOEPWokQAkVHNGA1S5P&#10;o8gmEgJZDIdYzqAsmT2eZFDUZDOADrGEGui9Z4bYYaY9S8QqboUNZovVTgOwIPbI/QqPWIgqIjK7&#10;Ya+UwqAQzCGWSoIk3bkh1qUhv57ScuI+liHtKiXEwR6xP6e/ogp3kWZBns6CGiWA8SwNlr//VhcB&#10;8+L5w0Taiiq99o5Y0hcgMEk5lPZd7CEVZbTNCFt3KYjhXebq0YoQOBJunf89UkXimLl9IpnbiAkF&#10;SVojkXQanh0VPGrw7ALV1WI/sQXeRPoKH8Jdluu82LNLg5+tZ48Upyriekj6DDq6owAPO3GvozMS&#10;0SgSrt6iLzNHg0p7NYRHjuzsOnWG+gY1BG1EYfth1J1OPnUsNri7ev0pVuIQDrFQgxCfij+Hro85&#10;po8tUUsq99QQJSWC4S62RPWc/KRlPTU1ZPBbZxlbYskRQXGLOUyM+nquz3Hod+R+kOuJNO0cui2P&#10;2VfhxtzPmPs5/dyPEURitZYtad8pHvuMGmXPdRB9cgLhZit8pUpxw71AzbFGyWA5yk7NADNE894l&#10;Y40StkeucwfhHquOXVW2n7b+8qpjJH4iSSJ2MmupIKJHKGLwoqSNS/260U1G1a5GGRI/yFrZVTUP&#10;G9ZTozpIeaDDd5jSI9V/nboqSaQ0iF03dS7HTlZCbkHhTUeTDIRQtTcXQH9h/VyAqeQM5RY6zLXn&#10;yc8Vli8ZHZ3OmlWsWCURQb7fyuucutcD7PAXaZD86SVCLEwBwzk3PzssLThLzELSRvC3R5k58oXd&#10;5PMFtYSMAlSoH7Sgw7oj5MudALiZ3E8znrS0f9T/zkf/k3h/i0DR0UCKB3X8T4HfKAFqsAX+vQKR&#10;EfxuPecYEB4zIMRrgrDiRmLR/6N6fkG5QflTB34spcOS1B26MYJ/BD/Wax93DTbeQoaKKCRGHxX7&#10;nKJ8haJNsB5lW0eZ7Yj9w+Vro+O/x/Hja/fqPhjHzrsBt/ed4Wxehvji/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhACRN7zvhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQm+N5DhN&#10;jWM5hND2FApNCiW3jbWxTSzJWIrt/H3lU3PaXWaYfZOtR92wnjpXWyMhmglgZAqralNK+Dl8vCTA&#10;nEejsLGGJNzIwTp/fMgwVXYw39TvfclCiHEpSqi8b1POXVGRRjezLZmgnW2n0YezK7nqcAjhuuFz&#10;IZZcY23Chwpb2lZUXPZXLeFzwGETR+/97nLe3o6H16/fXURSPj+NmxUwT6P/N8OEH9AhD0wnezXK&#10;sUbCPImDM0wRAZt0sYiXwE7TlrwtgOcZv++Q/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCWR2TV+ggAAFRRAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAkTe874QAAAAsBAAAPAAAAAAAAAAAAAAAAAFQLAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAYgwAAAAA&#10;">
+                <v:roundrect id="_x0000_s1027" style="position:absolute;left:45511;top:-9423;width:8674;height:27520;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBki7jOyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH838Ts0R+KbtEydOilEUQRfNIKJr+d6btX1OtYC89tbEhMf7/f/xtPeNWJHXbCeNYyGCgRx6Y3l&#10;SsPben56BSJEZIONZ9LwQwGmk+OjMRbG7/mVdqtYiRTCoUANdYxtIWUoa3IYhr4lTtyn7xzGdHaV&#10;NB3uU7hrZKZULh1aTg01tjSrqfxebZ2Gu+rr6fHh4329WeQ27+39s8pftlqfDPrbGxCR+vgv/nMv&#10;TZqvsuzs8jy7uIbDTwkAOfkFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZIu4zskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="0026047D" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="18D5D5C2" w14:textId="77777777">
+                      <w:p w14:paraId="165F788B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0026047D" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Patienter_med_dosexpedition/Pascal">
+                        <w:hyperlink w:anchor="_Patienter_med_dosexpedition/Pascal" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Vid dosexpedition/Pascal</w:t>
                           </w:r>
                           <w:r w:rsidRPr="0026047D">
                             <w:rPr>
                               <w:b/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
-                      <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="733E2D31" w14:textId="77777777">
+                      <w:p w14:paraId="67A01D7F" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r w:rsidRPr="006801BE">
                           <w:t>P</w:t>
                         </w:r>
                         <w:r>
                           <w:t xml:space="preserve">ausa dosproduktion om förväntad </w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="006801BE">
                           <w:t>vårdtid &gt;</w:t>
                         </w:r>
                         <w:r>
                           <w:t>7</w:t>
                         </w:r>
                         <w:r w:rsidRPr="006801BE">
                           <w:t xml:space="preserve"> dygn</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00392531" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="17656FE0" w14:textId="77777777">
+                      <w:p w14:paraId="04988967" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00392531" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r>
                           <w:t>Tänd Dosikon</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1028" style="position:absolute;left:12858;top:-11847;width:4500;height:28764;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOg7AqywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvSP0P1iJxozbQplWoW/EoFC6t+pC4LvGSuMTrELtt+PcYCYnjaGa+0UxmnavFkdpgPWu46isQ&#10;xIU3lksNu+3T5RhEiMgGa8+k4ZsCzKa9swnmxp94TcdNLEWCcMhRQxVjk0sZioochr5viJP34VuH&#10;Mcm2lKbFU4K7Wl4rlUmHltNChQ09VFR8bg5Ow325f32ev79tvxaZzTr7uFTZ6qD1xXl3dwsiUhf/&#10;w3/tF6NheJOQQzUYwe+ldAfk9AcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDOg7AqywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                <v:roundrect id="_x0000_s1028" style="position:absolute;left:12858;top:-11847;width:4500;height:28764;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOg7AqywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvSP0P1iJxozbQplWoW/EoFC6t+pC4LvGSuMTrELtt+PcYCYnjaGa+0UxmnavFkdpgPWu46isQ&#10;xIU3lksNu+3T5RhEiMgGa8+k4ZsCzKa9swnmxp94TcdNLEWCcMhRQxVjk0sZioochr5viJP34VuH&#10;Mcm2lKbFU4K7Wl4rlUmHltNChQ09VFR8bg5Ow325f32ev79tvxaZzTr7uFTZ6qD1xXl3dwsiUhf/&#10;w3/tF6NheJOQQzUYwe+ldAfk9AcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDOg7AqywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="720B4C07" w14:textId="77777777">
+                      <w:p w14:paraId="0EAD0CC7" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Läkemedelsgenomgång">
+                        <w:hyperlink w:anchor="_Läkemedelsgenomgång" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Enkel läkemedelsgenomgång</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r w:rsidRPr="00740854">
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="0026309B">
                           <w:t>inkl. kontroll av dosexpedition/Pascal</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1029" style="position:absolute;left:12297;top:1446;width:4500;height:28728;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBdljooyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j9R+sqcSN2gXJpKFuxb5cQG2RuA7xNDHE4xC7bfh7jITEcd4+8+XgW7GnPrrABqYTBYK4CtZx&#10;beB1c3dSgIgJ2WIbmAx8U4TlYnQ0x9KGA69ov061yCEcSzTQpNSVUsaqIY9xEjrizG1D7zHls6+l&#10;7fGQw30rT5XS0qPj3NBgR9cNVZ/rnTdwVX883d++v22+HrTTg7t5VvplZ8zxeLi8AJFoSP/iP/ej&#10;zfNVca5nhVZn8PtTBkAufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdljooyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                <v:roundrect id="_x0000_s1029" style="position:absolute;left:12297;top:1446;width:4500;height:28728;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBdljooyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j9R+sqcSN2gXJpKFuxb5cQG2RuA7xNDHE4xC7bfh7jITEcd4+8+XgW7GnPrrABqYTBYK4CtZx&#10;beB1c3dSgIgJ2WIbmAx8U4TlYnQ0x9KGA69ov061yCEcSzTQpNSVUsaqIY9xEjrizG1D7zHls6+l&#10;7fGQw30rT5XS0qPj3NBgR9cNVZ/rnTdwVX883d++v22+HrTTg7t5VvplZ8zxeLi8AJFoSP/iP/ej&#10;zfNVca5nhVZn8PtTBkAufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdljooyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="008D7C2E" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="1A55E130" w14:textId="77777777">
+                      <w:p w14:paraId="0326AA7D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="008D7C2E" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:t xml:space="preserve">Hämta ner </w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:i/>
                           </w:rPr>
                           <w:t>samtliga</w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:t xml:space="preserve"> ordinationer till </w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:br/>
-                        </w:r>
-                        <w:r w:rsidRPr="008D7C2E">
                           <w:t>ordinationsöversikten</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1030" style="position:absolute;left:39542;top:7;width:15335;height:34087;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:top" filled="f" strokecolor="#a6a6a6" strokeweight="2.25pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCT4WuQywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGL2N0UkRq7LSoUhOIhbRCPQ3bMhmZnQ3bbxH/vHASPM/Pmvfett3Po1YXG1EW2UCwM&#10;KOImuo5bC/Vxd78ClTKywz4yWfihBNvN9dUaSxcnruhyyK0SE04lWvA5D6XWqfEUMC3iQCy37zgG&#10;zDKOrXYjTmIeer005lEH7FgSPA705qk5Hc7Bwuu5mnbd06maP+v6Y++/aB/NnbW3N/PLM6hMc/4X&#10;/32/O6lvioeiWJqVUAiTLEBvfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCT4WuQywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                <v:roundrect id="_x0000_s1030" style="position:absolute;left:39542;top:7;width:15335;height:34087;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:top" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCT4WuQywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGL2N0UkRq7LSoUhOIhbRCPQ3bMhmZnQ3bbxH/vHASPM/Pmvfett3Po1YXG1EW2UCwM&#10;KOImuo5bC/Vxd78ClTKywz4yWfihBNvN9dUaSxcnruhyyK0SE04lWvA5D6XWqfEUMC3iQCy37zgG&#10;zDKOrXYjTmIeer005lEH7FgSPA705qk5Hc7Bwuu5mnbd06maP+v6Y++/aB/NnbW3N/PLM6hMc/4X&#10;/32/O6lvioeiWJqVUAiTLEBvfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCT4WuQywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="#a6a6a6" strokeweight="2.25pt">
                   <v:stroke dashstyle="3 1"/>
                   <v:textbox inset="1mm,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="0059692F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="7195295D" w14:textId="77777777">
+                      <w:p w14:paraId="77B7A992" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0059692F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0059692F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>*Anvisningsrutan</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="002E2C0F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="57C57B6B" w14:textId="77777777">
+                      <w:p w14:paraId="5BF14724" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="002E2C0F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                         </w:pPr>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Används för att ange exempelvis</w:t>
                         </w:r>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:t>:</w:t>
                         </w:r>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:br/>
-                        </w:r>
-                        <w:r w:rsidRPr="002E2C0F">
                           <w:t>Spädningsinfo, hänvisning till behandlings</w:t>
                         </w:r>
                         <w:r>
                           <w:t>-</w:t>
                         </w:r>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:t>pm, datum vid upp- eller nedtrappn, bytes ej, OBS, dosjustering efter individuella mål- och mätvärden, planerad behandlingslängd</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="002E2C0F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="070B1A96" w14:textId="77777777">
+                      <w:p w14:paraId="524308B8" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="002E2C0F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                         </w:pPr>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t xml:space="preserve">Används </w:t>
                         </w:r>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:i/>
                             <w:iCs/>
                           </w:rPr>
                           <w:t>inte</w:t>
                         </w:r>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t xml:space="preserve"> för att ange</w:t>
                         </w:r>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:t>:</w:t>
                         </w:r>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:br/>
-                        </w:r>
-                        <w:r w:rsidRPr="002E2C0F">
                           <w:t>Ord.orsak, maxdos för vid behovs-ordination, schema</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="002E2C0F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="1B636B74" w14:textId="77777777">
+                      <w:p w14:paraId="70B2501C" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="002E2C0F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="002E2C0F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t xml:space="preserve">Syns i läkemedelslistan, på recept och i utdelningsvyn </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
                 <v:shapetype id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                     <v:f eqn="val #1"/>
                     <v:f eqn="sum height 0 #1"/>
                     <v:f eqn="sum 10800 0 #1"/>
                     <v:f eqn="sum width 0 #0"/>
                     <v:f eqn="prod @4 @3 10800"/>
                     <v:f eqn="sum width 0 @5"/>
                   </v:formulas>
-                  <v:path textboxrect="0,@1,@6,@2" o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0"/>
+                  <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,@1,@6,@2"/>
                   <v:handles>
                     <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
                   </v:handles>
                 </v:shapetype>
-                <v:shape id="Höger 351" style="position:absolute;left:30403;top:1551;width:4248;height:2095;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1031" fillcolor="#a5a5a5" strokecolor="windowText" strokeweight="1pt" type="#_x0000_t13" adj="16273" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQClRimOywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq9FN2kxKipq0ihxUsVYy+9PbKvSWj2bchuk/jvXaHgcZiZb5j1djSN6KlztWUF8SwC&#10;QVxYXXOp4Ov8Pl2CcB5ZY2OZFFzIwXYzeVhjpu3AJ+pzX4oAYZehgsr7NpPSFRUZdDPbEgfvx3YG&#10;fZBdKXWHQ4CbRr5EUSoN1hwWKmzpraLiN/8zCpLh4/M4JL2bH/oYD8/626zqVqmnx3H3CsLT6O/h&#10;//ZeK1gmSRov0vkKbpfCHZCbKwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQClRimOywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                <v:shape id="Höger 351" o:spid="_x0000_s1031" type="#_x0000_t13" style="position:absolute;left:30403;top:1551;width:4248;height:2095;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQClRimOywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq9FN2kxKipq0ihxUsVYy+9PbKvSWj2bchuk/jvXaHgcZiZb5j1djSN6KlztWUF8SwC&#10;QVxYXXOp4Ov8Pl2CcB5ZY2OZFFzIwXYzeVhjpu3AJ+pzX4oAYZehgsr7NpPSFRUZdDPbEgfvx3YG&#10;fZBdKXWHQ4CbRr5EUSoN1hwWKmzpraLiN/8zCpLh4/M4JL2bH/oYD8/626zqVqmnx3H3CsLT6O/h&#10;//ZeK1gmSRov0vkKbpfCHZCbKwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQClRimOywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" adj="16273" fillcolor="#a5a5a5" strokecolor="windowText" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 353" style="position:absolute;left:14537;top:4360;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1032" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOUIEGyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlBG92k9oUE7stIli8SGlrPI/ZMYnNzoTs2sa3dwWhx/n+Z7keXadONPhW2EA6TUARV2Jb&#10;rg28HZ5v70H5gGyxEyYDP+RhvZpcLbGwcuYdnfahVjGEfYEGmhD6QmtfNeTQT6UnjtynDA5DPIda&#10;2wHPMdx1epYkC+2w5djQYE9PDVXH/bcz8C7zbb/Z+rL8CjLbfJSvklW5MTfX4+MDqEBjuIj/3S82&#10;zs/vskWezrMU/n6KAOjVLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOUIEGyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                <v:shape id="Höger 353" o:spid="_x0000_s1032" type="#_x0000_t13" style="position:absolute;left:14537;top:4360;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOUIEGyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlBG92k9oUE7stIli8SGlrPI/ZMYnNzoTs2sa3dwWhx/n+Z7keXadONPhW2EA6TUARV2Jb&#10;rg28HZ5v70H5gGyxEyYDP+RhvZpcLbGwcuYdnfahVjGEfYEGmhD6QmtfNeTQT6UnjtynDA5DPIda&#10;2wHPMdx1epYkC+2w5djQYE9PDVXH/bcz8C7zbb/Z+rL8CjLbfJSvklW5MTfX4+MDqEBjuIj/3S82&#10;zs/vskWezrMU/n6KAOjVLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOUIEGyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 352" style="position:absolute;left:29825;top:6068;width:4979;height:2337;rotation:9777037fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1033" fillcolor="#a5a5a5" strokecolor="windowText" strokeweight="1pt" type="#_x0000_t13" adj="16531" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxc4+WxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEG+xtps1g1s4om+DYk6Ab4uPR3NpicylJ1M5PbwTBx/v9v+l8sJ04kg+tYw35KANBXDnT&#10;cq3h92f5UoAIEdlg55g0/FOA+ezxYYqlcSde03ETa5FCOJSooYmxL6UMVUMWw8j1xIn7c95iTKev&#10;pfF4SuG2kyrL3qTFllNDgz0tGqr2m4PV8Llf5Yq25yX66jXD7fmr3u2U1s9Pw8c7iEhDvItv7m+T&#10;5k+KYpznE6Xg+lMCQM4uAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHFzj5bHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:shape id="Höger 352" o:spid="_x0000_s1033" type="#_x0000_t13" style="position:absolute;left:29825;top:6068;width:4979;height:2337;rotation:9777037fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxc4+WxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEG+xtps1g1s4om+DYk6Ab4uPR3NpicylJ1M5PbwTBx/v9v+l8sJ04kg+tYw35KANBXDnT&#10;cq3h92f5UoAIEdlg55g0/FOA+ezxYYqlcSde03ETa5FCOJSooYmxL6UMVUMWw8j1xIn7c95iTKev&#10;pfF4SuG2kyrL3qTFllNDgz0tGqr2m4PV8Llf5Yq25yX66jXD7fmr3u2U1s9Pw8c7iEhDvItv7m+T&#10;5k+KYpznE6Xg+lMCQM4uAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHFzj5bHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="16531" fillcolor="#a5a5a5" strokecolor="windowText" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:roundrect id="_x0000_s1034" style="position:absolute;left:13068;top:7029;width:2592;height:28728;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYy2NGxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKfRWN4qNIbpKKVSkHoqv+5AdszHZ2ZBdTfrvu0LB43zvWawG24gbdb5yrGA8SkAQF05X&#10;XCo4Hr7eMhA+IGtsHJOCX/KwWj4/LTDXrucd3fahFDGEfY4KTAhtLqUvDFn0I9cSR+7sOoshnl0p&#10;dYd9DLeNnCRJKi1WHBsMtvRpqKj3V6ugMfX6lH3j9VLU6/Nlazc/x36q1OvL8DEHEWgID/G/e6Pj&#10;/PdJlqbTdDaD+08RALn8AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANjLY0bHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:roundrect id="_x0000_s1034" style="position:absolute;left:13068;top:7029;width:2592;height:28728;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYy2NGxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKfRWN4qNIbpKKVSkHoqv+5AdszHZ2ZBdTfrvu0LB43zvWawG24gbdb5yrGA8SkAQF05X&#10;XCo4Hr7eMhA+IGtsHJOCX/KwWj4/LTDXrucd3fahFDGEfY4KTAhtLqUvDFn0I9cSR+7sOoshnl0p&#10;dYd9DLeNnCRJKi1WHBsMtvRpqKj3V6ugMfX6lH3j9VLU6/Nlazc/x36q1OvL8DEHEWgID/G/e6Pj&#10;/PdJlqbTdDaD+08RALn8AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANjLY0bHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,0">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00C97372" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4C118D55" w14:textId="77777777">
+                      <w:p w14:paraId="4D280205" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                            <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:t xml:space="preserve">Kryssa </w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:t>för vårdtiden inaktuella preparat</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 355" style="position:absolute;left:14826;top:10520;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1035" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFoZImyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7MYlrZp2W0SweJHSajw/s69JNPteyK5t/PeuIHgcZuYbZrUZfadONIRW2ML1LANF&#10;XIlrubbw+vJ4dQsqRGSHnTBZ+KYAm/XkYoWFkzPv6XSItUoQDgVaaGLsC61D1ZDHMJOeOHlHGTzG&#10;JIdauwHPCe47bbJsoT22nBYa7Omhoerz8OUtvEm+67e7UJYfUcz2vXyWeXVn7eV0vF+CijTG//Bf&#10;+8lZmJvM5Lm5WcDvpXQH9PoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABaGSJskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                <v:shape id="Höger 355" o:spid="_x0000_s1035" type="#_x0000_t13" style="position:absolute;left:14826;top:10520;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFoZImyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7MYlrZp2W0SweJHSajw/s69JNPteyK5t/PeuIHgcZuYbZrUZfadONIRW2ML1LANF&#10;XIlrubbw+vJ4dQsqRGSHnTBZ+KYAm/XkYoWFkzPv6XSItUoQDgVaaGLsC61D1ZDHMJOeOHlHGTzG&#10;JIdauwHPCe47bbJsoT22nBYa7Omhoerz8OUtvEm+67e7UJYfUcz2vXyWeXVn7eV0vF+CijTG//Bf&#10;+8lZmJvM5Lm5WcDvpXQH9PoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABaGSJskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 354" style="position:absolute;left:14922;top:17642;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1036" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaaJK5ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7CaNVpt2W0SweJFiazy/Zl+T1Ox7Ibu28d+7guBxmJlvmOV6cK06U+8bYQPpJAFF&#10;XIptuDLwvn++eQDlA7LFVpgMfJOH9Wp0tcTcyoXf6LwLlYoQ9jkaqEPocq19WZNDP5GOOHpH6R2G&#10;KPtK2x4vEe5aPU2SmXbYcFyosaOnmsrP3Zcz8CG3226z9UVxCjLdHIpXuSvnxlyPh8cFqEBD+A//&#10;tV+sgXmaJWl2n6XweyneAb36AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJpokrnKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:shape id="Höger 354" o:spid="_x0000_s1036" type="#_x0000_t13" style="position:absolute;left:14922;top:17642;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaaJK5ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7CaNVpt2W0SweJFiazy/Zl+T1Ox7Ibu28d+7guBxmJlvmOV6cK06U+8bYQPpJAFF&#10;XIptuDLwvn++eQDlA7LFVpgMfJOH9Wp0tcTcyoXf6LwLlYoQ9jkaqEPocq19WZNDP5GOOHpH6R2G&#10;KPtK2x4vEe5aPU2SmXbYcFyosaOnmsrP3Zcz8CG3226z9UVxCjLdHIpXuSvnxlyPh8cFqEBD+A//&#10;tV+sgXmaJWl2n6XweyneAb36AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJpokrnKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 356" style="position:absolute;left:15019;top:22263;width:1562;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1037" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDd2LbVygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7MbQNjF2W0SweJHS1nh+Zp9JNPteyK5t/PeuIPQ4zMw3zGozuk6daPCtsIHbWQKK&#10;uBLbcm3g9fh0k4PyAdliJ0wGfsjDZj25WmFh5cx7Oh1CrSKEfYEGmhD6QmtfNeTQz6Qnjt6HDA5D&#10;lEOt7YDnCHedTpNkqR22HBca7Omxoerr8O0MvMl81293viw/g6Tb9/JFFtWdMdfT8eEeVKAxXML/&#10;7WdrIJvn+WKZZSn8XYp3QK9/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN3YttXKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:shape id="Höger 356" o:spid="_x0000_s1037" type="#_x0000_t13" style="position:absolute;left:15019;top:22263;width:1562;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDd2LbVygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7MbQNjF2W0SweJHS1nh+Zp9JNPteyK5t/PeuIPQ4zMw3zGozuk6daPCtsIHbWQKK&#10;uBLbcm3g9fh0k4PyAdliJ0wGfsjDZj25WmFh5cx7Oh1CrSKEfYEGmhD6QmtfNeTQz6Qnjt6HDA5D&#10;lEOt7YDnCHedTpNkqR22HBca7Omxoerr8O0MvMl81293viw/g6Tb9/JFFtWdMdfT8eEeVKAxXML/&#10;7WdrIJvn+WKZZSn8XYp3QK9/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN3YttXKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:roundrect id="_x0000_s1038" style="position:absolute;left:30329;top:23809;width:2838;height:24270;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPiwDhyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8Mw&#10;DL4j7T9ERuLG0lUiZWXZNN5wAW1D2tVrTBtonNJkW/n3BAmJo7+3Z4vBteJAfbCeNUzGGQjiyhvL&#10;tYa3zf35JYgQkQ22nknDNwVYzEcnMyyNP/KKDutYixTCoUQNTYxdKWWoGnIYxr4jTty77x3GdPa1&#10;ND0eU7hrZZ5lSjq0nBoa7OimoepzvXcaruuP54e73Xbz9aisGuztS6Ze91qfnQ7LKxCRhvgv/nM/&#10;mTT/opjmqijyCfz+lACQ8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz4sA4ckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                <v:roundrect id="_x0000_s1038" style="position:absolute;left:30329;top:23809;width:2838;height:24270;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPiwDhyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8Mw&#10;DL4j7T9ERuLG0lUiZWXZNN5wAW1D2tVrTBtonNJkW/n3BAmJo7+3Z4vBteJAfbCeNUzGGQjiyhvL&#10;tYa3zf35JYgQkQ22nknDNwVYzEcnMyyNP/KKDutYixTCoUQNTYxdKWWoGnIYxr4jTty77x3GdPa1&#10;ND0eU7hrZZ5lSjq0nBoa7OimoepzvXcaruuP54e73Xbz9aisGuztS6Ze91qfnQ7LKxCRhvgv/nM/&#10;mTT/opjmqijyCfz+lACQ8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz4sA4ckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00C97372" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="37381472" w14:textId="77777777">
+                      <w:p w14:paraId="1150F2F4" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:spacing w:after="80"/>
                           <w:ind w:left="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                            <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="003530AA">
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                             <w:b/>
                           </w:rPr>
                           <w:t>Ordinationsförändringar</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1039" style="position:absolute;left:7440;top:32298;width:9322;height:20199;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6WafOywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSHyHyEjcWNKCKlSWTfyHXUBsSFxNY9pA45Qm28q3xwckjraf33u/+XIKvdrRmHxkC8XMgCJu&#10;ovPcWnjd3J2cg0oZ2WEfmSz8UILl4vBgjrWLe36h3Tq3Skw41Wihy3motU5NRwHTLA7EcvuIY8As&#10;49hqN+JezEOvS2MqHdCzJHQ40HVHzdd6GyxctZ+r+9v3t833Q+Wryd88mep5a+3x0XR5ASrTlP/F&#10;f9+PTuqb4uy0NGUhFMIkC9CLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6WafOywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                <v:roundrect id="_x0000_s1039" style="position:absolute;left:7440;top:32298;width:9322;height:20199;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6WafOywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSHyHyEjcWNKCKlSWTfyHXUBsSFxNY9pA45Qm28q3xwckjraf33u/+XIKvdrRmHxkC8XMgCJu&#10;ovPcWnjd3J2cg0oZ2WEfmSz8UILl4vBgjrWLe36h3Tq3Skw41Wihy3motU5NRwHTLA7EcvuIY8As&#10;49hqN+JezEOvS2MqHdCzJHQ40HVHzdd6GyxctZ+r+9v3t833Q+Wryd88mep5a+3x0XR5ASrTlP/F&#10;f9+PTuqb4uy0NGUhFMIkC9CLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6WafOywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="0059692F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="48A05298" w14:textId="77777777">
+                      <w:p w14:paraId="37A58B49" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0059692F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0059692F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Nyinsättning</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>:</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="10E60E75" w14:textId="77777777">
+                      <w:p w14:paraId="64DD2F5B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r>
                           <w:t>Ordin</w:t>
                         </w:r>
                         <w:r w:rsidRPr="000E198E">
                           <w:t>ationsorsak</w:t>
                         </w:r>
                         <w:r>
                           <w:t xml:space="preserve"> ska anges</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="41549B2E" w14:textId="77777777">
+                      <w:p w14:paraId="146EACF9" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r w:rsidRPr="000E198E">
                           <w:t>Markera som nyinsatt</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="42164BD9" w14:textId="77777777">
+                      <w:p w14:paraId="74EE8A0C" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r w:rsidRPr="000E198E">
                           <w:t>Ta ställning till ev. konf</w:t>
                         </w:r>
                         <w:r>
                           <w:t>liktdialog</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="000E198E" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="2CE47B8F" w14:textId="77777777">
+                      <w:p w14:paraId="7E32D409" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="000E198E" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r>
                           <w:t>Ange maxdos vid vb-behandling</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1040" style="position:absolute;left:49278;top:35925;width:5549;height:15030;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpsnCtygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PSwMx&#10;FMTvgt8hPMGbTdxCqGvT4n/txWJb6PW5ee5GNy/rJm3Xb28EocdhZn7DTOeDb8We+ugCG7gcKRDE&#10;VbCOawOb9ePFBERMyBbbwGTghyLMZ6cnUyxtOPAb7VepFhnCsUQDTUpdKWWsGvIYR6Ejzt5H6D2m&#10;LPta2h4PGe5bWSilpUfHeaHBju4aqr5WO2/gtv5cPD28b9ffz9rpwd2/Kr3cGXN+Ntxcg0g0pGP4&#10;v/1iDejxWOlJcVXA36V8B+TsFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKmycK3KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:roundrect id="_x0000_s1040" style="position:absolute;left:49278;top:35925;width:5549;height:15030;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpsnCtygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PSwMx&#10;FMTvgt8hPMGbTdxCqGvT4n/txWJb6PW5ee5GNy/rJm3Xb28EocdhZn7DTOeDb8We+ugCG7gcKRDE&#10;VbCOawOb9ePFBERMyBbbwGTghyLMZ6cnUyxtOPAb7VepFhnCsUQDTUpdKWWsGvIYR6Ejzt5H6D2m&#10;LPta2h4PGe5bWSilpUfHeaHBju4aqr5WO2/gtv5cPD28b9ffz9rpwd2/Kr3cGXN+Ntxcg0g0pGP4&#10;v/1iDejxWOlJcVXA36V8B+TsFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKmycK3KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00EA1D10" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4D86A149" w14:textId="77777777">
+                      <w:p w14:paraId="56069E96" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00EA1D10" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00EA1D10">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Avslut av behandling:</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00C97372" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="30E17D70" w14:textId="77777777">
+                      <w:p w14:paraId="56FEC678" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                            <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="22"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:sz w:val="22"/>
                           </w:rPr>
                           <w:t>Ange utsättningsorsak</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="Rektangel med rundade hörn 293" style="position:absolute;left:276;top:25134;width:64198;height:40931;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1041" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="2093f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+QM6RywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhf4HsYXcGtmObYITJZRCaA+lJQ/IdWOtH9RaGUtx3H9fFQo5DjPzDbPeTqYTIw2utawgnkcg&#10;iEurW64VnI675yUI55E1dpZJwQ852G4eH9ZYaHvjPY0HX4sAYVeggsb7vpDSlQ0ZdHPbEwevsoNB&#10;H+RQSz3gLcBNJ5MoyqXBlsNCgz29NlR+H65GwXhqz/Giivf+61p+VtnbcncZP5SaPU0vKxCeJn8P&#10;/7fftYIkTdIsy9Mc/i6FOyA3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+QM6RywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                <v:roundrect id="Rektangel med rundade hörn 293" o:spid="_x0000_s1041" style="position:absolute;left:276;top:25134;width:64198;height:40931;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="2093f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+QM6RywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhf4HsYXcGtmObYITJZRCaA+lJQ/IdWOtH9RaGUtx3H9fFQo5DjPzDbPeTqYTIw2utawgnkcg&#10;iEurW64VnI675yUI55E1dpZJwQ852G4eH9ZYaHvjPY0HX4sAYVeggsb7vpDSlQ0ZdHPbEwevsoNB&#10;H+RQSz3gLcBNJ5MoyqXBlsNCgz29NlR+H65GwXhqz/Giivf+61p+VtnbcncZP5SaPU0vKxCeJn8P&#10;/7fftYIkTdIsy9Mc/i6FOyA3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+QM6RywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1042" style="position:absolute;left:15368;top:34644;width:4210;height:30378;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3LewYygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSPsOkSdxYykTClNZNvEfdhliQ+JqGtMGGqc02Va+PT5M4vjs55/fmy+H0Ko99clHtnA+KUAR&#10;V9F5ri28bR/OZqBSRnbYRiYLv5RguRidzLF08cCvtN/kWgmEU4kWmpy7UutUNRQwTWJHLLvP2AfM&#10;Ivtaux4PAg+tnhaF0QE9y4cGO7ptqPre7IKFm/pr9Xj/8b79eTLeDP5uXZiXnbWn4+H6ClSmIf+b&#10;j9fPTuJfTi+MYGcSWjrJAPTiDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADct7BjKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:roundrect id="_x0000_s1042" style="position:absolute;left:15368;top:34644;width:4210;height:30378;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3LewYygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSPsOkSdxYykTClNZNvEfdhliQ+JqGtMGGqc02Va+PT5M4vjs55/fmy+H0Ko99clHtnA+KUAR&#10;V9F5ri28bR/OZqBSRnbYRiYLv5RguRidzLF08cCvtN/kWgmEU4kWmpy7UutUNRQwTWJHLLvP2AfM&#10;Ivtaux4PAg+tnhaF0QE9y4cGO7ptqPre7IKFm/pr9Xj/8b79eTLeDP5uXZiXnbWn4+H6ClSmIf+b&#10;j9fPTuJfTi+MYGcSWjrJAPTiDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADct7BjKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4054BB9A" w14:textId="77777777">
+                      <w:p w14:paraId="2A5F9CE7" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="003D0E53">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Vid tidsbegränsad ordination:</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00730B1E">
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="003D0E53">
                           <w:t>Ange utsättningsdatum i samband med insättning</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 359" style="position:absolute;left:43876;top:37068;width:2915;height:2406;rotation:2262930fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1043" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="12682" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCx3nFexwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8IS9aapCW7pGEUHYxYP45+Lt0bxtis1Lt8lq/fZGEDwOM/MbZr7sbSOu1PnasYLJOAFB&#10;XDpdc6XgdNyMchA+IGtsHJOCO3lYLj4Gcyy0u/GerodQiQhhX6ACE0JbSOlLQxb92LXE0ft1ncUQ&#10;ZVdJ3eEtwm0jp0mSSos1xwWDLa0NlZfDv1Xw05dnnNIWE3LyZHYaV47/lPoc9qsvEIH68A6/2t9a&#10;QZbOJmk2yzN4Xop3QC4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALHecV7HAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:shape id="Höger 359" o:spid="_x0000_s1043" type="#_x0000_t13" style="position:absolute;left:43876;top:37068;width:2915;height:2406;rotation:2262930fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCx3nFexwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8IS9aapCW7pGEUHYxYP45+Lt0bxtis1Lt8lq/fZGEDwOM/MbZr7sbSOu1PnasYLJOAFB&#10;XDpdc6XgdNyMchA+IGtsHJOCO3lYLj4Gcyy0u/GerodQiQhhX6ACE0JbSOlLQxb92LXE0ft1ncUQ&#10;ZVdJ3eEtwm0jp0mSSos1xwWDLa0NlZfDv1Xw05dnnNIWE3LyZHYaV47/lPoc9qsvEIH68A6/2t9a&#10;QZbOJmk2yzN4Xop3QC4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALHecV7HAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="12682" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:roundrect id="_x0000_s1044" style="position:absolute;left:30172;top:32411;width:6553;height:21075;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmUVfFyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j8Q/WIPVGbUoVhVC3YukCFxAtEtchHhJDPE5jtw1/jytV4jhvn8msd43YUxesZw1XQwWCuPTG&#10;cqXhfbO4zEGEiGyw8UwafinAbHp+NsHC+AO/0X4dK5FCOBSooY6xLaQMZU0Ow9C3xIn78p3DmM6u&#10;kqbDQwp3jRwplUmHllNDjS091FT+rHdOw331/bycf35stqvMZr19fFHZ607rwUV/dwsiUh//xSf3&#10;k0nz1fU4z/Ob0RiOPyUA5PQPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJlFXxckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                <v:roundrect id="_x0000_s1044" style="position:absolute;left:30172;top:32411;width:6553;height:21075;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmUVfFyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j8Q/WIPVGbUoVhVC3YukCFxAtEtchHhJDPE5jtw1/jytV4jhvn8msd43YUxesZw1XQwWCuPTG&#10;cqXhfbO4zEGEiGyw8UwafinAbHp+NsHC+AO/0X4dK5FCOBSooY6xLaQMZU0Ow9C3xIn78p3DmM6u&#10;kqbDQwp3jRwplUmHllNDjS091FT+rHdOw331/bycf35stqvMZr19fFHZ607rwUV/dwsiUh//xSf3&#10;k0nz1fU4z/Ob0RiOPyUA5PQPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJlFXxckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00212650" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="791D3BDC" w14:textId="77777777">
+                      <w:p w14:paraId="422AEADF" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00212650" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00212650">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Justering av befintlig behandling:</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="20A8F320" w14:textId="77777777">
+                      <w:p w14:paraId="0381388B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00212650">
                           <w:t>Markera som nyinsatt om justeringen kräver nytt recept vid utskrivning</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 360" style="position:absolute;left:31478;top:36893;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1045" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVLR0OxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlBG92N6G2NnZbRLB4kWJrPI/ZMYnNzoTs2sa3dwXB43z/s9qMvlMnGkIrbCGbGlDElbiW&#10;awuvh8frW1AhIjvshMnCNwXYrCcXKyycnPmFTvtYqxTCoUALTYx9oXWoGvIYptITJ+5DBo8xnUOt&#10;3YDnFO47nRsz1x5bTg0N9vTQUHXcf3kLbzLb9dtdKMvPKPn2vXyWm2pp7dXleH8HKtIY/8V/7ieX&#10;5pvcZNlsuZjD708JAL3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFUtHQ7HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:shape id="Höger 360" o:spid="_x0000_s1045" type="#_x0000_t13" style="position:absolute;left:31478;top:36893;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVLR0OxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlBG92N6G2NnZbRLB4kWJrPI/ZMYnNzoTs2sa3dwXB43z/s9qMvlMnGkIrbCGbGlDElbiW&#10;awuvh8frW1AhIjvshMnCNwXYrCcXKyycnPmFTvtYqxTCoUALTYx9oXWoGvIYptITJ+5DBo8xnUOt&#10;3YDnFO47nRsz1x5bTg0N9vTQUHXcf3kLbzLb9dtdKMvPKPn2vXyWm2pp7dXleH8HKtIY/8V/7ieX&#10;5pvcZNlsuZjD708JAL3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFUtHQ7HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 1" style="position:absolute;left:16639;top:36589;width:2908;height:2400;rotation:10161457fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1046" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="12686" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOI5p6ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSsNA&#10;FETfBf9huQXf7G6rKTXttpSgKJY+NOYDbrPXJJi9G7KbNP69Kwg+DjNzhtnuJ9uKkXrfONawmCsQ&#10;xKUzDVcaio+X+zUIH5ANto5Jwzd52O9ub7aYGnflM415qESEsE9RQx1Cl0rpy5os+rnriKP36XqL&#10;Icq+kqbHa4TbVi6VWkmLDceFGjvKaiq/8sFqeH04PGfqfTyO66bIkstpMEU+aH03mw4bEIGm8B/+&#10;a78ZDU+PKlkptUzg91K8A3L3AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI4jmnrKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:shape id="Höger 1" o:spid="_x0000_s1046" type="#_x0000_t13" style="position:absolute;left:16639;top:36589;width:2908;height:2400;rotation:10161457fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOI5p6ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSsNA&#10;FETfBf9huQXf7G6rKTXttpSgKJY+NOYDbrPXJJi9G7KbNP69Kwg+DjNzhtnuJ9uKkXrfONawmCsQ&#10;xKUzDVcaio+X+zUIH5ANto5Jwzd52O9ub7aYGnflM415qESEsE9RQx1Cl0rpy5os+rnriKP36XqL&#10;Icq+kqbHa4TbVi6VWkmLDceFGjvKaiq/8sFqeH04PGfqfTyO66bIkstpMEU+aH03mw4bEIGm8B/+&#10;a78ZDU+PKlkptUzg91K8A3L3AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI4jmnrKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="12686" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:roundrect id="_x0000_s1047" style="position:absolute;left:44072;top:37839;width:8680;height:29261;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRrijHzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtUjcqE1RkxLqVvyXXlq1ReK6xEtiiNchdtvw9hgJqcfRzHyjmcx614g9dcF61nA5UCCI&#10;S28sVxpet08XYxAhIhtsPJOGHwowm56eTLAw/sBr2m9iJRKEQ4Ea6hjbQspQ1uQwDHxLnLwP3zmM&#10;SXaVNB0eEtw1cqhUJh1aTgs1tnRfU/m12TkNd9Xn4vnx/W37Pc9s1tuHpcpWO63Pz/rbGxCR+ngM&#10;/7dfjIZRfp2PVD68gr9L6Q7I6S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAka4ox8wA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
+                <v:roundrect id="_x0000_s1047" style="position:absolute;left:44072;top:37839;width:8680;height:29261;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRrijHzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtUjcqE1RkxLqVvyXXlq1ReK6xEtiiNchdtvw9hgJqcfRzHyjmcx614g9dcF61nA5UCCI&#10;S28sVxpet08XYxAhIhtsPJOGHwowm56eTLAw/sBr2m9iJRKEQ4Ea6hjbQspQ1uQwDHxLnLwP3zmM&#10;SXaVNB0eEtw1cqhUJh1aTgs1tnRfU/m12TkNd9Xn4vnx/W37Pc9s1tuHpcpWO63Pz/rbGxCR+ngM&#10;/7dfjIZRfp2PVD68gr9L6Q7I6S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAka4ox8wA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00D11CF0" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="40EB1AB8" w14:textId="77777777">
+                      <w:p w14:paraId="5FC11EEB" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00D11CF0" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Ordination_av_spädningar">
+                        <w:hyperlink w:anchor="_Ordination_av_spädningar" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Vid ordination av läkemedel som ska spädas</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D11CF0">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
-                      <w:p w:rsidRPr="00B30F1F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="07ACE03B" w14:textId="77777777">
+                      <w:p w14:paraId="0ECC1722" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00B30F1F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:t>Ordinera i ml av färdigspädd lösning</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00B30F1F" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="7CBA284E" w14:textId="77777777">
+                      <w:p w14:paraId="46A02D32" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00B30F1F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:t xml:space="preserve">Ange ”spädes till x mg/ml” i </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:rPr>
                             <w:i/>
                           </w:rPr>
                           <w:t>anvisningsrutan</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:t>*</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1048" style="position:absolute;left:15301;top:39293;width:4432;height:30378;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBTK0XDzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PTwIx&#10;FMTvJnyH5pF4kxYIKy4U4n/0ghFMuD63z93q9nXdFli/vTUx4TiZmd9k5svO1eJAbbCeNQwHCgRx&#10;4Y3lUsPb9uFiCiJEZIO1Z9LwQwGWi97ZHHPjj/xKh00sRYJwyFFDFWOTSxmKihyGgW+Ik/fhW4cx&#10;ybaUpsVjgrtajpTKpEPLaaHChm4rKr42e6fhpvx8frx/322/V5nNOnu3VtnLXuvzfnc9AxGpi6fw&#10;f/vJaBipyeTqcjwdD+HvU/oDcvELAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUytFw8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
+                <v:roundrect id="_x0000_s1048" style="position:absolute;left:15301;top:39293;width:4432;height:30378;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBTK0XDzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PTwIx&#10;FMTvJnyH5pF4kxYIKy4U4n/0ghFMuD63z93q9nXdFli/vTUx4TiZmd9k5svO1eJAbbCeNQwHCgRx&#10;4Y3lUsPb9uFiCiJEZIO1Z9LwQwGWi97ZHHPjj/xKh00sRYJwyFFDFWOTSxmKihyGgW+Ik/fhW4cx&#10;ybaUpsVjgrtajpTKpEPLaaHChm4rKr42e6fhpvx8frx/322/V5nNOnu3VtnLXuvzfnc9AxGpi6fw&#10;f/vJaBipyeTqcjwdD+HvU/oDcvELAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUytFw8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00C97372" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="102CCC0A" w14:textId="77777777">
+                      <w:p w14:paraId="3FCAB609" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                            <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Upp-_och_nedtrappningar">
+                        <w:hyperlink w:anchor="_Upp-_och_nedtrappningar" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Vid ordination av upp- eller nedtrappning</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00496F70">
                             <w:rPr>
                               <w:b/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Ange datum för dosändringarna i </w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:i/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>anvisningsrutan</w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>*</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1049" style="position:absolute;left:29707;top:43110;width:5950;height:36919;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/DfBsyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8Mw&#10;DL4j8R8iI3FjyUBkpSybeMMuILZJu5rGtIHGKU22lX9PkJA4+nt7Oh98K3bURxfYwHikQBBXwTqu&#10;DaxX9ycFiJiQLbaBycA3RZjPDg+mWNqw51faLVMtcgjHEg00KXWllLFqyGMchY44c++h95jy2dfS&#10;9rjP4b6Vp0pp6dFxbmiwo5uGqs/l1hu4rj8WD3dvm9XXo3Z6cLfPSr9sjTk+Gq4uQSQa0r/4z/1k&#10;83xdjM8viok6g9+fMgBy9gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD/DfBsyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                <v:roundrect id="_x0000_s1049" style="position:absolute;left:29707;top:43110;width:5950;height:36919;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/DfBsyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8Mw&#10;DL4j8R8iI3FjyUBkpSybeMMuILZJu5rGtIHGKU22lX9PkJA4+nt7Oh98K3bURxfYwHikQBBXwTqu&#10;DaxX9ycFiJiQLbaBycA3RZjPDg+mWNqw51faLVMtcgjHEg00KXWllLFqyGMchY44c++h95jy2dfS&#10;9rjP4b6Vp0pp6dFxbmiwo5uGqs/l1hu4rj8WD3dvm9XXo3Z6cLfPSr9sjTk+Gq4uQSQa0r/4z/1k&#10;83xdjM8viok6g9+fMgBy9gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD/DfBsyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00C53AA9" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="3B5C1359" w14:textId="77777777">
+                      <w:p w14:paraId="109AD025" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C53AA9" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:suppressAutoHyphens/>
                           <w:jc w:val="center"/>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Läkemedelsval">
+                        <w:hyperlink w:anchor="_Läkemedelsval" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Acceptera ev. utbytesförslag från Melior</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00493723">
                           <w:t xml:space="preserve">(Ok att motsätta sig byte av medicinska skäl, informera då ssk muntligen och notera i </w:t>
                         </w:r>
                         <w:r w:rsidRPr="003D2632">
                           <w:rPr>
                             <w:i/>
                             <w:iCs/>
                           </w:rPr>
                           <w:t>anvisningsrutan</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00493723">
                           <w:t>* att utbyte ej får ske)</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 354" style="position:absolute;left:21949;top:56240;width:1562;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1050" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVynBdyAAAAN8AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fa8JA&#10;EMTfC36HY4W+1YuhtRo9pRQqfSnin/i85tYkNrcbcldNv32vUOjjMDO/YRar3jXqSp2vhQ2MRwko&#10;4kJszaWBw/7tYQrKB2SLjTAZ+CYPq+XgboGZlRtv6boLpYoQ9hkaqEJoM619UZFDP5KWOHpn6RyG&#10;KLtS2w5vEe4anSbJRDusOS5U2NJrRcXn7ssZOMrjpl1vfJ5fgqTrU/4hT8XMmPth/zIHFagP/+G/&#10;9rs1MEmT5+kYfv/EL6CXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAVynBdyAAAAN8A&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                <v:shape id="Höger 354" o:spid="_x0000_s1050" type="#_x0000_t13" style="position:absolute;left:21949;top:56240;width:1562;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVynBdyAAAAN8AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fa8JA&#10;EMTfC36HY4W+1YuhtRo9pRQqfSnin/i85tYkNrcbcldNv32vUOjjMDO/YRar3jXqSp2vhQ2MRwko&#10;4kJszaWBw/7tYQrKB2SLjTAZ+CYPq+XgboGZlRtv6boLpYoQ9hkaqEJoM619UZFDP5KWOHpn6RyG&#10;KLtS2w5vEe4anSbJRDusOS5U2NJrRcXn7ssZOMrjpl1vfJ5fgqTrU/4hT8XMmPth/zIHFagP/+G/&#10;9rs1MEmT5+kYfv/EL6CXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAVynBdyAAAAN8A&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 354" style="position:absolute;left:29649;top:56240;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1051" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8RPhtxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NTsJA&#10;EL6b8A6bIfEmW1sgWFiIMZF4MUSwnsfu0Fa7M013hfr2rAmJx/n+Z7UZXKtO1PtG2MD9JAFFXIpt&#10;uDLwfni+W4DyAdliK0wGfsnDZj26WWFu5cxvdNqHSsUQ9jkaqEPocq19WZNDP5GOOHJH6R2GePaV&#10;tj2eY7hrdZokc+2w4dhQY0dPNZXf+x9n4EOmu26780XxFSTdfhavMisfjLkdD49LUIGG8C++ul9s&#10;nD9L02yaLZIM/n6KAOj1BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADxE+G3HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:shape id="Höger 354" o:spid="_x0000_s1051" type="#_x0000_t13" style="position:absolute;left:29649;top:56240;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8RPhtxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NTsJA&#10;EL6b8A6bIfEmW1sgWFiIMZF4MUSwnsfu0Fa7M013hfr2rAmJx/n+Z7UZXKtO1PtG2MD9JAFFXIpt&#10;uDLwfni+W4DyAdliK0wGfsnDZj26WWFu5cxvdNqHSsUQ9jkaqEPocq19WZNDP5GOOHJH6R2GePaV&#10;tj2eY7hrdZokc+2w4dhQY0dPNZXf+x9n4EOmu26780XxFSTdfhavMisfjLkdD49LUIGG8C++ul9s&#10;nD9L02yaLZIM/n6KAOj1BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADxE+G3HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 354" style="position:absolute;left:41392;top:56336;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1052" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCSBcx7xwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFHqrGyVKTF1FhEovRWqbnqfZMYlmZ0J2q+nbu0Khx/n+Z7EaXKvO1PtG2MB4lIAiLsU2&#10;XBn4/Hh5ykD5gGyxFSYDv+Rhtby/W2Bu5cLvdN6HSsUQ9jkaqEPocq19WZNDP5KOOHIH6R2GePaV&#10;tj1eYrhr9SRJZtphw7Ghxo42NZWn/Y8z8CXprtvufFEcg0y238WbTMu5MY8Pw/oZVKAh/Iv/3K82&#10;zk+zeZpOk2wGt58iAHp5BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIFzHvHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:shape id="Höger 354" o:spid="_x0000_s1052" type="#_x0000_t13" style="position:absolute;left:41392;top:56336;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCSBcx7xwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFHqrGyVKTF1FhEovRWqbnqfZMYlmZ0J2q+nbu0Khx/n+Z7EaXKvO1PtG2MB4lIAiLsU2&#10;XBn4/Hh5ykD5gGyxFSYDv+Rhtby/W2Bu5cLvdN6HSsUQ9jkaqEPocq19WZNDP5KOOHIH6R2GePaV&#10;tj1eYrhr9SRJZtphw7Ghxo42NZWn/Y8z8CXprtvufFEcg0y238WbTMu5MY8Pw/oZVKAh/Iv/3K82&#10;zk+zeZpOk2wGt58iAHp5BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIFzHvHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 354" style="position:absolute;left:31092;top:65673;width:1563;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1053" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt" type="#_x0000_t13" adj="10800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/vVX5ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8JA&#10;FITvJP6HzSPxBlsQKFQWYkwkXgwRLedn99FWu+813RXqv3dJTDxOZuabzHrbu0adqfO1sIHJOAFF&#10;XIituTTw/vY0WoLyAdliI0wGfsjDdnMzWGNm5cKvdD6EUkUI+wwNVCG0mda+qMihH0tLHL2TdA5D&#10;lF2pbYeXCHeNnibJQjusOS5U2NJjRcXX4dsZOMps3+72Ps8/g0x3H/mLzIuVMbfD/uEeVKA+/If/&#10;2s/WwCydpMv5Ir2D66V4B/TmFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL+9VfnKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                <v:shape id="Höger 354" o:spid="_x0000_s1053" type="#_x0000_t13" style="position:absolute;left:31092;top:65673;width:1563;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/vVX5ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8JA&#10;FITvJP6HzSPxBlsQKFQWYkwkXgwRLedn99FWu+813RXqv3dJTDxOZuabzHrbu0adqfO1sIHJOAFF&#10;XIituTTw/vY0WoLyAdliI0wGfsjDdnMzWGNm5cKvdD6EUkUI+wwNVCG0mda+qMihH0tLHL2TdA5D&#10;lF2pbYeXCHeNnibJQjusOS5U2NJjRcXX4dsZOMps3+72Ps8/g0x3H/mLzIuVMbfD/uEeVKA+/If/&#10;2s/WwCydpMv5Ir2D66V4B/TmFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL+9VfnKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="41E1C261" w14:textId="77777777">
+    <w:p w14:paraId="41E1C261" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="0CEAC926" w14:textId="77777777">
+    <w:p w14:paraId="0CEAC926" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5272BFCD" wp14:editId="17350CFE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2831255</wp:posOffset>
@@ -9052,578 +9833,578 @@
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm rot="5400000">
                           <a:off x="0" y="0"/>
                           <a:ext cx="766800" cy="5036400"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 13032"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="2B0AE014" w14:textId="77777777">
+                          <w:p w14:paraId="2B0AE014" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                             <w:pPr>
                               <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink w:history="1" w:anchor="_Ordination_av_läkemedel">
+                            <w:hyperlink w:anchor="_Ordination_av_läkemedel" w:history="1">
                               <w:r w:rsidRPr="003530AA">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlnk"/>
                                   <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Ordination av läkemedel</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
-                          <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="5B433342" w14:textId="77777777">
+                          <w:p w14:paraId="5B433342" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                             <w:pPr>
                               <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                               <w:tabs>
                                 <w:tab w:val="clear" w:pos="360"/>
                               </w:tabs>
                               <w:ind w:left="644" w:hanging="360"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003530AA">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                               <w:t>Anpassa antalet tabletter/kapslar/avdelade doser/volym efter tillgängliga styrkor</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="3C125C92" w14:textId="77777777">
+                          <w:p w14:paraId="3C125C92" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                             <w:pPr>
                               <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                               <w:tabs>
                                 <w:tab w:val="clear" w:pos="360"/>
                               </w:tabs>
                               <w:ind w:left="644" w:hanging="360"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003530AA">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                               <w:t>Ordinera om möjligt hela tabletter</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="27760E9A" w14:textId="77777777">
+                          <w:p w14:paraId="27760E9A" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                             <w:pPr>
                               <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                               <w:tabs>
                                 <w:tab w:val="clear" w:pos="360"/>
                               </w:tabs>
                               <w:ind w:left="644" w:hanging="360"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003530AA">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Ange OBS i </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003530AA">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>anvisningsrutan</w:t>
                             </w:r>
                             <w:r w:rsidRPr="003530AA">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                               <w:t>* vid ordination utanför normala doser/dosintervall</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict w14:anchorId="428B645A">
-              <v:roundrect id="Figur 2" style="position:absolute;left:0;text-align:left;margin-left:222.95pt;margin-top:2.45pt;width:60.4pt;height:396.55pt;rotation:90;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1054" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" w14:anchorId="5272BFCD" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcc9soFwIAAA0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJ1rQw4hRDig4D&#10;ugvW7gMUSY69yaJGKnGyrx+lGEmwvQ3zg2CK4iHPIbm8P/RO7C1SB76W00kphfUaTOe3tfz28vjm&#10;TgqKyhvlwNtaHi3J+9XrV8shVHYGLThjUTCIp2oItWxjDFVRkG5tr2gCwXp2NoC9imzitjCoBkbv&#10;XTEry0UxAJqAoC0R3z6cnHKV8ZvG6vi5achG4WrJtcV8Yj436SxWS1VtUYW202MZ6h+q6FXnOekZ&#10;6kFFJXbY/QXVdxqBoIkTDX0BTdNpmzkwm2n5B5vnVgWbubA4FM4y0f+D1Z/2z+ELptIpPIH+QcLD&#10;ulV+a98hwtBaZTjdNAlVDIGqc0AyiEPFZvgIhlurdhGyBocGe4HAWt+8LdOXb5mrOGThj2fh7SEK&#10;zZe3i8UdPxOaXTflfMFhOaGqElYqLiDF9xZ6kX5qibDz5it3N0Or/RPFrL4RXvWpFvNdiqZ33Mu9&#10;cmI6L+ezEXF8XFwwU6SHx865PA3Oi4EZz27HwglcZ5I3i3SktUPBoLXkMTQwvDAJKZyiyA5mdmKc&#10;5GJJL6FsOT9qmGRLE0pVPGwOojOcbp7KS1cbMEdWNevHkvBuMd8W8JcUA89pLennTqHllB88d2a+&#10;SAKLeG3gtbG5NpTXDFVLHVGKk7GOp3XYBey2Lee69JpnLtMY9yMN9bWd2Vy2ePUbAAD//wMAUEsD&#10;BBQABgAIAAAAIQCkDKLU4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qJ1SGRLiVLwRGxAtElsnHhJDbIfYacPfM6xgeTVHd84t17Pr2Q7HaINXkC0EMPRNMNa3Cl63dyfn&#10;wGLS3ug+eFTwjRHW1eFBqQsT9v4Fd5vUMirxsdAKupSGgvPYdOh0XIQBPd3ew+h0oji23Ix6T+Wu&#10;50shJHfaevrQ6QGvO2w+N5NTcNV+PN7f1m/brwdp5WxvnoR8npQ6PpovL4AlnNMfDL/6pA4VOdVh&#10;8iaynrLIzwhVcLrKMmBE5GJJY2oFK5nlwKuS/99Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAcc9soFwIAAA0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCkDKLU4AAAAAsBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;">
+            <w:pict>
+              <v:roundrect w14:anchorId="5272BFCD" id="Figur 2" o:spid="_x0000_s1054" style="position:absolute;left:0;text-align:left;margin-left:222.95pt;margin-top:2.45pt;width:60.4pt;height:396.55pt;rotation:90;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcc9soFwIAAA0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJ1rQw4hRDig4D&#10;ugvW7gMUSY69yaJGKnGyrx+lGEmwvQ3zg2CK4iHPIbm8P/RO7C1SB76W00kphfUaTOe3tfz28vjm&#10;TgqKyhvlwNtaHi3J+9XrV8shVHYGLThjUTCIp2oItWxjDFVRkG5tr2gCwXp2NoC9imzitjCoBkbv&#10;XTEry0UxAJqAoC0R3z6cnHKV8ZvG6vi5achG4WrJtcV8Yj436SxWS1VtUYW202MZ6h+q6FXnOekZ&#10;6kFFJXbY/QXVdxqBoIkTDX0BTdNpmzkwm2n5B5vnVgWbubA4FM4y0f+D1Z/2z+ELptIpPIH+QcLD&#10;ulV+a98hwtBaZTjdNAlVDIGqc0AyiEPFZvgIhlurdhGyBocGe4HAWt+8LdOXb5mrOGThj2fh7SEK&#10;zZe3i8UdPxOaXTflfMFhOaGqElYqLiDF9xZ6kX5qibDz5it3N0Or/RPFrL4RXvWpFvNdiqZ33Mu9&#10;cmI6L+ezEXF8XFwwU6SHx865PA3Oi4EZz27HwglcZ5I3i3SktUPBoLXkMTQwvDAJKZyiyA5mdmKc&#10;5GJJL6FsOT9qmGRLE0pVPGwOojOcbp7KS1cbMEdWNevHkvBuMd8W8JcUA89pLennTqHllB88d2a+&#10;SAKLeG3gtbG5NpTXDFVLHVGKk7GOp3XYBey2Lee69JpnLtMY9yMN9bWd2Vy2ePUbAAD//wMAUEsD&#10;BBQABgAIAAAAIQCkDKLU4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qJ1SGRLiVLwRGxAtElsnHhJDbIfYacPfM6xgeTVHd84t17Pr2Q7HaINXkC0EMPRNMNa3Cl63dyfn&#10;wGLS3ug+eFTwjRHW1eFBqQsT9v4Fd5vUMirxsdAKupSGgvPYdOh0XIQBPd3ew+h0oji23Ix6T+Wu&#10;50shJHfaevrQ6QGvO2w+N5NTcNV+PN7f1m/brwdp5WxvnoR8npQ6PpovL4AlnNMfDL/6pA4VOdVh&#10;8iaynrLIzwhVcLrKMmBE5GJJY2oFK5nlwKuS/99Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAcc9soFwIAAA0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCkDKLU4AAAAAsBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                 <v:textbox inset="1mm,1mm,1mm,1mm">
                   <w:txbxContent>
-                    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="1276AAC1" w14:textId="77777777">
+                    <w:p w14:paraId="2B0AE014" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                       <w:pPr>
                         <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink w:history="1" w:anchor="_Ordination_av_läkemedel">
+                      <w:hyperlink w:anchor="_Ordination_av_läkemedel" w:history="1">
                         <w:r w:rsidRPr="003530AA">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Ordination av läkemedel</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
-                    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="3A186C0E" w14:textId="77777777">
+                    <w:p w14:paraId="5B433342" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                       <w:pPr>
                         <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                         <w:tabs>
                           <w:tab w:val="clear" w:pos="360"/>
                         </w:tabs>
                         <w:ind w:left="644" w:hanging="360"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003530AA">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                         </w:rPr>
                         <w:t>Anpassa antalet tabletter/kapslar/avdelade doser/volym efter tillgängliga styrkor</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="27A770FE" w14:textId="77777777">
+                    <w:p w14:paraId="3C125C92" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                       <w:pPr>
                         <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                         <w:tabs>
                           <w:tab w:val="clear" w:pos="360"/>
                         </w:tabs>
                         <w:ind w:left="644" w:hanging="360"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003530AA">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                         </w:rPr>
                         <w:t>Ordinera om möjligt hela tabletter</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="07D9D9E1" w14:textId="77777777">
+                    <w:p w14:paraId="27760E9A" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                       <w:pPr>
                         <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                         <w:tabs>
                           <w:tab w:val="clear" w:pos="360"/>
                         </w:tabs>
                         <w:ind w:left="644" w:hanging="360"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="003530AA">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Ange OBS i </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003530AA">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>anvisningsrutan</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003530AA">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                         </w:rPr>
                         <w:t>* vid ordination utanför normala doser/dosintervall</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="26337C57" w14:textId="77777777">
+    <w:p w14:paraId="26337C57" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="2035DEAA" w14:textId="77777777">
+    <w:p w14:paraId="2035DEAA" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4DABD70E" w14:textId="77777777">
+    <w:p w14:paraId="4DABD70E" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="54660FDF" w14:textId="77777777">
+    <w:p w14:paraId="54660FDF" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="6A7BCB68" w14:textId="77777777">
+    <w:p w14:paraId="6A7BCB68" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="2A37361D" w14:textId="77777777">
+    <w:p w14:paraId="2A37361D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="2323CE81" w14:textId="77777777">
+    <w:p w14:paraId="2323CE81" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="2FB5E7C8" w14:textId="77777777">
+    <w:p w14:paraId="2FB5E7C8" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="7089B0FB" w14:textId="77777777">
+    <w:p w14:paraId="7089B0FB" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="6D577867" w14:textId="77777777">
+    <w:p w14:paraId="6D577867" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4FB304EC" w14:textId="77777777">
+    <w:p w14:paraId="4FB304EC" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="21D0B52B" w14:textId="77777777">
+    <w:p w14:paraId="21D0B52B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="5EC2E785" w14:textId="77777777">
+    <w:p w14:paraId="5EC2E785" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="7638BC4B" w14:textId="77777777">
+    <w:p w14:paraId="7638BC4B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="799C876C" w14:textId="77777777">
+    <w:p w14:paraId="799C876C" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="050435F2" w14:textId="77777777">
+    <w:p w14:paraId="050435F2" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="0D963432" w14:textId="77777777">
+    <w:p w14:paraId="0D963432" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="565D2D3E" w14:textId="77777777">
+    <w:p w14:paraId="565D2D3E" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4F9D7D83" w14:textId="77777777">
+    <w:p w14:paraId="4F9D7D83" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="67E4EA32" w14:textId="77777777">
+    <w:p w14:paraId="67E4EA32" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="53F977AC" w14:textId="77777777">
+    <w:p w14:paraId="53F977AC" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="2470F6D3" w14:textId="77777777">
+    <w:p w14:paraId="2470F6D3" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="1CB9C15D" w14:textId="77777777">
+    <w:p w14:paraId="1CB9C15D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="1D3BD5EB" w14:textId="77777777">
+    <w:p w14:paraId="1D3BD5EB" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="1B8A56A4" w14:textId="77777777">
+    <w:p w14:paraId="1B8A56A4" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="252A82E2" w14:textId="77777777">
+    <w:p w14:paraId="252A82E2" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="6AEBDF82" w14:textId="77777777">
+    <w:p w14:paraId="6AEBDF82" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="75EA5C09" w14:textId="77777777">
+    <w:p w14:paraId="75EA5C09" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="3AD9AEFE" w14:textId="77777777">
+    <w:p w14:paraId="3AD9AEFE" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4C1B2B80" w14:textId="77777777">
+    <w:p w14:paraId="4C1B2B80" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4960B68D" w14:textId="77777777">
+    <w:p w14:paraId="4960B68D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="1E480C07" w14:textId="77777777">
+    <w:p w14:paraId="1E480C07" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="4D0222FD" w14:textId="77777777">
+    <w:p w14:paraId="4D0222FD" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="694026DD" wp14:editId="5D1FEE22">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2247265</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>121285</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2263775" cy="321945"/>
                 <wp:effectExtent l="0" t="0" r="22225" b="20955"/>
@@ -9631,2267 +10412,2277 @@
                 <wp:docPr id="35" name="Textruta 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2263775" cy="321945"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:sysClr val="window" lastClr="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="620E2BF5" w14:textId="77777777">
+                          <w:p w14:paraId="620E2BF5" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                             <w:pPr>
                               <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                               <w:spacing w:before="40"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Pila till nästföljande rond i god tid</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict w14:anchorId="17C13A3B">
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="694026DD">
+            <w:pict>
+              <v:shapetype w14:anchorId="694026DD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 4" style="position:absolute;margin-left:176.95pt;margin-top:9.55pt;width:178.25pt;height:25.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1055" fillcolor="window" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRYqzJQIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y4TT+MOEWWIrsE&#10;bYF06FmR5diYLGqUEjv79aNkJ13bnYb5IFMk/Ug+kp7ddY1mB4WuBpPzyWjMmTISitrscv79efXl&#10;hjPnhSmEBqNyflSO380/f5q1NlMpVKALhYxAjMtam/PKe5sliZOVaoQbgVWGjCVgIzxdcZcUKFpC&#10;b3SSjsdXSQtYWASpnCPtfW/k84hflkr6x7J0yjOdc8rNxxPjuQ1nMp+JbIfCVrUc0hD/kEUjakNB&#10;z1D3wgu2x/oDVFNLBAelH0loEijLWqpYA1UzGb+rZlMJq2ItRI6zZ5rc/4OVD4eNfULmu6/QUQMD&#10;Ia11mSNlqKcrsQlvypSRnSg8nmlTnWeSlGl6dXF9PeVMku0indxeTgNM8vq1Ree/KWhYEHKO1JbI&#10;ljisne9dTy4hmANdF6ta63g5uqVGdhDUQWp8AS1nWjhPypyv4jNEe/OZNqzN+e00ncZIb2wh1hlz&#10;q4X88RGBsteGinglI0i+23asLoioyxNTWyiORCBCP1vOylVN+GtK8UkgDRNxRgviH+koNVBSMEic&#10;VYC//qYP/tRjsnLW0nDm3P3cC1ScmX2zBGJiQmtlZRQJH70+iSVC80I7sQgIZBJGEk7O/Ulc+n78&#10;aaekWiyiE82iFX5tNlYG6EB74Oi5exFoh6Z5avcDnEZSZO961/sOhPWcDBea3DgMw5aF1fjzHr1e&#10;/wXz3wAAAP//AwBQSwMEFAAGAAgAAAAhAASsJxXgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8tOwzAQRfdI/IM1SOyoE9q6SYhTVUggFq2Agli78ZBE9SOK3Sb9e4YVLEf36N4z5Xqyhp1xCJ13&#10;EtJZAgxd7XXnGgmfH093GbAQldPKeIcSLhhgXV1flarQfnTveN7HhlGJC4WS0MbYF5yHukWrwsz3&#10;6Cj79oNVkc6h4XpQI5Vbw++TRHCrOkcLrerxscX6uD9ZCXz19bJ7Xm7Ecfs6Lt76TGwvRkh5ezNt&#10;HoBFnOIfDL/6pA4VOR38yenAjIT5cp4TSkGeAiNglSYLYAcJIs+AVyX//0H1AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOhFirMlAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAASsJxXgAAAACQEAAA8AAAAAAAAAAAAAAAAAfwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;">
+              <v:shape id="Textruta 4" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;margin-left:176.95pt;margin-top:9.55pt;width:178.25pt;height:25.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRYqzJQIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y4TT+MOEWWIrsE&#10;bYF06FmR5diYLGqUEjv79aNkJ13bnYb5IFMk/Ug+kp7ddY1mB4WuBpPzyWjMmTISitrscv79efXl&#10;hjPnhSmEBqNyflSO380/f5q1NlMpVKALhYxAjMtam/PKe5sliZOVaoQbgVWGjCVgIzxdcZcUKFpC&#10;b3SSjsdXSQtYWASpnCPtfW/k84hflkr6x7J0yjOdc8rNxxPjuQ1nMp+JbIfCVrUc0hD/kEUjakNB&#10;z1D3wgu2x/oDVFNLBAelH0loEijLWqpYA1UzGb+rZlMJq2ItRI6zZ5rc/4OVD4eNfULmu6/QUQMD&#10;Ia11mSNlqKcrsQlvypSRnSg8nmlTnWeSlGl6dXF9PeVMku0indxeTgNM8vq1Ree/KWhYEHKO1JbI&#10;ljisne9dTy4hmANdF6ta63g5uqVGdhDUQWp8AS1nWjhPypyv4jNEe/OZNqzN+e00ncZIb2wh1hlz&#10;q4X88RGBsteGinglI0i+23asLoioyxNTWyiORCBCP1vOylVN+GtK8UkgDRNxRgviH+koNVBSMEic&#10;VYC//qYP/tRjsnLW0nDm3P3cC1ScmX2zBGJiQmtlZRQJH70+iSVC80I7sQgIZBJGEk7O/Ulc+n78&#10;aaekWiyiE82iFX5tNlYG6EB74Oi5exFoh6Z5avcDnEZSZO961/sOhPWcDBea3DgMw5aF1fjzHr1e&#10;/wXz3wAAAP//AwBQSwMEFAAGAAgAAAAhAASsJxXgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8tOwzAQRfdI/IM1SOyoE9q6SYhTVUggFq2Agli78ZBE9SOK3Sb9e4YVLEf36N4z5Xqyhp1xCJ13&#10;EtJZAgxd7XXnGgmfH093GbAQldPKeIcSLhhgXV1flarQfnTveN7HhlGJC4WS0MbYF5yHukWrwsz3&#10;6Cj79oNVkc6h4XpQI5Vbw++TRHCrOkcLrerxscX6uD9ZCXz19bJ7Xm7Ecfs6Lt76TGwvRkh5ezNt&#10;HoBFnOIfDL/6pA4VOR38yenAjIT5cp4TSkGeAiNglSYLYAcJIs+AVyX//0H1AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOhFirMlAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAASsJxXgAAAACQEAAA8AAAAAAAAAAAAAAAAAfwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" fillcolor="window">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="65087CE5" w14:textId="77777777">
+                    <w:p w14:paraId="620E2BF5" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                       <w:pPr>
                         <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                         <w:spacing w:before="40"/>
                         <w:jc w:val="center"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Pila till nästföljande rond i god tid</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="66051175" w14:textId="77777777">
+    <w:p w14:paraId="66051175" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00C97372" w:rsidP="00C97372" w:rsidRDefault="00C97372" w14:paraId="6B7BB5A1" w14:textId="77777777">
+    <w:p w14:paraId="6B7BB5A1" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="608"/>
     <w:bookmarkEnd w:id="609"/>
     <w:bookmarkEnd w:id="610"/>
     <w:bookmarkEnd w:id="611"/>
     <w:bookmarkEnd w:id="612"/>
     <w:bookmarkEnd w:id="613"/>
     <w:bookmarkEnd w:id="614"/>
     <w:bookmarkEnd w:id="615"/>
     <w:bookmarkEnd w:id="616"/>
     <w:bookmarkEnd w:id="617"/>
     <w:bookmarkEnd w:id="618"/>
     <w:bookmarkEnd w:id="619"/>
-    <w:p w:rsidR="0028114F" w:rsidRDefault="0028114F" w14:paraId="479F85B3" w14:textId="13F5CE0D">
+    <w:p w14:paraId="479F85B3" w14:textId="13F5CE0D" w:rsidR="0028114F" w:rsidRDefault="0028114F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="0028114F" w:rsidRDefault="0028114F" w14:paraId="75614834" w14:textId="77777777">
+    <w:p w14:paraId="75614834" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="0028114F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000461" w:id="620"/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="620" w:name="_Toc256000461"/>
+      <w:bookmarkStart w:id="621" w:name="_Toc256000419"/>
+      <w:bookmarkStart w:id="622" w:name="_Toc256000377"/>
+      <w:bookmarkStart w:id="623" w:name="_Toc256000335"/>
+      <w:bookmarkStart w:id="624" w:name="_Toc256000293"/>
+      <w:bookmarkStart w:id="625" w:name="_Toc532984176"/>
+      <w:bookmarkStart w:id="626" w:name="_Toc532987767"/>
+      <w:bookmarkStart w:id="627" w:name="_Toc256000127"/>
+      <w:bookmarkStart w:id="628" w:name="_Toc256000193"/>
+      <w:bookmarkStart w:id="629" w:name="_Toc256000256"/>
+      <w:bookmarkStart w:id="630" w:name="_Toc73355342"/>
+      <w:bookmarkStart w:id="631" w:name="_Toc73431044"/>
+      <w:bookmarkStart w:id="632" w:name="_Toc207799076"/>
+      <w:bookmarkStart w:id="633" w:name="_Toc402029777"/>
+      <w:bookmarkStart w:id="634" w:name="_Toc402175018"/>
+      <w:bookmarkStart w:id="635" w:name="_Toc403737968"/>
+      <w:bookmarkStart w:id="636" w:name="_Toc418686670"/>
+      <w:bookmarkStart w:id="637" w:name="_Toc460320048"/>
+      <w:bookmarkStart w:id="638" w:name="_Toc256000033"/>
+      <w:bookmarkStart w:id="639" w:name="_Toc256000076"/>
+      <w:bookmarkStart w:id="640" w:name="_Toc460595314"/>
+      <w:bookmarkStart w:id="641" w:name="_Toc256000119"/>
+      <w:bookmarkStart w:id="642" w:name="_Toc256000162"/>
+      <w:bookmarkStart w:id="643" w:name="_Toc256000205"/>
+      <w:bookmarkStart w:id="644" w:name="_Toc256000248"/>
+      <w:bookmarkStart w:id="645" w:name="_Toc517790301"/>
+      <w:bookmarkStart w:id="646" w:name="_Toc517790516"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Bilaga 2 - Doseringstider som genererar klockslag</w:t>
       </w:r>
       <w:bookmarkEnd w:id="620"/>
       <w:bookmarkEnd w:id="621"/>
       <w:bookmarkEnd w:id="622"/>
       <w:bookmarkEnd w:id="623"/>
       <w:bookmarkEnd w:id="624"/>
       <w:bookmarkEnd w:id="625"/>
       <w:bookmarkEnd w:id="626"/>
       <w:bookmarkEnd w:id="627"/>
       <w:bookmarkEnd w:id="628"/>
       <w:bookmarkEnd w:id="629"/>
       <w:bookmarkEnd w:id="630"/>
       <w:bookmarkEnd w:id="631"/>
       <w:bookmarkEnd w:id="632"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="0028114F" w:rsidRDefault="0028114F" w14:paraId="301BDBF1" w14:textId="77777777">
+    <w:p w14:paraId="301BDBF1" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="0028114F">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Doseringstider</w:t>
       </w:r>
       <w:bookmarkEnd w:id="633"/>
       <w:bookmarkEnd w:id="634"/>
       <w:bookmarkEnd w:id="635"/>
       <w:bookmarkEnd w:id="636"/>
       <w:bookmarkEnd w:id="637"/>
       <w:bookmarkEnd w:id="638"/>
       <w:bookmarkEnd w:id="639"/>
       <w:bookmarkEnd w:id="640"/>
       <w:bookmarkEnd w:id="641"/>
       <w:bookmarkEnd w:id="642"/>
       <w:bookmarkEnd w:id="643"/>
       <w:bookmarkEnd w:id="644"/>
       <w:bookmarkEnd w:id="645"/>
       <w:bookmarkEnd w:id="646"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="7583" w:type="dxa"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:right w:w="61" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Bilaga 2, doseringstider som genererar klockslag"/>
         <w:tblDescription w:val="Tabellen beskriver dosering och klockslag för läkemedelsdoser fördelat över dygnet."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1217"/>
         <w:gridCol w:w="2076"/>
         <w:gridCol w:w="4290"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="5B6918C0" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="5B6918C0" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="37D17981" w14:textId="77777777">
+          <w:p w14:paraId="37D17981" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dosering </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="7A2F123E" w14:textId="77777777">
+          <w:p w14:paraId="7A2F123E" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Klockslag </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="7ADBC031" w14:textId="77777777">
+          <w:p w14:paraId="7ADBC031" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kommentar </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="67FE087B" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="67FE087B" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="69E76ED1" w14:textId="77777777">
+          <w:p w14:paraId="69E76ED1" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1x1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="6E93256F" w14:textId="77777777">
+          <w:p w14:paraId="6E93256F" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">8 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="1E10078A" w14:textId="77777777">
+          <w:p w14:paraId="1E10078A" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="540E3353" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="540E3353" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="17983E3D" w14:textId="77777777">
+          <w:p w14:paraId="17983E3D" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1x2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="46985EAF" w14:textId="77777777">
+          <w:p w14:paraId="46985EAF" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">08 20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="5E754613" w14:textId="77777777">
+          <w:p w14:paraId="5E754613" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="219A1F54" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="219A1F54" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="677"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="3FD3CA9F" w14:textId="77777777">
+          <w:p w14:paraId="3FD3CA9F" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1x3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="3B111CF0" w14:textId="77777777">
+          <w:p w14:paraId="3B111CF0" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">06 14 22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="1A90019A" w14:textId="77777777">
+          <w:p w14:paraId="1A90019A" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ex 3-dos pc (två variationer, se även 1d3) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="349A49C8" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="349A49C8" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="30B09DB4" w14:textId="77777777">
+          <w:p w14:paraId="30B09DB4" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1x4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="029EC11C" w14:textId="77777777">
+          <w:p w14:paraId="029EC11C" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">06 12 18 22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="1F6303EC" w14:textId="77777777">
+          <w:p w14:paraId="1F6303EC" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ex Smärtlindring (tidig dygnsstart) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="5819F06B" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="5819F06B" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="1E0D4E5B" w14:textId="77777777">
+          <w:p w14:paraId="1E0D4E5B" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1x5 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="7F83C495" w14:textId="77777777">
+          <w:p w14:paraId="7F83C495" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">06 10 14 18 22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="7D198BED" w14:textId="77777777">
+          <w:p w14:paraId="7D198BED" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Flera doser men sammanhållen nattsömn </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="4A030A85" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="4A030A85" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="7629134E" w14:textId="77777777">
+          <w:p w14:paraId="7629134E" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1d2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="20D6A0C2" w14:textId="77777777">
+          <w:p w14:paraId="20D6A0C2" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">06 18 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="64E1EB0C" w14:textId="77777777">
+          <w:p w14:paraId="64E1EB0C" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="225ECD89" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="225ECD89" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="71B75E04" w14:textId="77777777">
+          <w:p w14:paraId="71B75E04" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1d3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="229EA728" w14:textId="77777777">
+          <w:p w14:paraId="229EA728" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">00 08 16 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="3B7F6BFE" w14:textId="77777777">
+          <w:p w14:paraId="3B7F6BFE" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ex 3-dos pc (två variationer, se även x3) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="43D2CD25" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="43D2CD25" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="29FFC794" w14:textId="77777777">
+          <w:p w14:paraId="29FFC794" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1d4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="54984531" w14:textId="77777777">
+          <w:p w14:paraId="54984531" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">02 08 14 20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="70A34D21" w14:textId="77777777">
+          <w:p w14:paraId="70A34D21" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ex Smärtlindring (jämn dygnsfördelning) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="176E4E25" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="176E4E25" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="0914DC7C" w14:textId="77777777">
+          <w:p w14:paraId="0914DC7C" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1d6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="005B44F0" w14:textId="77777777">
+          <w:p w14:paraId="005B44F0" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">02 06 10 14 18 22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="48704E07" w14:textId="77777777">
+          <w:p w14:paraId="48704E07" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ex Inhalationer (jämn dygnsfördelning) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="250851D5" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="250851D5" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="7DB89D02" w14:textId="77777777">
+          <w:p w14:paraId="7DB89D02" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1+1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="2E6C3F14" w14:textId="77777777">
+          <w:p w14:paraId="2E6C3F14" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">08 14 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="09BCA4BB" w14:textId="77777777">
+          <w:p w14:paraId="09BCA4BB" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="73F26330" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="73F26330" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="4B381F30" w14:textId="77777777">
+          <w:p w14:paraId="4B381F30" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1+1+1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="431140DD" w14:textId="77777777">
+          <w:p w14:paraId="431140DD" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">08 14 20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="07F2429E" w14:textId="77777777">
+          <w:p w14:paraId="07F2429E" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="65C46B6C" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="65C46B6C" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="34D426B1" w14:textId="77777777">
+          <w:p w14:paraId="34D426B1" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1+1+1+1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="49DD30B0" w14:textId="77777777">
+          <w:p w14:paraId="49DD30B0" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">08 12 16 20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="45A1A85A" w14:textId="77777777">
+          <w:p w14:paraId="45A1A85A" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidTr="00C740BB" w14:paraId="195F4F05" w14:textId="77777777">
+      <w:tr w:rsidR="0028114F" w:rsidRPr="003530AA" w14:paraId="195F4F05" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="3B59E933" w14:textId="77777777">
+          <w:p w14:paraId="3B59E933" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1 tn </w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003530AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003530AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="035410A3" w14:textId="77777777">
+          <w:p w14:paraId="035410A3" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">22 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0028114F" w:rsidP="00C740BB" w:rsidRDefault="0028114F" w14:paraId="4B0EFF27" w14:textId="77777777">
+          <w:p w14:paraId="4B0EFF27" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0001639E" w:rsidP="009A32ED" w:rsidRDefault="0001639E" w14:paraId="57EE8B42" w14:textId="4E59BEDA">
+    <w:p w14:paraId="57EE8B42" w14:textId="4E59BEDA" w:rsidR="0001639E" w:rsidRDefault="0001639E" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001639E" w:rsidRDefault="0001639E" w14:paraId="63FB9872" w14:textId="77777777">
+    <w:p w14:paraId="63FB9872" w14:textId="77777777" w:rsidR="0001639E" w:rsidRDefault="0001639E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="0001639E" w:rsidRDefault="0001639E" w14:paraId="55B80718" w14:textId="77777777">
+    <w:p w14:paraId="55B80718" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="0001639E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000462" w:id="647"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="647" w:name="_Toc256000462"/>
+      <w:bookmarkStart w:id="648" w:name="_Toc256000420"/>
+      <w:bookmarkStart w:id="649" w:name="_Toc256000378"/>
+      <w:bookmarkStart w:id="650" w:name="_Toc256000336"/>
+      <w:bookmarkStart w:id="651" w:name="_Toc256000294"/>
+      <w:bookmarkStart w:id="652" w:name="_Toc256000065"/>
+      <w:bookmarkStart w:id="653" w:name="_Toc524080371"/>
+      <w:bookmarkStart w:id="654" w:name="_Toc525659259"/>
+      <w:bookmarkStart w:id="655" w:name="_Toc532909533"/>
+      <w:bookmarkStart w:id="656" w:name="_Toc532984177"/>
+      <w:bookmarkStart w:id="657" w:name="_Toc532987768"/>
+      <w:bookmarkStart w:id="658" w:name="_Toc256000128"/>
+      <w:bookmarkStart w:id="659" w:name="_Toc256000194"/>
+      <w:bookmarkStart w:id="660" w:name="_Toc256000257"/>
+      <w:bookmarkStart w:id="661" w:name="_Toc73355343"/>
+      <w:bookmarkStart w:id="662" w:name="_Toc73431045"/>
+      <w:bookmarkStart w:id="663" w:name="_Toc207799077"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Bilaga 3 - Begränsningar för e-recept</w:t>
       </w:r>
       <w:bookmarkEnd w:id="647"/>
       <w:bookmarkEnd w:id="648"/>
       <w:bookmarkEnd w:id="649"/>
       <w:bookmarkEnd w:id="650"/>
       <w:bookmarkEnd w:id="651"/>
       <w:bookmarkEnd w:id="652"/>
       <w:bookmarkEnd w:id="653"/>
       <w:bookmarkEnd w:id="654"/>
       <w:bookmarkEnd w:id="655"/>
       <w:bookmarkEnd w:id="656"/>
       <w:bookmarkEnd w:id="657"/>
       <w:bookmarkEnd w:id="658"/>
       <w:bookmarkEnd w:id="659"/>
       <w:bookmarkEnd w:id="660"/>
       <w:bookmarkEnd w:id="661"/>
       <w:bookmarkEnd w:id="662"/>
       <w:bookmarkEnd w:id="663"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8914" w:type="dxa"/>
         <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="4803"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="1EF04562" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="1EF04562" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="0001639E" w:rsidRDefault="0001639E" w14:paraId="0FF51098" w14:textId="77777777">
+          <w:p w14:paraId="0FF51098" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="0001639E">
             <w:pPr>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790304" w:id="664"/>
-            <w:bookmarkStart w:name="_Toc517790519" w:id="665"/>
+            <w:bookmarkStart w:id="664" w:name="_Toc517790304"/>
+            <w:bookmarkStart w:id="665" w:name="_Toc517790519"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Begränsning</w:t>
             </w:r>
             <w:bookmarkEnd w:id="664"/>
             <w:bookmarkEnd w:id="665"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="0001639E" w:rsidRDefault="0001639E" w14:paraId="478A47C6" w14:textId="77777777">
+          <w:p w14:paraId="478A47C6" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="0001639E">
             <w:pPr>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790305" w:id="666"/>
-            <w:bookmarkStart w:name="_Toc517790520" w:id="667"/>
+            <w:bookmarkStart w:id="666" w:name="_Toc517790305"/>
+            <w:bookmarkStart w:id="667" w:name="_Toc517790520"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Fet" w:hAnsi="Arial Fet" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lösning</w:t>
             </w:r>
             <w:bookmarkEnd w:id="666"/>
             <w:bookmarkEnd w:id="667"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="090818A2" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="090818A2" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="02A27AE6" w14:textId="77777777">
+          <w:p w14:paraId="02A27AE6" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Patienter utan namn- och/eller adressuppgifter (gatuadress, postnummer och ort)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="2E51892C" w14:textId="77777777">
+          <w:p w14:paraId="2E51892C" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790307" w:id="668"/>
-            <w:bookmarkStart w:name="_Toc517790522" w:id="669"/>
+            <w:bookmarkStart w:id="668" w:name="_Toc517790307"/>
+            <w:bookmarkStart w:id="669" w:name="_Toc517790522"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Skriv pappersrecept.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="668"/>
             <w:bookmarkEnd w:id="669"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Om adress saknas på reservnummerpatient – kontakta lo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kal ansvarig för befolkningsregistret</w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> eller Användarstöd SÄS.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="0F62E071" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="0F62E071" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="16A5B973" w14:textId="77777777">
+          <w:p w14:paraId="16A5B973" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790308" w:id="670"/>
-            <w:bookmarkStart w:name="_Toc517790523" w:id="671"/>
+            <w:bookmarkStart w:id="670" w:name="_Toc517790308"/>
+            <w:bookmarkStart w:id="671" w:name="_Toc517790523"/>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Patienter med reservnummer eller samordningsnummer</w:t>
             </w:r>
             <w:bookmarkEnd w:id="670"/>
             <w:bookmarkEnd w:id="671"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="0037457D" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="6EC825E6" w14:textId="77777777">
+          <w:p w14:paraId="6EC825E6" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="0037457D" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790309" w:id="672"/>
-            <w:bookmarkStart w:name="_Toc517790524" w:id="673"/>
+            <w:bookmarkStart w:id="672" w:name="_Toc517790309"/>
+            <w:bookmarkStart w:id="673" w:name="_Toc517790524"/>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Patienter med reservnummer eller samordningsnummer måste ha födelsedatum inlagt under Patientadm i Melior. E-recept kan, när födelsedatum är fullständigt, skickas till specifikt apotek, inte till receptbrevlådan.</w:t>
+              <w:t xml:space="preserve">Patienter med reservnummer eller samordningsnummer måste ha födelsedatum inlagt under </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="5E0C0A4C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Patientadm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="5E0C0A4C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i Melior. E-recept kan, när födelsedatum är fullständigt, skickas till specifikt apotek, inte till receptbrevlådan.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="672"/>
             <w:bookmarkEnd w:id="673"/>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Se även </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId60">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="00267CC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Personnummerhantering i Melior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> samt </w:t>
             </w:r>
-            <w:hyperlink w:history="1" r:id="rId61">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidRPr="00EF2A9D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>E-recept till patient med reservnummer eller samordningsnummer, SÄS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0037457D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="6AC290E1" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="6AC290E1" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="5F491A81" w14:textId="77777777">
+          <w:p w14:paraId="5F491A81" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790310" w:id="674"/>
-            <w:bookmarkStart w:name="_Toc517790525" w:id="675"/>
+            <w:bookmarkStart w:id="674" w:name="_Toc517790310"/>
+            <w:bookmarkStart w:id="675" w:name="_Toc517790525"/>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Det går inte att skicka e-recept på svenska medborgare som inte varit folkbokförda i Sverige på mer än 3 år</w:t>
             </w:r>
             <w:bookmarkEnd w:id="674"/>
             <w:bookmarkEnd w:id="675"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="128A9D55" w14:textId="77777777">
+          <w:p w14:paraId="128A9D55" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790311" w:id="676"/>
-            <w:bookmarkStart w:name="_Toc517790526" w:id="677"/>
+            <w:bookmarkStart w:id="676" w:name="_Toc517790311"/>
+            <w:bookmarkStart w:id="677" w:name="_Toc517790526"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Skriv pappersrecept.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="676"/>
             <w:bookmarkEnd w:id="677"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="3064120C" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="3064120C" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="453D011F" w14:textId="77777777">
+          <w:p w14:paraId="453D011F" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790312" w:id="678"/>
-            <w:bookmarkStart w:name="_Toc517790527" w:id="679"/>
+            <w:bookmarkStart w:id="678" w:name="_Toc517790312"/>
+            <w:bookmarkStart w:id="679" w:name="_Toc517790527"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Licens- och extemporepreparat som ordineras på e-recept men saknas under ”Icke godkända” läkemedel i Melior.</w:t>
+              <w:t xml:space="preserve">Licens- och </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003530AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>extemporepreparat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003530AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> som ordineras på e-recept men saknas under ”Icke godkända” läkemedel i Melior.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="678"/>
             <w:bookmarkEnd w:id="679"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="5060E5FE" w14:textId="77777777">
+          <w:p w14:paraId="5060E5FE" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790313" w:id="680"/>
-            <w:bookmarkStart w:name="_Toc517790528" w:id="681"/>
+            <w:bookmarkStart w:id="680" w:name="_Toc517790313"/>
+            <w:bookmarkStart w:id="681" w:name="_Toc517790528"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Använd ”Extempore e-förskrivning” respektive ”Licensläkemedel e-förskrivning” som finns under ”Icke godkända” läkemedel i Melior. Preparatnamn, beredningsform, styrka, dosering, antal förpackningar, samt hur preparatet ska beredas måste skrivas i anvisningsrutan. För att förskriva licenspreparat krävs en licensmotivering.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="680"/>
             <w:bookmarkEnd w:id="681"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="232582A2" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="232582A2" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="0A1528DC" w14:textId="77777777">
+          <w:p w14:paraId="0A1528DC" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790314" w:id="682"/>
-            <w:bookmarkStart w:name="_Toc517790529" w:id="683"/>
+            <w:bookmarkStart w:id="682" w:name="_Toc517790314"/>
+            <w:bookmarkStart w:id="683" w:name="_Toc517790529"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Recept som skrivits ut via Pascal syns inte i receptmodulen i Melior.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="682"/>
             <w:bookmarkEnd w:id="683"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="68CD32DF" w14:textId="77777777">
+          <w:p w14:paraId="68CD32DF" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790315" w:id="684"/>
-            <w:bookmarkStart w:name="_Toc517790530" w:id="685"/>
+            <w:bookmarkStart w:id="684" w:name="_Toc517790315"/>
+            <w:bookmarkStart w:id="685" w:name="_Toc517790530"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Användaren hänvisas till Pascal.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="684"/>
             <w:bookmarkEnd w:id="685"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="40E36B77" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="40E36B77" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="711150B9" w14:textId="77777777">
+          <w:p w14:paraId="711150B9" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790316" w:id="686"/>
-            <w:bookmarkStart w:name="_Toc517790531" w:id="687"/>
+            <w:bookmarkStart w:id="686" w:name="_Toc517790316"/>
+            <w:bookmarkStart w:id="687" w:name="_Toc517790531"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Symbol ”R” syns inte i </w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ordinationsöversikten</w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> för ett läkemedel jag har skickat recept på.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="686"/>
             <w:bookmarkEnd w:id="687"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="4052BB2C" w14:textId="77777777">
+          <w:p w14:paraId="4052BB2C" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:name="_Toc517790317" w:id="688"/>
-            <w:bookmarkStart w:name="_Toc517790532" w:id="689"/>
+            <w:bookmarkStart w:id="688" w:name="_Toc517790317"/>
+            <w:bookmarkStart w:id="689" w:name="_Toc517790532"/>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">”R” syns bara i </w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ordinationsöversikten</w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> om receptet är skapat (och sparat) via </w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ordinationsöversikten</w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="688"/>
             <w:bookmarkEnd w:id="689"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="44807497" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="44807497" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="6F9E7DF5" w14:textId="77777777">
+          <w:p w14:paraId="6F9E7DF5" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reservrutin vid stopp/störning i recepttjänsten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="2E531604" w14:textId="77777777">
+          <w:p w14:paraId="2E531604" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Skriv pappersrecept. Förskrivarens namn, förskrivarkod och arbetsplatskod ska tydligt framgå. Dokumentera i Meliors textjournal under sökord Recept vilka recept som är utfärdade. </w:t>
+              <w:t xml:space="preserve">Skriv pappersrecept. Förskrivarens namn, förskrivarkod och arbetsplatskod ska tydligt framgå. Dokumentera i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003530AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Meliors</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003530AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> textjournal under sökord Recept vilka recept som är utfärdade. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidTr="002D0973" w14:paraId="7B20D2FC" w14:textId="77777777">
+      <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="7B20D2FC" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="0F05963B" w14:textId="77777777">
+          <w:p w14:paraId="0F05963B" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Det går inte att skicka receptsamlingar där texterna i fälten </w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Särskilda upplysningar</w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
@@ -11899,124 +12690,124 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> respektive </w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Leveransinformation</w:t>
             </w:r>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> skiljer sig åt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="0001639E" w:rsidP="00C740BB" w:rsidRDefault="0001639E" w14:paraId="646112F3" w14:textId="77777777">
+          <w:p w14:paraId="646112F3" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Skicka recepten/receptsamlingarna var och en för sig. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0001639E" w:rsidP="009A32ED" w:rsidRDefault="0001639E" w14:paraId="4A1CCFB9" w14:textId="6F34EA18">
+    <w:p w14:paraId="4A1CCFB9" w14:textId="6F34EA18" w:rsidR="0001639E" w:rsidRDefault="0001639E" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0001639E" w:rsidRDefault="0001639E" w14:paraId="5C059F1E" w14:textId="77777777">
+    <w:p w14:paraId="5C059F1E" w14:textId="77777777" w:rsidR="0001639E" w:rsidRDefault="0001639E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="4C4C6458" w14:textId="77777777">
+    <w:p w14:paraId="4C4C6458" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000463" w:id="690"/>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="690" w:name="_Toc256000463"/>
+      <w:bookmarkStart w:id="691" w:name="_Toc256000421"/>
+      <w:bookmarkStart w:id="692" w:name="_Toc256000379"/>
+      <w:bookmarkStart w:id="693" w:name="_Toc256000066"/>
+      <w:bookmarkStart w:id="694" w:name="_Toc532984178"/>
+      <w:bookmarkStart w:id="695" w:name="_Toc532987769"/>
+      <w:bookmarkStart w:id="696" w:name="_Toc256000129"/>
+      <w:bookmarkStart w:id="697" w:name="_Toc256000195"/>
+      <w:bookmarkStart w:id="698" w:name="_Toc256000258"/>
+      <w:bookmarkStart w:id="699" w:name="_Toc73355344"/>
+      <w:bookmarkStart w:id="700" w:name="_Toc256000337"/>
+      <w:bookmarkStart w:id="701" w:name="_Toc256000295"/>
+      <w:bookmarkStart w:id="702" w:name="_Toc73431046"/>
+      <w:bookmarkStart w:id="703" w:name="_Toc207799078"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Bilaga 4 - Flödesschema: Utskrivning från slutenvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="690"/>
       <w:bookmarkEnd w:id="691"/>
       <w:bookmarkEnd w:id="692"/>
       <w:bookmarkEnd w:id="693"/>
       <w:bookmarkEnd w:id="694"/>
       <w:bookmarkEnd w:id="695"/>
       <w:bookmarkEnd w:id="696"/>
       <w:bookmarkEnd w:id="697"/>
       <w:bookmarkEnd w:id="698"/>
       <w:bookmarkEnd w:id="699"/>
       <w:bookmarkEnd w:id="700"/>
       <w:bookmarkEnd w:id="701"/>
       <w:bookmarkEnd w:id="702"/>
       <w:bookmarkEnd w:id="703"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="29B24F20" w14:textId="77777777">
+    <w:p w14:paraId="29B24F20" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62E29139" wp14:editId="28EA319E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>341629</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>120650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6075046" cy="6122670"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="11430"/>
@@ -12037,56 +12828,56 @@
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="37" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="2194152" y="-958215"/>
                             <a:ext cx="537210" cy="2453640"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00FD5B22" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="03DB9A27" w14:textId="77777777">
+                            <w:p w14:paraId="03DB9A27" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                                  <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
                                   <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:solidFill>
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="24"/>
                                   <w:szCs w:val="24"/>
@@ -12118,312 +12909,300 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="38" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="55682" y="805151"/>
                             <a:ext cx="1682510" cy="1793875"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00FC2ABA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="41C13C2C" w14:textId="77777777">
+                            <w:p w14:paraId="41C13C2C" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlnk"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Förskrivning_av_recept">
+                              <w:hyperlink w:anchor="_Förskrivning_av_recept" w:history="1">
                                 <w:r w:rsidRPr="00FC2ABA">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Patienter med recept:</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
-                            <w:p w:rsidRPr="00457D2D" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="2D2E31C3" w14:textId="77777777">
+                            <w:p w14:paraId="2D2E31C3" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00457D2D" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:t>Förskrivning av nyinsatta alternativt dosändrade</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:br/>
-                              </w:r>
-[...3 lines deleted...]
-                                </w:rPr>
                                 <w:t xml:space="preserve">läkemedel görs som </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:br/>
-                              </w:r>
-[...3 lines deleted...]
-                                </w:rPr>
                                 <w:t>e-recept.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="00C9612C">
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:t>Kontrollera via NLL att patienten inte redan har aktiv förskrivning</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> med aktuell dosering.  </w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="39" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="2991621" y="-117203"/>
                             <a:ext cx="2105025" cy="4062730"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00FC2ABA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="57EC4625" w14:textId="77777777">
+                            <w:p w14:paraId="57EC4625" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlnk"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Patienter_med_dosexpedition/Pascal_2">
+                              <w:hyperlink w:anchor="_Patienter_med_dosexpedition/Pascal_2" w:history="1">
                                 <w:r w:rsidRPr="00FC2ABA">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Patienter med dosexpedition/Pascal:</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
-                            <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="1E4BD814" w14:textId="77777777">
+                            <w:p w14:paraId="1E4BD814" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t>Förskrivning av nyinsatta läkemedel alternativt justering av läkemedelsordinationer görs i Pascal</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="5EAD3A8D" w14:textId="77777777">
+                            <w:p w14:paraId="5EAD3A8D" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t>Utsatta läkemedel sätts ut i Pascal</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="36AC1169" w14:textId="77777777">
+                            <w:p w14:paraId="36AC1169" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t>Aktivera dosexpeditionen om denna är pausad/vilande</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="0224A8FD" w14:textId="77777777">
+                            <w:p w14:paraId="0224A8FD" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t>Begär akutproduktion i Pascal (</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00AD55A1">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>OBS</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t xml:space="preserve"> undantag nedan)</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="53739C18" w14:textId="77777777">
+                            <w:p w14:paraId="53739C18" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:ind w:left="644" w:hanging="360"/>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t>Ingen förändring har gjorts i läkemedelsbehandlingen</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="153828AE" w14:textId="77777777">
+                            <w:p w14:paraId="153828AE" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:ind w:left="644" w:hanging="360"/>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t>Förändringen berör inte läkemedel som dosdispenseras</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="267D4B2B" w14:textId="77777777">
+                            <w:p w14:paraId="267D4B2B" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:ind w:left="644" w:hanging="360"/>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t>Ovanstående undantag förutsätter att patientens senaste leverans av dospåsar är tillgänglig och aktuell</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="2FB96DB0" w14:textId="77777777">
+                            <w:p w14:paraId="2FB96DB0" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:t>Uppmärksamma patienten på att ev. förskrivna</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00565CBA">
                                 <w:br/>
-                              </w:r>
-                              <w:r w:rsidRPr="00565CBA">
                                 <w:t>helförpackningar måste hämtas/beställas separat</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="40" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="2602819" y="2150111"/>
                             <a:ext cx="651510" cy="2813685"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00FD5B22" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="7C268B81" w14:textId="77777777">
+                            <w:p w14:paraId="7C268B81" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                                  <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="24"/>
                                   <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:solidFill>
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="0016600B">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:sz w:val="24"/>
                                 </w:rPr>
                                 <w:t>Säkerställ överföring av information till patient och nästa vårdgivare</w:t>
@@ -12489,277 +13268,271 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="43" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="3133408" y="3708309"/>
                             <a:ext cx="295275" cy="1241425"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00FC2ABA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="6603A548" w14:textId="77777777">
+                            <w:p w14:paraId="6603A548" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlnk"/>
                                   <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Utskrift_av_läkemedelslista">
+                              <w:hyperlink w:anchor="_Utskrift_av_läkemedelslista" w:history="1">
                                 <w:r w:rsidRPr="00FC2ABA">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Läkemedelslista</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="44" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="63001" y="4034246"/>
                             <a:ext cx="2052955" cy="2124710"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="5F34CC6C" w14:textId="77777777">
+                            <w:p w14:paraId="5F34CC6C" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:history="1" w:anchor="_Förberedelser">
+                              <w:hyperlink w:anchor="_Förberedelser" w:history="1">
                                 <w:r w:rsidRPr="00FC2ABA">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Förberedelser</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00303D5E">
                                   <w:rPr>
                                     <w:b/>
                                     <w:szCs w:val="24"/>
                                   </w:rPr>
                                   <w:t>:</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
-                            <w:p w:rsidRPr="00382F35" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="07932214" w14:textId="77777777">
+                            <w:p w14:paraId="07932214" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00382F35" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r>
                                 <w:t>Sätt ut sjukhusbundna</w:t>
                               </w:r>
                               <w:r>
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="00382F35">
                                 <w:t xml:space="preserve">ordinationer </w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00457D2D" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="328F20C0" w14:textId="77777777">
+                            <w:p w14:paraId="328F20C0" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00457D2D" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r>
                                 <w:t xml:space="preserve">Rensa </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t>anvis</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00457D2D">
                                 <w:rPr>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t>ningsrutan</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:t>från inaktuell information</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="37E8242B" w14:textId="77777777">
+                            <w:p w14:paraId="37E8242B" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r>
                                 <w:t xml:space="preserve">Tillfälligt utsatta </w:t>
                               </w:r>
                               <w:r>
                                 <w:br/>
-                              </w:r>
-                              <w:r>
                                 <w:t xml:space="preserve">ordinationer ska avslutas eller återinsättas alt. </w:t>
                               </w:r>
                               <w:r>
                                 <w:br/>
-                              </w:r>
-                              <w:r>
                                 <w:t xml:space="preserve">ordineras som ofullständig </w:t>
                               </w:r>
                               <w:r>
                                 <w:br/>
-                              </w:r>
-                              <w:r>
                                 <w:t>ordination om ställningstagande ej är möjligt</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="45" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="2745790" y="4296615"/>
                             <a:ext cx="751800" cy="1594919"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00FC2ABA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="6E1E9172" w14:textId="77777777">
+                            <w:p w14:paraId="6E1E9172" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:suppressAutoHyphens/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlnk"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="0000FF"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="0000FF"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:instrText>HYPERLINK  \l "_Läkemedelsberättelse"</w:instrText>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="0000FF"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="0000FF"/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r w:rsidRPr="00FC2ABA">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlnk"/>
                                 </w:rPr>
                                 <w:t>Läkemedelsberättelse</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w:rsidRPr="00555D3A" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="25BEC757" w14:textId="77777777">
+                            <w:p w14:paraId="25BEC757" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00555D3A" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:suppressAutoHyphens/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:szCs w:val="24"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Del av </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:i/>
                                   <w:szCs w:val="24"/>
@@ -12794,51 +13567,51 @@
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="46" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
                             <a:off x="4575629" y="3966165"/>
                             <a:ext cx="1198880" cy="1530985"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidRPr="00555D3A" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="3B85CFC8" w14:textId="77777777">
+                            <w:p w14:paraId="3B85CFC8" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00555D3A" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:suppressAutoHyphens/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Förmedla </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00555D3A">
                                 <w:t>läkemedels</w:t>
                               </w:r>
                               <w:r>
                                 <w:t>-</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00555D3A">
                                 <w:t>berättelsen och</w:t>
                               </w:r>
                               <w:r>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00555D3A">
                                 <w:t>läkemedelslistan till patient och nästa</w:t>
                               </w:r>
@@ -12919,551 +13692,533 @@
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
                             <a:noFill/>
                             <a:prstDash val="solid"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict w14:anchorId="3D508F5B">
-[...1 lines deleted...]
-                <v:roundrect id="_x0000_s1057" style="position:absolute;left:21941;top:-9582;width:5372;height:24536;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDP7qLdxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvlfofrEXi1jqAFFBaJ6I8WrhQ9SH1uo2XxG28DrHbhn+PkZA4jmbmG8206G0jztR541jBzTgB&#10;QVw6bbhSsN28jh5A+ICssXFMCr7JQ5EPB1PMtLvwis7rUIkIYZ+hgjqENpPSlzVZ9GPXEkfv03UW&#10;Q5RdJXWHlwi3jbxNklRaNBwXamzpqabyuD5ZBbPq8D5/2e82X4vUpL15/kjS5Ump66v+cQIiUB/+&#10;w3/tN63g7h5+v8QfIPMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM/uot3HAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+            <w:pict>
+              <v:group w14:anchorId="62E29139" id="Grupp 11" o:spid="_x0000_s1056" alt="Flödesschema som visar läkemedelshantering vid utskrivning från slutenvård till eget boende eller annan vårdgivare (primärvård eller kommunal hälso- och sjukvård)." style="position:absolute;margin-left:26.9pt;margin-top:9.5pt;width:478.35pt;height:482.1pt;z-index:251663360" coordorigin="" coordsize="60755,61230" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCM1KWKqAUAAE4nAAAOAAAAZHJzL2Uyb0RvYy54bWzsWtuO2zYQfS/QfyD0vjHFiy5GvMFi000L&#10;bJOgSZFnriTLaiVRpeS1tx/WH+iP9ZC62Os21zbptnYCeEVJHHIOZ4Znhnr8ZFuV5DYzbaHrhec/&#10;oh7J6kSnRZ0vvB9fX51FHmk7Vaeq1HW28O6y1nty/vVXjzfNPGN6pcs0MwRC6na+aRbequua+WzW&#10;JqusUu0j3WQ1Hi61qVSHpslnqVEbSK/KGaM0mG20SRujk6xtcfdp/9A7d/KXyyzpXiyXbdaRcuFh&#10;bp37Ne73xv7Ozh+reW5UsyqSYRrqE2ZRqaLGoJOop6pTZG2KP4mqisToVi+7R4muZnq5LJLM6QBt&#10;fHqgzTOj143TJZ9v8maCCdAe4PTJYpPnt89M86p5aYDEpsmBhWtZXbZLU9m/mCXZOsjuJsiybUcS&#10;3AxoKKkIPJLgWeAzFoQDqMkKyNt+Z75Hdh2T1Td7XSXFogxdOQ0jux6zceTZvflsGlhIuwOh/Xsg&#10;vFqpJnPYtnOA8NKQIl14PPRIrSoY6lWRrw1hdkJ2ZLxiQbJwtM21Tn5uSa0vV6rOswtj9GaVqRQz&#10;8p0C9zrYRouu5GbzvU4hWa077WzF4kuMhk1KQe0/d3dAm/mx8CVz0J3FMmK+tLLVfERe8pD5A3pM&#10;SB4IB/yEnpo3pu2eZboi9mLhwZjq9Ad4hBtG3V63nZWXp4PGKv3JI8uqhP3fqpL4nHKnPiQOL+Nq&#10;lGl71vqqKEs3qbImG2jPwkGJVpdFap86wO7ay9IQCF14cN1Ub15DCY+Uqu3wADbVa9+v/V5XjFfW&#10;MIgRwn4puu3N1i1Wj4h9eKPTOyDssAQkiEfQd6XNrx7ZwLcXXvvLWpkMQ35XY5V4YMEm3X7D7Ddu&#10;9huqTiBq4SWd8UjfuOz6ELJuTJGvMNZu3WGi/TQ/v60itD4MW5UyiHpLjaj0pQNjZ6g+HsrRUv0w&#10;5lHoTPmYLDUY48hxWmr8UCyVxbEfsH5DOvP9kFF+P6oipErKZL8pCRqwkB9dWA2P2lixjT6QsMoC&#10;yiIfvgP2hO2f+v5BZA1ssB0pQOTzIDq6wOoY49FSAIFI1lOAb3//LUcixYWzAAvIwFgH/moZqOVi&#10;O87JRch4HO5zTs55GEagwDA4GUsuHbq7nZwheI6EnQkf+ZeNFO/Yxy05cvR4Rzn7Dvs0co/wgVyb&#10;/GYiixfS/h/GuPfawDdjBGuEasvwlqUCpUyqJgXbq3MwtTJHRmpJ2wFXtWM/Ve2qJ6RObL8HVEUH&#10;CMuiWnjRPiO1HBQguGwSpNlqcJ+RHmzqbZNcFRjkGvz2pTLg05ik5aQv8LMsNZiyHq48YlnqX91/&#10;O4et19WlBpXG2mMkdwn5pivHy6XR1RukxReWBePROwgsEusku7hwryEhbVR3Xb9qEivc6myher19&#10;o0wz5BAdiPtzPeZOQ2KwW9L+3QGfHpWh8eVosQATPfCJiX29zyeQZdFYiH2fQE7DkJ45nwio5CC6&#10;0PfkEyef+C/5BB994t8ua3Cfc0GRuWKL4SGNOI0P/Uky5IeuKORjkxEg432AGctR497xvy1rOESO&#10;l9OIh2KrAae0TxUF5YKhynk/8lPJYjmYKoOthuDix2WqzCl8vKaKxf/oClzboATr2NtnLiCHQoZx&#10;T1wEi4PgsIAcSh80d4i0MhYxUs0jM1+XTx+v+eLY5qPN97McdsBSZcD6Sge3phq4TX/Hsn0/jqJo&#10;MlawhqMrdbDpLOog3Xx7pvh/Ou0Q08ncVOqY6pRvT+tspjYeqDFORQQiDOYpGOcyPqimcSoFH7dz&#10;IcR7TylO1Y1TdaMvBX3B6sZ06De6QTjFhQ9yA0EZbLtPwOAOuDwoaJzcoDsV+R58kW86UZzcwB3k&#10;WS73QW7A4zjibNwNmIhObuAq+ada9z9U63YfL+GjLYfq8IGZ/Spsv+1q47vP4M7/AAAA//8DAFBL&#10;AwQUAAYACAAAACEA0FUqVuAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2WE&#10;3uomhhSN2YhI25MUqoXS25odk2B2NmTXJP77jqf2+OYN730v30y2FQP2vnGkIJ5HIJBKZxqqFHwd&#10;356XIHzQZHTrCBXc0MOmeHzIdWbcSJ84HEIlOIR8phXUIXSZlL6s0Wo/dx0Se2fXWx1Y9pU0vR45&#10;3LZyEUUv0uqGuKHWHe5qLC+Hq1XwPupxm8Svw/5y3t1+junH9z5GpZ5m03YNIuAU/p7hjs/oUDDT&#10;yV3JeNEqSBMmD3xf8aS7H8VRCuKkYLVMFiCLXP6fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAjNSliqgFAABOJwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA0FUqVuAAAAAKAQAADwAAAAAAAAAAAAAAAAACCAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA8JAAAAAA==&#10;">
+                <v:roundrect id="_x0000_s1057" style="position:absolute;left:21941;top:-9582;width:5372;height:24536;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDP7qLdxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvlfofrEXi1jqAFFBaJ6I8WrhQ9SH1uo2XxG28DrHbhn+PkZA4jmbmG8206G0jztR541jBzTgB&#10;QVw6bbhSsN28jh5A+ICssXFMCr7JQ5EPB1PMtLvwis7rUIkIYZ+hgjqENpPSlzVZ9GPXEkfv03UW&#10;Q5RdJXWHlwi3jbxNklRaNBwXamzpqabyuD5ZBbPq8D5/2e82X4vUpL15/kjS5Ump66v+cQIiUB/+&#10;w3/tN63g7h5+v8QfIPMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM/uot3HAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00FD5B22" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="6AF012B2" w14:textId="77777777">
+                      <w:p w14:paraId="03DB9A27" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                            <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:b/>
                             <w:bCs/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Säkerställ patientens fortsatta </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00565CBA">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>tillgång till läkemedel</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1058" style="position:absolute;left:556;top:8052;width:16825;height:17938;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+cTavwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JbsIw&#10;EL1X6j9YU4lbcQApqgIGla0tFxCLxHWIp4nbeBxiA+Hv60Mljk9vH01aW4krNd44VtDrJiCIc6cN&#10;FwoO++XrGwgfkDVWjknBnTxMxs9PI8y0u/GWrrtQiBjCPkMFZQh1JqXPS7Lou64mjty3ayyGCJtC&#10;6gZvMdxWsp8kqbRoODaUWNOspPx3d7EKpsXP6mNxOu7Pn6lJWzNfJ+nmolTnpX0fggjUhof43/2l&#10;FQzi2Pgl/gA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+cTavwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                <v:roundrect id="_x0000_s1058" style="position:absolute;left:556;top:8052;width:16825;height:17938;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+cTavwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JbsIw&#10;EL1X6j9YU4lbcQApqgIGla0tFxCLxHWIp4nbeBxiA+Hv60Mljk9vH01aW4krNd44VtDrJiCIc6cN&#10;FwoO++XrGwgfkDVWjknBnTxMxs9PI8y0u/GWrrtQiBjCPkMFZQh1JqXPS7Lou64mjty3ayyGCJtC&#10;6gZvMdxWsp8kqbRoODaUWNOspPx3d7EKpsXP6mNxOu7Pn6lJWzNfJ+nmolTnpX0fggjUhof43/2l&#10;FQzi2Pgl/gA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+cTavwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00FC2ABA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="0D974871" w14:textId="77777777">
+                      <w:p w14:paraId="41C13C2C" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Förskrivning_av_recept">
+                        <w:hyperlink w:anchor="_Förskrivning_av_recept" w:history="1">
                           <w:r w:rsidRPr="00FC2ABA">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Patienter med recept:</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
-                      <w:p w:rsidRPr="00457D2D" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="60A59191" w14:textId="77777777">
+                      <w:p w14:paraId="2D2E31C3" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00457D2D" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>Förskrivning av nyinsatta alternativt dosändrade</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:br/>
-                        </w:r>
-[...3 lines deleted...]
-                          </w:rPr>
                           <w:t xml:space="preserve">läkemedel görs som </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:br/>
-                        </w:r>
-[...3 lines deleted...]
-                          </w:rPr>
                           <w:t>e-recept.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00C9612C">
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>Kontrollera via NLL att patienten inte redan har aktiv förskrivning</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> med aktuell dosering.  </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1059" style="position:absolute;left:29916;top:-1173;width:21050;height:40627;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRPZM0xwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvlfofrEXi1jqAFEFaJ6I8WrhQ9SH1uo2XxG28DrHbhn+PkZA4jmbmG8206G0jztR541jBzTgB&#10;QVw6bbhSsN28ju5B+ICssXFMCr7JQ5EPB1PMtLvwis7rUIkIYZ+hgjqENpPSlzVZ9GPXEkfv03UW&#10;Q5RdJXWHlwi3jbxNklRaNBwXamzpqabyuD5ZBbPq8D5/2e82X4vUpL15/kjS5Ump66v+cQIiUB/+&#10;w3/tN63g7gF+v8QfIPMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANE9kzTHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:roundrect id="_x0000_s1059" style="position:absolute;left:29916;top:-1173;width:21050;height:40627;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRPZM0xwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvlfofrEXi1jqAFEFaJ6I8WrhQ9SH1uo2XxG28DrHbhn+PkZA4jmbmG8206G0jztR541jBzTgB&#10;QVw6bbhSsN28ju5B+ICssXFMCr7JQ5EPB1PMtLvwis7rUIkIYZ+hgjqENpPSlzVZ9GPXEkfv03UW&#10;Q5RdJXWHlwi3jbxNklRaNBwXamzpqabyuD5ZBbPq8D5/2e82X4vUpL15/kjS5Ump66v+cQIiUB/+&#10;w3/tN63g7gF+v8QfIPMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANE9kzTHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00FC2ABA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="02197245" w14:textId="77777777">
+                      <w:p w14:paraId="57EC4625" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Patienter_med_dosexpedition/Pascal_2">
+                        <w:hyperlink w:anchor="_Patienter_med_dosexpedition/Pascal_2" w:history="1">
                           <w:r w:rsidRPr="00FC2ABA">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Patienter med dosexpedition/Pascal:</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
-                      <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="20CA239F" w14:textId="77777777">
+                      <w:p w14:paraId="1E4BD814" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Förskrivning av nyinsatta läkemedel alternativt justering av läkemedelsordinationer görs i Pascal</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="7D1BAE22" w14:textId="77777777">
+                      <w:p w14:paraId="5EAD3A8D" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Utsatta läkemedel sätts ut i Pascal</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="2AC2C27C" w14:textId="77777777">
+                      <w:p w14:paraId="36AC1169" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Aktivera dosexpeditionen om denna är pausad/vilande</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="428F944A" w14:textId="77777777">
+                      <w:p w14:paraId="0224A8FD" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Begär akutproduktion i Pascal (</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00AD55A1">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>OBS</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t xml:space="preserve"> undantag nedan)</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="317A94FD" w14:textId="77777777">
+                      <w:p w14:paraId="53739C18" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:ind w:left="644" w:hanging="360"/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Ingen förändring har gjorts i läkemedelsbehandlingen</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="034BB282" w14:textId="77777777">
+                      <w:p w14:paraId="153828AE" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:ind w:left="644" w:hanging="360"/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Förändringen berör inte läkemedel som dosdispenseras</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="67AC4B4C" w14:textId="77777777">
+                      <w:p w14:paraId="267D4B2B" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:ind w:left="644" w:hanging="360"/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Ovanstående undantag förutsätter att patientens senaste leverans av dospåsar är tillgänglig och aktuell</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00565CBA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="59568176" w14:textId="77777777">
+                      <w:p w14:paraId="2FB96DB0" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Uppmärksamma patienten på att ev. förskrivna</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00565CBA">
                           <w:br/>
-                        </w:r>
-                        <w:r w:rsidRPr="00565CBA">
                           <w:t>helförpackningar måste hämtas/beställas separat</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1060" style="position:absolute;left:26028;top:21500;width:6516;height:28137;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYAUnUwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JbsIw&#10;EL1X6j9YU4lbcUAoqgIGla0tFxCLxHWIp4nbeBxiA+Hv60Mljk9vH01aW4krNd44VtDrJiCIc6cN&#10;FwoO++XrGwgfkDVWjknBnTxMxs9PI8y0u/GWrrtQiBjCPkMFZQh1JqXPS7Lou64mjty3ayyGCJtC&#10;6gZvMdxWsp8kqbRoODaUWNOspPx3d7EKpsXP6mNxOu7Pn6lJWzNfJ+nmolTnpX0fggjUhof43/2l&#10;FQzi+vgl/gA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAYAUnUwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                <v:roundrect id="_x0000_s1060" style="position:absolute;left:26028;top:21500;width:6516;height:28137;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYAUnUwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JbsIw&#10;EL1X6j9YU4lbcUAoqgIGla0tFxCLxHWIp4nbeBxiA+Hv60Mljk9vH01aW4krNd44VtDrJiCIc6cN&#10;FwoO++XrGwgfkDVWjknBnTxMxs9PI8y0u/GWrrtQiBjCPkMFZQh1JqXPS7Lou64mjty3ayyGCJtC&#10;6gZvMdxWsp8kqbRoODaUWNOspPx3d7EKpsXP6mNxOu7Pn6lJWzNfJ+nmolTnpX0fggjUhof43/2l&#10;FQzi+vgl/gA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAYAUnUwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00FD5B22" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="33D3999B" w14:textId="77777777">
+                      <w:p w14:paraId="7C268B81" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:eastAsia="Yu Gothic Light"/>
+                            <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:b/>
                             <w:bCs/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="24"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0016600B">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>Säkerställ överföring av information till patient och nästa vårdgivare</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 345" style="position:absolute;left:33377;top:5953;width:2916;height:2412;rotation:3792783fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1061" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt" type="#_x0000_t13" adj="12667" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPdybWxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/0P4RT6UjSrFdGtUUqhFxArXsDXw+Z0szQ5WZJU139vBKGPw8x8w8wWnbPiSCE2nhUM+gUI&#10;4srrhmsF+917bwIiJmSN1jMpOFOExfz+boal9ife0HGbapEhHEtUYFJqSyljZchh7PuWOHs/PjhM&#10;WYZa6oCnDHdWDotiLB02nBcMtvRmqPrd/jkFS3MOcmzXU7/+Hh3sfvU8fPr4VOrxoXt9AZGoS//h&#10;W/tLKxgN4Pol/wA5vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPdybWxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;"/>
-[...1 lines deleted...]
-                <v:roundrect id="_x0000_s1063" style="position:absolute;left:31333;top:37083;width:2953;height:12414;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDo09ejxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4EaeAoiqNW5X/cgHRVOK6xNvEEK9D7Dbh7TFSpR5HM/ONpliOthUH6r1xrGCapCCI&#10;K6cN1wq25ePlDIQPyBpbx6TglzwsF+dnBebaDfxOh02oRYSwz1FBE0KXS+mrhiz6xHXE0du53mKI&#10;sq+l7nGIcNvKqzTNpEXDcaHBju4aqr43e6vgtv56eXr4/Ch/njOTjeb+Nc3e9kpdTMbVHESgMZzC&#10;x/ZaK7i5hv8v8QfIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6NPXo8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                <v:shape id="Höger 345" o:spid="_x0000_s1061" type="#_x0000_t13" style="position:absolute;left:33377;top:5953;width:2916;height:2412;rotation:3792783fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPdybWxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/0P4RT6UjSrFdGtUUqhFxArXsDXw+Z0szQ5WZJU139vBKGPw8x8w8wWnbPiSCE2nhUM+gUI&#10;4srrhmsF+917bwIiJmSN1jMpOFOExfz+boal9ife0HGbapEhHEtUYFJqSyljZchh7PuWOHs/PjhM&#10;WYZa6oCnDHdWDotiLB02nBcMtvRmqPrd/jkFS3MOcmzXU7/+Hh3sfvU8fPr4VOrxoXt9AZGoS//h&#10;W/tLKxgN4Pol/wA5vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPdybWxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" adj="12667" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:shape id="Höger 346" o:spid="_x0000_s1062" type="#_x0000_t13" style="position:absolute;left:12725;top:6053;width:2916;height:2412;rotation:8968540fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPyb/ewgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EAvJZYT6jQ4lk0oFHKt4w/YWhvbrbUykhq7f18FCj0OM/OGKarFjOJGzg+WFWyTFARx&#10;a/XAnYLm8rY5gPABWeNomRT8kIeqXD0UmGs78zvd6tCJCGGfo4I+hCmX0rc9GfSJnYijd7XOYIjS&#10;dVI7nCPcjHKXpntpcOC40ONErz21X/W3USBZXuZ6+fx4qhuXDZnN3PSSKfW4Xk5HEIGW8B/+a5+1&#10;gucd3L/EHyDLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPyb/ewgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="12667" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:roundrect id="_x0000_s1063" style="position:absolute;left:31333;top:37083;width:2953;height:12414;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDo09ejxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4EaeAoiqNW5X/cgHRVOK6xNvEEK9D7Dbh7TFSpR5HM/ONpliOthUH6r1xrGCapCCI&#10;K6cN1wq25ePlDIQPyBpbx6TglzwsF+dnBebaDfxOh02oRYSwz1FBE0KXS+mrhiz6xHXE0du53mKI&#10;sq+l7nGIcNvKqzTNpEXDcaHBju4aqr43e6vgtv56eXr4/Ch/njOTjeb+Nc3e9kpdTMbVHESgMZzC&#10;x/ZaK7i5hv8v8QfIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6NPXo8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00FC2ABA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="709630B4" w14:textId="77777777">
+                      <w:p w14:paraId="6603A548" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Utskrift_av_läkemedelslista">
+                        <w:hyperlink w:anchor="_Utskrift_av_läkemedelslista" w:history="1">
                           <w:r w:rsidRPr="00FC2ABA">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Läkemedelslista</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1064" style="position:absolute;left:630;top:40342;width:20529;height:21247;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnOk/XxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Lb8Iw&#10;EITvSP0P1iJxAweEoipgUAuljwsVD4nrEi+JS7xOYwPpv68rIfU4mplvNNN5aytxpcYbxwqGgwQE&#10;ce604ULBfrfqP4LwAVlj5ZgU/JCH+eyhM8VMuxtv6LoNhYgQ9hkqKEOoMyl9XpJFP3A1cfROrrEY&#10;omwKqRu8Rbit5ChJUmnRcFwosaZFSfl5e7EKnouvj9eX42H3/ZaatDXLdZJ+XpTqddunCYhAbfgP&#10;39vvWsF4DH9f4g+Qs18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZzpP18YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                <v:roundrect id="_x0000_s1064" style="position:absolute;left:630;top:40342;width:20529;height:21247;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnOk/XxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Lb8Iw&#10;EITvSP0P1iJxAweEoipgUAuljwsVD4nrEi+JS7xOYwPpv68rIfU4mplvNNN5aytxpcYbxwqGgwQE&#10;ce604ULBfrfqP4LwAVlj5ZgU/JCH+eyhM8VMuxtv6LoNhYgQ9hkqKEOoMyl9XpJFP3A1cfROrrEY&#10;omwKqRu8Rbit5ChJUmnRcFwosaZFSfl5e7EKnouvj9eX42H3/ZaatDXLdZJ+XpTqddunCYhAbfgP&#10;39vvWsF4DH9f4g+Qs18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZzpP18YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="5109FE1A" w14:textId="77777777">
+                      <w:p w14:paraId="5F34CC6C" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:history="1" w:anchor="_Förberedelser">
+                        <w:hyperlink w:anchor="_Förberedelser" w:history="1">
                           <w:r w:rsidRPr="00FC2ABA">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Förberedelser</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00303D5E">
                             <w:rPr>
                               <w:b/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
-                      <w:p w:rsidRPr="00382F35" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="3D79BB3A" w14:textId="77777777">
+                      <w:p w14:paraId="07932214" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00382F35" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r>
                           <w:t>Sätt ut sjukhusbundna</w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00382F35">
                           <w:t xml:space="preserve">ordinationer </w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00457D2D" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="4E03D62D" w14:textId="77777777">
+                      <w:p w14:paraId="328F20C0" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00457D2D" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r>
                           <w:t xml:space="preserve">Rensa </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:i/>
                           </w:rPr>
                           <w:t>anvis</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00457D2D">
                           <w:rPr>
                             <w:i/>
                           </w:rPr>
                           <w:t>ningsrutan</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:i/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:t>från inaktuell information</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="171DDAC9" w14:textId="77777777">
+                      <w:p w14:paraId="37E8242B" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r>
                           <w:t xml:space="preserve">Tillfälligt utsatta </w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
-                        </w:r>
-                        <w:r>
                           <w:t xml:space="preserve">ordinationer ska avslutas eller återinsättas alt. </w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
-                        </w:r>
-                        <w:r>
                           <w:t xml:space="preserve">ordineras som ofullständig </w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
-                        </w:r>
-                        <w:r>
                           <w:t>ordination om ställningstagande ej är möjligt</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1065" style="position:absolute;left:27458;top:42965;width:7518;height:15949;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAIdupMxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4EacIoiqNW5X/cgHRVOK6xNvEEK9D7Dbh7TFSpR5HM/ONpliOthUH6r1xrGCapCCI&#10;K6cN1wq25ePlDIQPyBpbx6TglzwsF+dnBebaDfxOh02oRYSwz1FBE0KXS+mrhiz6xHXE0du53mKI&#10;sq+l7nGIcNvKqzTNpEXDcaHBju4aqr43e6vgtv56eXr4/Ch/njOTjeb+Nc3e9kpdTMbVHESgMZzC&#10;x/ZaK7i+gf8v8QfIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACHbqTMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                <v:roundrect id="_x0000_s1065" style="position:absolute;left:27458;top:42965;width:7518;height:15949;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAIdupMxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4EacIoiqNW5X/cgHRVOK6xNvEEK9D7Dbh7TFSpR5HM/ONpliOthUH6r1xrGCapCCI&#10;K6cN1wq25ePlDIQPyBpbx6TglzwsF+dnBebaDfxOh02oRYSwz1FBE0KXS+mrhiz6xHXE0du53mKI&#10;sq+l7nGIcNvKqzTNpEXDcaHBju4aqr43e6vgtv56eXr4/Ch/njOTjeb+Nc3e9kpdTMbVHESgMZzC&#10;x/ZaK7i+gf8v8QfIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACHbqTMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <o:lock v:ext="edit" aspectratio="t"/>
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00FC2ABA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="36F6C740" w14:textId="77777777">
+                      <w:p w14:paraId="6E1E9172" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:suppressAutoHyphens/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="0000FF"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="0000FF"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:instrText>HYPERLINK  \l "_Läkemedelsberättelse"</w:instrText>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="0000FF"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="0000FF"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidRPr="00FC2ABA">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                           </w:rPr>
                           <w:t>Läkemedelsberättelse</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w:rsidRPr="00555D3A" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="1A76165F" w14:textId="77777777">
+                      <w:p w14:paraId="25BEC757" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00555D3A" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:suppressAutoHyphens/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Del av </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:i/>
                             <w:szCs w:val="24"/>
@@ -13473,789 +14228,790 @@
                         <w:r>
                           <w:rPr>
                             <w:i/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:softHyphen/>
                           <w:t xml:space="preserve">meddelande </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve">och </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:i/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>epikris</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1066" style="position:absolute;left:45756;top:39661;width:11988;height:15310;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" filled="f" strokecolor="windowText" strokeweight="1pt" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4pHQ7xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfhf6HcAp902xLCWU1Sm9W+2LxAr4eN6e70c3Juom6/fdNoeDjMDPfMKNJ52pxpjZYzxruBxkI&#10;4sIby6WGzXrafwIRIrLB2jNp+KEAk/FNb4S58Rde0nkVS5EgHHLUUMXY5FKGoiKHYeAb4uR9+9Zh&#10;TLItpWnxkuCulg9ZpqRDy2mhwoZeKyoOq5PT8FLuPz/ed9v1caas6uzbIlNfJ63vbrvnIYhIXbyG&#10;/9tzo+FRwd+X9APk+BcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4pHQ7xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:roundrect id="_x0000_s1066" style="position:absolute;left:45756;top:39661;width:11988;height:15310;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4pHQ7xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfhf6HcAp902xLCWU1Sm9W+2LxAr4eN6e70c3Juom6/fdNoeDjMDPfMKNJ52pxpjZYzxruBxkI&#10;4sIby6WGzXrafwIRIrLB2jNp+KEAk/FNb4S58Rde0nkVS5EgHHLUUMXY5FKGoiKHYeAb4uR9+9Zh&#10;TLItpWnxkuCulg9ZpqRDy2mhwoZeKyoOq5PT8FLuPz/ed9v1caas6uzbIlNfJ63vbrvnIYhIXbyG&#10;/9tzo+FRwd+X9APk+BcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4pHQ7xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w:rsidRPr="00555D3A" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="0CF97E6F" w14:textId="77777777">
+                      <w:p w14:paraId="3B85CFC8" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00555D3A" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:t xml:space="preserve">Förmedla </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:t>läkemedels</w:t>
                         </w:r>
                         <w:r>
                           <w:t>-</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:t>berättelsen och</w:t>
                         </w:r>
                         <w:r>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:t>läkemedelslistan till patient och nästa</w:t>
                         </w:r>
                         <w:r>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:t>vårdgivare</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 347" style="position:absolute;left:22304;top:42335;width:3055;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1067" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt" type="#_x0000_t13" adj="12956" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAY8IC7xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfBf/DsYIvYi+VYiX2WtpCQWhBTP0Ba27NBXN7MbdN4r/vFQo+DjPzDbNYjb5RPXWxDmxgOslA&#10;EZfB1lwZ+DzuHl9ARUG22AQmA38UYbW8vVlgbsPAH9QXUqkE4ZijASfS5lrH0pHHOAktcfK+Q+dR&#10;kuwqbTscEtw3+inLnrXHmtOCw5a2jsqf4uQNxM2xL3a/g8zdlxyme/eA6/eTMfd34/oVlNAo/+Fr&#10;+80amM3h8iX9AL08AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABjwgLvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
-[...1 lines deleted...]
-                <v:shape id="Höger 373" style="position:absolute;left:39983;top:42248;width:3054;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:spid="_x0000_s1069" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt" type="#_x0000_t13" adj="12956" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGI7FSxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfBf/DsQVfpL1UitrYa6lCoaAgpv0B29yaC83txdw2if/eEwQfh5n5hlltRt+onrpYBzYwn2Wg&#10;iMtga64MHA+76SOoKMgWm8Bk4JsibNbXVyvMbRj4g/pCKpUgHHM04ETaXOtYOvIYZ6ElTt5n6DxK&#10;kl2lbYdDgvtG32XZvfZYc1pw2NKLo/JcXLyB+Hzoi93XIA/uJG/zV3eL2/eLMTeTcfsESmiU//Bf&#10;e28NLJbw+yX9AL3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYjsVLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                <v:shape id="Höger 347" o:spid="_x0000_s1067" type="#_x0000_t13" style="position:absolute;left:22304;top:42335;width:3055;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAY8IC7xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfBf/DsYIvYi+VYiX2WtpCQWhBTP0Ba27NBXN7MbdN4r/vFQo+DjPzDbNYjb5RPXWxDmxgOslA&#10;EZfB1lwZ+DzuHl9ARUG22AQmA38UYbW8vVlgbsPAH9QXUqkE4ZijASfS5lrH0pHHOAktcfK+Q+dR&#10;kuwqbTscEtw3+inLnrXHmtOCw5a2jsqf4uQNxM2xL3a/g8zdlxyme/eA6/eTMfd34/oVlNAo/+Fr&#10;+80amM3h8iX9AL08AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABjwgLvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="12956" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:shape id="Höger 372" o:spid="_x0000_s1068" type="#_x0000_t13" style="position:absolute;left:40244;top:48344;width:3054;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpbxTJwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMyghdpN5WiErstbaFQqCAmPsA0O2aD2dmYnSbp27sHwePH97/aTL5VA/WxCWxgMc9AEVfB&#10;Nlwb+CwPsxdQUZAttoHJwJUibNa3NyvMbRj5g4ZCapVCOOZowIl0udaxcuQxzkNHnLiv0HuUBPta&#10;2x7HFO5b/ZhlT9pjw6nBYUd7R9V3cfEG4q4cisPPKM/uLG+Lk3vA7fvFmPu7afsKSmiSf/Gf+2gN&#10;LNPY9CX9AL3+BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGlvFMnBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" adj="12956" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:shape id="Höger 373" o:spid="_x0000_s1069" type="#_x0000_t13" style="position:absolute;left:39983;top:42248;width:3054;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGI7FSxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfBf/DsQVfpL1UitrYa6lCoaAgpv0B29yaC83txdw2if/eEwQfh5n5hlltRt+onrpYBzYwn2Wg&#10;iMtga64MHA+76SOoKMgWm8Bk4JsibNbXVyvMbRj4g/pCKpUgHHM04ETaXOtYOvIYZ6ElTt5n6DxK&#10;kl2lbYdDgvtG32XZvfZYc1pw2NKLo/JcXLyB+Hzoi93XIA/uJG/zV3eL2/eLMTeTcfsESmiU//Bf&#10;e28NLJbw+yX9AL3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYjsVLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="12956" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="38923938" w14:textId="77777777">
+    <w:p w14:paraId="38923938" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="5CA9F4D4" w14:textId="77777777">
+    <w:p w14:paraId="5CA9F4D4" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="7F2260E6" w14:textId="77777777">
+    <w:p w14:paraId="7F2260E6" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="64EC495E" w14:textId="77777777">
+    <w:p w14:paraId="64EC495E" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="57C7980E" w14:textId="77777777">
+    <w:p w14:paraId="57C7980E" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="1F21230F" w14:textId="77777777">
+    <w:p w14:paraId="1F21230F" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="554AC559" w14:textId="77777777">
+    <w:p w14:paraId="554AC559" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="3081CB70" w14:textId="77777777">
+    <w:p w14:paraId="3081CB70" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="7E6654EF" w14:textId="77777777">
+    <w:p w14:paraId="7E6654EF" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="36D55F71" w14:textId="77777777">
+    <w:p w14:paraId="36D55F71" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="32BB4D64" w14:textId="77777777">
+    <w:p w14:paraId="32BB4D64" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="5694B8EA" w14:textId="77777777">
+    <w:p w14:paraId="5694B8EA" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="2286BCB4" w14:textId="77777777">
+    <w:p w14:paraId="2286BCB4" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="26021B1C" w14:textId="77777777">
+    <w:p w14:paraId="26021B1C" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="39D6D338" w14:textId="77777777">
+    <w:p w14:paraId="39D6D338" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="0171E137" w14:textId="77777777">
+    <w:p w14:paraId="0171E137" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="08D9B49B" w14:textId="77777777">
+    <w:p w14:paraId="08D9B49B" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="22F24593" w14:textId="77777777">
+    <w:p w14:paraId="22F24593" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="4363DE46" w14:textId="77777777">
+    <w:p w14:paraId="4363DE46" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="6952F8A9" w14:textId="77777777">
+    <w:p w14:paraId="6952F8A9" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="2F1A49A8" w14:textId="77777777">
+    <w:p w14:paraId="2F1A49A8" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="1E8878D7" w14:textId="77777777">
+    <w:p w14:paraId="1E8878D7" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="74909C88" w14:textId="77777777">
+    <w:p w14:paraId="74909C88" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="6AD1F1BC" w14:textId="77777777">
+    <w:p w14:paraId="6AD1F1BC" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="13339B88" w14:textId="77777777">
+    <w:p w14:paraId="13339B88" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="3DE268FA" w14:textId="77777777">
+    <w:p w14:paraId="3DE268FA" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="31E21DFB" w14:textId="77777777">
+    <w:p w14:paraId="31E21DFB" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="4AA4F3E2" w14:textId="77777777">
+    <w:p w14:paraId="4AA4F3E2" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="352D0CCE" w14:textId="77777777">
+    <w:p w14:paraId="352D0CCE" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="1C50FD4D" w14:textId="77777777">
+    <w:p w14:paraId="1C50FD4D" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="6A122ADE" w14:textId="77777777">
+    <w:p w14:paraId="6A122ADE" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="560373D1" w14:textId="77777777">
+    <w:p w14:paraId="560373D1" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="5D7F0BB7" w14:textId="77777777">
+    <w:p w14:paraId="5D7F0BB7" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="6DF14FCF" w14:textId="77777777">
+    <w:p w14:paraId="6DF14FCF" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="5D8F9A5B" w14:textId="77777777">
+    <w:p w14:paraId="5D8F9A5B" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="69216D19" w14:textId="77777777">
+    <w:p w14:paraId="69216D19" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="42634255" w14:textId="77777777">
+    <w:p w14:paraId="42634255" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00FD5B22" w:rsidP="00FD5B22" w:rsidRDefault="00FD5B22" w14:paraId="74F48015" w14:textId="77777777">
+    <w:p w14:paraId="74F48015" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00062952" w:rsidRDefault="00062952" w14:paraId="6CBE5889" w14:textId="77777777">
+    <w:p w14:paraId="6CBE5889" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00062952">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:name="_Toc256000464" w:id="704"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="704" w:name="_Toc256000464"/>
+      <w:bookmarkStart w:id="705" w:name="_Toc256000422"/>
+      <w:bookmarkStart w:id="706" w:name="_Toc256000380"/>
+      <w:bookmarkStart w:id="707" w:name="_Toc256000338"/>
+      <w:bookmarkStart w:id="708" w:name="_Toc256000296"/>
+      <w:bookmarkStart w:id="709" w:name="_Toc73355345"/>
+      <w:bookmarkStart w:id="710" w:name="_Toc73431047"/>
+      <w:bookmarkStart w:id="711" w:name="_Toc207799079"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bilaga 5 – </w:t>
       </w:r>
-      <w:bookmarkStart w:name="_Hlk69222639" w:id="712"/>
-[...1 lines deleted...]
-        <w:t>Exempel där förmånsberättigande saknas</w:t>
+      <w:bookmarkStart w:id="712" w:name="_Hlk69222639"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Exempel där </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>förmånsberättigande</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> saknas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="704"/>
       <w:bookmarkEnd w:id="705"/>
       <w:bookmarkEnd w:id="706"/>
       <w:bookmarkEnd w:id="707"/>
       <w:bookmarkEnd w:id="708"/>
       <w:bookmarkEnd w:id="709"/>
       <w:bookmarkEnd w:id="710"/>
       <w:bookmarkEnd w:id="711"/>
       <w:bookmarkEnd w:id="712"/>
     </w:p>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00062952" w:rsidRDefault="00062952" w14:paraId="5D575F74" w14:textId="77777777">
+    <w:p w14:paraId="5D575F74" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00062952">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="907" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Exempel där förmånsberättigande saknas"/>
         <w:tblDescription w:val="Exemplen beskriver personer från EU/EES inkl Schweiz, pensionärer bosatta i annat EU/EES-land samt personer som utan att vara bosatta uppehåller sig i Sverige utan anställning."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5408"/>
         <w:gridCol w:w="2604"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidTr="00C740BB" w14:paraId="01FEB55C" w14:textId="77777777">
+      <w:tr w:rsidR="00062952" w:rsidRPr="003530AA" w14:paraId="01FEB55C" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00C740BB" w:rsidRDefault="00062952" w14:paraId="7BF5BD54" w14:textId="77777777">
+          <w:p w14:paraId="7BF5BD54" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Personer som kommer från EU/EES område och Schweiz, men inte kan uppvisa ett försäkringsbevis eller intyg.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00C740BB" w:rsidRDefault="00062952" w14:paraId="1D6D37B4" w14:textId="77777777">
+          <w:p w14:paraId="1D6D37B4" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är ej förmånsberättigade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidTr="00C740BB" w14:paraId="68EE6E6F" w14:textId="77777777">
+      <w:tr w:rsidR="00062952" w:rsidRPr="003530AA" w14:paraId="68EE6E6F" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00C740BB" w:rsidRDefault="00062952" w14:paraId="23802A0B" w14:textId="77777777">
+          <w:p w14:paraId="23802A0B" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Personer som kommer från EU/EES område och Schweiz och kan uppvisa ett försäkringsbevis eller intyg, men där förskrivaren bedömer att vården inte är nödvändig utan kan vänta tills personen åkt hem.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00C740BB" w:rsidRDefault="00062952" w14:paraId="06D9B481" w14:textId="77777777">
+          <w:p w14:paraId="06D9B481" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är ej förmånsberättigade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidTr="00C740BB" w14:paraId="638716FA" w14:textId="77777777">
+      <w:tr w:rsidR="00062952" w:rsidRPr="003530AA" w14:paraId="638716FA" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00C740BB" w:rsidRDefault="00062952" w14:paraId="1E0F93A9" w14:textId="77777777">
+          <w:p w14:paraId="1E0F93A9" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pensionärer med svensk pension som är bosatta i ett annat EU/EES-land eller Schweiz, men som inte kan visa upp ett särskilt intyg från Försäkringskassan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00C740BB" w:rsidRDefault="00062952" w14:paraId="56A06D1F" w14:textId="77777777">
+          <w:p w14:paraId="56A06D1F" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är ej förmånsberättigade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidTr="00C740BB" w14:paraId="369A5111" w14:textId="77777777">
+      <w:tr w:rsidR="00062952" w:rsidRPr="003530AA" w14:paraId="369A5111" w14:textId="77777777" w:rsidTr="00C740BB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00C740BB" w:rsidRDefault="00062952" w14:paraId="5089510E" w14:textId="77777777">
+          <w:p w14:paraId="5089510E" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Personer som, utan att vara bosatta, uppehåller sig i Sverige utan anställning.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00C740BB" w:rsidRDefault="00062952" w14:paraId="3EF776EE" w14:textId="77777777">
+          <w:p w14:paraId="3EF776EE" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00C740BB">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är ej förmånsberättigade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="003530AA" w:rsidR="00062952" w:rsidP="00062952" w:rsidRDefault="00062952" w14:paraId="5924D363" w14:textId="77777777">
+    <w:p w14:paraId="5924D363" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00062952">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C97372" w:rsidP="009A32ED" w:rsidRDefault="00C97372" w14:paraId="7A6AD331" w14:textId="77777777">
+    <w:p w14:paraId="7A6AD331" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C97372" w:rsidSect="00B96AFF">
-      <w:headerReference w:type="default" r:id="rId62"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId66"/>
+      <w:headerReference w:type="default" r:id="rId65"/>
+      <w:footerReference w:type="even" r:id="rId66"/>
+      <w:footerReference w:type="default" r:id="rId67"/>
+      <w:headerReference w:type="first" r:id="rId68"/>
+      <w:footerReference w:type="first" r:id="rId69"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11900" w:h="16840" w:orient="portrait"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00794090" w:rsidRDefault="00794090" w14:paraId="74FC108C" w14:textId="77777777">
+    <w:p w14:paraId="2D53783F" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00794090" w:rsidRDefault="00794090" w14:paraId="60D853C9" w14:textId="77777777">
+    <w:p w14:paraId="7ABBA0A7" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00794090" w:rsidRDefault="00794090" w14:paraId="094C4EFB" w14:textId="77777777">
+    <w:p w14:paraId="5B9E756F" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14361,225 +15117,225 @@
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Fet">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B820" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B820" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
-      <w:framePr w:wrap="around" w:hAnchor="margin" w:vAnchor="text" w:y="1"/>
+      <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00660269" w:rsidP="00C43BDD" w:rsidRDefault="00660269" w14:paraId="1FE2B821" w14:textId="77777777">
+  <w:p w14:paraId="1FE2B821" w14:textId="77777777" w:rsidR="00660269" w:rsidRDefault="00660269" w:rsidP="00C43BDD">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00831C35" w:rsidR="00C50EE5" w:rsidP="00EC0A68" w:rsidRDefault="00000000" w14:paraId="47BD2091" w14:textId="66F4EBFA">
+  <w:p w14:paraId="47BD2091" w14:textId="66F4EBFA" w:rsidR="00C50EE5" w:rsidRPr="00831C35" w:rsidRDefault="00000000" w:rsidP="00EC0A68">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="-2070031421"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtContent>
-        <w:r w:rsidRPr="00831C35" w:rsidR="00A65FD4">
+        <w:r w:rsidR="00A65FD4" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00831C35" w:rsidR="00EC0A68">
+        <w:r w:rsidR="00EC0A68" w:rsidRPr="00831C35">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
-    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
-    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00831C35" w:rsidR="00111CB2">
+    <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00660269" w:rsidP="00FB2F0F" w:rsidRDefault="009228AB" w14:paraId="1FE2B822" w14:textId="76DF6159">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
@@ -14620,477 +15376,477 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00794090" w:rsidRDefault="00794090" w14:paraId="237308BF" w14:textId="77777777"/>
+    <w:p w14:paraId="46ABA57E" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00794090" w:rsidRDefault="00794090" w14:paraId="56A435CD" w14:textId="77777777">
+    <w:p w14:paraId="7C02D4B4" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00794090" w:rsidRDefault="00794090" w14:paraId="3E067CFA" w14:textId="77777777">
+    <w:p w14:paraId="084A42BF" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00DA65C4" w:rsidR="00294791" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="68F18EE5" w14:textId="39C06E14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4667250" cy="323850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4667250" cy="323850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="70464969" w14:textId="1B285E8B">
+                        <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="4967CB50">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="264BC60A">
+          <w:pict>
+            <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1070" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1070" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00DA65C4" w:rsidP="00DA65C4" w:rsidRDefault="00DA65C4" w14:paraId="6D41DF98" w14:textId="1B285E8B">
+                  <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="008A4EB9" w:rsidP="00413A60" w:rsidRDefault="00413A60" w14:paraId="058CDD4D" w14:textId="448A65ED">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-65405</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669200" cy="2160000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4669200" cy="2160000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="72D45401" w14:textId="0A2CCBAA">
+                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
-          <w:pict w14:anchorId="6D3B041F">
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5B7982AB">
+          <w:pict>
+            <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1071" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1071" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00413A60" w:rsidRDefault="00413A60" w14:paraId="685B7E76" w14:textId="0A2CCBAA">
+                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0A4AF5A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03E46997"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="96C69FA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15149,373 +15905,373 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04915B89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D42E6CF2"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DF67F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75525A52"/>
     <w:lvl w:ilvl="0" w:tplc="A0D81926">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07F0337A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1E54CEB4"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E9F19BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="607CD4AA"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15586,248 +16342,248 @@
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="135A157B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65667058"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1480309A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B82C9A8"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18192E17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F25EC432"/>
     <w:lvl w:ilvl="0" w:tplc="041D000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -15976,260 +16732,260 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7475" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D074A65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E104E4E6"/>
     <w:lvl w:ilvl="0" w:tplc="F49A5562">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="FaktarutaLista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D520AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9E412AC"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DB01FF9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7DDE522E"/>
     <w:lvl w:ilvl="0" w:tplc="4516B4DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16291,768 +17047,768 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7112" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FEA793D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F60CEF00"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2AD61EB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34AC2A58"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A42FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09EA9066"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDF0BC38"/>
     <w:lvl w:ilvl="0" w:tplc="34668BAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2517" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3237" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3957" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4677" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40C928FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AE0B72A"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42196C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="741857FC"/>
     <w:lvl w:ilvl="0" w:tplc="71B6B2F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="509A70B2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="041D001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -17111,147 +17867,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51AB58F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97200AA0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52D75181"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB3CE474"/>
     <w:lvl w:ilvl="0" w:tplc="DA208632">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Punktlistanumrerad"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
@@ -17324,248 +18080,248 @@
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Liststycke"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="575E01E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E154E454"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B60324F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="041D001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17651,719 +18407,719 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C0E51D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFD06A26"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D0C6DE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8DC8D0C"/>
     <w:lvl w:ilvl="0" w:tplc="3AD687CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D3BA2026" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="DB167BFA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="A1D4D410" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0696137A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="70606DBC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2416AB94" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D12E7074" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6F207B9C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66C5606C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D07CB354"/>
     <w:lvl w:ilvl="0" w:tplc="68E471A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista2ibilagornasfldesbilder"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
         <w:imprint w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="00A28CBA" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="4AE6D83A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="E11EFBA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3164" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FB7EB736" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3884" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="008C6C12" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4604" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="89F291BE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5324" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="885E21D0" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="787EED20" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="706B1852"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4FB2CAB0"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier" w:hAnsi="Courier"/>
+        <w:rFonts w:ascii="Courier" w:hAnsi="Courier" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C077AA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC0C0DE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1712" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2432" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3152" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3872" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5312" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6032" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6752" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EA41BCB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CAEC6EFE"/>
     <w:lvl w:ilvl="0" w:tplc="041D0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041D0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1909921896">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1367871050">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="164058872">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="861477783">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1280868239">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="444931515">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="739910959">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="391579451">
@@ -18432,71 +19188,71 @@
   <w:num w:numId="28" w16cid:durableId="1570195221">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="664552318">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="2007201291">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="623535812">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1331299401">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1449425404">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="814877309">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions w:val="false"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
@@ -18554,50 +19310,51 @@
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001E5B08"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00242D63"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="002725FC"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="0028114F"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0973"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F6059"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
@@ -18631,50 +19388,51 @@
     <w:rsid w:val="003F1ACF"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E28EF"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F727F"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00552841"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
@@ -18818,50 +19576,51 @@
     <w:rsid w:val="00A13A31"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
+    <w:rsid w:val="00AE7069"/>
     <w:rsid w:val="00AF3AE0"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
@@ -18960,192 +19719,193 @@
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FB6947"/>
     <w:rsid w:val="00FC4F36"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD5B22"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="0590E712"/>
+    <w:rsid w:val="06BB5214"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="67097D16"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="76D855CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
-      <v:stroke weight="1pt" color="#4a773c"/>
-      <v:shadow opacity="24903f" offset="0,.55556mm" origin=",.5"/>
+      <v:stroke color="#4a773c" weight="1pt"/>
+      <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
-  <w15:docId w15:val="{F31ED5EB-BAE6-41D5-B90B-BBE33AD31398}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:semiHidden="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19170,75 +19930,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:locked="1" w:uiPriority="29" w:semiHidden="1"/>
-    <w:lsdException w:name="Intense Quote" w:locked="1" w:uiPriority="30" w:semiHidden="1"/>
+    <w:lsdException w:name="Quote" w:locked="1" w:semiHidden="1" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:locked="1" w:semiHidden="1" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -19273,57 +20033,57 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:uiPriority="19" w:semiHidden="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:locked="1" w:semiHidden="1" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:locked="1" w:semiHidden="1" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:locked="1" w:semiHidden="1" w:uiPriority="33"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -19381,729 +20141,729 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik1Char"/>
     <w:qFormat/>
     <w:rsid w:val="001108C0"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Rubrik9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:ind w:left="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Standardstycketeckensnitt" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Normaltabell" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Ingenlista" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell1">
     <w:name w:val="Plain Table 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Bildtext" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bildtext">
     <w:name w:val="Bildtext"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF70BB"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="160" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikliten" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikliten">
     <w:name w:val="Sidrubrik liten"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="2"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidrubrikstor" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidfot">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidfotChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Avdelaresidfot" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sidhuvud">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SidhuvudChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sidnummer">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:semiHidden/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Metadata" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
     <w:name w:val="Rubrik 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
     <w:link w:val="Rubrik1"/>
     <w:rsid w:val="001108C0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="MS Gothic" w:hAnsi="Verdana"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Allmntstyckeformat" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidfotChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
     <w:name w:val="Sidfot Char"/>
     <w:link w:val="Sidfot"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rubrik">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="RubrikChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FaktarutaLista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="RubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
     <w:name w:val="Rubrik Char"/>
     <w:link w:val="Rubrik"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="MS Gothic"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ballongtext">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BallongtextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BallongtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
     <w:name w:val="Ballongtext Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platshllartext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Faktarutarubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
     <w:basedOn w:val="Rubrik2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
     <w:name w:val="Rubrik 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik2"/>
     <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
     <w:name w:val="Rubrik 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="008D124E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Verdana" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
     <w:name w:val="Rubrik 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
     <w:name w:val="Rubrik 5 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Liststycke">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Normalefterlista" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DB0264"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:ind w:right="142"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Omslagsrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="OmslagsrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="UnderrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UnderrubrikVGR">
     <w:name w:val="Underrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="UnderrubrikVGRChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnderrubrikVGRChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikVGRChar">
     <w:name w:val="Underrubrik VGR Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="UnderrubrikVGR"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00B14487"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002F6059"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8919"/>
       </w:tabs>
       <w:ind w:left="993" w:right="0"/>
     </w:pPr>
@@ -20170,609 +20930,609 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Innehll9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MellanrubrikVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="008D124E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Fotnotsreferens">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Formatmall1" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Formatmall1Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FotnotVGR" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B14487"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-        <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlnk">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellrutnt">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
     <w:name w:val="Light Grid Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
     <w:name w:val="Light Grid Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="006298" w:themeColor="accent1" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-          <w:insideV w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="006298" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -20781,94 +21541,94 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
@@ -20877,496 +21637,496 @@
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
     <w:name w:val="Light List Accent 6"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="71B2C9" w:themeColor="accent6" w:sz="6" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:color="71B2C9" w:themeColor="accent6" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
     <w:name w:val="Light Shading Accent 1"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
-        <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="nil"/>
-          <w:bottom w:val="single" w:color="006298" w:themeColor="accent1" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="VGRtabell" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
       <w:tcMar>
         <w:top w:w="113" w:type="dxa"/>
         <w:bottom w:w="113" w:type="dxa"/>
       </w:tcMar>
       <w:vAlign w:val="center"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:tblPr/>
       <w:trPr>
         <w:tblHeader/>
       </w:trPr>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF" w:sz="4" w:space="0"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell51" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabellrubrik" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Punktlista">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="Oformateradtabell3">
     <w:name w:val="Plain Table 3"/>
     <w:basedOn w:val="Normaltabell"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
@@ -21433,234 +22193,234 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beskrivning">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SidhuvudChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
     <w:name w:val="Sidhuvud Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Sidhuvud"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rubrik9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik9Char">
     <w:name w:val="Rubrik 9 Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Rubrik9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Brdtext">
     <w:name w:val="Body Text"/>
     <w:aliases w:val="(=Löpande text)"/>
     <w:link w:val="BrdtextChar"/>
     <w:rsid w:val="009A32ED"/>
     <w:pPr>
       <w:spacing w:after="160"/>
       <w:ind w:left="2676"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BrdtextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BrdtextChar">
     <w:name w:val="Brödtext Char"/>
     <w:aliases w:val="(=Löpande text) Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Brdtext"/>
     <w:rsid w:val="009A32ED"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tabell" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabell">
     <w:name w:val="Tabell"/>
     <w:link w:val="TabellChar"/>
     <w:qFormat/>
     <w:rsid w:val="00831C35"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:right="-142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TabellChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TabellChar">
     <w:name w:val="Tabell Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Tabell"/>
     <w:rsid w:val="00831C35"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="AnvndHyperlnk">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B97D4E"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Olstomnmnande">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00672EC3"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Underrubrik">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="UnderrubrikChar"/>
     <w:qFormat/>
     <w:rsid w:val="00DC63EA"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="0" w:line="264" w:lineRule="auto"/>
       <w:ind w:left="992"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnderrubrikChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnderrubrikChar">
     <w:name w:val="Underrubrik Char"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Underrubrik"/>
     <w:rsid w:val="00DC63EA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlistanumrerad" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistanumrerad">
     <w:name w:val="Punktlista numrerad"/>
     <w:qFormat/>
     <w:rsid w:val="00FB6947"/>
     <w:pPr>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868" w:hanging="357"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Brdtextibilagornasfldesbilder" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Brdtextibilagornasfldesbilder">
     <w:name w:val="Brödtext i bilagornas flödesbilder"/>
     <w:qFormat/>
     <w:rsid w:val="00C97372"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlistaibilagornasfldesbilder" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlistaibilagornasfldesbilder">
     <w:name w:val="Punktlista i bilagornas flödesbilder"/>
     <w:qFormat/>
     <w:rsid w:val="00C97372"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="24"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="284"/>
         <w:tab w:val="num" w:pos="360"/>
       </w:tabs>
       <w:ind w:left="284" w:hanging="284"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista2ibilagornasfldesbilder" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Punktlista2ibilagornasfldesbilder">
     <w:name w:val="Punktlista 2 i bilagornas flödesbilder"/>
     <w:qFormat/>
     <w:rsid w:val="00C97372"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="25"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="360"/>
         <w:tab w:val="left" w:pos="567"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
@@ -21699,51 +22459,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6722-486744593-243/SURROGATE/Gr%c3%a4nsdragning%20mellan%20Cytobase%20och%20Melior.pdf" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-207/SURROGATE/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6722-486744593-243/SURROGATE/Gr%c3%a4nsdragning%20mellan%20Cytobase%20och%20Melior.pdf" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-207/SURROGATE/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inera.atlassian.net/wiki/spaces/OIP/pages/2303165247/Manualer+och+checklistor" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/startpage?userType=0" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inera.atlassian.net/wiki/spaces/OIP/pages/2303165247/Manualer+och+checklistor" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-20/SURROGATE/Hyperglykemi%20vid%20akut%20sjukdom.pdf" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-145/SURROGATE/Personnummerhantering%20i%20Melior.pdf" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-494/surrogate/E-recept%20till%20patient%20med%20reservnummer%20eller%20samordningsnummer%2c%20S%c3%84S%20.pdf" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-20/SURROGATE/Hyperglykemi%20vid%20akut%20sjukdom.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/forskrivningskollen/" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn12114-489285722-107/surrogate/Doshandbok%20V%c3%a4stra%20G%c3%b6talandsregionen.pdf" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fass.se" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/totara/catalog/index.php?cfp_menu_verksamhetverks_67c4c%5b%5d=S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus&amp;catalog_fts=melior&amp;orderbykey=score&amp;itemstyle=wide" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-9/SURROGATE/Insuliner%2c%20utbytbara.pdf" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-494/surrogate/E-recept%20till%20patient%20med%20reservnummer%20eller%20samordningsnummer%2c%20S%c3%84S%20.pdf" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-9/SURROGATE/Insuliner%2c%20utbytbara.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-905/native/Regional%20rutin%20f%c3%b6r%20sp%c3%a4dning%20av%20intraven%c3%b6sa%20l%c3%a4kemedel%20vuxna%20VGR%20version%202.3.pdf" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-905/native/Regional%20rutin%20f%c3%b6r%20sp%c3%a4dning%20av%20intraven%c3%b6sa%20l%c3%a4kemedel%20vuxna%20VGR%20version%202.3.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-133/SURROGATE/Ordinationsmallar%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-96/surrogate/%c3%96ppenv%c3%a5rdsdos.pdf" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-133/SURROGATE/Ordinationsmallar%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/totara/catalog/index.php?cfp_menu_verksamhetverks_67c4c%5b%5d=S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus&amp;catalog_fts=melior&amp;orderbykey=score&amp;itemstyle=wide" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-96/surrogate/%c3%96ppenv%c3%a5rdsdos.pdf" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-151/SURROGATE/Preoperativa%20f%c3%b6rberedelser%20f%c3%b6r%20operationsavdelningarna%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-145/SURROGATE/Personnummerhantering%20i%20Melior.pdf" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn12114-489285722-107/surrogate/Doshandbok%20V%c3%a4stra%20G%c3%b6talandsregionen.pdf" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-151/SURROGATE/Preoperativa%20f%c3%b6rberedelser%20f%c3%b6r%20operationsavdelningarna%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-132/SURROGATE/Ordination%20och%20hantering%20av%20l%c3%a4kemedel%20i%20h%c3%a4lso-%20och%20sjukv%c3%a5rd%20enligt%20HSLF%c2%adFS%202017.37%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/forskrivningskollen/" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-970/surrogate/F%c3%b6rskrivning%20av%20l%c3%a4kemedel%20till%20patient%20vid%20%c3%b6verf%c3%b6ring%20mellan%20v%c3%a5rdenheter.pdf" TargetMode="External" Id="R38ce445717214e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-970/surrogate/F%c3%b6rskrivning%20av%20l%c3%a4kemedel%20till%20patient%20vid%20%c3%b6verf%c3%b6ring%20mellan%20v%c3%a5rdenheter.pdf" TargetMode="External" Id="R94fb21fa68f64bf4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-133/SURROGATE/Ordinationsmallar%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-151/SURROGATE/Preoperativa%20f%c3%b6rberedelser%20f%c3%b6r%20operationsavdelningarna%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-145/SURROGATE/Personnummerhantering%20i%20Melior.pdf" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-970/surrogate/F%c3%b6rskrivning%20av%20l%c3%a4kemedel%20till%20patient%20vid%20%c3%b6verf%c3%b6ring%20mellan%20v%c3%a5rdenheter.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6722-486744593-243/SURROGATE/Gr%c3%a4nsdragning%20mellan%20Cytobase%20och%20Melior.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inera.atlassian.net/wiki/spaces/OIP/pages/2303165247/Manualer+och+checklistor" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-207/SURROGATE/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-132/SURROGATE/Ordination%20och%20hantering%20av%20l%c3%a4kemedel%20i%20h%c3%a4lso-%20och%20sjukv%c3%a5rd%20enligt%20HSLF%c2%adFS%202017.37%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/forskrivningskollen/" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-145/SURROGATE/Personnummerhantering%20i%20Melior.pdf" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-905/native/Regional%20rutin%20f%c3%b6r%20sp%c3%a4dning%20av%20intraven%c3%b6sa%20l%c3%a4kemedel%20vuxna%20VGR%20version%202.3.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-96/surrogate/%c3%96ppenv%c3%a5rdsdos.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-151/SURROGATE/Preoperativa%20f%c3%b6rberedelser%20f%c3%b6r%20operationsavdelningarna%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/forskrivningskollen/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/startpage?userType=0" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-20/SURROGATE/Hyperglykemi%20vid%20akut%20sjukdom.pdf" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-970/surrogate/F%c3%b6rskrivning%20av%20l%c3%a4kemedel%20till%20patient%20vid%20%c3%b6verf%c3%b6ring%20mellan%20v%c3%a5rdenheter.pdf" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-494/surrogate/E-recept%20till%20patient%20med%20reservnummer%20eller%20samordningsnummer%2c%20S%c3%84S%20.pdf" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn12114-489285722-107/surrogate/Doshandbok%20V%c3%a4stra%20G%c3%b6talandsregionen.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fass.se" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-207/SURROGATE/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-494/surrogate/E-recept%20till%20patient%20med%20reservnummer%20eller%20samordningsnummer%2c%20S%c3%84S%20.pdf" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inera.atlassian.net/wiki/spaces/OIP/pages/2303165247/Manualer+och+checklistor" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-20/SURROGATE/Hyperglykemi%20vid%20akut%20sjukdom.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/totara/catalog/index.php?cfp_menu_verksamhetverks_67c4c%5b%5d=S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus&amp;catalog_fts=melior&amp;orderbykey=score&amp;itemstyle=wide" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-9/SURROGATE/Insuliner%2c%20utbytbara.pdf" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-905/native/Regional%20rutin%20f%c3%b6r%20sp%c3%a4dning%20av%20intraven%c3%b6sa%20l%c3%a4kemedel%20vuxna%20VGR%20version%202.3.pdf" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-133/SURROGATE/Ordinationsmallar%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/totara/catalog/index.php?cfp_menu_verksamhetverks_67c4c%5b%5d=S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus&amp;catalog_fts=melior&amp;orderbykey=score&amp;itemstyle=wide" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn12114-489285722-107/surrogate/Doshandbok%20V%c3%a4stra%20G%c3%b6talandsregionen.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-96/surrogate/%c3%96ppenv%c3%a5rdsdos.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6722-486744593-243/SURROGATE/Gr%c3%a4nsdragning%20mellan%20Cytobase%20och%20Melior.pdf" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/" TargetMode="External" Id="rId55" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -22027,52 +22787,59 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...11 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>29</Pages>
+  <Words>5070</Words>
+  <Characters>34941</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>962</Lines>
+  <Paragraphs>328</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>39820</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Läkemedelsdokumentation på SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
-  <lastModifiedBy>Mona Johansson</lastModifiedBy>
-  <revision>2</revision>
+  <lastModifiedBy/>
+  <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>