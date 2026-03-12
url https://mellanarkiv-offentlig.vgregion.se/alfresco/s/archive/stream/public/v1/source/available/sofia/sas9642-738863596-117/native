--- v1 (2025-12-17)
+++ v2 (2026-03-12)
@@ -24,1488 +24,1497 @@
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="061914D4" w14:textId="3FF4404B" w:rsidR="00184167" w:rsidRDefault="00AF3AE0" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc321146591"/>
       <w:r w:rsidRPr="00AF3AE0">
         <w:t>Läkemedelsdokumentation på SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BC1DCA" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc100327184"/>
       <w:bookmarkStart w:id="2" w:name="_Toc181866756"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc207799061"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc223694966"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="4EA6C4B6" w14:textId="3F3CB5ED" w:rsidR="009A32ED" w:rsidRPr="007A334E" w:rsidRDefault="00D4788C" w:rsidP="00D4788C">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00D4788C">
         <w:t>Korrigering i bilaga 3 av hantering av e-recept för patienter med samordningsnummer. Redaktionella ändringar, tillägg av Nationella läkemedelslistan (NLL) samt uppdatering efter regionala riktlinjer.</w:t>
       </w:r>
       <w:r w:rsidR="009A32ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BCFD87" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc100327185"/>
       <w:bookmarkStart w:id="5" w:name="_Toc181866757"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc207799062"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc223694967"/>
       <w:bookmarkStart w:id="7" w:name="_Toc72840807"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="305361E2" w14:textId="6E266ED8" w:rsidR="009A32ED" w:rsidRDefault="00552841" w:rsidP="00552841">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r w:rsidRPr="00552841">
         <w:t>Riktlinjen beskriver rutiner vid läkemedelsrelaterade aktiviteter i Melior och Pascal. I första hand vänder sig dokumentet till förskrivare och kompletterar regionala rutiner för läkemedelshantering. Riktlinjen beskriver lämplig arbetsordning för att undvika läkemedelsrelaterade fel såväl under vårdkontakter som vid vårdens övergångar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421D2184" w14:textId="77777777" w:rsidR="00DB0264" w:rsidRPr="003A0A6A" w:rsidRDefault="00DB0264" w:rsidP="00DB0264">
       <w:pPr>
         <w:spacing w:before="360" w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A0A6A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E5FC0B" w14:textId="5935FD7A" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="1D8B2F9A" w14:textId="595E4B13" w:rsidR="00282720" w:rsidRDefault="002F6059">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc207799061" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694966" w:history="1">
+        <w:r w:rsidR="00282720" w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00282720">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00282720">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00282720">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799061 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694966 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00282720">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00282720">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00282720">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00282720">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D0339B1" w14:textId="4A180020" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="7FADDB04" w14:textId="0403DCEE" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799062" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694967" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799062 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694967 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0FC91358" w14:textId="10C91496" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="4BB831DF" w14:textId="4C973E49" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799063" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694968" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Begreppsförklaringar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799063 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694968 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FF7DADB" w14:textId="07AB12A8" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="745E16F1" w14:textId="0621638A" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799064" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694969" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799064 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694969 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5293CCC3" w14:textId="6C628C34" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="58A32112" w14:textId="3FA47713" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799065" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694970" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799065 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694970 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B234071" w14:textId="61DAFBDD" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
+    <w:p w14:paraId="0538A3C2" w14:textId="712B84DB" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799066" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694971" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ordination av läkemedel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799066 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694971 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="626BDC3B" w14:textId="11F4D261" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
+    <w:p w14:paraId="68EEF263" w14:textId="3F317E7D" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799067" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694972" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentation av läkemedelsöverkänslighet och läkemedelsbiverkan</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799067 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694972 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EECB194" w14:textId="39CAF376" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
+    <w:p w14:paraId="31D5A08C" w14:textId="4C733BBF" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799068" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694973" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förskrivning av läkemedel</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799068 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694973 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3965550E" w14:textId="14653AE7" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
+    <w:p w14:paraId="6B7CF9DE" w14:textId="3DAC3BAF" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799069" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694974" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Avslut av vårdkontakt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799069 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694974 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7F7CCF33" w14:textId="07A13AC0" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
+    <w:p w14:paraId="348A9FC7" w14:textId="5E45EA0A" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799070" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694975" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Hantering av läkemedelslista</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799070 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694975 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7225E4EA" w14:textId="0CE45F2D" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
+    <w:p w14:paraId="45205EF3" w14:textId="4C5C9E29" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799071" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694976" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Funktioner som </w:t>
         </w:r>
-        <w:r w:rsidRPr="00010517">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>inte</w:t>
         </w:r>
-        <w:r w:rsidRPr="00010517">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve"> ska användas i Melior</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799071 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694976 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32CBDBEC" w14:textId="2F946F52" w:rsidR="002F6059" w:rsidRDefault="002F6059" w:rsidP="002F6059">
+    <w:p w14:paraId="05E758F6" w14:textId="7860E624" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799072" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694977" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Utbildning och uppföljning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799072 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694977 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51C0AA66" w14:textId="1CCC0C2D" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="174C9030" w14:textId="523133B7" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799073" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694978" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Arbetsgrupp</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799073 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694978 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>22</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6755F7B3" w14:textId="7520F7CC" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="6F444B77" w14:textId="5C2CEB89" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799074" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694979" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Källförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799074 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694979 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>22</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="680C7666" w14:textId="4F20D1E2" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="2A0FFFC1" w14:textId="4BBDEC31" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799075" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694980" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 1 - Flödesschema: Inskrivning och ordination i</w:t>
         </w:r>
-        <w:r w:rsidRPr="00010517">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
             <w:noProof/>
             <w:kern w:val="32"/>
           </w:rPr>
-          <w:t xml:space="preserve"> slutenvård</w:t>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00FB4DB5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlnk"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:noProof/>
+            <w:kern w:val="32"/>
+          </w:rPr>
+          <w:t>slutenvård</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799075 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694980 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4127283B" w14:textId="02E6F413" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="42D35BC4" w14:textId="35D34A77" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799076" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694981" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 2 - Doseringstider som genererar klockslag</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799076 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694981 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>26</w:t>
+          <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="163F3EF8" w14:textId="3C0534D8" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="41744113" w14:textId="7723EED3" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799077" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694982" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 3 - Begränsningar för e-recept</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799077 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694982 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>27</w:t>
+          <w:t>26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="135F7A47" w14:textId="712F370F" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="23F14BB3" w14:textId="3B646285" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799078" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694983" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 4 - Flödesschema: Utskrivning från slutenvård</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799078 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694983 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>28</w:t>
+          <w:t>27</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50E2A286" w14:textId="113191AE" w:rsidR="002F6059" w:rsidRDefault="002F6059">
+    <w:p w14:paraId="7AF1C4AD" w14:textId="2DD9A118" w:rsidR="00282720" w:rsidRDefault="00282720">
       <w:pPr>
         <w:pStyle w:val="Innehll1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc207799079" w:history="1">
-        <w:r w:rsidRPr="00010517">
+      <w:hyperlink w:anchor="_Toc223694984" w:history="1">
+        <w:r w:rsidRPr="00FB4DB5">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Bilaga 5 – Exempel där förmånsberättigande saknas</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc207799079 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc223694984 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>29</w:t>
+          <w:t>28</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C79A789" w14:textId="2181D961" w:rsidR="00DB0264" w:rsidRDefault="002F6059" w:rsidP="00DB0264">
+    <w:p w14:paraId="5C79A789" w14:textId="281318F6" w:rsidR="00DB0264" w:rsidRDefault="002F6059" w:rsidP="00DB0264">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78585777" w14:textId="458D3853" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc207799063"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc223694968"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Begreppsförklaringar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="70205EE6" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Aktuella_ordinationer"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E58256" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsmodulen i Melior avsedd för öppenvård. Utgör patientens läkemedelslista på SÄS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13C5DC8F" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
@@ -1524,70 +1533,70 @@
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Inlagd information bör innehålla datum, där det är relevant, så att texten kan tas bort när informationen är inaktuell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FAA011" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Dosexpedition i öppenvård</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74DB8F3A" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:r w:rsidRPr="003530AA">
         <w:t>Dosförpackade läkemedel i öppenvård. Hanteras via Pascal och förpackas samt levereras av upphandlad leverantör. Patienter med dosexpedition i öppenvård benämns i denna riktlinje som ”Patient med dosexpedition/Pascal”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2612A938" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
+        <w:t>Licensläkemedel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F29AA4" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Läkemedel som inte är godkända i Sverige kan förskrivas på licens. Kräver ett godkännande från Läkemedelsverket.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A23627D" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
+      <w:pPr>
+        <w:pStyle w:val="MellanrubrikVGR"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
         <w:lastRenderedPageBreak/>
-        <w:t>Licensläkemedel</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
         <w:t>Extemporeberedning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1A86383E" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedel med viss läkemedelsform och styrka som tillverkas på apotek eller verksamhet med särskilt tillstånd för detta, för ett visst tillfälle, en viss patient eller en viss sjukvårdsenhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A286C68" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="003530AA" w:rsidRDefault="00C666B8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelsberättelse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BD38900" w14:textId="77777777" w:rsidR="00C666B8" w:rsidRPr="00BB4ECC" w:rsidRDefault="00C666B8" w:rsidP="00C666B8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
@@ -1681,91 +1690,94 @@
     </w:p>
     <w:p w14:paraId="1EA6787F" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:r w:rsidRPr="003530AA">
         <w:t>Användargränssnitt till dosexpedition i öppenvård för läkare och sjuksköterskor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736950C3" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc256000425"/>
       <w:bookmarkStart w:id="11" w:name="_Toc256000383"/>
       <w:bookmarkStart w:id="12" w:name="_Toc256000341"/>
       <w:bookmarkStart w:id="13" w:name="_Toc256000299"/>
       <w:bookmarkStart w:id="14" w:name="_Toc256000144"/>
       <w:bookmarkStart w:id="15" w:name="_Toc256000005"/>
       <w:bookmarkStart w:id="16" w:name="_Toc525659222"/>
       <w:bookmarkStart w:id="17" w:name="_Toc532909496"/>
       <w:bookmarkStart w:id="18" w:name="_Toc532984140"/>
       <w:bookmarkStart w:id="19" w:name="_Toc532987731"/>
       <w:bookmarkStart w:id="20" w:name="_Toc256000068"/>
       <w:bookmarkStart w:id="21" w:name="_Toc256000134"/>
       <w:bookmarkStart w:id="22" w:name="_Toc256000198"/>
       <w:bookmarkStart w:id="23" w:name="_Toc73355306"/>
       <w:bookmarkStart w:id="24" w:name="_Toc73431008"/>
-      <w:bookmarkStart w:id="25" w:name="_Toc207799064"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="25" w:name="_Toc223694969"/>
+      <w:r w:rsidRPr="003530AA">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="2A4C449F" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Riktlinjen är en komplettering till gällande </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="003E5192">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regiongemensam rutin för läkemedelshantering</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AF1644C" w14:textId="77777777" w:rsidR="00820EC1" w:rsidRPr="003530AA" w:rsidRDefault="00820EC1" w:rsidP="00820EC1">
       <w:r>
-        <w:t xml:space="preserve">SÄS använder i huvudsak journalsystemet Melior och dess läkemedelsmoduler för läkemedelsdokumentation. Vid behov kan ytterligare information infogas i textmodulen. </w:t>
+        <w:t xml:space="preserve">SÄS använder i huvudsak journalsystemet Melior och dess läkemedelsmoduler för läkemedelsdokumentation. Vid behov kan </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ytterligare information infogas i textmodulen. </w:t>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="_Hlk61528929"/>
       <w:r>
         <w:t>I vissa fall kan läkemedel ordineras i de länkade systemen AVK-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>journalia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, diabetesjournalen, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>cytostatikajournalen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>AmbuLink</w:t>
       </w:r>
@@ -1829,93 +1841,93 @@
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00B12B1F">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Pascal handbok</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37C7076C" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="00065A6B" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="_Toc100327192"/>
       <w:bookmarkStart w:id="28" w:name="_Toc181866761"/>
-      <w:bookmarkStart w:id="29" w:name="_Toc207799065"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc223694970"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00065A6B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Utförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="078048DC" w14:textId="77777777" w:rsidR="001E5B08" w:rsidRPr="003530AA" w:rsidRDefault="001E5B08" w:rsidP="001E5B08">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc256000427"/>
       <w:bookmarkStart w:id="31" w:name="_Toc256000385"/>
       <w:bookmarkStart w:id="32" w:name="_Toc256000343"/>
       <w:bookmarkStart w:id="33" w:name="_Toc256000301"/>
       <w:bookmarkStart w:id="34" w:name="_Toc256000259"/>
       <w:bookmarkStart w:id="35" w:name="_Toc256000013"/>
       <w:bookmarkStart w:id="36" w:name="_Toc402174964"/>
       <w:bookmarkStart w:id="37" w:name="_Toc460320022"/>
       <w:bookmarkStart w:id="38" w:name="_Toc256000007"/>
       <w:bookmarkStart w:id="39" w:name="_Toc256000050"/>
       <w:bookmarkStart w:id="40" w:name="_Toc460595288"/>
       <w:bookmarkStart w:id="41" w:name="_Toc256000093"/>
       <w:bookmarkStart w:id="42" w:name="_Toc256000136"/>
       <w:bookmarkStart w:id="43" w:name="_Toc256000179"/>
       <w:bookmarkStart w:id="44" w:name="_Toc256000222"/>
       <w:bookmarkStart w:id="45" w:name="_Toc524080344"/>
       <w:bookmarkStart w:id="46" w:name="_Toc525659224"/>
       <w:bookmarkStart w:id="47" w:name="_Toc532909498"/>
       <w:bookmarkStart w:id="48" w:name="_Toc532984142"/>
       <w:bookmarkStart w:id="49" w:name="_Toc532987733"/>
       <w:bookmarkStart w:id="50" w:name="_Toc256000074"/>
       <w:bookmarkStart w:id="51" w:name="_Toc256000142"/>
       <w:bookmarkStart w:id="52" w:name="_Toc256000206"/>
       <w:bookmarkStart w:id="53" w:name="_Toc73355308"/>
       <w:bookmarkStart w:id="54" w:name="_Toc73431010"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc207799066"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc223694971"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Ordination av läkemedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
@@ -2054,80 +2066,77 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Vid ordination av vid behovs-läkemedel ska </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>maxdos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> anges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AEC7219" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="00666C20">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve">Vid tidsbegränsad ordination ska läkemedlet sättas ut på rätt datum, antingen manuellt eller genom att ange behandlingstid redan vid insättningen. I de fall informationen behöver synas </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">på läkemedelslista anges behandlingslängden i </w:t>
+        <w:t xml:space="preserve">Vid tidsbegränsad ordination ska läkemedlet sättas ut på rätt datum, antingen manuellt eller genom att ange behandlingstid redan vid insättningen. I de fall informationen behöver synas på läkemedelslista anges behandlingslängden i </w:t>
       </w:r>
       <w:r w:rsidRPr="00666C20">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anvisningsrutan</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> med utsättningsdatum, inte antalet behandlingsdagar. Om någon annan åtgärd eller läkemedelsändring planeras vid utsättningen ska det också anges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE21C53" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="73" w:name="_Läkemedelsgenomgång"/>
       <w:bookmarkStart w:id="74" w:name="_Toc256000429"/>
       <w:bookmarkStart w:id="75" w:name="_Toc256000387"/>
       <w:bookmarkStart w:id="76" w:name="_Toc256000345"/>
       <w:bookmarkStart w:id="77" w:name="_Toc256000303"/>
       <w:bookmarkStart w:id="78" w:name="_Toc256000261"/>
       <w:bookmarkStart w:id="79" w:name="_Toc73355310"/>
       <w:bookmarkStart w:id="80" w:name="_Toc73431012"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Läkemedelsgenomgång</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
       <w:bookmarkEnd w:id="79"/>
       <w:bookmarkEnd w:id="80"/>
     </w:p>
     <w:p w14:paraId="6C655D90" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid inskrivning i slutenvård och vid öppenvårdskontakt ska enkel läkemedelsgenomgång genomföras enligt riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00170522">
           <w:rPr>
@@ -2341,83 +2350,86 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2A233BB3" w14:textId="77777777" w:rsidR="009E51E8" w:rsidRPr="003530AA" w:rsidRDefault="009E51E8" w:rsidP="009E51E8">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>För nyinsatta preparat</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57DC92AE" w14:textId="77777777" w:rsidR="00D44981" w:rsidRDefault="009E51E8" w:rsidP="00D44981">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vid dosändringar av tidigare ordinerade läkemedel där nytt recept måste utfärdas </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D6C84B" w14:textId="727D9C28" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="992"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Pilning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> genererar utdelningstillfällen och måste därför göras i god tid (normalt till nästföljande rond) för att underlätta utdelning. Den pilande läkaren bär ansvaret för ordinationen, inte den ursprungliga insättaren. Ordinationer som görs i </w:t>
       </w:r>
       <w:r w:rsidRPr="00D44981">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> utanför </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>rondtid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
-        <w:t xml:space="preserve"> ska dessutom meddelas till sjuksköterska eftersom förberedelsearbete inför utdelning redan kan ha slutförts. Ordinationer som förmedlas muntligen till sjuksköterska måste dokumenteras i </w:t>
+        <w:t xml:space="preserve"> ska dessutom meddelas till sjuksköterska eftersom förberedelsearbete inför utdelning redan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">kan ha slutförts. Ordinationer som förmedlas muntligen till sjuksköterska måste dokumenteras i </w:t>
       </w:r>
       <w:r w:rsidRPr="00D44981">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> i efterhand, antingen av läkaren eller av mottagande sjuksköterska. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CEA7C9" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="97" w:name="_Patienter_med_dosexpedition/Pascal"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Patienter med dosexpedition/Pascal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E0788E2" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:r w:rsidRPr="00BF29F9">
         <w:t>Vid längre vårdtid (mer än en vecka) ska vårdgivarna komma överens om vem som markerar patientstatus som vilande samt återaktiverar leverans av doser till patienten</w:t>
       </w:r>
@@ -2542,79 +2554,82 @@
     </w:p>
     <w:p w14:paraId="1B5C9041" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedel som ges återkommande på dagvårdsmottagning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4916C1C3" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">För att </w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> alltid ska visa en patients samtliga ordinationer krävs speciell hantering enligt nedan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09143FDE" w14:textId="77777777" w:rsidR="000712F7" w:rsidRPr="003530AA" w:rsidRDefault="000712F7" w:rsidP="00D44981">
       <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">En pm-ordination av preparatet ska finnas i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000712F7">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Aktuella ordinationer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve"> med en tydlig anvisning om dos, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000712F7">
+        <w:rPr>
+          <w:rFonts w:ascii="DPWML H+ Times New" w:hAnsi="DPWML H+ Times New" w:cs="DPWML H+ Times New"/>
+        </w:rPr>
+        <w:t xml:space="preserve">administreringssätt, schema, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>ansvarig enhet och, o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000712F7">
+        <w:rPr>
+          <w:rFonts w:ascii="DPWML H+ Times New" w:hAnsi="DPWML H+ Times New" w:cs="DPWML H+ Times New"/>
+        </w:rPr>
+        <w:t>m tillämpligt, en hänvisning till gällande styrdokument</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>. Vid behandlingstillfälle ska ytterligare en ordination av preparatet, inklusive ev. droppvätskor och tillhörande ordinationer, ordineras i ordinationsöversikten och sättas ut på rätt dag. Således kommer en dubbelordination finnas av preparatet under behandlingsdagen/-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">En pm-ordination av preparatet ska finnas i </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">. Vid behandlingstillfälle ska ytterligare en ordination av preparatet, inklusive ev. droppvätskor och tillhörande ordinationer, ordineras i ordinationsöversikten och sättas ut på rätt dag. Således kommer en dubbelordination finnas av preparatet under behandlingsdagen/-dagarna. Med fördel </w:t>
+        <w:t xml:space="preserve">dagarna. Med fördel </w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">kan </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>ordinationsmallar</w:t>
       </w:r>
       <w:r w:rsidRPr="000712F7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> användas</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">, se rubrik </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Ordinationsmallar_1" w:history="1">
         <w:r w:rsidRPr="004326FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Ordinationsmallar</w:t>
@@ -2773,96 +2788,96 @@
       <w:r w:rsidRPr="003530AA">
         <w:t>samt muntligen framföras till sjuksköterska för att förhindra generiskt utbyte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361252A8" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="139" w:name="_Toc256000433"/>
       <w:bookmarkStart w:id="140" w:name="_Toc256000391"/>
       <w:bookmarkStart w:id="141" w:name="_Toc256000349"/>
       <w:bookmarkStart w:id="142" w:name="_Toc256000307"/>
       <w:bookmarkStart w:id="143" w:name="_Toc256000265"/>
       <w:bookmarkStart w:id="144" w:name="_Toc256000019"/>
       <w:bookmarkStart w:id="145" w:name="_Toc524080350"/>
       <w:bookmarkStart w:id="146" w:name="_Toc525659230"/>
       <w:bookmarkStart w:id="147" w:name="_Toc532909504"/>
       <w:bookmarkStart w:id="148" w:name="_Toc532984148"/>
       <w:bookmarkStart w:id="149" w:name="_Toc532987739"/>
       <w:bookmarkStart w:id="150" w:name="_Toc256000083"/>
       <w:bookmarkStart w:id="151" w:name="_Toc256000148"/>
       <w:bookmarkStart w:id="152" w:name="_Toc256000213"/>
       <w:bookmarkStart w:id="153" w:name="_Toc73355314"/>
       <w:bookmarkStart w:id="154" w:name="_Toc73431016"/>
       <w:r w:rsidRPr="003530AA">
-        <w:lastRenderedPageBreak/>
         <w:t>Doseringsmetoder och scheman</w:t>
       </w:r>
       <w:bookmarkEnd w:id="139"/>
       <w:bookmarkEnd w:id="140"/>
       <w:bookmarkEnd w:id="141"/>
       <w:bookmarkEnd w:id="142"/>
       <w:bookmarkEnd w:id="143"/>
       <w:bookmarkEnd w:id="144"/>
       <w:bookmarkEnd w:id="145"/>
       <w:bookmarkEnd w:id="146"/>
       <w:bookmarkEnd w:id="147"/>
       <w:bookmarkEnd w:id="148"/>
       <w:bookmarkEnd w:id="149"/>
       <w:bookmarkEnd w:id="150"/>
       <w:bookmarkEnd w:id="151"/>
       <w:bookmarkEnd w:id="152"/>
       <w:bookmarkEnd w:id="153"/>
       <w:bookmarkEnd w:id="154"/>
     </w:p>
     <w:p w14:paraId="77F9BD3C" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">För möjliga doseringsmetoder som automatiskt genererar klockslag, se </w:t>
       </w:r>
       <w:hyperlink w:anchor="Bilaga2" w:history="1">
         <w:r w:rsidRPr="00BC10C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>bilaga 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>. Vid ordination via schema är dagligen förvalt. Om något annat än dagligen önskas väljs i första hand schema med fasta veckodagar för att automatiskt skapa utdelningstillfällen på rätt veckodag. Andra scheman såsom varannan eller var tredje dag måste justeras vid inskrivning i slutenvård, genom att sättas in på rätt startdag.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42DDAE91" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="000530EC">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Övriga doseringsmetoder:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7ECF9C" w14:textId="77777777" w:rsidR="000530EC" w:rsidRPr="003530AA" w:rsidRDefault="000530EC" w:rsidP="00A13A31">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Lika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>med-metoden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> (=) används för att skapa egna tidpunkter för utdelning. Om ingen tid anges blir ordination ofullständig och genererar en varning vid fortsatt </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>pilning</w:t>
@@ -2999,110 +3014,110 @@
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">anvisningsrutan </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>de fall</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> upp-och nedtrappningen ska fortsätta efter vårdkontakten, så ordinationen tydligt framgår av läkemedelslista och recept.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A58225" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="157" w:name="_Toc402174981"/>
       <w:r w:rsidRPr="003530AA">
+        <w:t>Dose</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>nhet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C7E6F2D" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Doseringen ska i första hand anges som antalet tabletter/kapslar (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>st</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">) eller andra avdelade läkemedelsdoser (dos/-er) för inhalationer, spray och kräm. I övriga fall ska doseringen anges så tydligt som möjligt och i normalfallet som volym (ml, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>drp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">, cm). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797BF1DA" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003530AA">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Undantag från ovanstående: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22FA369A" w14:textId="77777777" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>Insuliner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:t>, lågmolekylärt heparin samt koagulationsfaktorer med styrkeangivelse angivet som ”IE” ska ordineras i enheter (E).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740D75E7" w14:textId="473C79D7" w:rsidR="00242D63" w:rsidRPr="003530AA" w:rsidRDefault="00242D63" w:rsidP="00242D63">
+      <w:pPr>
+        <w:pStyle w:val="Punktlista"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Dose</w:t>
-[...57 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">Parenterala </w:t>
       </w:r>
       <w:r w:rsidR="0590E712">
         <w:t xml:space="preserve">och orala lösningar av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0590E712">
         <w:t>opioider</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> morfin och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>oxikodon</w:t>
       </w:r>
@@ -3328,51 +3343,50 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ handläggning - Dokumentation i Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03AD528C" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="00A13A31" w:rsidRDefault="00DC63EA" w:rsidP="00A13A31">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Licens- och </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>extemporepreparat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="2B446A2D" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">De vanligaste ordinerade preparaten av icke-godkända läkemedel i Sverige finns under rullisten </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
@@ -3445,50 +3459,51 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Waran</w:t>
       </w:r>
       <w:bookmarkEnd w:id="186"/>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> och annan </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>antikoagulantia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="74118EF4" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Aktuell dos framgår i AVK-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>journalia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> om SÄS AK-mottagning är ordinerande enhet. I samband med slutenvård ansvarar dock avdelningsläkaren för ordinationen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A6262B" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRPr="003530AA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Waran</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> ordineras med ofullständig ordination (lika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>med-metoden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3609,55 +3624,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="187" w:name="_Toc402174975"/>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Insulin</w:t>
       </w:r>
       <w:bookmarkEnd w:id="187"/>
     </w:p>
     <w:p w14:paraId="6AAABFC6" w14:textId="77777777" w:rsidR="00DC63EA" w:rsidRDefault="00DC63EA" w:rsidP="00DC63EA">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Aktuell dos framgår i diabetesjournalen om patienten behandlas vid SÄS. Insulin ordineras med lika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>med-metoden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
-        <w:t>, så att utdelning kan sättas vid rätt tidpunkt och dosenheten ska vara ”E”. Insulinordination vid behov mot hyperglykemi vid akut sjukdom ordineras ”med pm-</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">metod” enligt riktlinje </w:t>
+        <w:t xml:space="preserve">, så att utdelning kan sättas vid rätt tidpunkt och dosenheten ska vara ”E”. Insulinordination vid behov mot hyperglykemi vid akut sjukdom ordineras ”med pm-metod” enligt riktlinje </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00105DE2">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Hyperglykemi vid akut sjukdom</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>. Vid utskrivning ska den aktuella insulin</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:softHyphen/>
         <w:t xml:space="preserve">ordinationen framgå av läkemedelslistan. För kostnadseffektivt val av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>insuliner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>, följs diabetesprocessens riktlinje ”</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -3701,51 +3712,55 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Särskilt om biologiska läkemedel</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F94835" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="003530AA" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r>
         <w:t xml:space="preserve">Enligt författning HSLF-FS 2017:37 ska eventuella biverkningsrapporter rörande biologiska läkemedel inkludera </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>batchnummer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> för given substans. För att det ska vara möjligt måste </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>batchnummer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> således antecknas vid varje utdelning av biologiska läkemedel, </w:t>
+        <w:t xml:space="preserve"> således antecknas vid varje utdelning av biologiska </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">läkemedel, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>t.ex.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> vacciner, plasmaderiverade produkter, enzymer, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>interferoner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> och poly- eller monoklonala antikroppar. Totalt rör det sig om knappt 2 000 substanser, men Melior saknar dedikerad funktion för registrering av </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>batchnummer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> eller signal till användaren när det behövs. På SÄS gäller därför tills vidare att utdelande sköterska om möjligt bör anteckna </w:t>
       </w:r>
@@ -3863,51 +3878,50 @@
           </w:rPr>
           <w:t xml:space="preserve"> och Melior</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FAACE82" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="00A13A31" w:rsidRDefault="008A4736" w:rsidP="00A13A31">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A13A31">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ordination via lokalt varuregister</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56C13F85" w14:textId="77777777" w:rsidR="008A4736" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r w:rsidRPr="003530AA">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Via lokalt varuregister ordineras </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>bl.a.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> blod- och nutritionsprodukter liksom </w:t>
       </w:r>
       <w:r>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>etaminkapslar. Det går inte att skicka e-recept på lokala varor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EAEB98B" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="00603EC9" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve">Vid behov av att </w:t>
       </w:r>
       <w:r>
         <w:t>ordinera</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
@@ -3923,50 +3937,51 @@
     <w:p w14:paraId="2010D660" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="00603EC9" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve">För att ordinera studieläkemedel </w:t>
       </w:r>
       <w:r>
         <w:t>välj</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> ”Studieläkemedel”</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> med aktuell beredningsform</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> lokalt varuregister. I anvisningsrutan ska studiens namn, studiesubstans samt styrka anges.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40FCE24A" w14:textId="77777777" w:rsidR="008A4736" w:rsidRPr="003530AA" w:rsidRDefault="008A4736" w:rsidP="008A4736">
       <w:r w:rsidRPr="00603EC9">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Information om och ansvarig för studien ska finnas i </w:t>
       </w:r>
       <w:r w:rsidRPr="003378A9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Patientbakgrunden</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
       <w:r>
         <w:t>”V</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t>iktig information – ingår i studie</w:t>
       </w:r>
       <w:r>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00603EC9">
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -4187,51 +4202,50 @@
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
     </w:p>
     <w:p w14:paraId="380E7D26" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">En enhets generella direktiv (benämns generella ordinationer i Melior) fastställs av respektive verksamhetschef eller av denne utsedd medicinskt ansvarig </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>(läkare</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>). För sidoplacerade</w:t>
       </w:r>
       <w:r>
         <w:t>/utlokaliserade</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> patienter används de generella direktiv som gäller på den avdelning där patienten vårdas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE3DE2B" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:r w:rsidRPr="003530AA">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Om behovet av en läkemedelsbehandling, som getts enligt ett generellt direktiv, sträcker sig längre än vad som är tillåtet enligt direktivet, krävs en läkarordination för fortsatt behandling. Se även riktlinje </w:t>
       </w:r>
       <w:bookmarkStart w:id="231" w:name="_Hlk62214333"/>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-132/SURROGATE/Ordination%20och%20hantering%20av%20l%c3%a4kemedel%20i%20h%c3%a4lso-%20och%20sjukv%c3%a5rd%20enligt%20HSLF%c2%adFS%202017.37%2c%20S%c3%84S.pdf" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4260,52 +4274,53 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="26CED66A" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="232" w:name="_Toc256000437"/>
       <w:bookmarkStart w:id="233" w:name="_Toc256000395"/>
       <w:bookmarkStart w:id="234" w:name="_Toc256000353"/>
       <w:bookmarkStart w:id="235" w:name="_Toc256000311"/>
       <w:bookmarkStart w:id="236" w:name="_Toc256000269"/>
       <w:bookmarkStart w:id="237" w:name="_Toc256000024"/>
       <w:bookmarkStart w:id="238" w:name="_Toc524080354"/>
       <w:bookmarkStart w:id="239" w:name="_Toc525659234"/>
       <w:bookmarkStart w:id="240" w:name="_Toc532909508"/>
       <w:bookmarkStart w:id="241" w:name="_Toc532984152"/>
       <w:bookmarkStart w:id="242" w:name="_Toc532987743"/>
       <w:bookmarkStart w:id="243" w:name="_Toc256000087"/>
       <w:bookmarkStart w:id="244" w:name="_Toc256000153"/>
       <w:bookmarkStart w:id="245" w:name="_Toc256000219"/>
       <w:bookmarkStart w:id="246" w:name="_Toc73355318"/>
       <w:bookmarkStart w:id="247" w:name="_Toc73431020"/>
-      <w:bookmarkStart w:id="248" w:name="_Toc207799067"/>
-      <w:r w:rsidRPr="003530AA">
+      <w:bookmarkStart w:id="248" w:name="_Toc223694972"/>
+      <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Dokumentation av läkemedelsöverkänslighet och läkemedelsbiverkan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
       <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
       <w:bookmarkEnd w:id="243"/>
       <w:bookmarkEnd w:id="244"/>
       <w:bookmarkEnd w:id="245"/>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
       <w:bookmarkEnd w:id="248"/>
     </w:p>
     <w:p w14:paraId="68045C39" w14:textId="77777777" w:rsidR="006C6B16" w:rsidRPr="003530AA" w:rsidRDefault="006C6B16" w:rsidP="006C6B16">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
@@ -4528,93 +4543,96 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Spec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> info</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E9236B7" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:r w:rsidRPr="003530AA">
+        <w:t xml:space="preserve">Konstaterad eller misstänkt biverkan ska även rapporteras till Läkemedelsverket, länk till ifyllbar biverkningsrapport finns i Melior. Det är särskilt viktigt att rapportera allvarliga och/eller okända misstänkta biverkningar, de som tycks öka i frekvens, samt misstänkta biverkningar på nya preparat med utökad övervakning (markerat med </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003530AA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Konstaterad eller misstänkt biverkan ska även rapporteras till Läkemedelsverket, länk till ifyllbar biverkningsrapport finns i Melior. Det är särskilt viktigt att rapportera allvarliga och/eller okända misstänkta biverkningar, de som tycks öka i frekvens, samt misstänkta biverkningar på nya preparat med utökad övervakning (markerat med ett V i </w:t>
+        <w:t xml:space="preserve">ett V i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> respektive en svart triangel i </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A49CDD7" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="003530AA" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="279" w:name="_Toc256000440"/>
       <w:bookmarkStart w:id="280" w:name="_Toc256000398"/>
       <w:bookmarkStart w:id="281" w:name="_Toc256000356"/>
       <w:bookmarkStart w:id="282" w:name="_Toc256000314"/>
       <w:bookmarkStart w:id="283" w:name="_Toc256000272"/>
       <w:bookmarkStart w:id="284" w:name="_Toc256000031"/>
       <w:bookmarkStart w:id="285" w:name="_Toc524080355"/>
       <w:bookmarkStart w:id="286" w:name="_Toc525659237"/>
       <w:bookmarkStart w:id="287" w:name="_Toc532909511"/>
       <w:bookmarkStart w:id="288" w:name="_Toc532984155"/>
       <w:bookmarkStart w:id="289" w:name="_Toc532987746"/>
       <w:bookmarkStart w:id="290" w:name="_Toc256000094"/>
       <w:bookmarkStart w:id="291" w:name="_Toc256000160"/>
       <w:bookmarkStart w:id="292" w:name="_Toc256000228"/>
       <w:bookmarkStart w:id="293" w:name="_Toc73355321"/>
       <w:bookmarkStart w:id="294" w:name="_Toc73431023"/>
-      <w:bookmarkStart w:id="295" w:name="_Toc207799068"/>
+      <w:bookmarkStart w:id="295" w:name="_Toc223694973"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Förskrivning av läkemedel</w:t>
       </w:r>
       <w:bookmarkEnd w:id="279"/>
       <w:bookmarkEnd w:id="280"/>
       <w:bookmarkEnd w:id="281"/>
       <w:bookmarkEnd w:id="282"/>
       <w:bookmarkEnd w:id="283"/>
       <w:bookmarkEnd w:id="284"/>
       <w:bookmarkEnd w:id="285"/>
       <w:bookmarkEnd w:id="286"/>
       <w:bookmarkEnd w:id="287"/>
       <w:bookmarkEnd w:id="288"/>
       <w:bookmarkEnd w:id="289"/>
       <w:bookmarkEnd w:id="290"/>
       <w:bookmarkEnd w:id="291"/>
       <w:bookmarkEnd w:id="292"/>
       <w:bookmarkEnd w:id="293"/>
       <w:bookmarkEnd w:id="294"/>
       <w:bookmarkEnd w:id="295"/>
     </w:p>
     <w:p w14:paraId="3C6A9642" w14:textId="77777777" w:rsidR="00932F4D" w:rsidRPr="00D51BA4" w:rsidRDefault="00932F4D" w:rsidP="00932F4D">
       <w:r w:rsidRPr="00B73895">
         <w:t xml:space="preserve">Via knapp NLL i </w:t>
       </w:r>
@@ -4782,80 +4800,73 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Förskrivaren ska ange på receptet om patienten är en förmånsberättigad person eller inte. Vid förskrivning av läkemedel med förmånsbegränsning ska förskrivaren dessutom ange om förutsättningarna för förmån är uppfyllda eller inte. (Enligt uppdatering juni 2020 av lagen (2002:160) om läkemedelsförmåner </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>m.m.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> samt Läkemedelsverkets föreskrift HSLF-FS 2019:32). </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">Förändringen innebär bland annat att apotek även ska erbjuda </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003530AA">
+        <w:t>Förändringen innebär bland annat att apotek även ska erbjuda patienterna utbyte av ett förskrivet läkemedel som inte ingår i läkemedelsförmånerna till ett likvärdigt utbytbart läkemedel som ingår i läkemedelsförmånerna. Även</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65057" w:rsidRPr="00C65057">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C65057" w:rsidRPr="00C65057">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65057" w:rsidRPr="003530AA">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ett läkemedel som enligt smittskyddslagen ska lämnas ut kostnadsfritt till patienten, ska bytas ut om det finns ett utbytbart läkemedel som TLV har fastställt pris för. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00EFFE9D" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Förmånsberättigad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="120774FA" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:r w:rsidRPr="003530AA">
         <w:t>Personer som är folkbokförda i Sverige är förmånsberättigad och har rätt till högkostnadsskydd. Därutöver finns det fler som är förmånsberättigad, se nedan (hämtat från lag 2002:160)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="431F472E" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="004F727F">
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Försäkrade från länder inom EU/EES-området och Schweiz i följande fall.</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
         <w:t xml:space="preserve">För nödvändig vård vid uppvisande av EU-kort eller provisoriskt intyg. Det är förskrivaren som avgör om vården ska betraktas som nödvändig. Med nödvändig vård menas att vården inte ska kunna vänta tills den försäkrade kommer hem till det land som normalt ansvarar för vården. Syftet med resan får inte heller ha varit att söka vård. Då är det </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003530AA">
@@ -4907,76 +4918,76 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="19814DFA" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Makulering av E-recept</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10992EC3" w14:textId="77777777" w:rsidR="00C65057" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">E-recept ska i första hand makuleras elektroniskt via Melior, vilket innebär att receptet görs ogiltigt i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>eHälsomyndighetens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> system och ev. kvarvarande uttag stoppas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA3B87E" w14:textId="77777777" w:rsidR="00C65057" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:r w:rsidRPr="003530AA">
-        <w:lastRenderedPageBreak/>
         <w:t>Om makuleringen inte kan genomföras helt eller delvis får användaren en dialogruta med information om orsaken</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> och makulering görs då lokalt i </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Melior</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> Detta innebär att receptet endast makuleras i Melior och att </w:t>
       </w:r>
       <w:r>
         <w:t>förskrivaren</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> även måste kontakta lokalt apotek för att göra makuleringen komplett och förhindra uttag på receptet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E9A8D2" w14:textId="77777777" w:rsidR="00C65057" w:rsidRPr="003530AA" w:rsidRDefault="00C65057" w:rsidP="00C65057">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">I de fall e-receptet inte är utfärdat i Melior kan det i stället avslutas via </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="006D5D64">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivningskollen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F4FCCDE" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00C61C0D">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="314" w:name="_Toc256000442"/>
       <w:bookmarkStart w:id="315" w:name="_Toc256000400"/>
       <w:bookmarkStart w:id="316" w:name="_Toc256000358"/>
       <w:bookmarkStart w:id="317" w:name="_Toc256000316"/>
       <w:bookmarkStart w:id="318" w:name="_Toc256000274"/>
       <w:bookmarkStart w:id="319" w:name="_Toc256000035"/>
       <w:bookmarkStart w:id="320" w:name="_Toc524080357"/>
@@ -5102,53 +5113,52 @@
       <w:bookmarkStart w:id="330" w:name="_Toc402175010"/>
       <w:bookmarkStart w:id="331" w:name="_Toc460320042"/>
       <w:bookmarkStart w:id="332" w:name="_Toc256000027"/>
       <w:bookmarkStart w:id="333" w:name="_Toc256000070"/>
       <w:bookmarkStart w:id="334" w:name="_Toc460595308"/>
       <w:bookmarkStart w:id="335" w:name="_Toc256000113"/>
       <w:bookmarkStart w:id="336" w:name="_Toc256000156"/>
       <w:bookmarkStart w:id="337" w:name="_Toc256000199"/>
       <w:bookmarkStart w:id="338" w:name="_Toc256000242"/>
       <w:bookmarkStart w:id="339" w:name="_Toc256000443"/>
       <w:bookmarkStart w:id="340" w:name="_Toc256000401"/>
       <w:bookmarkStart w:id="341" w:name="_Toc256000359"/>
       <w:bookmarkStart w:id="342" w:name="_Toc256000317"/>
       <w:bookmarkStart w:id="343" w:name="_Toc256000275"/>
       <w:bookmarkStart w:id="344" w:name="_Toc256000037"/>
       <w:bookmarkStart w:id="345" w:name="_Toc524080358"/>
       <w:bookmarkStart w:id="346" w:name="_Toc525659240"/>
       <w:bookmarkStart w:id="347" w:name="_Toc532909514"/>
       <w:bookmarkStart w:id="348" w:name="_Toc532984158"/>
       <w:bookmarkStart w:id="349" w:name="_Toc532987749"/>
       <w:bookmarkStart w:id="350" w:name="_Toc256000101"/>
       <w:bookmarkStart w:id="351" w:name="_Toc256000166"/>
       <w:bookmarkStart w:id="352" w:name="_Toc256000231"/>
       <w:bookmarkStart w:id="353" w:name="_Toc73355324"/>
       <w:bookmarkStart w:id="354" w:name="_Toc73431026"/>
-      <w:bookmarkStart w:id="355" w:name="_Toc207799069"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="355" w:name="_Toc223694974"/>
+      <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Avslut av </w:t>
       </w:r>
       <w:bookmarkEnd w:id="330"/>
       <w:bookmarkEnd w:id="331"/>
       <w:bookmarkEnd w:id="332"/>
       <w:bookmarkEnd w:id="333"/>
       <w:bookmarkEnd w:id="334"/>
       <w:bookmarkEnd w:id="335"/>
       <w:bookmarkEnd w:id="336"/>
       <w:bookmarkEnd w:id="337"/>
       <w:bookmarkEnd w:id="338"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>vårdkontakt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="339"/>
       <w:bookmarkEnd w:id="340"/>
       <w:bookmarkEnd w:id="341"/>
       <w:bookmarkEnd w:id="342"/>
       <w:bookmarkEnd w:id="343"/>
       <w:bookmarkEnd w:id="344"/>
       <w:bookmarkEnd w:id="345"/>
       <w:bookmarkEnd w:id="346"/>
       <w:bookmarkEnd w:id="347"/>
       <w:bookmarkEnd w:id="348"/>
       <w:bookmarkEnd w:id="349"/>
@@ -5217,50 +5227,51 @@
         <w:r w:rsidRPr="009D250D">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Flödesschema: Utskrivning från slutenvård</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EBA4A3C" w14:textId="77777777" w:rsidR="00C61C0D" w:rsidRPr="004F727F" w:rsidRDefault="00C61C0D" w:rsidP="004F727F">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="372" w:name="_Läkemedelsberättelse"/>
       <w:bookmarkEnd w:id="372"/>
       <w:r w:rsidRPr="004F727F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Läkemedelsberättelse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2568A9C0" w14:textId="18F4B69C" w:rsidR="00FB6947" w:rsidRPr="003530AA" w:rsidRDefault="00C61C0D" w:rsidP="00FB6947">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vid utskrivning från slutenvård ska </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>läkemedelsberättelse</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -5604,83 +5615,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akutproduktion behöver inte göras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03E64E0E" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="45" w:right="108"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patientens senaste leverans av dospåsar är tillgänglig </w:t>
-[...6 lines deleted...]
-              <w:t>och aktuell (om inte krävs akutproduktion)</w:t>
+              <w:t>Patientens senaste leverans av dospåsar är tillgänglig och aktuell (om inte krävs akutproduktion)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9269A" w:rsidRPr="003530AA" w14:paraId="7FEB6DC9" w14:textId="77777777" w:rsidTr="00E9269A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="290" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A36CB5D" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
             <w:pPr>
               <w:ind w:left="99" w:right="278"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Förändringar av dosdispenserad läkemedelsbehandling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5324998F" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="99" w:right="168"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akutproduktion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5700,50 +5703,51 @@
               <w:t>Säkerställ tillgång till aktuell läkemedels-behandling fram till leverans av dospåsar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E9269A" w:rsidRPr="003530AA" w14:paraId="7964D6B5" w14:textId="77777777" w:rsidTr="00E9269A">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="290" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05DFB48E" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="004F727F">
             <w:pPr>
               <w:ind w:left="99" w:right="278"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Förändring av ej dosdispenserade läkemedelsbehandling (helförpackning)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="721E5ADD" w14:textId="77777777" w:rsidR="00FB6947" w:rsidRPr="00A40CC4" w:rsidRDefault="00FB6947" w:rsidP="00E9269A">
             <w:pPr>
               <w:ind w:left="99" w:right="168"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A40CC4">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akutproduktion behöver inte göras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5904,51 +5908,50 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623939A3" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="391" w:name="_Toc256000446"/>
       <w:bookmarkStart w:id="392" w:name="_Toc256000404"/>
       <w:bookmarkStart w:id="393" w:name="_Toc256000362"/>
       <w:bookmarkStart w:id="394" w:name="_Toc256000320"/>
       <w:bookmarkStart w:id="395" w:name="_Toc256000278"/>
       <w:bookmarkStart w:id="396" w:name="_Toc256000040"/>
       <w:bookmarkStart w:id="397" w:name="_Toc524080361"/>
       <w:bookmarkStart w:id="398" w:name="_Toc525659243"/>
       <w:bookmarkStart w:id="399" w:name="_Toc532909517"/>
       <w:bookmarkStart w:id="400" w:name="_Toc532984161"/>
       <w:bookmarkStart w:id="401" w:name="_Toc532987752"/>
       <w:bookmarkStart w:id="402" w:name="_Toc256000104"/>
       <w:bookmarkStart w:id="403" w:name="_Toc256000169"/>
       <w:bookmarkStart w:id="404" w:name="_Toc256000234"/>
       <w:bookmarkStart w:id="405" w:name="_Toc73355327"/>
       <w:bookmarkStart w:id="406" w:name="_Toc73431029"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
-        <w:lastRenderedPageBreak/>
         <w:t>Utremittering</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> från öppenvårdsmottagning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="391"/>
       <w:bookmarkEnd w:id="392"/>
       <w:bookmarkEnd w:id="393"/>
       <w:bookmarkEnd w:id="394"/>
       <w:bookmarkEnd w:id="395"/>
       <w:bookmarkEnd w:id="396"/>
       <w:bookmarkEnd w:id="397"/>
       <w:bookmarkEnd w:id="398"/>
       <w:bookmarkEnd w:id="399"/>
       <w:bookmarkEnd w:id="400"/>
       <w:bookmarkEnd w:id="401"/>
       <w:bookmarkEnd w:id="402"/>
       <w:bookmarkEnd w:id="403"/>
       <w:bookmarkEnd w:id="404"/>
       <w:bookmarkEnd w:id="405"/>
       <w:bookmarkEnd w:id="406"/>
     </w:p>
     <w:p w14:paraId="48651288" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
@@ -5999,53 +6002,54 @@
     </w:p>
     <w:p w14:paraId="6884CFF5" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="407" w:name="_Hantering_av_läkemedelslista"/>
       <w:bookmarkStart w:id="408" w:name="_Toc256000447"/>
       <w:bookmarkStart w:id="409" w:name="_Toc256000405"/>
       <w:bookmarkStart w:id="410" w:name="_Toc256000363"/>
       <w:bookmarkStart w:id="411" w:name="_Toc256000321"/>
       <w:bookmarkStart w:id="412" w:name="_Toc256000279"/>
       <w:bookmarkStart w:id="413" w:name="_Toc256000041"/>
       <w:bookmarkStart w:id="414" w:name="_Toc524080362"/>
       <w:bookmarkStart w:id="415" w:name="_Toc525659244"/>
       <w:bookmarkStart w:id="416" w:name="_Toc532909518"/>
       <w:bookmarkStart w:id="417" w:name="_Toc532984162"/>
       <w:bookmarkStart w:id="418" w:name="_Toc532987753"/>
       <w:bookmarkStart w:id="419" w:name="_Toc256000105"/>
       <w:bookmarkStart w:id="420" w:name="_Toc256000170"/>
       <w:bookmarkStart w:id="421" w:name="_Toc256000236"/>
       <w:bookmarkStart w:id="422" w:name="_Toc73355328"/>
       <w:bookmarkStart w:id="423" w:name="_Toc73431030"/>
-      <w:bookmarkStart w:id="424" w:name="_Toc207799070"/>
+      <w:bookmarkStart w:id="424" w:name="_Toc223694975"/>
       <w:bookmarkEnd w:id="407"/>
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Hantering av läkemedelslista</w:t>
       </w:r>
       <w:bookmarkEnd w:id="408"/>
       <w:bookmarkEnd w:id="409"/>
       <w:bookmarkEnd w:id="410"/>
       <w:bookmarkEnd w:id="411"/>
       <w:bookmarkEnd w:id="412"/>
       <w:bookmarkEnd w:id="413"/>
       <w:bookmarkEnd w:id="414"/>
       <w:bookmarkEnd w:id="415"/>
       <w:bookmarkEnd w:id="416"/>
       <w:bookmarkEnd w:id="417"/>
       <w:bookmarkEnd w:id="418"/>
       <w:bookmarkEnd w:id="419"/>
       <w:bookmarkEnd w:id="420"/>
       <w:bookmarkEnd w:id="421"/>
       <w:bookmarkEnd w:id="422"/>
       <w:bookmarkEnd w:id="423"/>
       <w:bookmarkEnd w:id="424"/>
     </w:p>
     <w:p w14:paraId="4A2AE111" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:r w:rsidRPr="003530AA">
         <w:t>Läkemedelslistan ska innehålla samtliga ordinationer patienten ska använda, såväl stående som vid behovs-behandling och vara tydlig i ev.</w:t>
       </w:r>
       <w:r>
@@ -6169,55 +6173,51 @@
       <w:pPr>
         <w:pStyle w:val="Liststycke"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40CC4">
         <w:t>För tillfälligt utsatta (kryssade) läkemedel inom slutenvården behöver ordinatören ta ställning till om behandling ska avslutas eller återinsättas. Om ställningstagande inte är möjligt, ska ordinationen ordineras som ofullständig ordination</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Lika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>med-metoden</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> utan angiven dos)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40CC4">
-        <w:t xml:space="preserve">, eftersom en tillfällig utsättning inte överförs till Aktuella ordinationer. Om annan vårdgivare ska ta </w:t>
-[...3 lines deleted...]
-        <w:t>ställning till ev. återinsättning ska detta framgå av läkemedelsberättelsen.</w:t>
+        <w:t>, eftersom en tillfällig utsättning inte överförs till Aktuella ordinationer. Om annan vårdgivare ska ta ställning till ev. återinsättning ska detta framgå av läkemedelsberättelsen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="110DF32A" w14:textId="77777777" w:rsidR="00041345" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="00041345">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="442" w:name="_Utskrift_av_läkemedelslista"/>
       <w:bookmarkStart w:id="443" w:name="_Toc256000449"/>
       <w:bookmarkStart w:id="444" w:name="_Toc256000407"/>
       <w:bookmarkStart w:id="445" w:name="_Toc256000365"/>
       <w:bookmarkStart w:id="446" w:name="_Toc256000323"/>
       <w:bookmarkStart w:id="447" w:name="_Toc256000281"/>
       <w:bookmarkStart w:id="448" w:name="_Toc256000043"/>
       <w:bookmarkStart w:id="449" w:name="_Toc524080364"/>
       <w:bookmarkStart w:id="450" w:name="_Toc525659246"/>
       <w:bookmarkStart w:id="451" w:name="_Toc532909520"/>
       <w:bookmarkStart w:id="452" w:name="_Toc532984164"/>
       <w:bookmarkStart w:id="453" w:name="_Toc532987755"/>
       <w:bookmarkStart w:id="454" w:name="_Toc256000108"/>
       <w:bookmarkStart w:id="455" w:name="_Toc256000172"/>
       <w:bookmarkStart w:id="456" w:name="_Toc256000238"/>
       <w:bookmarkStart w:id="457" w:name="_Toc73355330"/>
       <w:bookmarkStart w:id="458" w:name="_Toc73431032"/>
       <w:bookmarkEnd w:id="442"/>
       <w:r w:rsidRPr="003530AA">
@@ -6226,51 +6226,55 @@
       <w:bookmarkEnd w:id="443"/>
       <w:bookmarkEnd w:id="444"/>
       <w:bookmarkEnd w:id="445"/>
       <w:bookmarkEnd w:id="446"/>
       <w:bookmarkEnd w:id="447"/>
       <w:bookmarkEnd w:id="448"/>
       <w:bookmarkEnd w:id="449"/>
       <w:bookmarkEnd w:id="450"/>
       <w:bookmarkEnd w:id="451"/>
       <w:bookmarkEnd w:id="452"/>
       <w:bookmarkEnd w:id="453"/>
       <w:bookmarkEnd w:id="454"/>
       <w:bookmarkEnd w:id="455"/>
       <w:bookmarkEnd w:id="456"/>
       <w:bookmarkEnd w:id="457"/>
       <w:bookmarkEnd w:id="458"/>
     </w:p>
     <w:p w14:paraId="0945DA7A" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="00041345" w:rsidP="0066473B">
       <w:r w:rsidRPr="003530AA">
         <w:t>Det är läkarens ansvar att en utskriven läkemedelslista är korrekt. Om annan personal skriver ut läkemedelslistan måste denna godkännas av</w:t>
       </w:r>
       <w:r w:rsidR="0066473B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0066473B" w:rsidRPr="003530AA">
-        <w:t>läkare innan den lämnas till patient/annan vårdgivare. Varje verksamhet ansvarar för att det finns fungerande rutiner för detta. Om godkännande sker genom läkarens signatur på utskrift som gjorts av annan personal måste signaturen kunna tydas så att ansvarig läkare kan identifieras.</w:t>
+        <w:t xml:space="preserve">läkare innan den lämnas till patient/annan vårdgivare. Varje verksamhet ansvarar för att det finns fungerande rutiner för detta. Om </w:t>
+      </w:r>
+      <w:r w:rsidR="0066473B" w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
+        <w:t>godkännande sker genom läkarens signatur på utskrift som gjorts av annan personal måste signaturen kunna tydas så att ansvarig läkare kan identifieras.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57DB33CA" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Läkemedelslistan kan skrivas ut från både </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ordinationsöversikten</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> och </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Aktuella ordinationer</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">. För patienter som skrivs ut från slutenvård skrivs lämpligen läkemedelslistan ut från </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
@@ -6298,51 +6302,51 @@
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF0354D" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="459" w:name="_Toc256000450"/>
       <w:bookmarkStart w:id="460" w:name="_Toc256000408"/>
       <w:bookmarkStart w:id="461" w:name="_Toc256000366"/>
       <w:bookmarkStart w:id="462" w:name="_Toc256000324"/>
       <w:bookmarkStart w:id="463" w:name="_Toc256000282"/>
       <w:bookmarkStart w:id="464" w:name="_Toc256000044"/>
       <w:bookmarkStart w:id="465" w:name="_Toc524080365"/>
       <w:bookmarkStart w:id="466" w:name="_Toc525659247"/>
       <w:bookmarkStart w:id="467" w:name="_Toc532909521"/>
       <w:bookmarkStart w:id="468" w:name="_Toc532984165"/>
       <w:bookmarkStart w:id="469" w:name="_Toc532987756"/>
       <w:bookmarkStart w:id="470" w:name="_Toc256000109"/>
       <w:bookmarkStart w:id="471" w:name="_Toc256000173"/>
       <w:bookmarkStart w:id="472" w:name="_Toc256000239"/>
       <w:bookmarkStart w:id="473" w:name="_Toc73355331"/>
       <w:bookmarkStart w:id="474" w:name="_Toc73431033"/>
-      <w:bookmarkStart w:id="475" w:name="_Toc207799071"/>
+      <w:bookmarkStart w:id="475" w:name="_Toc223694976"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Funktioner som </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>inte</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> ska användas i Melior</w:t>
       </w:r>
       <w:bookmarkEnd w:id="459"/>
       <w:bookmarkEnd w:id="460"/>
       <w:bookmarkEnd w:id="461"/>
       <w:bookmarkEnd w:id="462"/>
       <w:bookmarkEnd w:id="463"/>
       <w:bookmarkEnd w:id="464"/>
       <w:bookmarkEnd w:id="465"/>
       <w:bookmarkEnd w:id="466"/>
       <w:bookmarkEnd w:id="467"/>
       <w:bookmarkEnd w:id="468"/>
       <w:bookmarkEnd w:id="469"/>
       <w:bookmarkEnd w:id="470"/>
       <w:bookmarkEnd w:id="471"/>
@@ -6435,51 +6439,50 @@
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="493" w:name="_Toc256000452"/>
       <w:bookmarkStart w:id="494" w:name="_Toc256000410"/>
       <w:bookmarkStart w:id="495" w:name="_Toc256000368"/>
       <w:bookmarkStart w:id="496" w:name="_Toc256000326"/>
       <w:bookmarkStart w:id="497" w:name="_Toc256000284"/>
       <w:bookmarkStart w:id="498" w:name="_Toc256000048"/>
       <w:bookmarkStart w:id="499" w:name="_Toc517790293"/>
       <w:bookmarkStart w:id="500" w:name="_Toc517790508"/>
       <w:bookmarkStart w:id="501" w:name="_Toc525659249"/>
       <w:bookmarkStart w:id="502" w:name="_Toc532909523"/>
       <w:bookmarkStart w:id="503" w:name="_Toc532984167"/>
       <w:bookmarkStart w:id="504" w:name="_Toc532987758"/>
       <w:bookmarkStart w:id="505" w:name="_Toc256000111"/>
       <w:bookmarkStart w:id="506" w:name="_Toc256000177"/>
       <w:bookmarkStart w:id="507" w:name="_Toc256000241"/>
       <w:bookmarkStart w:id="508" w:name="_Toc73355333"/>
       <w:bookmarkStart w:id="509" w:name="_Toc73431035"/>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Synonymknappen</w:t>
       </w:r>
       <w:bookmarkEnd w:id="493"/>
       <w:bookmarkEnd w:id="494"/>
       <w:bookmarkEnd w:id="495"/>
       <w:bookmarkEnd w:id="496"/>
       <w:bookmarkEnd w:id="497"/>
       <w:bookmarkEnd w:id="498"/>
       <w:bookmarkEnd w:id="499"/>
       <w:bookmarkEnd w:id="500"/>
       <w:bookmarkEnd w:id="501"/>
       <w:bookmarkEnd w:id="502"/>
       <w:bookmarkEnd w:id="503"/>
       <w:bookmarkEnd w:id="504"/>
       <w:bookmarkEnd w:id="505"/>
       <w:bookmarkEnd w:id="506"/>
       <w:bookmarkEnd w:id="507"/>
       <w:bookmarkEnd w:id="508"/>
       <w:bookmarkEnd w:id="509"/>
     </w:p>
     <w:p w14:paraId="26E84D87" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
@@ -6628,50 +6631,51 @@
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> användas vid ordination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C8B752" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="527" w:name="_Toc256000454"/>
       <w:bookmarkStart w:id="528" w:name="_Toc256000412"/>
       <w:bookmarkStart w:id="529" w:name="_Toc256000370"/>
       <w:bookmarkStart w:id="530" w:name="_Toc256000328"/>
       <w:bookmarkStart w:id="531" w:name="_Toc256000286"/>
       <w:bookmarkStart w:id="532" w:name="_Toc256000056"/>
       <w:bookmarkStart w:id="533" w:name="_Toc525659251"/>
       <w:bookmarkStart w:id="534" w:name="_Toc532909525"/>
       <w:bookmarkStart w:id="535" w:name="_Toc532984169"/>
       <w:bookmarkStart w:id="536" w:name="_Toc532987760"/>
       <w:bookmarkStart w:id="537" w:name="_Toc256000117"/>
       <w:bookmarkStart w:id="538" w:name="_Toc256000185"/>
       <w:bookmarkStart w:id="539" w:name="_Toc256000249"/>
       <w:bookmarkStart w:id="540" w:name="_Toc73355335"/>
       <w:bookmarkStart w:id="541" w:name="_Toc73431037"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Läkarkommentar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="527"/>
       <w:bookmarkEnd w:id="528"/>
       <w:bookmarkEnd w:id="529"/>
       <w:bookmarkEnd w:id="530"/>
       <w:bookmarkEnd w:id="531"/>
       <w:bookmarkEnd w:id="532"/>
       <w:bookmarkEnd w:id="533"/>
       <w:bookmarkEnd w:id="534"/>
       <w:bookmarkEnd w:id="535"/>
       <w:bookmarkEnd w:id="536"/>
       <w:bookmarkEnd w:id="537"/>
       <w:bookmarkEnd w:id="538"/>
       <w:bookmarkEnd w:id="539"/>
       <w:bookmarkEnd w:id="540"/>
       <w:bookmarkEnd w:id="541"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="372D8800" w14:textId="77777777" w:rsidR="0066473B" w:rsidRPr="003530AA" w:rsidRDefault="0066473B" w:rsidP="0066473B">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Fältet </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
@@ -6699,51 +6703,51 @@
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347D2429" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:pStyle w:val="Rubrik3"/>
       </w:pPr>
       <w:bookmarkStart w:id="542" w:name="_Toc256000455"/>
       <w:bookmarkStart w:id="543" w:name="_Toc256000413"/>
       <w:bookmarkStart w:id="544" w:name="_Toc256000371"/>
       <w:bookmarkStart w:id="545" w:name="_Toc256000329"/>
       <w:bookmarkStart w:id="546" w:name="_Toc256000287"/>
       <w:bookmarkStart w:id="547" w:name="_Toc256000057"/>
       <w:bookmarkStart w:id="548" w:name="_Toc524080366"/>
       <w:bookmarkStart w:id="549" w:name="_Toc525659252"/>
       <w:bookmarkStart w:id="550" w:name="_Toc532909526"/>
       <w:bookmarkStart w:id="551" w:name="_Toc532984170"/>
       <w:bookmarkStart w:id="552" w:name="_Toc532987761"/>
       <w:bookmarkStart w:id="553" w:name="_Toc256000120"/>
       <w:bookmarkStart w:id="554" w:name="_Toc256000186"/>
       <w:bookmarkStart w:id="555" w:name="_Toc256000250"/>
       <w:bookmarkStart w:id="556" w:name="_Toc73355336"/>
       <w:bookmarkStart w:id="557" w:name="_Toc73431038"/>
-      <w:bookmarkStart w:id="558" w:name="_Toc207799072"/>
+      <w:bookmarkStart w:id="558" w:name="_Toc223694977"/>
       <w:bookmarkStart w:id="559" w:name="_Toc402175013"/>
       <w:bookmarkStart w:id="560" w:name="_Toc460320044"/>
       <w:bookmarkStart w:id="561" w:name="_Toc256000029"/>
       <w:bookmarkStart w:id="562" w:name="_Toc256000072"/>
       <w:bookmarkStart w:id="563" w:name="_Toc460595310"/>
       <w:bookmarkStart w:id="564" w:name="_Toc256000115"/>
       <w:bookmarkStart w:id="565" w:name="_Toc256000158"/>
       <w:bookmarkStart w:id="566" w:name="_Toc256000201"/>
       <w:bookmarkStart w:id="567" w:name="_Toc256000244"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>Utbildning och uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="542"/>
       <w:bookmarkEnd w:id="543"/>
       <w:bookmarkEnd w:id="544"/>
       <w:bookmarkEnd w:id="545"/>
       <w:bookmarkEnd w:id="546"/>
       <w:bookmarkEnd w:id="547"/>
       <w:bookmarkEnd w:id="548"/>
       <w:bookmarkEnd w:id="549"/>
       <w:bookmarkEnd w:id="550"/>
       <w:bookmarkEnd w:id="551"/>
       <w:bookmarkEnd w:id="552"/>
       <w:bookmarkEnd w:id="553"/>
       <w:bookmarkEnd w:id="554"/>
@@ -6761,91 +6765,88 @@
         <w:t>Utbildning</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3822AD46" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Varje ny medarbetare som ska ordinera läkemedel i Melior på SÄS ska under sin introduktion genomgå utbildning i Melior, oavsett tidigare erfarenheter från andra arbetsplatser. För att säkerställa en utbildning av hög klass och som är uppdaterad, heltäckande och i enlighet med SÄS övergripande riktlinjer, har uppdrag givits till </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Informationssystem </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">IT </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> att</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> ge dessa utbildningar. Det åligger anställande chef att tillse att nya medarbetare går denna utbildning. Ingen annan utbildning i Melior får anordnas eller ges på SÄS.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Dessa utbildningar finns att hitta på </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="09D0CE03">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Lärportalen</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="255E18F8" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:r>
         <w:t xml:space="preserve">På SÄS kan Sjukvårdsapotek VGR SÄS vara behjälpliga med att hålla introduktionsutbildning i Pascal på förfrågan. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F0A0F6" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
       <w:bookmarkStart w:id="568" w:name="_Toc256000457"/>
       <w:bookmarkStart w:id="569" w:name="_Toc256000415"/>
       <w:bookmarkStart w:id="570" w:name="_Toc256000373"/>
       <w:bookmarkStart w:id="571" w:name="_Toc256000331"/>
       <w:bookmarkStart w:id="572" w:name="_Toc256000289"/>
       <w:bookmarkStart w:id="573" w:name="_Toc256000059"/>
       <w:bookmarkStart w:id="574" w:name="_Toc517790297"/>
       <w:bookmarkStart w:id="575" w:name="_Toc517790512"/>
       <w:bookmarkStart w:id="576" w:name="_Toc525659254"/>
       <w:bookmarkStart w:id="577" w:name="_Toc532909528"/>
       <w:bookmarkStart w:id="578" w:name="_Toc532984172"/>
       <w:bookmarkStart w:id="579" w:name="_Toc532987763"/>
       <w:bookmarkStart w:id="580" w:name="_Toc256000123"/>
       <w:bookmarkStart w:id="581" w:name="_Toc256000188"/>
       <w:bookmarkStart w:id="582" w:name="_Toc256000252"/>
       <w:bookmarkStart w:id="583" w:name="_Toc73355338"/>
       <w:bookmarkStart w:id="584" w:name="_Toc73431040"/>
       <w:r w:rsidRPr="003530AA">
-        <w:lastRenderedPageBreak/>
         <w:t>Uppföljning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="559"/>
       <w:bookmarkEnd w:id="560"/>
       <w:bookmarkEnd w:id="561"/>
       <w:bookmarkEnd w:id="562"/>
       <w:bookmarkEnd w:id="563"/>
       <w:bookmarkEnd w:id="564"/>
       <w:bookmarkEnd w:id="565"/>
       <w:bookmarkEnd w:id="566"/>
       <w:bookmarkEnd w:id="567"/>
       <w:bookmarkEnd w:id="568"/>
       <w:bookmarkEnd w:id="569"/>
       <w:bookmarkEnd w:id="570"/>
       <w:bookmarkEnd w:id="571"/>
       <w:bookmarkEnd w:id="572"/>
       <w:bookmarkEnd w:id="573"/>
       <w:bookmarkEnd w:id="574"/>
       <w:bookmarkEnd w:id="575"/>
       <w:bookmarkEnd w:id="576"/>
       <w:bookmarkEnd w:id="577"/>
       <w:bookmarkEnd w:id="578"/>
       <w:bookmarkEnd w:id="579"/>
       <w:bookmarkEnd w:id="580"/>
       <w:bookmarkEnd w:id="581"/>
@@ -6870,64 +6871,65 @@
         <w:t>utbildning</w:t>
       </w:r>
       <w:r>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> uppdateras.</w:t>
       </w:r>
       <w:bookmarkStart w:id="585" w:name="_Toc182366122"/>
       <w:bookmarkStart w:id="586" w:name="_Toc402175014"/>
       <w:bookmarkStart w:id="587" w:name="_Toc403737965"/>
       <w:bookmarkStart w:id="588" w:name="_Toc418686667"/>
       <w:bookmarkStart w:id="589" w:name="_Toc460320045"/>
       <w:bookmarkStart w:id="590" w:name="_Toc256000030"/>
       <w:bookmarkStart w:id="591" w:name="_Toc256000073"/>
       <w:bookmarkStart w:id="592" w:name="_Toc460595311"/>
       <w:bookmarkStart w:id="593" w:name="_Toc256000116"/>
       <w:bookmarkStart w:id="594" w:name="_Toc256000159"/>
       <w:bookmarkStart w:id="595" w:name="_Toc256000202"/>
       <w:bookmarkStart w:id="596" w:name="_Toc256000245"/>
     </w:p>
     <w:p w14:paraId="29E3A5E4" w14:textId="17B301B8" w:rsidR="00BA07D5" w:rsidRPr="003530AA" w:rsidRDefault="00DD3281" w:rsidP="00BA07D5">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="597" w:name="_Toc207799073"/>
+      <w:bookmarkStart w:id="597" w:name="_Toc223694978"/>
       <w:bookmarkEnd w:id="585"/>
       <w:bookmarkEnd w:id="586"/>
       <w:bookmarkEnd w:id="587"/>
       <w:bookmarkEnd w:id="588"/>
       <w:bookmarkEnd w:id="589"/>
       <w:bookmarkEnd w:id="590"/>
       <w:bookmarkEnd w:id="591"/>
       <w:bookmarkEnd w:id="592"/>
       <w:bookmarkEnd w:id="593"/>
       <w:bookmarkEnd w:id="594"/>
       <w:bookmarkEnd w:id="595"/>
       <w:bookmarkEnd w:id="596"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Arbetsgrupp</w:t>
       </w:r>
       <w:bookmarkEnd w:id="597"/>
     </w:p>
     <w:p w14:paraId="1D5FD646" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRPr="003D2FA1" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D2FA1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00AC08FC" w14:textId="77777777" w:rsidR="00BA07D5" w:rsidRDefault="00BA07D5" w:rsidP="00BA07D5">
       <w:pPr>
         <w:keepNext/>
@@ -6982,51 +6984,51 @@
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Medicinsk beredningsgrupp SÄS </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Samtliga verksamhetschefer SÄS</w:t>
       </w:r>
       <w:bookmarkStart w:id="598" w:name="_Bilaga_1_-"/>
       <w:bookmarkStart w:id="599" w:name="_Bilaga_1_-_1"/>
       <w:bookmarkEnd w:id="598"/>
       <w:bookmarkEnd w:id="599"/>
     </w:p>
     <w:p w14:paraId="188AE2C8" w14:textId="77777777" w:rsidR="009A32ED" w:rsidRPr="000D04ED" w:rsidRDefault="009A32ED" w:rsidP="009A32ED">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:ind w:right="-143"/>
       </w:pPr>
       <w:bookmarkStart w:id="600" w:name="_Toc100327195"/>
       <w:bookmarkStart w:id="601" w:name="_Toc181866764"/>
-      <w:bookmarkStart w:id="602" w:name="_Toc207799074"/>
+      <w:bookmarkStart w:id="602" w:name="_Toc223694979"/>
       <w:r w:rsidRPr="000D04ED">
         <w:t>Källförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="600"/>
       <w:bookmarkEnd w:id="601"/>
       <w:bookmarkEnd w:id="602"/>
     </w:p>
     <w:p w14:paraId="340340B1" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:t>Regiongemensam rutin för läkemedelshantering. Västra Götalandsregionen</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00AB4DD7">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering</w:t>
         </w:r>
       </w:hyperlink>
@@ -7165,50 +7167,51 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Regional rutin för spädning av intravenösa läkemedel vuxna VGR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="13647718" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="00537E26">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Preoperativ handläggning - Dokumentation i Melior</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="10398D58" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
+        <w:lastRenderedPageBreak/>
         <w:t>Instruktioner om licenshantering.</w:t>
       </w:r>
       <w:bookmarkStart w:id="603" w:name="_Bilaga_1_–"/>
       <w:bookmarkEnd w:id="603"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> SÄS intranät under Vård/Läkemedel.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="009C6957">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0AF01E9A" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
@@ -7387,98 +7390,101 @@
         <w:t xml:space="preserve">Sjukhusövergripande </w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:t>rutin, SÄS</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidRPr="003D2FA1">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>http://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67373788" w14:textId="77777777" w:rsidR="002D0973" w:rsidRPr="003530AA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nationella läkemedelslistan, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>eHälsomyndigheten</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4C5A4F0C" w14:textId="1DF7F6DF" w:rsidR="002D0973" w:rsidRPr="003D2FA1" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:hyperlink r:id="rId56">
         <w:r w:rsidRPr="67097D16">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivning av läkemedel till patient vid överföring mellan vårdenheter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="67097D16">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F9755C1" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:r w:rsidRPr="007B1F9F">
         <w:t>Gemensam riktlinje om in- och utskrivning från sluten hälso- och sjukvård i Västra Götaland</w:t>
       </w:r>
       <w:r>
-        <w:t>. Vårdsamverkan Västra Götaland.</w:t>
+        <w:t xml:space="preserve">. Vårdsamverkan </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Västra Götaland.</w:t>
       </w:r>
       <w:r w:rsidRPr="007B1F9F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="009C6957">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2BC19126" w14:textId="77777777" w:rsidR="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
       </w:pPr>
       <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="006D5D64">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>Förskrivningskollen • E-hälsomyndigheten</w:t>
         </w:r>
       </w:hyperlink>
@@ -7576,206 +7582,239 @@
       <w:r w:rsidRPr="002D0973">
         <w:t>Personnummerhantering i Melior. Sjukhusövergripande riktlinje, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C0F35C" w14:textId="4A757EEE" w:rsidR="002D0973" w:rsidRPr="0056625D" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="1355" w:firstLine="357"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlnk"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId61">
         <w:r w:rsidRPr="09D0CE03">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>http://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61320541" w14:textId="67EA01D7" w:rsidR="00C97372" w:rsidRPr="002D0973" w:rsidRDefault="002D0973" w:rsidP="002D0973">
+    <w:p w14:paraId="105684E7" w14:textId="058F3862" w:rsidR="00FA60CA" w:rsidRDefault="002D0973" w:rsidP="002D0973">
       <w:pPr>
         <w:pStyle w:val="Punktlista"/>
-      </w:pPr>
-      <w:hyperlink r:id="rId62" w:history="1">
+        <w:sectPr w:rsidR="00FA60CA" w:rsidSect="00B96AFF">
+          <w:headerReference w:type="default" r:id="rId62"/>
+          <w:footerReference w:type="even" r:id="rId63"/>
+          <w:footerReference w:type="default" r:id="rId64"/>
+          <w:headerReference w:type="first" r:id="rId65"/>
+          <w:footerReference w:type="first" r:id="rId66"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidRPr="007F036E">
           <w:rPr>
             <w:rStyle w:val="Hyperlnk"/>
           </w:rPr>
           <w:t>E-recept till patient med reservnummer eller samordningsnummer, SÄS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007F036E">
-[...3 lines deleted...]
-    <w:p w14:paraId="6280DFB4" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    </w:p>
+    <w:p w14:paraId="6280DFB4" w14:textId="14C36351" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="604" w:name="_Toc256000460"/>
       <w:bookmarkStart w:id="605" w:name="_Toc256000418"/>
       <w:bookmarkStart w:id="606" w:name="_Toc256000376"/>
-      <w:bookmarkStart w:id="607" w:name="_Toc207799075"/>
-      <w:r w:rsidRPr="00FC2ABA">
+      <w:bookmarkStart w:id="607" w:name="_Toc223694980"/>
+      <w:r w:rsidRPr="000E398C">
         <w:rPr>
           <w:rStyle w:val="Rubrik2Char"/>
-        </w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Bilaga 1 - Flödesschema: Inskrivning och ordination i</w:t>
       </w:r>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:kern w:val="32"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> slutenvård</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47856">
+        <w:rPr>
+          <w:kern w:val="32"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>slutenvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="604"/>
       <w:bookmarkEnd w:id="605"/>
       <w:bookmarkEnd w:id="606"/>
       <w:bookmarkEnd w:id="607"/>
     </w:p>
-    <w:p w14:paraId="0512EB83" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="0512EB83" w14:textId="26C5C6A3" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00BA6CEF" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="608" w:name="_Toc402029776"/>
       <w:bookmarkStart w:id="609" w:name="_Toc402175017"/>
       <w:bookmarkStart w:id="610" w:name="_Toc403737967"/>
       <w:bookmarkStart w:id="611" w:name="_Toc418686669"/>
       <w:bookmarkStart w:id="612" w:name="_Toc460320047"/>
       <w:bookmarkStart w:id="613" w:name="_Toc256000032"/>
       <w:bookmarkStart w:id="614" w:name="_Toc256000075"/>
       <w:bookmarkStart w:id="615" w:name="_Toc460595313"/>
       <w:bookmarkStart w:id="616" w:name="_Toc256000118"/>
       <w:bookmarkStart w:id="617" w:name="_Toc256000161"/>
       <w:bookmarkStart w:id="618" w:name="_Toc256000204"/>
       <w:bookmarkStart w:id="619" w:name="_Toc256000247"/>
-      <w:r w:rsidRPr="003530AA">
+      <w:r w:rsidRPr="000E398C">
         <w:rPr>
           <w:noProof/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03F3D28F" wp14:editId="3BE16F2C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03F3D28F" wp14:editId="2E744FE5">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>179705</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>132080</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>127635</wp:posOffset>
+                  <wp:posOffset>59055</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6447155" cy="6777321"/>
-                <wp:effectExtent l="0" t="0" r="10795" b="5080"/>
+                <wp:extent cx="5813001" cy="6648597"/>
+                <wp:effectExtent l="0" t="0" r="16510" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1649151857" name="Grupp 18" descr="Flödesschema över läkemedelshantering vid inskrivning och ordination i slutenvård."/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6447155" cy="6777321"/>
-[...1 lines deleted...]
-                          <a:chExt cx="6447492" cy="6777506"/>
+                          <a:ext cx="5813001" cy="6648597"/>
+                          <a:chOff x="38653" y="270"/>
+                          <a:chExt cx="6453836" cy="6427415"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="1022374259" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="4551148" y="-942340"/>
-                            <a:ext cx="867410" cy="2752090"/>
+                            <a:off x="4626818" y="-1018085"/>
+                            <a:ext cx="715380" cy="2752090"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="165F788B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0026047D" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                               </w:pPr>
-                              <w:hyperlink w:anchor="_Patienter_med_dosexpedition/Pascal" w:history="1">
-[...13 lines deleted...]
-                              </w:hyperlink>
+                              <w:r>
+                                <w:fldChar w:fldCharType="begin"/>
+                              </w:r>
+                              <w:r>
+                                <w:instrText>HYPERLINK \l "_Patienter_med_dosexpedition/Pascal"</w:instrText>
+                              </w:r>
+                              <w:r>
+                                <w:fldChar w:fldCharType="separate"/>
+                              </w:r>
+                              <w:r w:rsidRPr="00662A81">
+                                <w:rPr>
+                                  <w:rStyle w:val="Hyperlnk"/>
+                                </w:rPr>
+                                <w:t>Vid dosexpedition/Pascal</w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="0026047D">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:szCs w:val="22"/>
+                                </w:rPr>
+                                <w:t>:</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:fldChar w:fldCharType="end"/>
+                              </w:r>
                             </w:p>
                             <w:p w14:paraId="67A01D7F" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r w:rsidRPr="006801BE">
                                 <w:t>P</w:t>
                               </w:r>
                               <w:r>
                                 <w:t xml:space="preserve">ausa dosproduktion om förväntad </w:t>
                               </w:r>
                               <w:r>
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="006801BE">
                                 <w:t>vårdtid &gt;</w:t>
                               </w:r>
                               <w:r>
                                 <w:t>7</w:t>
                               </w:r>
                               <w:r w:rsidRPr="006801BE">
                                 <w:t xml:space="preserve"> dygn</w:t>
@@ -7832,51 +7871,51 @@
                                 <w:r w:rsidRPr="00662A81">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Enkel läkemedelsgenomgång</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r w:rsidRPr="00740854">
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="0026309B">
                                 <w:t>inkl. kontroll av dosexpedition/Pascal</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1087698603" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="1229797" y="144680"/>
+                            <a:off x="1250053" y="-539172"/>
                             <a:ext cx="450000" cy="2872800"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="0326AA7D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="008D7C2E" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:rPr>
                                   <w:b/>
                                 </w:rPr>
@@ -7885,52 +7924,52 @@
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:rPr>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t>samtliga</w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:t xml:space="preserve"> ordinationer till </w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:br/>
                                 <w:t>ordinationsöversikten</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1014112080" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="3954232" y="785"/>
-                            <a:ext cx="1533525" cy="3408680"/>
+                            <a:off x="4000460" y="-154246"/>
+                            <a:ext cx="1521631" cy="3408680"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="28575">
                             <a:solidFill>
                               <a:sysClr val="window" lastClr="FFFFFF">
                                 <a:lumMod val="65000"/>
                               </a:sysClr>
                             </a:solidFill>
                             <a:prstDash val="sysDash"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="77B7A992" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0059692F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
@@ -8063,82 +8102,82 @@
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1988711922" name="Höger 352"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm rot="8951145">
-                            <a:off x="2982598" y="606893"/>
+                            <a:off x="2968635" y="525136"/>
                             <a:ext cx="497840" cy="233680"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1528664677" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="1306800" y="702944"/>
+                            <a:off x="1369095" y="113705"/>
                             <a:ext cx="259200" cy="2872800"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="4D280205" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
@@ -8147,227 +8186,209 @@
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:rPr>
                                   <w:b/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Kryssa </w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D7C2E">
                                 <w:t>för vårdtiden inaktuella preparat</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="0" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="520244276" name="Höger 355"/>
-[...25 lines deleted...]
-                      <wps:wsp>
                         <wps:cNvPr id="913013731" name="Höger 354"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm rot="5400000">
-                            <a:off x="1492270" y="1764314"/>
-                            <a:ext cx="156210" cy="264160"/>
+                            <a:off x="1417259" y="1146239"/>
+                            <a:ext cx="223102" cy="264160"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="748856772" name="Höger 356"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm rot="5400000">
-                            <a:off x="1501896" y="2226326"/>
+                            <a:off x="1453768" y="1715250"/>
                             <a:ext cx="156210" cy="264160"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1579267721" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="3032947" y="2380966"/>
-                            <a:ext cx="283845" cy="2426970"/>
+                            <a:off x="3062708" y="1953157"/>
+                            <a:ext cx="283845" cy="2593399"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1150F2F4" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+                            <w:p w14:paraId="1150F2F4" w14:textId="36E976AF" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:spacing w:after="80"/>
                                 <w:ind w:left="0"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
                                   <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:solidFill>
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="003530AA">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                   <w:b/>
                                 </w:rPr>
-                                <w:t>Ordinationsförändringar</w:t>
+                                <w:t>Ordinationsförändringa</w:t>
+                              </w:r>
+                              <w:r w:rsidR="00616503">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                                  <w:b/>
+                                </w:rPr>
+                                <w:t>r</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1014320210" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="744040" y="3229894"/>
-                            <a:ext cx="932180" cy="2019935"/>
+                            <a:off x="922915" y="2685614"/>
+                            <a:ext cx="883897" cy="2296359"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="37A58B49" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0059692F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
+                              <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="0059692F">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Nyinsättning</w:t>
                               </w:r>
+                              <w:proofErr w:type="spellEnd"/>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>:</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="64DD2F5B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r>
                                 <w:t>Ordin</w:t>
                               </w:r>
                               <w:r w:rsidRPr="000E198E">
                                 <w:t>ationsorsak</w:t>
                               </w:r>
                               <w:r>
                                 <w:t xml:space="preserve"> ska anges</w:t>
                               </w:r>
                             </w:p>
@@ -8396,228 +8417,210 @@
                                 <w:t>liktdialog</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="7E32D409" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="000E198E" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                                 <w:tabs>
                                   <w:tab w:val="clear" w:pos="360"/>
                                 </w:tabs>
                               </w:pPr>
                               <w:r>
                                 <w:t>Ange maxdos vid vb-behandling</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="633068292" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="4927854" y="3592479"/>
-                            <a:ext cx="554990" cy="1503045"/>
+                            <a:off x="5292754" y="3068869"/>
+                            <a:ext cx="601564" cy="1503045"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
-                              <a:gd name="adj" fmla="val 13032"/>
+                              <a:gd name="adj" fmla="val 14537"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="56069E96" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00EA1D10" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00EA1D10">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Avslut av behandling:</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="56FEC678" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+                            <w:p w14:paraId="56FEC678" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00E27E89" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
-                                <w:rPr>
-[...15 lines deleted...]
-                                </w:rPr>
                               </w:pPr>
-                              <w:r w:rsidRPr="008D7C2E">
-[...2 lines deleted...]
-                                </w:rPr>
+                              <w:r w:rsidRPr="00E27E89">
                                 <w:t>Ange utsättningsorsak</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
-                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="242455646" name="Rektangel med rundade hörn 293"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="27642" y="2513497"/>
+                            <a:off x="72639" y="2334657"/>
                             <a:ext cx="6419850" cy="4093028"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 3193"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1724620088" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="1536854" y="3464443"/>
-                            <a:ext cx="421005" cy="3037840"/>
+                            <a:off x="1450202" y="3133707"/>
+                            <a:ext cx="680098" cy="3037840"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="2A5F9CE7" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="003D0E53">
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Vid tidsbegränsad ordination:</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00730B1E">
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="003D0E53">
                                 <w:t>Ange utsättningsdatum i samband med insättning</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="763167387" name="Höger 359"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm rot="2071774">
-                            <a:off x="4387686" y="3706829"/>
+                            <a:off x="4417027" y="3211187"/>
                             <a:ext cx="291465" cy="240665"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1034888924" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="3017240" y="3241156"/>
-                            <a:ext cx="655320" cy="2107565"/>
+                            <a:off x="3347039" y="2889179"/>
+                            <a:ext cx="720602" cy="2107564"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="422AEADF" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00212650" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00212650">
                                 <w:rPr>
@@ -8625,108 +8628,108 @@
                                   <w:bCs/>
                                 </w:rPr>
                                 <w:t>Justering av befintlig behandling:</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="0381388B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00212650">
                                 <w:t>Markera som nyinsatt om justeringen kräver nytt recept vid utskrivning</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1020114976" name="Höger 360"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm rot="5400000">
-                            <a:off x="3147816" y="3689366"/>
-                            <a:ext cx="156210" cy="264160"/>
+                            <a:off x="3001339" y="3358881"/>
+                            <a:ext cx="213115" cy="264160"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="940560025" name="Höger 1"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
-                          <a:xfrm rot="9303092">
-[...1 lines deleted...]
-                            <a:ext cx="290830" cy="240030"/>
+                          <a:xfrm rot="8299362">
+                            <a:off x="1577569" y="3187607"/>
+                            <a:ext cx="290829" cy="240030"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="579750723" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="4407137" y="3784032"/>
-                            <a:ext cx="868045" cy="2926080"/>
+                            <a:off x="4617474" y="3503110"/>
+                            <a:ext cx="890374" cy="2509176"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="5FC11EEB" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00D11CF0" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                 </w:rPr>
                               </w:pPr>
                               <w:hyperlink w:anchor="_Ordination_av_spädningar" w:history="1">
                                 <w:r w:rsidRPr="00662A81">
@@ -8767,143 +8770,143 @@
                               </w:r>
                               <w:r w:rsidRPr="00B30F1F">
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="00B30F1F">
                                 <w:rPr>
                                   <w:i/>
                                 </w:rPr>
                                 <w:t>anvisningsrutan</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00B30F1F">
                                 <w:t>*</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="2055973831" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="1530136" y="3929363"/>
-                            <a:ext cx="443230" cy="3037840"/>
+                            <a:off x="1700794" y="3423160"/>
+                            <a:ext cx="440065" cy="3616653"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3FCAB609" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+                            <w:p w14:paraId="3FCAB609" w14:textId="57D9F1F0" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                                   <w:iCs/>
                                   <w:outline/>
                                   <w:color w:val="000000"/>
                                   <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:solidFill>
                                       <w14:srgbClr w14:val="000000"/>
                                     </w14:solidFill>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:bevel/>
                                   </w14:textOutline>
                                   <w14:textFill>
                                     <w14:noFill/>
                                   </w14:textFill>
                                 </w:rPr>
                               </w:pPr>
                               <w:hyperlink w:anchor="_Upp-_och_nedtrappningar" w:history="1">
                                 <w:r w:rsidRPr="00662A81">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
                                   </w:rPr>
                                   <w:t>Vid ordination av upp- eller nedtrappning</w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00496F70">
                                   <w:rPr>
                                     <w:b/>
                                   </w:rPr>
                                   <w:t>:</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                 </w:rPr>
                                 <w:br/>
                               </w:r>
-                              <w:r w:rsidRPr="008D7C2E">
+                              <w:r w:rsidRPr="00E27E89">
+                                <w:t>Ange datum för dosändringarna</w:t>
+                              </w:r>
+                              <w:r w:rsidR="002C398F">
                                 <w:rPr>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">Ange datum för dosändringarna i </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
-                              <w:r w:rsidRPr="008D7C2E">
+                              <w:r w:rsidR="002C398F" w:rsidRPr="00BA6CEF">
+                                <w:t xml:space="preserve">i </w:t>
+                              </w:r>
+                              <w:r w:rsidRPr="00BA6CEF">
                                 <w:rPr>
                                   <w:i/>
-                                  <w:sz w:val="22"/>
-                                  <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>anvisningsrutan</w:t>
                               </w:r>
-                              <w:r w:rsidRPr="008D7C2E">
-[...3 lines deleted...]
-                                </w:rPr>
+                              <w:r w:rsidRPr="00BA6CEF">
                                 <w:t>*</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1681598703" name="Figur 2"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm rot="5400000">
-                            <a:off x="2970701" y="4311148"/>
-                            <a:ext cx="594995" cy="3691890"/>
+                            <a:off x="2942209" y="3040925"/>
+                            <a:ext cx="605066" cy="5762056"/>
                           </a:xfrm>
                           <a:prstGeom prst="roundRect">
                             <a:avLst>
                               <a:gd name="adj" fmla="val 13032"/>
                             </a:avLst>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="12700">
                             <a:solidFill>
                               <a:sysClr val="windowText" lastClr="000000"/>
                             </a:solidFill>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="109AD025" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C53AA9" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                               <w:pPr>
                                 <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                                 <w:suppressAutoHyphens/>
                                 <w:jc w:val="center"/>
                               </w:pPr>
                               <w:hyperlink w:anchor="_Läkemedelsval" w:history="1">
                                 <w:r w:rsidRPr="00662A81">
                                   <w:rPr>
                                     <w:rStyle w:val="Hyperlnk"/>
@@ -8915,191 +8918,150 @@
                                 <w:br/>
                               </w:r>
                               <w:r w:rsidRPr="00493723">
                                 <w:t xml:space="preserve">(Ok att motsätta sig byte av medicinska skäl, informera då ssk muntligen och notera i </w:t>
                               </w:r>
                               <w:r w:rsidRPr="003D2632">
                                 <w:rPr>
                                   <w:i/>
                                   <w:iCs/>
                                 </w:rPr>
                                 <w:t>anvisningsrutan</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00493723">
                                 <w:t>* att utbyte ej får ske)</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="620781" name="Höger 354"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm rot="5400000">
-                            <a:off x="2194914" y="5624045"/>
-[...26 lines deleted...]
-                            <a:off x="2964936" y="5624044"/>
+                            <a:off x="1565851" y="5418263"/>
                             <a:ext cx="156210" cy="264160"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="1489445086" name="Höger 354"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm rot="5400000">
-                            <a:off x="4139218" y="5633669"/>
-[...27 lines deleted...]
-                            <a:ext cx="156210" cy="264160"/>
+                            <a:off x="4457683" y="5315345"/>
+                            <a:ext cx="173870" cy="264160"/>
                           </a:xfrm>
                           <a:prstGeom prst="rightArrow">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="12700">
                             <a:noFill/>
                             <a:prstDash val="lgDash"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="03F3D28F" id="Grupp 18" o:spid="_x0000_s1026" alt="Flödesschema över läkemedelshantering vid inskrivning och ordination i slutenvård." style="position:absolute;left:0;text-align:left;margin-left:14.15pt;margin-top:10.05pt;width:507.65pt;height:533.65pt;z-index:251659264;mso-height-relative:margin" coordsize="64474,67775" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWR2TV+ggAAFRRAAAOAAAAZHJzL2Uyb0RvYy54bWzsXNuO20YSfV8g/0DwPZ6+s1uwHAzsHe8C&#10;3sSIvcgzh6IuG96W5Fjj/bD8QH5sT3eT1G1m7DjjSB5xDMikRDbZzVPVp05V8/kPt3kWfEjrZlUW&#10;05A+I2GQFkk5WxWLafjv91ff6zBo2riYxVlZpNPwY9qEP7z47m/P19UkZeWyzGZpHaCRopmsq2m4&#10;bNtqcnHRJMs0j5tnZZUW+HFe1nncYrdeXMzqeI3W8+yCEaIu1mU9q+oySZsG377yP4YvXPvzeZq0&#10;P83nTdoG2TTEvbXus3af1/bz4sXzeLKo42q5SrrbiL/gLvJ4VeCiQ1Ov4jYOburVQVP5KqnLppy3&#10;z5Iyvyjn81WSuj6gN5Ts9eZ1Xd5Uri+LyXpRDcOEod0bpy9uNvnxw+u6ele9rTES62qBsXB7ti+3&#10;8zq3/+Mug1s3ZB+HIUtv2yDBl0qIiEoZBgl+U1EUcUb9oCZLjPzBecny71tnCsM2Z0qi7JkX/YUv&#10;dm5nXQEgzWYMmj83Bu+WcZW6oW0mGIO3dbCaAb+EMR4JJk0YFHEOvF6tFjd1wOyN2TvAoXas7Kg0&#10;1Zsy+bUJivLlMi4W6WVdl+tlGs9wZ24IcP9bJ9idBqcG1+t/lTO0HN+0pYOMHeagLgFNKYj9c992&#10;gy6kpFTAiDC83xvBuOgw2z8ArSJBgWw7/iySjBh3wDCK8aSqm/Z1WuaB3ZiGwFQx+xmG4S4Tf3jT&#10;tA64s67H8ew/YTDPM5jBhzgLKCfcdR8tdgdjq2/TnlmUV6ssc4aUFcEavWdR14mmzFYz+6sbsI/N&#10;y6wO0Og0hAXPyvV7dCIMsrhp8QOg5XvvMbB1Kq6XFQBGP4T+UbS317fdU7kuZx8xsm4MMRRwR+jn&#10;sqz/FwZrmPY0bP57E9cpLvXPAk+HKzvIQbu9U2/vXG/vxEWCpqZh0tZh4Hdett6D3FT1arHEtTbP&#10;GxD1t/fVsSo53J8kIjoVqFKmpTawHAtVSrVQUntX0GNVSPuEO6zqSAHuOxa/wdUTxKp3ML0jOUvI&#10;UoKHbrQi/HQwy0xkYELALBVC6T3vuodYps8OscPUd6aIpYJSRoCLEyEE3EiwANAmIDbSctfBUsm5&#10;ZB0bA1XQHaCPyQYwK0TScY2tKR306YANbDGBK/fnTspucvAlzxow3Q325893dHGnXctMXsXN0p+B&#10;o+xON8vcwyKcZ+aP4ZmBEk8ksOFJBDZ6AgGqc0L0QcPb0UhtmO4/fv9tgVCMS0dmtrhrR7IsebU0&#10;bi8q4EQQLtFN60FBVkm0C0nBhKYdIkFOJQ71BK9vp6eS/ZRvGZXj0ht+6k/oD3RccodY1ovrgVle&#10;Svuvu8YOMrbJaZBYWjjPYjyUJK9moIjFAs8nWyCKtUzv8CIHeP1M9upJzQaS2aJHZDzJVy2GPFvl&#10;0xAzywbcFqjxJHXxK/i57f8u+d1zxk2VXK0A/Deg0m/jGtQdD8TS4J/wMc9KkPKy2woDS4zv+v5+&#10;2lzc5C9LsHaKWL5K3Cbar9us35zXZf4LAvFLS7y3IH8HZ0Yon6SXl+4whMBV3L4p3lWJbdz22T7k&#10;97e/xHXV4aEFefyx7MO1LgbZAMIf242PH5Vu569j4tRwqQwVsJxukhhsafAqXeCIG988SG9L94Z+&#10;aJCDLjnLEohZ2B6bplKxIfJTgqpvx7K2QsZdfz0ax9MzDq0jSg0DZfGSymAcA7X8lHFoY0UQTyI6&#10;XYQZDZXG6yKKKG2cpcFnduqSMJGGVOJlEc4/zYPGacerLOO041Syb2HakUwrJSC69pZ1bLESWiEM&#10;DVZnYxPCjBC7XBAWC81+0H/OMJp2A2IZwB6Bu597/SHJ8mHqdVy5khEmBItUD9ZhGnBk/eF44wGO&#10;pJnCzOCiDwL1G9vgWJt5YCRJSTtGEKceQRh4TsojfhhADA7jUxzpjtwRRXoNqRhvHFDbOd3zx6Nx&#10;jMZx+uF1JLSWYDmHAYTLF3/pzCEJ1QazEbgKY0xx5lobZ45Re/qmtCcZGWaNY5g6jh0E2HoBY7PS&#10;1rC4JkbtGRbTXFvK5ioWBFMGU5QX9O6ThJ9QxYLLNQyM9+tEAV19Q593uEOEPWokQAkVHNGA1S5P&#10;o8gmEgJZDIdYzqAsmT2eZFDUZDOADrGEGui9Z4bYYaY9S8QqboUNZovVTgOwIPbI/QqPWIgqIjK7&#10;Ya+UwqAQzCGWSoIk3bkh1qUhv57ScuI+liHtKiXEwR6xP6e/ogp3kWZBns6CGiWA8SwNlr//VhcB&#10;8+L5w0Taiiq99o5Y0hcgMEk5lPZd7CEVZbTNCFt3KYjhXebq0YoQOBJunf89UkXimLl9IpnbiAkF&#10;SVojkXQanh0VPGrw7ALV1WI/sQXeRPoKH8Jdluu82LNLg5+tZ48Upyriekj6DDq6owAPO3GvozMS&#10;0SgSrt6iLzNHg0p7NYRHjuzsOnWG+gY1BG1EYfth1J1OPnUsNri7ev0pVuIQDrFQgxCfij+Hro85&#10;po8tUUsq99QQJSWC4S62RPWc/KRlPTU1ZPBbZxlbYskRQXGLOUyM+nquz3Hod+R+kOuJNO0cui2P&#10;2VfhxtzPmPs5/dyPEURitZYtad8pHvuMGmXPdRB9cgLhZit8pUpxw71AzbFGyWA5yk7NADNE894l&#10;Y40StkeucwfhHquOXVW2n7b+8qpjJH4iSSJ2MmupIKJHKGLwoqSNS/260U1G1a5GGRI/yFrZVTUP&#10;G9ZTozpIeaDDd5jSI9V/nboqSaQ0iF03dS7HTlZCbkHhTUeTDIRQtTcXQH9h/VyAqeQM5RY6zLXn&#10;yc8Vli8ZHZ3OmlWsWCURQb7fyuucutcD7PAXaZD86SVCLEwBwzk3PzssLThLzELSRvC3R5k58oXd&#10;5PMFtYSMAlSoH7Sgw7oj5MudALiZ3E8znrS0f9T/zkf/k3h/i0DR0UCKB3X8T4HfKAFqsAX+vQKR&#10;EfxuPecYEB4zIMRrgrDiRmLR/6N6fkG5QflTB34spcOS1B26MYJ/BD/Wax93DTbeQoaKKCRGHxX7&#10;nKJ8haJNsB5lW0eZ7Yj9w+Vro+O/x/Hja/fqPhjHzrsBt/ed4Wxehvji/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhACRN7zvhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQm+N5DhN&#10;jWM5hND2FApNCiW3jbWxTSzJWIrt/H3lU3PaXWaYfZOtR92wnjpXWyMhmglgZAqralNK+Dl8vCTA&#10;nEejsLGGJNzIwTp/fMgwVXYw39TvfclCiHEpSqi8b1POXVGRRjezLZmgnW2n0YezK7nqcAjhuuFz&#10;IZZcY23Chwpb2lZUXPZXLeFzwGETR+/97nLe3o6H16/fXURSPj+NmxUwT6P/N8OEH9AhD0wnezXK&#10;sUbCPImDM0wRAZt0sYiXwE7TlrwtgOcZv++Q/wEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCWR2TV+ggAAFRRAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAkTe874QAAAAsBAAAPAAAAAAAAAAAAAAAAAFQLAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAYgwAAAAA&#10;">
-                <v:roundrect id="_x0000_s1027" style="position:absolute;left:45511;top:-9423;width:8674;height:27520;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBki7jOyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH838Ts0R+KbtEydOilEUQRfNIKJr+d6btX1OtYC89tbEhMf7/f/xtPeNWJHXbCeNYyGCgRx6Y3l&#10;SsPben56BSJEZIONZ9LwQwGmk+OjMRbG7/mVdqtYiRTCoUANdYxtIWUoa3IYhr4lTtyn7xzGdHaV&#10;NB3uU7hrZKZULh1aTg01tjSrqfxebZ2Gu+rr6fHh4329WeQ27+39s8pftlqfDPrbGxCR+vgv/nMv&#10;TZqvsuzs8jy7uIbDTwkAOfkFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZIu4zskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+              <v:group w14:anchorId="03F3D28F" id="Grupp 18" o:spid="_x0000_s1026" alt="Flödesschema över läkemedelshantering vid inskrivning och ordination i slutenvård." style="position:absolute;left:0;text-align:left;margin-left:10.4pt;margin-top:4.65pt;width:457.7pt;height:523.5pt;z-index:251658240;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordorigin="386,2" coordsize="64538,64274" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQX24zCQkAAGRIAAAOAAAAZHJzL2Uyb0RvYy54bWzsXOtu28YS/l/gvAPB/4n3zqUQpTCSOi2Q&#10;tkGTg/6mKerSUiRL0pFzHqwv0Bc7315IifItSR2bsOQACimSy93ZmdlvvpnVi+8v13nwMaubVVlM&#10;Q/qchEFWpOVsVSym4X8/nD3TYdC0STFL8rLIpuGnrAm/f/mf715sqknGymWZz7I6QCNFM9lU03DZ&#10;ttXk5KRJl9k6aZ6XVVbg4rys10mL03pxMquTDVpf5yeMEHWyKetZVZdp1jT49rW7GL607c/nWdr+&#10;Op83WRvk0xB9a+1nbT/PzefJyxfJZFEn1XKV+m4kX9GLdbIq8NK+qddJmwQX9epKU+tVWpdNOW+f&#10;p+X6pJzPV2lmx4DRULI3mjd1eVHZsSwmm0XViwmi3ZPTVzeb/vLxTV29r97VkMSmWkAW9syM5XJe&#10;r83/6GVwaUX2qRdZdtkGKb6UmnJCaBikuKaU0DKOnFDTJSRvnuNaSR4GuM4iL/B0+YN/XgnJNVf+&#10;ecEiQaV5/qR7/cmgU5sKatJsJdH8O0m8XyZVZgXcTCCJd3WwmkGLCWM8EkzGYVAka2jt2WpxUQfM&#10;dMz0ALcaiRnZNNXbMv2zCYry1TIpFtlpXZebZZbM0DNqBzJ4wJw0eDQ43/xcztByctGWVnGMsIO6&#10;hIJKQcyf/daLXiimNIUpQYjPKKGaaCulZNLNQ0QhRyi4mQYWSUZiK+pejMmkqpv2TVauA3MwDaFa&#10;xew32Id9T/LxbdNa/Z35ISezP8Jgvs5hDR+TPMAsczt+tOhvxlHXpnmyKM9WeW7tKS+CDYaP6Xaj&#10;aMp8NTNXrcQ+Na/yOkCj0xCGPCs3HzCIMMiTpsUFaJgbvlOCnUfxvryAZnQydHPRXp5f+mk5L2ef&#10;IForRIgCXgnjXJb1/8JgAwufhs1fF0md4VU/FZgeroyUg3b3pN49Od89SYoUTU3DtK3DwJ28ap0j&#10;uajq1WKJd20nHDrquvfNlVXC/JQkIhqLrlKmpY5hOlZXqRZKaucROl0V0syw11UdKej7wOS3evUE&#10;ddV5mM6THKTKUoJJj7UiWBXG4V8pg0r6ReqZ5DGNrK/butc9lWX64FS2X/wOVGWpoJQRs8SOQ2UN&#10;SBAK3bFuVgom1NDLUsmo4h6ZcUG0QufdotoBu275fjA3i6UhkhZw7KzrAFFXIMEOHDizf/ah/GIN&#10;1OSgA9a83gbd8xY0Dto143udNEv3BO4yJ14GN0AJ6575fbhnTI1DEzhwSAIHHYoA3hkRhtBCKBqp&#10;Ld798Z+/FwjLuLSIZgfBeqRlIKzBcp0ieZjKiSBcOp2kUlLiQ4F+4WdCA947kEpiiVtvV0gDqyyi&#10;3oJU90CnuRZQDtBlvTjv4eWpNP/8OwaasYtQg9Rgw3meYFLSdTUDTiwWmJ98gYjWwL2rL7mir58J&#10;YR2y2apkvug0MpmsVy1Enq/W0xCry1a5jaJiIbKxLEC6Gf8QAe855KZKz1ZQ/LfA0++SGvgdE2Kw&#10;8K/4mOclkHnpj8LAoOPrvr8ZOxcX61cloDscC95kD9F+3ebd4bwu178jKD816HtH5a8Bzgjr0+z0&#10;1N6GcLhK2rfF+yo1jZsxm0n+cPl7UlfeQbVQpF/KLmjzgchWIdy9Xj5OKv7k4eA4jblUMRWwHL9Q&#10;9LbUexUfPqLj24l0tnRjAIgGOTCT9fYCgQvbg9RUKkYhbBv+KUGxMDi5dBbaGUzn6sdjWTtx49Bf&#10;H43j6RmH1hGlMWNXjKOHl3cZh44lhTVYB+GXHRYrrTjWFUAhySQFnQTl3wHvcaRFZxyc342DxmMc&#10;g0XrKkw6LjvHZccRCpJpsK8qGg8NxFUMiGeNklIekT3CEuwq+PueBDrAiFoYL2UQwB6Auxl7fRFv&#10;eTv0elTOMgabDJUwwakLpnuM1MvkrmXgGpIcEXpkOXssA1giFOPxcB0Aqw9q/wiSjhGET/uMMoKI&#10;hNYSjvwqRrKw5vZg/I4AwmWQKJJFIDyHxnGMINL2GF6PPryWUcyMcfRLx2OnZjlRyHN6w4olp3KP&#10;9GKaa8QrLjSXMefIjd0emz+hzKwFpxb5fTug4/O4HbV6Dc/0qGAH6XrBGbH0zDhSB4i/Y0PDAieh&#10;rEAqalHXNl7W0FhUcTiNRXDNQQwflsb2K+23geYj11jF4dQ0i3sE8tg+VqIvkRRWY03XNJjQAcOj&#10;COALrhv6k0qCPETH+t/Ef36hjzX0q7eB0VW/WB9rezcSH2u4t6I8RWXTfNXnKx6Jj2dIjEroBirM&#10;nPP9LfsT5YiLLA/W2SyoUQSVzLJg+c/fdRGw+DM4ejM6TzxGTCHGtH6Uc9S57K384OFjbdJhRi0F&#10;ibmn7e+tKIsj2/C4WnlMWz2RtFWE+gHwcRpAdhwgBRw/AWpyPp9yEIj71oUsaYzuGuNCcaKl+A8L&#10;pdgc4Eh8vpG86crDZVojFLeoiOue8e5JRAsOTGfuIhEZiWgUid1ckgCJSBjaNFrFKKVofwA1AJ3h&#10;6T04FkTh+HatG08y6Zhpvb5+9ymWIRAOGlHHDKB4HP4cACkiHVpCz2i0h+EjRlDX4A0LpUMG0N9u&#10;WV+I4cdcwW4xfO+3DjLqRGqGIG0TRz1U7xy6K2b5HId+TVbI7E4B5+YcOpcwClvTtmU7GOW0L0o7&#10;ls640r5rUMWxrswCnEeKY2NBJParMCAP58+9cXxGgabLCYHPibliu1gHVDW8rDcNAB21D7FZTPBY&#10;j3XAq9zhkY9Y51hy+eCBAFJCkSQRG81uElNMLRBW2BgCbCRFZeYghtAx4lVPVyIRCyxkCed744VG&#10;vVnP1StZiVyzytxT8cvIGXZGJPbJYuPraNKYiHpJFHudFSiUcaBrC5MENpx0cS9XFHFvRz3eE8U+&#10;enhO+7X2MPE5diDLWCOI6yDIY6eFWCwYNjo7P4utJzHQ0cDPKiJB0Dj8IiPwm/Lg/GxfV32QOosp&#10;jxDvDSEzRyYRavKV8SQSjVKb3R0gCKWgGimgodKNs5DK5eT6HfrHnRbY+dTt33+K/J/QsUAGRV8h&#10;U/6V8qPJSGn3Yx6m1Im7PPsWJVBDyHdV3aMhU47Kf/OPVzys8oNCsT9lgyBx8Fs5u+c2gNz+ONDL&#10;/wMAAP//AwBQSwMEFAAGAAgAAAAhAAaufHTgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj09L&#10;w0AUxO+C32F5gje7+UODjdmUUtRTEWwF8faafU1Cs29Ddpuk3971ZI/DDDO/Kdaz6cRIg2stK4gX&#10;EQjiyuqWawVfh7enZxDOI2vsLJOCKzlYl/d3BebaTvxJ497XIpSwy1FB432fS+mqhgy6he2Jg3ey&#10;g0Ef5FBLPeAUyk0nkyjKpMGWw0KDPW0bqs77i1HwPuG0SePXcXc+ba8/h+XH9y4mpR4f5s0LCE+z&#10;/w/DH35AhzIwHe2FtROdgiQK5F7BKgUR7FWaJSCOIRctsxRkWcjbB+UvAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAFBfbjMJCQAAZEgAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAaufHTgAAAACQEAAA8AAAAAAAAAAAAAAAAAYwsAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABwDAAAAAA=&#10;">
+                <v:roundrect id="_x0000_s1027" style="position:absolute;left:46268;top:-10182;width:7154;height:27521;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBki7jOyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH838Ts0R+KbtEydOilEUQRfNIKJr+d6btX1OtYC89tbEhMf7/f/xtPeNWJHXbCeNYyGCgRx6Y3l&#10;SsPben56BSJEZIONZ9LwQwGmk+OjMRbG7/mVdqtYiRTCoUANdYxtIWUoa3IYhr4lTtyn7xzGdHaV&#10;NB3uU7hrZKZULh1aTg01tjSrqfxebZ2Gu+rr6fHh4329WeQ27+39s8pftlqfDPrbGxCR+vgv/nMv&#10;TZqvsuzs8jy7uIbDTwkAOfkFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZIu4zskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="165F788B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0026047D" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:hyperlink w:anchor="_Patienter_med_dosexpedition/Pascal" w:history="1">
-[...13 lines deleted...]
-                        </w:hyperlink>
+                        <w:r>
+                          <w:fldChar w:fldCharType="begin"/>
+                        </w:r>
+                        <w:r>
+                          <w:instrText>HYPERLINK \l "_Patienter_med_dosexpedition/Pascal"</w:instrText>
+                        </w:r>
+                        <w:r>
+                          <w:fldChar w:fldCharType="separate"/>
+                        </w:r>
+                        <w:r w:rsidRPr="00662A81">
+                          <w:rPr>
+                            <w:rStyle w:val="Hyperlnk"/>
+                          </w:rPr>
+                          <w:t>Vid dosexpedition/Pascal</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="0026047D">
+                          <w:rPr>
+                            <w:b/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>:</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:fldChar w:fldCharType="end"/>
+                        </w:r>
                       </w:p>
                       <w:p w14:paraId="67A01D7F" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r w:rsidRPr="006801BE">
                           <w:t>P</w:t>
                         </w:r>
                         <w:r>
                           <w:t xml:space="preserve">ausa dosproduktion om förväntad </w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="006801BE">
                           <w:t>vårdtid &gt;</w:t>
                         </w:r>
                         <w:r>
                           <w:t>7</w:t>
                         </w:r>
                         <w:r w:rsidRPr="006801BE">
                           <w:t xml:space="preserve"> dygn</w:t>
@@ -9126,82 +9088,82 @@
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           </w:rPr>
                         </w:pPr>
                         <w:hyperlink w:anchor="_Läkemedelsgenomgång" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Enkel läkemedelsgenomgång</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r w:rsidRPr="00740854">
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="0026309B">
                           <w:t>inkl. kontroll av dosexpedition/Pascal</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1029" style="position:absolute;left:12297;top:1446;width:4500;height:28728;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBdljooyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j9R+sqcSN2gXJpKFuxb5cQG2RuA7xNDHE4xC7bfh7jITEcd4+8+XgW7GnPrrABqYTBYK4CtZx&#10;beB1c3dSgIgJ2WIbmAx8U4TlYnQ0x9KGA69ov061yCEcSzTQpNSVUsaqIY9xEjrizG1D7zHls6+l&#10;7fGQw30rT5XS0qPj3NBgR9cNVZ/rnTdwVX883d++v22+HrTTg7t5VvplZ8zxeLi8AJFoSP/iP/ej&#10;zfNVca5nhVZn8PtTBkAufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdljooyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1029" style="position:absolute;left:12500;top:-5392;width:4500;height:28728;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBdljooyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j9R+sqcSN2gXJpKFuxb5cQG2RuA7xNDHE4xC7bfh7jITEcd4+8+XgW7GnPrrABqYTBYK4CtZx&#10;beB1c3dSgIgJ2WIbmAx8U4TlYnQ0x9KGA69ov061yCEcSzTQpNSVUsaqIY9xEjrizG1D7zHls6+l&#10;7fGQw30rT5XS0qPj3NBgR9cNVZ/rnTdwVX883d++v22+HrTTg7t5VvplZ8zxeLi8AJFoSP/iP/ej&#10;zfNVca5nhVZn8PtTBkAufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBdljooyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="0326AA7D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="008D7C2E" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:t xml:space="preserve">Hämta ner </w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:i/>
                           </w:rPr>
                           <w:t>samtliga</w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:t xml:space="preserve"> ordinationer till </w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:br/>
                           <w:t>ordinationsöversikten</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1030" style="position:absolute;left:39542;top:7;width:15335;height:34087;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:top" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCT4WuQywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGL2N0UkRq7LSoUhOIhbRCPQ3bMhmZnQ3bbxH/vHASPM/Pmvfett3Po1YXG1EW2UCwM&#10;KOImuo5bC/Vxd78ClTKywz4yWfihBNvN9dUaSxcnruhyyK0SE04lWvA5D6XWqfEUMC3iQCy37zgG&#10;zDKOrXYjTmIeer005lEH7FgSPA705qk5Hc7Bwuu5mnbd06maP+v6Y++/aB/NnbW3N/PLM6hMc/4X&#10;/32/O6lvioeiWJqVUAiTLEBvfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCT4WuQywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="#a6a6a6" strokeweight="2.25pt">
+                <v:roundrect id="_x0000_s1030" style="position:absolute;left:40004;top:-1543;width:15217;height:34087;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:top" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCT4WuQywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGL2N0UkRq7LSoUhOIhbRCPQ3bMhmZnQ3bbxH/vHASPM/Pmvfett3Po1YXG1EW2UCwM&#10;KOImuo5bC/Vxd78ClTKywz4yWfihBNvN9dUaSxcnruhyyK0SE04lWvA5D6XWqfEUMC3iQCy37zgG&#10;zDKOrXYjTmIeer005lEH7FgSPA705qk5Hc7Bwuu5mnbd06maP+v6Y++/aB/NnbW3N/PLM6hMc/4X&#10;/32/O6lvioeiWJqVUAiTLEBvfgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCT4WuQywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="#a6a6a6" strokeweight="2.25pt">
                   <v:stroke dashstyle="3 1"/>
                   <v:textbox inset="1mm,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="77B7A992" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0059692F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0059692F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>*Anvisningsrutan</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="5BF14724" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="002E2C0F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                         </w:pPr>
                         <w:r w:rsidRPr="002E2C0F">
@@ -9279,153 +9241,159 @@
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
                 <v:shapetype id="_x0000_t13" coordsize="21600,21600" o:spt="13" adj="16200,5400" path="m@0,l@0@1,0@1,0@2@0@2@0,21600,21600,10800xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="val #0"/>
                     <v:f eqn="val #1"/>
                     <v:f eqn="sum height 0 #1"/>
                     <v:f eqn="sum 10800 0 #1"/>
                     <v:f eqn="sum width 0 #0"/>
                     <v:f eqn="prod @4 @3 10800"/>
                     <v:f eqn="sum width 0 @5"/>
                   </v:formulas>
                   <v:path o:connecttype="custom" o:connectlocs="@0,0;0,10800;@0,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,@1,@6,@2"/>
                   <v:handles>
                     <v:h position="#0,#1" xrange="0,21600" yrange="0,10800"/>
                   </v:handles>
                 </v:shapetype>
                 <v:shape id="Höger 351" o:spid="_x0000_s1031" type="#_x0000_t13" style="position:absolute;left:30403;top:1551;width:4248;height:2095;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQClRimOywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq9FN2kxKipq0ihxUsVYy+9PbKvSWj2bchuk/jvXaHgcZiZb5j1djSN6KlztWUF8SwC&#10;QVxYXXOp4Ov8Pl2CcB5ZY2OZFFzIwXYzeVhjpu3AJ+pzX4oAYZehgsr7NpPSFRUZdDPbEgfvx3YG&#10;fZBdKXWHQ4CbRr5EUSoN1hwWKmzpraLiN/8zCpLh4/M4JL2bH/oYD8/626zqVqmnx3H3CsLT6O/h&#10;//ZeK1gmSRov0vkKbpfCHZCbKwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQClRimOywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" adj="16273" fillcolor="#a5a5a5" strokecolor="windowText" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
                 <v:shape id="Höger 353" o:spid="_x0000_s1032" type="#_x0000_t13" style="position:absolute;left:14537;top:4360;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOUIEGyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlBG92k9oUE7stIli8SGlrPI/ZMYnNzoTs2sa3dwWhx/n+Z7keXadONPhW2EA6TUARV2Jb&#10;rg28HZ5v70H5gGyxEyYDP+RhvZpcLbGwcuYdnfahVjGEfYEGmhD6QmtfNeTQT6UnjtynDA5DPIda&#10;2wHPMdx1epYkC+2w5djQYE9PDVXH/bcz8C7zbb/Z+rL8CjLbfJSvklW5MTfX4+MDqEBjuIj/3S82&#10;zs/vskWezrMU/n6KAOjVLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOUIEGyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 352" o:spid="_x0000_s1033" type="#_x0000_t13" style="position:absolute;left:29825;top:6068;width:4979;height:2337;rotation:9777037fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxc4+WxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEG+xtps1g1s4om+DYk6Ab4uPR3NpicylJ1M5PbwTBx/v9v+l8sJ04kg+tYw35KANBXDnT&#10;cq3h92f5UoAIEdlg55g0/FOA+ezxYYqlcSde03ETa5FCOJSooYmxL6UMVUMWw8j1xIn7c95iTKev&#10;pfF4SuG2kyrL3qTFllNDgz0tGqr2m4PV8Llf5Yq25yX66jXD7fmr3u2U1s9Pw8c7iEhDvItv7m+T&#10;5k+KYpznE6Xg+lMCQM4uAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHFzj5bHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="16531" fillcolor="#a5a5a5" strokecolor="windowText" strokeweight="1pt">
+                <v:shape id="Höger 352" o:spid="_x0000_s1033" type="#_x0000_t13" style="position:absolute;left:29686;top:5251;width:4978;height:2337;rotation:9777037fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxc4+WxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEG+xtps1g1s4om+DYk6Ab4uPR3NpicylJ1M5PbwTBx/v9v+l8sJ04kg+tYw35KANBXDnT&#10;cq3h92f5UoAIEdlg55g0/FOA+ezxYYqlcSde03ETa5FCOJSooYmxL6UMVUMWw8j1xIn7c95iTKev&#10;pfF4SuG2kyrL3qTFllNDgz0tGqr2m4PV8Llf5Yq25yX66jXD7fmr3u2U1s9Pw8c7iEhDvItv7m+T&#10;5k+KYpznE6Xg+lMCQM4uAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHFzj5bHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="16531" fillcolor="#a5a5a5" strokecolor="windowText" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:roundrect id="_x0000_s1034" style="position:absolute;left:13068;top:7029;width:2592;height:28728;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYy2NGxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKfRWN4qNIbpKKVSkHoqv+5AdszHZ2ZBdTfrvu0LB43zvWawG24gbdb5yrGA8SkAQF05X&#10;XCo4Hr7eMhA+IGtsHJOCX/KwWj4/LTDXrucd3fahFDGEfY4KTAhtLqUvDFn0I9cSR+7sOoshnl0p&#10;dYd9DLeNnCRJKi1WHBsMtvRpqKj3V6ugMfX6lH3j9VLU6/Nlazc/x36q1OvL8DEHEWgID/G/e6Pj&#10;/PdJlqbTdDaD+08RALn8AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANjLY0bHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1034" style="position:absolute;left:13690;top:1137;width:2592;height:28728;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYy2NGxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKfRWN4qNIbpKKVSkHoqv+5AdszHZ2ZBdTfrvu0LB43zvWawG24gbdb5yrGA8SkAQF05X&#10;XCo4Hr7eMhA+IGtsHJOCX/KwWj4/LTDXrucd3fahFDGEfY4KTAhtLqUvDFn0I9cSR+7sOoshnl0p&#10;dYd9DLeNnCRJKi1WHBsMtvRpqKj3V6ugMfX6lH3j9VLU6/Nlazc/x36q1OvL8DEHEWgID/G/e6Pj&#10;/PdJlqbTdDaD+08RALn8AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANjLY0bHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,0">
                     <w:txbxContent>
                       <w:p w14:paraId="4D280205" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:t xml:space="preserve">Kryssa </w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D7C2E">
                           <w:t>för vårdtiden inaktuella preparat</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 355" o:spid="_x0000_s1035" type="#_x0000_t13" style="position:absolute;left:14826;top:10520;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFoZImyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7MYlrZp2W0SweJHSajw/s69JNPteyK5t/PeuIHgcZuYbZrUZfadONIRW2ML1LANF&#10;XIlrubbw+vJ4dQsqRGSHnTBZ+KYAm/XkYoWFkzPv6XSItUoQDgVaaGLsC61D1ZDHMJOeOHlHGTzG&#10;JIdauwHPCe47bbJsoT22nBYa7Omhoerz8OUtvEm+67e7UJYfUcz2vXyWeXVn7eV0vF+CijTG//Bf&#10;+8lZmJvM5Lm5WcDvpXQH9PoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABaGSJskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
+                <v:shape id="Höger 354" o:spid="_x0000_s1035" type="#_x0000_t13" style="position:absolute;left:14172;top:11462;width:2231;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaaJK5ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7CaNVpt2W0SweJFiazy/Zl+T1Ox7Ibu28d+7guBxmJlvmOV6cK06U+8bYQPpJAFF&#10;XIptuDLwvn++eQDlA7LFVpgMfJOH9Wp0tcTcyoXf6LwLlYoQ9jkaqEPocq19WZNDP5GOOHpH6R2G&#10;KPtK2x4vEe5aPU2SmXbYcFyosaOnmsrP3Zcz8CG3226z9UVxCjLdHIpXuSvnxlyPh8cFqEBD+A//&#10;tV+sgXmaJWl2n6XweyneAb36AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJpokrnKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 354" o:spid="_x0000_s1036" type="#_x0000_t13" style="position:absolute;left:14922;top:17642;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaaJK5ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7CaNVpt2W0SweJFiazy/Zl+T1Ox7Ibu28d+7guBxmJlvmOV6cK06U+8bYQPpJAFF&#10;XIptuDLwvn++eQDlA7LFVpgMfJOH9Wp0tcTcyoXf6LwLlYoQ9jkaqEPocq19WZNDP5GOOHpH6R2G&#10;KPtK2x4vEe5aPU2SmXbYcFyosaOnmsrP3Zcz8CG3226z9UVxCjLdHIpXuSvnxlyPh8cFqEBD+A//&#10;tV+sgXmaJWl2n6XweyneAb36AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJpokrnKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
+                <v:shape id="Höger 356" o:spid="_x0000_s1036" type="#_x0000_t13" style="position:absolute;left:14537;top:17152;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDd2LbVygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7MbQNjF2W0SweJHS1nh+Zp9JNPteyK5t/PeuIPQ4zMw3zGozuk6daPCtsIHbWQKK&#10;uBLbcm3g9fh0k4PyAdliJ0wGfsjDZj25WmFh5cx7Oh1CrSKEfYEGmhD6QmtfNeTQz6Qnjt6HDA5D&#10;lEOt7YDnCHedTpNkqR22HBca7Omxoerr8O0MvMl81293viw/g6Tb9/JFFtWdMdfT8eEeVKAxXML/&#10;7WdrIJvn+WKZZSn8XYp3QK9/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN3YttXKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 356" o:spid="_x0000_s1037" type="#_x0000_t13" style="position:absolute;left:15019;top:22263;width:1562;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDd2LbVygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvQv/D8gre7MbQNjF2W0SweJHS1nh+Zp9JNPteyK5t/PeuIPQ4zMw3zGozuk6daPCtsIHbWQKK&#10;uBLbcm3g9fh0k4PyAdliJ0wGfsjDZj25WmFh5cx7Oh1CrSKEfYEGmhD6QmtfNeTQz6Qnjt6HDA5D&#10;lEOt7YDnCHedTpNkqR22HBca7Omxoerr8O0MvMl81293viw/g6Tb9/JFFtWdMdfT8eEeVKAxXML/&#10;7WdrIJvn+WKZZSn8XYp3QK9/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN3YttXKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
-[...2 lines deleted...]
-                <v:roundrect id="_x0000_s1038" style="position:absolute;left:30329;top:23809;width:2838;height:24270;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPiwDhyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8Mw&#10;DL4j7T9ERuLG0lUiZWXZNN5wAW1D2tVrTBtonNJkW/n3BAmJo7+3Z4vBteJAfbCeNUzGGQjiyhvL&#10;tYa3zf35JYgQkQ22nknDNwVYzEcnMyyNP/KKDutYixTCoUQNTYxdKWWoGnIYxr4jTty77x3GdPa1&#10;ND0eU7hrZZ5lSjq0nBoa7OimoepzvXcaruuP54e73Xbz9aisGuztS6Ze91qfnQ7LKxCRhvgv/nM/&#10;mTT/opjmqijyCfz+lACQ8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz4sA4ckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1037" style="position:absolute;left:30627;top:19531;width:2838;height:25934;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPiwDhyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8Mw&#10;DL4j7T9ERuLG0lUiZWXZNN5wAW1D2tVrTBtonNJkW/n3BAmJo7+3Z4vBteJAfbCeNUzGGQjiyhvL&#10;tYa3zf35JYgQkQ22nknDNwVYzEcnMyyNP/KKDutYixTCoUQNTYxdKWWoGnIYxr4jTty77x3GdPa1&#10;ND0eU7hrZZ5lSjq0nBoa7OimoepzvXcaruuP54e73Xbz9aisGuztS6Ze91qfnQ7LKxCRhvgv/nM/&#10;mTT/opjmqijyCfz+lACQ8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz4sA4ckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w14:paraId="1150F2F4" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+                      <w:p w14:paraId="1150F2F4" w14:textId="36E976AF" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:spacing w:after="80"/>
                           <w:ind w:left="0"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="003530AA">
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                             <w:b/>
                           </w:rPr>
-                          <w:t>Ordinationsförändringar</w:t>
+                          <w:t>Ordinationsförändringa</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00616503">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                            <w:b/>
+                          </w:rPr>
+                          <w:t>r</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1039" style="position:absolute;left:7440;top:32298;width:9322;height:20199;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6WafOywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSHyHyEjcWNKCKlSWTfyHXUBsSFxNY9pA45Qm28q3xwckjraf33u/+XIKvdrRmHxkC8XMgCJu&#10;ovPcWnjd3J2cg0oZ2WEfmSz8UILl4vBgjrWLe36h3Tq3Skw41Wihy3motU5NRwHTLA7EcvuIY8As&#10;49hqN+JezEOvS2MqHdCzJHQ40HVHzdd6GyxctZ+r+9v3t833Q+Wryd88mep5a+3x0XR5ASrTlP/F&#10;f9+PTuqb4uy0NGUhFMIkC9CLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6WafOywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1038" style="position:absolute;left:9228;top:26856;width:8839;height:22964;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6WafOywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSHyHyEjcWNKCKlSWTfyHXUBsSFxNY9pA45Qm28q3xwckjraf33u/+XIKvdrRmHxkC8XMgCJu&#10;ovPcWnjd3J2cg0oZ2WEfmSz8UILl4vBgjrWLe36h3Tq3Skw41Wihy3motU5NRwHTLA7EcvuIY8As&#10;49hqN+JezEOvS2MqHdCzJHQ40HVHzdd6GyxctZ+r+9v3t833Q+Wryd88mep5a+3x0XR5ASrTlP/F&#10;f9+PTuqb4uy0NGUhFMIkC9CLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6WafOywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="37A58B49" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="0059692F" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
+                        <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="0059692F">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Nyinsättning</w:t>
                         </w:r>
+                        <w:proofErr w:type="spellEnd"/>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>:</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="64DD2F5B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r>
                           <w:t>Ordin</w:t>
                         </w:r>
                         <w:r w:rsidRPr="000E198E">
                           <w:t>ationsorsak</w:t>
                         </w:r>
                         <w:r>
                           <w:t xml:space="preserve"> ska anges</w:t>
                         </w:r>
                       </w:p>
@@ -9446,173 +9414,153 @@
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r w:rsidRPr="000E198E">
                           <w:t>Ta ställning till ev. konf</w:t>
                         </w:r>
                         <w:r>
                           <w:t>liktdialog</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="7E32D409" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="000E198E" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r>
                           <w:t>Ange maxdos vid vb-behandling</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1040" style="position:absolute;left:49278;top:35925;width:5549;height:15030;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpsnCtygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PSwMx&#10;FMTvgt8hPMGbTdxCqGvT4n/txWJb6PW5ee5GNy/rJm3Xb28EocdhZn7DTOeDb8We+ugCG7gcKRDE&#10;VbCOawOb9ePFBERMyBbbwGTghyLMZ6cnUyxtOPAb7VepFhnCsUQDTUpdKWWsGvIYR6Ejzt5H6D2m&#10;LPta2h4PGe5bWSilpUfHeaHBju4aqr5WO2/gtv5cPD28b9ffz9rpwd2/Kr3cGXN+Ntxcg0g0pGP4&#10;v/1iDejxWOlJcVXA36V8B+TsFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKmycK3KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1039" style="position:absolute;left:52927;top:30689;width:6015;height:15030;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="9527f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB49WgLyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gre6qZRQkxdRYRiDyI06qG3R/aZDWbfhuxW47/vCkKPw8x8wyxWg23FlXrfOFbwPklA&#10;EFdON1wrOB4+33IQPiBrbB2Tgjt5WC1HLwsstLvxN13LUIsIYV+gAhNCV0jpK0MW/cR1xNE7u95i&#10;iLKvpe7xFuG2lWmSZNJiw3HBYEcbQ9Wl/LUKOhp43Zh8v5tdttrVu/vP6VwqNX4d1h8gAg3hP/xs&#10;f2kF2XSaZHk6T+FxKd4BufwDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAePVoC8kAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="56069E96" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00EA1D10" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00EA1D10">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Avslut av behandling:</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="56FEC678" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+                      <w:p w14:paraId="56FEC678" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00E27E89" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
-                          <w:rPr>
-[...15 lines deleted...]
-                          </w:rPr>
                         </w:pPr>
-                        <w:r w:rsidRPr="008D7C2E">
-[...2 lines deleted...]
-                          </w:rPr>
+                        <w:r w:rsidRPr="00E27E89">
                           <w:t>Ange utsättningsorsak</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="Rektangel med rundade hörn 293" o:spid="_x0000_s1041" style="position:absolute;left:276;top:25134;width:64198;height:40931;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="2093f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+QM6RywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhf4HsYXcGtmObYITJZRCaA+lJQ/IdWOtH9RaGUtx3H9fFQo5DjPzDbPeTqYTIw2utawgnkcg&#10;iEurW64VnI675yUI55E1dpZJwQ852G4eH9ZYaHvjPY0HX4sAYVeggsb7vpDSlQ0ZdHPbEwevsoNB&#10;H+RQSz3gLcBNJ5MoyqXBlsNCgz29NlR+H65GwXhqz/Giivf+61p+VtnbcncZP5SaPU0vKxCeJn8P&#10;/7fftYIkTdIsy9Mc/i6FOyA3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+QM6RywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="Rektangel med rundade hörn 293" o:spid="_x0000_s1040" style="position:absolute;left:726;top:23346;width:64198;height:40930;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="2093f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+QM6RywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhf4HsYXcGtmObYITJZRCaA+lJQ/IdWOtH9RaGUtx3H9fFQo5DjPzDbPeTqYTIw2utawgnkcg&#10;iEurW64VnI675yUI55E1dpZJwQ852G4eH9ZYaHvjPY0HX4sAYVeggsb7vpDSlQ0ZdHPbEwevsoNB&#10;H+RQSz3gLcBNJ5MoyqXBlsNCgz29NlR+H65GwXhqz/Giivf+61p+VtnbcncZP5SaPU0vKxCeJn8P&#10;/7fftYIkTdIsy9Mc/i6FOyA3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+QM6RywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:stroke joinstyle="miter"/>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1042" style="position:absolute;left:15368;top:34644;width:4210;height:30378;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3LewYygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSPsOkSdxYykTClNZNvEfdhliQ+JqGtMGGqc02Va+PT5M4vjs55/fmy+H0Ko99clHtnA+KUAR&#10;V9F5ri28bR/OZqBSRnbYRiYLv5RguRidzLF08cCvtN/kWgmEU4kWmpy7UutUNRQwTWJHLLvP2AfM&#10;Ivtaux4PAg+tnhaF0QE9y4cGO7ptqPre7IKFm/pr9Xj/8b79eTLeDP5uXZiXnbWn4+H6ClSmIf+b&#10;j9fPTuJfTi+MYGcSWjrJAPTiDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADct7BjKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1041" style="position:absolute;left:14501;top:31337;width:6801;height:30378;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3LewYygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSPsOkSdxYykTClNZNvEfdhliQ+JqGtMGGqc02Va+PT5M4vjs55/fmy+H0Ko99clHtnA+KUAR&#10;V9F5ri28bR/OZqBSRnbYRiYLv5RguRidzLF08cCvtN/kWgmEU4kWmpy7UutUNRQwTWJHLLvP2AfM&#10;Ivtaux4PAg+tnhaF0QE9y4cGO7ptqPre7IKFm/pr9Xj/8b79eTLeDP5uXZiXnbWn4+H6ClSmIf+b&#10;j9fPTuJfTi+MYGcSWjrJAPTiDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADct7BjKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="2A5F9CE7" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="003D0E53">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Vid tidsbegränsad ordination:</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00730B1E">
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="003D0E53">
                           <w:t>Ange utsättningsdatum i samband med insättning</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 359" o:spid="_x0000_s1043" type="#_x0000_t13" style="position:absolute;left:43876;top:37068;width:2915;height:2406;rotation:2262930fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCx3nFexwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8IS9aapCW7pGEUHYxYP45+Lt0bxtis1Lt8lq/fZGEDwOM/MbZr7sbSOu1PnasYLJOAFB&#10;XDpdc6XgdNyMchA+IGtsHJOCO3lYLj4Gcyy0u/GerodQiQhhX6ACE0JbSOlLQxb92LXE0ft1ncUQ&#10;ZVdJ3eEtwm0jp0mSSos1xwWDLa0NlZfDv1Xw05dnnNIWE3LyZHYaV47/lPoc9qsvEIH68A6/2t9a&#10;QZbOJmk2yzN4Xop3QC4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALHecV7HAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="12682" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
+                <v:shape id="Höger 359" o:spid="_x0000_s1042" type="#_x0000_t13" style="position:absolute;left:44170;top:32111;width:2914;height:2407;rotation:2262930fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCx3nFexwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8IS9aapCW7pGEUHYxYP45+Lt0bxtis1Lt8lq/fZGEDwOM/MbZr7sbSOu1PnasYLJOAFB&#10;XDpdc6XgdNyMchA+IGtsHJOCO3lYLj4Gcyy0u/GerodQiQhhX6ACE0JbSOlLQxb92LXE0ft1ncUQ&#10;ZVdJ3eEtwm0jp0mSSos1xwWDLa0NlZfDv1Xw05dnnNIWE3LyZHYaV47/lPoc9qsvEIH68A6/2t9a&#10;QZbOJmk2yzN4Xop3QC4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALHecV7HAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="12682" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:roundrect id="_x0000_s1044" style="position:absolute;left:30172;top:32411;width:6553;height:21075;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmUVfFyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j8Q/WIPVGbUoVhVC3YukCFxAtEtchHhJDPE5jtw1/jytV4jhvn8msd43YUxesZw1XQwWCuPTG&#10;cqXhfbO4zEGEiGyw8UwafinAbHp+NsHC+AO/0X4dK5FCOBSooY6xLaQMZU0Ow9C3xIn78p3DmM6u&#10;kqbDQwp3jRwplUmHllNDjS091FT+rHdOw331/bycf35stqvMZr19fFHZ607rwUV/dwsiUh//xSf3&#10;k0nz1fU4z/Ob0RiOPyUA5PQPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJlFXxckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1043" style="position:absolute;left:33470;top:28891;width:7206;height:21076;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmUVfFyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JTsMw&#10;EL0j8Q/WIPVGbUoVhVC3YukCFxAtEtchHhJDPE5jtw1/jytV4jhvn8msd43YUxesZw1XQwWCuPTG&#10;cqXhfbO4zEGEiGyw8UwafinAbHp+NsHC+AO/0X4dK5FCOBSooY6xLaQMZU0Ow9C3xIn78p3DmM6u&#10;kqbDQwp3jRwplUmHllNDjS091FT+rHdOw331/bycf35stqvMZr19fFHZ607rwUV/dwsiUh//xSf3&#10;k0nz1fU4z/Ob0RiOPyUA5PQPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJlFXxckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="422AEADF" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00212650" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00212650">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Justering av befintlig behandling:</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="0381388B" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00212650">
                           <w:t>Markera som nyinsatt om justeringen kräver nytt recept vid utskrivning</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 360" o:spid="_x0000_s1045" type="#_x0000_t13" style="position:absolute;left:31478;top:36893;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVLR0OxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlBG92N6G2NnZbRLB4kWJrPI/ZMYnNzoTs2sa3dwXB43z/s9qMvlMnGkIrbCGbGlDElbiW&#10;awuvh8frW1AhIjvshMnCNwXYrCcXKyycnPmFTvtYqxTCoUALTYx9oXWoGvIYptITJ+5DBo8xnUOt&#10;3YDnFO47nRsz1x5bTg0N9vTQUHXcf3kLbzLb9dtdKMvPKPn2vXyWm2pp7dXleH8HKtIY/8V/7ieX&#10;5pvcZNlsuZjD708JAL3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFUtHQ7HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
+                <v:shape id="Höger 360" o:spid="_x0000_s1044" type="#_x0000_t13" style="position:absolute;left:30013;top:33589;width:2131;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVLR0OxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LfYdlBG92N6G2NnZbRLB4kWJrPI/ZMYnNzoTs2sa3dwXB43z/s9qMvlMnGkIrbCGbGlDElbiW&#10;awuvh8frW1AhIjvshMnCNwXYrCcXKyycnPmFTvtYqxTCoUALTYx9oXWoGvIYptITJ+5DBo8xnUOt&#10;3YDnFO47nRsz1x5bTg0N9vTQUHXcf3kLbzLb9dtdKMvPKPn2vXyWm2pp7dXleH8HKtIY/8V/7ieX&#10;5pvcZNlsuZjD708JAL3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFUtHQ7HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 1" o:spid="_x0000_s1046" type="#_x0000_t13" style="position:absolute;left:16639;top:36589;width:2908;height:2400;rotation:10161457fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOI5p6ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSsNA&#10;FETfBf9huQXf7G6rKTXttpSgKJY+NOYDbrPXJJi9G7KbNP69Kwg+DjNzhtnuJ9uKkXrfONawmCsQ&#10;xKUzDVcaio+X+zUIH5ANto5Jwzd52O9ub7aYGnflM415qESEsE9RQx1Cl0rpy5os+rnriKP36XqL&#10;Icq+kqbHa4TbVi6VWkmLDceFGjvKaiq/8sFqeH04PGfqfTyO66bIkstpMEU+aH03mw4bEIGm8B/+&#10;a78ZDU+PKlkptUzg91K8A3L3AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI4jmnrKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="12686" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
+                <v:shape id="Höger 1" o:spid="_x0000_s1045" type="#_x0000_t13" style="position:absolute;left:15775;top:31876;width:2908;height:2400;rotation:9065116fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUzBA/yQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81d0GDRpdRQShYHuoevD4yD6T2OzbkN0m0V/fLRQ8DjPfDLNcD7YWHbW+cqzhbaxA&#10;EOfOVFxoOB13rzMQPiAbrB2Thht5WK+en5aYGdfzF3WHUIhYwj5DDWUITSalz0uy6MeuIY7exbUW&#10;Q5RtIU2LfSy3tUyUSqXFiuNCiQ1tS8q/Dz9WA8qmOH/sOyuvaaTvu6SffCZaj16GzQJEoCE8wv/0&#10;u9Ewn6hpqlQyhb9L8Q7I1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlMwQP8kAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" adj="12686" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:roundrect id="_x0000_s1047" style="position:absolute;left:44072;top:37839;width:8680;height:29261;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRrijHzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtUjcqE1RkxLqVvyXXlq1ReK6xEtiiNchdtvw9hgJqcfRzHyjmcx614g9dcF61nA5UCCI&#10;S28sVxpet08XYxAhIhtsPJOGHwowm56eTLAw/sBr2m9iJRKEQ4Ea6hjbQspQ1uQwDHxLnLwP3zmM&#10;SXaVNB0eEtw1cqhUJh1aTgs1tnRfU/m12TkNd9Xn4vnx/W37Pc9s1tuHpcpWO63Pz/rbGxCR+ngM&#10;/7dfjIZRfp2PVD68gr9L6Q7I6S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAka4ox8wA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1046" style="position:absolute;left:46174;top:35031;width:8903;height:25092;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCRrijHzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtUjcqE1RkxLqVvyXXlq1ReK6xEtiiNchdtvw9hgJqcfRzHyjmcx614g9dcF61nA5UCCI&#10;S28sVxpet08XYxAhIhtsPJOGHwowm56eTLAw/sBr2m9iJRKEQ4Ea6hjbQspQ1uQwDHxLnLwP3zmM&#10;SXaVNB0eEtw1cqhUJh1aTgs1tnRfU/m12TkNd9Xn4vnx/W37Pc9s1tuHpcpWO63Pz/rbGxCR+ngM&#10;/7dfjIZRfp2PVD68gr9L6Q7I6S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAka4ox8wA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="5FC11EEB" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00D11CF0" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                         </w:pPr>
                         <w:hyperlink w:anchor="_Ordination_av_spädningar" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Vid ordination av läkemedel som ska spädas</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00D11CF0">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                         </w:hyperlink>
@@ -9632,236 +9580,216 @@
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                         </w:pPr>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:t xml:space="preserve">Ange ”spädes till x mg/ml” i </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:rPr>
                             <w:i/>
                           </w:rPr>
                           <w:t>anvisningsrutan</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00B30F1F">
                           <w:t>*</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1048" style="position:absolute;left:15301;top:39293;width:4432;height:30378;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBTK0XDzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PTwIx&#10;FMTvJnyH5pF4kxYIKy4U4n/0ghFMuD63z93q9nXdFli/vTUx4TiZmd9k5svO1eJAbbCeNQwHCgRx&#10;4Y3lUsPb9uFiCiJEZIO1Z9LwQwGWi97ZHHPjj/xKh00sRYJwyFFDFWOTSxmKihyGgW+Ik/fhW4cx&#10;ybaUpsVjgrtajpTKpEPLaaHChm4rKr42e6fhpvx8frx/322/V5nNOnu3VtnLXuvzfnc9AxGpi6fw&#10;f/vJaBipyeTqcjwdD+HvU/oDcvELAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUytFw8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1047" style="position:absolute;left:17007;top:34232;width:4401;height:36166;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBTK0XDzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PTwIx&#10;FMTvJnyH5pF4kxYIKy4U4n/0ghFMuD63z93q9nXdFli/vTUx4TiZmd9k5svO1eJAbbCeNQwHCgRx&#10;4Y3lUsPb9uFiCiJEZIO1Z9LwQwGWi97ZHHPjj/xKh00sRYJwyFFDFWOTSxmKihyGgW+Ik/fhW4cx&#10;ybaUpsVjgrtajpTKpEPLaaHChm4rKr42e6fhpvx8frx/322/V5nNOnu3VtnLXuvzfnc9AxGpi6fw&#10;f/vJaBipyeTqcjwdD+HvU/oDcvELAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUytFw8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
-                      <w:p w14:paraId="3FCAB609" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+                      <w:p w14:paraId="3FCAB609" w14:textId="57D9F1F0" w:rsidR="00C97372" w:rsidRPr="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:hyperlink w:anchor="_Upp-_och_nedtrappningar" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Vid ordination av upp- eller nedtrappning</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00496F70">
                             <w:rPr>
                               <w:b/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:br/>
                         </w:r>
-                        <w:r w:rsidRPr="008D7C2E">
+                        <w:r w:rsidRPr="00E27E89">
+                          <w:t>Ange datum för dosändringarna</w:t>
+                        </w:r>
+                        <w:r w:rsidR="002C398F">
                           <w:rPr>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">Ange datum för dosändringarna i </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
-                        <w:r w:rsidRPr="008D7C2E">
+                        <w:r w:rsidR="002C398F" w:rsidRPr="00BA6CEF">
+                          <w:t xml:space="preserve">i </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00BA6CEF">
                           <w:rPr>
                             <w:i/>
-                            <w:sz w:val="22"/>
-                            <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>anvisningsrutan</w:t>
                         </w:r>
-                        <w:r w:rsidRPr="008D7C2E">
-[...3 lines deleted...]
-                          </w:rPr>
+                        <w:r w:rsidRPr="00BA6CEF">
                           <w:t>*</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1049" style="position:absolute;left:29707;top:43110;width:5950;height:36919;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/DfBsyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8Mw&#10;DL4j8R8iI3FjyUBkpSybeMMuILZJu5rGtIHGKU22lX9PkJA4+nt7Oh98K3bURxfYwHikQBBXwTqu&#10;DaxX9ycFiJiQLbaBycA3RZjPDg+mWNqw51faLVMtcgjHEg00KXWllLFqyGMchY44c++h95jy2dfS&#10;9rjP4b6Vp0pp6dFxbmiwo5uGqs/l1hu4rj8WD3dvm9XXo3Z6cLfPSr9sjTk+Gq4uQSQa0r/4z/1k&#10;83xdjM8viok6g9+fMgBy9gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD/DfBsyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1048" style="position:absolute;left:29422;top:30409;width:6050;height:57620;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/DfBsyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8Mw&#10;DL4j8R8iI3FjyUBkpSybeMMuILZJu5rGtIHGKU22lX9PkJA4+nt7Oh98K3bURxfYwHikQBBXwTqu&#10;DaxX9ycFiJiQLbaBycA3RZjPDg+mWNqw51faLVMtcgjHEg00KXWllLFqyGMchY44c++h95jy2dfS&#10;9rjP4b6Vp0pp6dFxbmiwo5uGqs/l1hu4rj8WD3dvm9XXo3Z6cLfPSr9sjTk+Gq4uQSQa0r/4z/1k&#10;83xdjM8viok6g9+fMgBy9gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD/DfBsyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="109AD025" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="00C53AA9" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:suppressAutoHyphens/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:hyperlink w:anchor="_Läkemedelsval" w:history="1">
                           <w:r w:rsidRPr="00662A81">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Acceptera ev. utbytesförslag från Melior</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00493723">
                           <w:t xml:space="preserve">(Ok att motsätta sig byte av medicinska skäl, informera då ssk muntligen och notera i </w:t>
                         </w:r>
                         <w:r w:rsidRPr="003D2632">
                           <w:rPr>
                             <w:i/>
                             <w:iCs/>
                           </w:rPr>
                           <w:t>anvisningsrutan</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00493723">
                           <w:t>* att utbyte ej får ske)</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 354" o:spid="_x0000_s1050" type="#_x0000_t13" style="position:absolute;left:21949;top:56240;width:1562;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVynBdyAAAAN8AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fa8JA&#10;EMTfC36HY4W+1YuhtRo9pRQqfSnin/i85tYkNrcbcldNv32vUOjjMDO/YRar3jXqSp2vhQ2MRwko&#10;4kJszaWBw/7tYQrKB2SLjTAZ+CYPq+XgboGZlRtv6boLpYoQ9hkaqEJoM619UZFDP5KWOHpn6RyG&#10;KLtS2w5vEe4anSbJRDusOS5U2NJrRcXn7ssZOMrjpl1vfJ5fgqTrU/4hT8XMmPth/zIHFagP/+G/&#10;9rs1MEmT5+kYfv/EL6CXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAVynBdyAAAAN8A&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
+                <v:shape id="Höger 354" o:spid="_x0000_s1049" type="#_x0000_t13" style="position:absolute;left:15658;top:54182;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVynBdyAAAAN8AAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fa8JA&#10;EMTfC36HY4W+1YuhtRo9pRQqfSnin/i85tYkNrcbcldNv32vUOjjMDO/YRar3jXqSp2vhQ2MRwko&#10;4kJszaWBw/7tYQrKB2SLjTAZ+CYPq+XgboGZlRtv6boLpYoQ9hkaqEJoM619UZFDP5KWOHpn6RyG&#10;KLtS2w5vEe4anSbJRDusOS5U2NJrRcXn7ssZOMrjpl1vfJ5fgqTrU/4hT8XMmPth/zIHFagP/+G/&#10;9rs1MEmT5+kYfv/EL6CXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAVynBdyAAAAN8A&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 354" o:spid="_x0000_s1051" type="#_x0000_t13" style="position:absolute;left:29649;top:56240;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8RPhtxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NTsJA&#10;EL6b8A6bIfEmW1sgWFiIMZF4MUSwnsfu0Fa7M013hfr2rAmJx/n+Z7UZXKtO1PtG2MD9JAFFXIpt&#10;uDLwfni+W4DyAdliK0wGfsnDZj26WWFu5cxvdNqHSsUQ9jkaqEPocq19WZNDP5GOOHJH6R2GePaV&#10;tj2eY7hrdZokc+2w4dhQY0dPNZXf+x9n4EOmu26780XxFSTdfhavMisfjLkdD49LUIGG8C++ul9s&#10;nD9L02yaLZIM/n6KAOj1BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADxE+G3HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
+                <v:shape id="Höger 354" o:spid="_x0000_s1050" type="#_x0000_t13" style="position:absolute;left:44576;top:53153;width:1739;height:2641;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCSBcx7xwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFHqrGyVKTF1FhEovRWqbnqfZMYlmZ0J2q+nbu0Khx/n+Z7EaXKvO1PtG2MB4lIAiLsU2&#10;XBn4/Hh5ykD5gGyxFSYDv+Rhtby/W2Bu5cLvdN6HSsUQ9jkaqEPocq19WZNDP5KOOHIH6R2GePaV&#10;tj1eYrhr9SRJZtphw7Ghxo42NZWn/Y8z8CXprtvufFEcg0y238WbTMu5MY8Pw/oZVKAh/Iv/3K82&#10;zk+zeZpOk2wGt58iAHp5BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIFzHvHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
                   <v:stroke dashstyle="longDash"/>
                 </v:shape>
-                <v:shape id="Höger 354" o:spid="_x0000_s1052" type="#_x0000_t13" style="position:absolute;left:41392;top:56336;width:1562;height:2642;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCSBcx7xwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFHqrGyVKTF1FhEovRWqbnqfZMYlmZ0J2q+nbu0Khx/n+Z7EaXKvO1PtG2MB4lIAiLsU2&#10;XBn4/Hh5ykD5gGyxFSYDv+Rhtby/W2Bu5cLvdN6HSsUQ9jkaqEPocq19WZNDP5KOOHIH6R2GePaV&#10;tj1eYrhr9SRJZtphw7Ghxo42NZWn/Y8z8CXprtvufFEcg0y238WbTMu5MY8Pw/oZVKAh/Iv/3K82&#10;zk+zeZpOk2wGt58iAHp5BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJIFzHvHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
-[...4 lines deleted...]
-                </v:shape>
+                <w10:wrap anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41E1C261" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="41E1C261" w14:textId="6537EEC4" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="001F1616" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...13 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5272BFCD" wp14:editId="17350CFE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5272BFCD" wp14:editId="07F900C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2831255</wp:posOffset>
+                  <wp:posOffset>2521902</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>31190</wp:posOffset>
+                  <wp:posOffset>56198</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="766800" cy="5036400"/>
-                <wp:effectExtent l="0" t="1270" r="13335" b="13335"/>
+                <wp:extent cx="750570" cy="5036185"/>
+                <wp:effectExtent l="0" t="9208" r="21273" b="21272"/>
                 <wp:wrapNone/>
                 <wp:docPr id="34" name="Figur 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm rot="5400000">
                           <a:off x="0" y="0"/>
-                          <a:ext cx="766800" cy="5036400"/>
+                          <a:ext cx="750570" cy="5036185"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst>
                             <a:gd name="adj" fmla="val 13032"/>
                           </a:avLst>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="2B0AE014" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                             <w:pPr>
                               <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
@@ -9925,66 +9853,68 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="003530AA">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Ange OBS i </w:t>
                             </w:r>
                             <w:r w:rsidRPr="003530AA">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                                 <w:i/>
                                 <w:iCs/>
                               </w:rPr>
                               <w:t>anvisningsrutan</w:t>
                             </w:r>
                             <w:r w:rsidRPr="003530AA">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Yu Gothic Light"/>
                               </w:rPr>
                               <w:t>* vid ordination utanför normala doser/dosintervall</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1"/>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="36000" anchor="ctr" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="5272BFCD" id="Figur 2" o:spid="_x0000_s1054" style="position:absolute;left:0;text-align:left;margin-left:222.95pt;margin-top:2.45pt;width:60.4pt;height:396.55pt;rotation:90;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcc9soFwIAAA0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJ1rQw4hRDig4D&#10;ugvW7gMUSY69yaJGKnGyrx+lGEmwvQ3zg2CK4iHPIbm8P/RO7C1SB76W00kphfUaTOe3tfz28vjm&#10;TgqKyhvlwNtaHi3J+9XrV8shVHYGLThjUTCIp2oItWxjDFVRkG5tr2gCwXp2NoC9imzitjCoBkbv&#10;XTEry0UxAJqAoC0R3z6cnHKV8ZvG6vi5achG4WrJtcV8Yj436SxWS1VtUYW202MZ6h+q6FXnOekZ&#10;6kFFJXbY/QXVdxqBoIkTDX0BTdNpmzkwm2n5B5vnVgWbubA4FM4y0f+D1Z/2z+ELptIpPIH+QcLD&#10;ulV+a98hwtBaZTjdNAlVDIGqc0AyiEPFZvgIhlurdhGyBocGe4HAWt+8LdOXb5mrOGThj2fh7SEK&#10;zZe3i8UdPxOaXTflfMFhOaGqElYqLiDF9xZ6kX5qibDz5it3N0Or/RPFrL4RXvWpFvNdiqZ33Mu9&#10;cmI6L+ezEXF8XFwwU6SHx865PA3Oi4EZz27HwglcZ5I3i3SktUPBoLXkMTQwvDAJKZyiyA5mdmKc&#10;5GJJL6FsOT9qmGRLE0pVPGwOojOcbp7KS1cbMEdWNevHkvBuMd8W8JcUA89pLennTqHllB88d2a+&#10;SAKLeG3gtbG5NpTXDFVLHVGKk7GOp3XYBey2Lee69JpnLtMY9yMN9bWd2Vy2ePUbAAD//wMAUEsD&#10;BBQABgAIAAAAIQCkDKLU4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qJ1SGRLiVLwRGxAtElsnHhJDbIfYacPfM6xgeTVHd84t17Pr2Q7HaINXkC0EMPRNMNa3Cl63dyfn&#10;wGLS3ug+eFTwjRHW1eFBqQsT9v4Fd5vUMirxsdAKupSGgvPYdOh0XIQBPd3ew+h0oji23Ix6T+Wu&#10;50shJHfaevrQ6QGvO2w+N5NTcNV+PN7f1m/brwdp5WxvnoR8npQ6PpovL4AlnNMfDL/6pA4VOdVh&#10;8iaynrLIzwhVcLrKMmBE5GJJY2oFK5nlwKuS/99Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAcc9soFwIAAA0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCkDKLU4AAAAAsBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+              <v:roundrect w14:anchorId="5272BFCD" id="Figur 2" o:spid="_x0000_s1051" style="position:absolute;left:0;text-align:left;margin-left:198.55pt;margin-top:4.45pt;width:59.1pt;height:396.55pt;rotation:90;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMhdCGJgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7aTJruy4qxWWW1V&#10;aXtRd/sBBHBMixk6kDjp13cgbhK1b1X9gDwMnDnnzLC8O/SW7TUGA67h1aTkTDsJyrhtw7++PL65&#10;5SxE4ZSw4HTDjzrwu9XrV8vB13oKHVilkRGIC/XgG97F6OuiCLLTvQgT8NpRsgXsRaQQt4VCMRB6&#10;b4tpWS6KAVB5BKlDoN2HU5KvMn7bahk/tW3QkdmGE7eYV8zrJq3FainqLQrfGTnSEP/AohfGUdEz&#10;1IOIgu3Q/AXVG4kQoI0TCX0BbWukzhpITVX+oea5E15nLWRO8Gebwv+DlR/3z/4zJurBP4H8HpiD&#10;dSfcVt8jwtBpoahclYwqBh/q84UUBLrKNsMHUNRasYuQPTi02DME8nr+tkxf3iWt7JCNP56N14fI&#10;JG3ezMv5DbVHUmpezhbV7TwXFHXCSuQ8hvhOQ8/ST8MRdk59oe5maLF/CjG7r5gTfeKivnHW9pZ6&#10;uReWVbNyNh0Rx8PFBTPddPBorM3TYB0bSPH0ZiQewBqVstmkY1hbZATacBpDBcMLieDMihApQcpO&#10;ipNdZOnlKkXWjR4m29KEhjoeNgdmFJWbJXppawPqSK5m/8gSeluktwP8ydlAc9rw8GMnUFPJ9446&#10;M1skg1m8DvA62FwHwkmCariMyNkpWMfTc9h5NNuOalXZUwf31M/WxN+NP/EaFdA0ZoHjy0njfh3n&#10;U5f3vfoFAAD//wMAUEsDBBQABgAIAAAAIQAicbfi4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9NT8MwDIbvSPyHyEjcWMrYslHqTnwOcRliQ+KaNqEtNE5p0q38e8wJjrYfvX7ebDW6VuxtHxpP&#10;COeTBISl0puGKoTX3cPZEkSImoxuPVmEbxtglR8fZTo1/kAvdr+NleAQCqlGqGPsUilDWVunw8R3&#10;lvj27nunI499JU2vDxzuWjlNEiWdbog/1Lqzt7UtP7eDQ7ipPp7W98Xb7utRNWps7jaJeh4QT0/G&#10;6ysQ0Y7xD4ZffVaHnJ0KP5AJokWYXyomES5magaCgeV8ugBRIPBCgcwz+b9C/gMAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCMhdCGJgIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAicbfi4AAAAAoBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                 <v:textbox inset="1mm,1mm,1mm,1mm">
                   <w:txbxContent>
                     <w:p w14:paraId="2B0AE014" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                       <w:pPr>
                         <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink w:anchor="_Ordination_av_läkemedel" w:history="1">
                         <w:r w:rsidRPr="003530AA">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                             <w:b/>
                             <w:bCs/>
                           </w:rPr>
                           <w:t>Ordination av läkemedel</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                     <w:p w14:paraId="5B433342" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
@@ -10041,135 +9971,150 @@
                         <w:t xml:space="preserve">Ange OBS i </w:t>
                       </w:r>
                       <w:r w:rsidRPr="003530AA">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           <w:i/>
                           <w:iCs/>
                         </w:rPr>
                         <w:t>anvisningsrutan</w:t>
                       </w:r>
                       <w:r w:rsidRPr="003530AA">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Yu Gothic Light"/>
                         </w:rPr>
                         <w:t>* vid ordination utanför normala doser/dosintervall</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26337C57" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="0CEAC926" w14:textId="52140606" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2035DEAA" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="26337C57" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DABD70E" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="2035DEAA" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54660FDF" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="4DABD70E" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A7BCB68" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
-[...9 lines deleted...]
-    <w:p w14:paraId="2A37361D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="54660FDF" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:keepLines/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2676" w:right="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="6A7BCB68" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A37361D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+      <w:pPr>
+        <w:keepLines/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2676" w:right="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="2323CE81" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FB5E7C8" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7089B0FB" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -10297,274 +10242,299 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3BD5EB" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B8A56A4" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="252A82E2" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="252A82E2" w14:textId="44EF8750" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AEBDF82" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="6AEBDF82" w14:textId="46FA928B" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75EA5C09" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="75EA5C09" w14:textId="0EB41C39" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AD9AEFE" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="3AD9AEFE" w14:textId="6C386D33" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C1B2B80" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:p w14:paraId="6B7BB5A1" w14:textId="15578392" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4960B68D" w14:textId="77777777" w:rsidR="00C97372" w:rsidRPr="003530AA" w:rsidRDefault="00C97372" w:rsidP="00C97372">
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:p w14:paraId="479F85B3" w14:textId="7C418F3A" w:rsidR="0028114F" w:rsidRDefault="00D500A8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="694026DD" wp14:editId="5D1FEE22">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="694026DD" wp14:editId="010A26B4">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2247265</wp:posOffset>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>121285</wp:posOffset>
+                  <wp:posOffset>266050</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2263775" cy="321945"/>
-                <wp:effectExtent l="0" t="0" r="22225" b="20955"/>
+                <wp:extent cx="2263775" cy="323850"/>
+                <wp:effectExtent l="0" t="0" r="22225" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="35" name="Textruta 4"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2263775" cy="321945"/>
+                          <a:ext cx="2263775" cy="323850"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:sysClr val="window" lastClr="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="620E2BF5" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                             <w:pPr>
                               <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                               <w:spacing w:before="40"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Pila till nästföljande rond i god tid</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
+                        <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="694026DD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textruta 4" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;margin-left:176.95pt;margin-top:9.55pt;width:178.25pt;height:25.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDoRYqzJQIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5y4TT+MOEWWIrsE&#10;bYF06FmR5diYLGqUEjv79aNkJ13bnYb5IFMk/Ug+kp7ddY1mB4WuBpPzyWjMmTISitrscv79efXl&#10;hjPnhSmEBqNyflSO380/f5q1NlMpVKALhYxAjMtam/PKe5sliZOVaoQbgVWGjCVgIzxdcZcUKFpC&#10;b3SSjsdXSQtYWASpnCPtfW/k84hflkr6x7J0yjOdc8rNxxPjuQ1nMp+JbIfCVrUc0hD/kEUjakNB&#10;z1D3wgu2x/oDVFNLBAelH0loEijLWqpYA1UzGb+rZlMJq2ItRI6zZ5rc/4OVD4eNfULmu6/QUQMD&#10;Ia11mSNlqKcrsQlvypSRnSg8nmlTnWeSlGl6dXF9PeVMku0indxeTgNM8vq1Ree/KWhYEHKO1JbI&#10;ljisne9dTy4hmANdF6ta63g5uqVGdhDUQWp8AS1nWjhPypyv4jNEe/OZNqzN+e00ncZIb2wh1hlz&#10;q4X88RGBsteGinglI0i+23asLoioyxNTWyiORCBCP1vOylVN+GtK8UkgDRNxRgviH+koNVBSMEic&#10;VYC//qYP/tRjsnLW0nDm3P3cC1ScmX2zBGJiQmtlZRQJH70+iSVC80I7sQgIZBJGEk7O/Ulc+n78&#10;aaekWiyiE82iFX5tNlYG6EB74Oi5exFoh6Z5avcDnEZSZO961/sOhPWcDBea3DgMw5aF1fjzHr1e&#10;/wXz3wAAAP//AwBQSwMEFAAGAAgAAAAhAASsJxXgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8tOwzAQRfdI/IM1SOyoE9q6SYhTVUggFq2Agli78ZBE9SOK3Sb9e4YVLEf36N4z5Xqyhp1xCJ13&#10;EtJZAgxd7XXnGgmfH093GbAQldPKeIcSLhhgXV1flarQfnTveN7HhlGJC4WS0MbYF5yHukWrwsz3&#10;6Cj79oNVkc6h4XpQI5Vbw++TRHCrOkcLrerxscX6uD9ZCXz19bJ7Xm7Ecfs6Lt76TGwvRkh5ezNt&#10;HoBFnOIfDL/6pA4VOR38yenAjIT5cp4TSkGeAiNglSYLYAcJIs+AVyX//0H1AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOhFirMlAgAAUwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAASsJxXgAAAACQEAAA8AAAAAAAAAAAAAAAAAfwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;" fillcolor="window">
+              <v:shape id="Textruta 4" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:20.95pt;width:178.25pt;height:25.5pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVwk3aLwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5w4S9sZcYosRXYp&#10;2gLp0LMiS7EwSdQkJXb260cpX2u707AcFIqkHslH0tPb3miyEz4osDUdDYaUCMuhUXZT0+/Py083&#10;lITIbMM0WFHTvQj0dvbxw7RzlSihBd0ITxDEhqpzNW1jdFVRBN4Kw8IAnLBolOANi3j1m6LxrEN0&#10;o4tyOLwqOvCN88BFCKi9OxjpLONLKXh8lDKISHRNMbeYT5/PdTqL2ZRVG89cq/gxDfYPWRimLAY9&#10;Q92xyMjWq3dQRnEPAWQccDAFSKm4yDVgNaPhm2pWLXMi14LkBHemKfw/WP6wW7knT2L/FXpsYCKk&#10;c6EKqEz19NKb9I+ZErQjhfszbaKPhKOyLK/G19cTSjjaxuX4ZpJ5LS6vnQ/xmwBDklBTj23JbLHd&#10;fYgYEV1PLilYAK2apdI6X/ZhoT3ZMewgNr6BjhLNQkRlTZf5l5JGiFfPtCVdTb9MykmO9MqWYp0x&#10;15rxH+8REE9bhL2QkaTYr3uiGiTq84mpNTR7JNDDYbaC40uF+PeY4hPzOEzIGS5IfMRDasCk4ChR&#10;0oL/9Td98sceo5WSDoezpuHnlnlBid2aBSATI1wrx7OI+D7qkyg9mBfciXlCQBOzHHFqGk/iIh7G&#10;H3eKi/k8O+EsOhbv7crxBJ1oTxw99y/Mu2PTIrb7AU4jyao3vTv4ppcW5tsIUuXGJtIODB25xDnO&#10;zTruXFqUP+/Z6/JlmP0GAAD//wMAUEsDBBQABgAIAAAAIQDHBdzQ3gAAAAYBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqNPSmCZkU1VIIA5FQEGc3WRJotrrKHab9O8xJziOZjTz&#10;plhP1ogTDb5zjDCfJSCIK1d33CB8fjzerED4oLnWxjEhnMnDury8KHReu5Hf6bQLjYgl7HON0IbQ&#10;51L6qiWr/cz1xNH7doPVIcqhkfWgx1hujVwkiZJWdxwXWt3TQ0vVYXe0CPLu6/nlKd2ow/Z1XL71&#10;K7U9G4V4fTVt7kEEmsJfGH7xIzqUkWnvjlx7YRDikYCwnGcgonubqhTEHiFbZCDLQv7HL38AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1cJN2i8CAABhBAAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxwXc0N4AAAAGAQAADwAAAAAAAAAAAAAAAACJ&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJQFAAAAAA==&#10;" fillcolor="window">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="620E2BF5" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="00C97372">
                       <w:pPr>
                         <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                         <w:spacing w:before="40"/>
                         <w:jc w:val="center"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Pila till nästföljande rond i god tid</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
+                <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00C7425D">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="190CDB72" wp14:editId="10EC557C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2680731</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>68173</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="174453" cy="223520"/>
+                <wp:effectExtent l="0" t="5715" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="471785673" name="Höger 354"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm rot="5400000">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="174453" cy="223520"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rightArrow">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="A5A5A5"/>
+                        </a:solidFill>
+                        <a:ln w="12700">
+                          <a:noFill/>
+                          <a:prstDash val="lgDash"/>
+                          <a:miter lim="800000"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="422702C0" id="Höger 354" o:spid="_x0000_s1026" type="#_x0000_t13" style="position:absolute;margin-left:211.1pt;margin-top:5.35pt;width:13.75pt;height:17.6pt;rotation:90;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3wR2xKgIAAFMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+lwUCTbRiiRCIXqIk&#10;UhLlbLxe1pLtcccOC/36jr1LaNOeqoJkzdjj55k3b3Zxe7SGHRQGDa7ik9GYM+Uk1NrtK/7yvP1y&#10;w1mIwtXCgFMVP6nAb5efPy06X6optGBqhYxAXCg7X/E2Rl8WRZCtsiKMwCtHhw2gFZFc3Bc1io7Q&#10;rSmm4/HXogOsPYJUIdDupj/ky4zfNErGh6YJKjJTccot5hXzuktrsVyIco/Ct1oOaYh/yMIK7ejR&#10;d6iNiIK9of4DymqJEKCJIwm2gKbRUuUaqJrJ+EM1T63wKtdC5AT/TlP4f7Dy/vDkH5Fo6HwoA5mp&#10;imODliEQW/PZOP1ybZQtO2bqTu/UqWNkkjYn17PZ/IozSUfT6dV8mqkteqgE6THEbwosS0bFUe/b&#10;uEKELkOLw12IlARdOAemSwGMrrfamOzgfrc2yA6Cermap39qH135Lcw41lE+0+shawcJIPc5QW9E&#10;aHsIs092rwCrI8nQaFvxm77gHtm49LLKQhoyvPCUrB3Up0fsuSJ9BS+3ml65EyE+CiQp0SaNR3yg&#10;pTFAmcFgcdYC/vjbfoqnDtMpZx1Js+Lh+5tAxZl7s2ug6if5pWwSPkZzNhsE+0oTsUoIdCScJJyK&#10;y4hnZx17+dNMSbVa5TDSohfxzj15mcDP/Xo+vgr0Q8citfoezpIU5YeW9bHUjgsrg0PKzV0apiyN&#10;xq9+jrp8C5Y/AQAA//8DAFBLAwQUAAYACAAAACEAq+BCmd0AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMAyG70i8Q2QkbixdSaetazohJHZDE4NyThvTFhqnarKtvD3mBDdb/6ffn4vd7AZx&#10;xin0njQsFwkIpMbbnloNb69Pd2sQIRqyZvCEGr4xwK68vipMbv2FXvB8jK3gEgq50dDFOOZShqZD&#10;Z8LCj0icffjJmcjr1Eo7mQuXu0GmSbKSzvTEFzoz4mOHzdfx5DS8e3UY94dQVZ/Rp/u6evZZs9H6&#10;9mZ+2IKIOMc/GH71WR1Kdqr9iWwQgwa1XCtGOVAZCAZUdr8CUfOQJiDLQv7/oPwBAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAt8EdsSoCAABTBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAq+BCmd0AAAAJAQAADwAAAAAAAAAAAAAAAACEBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAI4FAAAAAA==&#10;" adj="10800" fillcolor="#a5a5a5" stroked="f" strokeweight="1pt">
+                <v:stroke dashstyle="longDash"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="0028114F">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="75614834" w14:textId="77777777" w:rsidR="0028114F" w:rsidRPr="003530AA" w:rsidRDefault="0028114F" w:rsidP="0028114F">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="620" w:name="_Toc256000461"/>
       <w:bookmarkStart w:id="621" w:name="_Toc256000419"/>
       <w:bookmarkStart w:id="622" w:name="_Toc256000377"/>
       <w:bookmarkStart w:id="623" w:name="_Toc256000335"/>
       <w:bookmarkStart w:id="624" w:name="_Toc256000293"/>
       <w:bookmarkStart w:id="625" w:name="_Toc532984176"/>
       <w:bookmarkStart w:id="626" w:name="_Toc532987767"/>
       <w:bookmarkStart w:id="627" w:name="_Toc256000127"/>
       <w:bookmarkStart w:id="628" w:name="_Toc256000193"/>
       <w:bookmarkStart w:id="629" w:name="_Toc256000256"/>
       <w:bookmarkStart w:id="630" w:name="_Toc73355342"/>
       <w:bookmarkStart w:id="631" w:name="_Toc73431044"/>
-      <w:bookmarkStart w:id="632" w:name="_Toc207799076"/>
+      <w:bookmarkStart w:id="632" w:name="_Toc223694981"/>
       <w:bookmarkStart w:id="633" w:name="_Toc402029777"/>
       <w:bookmarkStart w:id="634" w:name="_Toc402175018"/>
       <w:bookmarkStart w:id="635" w:name="_Toc403737968"/>
       <w:bookmarkStart w:id="636" w:name="_Toc418686670"/>
       <w:bookmarkStart w:id="637" w:name="_Toc460320048"/>
       <w:bookmarkStart w:id="638" w:name="_Toc256000033"/>
       <w:bookmarkStart w:id="639" w:name="_Toc256000076"/>
       <w:bookmarkStart w:id="640" w:name="_Toc460595314"/>
       <w:bookmarkStart w:id="641" w:name="_Toc256000119"/>
       <w:bookmarkStart w:id="642" w:name="_Toc256000162"/>
       <w:bookmarkStart w:id="643" w:name="_Toc256000205"/>
       <w:bookmarkStart w:id="644" w:name="_Toc256000248"/>
       <w:bookmarkStart w:id="645" w:name="_Toc517790301"/>
       <w:bookmarkStart w:id="646" w:name="_Toc517790516"/>
       <w:r w:rsidRPr="003530AA">
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 2 - Doseringstider som genererar klockslag</w:t>
       </w:r>
       <w:bookmarkEnd w:id="620"/>
       <w:bookmarkEnd w:id="621"/>
       <w:bookmarkEnd w:id="622"/>
       <w:bookmarkEnd w:id="623"/>
       <w:bookmarkEnd w:id="624"/>
       <w:bookmarkEnd w:id="625"/>
       <w:bookmarkEnd w:id="626"/>
@@ -11981,51 +11951,51 @@
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B80718" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="0001639E">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="647" w:name="_Toc256000462"/>
       <w:bookmarkStart w:id="648" w:name="_Toc256000420"/>
       <w:bookmarkStart w:id="649" w:name="_Toc256000378"/>
       <w:bookmarkStart w:id="650" w:name="_Toc256000336"/>
       <w:bookmarkStart w:id="651" w:name="_Toc256000294"/>
       <w:bookmarkStart w:id="652" w:name="_Toc256000065"/>
       <w:bookmarkStart w:id="653" w:name="_Toc524080371"/>
       <w:bookmarkStart w:id="654" w:name="_Toc525659259"/>
       <w:bookmarkStart w:id="655" w:name="_Toc532909533"/>
       <w:bookmarkStart w:id="656" w:name="_Toc532984177"/>
       <w:bookmarkStart w:id="657" w:name="_Toc532987768"/>
       <w:bookmarkStart w:id="658" w:name="_Toc256000128"/>
       <w:bookmarkStart w:id="659" w:name="_Toc256000194"/>
       <w:bookmarkStart w:id="660" w:name="_Toc256000257"/>
       <w:bookmarkStart w:id="661" w:name="_Toc73355343"/>
       <w:bookmarkStart w:id="662" w:name="_Toc73431045"/>
-      <w:bookmarkStart w:id="663" w:name="_Toc207799077"/>
+      <w:bookmarkStart w:id="663" w:name="_Toc223694982"/>
       <w:r w:rsidRPr="003530AA">
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 3 - Begränsningar för e-recept</w:t>
       </w:r>
       <w:bookmarkEnd w:id="647"/>
       <w:bookmarkEnd w:id="648"/>
       <w:bookmarkEnd w:id="649"/>
       <w:bookmarkEnd w:id="650"/>
       <w:bookmarkEnd w:id="651"/>
       <w:bookmarkEnd w:id="652"/>
       <w:bookmarkEnd w:id="653"/>
       <w:bookmarkEnd w:id="654"/>
       <w:bookmarkEnd w:id="655"/>
       <w:bookmarkEnd w:id="656"/>
       <w:bookmarkEnd w:id="657"/>
       <w:bookmarkEnd w:id="658"/>
       <w:bookmarkEnd w:id="659"/>
       <w:bookmarkEnd w:id="660"/>
       <w:bookmarkEnd w:id="661"/>
       <w:bookmarkEnd w:id="662"/>
       <w:bookmarkEnd w:id="663"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8914" w:type="dxa"/>
@@ -12251,65 +12221,65 @@
               </w:rPr>
               <w:t xml:space="preserve">Patienter med reservnummer eller samordningsnummer måste ha födelsedatum inlagt under </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Patientadm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> i Melior. E-recept kan, när födelsedatum är fullständigt, skickas till specifikt apotek, inte till receptbrevlådan.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="672"/>
             <w:bookmarkEnd w:id="673"/>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Se även </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="00267CC3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>Personnummerhantering i Melior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="5E0C0A4C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> samt </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="00EF2A9D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlnk"/>
                 </w:rPr>
                 <w:t>E-recept till patient med reservnummer eller samordningsnummer, SÄS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0037457D">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0001639E" w:rsidRPr="003530AA" w14:paraId="6AC290E1" w14:textId="77777777" w:rsidTr="002D0973">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F491A81" w14:textId="77777777" w:rsidR="0001639E" w:rsidRPr="003530AA" w:rsidRDefault="0001639E" w:rsidP="00C740BB">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="80" w:after="80" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -12743,87 +12713,87 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4C6458" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="690" w:name="_Toc256000463"/>
       <w:bookmarkStart w:id="691" w:name="_Toc256000421"/>
       <w:bookmarkStart w:id="692" w:name="_Toc256000379"/>
       <w:bookmarkStart w:id="693" w:name="_Toc256000066"/>
       <w:bookmarkStart w:id="694" w:name="_Toc532984178"/>
       <w:bookmarkStart w:id="695" w:name="_Toc532987769"/>
       <w:bookmarkStart w:id="696" w:name="_Toc256000129"/>
       <w:bookmarkStart w:id="697" w:name="_Toc256000195"/>
       <w:bookmarkStart w:id="698" w:name="_Toc256000258"/>
       <w:bookmarkStart w:id="699" w:name="_Toc73355344"/>
       <w:bookmarkStart w:id="700" w:name="_Toc256000337"/>
       <w:bookmarkStart w:id="701" w:name="_Toc256000295"/>
       <w:bookmarkStart w:id="702" w:name="_Toc73431046"/>
-      <w:bookmarkStart w:id="703" w:name="_Toc207799078"/>
+      <w:bookmarkStart w:id="703" w:name="_Toc223694983"/>
       <w:r w:rsidRPr="003530AA">
         <w:lastRenderedPageBreak/>
         <w:t>Bilaga 4 - Flödesschema: Utskrivning från slutenvård</w:t>
       </w:r>
       <w:bookmarkEnd w:id="690"/>
       <w:bookmarkEnd w:id="691"/>
       <w:bookmarkEnd w:id="692"/>
       <w:bookmarkEnd w:id="693"/>
       <w:bookmarkEnd w:id="694"/>
       <w:bookmarkEnd w:id="695"/>
       <w:bookmarkEnd w:id="696"/>
       <w:bookmarkEnd w:id="697"/>
       <w:bookmarkEnd w:id="698"/>
       <w:bookmarkEnd w:id="699"/>
       <w:bookmarkEnd w:id="700"/>
       <w:bookmarkEnd w:id="701"/>
       <w:bookmarkEnd w:id="702"/>
       <w:bookmarkEnd w:id="703"/>
     </w:p>
     <w:p w14:paraId="29B24F20" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62E29139" wp14:editId="28EA319E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62E29139" wp14:editId="28EA319E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>341629</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>120650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6075046" cy="6122670"/>
                 <wp:effectExtent l="0" t="0" r="20955" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="36" name="Grupp 11" descr="Flödesschema som visar läkemedelshantering vid utskrivning från slutenvård till eget boende eller annan vårdgivare (primärvård eller kommunal hälso- och sjukvård)."/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6075046" cy="6122670"/>
                           <a:chOff x="-1" y="0"/>
                           <a:chExt cx="6075500" cy="6123078"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
@@ -13693,52 +13663,52 @@
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="A5A5A5"/>
                           </a:solidFill>
                           <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
                             <a:noFill/>
                             <a:prstDash val="solid"/>
                             <a:miter lim="800000"/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="62E29139" id="Grupp 11" o:spid="_x0000_s1056" alt="Flödesschema som visar läkemedelshantering vid utskrivning från slutenvård till eget boende eller annan vårdgivare (primärvård eller kommunal hälso- och sjukvård)." style="position:absolute;margin-left:26.9pt;margin-top:9.5pt;width:478.35pt;height:482.1pt;z-index:251663360" coordorigin="" coordsize="60755,61230" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCM1KWKqAUAAE4nAAAOAAAAZHJzL2Uyb0RvYy54bWzsWtuO2zYQfS/QfyD0vjHFiy5GvMFi000L&#10;bJOgSZFnriTLaiVRpeS1tx/WH+iP9ZC62Os21zbptnYCeEVJHHIOZ4Znhnr8ZFuV5DYzbaHrhec/&#10;oh7J6kSnRZ0vvB9fX51FHmk7Vaeq1HW28O6y1nty/vVXjzfNPGN6pcs0MwRC6na+aRbequua+WzW&#10;JqusUu0j3WQ1Hi61qVSHpslnqVEbSK/KGaM0mG20SRujk6xtcfdp/9A7d/KXyyzpXiyXbdaRcuFh&#10;bp37Ne73xv7Ozh+reW5UsyqSYRrqE2ZRqaLGoJOop6pTZG2KP4mqisToVi+7R4muZnq5LJLM6QBt&#10;fHqgzTOj143TJZ9v8maCCdAe4PTJYpPnt89M86p5aYDEpsmBhWtZXbZLU9m/mCXZOsjuJsiybUcS&#10;3AxoKKkIPJLgWeAzFoQDqMkKyNt+Z75Hdh2T1Td7XSXFogxdOQ0jux6zceTZvflsGlhIuwOh/Xsg&#10;vFqpJnPYtnOA8NKQIl14PPRIrSoY6lWRrw1hdkJ2ZLxiQbJwtM21Tn5uSa0vV6rOswtj9GaVqRQz&#10;8p0C9zrYRouu5GbzvU4hWa077WzF4kuMhk1KQe0/d3dAm/mx8CVz0J3FMmK+tLLVfERe8pD5A3pM&#10;SB4IB/yEnpo3pu2eZboi9mLhwZjq9Ad4hBtG3V63nZWXp4PGKv3JI8uqhP3fqpL4nHKnPiQOL+Nq&#10;lGl71vqqKEs3qbImG2jPwkGJVpdFap86wO7ay9IQCF14cN1Ub15DCY+Uqu3wADbVa9+v/V5XjFfW&#10;MIgRwn4puu3N1i1Wj4h9eKPTOyDssAQkiEfQd6XNrx7ZwLcXXvvLWpkMQ35XY5V4YMEm3X7D7Ddu&#10;9huqTiBq4SWd8UjfuOz6ELJuTJGvMNZu3WGi/TQ/v60itD4MW5UyiHpLjaj0pQNjZ6g+HsrRUv0w&#10;5lHoTPmYLDUY48hxWmr8UCyVxbEfsH5DOvP9kFF+P6oipErKZL8pCRqwkB9dWA2P2lixjT6QsMoC&#10;yiIfvgP2hO2f+v5BZA1ssB0pQOTzIDq6wOoY49FSAIFI1lOAb3//LUcixYWzAAvIwFgH/moZqOVi&#10;O87JRch4HO5zTs55GEagwDA4GUsuHbq7nZwheI6EnQkf+ZeNFO/Yxy05cvR4Rzn7Dvs0co/wgVyb&#10;/GYiixfS/h/GuPfawDdjBGuEasvwlqUCpUyqJgXbq3MwtTJHRmpJ2wFXtWM/Ve2qJ6RObL8HVEUH&#10;CMuiWnjRPiO1HBQguGwSpNlqcJ+RHmzqbZNcFRjkGvz2pTLg05ik5aQv8LMsNZiyHq48YlnqX91/&#10;O4et19WlBpXG2mMkdwn5pivHy6XR1RukxReWBePROwgsEusku7hwryEhbVR3Xb9qEivc6myher19&#10;o0wz5BAdiPtzPeZOQ2KwW9L+3QGfHpWh8eVosQATPfCJiX29zyeQZdFYiH2fQE7DkJ45nwio5CC6&#10;0PfkEyef+C/5BB994t8ua3Cfc0GRuWKL4SGNOI0P/Uky5IeuKORjkxEg432AGctR497xvy1rOESO&#10;l9OIh2KrAae0TxUF5YKhynk/8lPJYjmYKoOthuDix2WqzCl8vKaKxf/oClzboATr2NtnLiCHQoZx&#10;T1wEi4PgsIAcSh80d4i0MhYxUs0jM1+XTx+v+eLY5qPN97McdsBSZcD6Sge3phq4TX/Hsn0/jqJo&#10;MlawhqMrdbDpLOog3Xx7pvh/Ou0Q08ncVOqY6pRvT+tspjYeqDFORQQiDOYpGOcyPqimcSoFH7dz&#10;IcR7TylO1Y1TdaMvBX3B6sZ06De6QTjFhQ9yA0EZbLtPwOAOuDwoaJzcoDsV+R58kW86UZzcwB3k&#10;WS73QW7A4zjibNwNmIhObuAq+ada9z9U63YfL+GjLYfq8IGZ/Spsv+1q47vP4M7/AAAA//8DAFBL&#10;AwQUAAYACAAAACEA0FUqVuAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2WE&#10;3uomhhSN2YhI25MUqoXS25odk2B2NmTXJP77jqf2+OYN730v30y2FQP2vnGkIJ5HIJBKZxqqFHwd&#10;356XIHzQZHTrCBXc0MOmeHzIdWbcSJ84HEIlOIR8phXUIXSZlL6s0Wo/dx0Se2fXWx1Y9pU0vR45&#10;3LZyEUUv0uqGuKHWHe5qLC+Hq1XwPupxm8Svw/5y3t1+junH9z5GpZ5m03YNIuAU/p7hjs/oUDDT&#10;yV3JeNEqSBMmD3xf8aS7H8VRCuKkYLVMFiCLXP6fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAjNSliqgFAABOJwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA0FUqVuAAAAAKAQAADwAAAAAAAAAAAAAAAAACCAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA8JAAAAAA==&#10;">
-                <v:roundrect id="_x0000_s1057" style="position:absolute;left:21941;top:-9582;width:5372;height:24536;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDP7qLdxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvlfofrEXi1jqAFFBaJ6I8WrhQ9SH1uo2XxG28DrHbhn+PkZA4jmbmG8206G0jztR541jBzTgB&#10;QVw6bbhSsN28jh5A+ICssXFMCr7JQ5EPB1PMtLvwis7rUIkIYZ+hgjqENpPSlzVZ9GPXEkfv03UW&#10;Q5RdJXWHlwi3jbxNklRaNBwXamzpqabyuD5ZBbPq8D5/2e82X4vUpL15/kjS5Ump66v+cQIiUB/+&#10;w3/tN63g7h5+v8QfIPMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM/uot3HAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+              <v:group w14:anchorId="62E29139" id="Grupp 11" o:spid="_x0000_s1053" alt="Flödesschema som visar läkemedelshantering vid utskrivning från slutenvård till eget boende eller annan vårdgivare (primärvård eller kommunal hälso- och sjukvård)." style="position:absolute;margin-left:26.9pt;margin-top:9.5pt;width:478.35pt;height:482.1pt;z-index:251658243" coordorigin="" coordsize="60755,61230" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCM1KWKqAUAAE4nAAAOAAAAZHJzL2Uyb0RvYy54bWzsWtuO2zYQfS/QfyD0vjHFiy5GvMFi000L&#10;bJOgSZFnriTLaiVRpeS1tx/WH+iP9ZC62Os21zbptnYCeEVJHHIOZ4Znhnr8ZFuV5DYzbaHrhec/&#10;oh7J6kSnRZ0vvB9fX51FHmk7Vaeq1HW28O6y1nty/vVXjzfNPGN6pcs0MwRC6na+aRbequua+WzW&#10;JqusUu0j3WQ1Hi61qVSHpslnqVEbSK/KGaM0mG20SRujk6xtcfdp/9A7d/KXyyzpXiyXbdaRcuFh&#10;bp37Ne73xv7Ozh+reW5UsyqSYRrqE2ZRqaLGoJOop6pTZG2KP4mqisToVi+7R4muZnq5LJLM6QBt&#10;fHqgzTOj143TJZ9v8maCCdAe4PTJYpPnt89M86p5aYDEpsmBhWtZXbZLU9m/mCXZOsjuJsiybUcS&#10;3AxoKKkIPJLgWeAzFoQDqMkKyNt+Z75Hdh2T1Td7XSXFogxdOQ0jux6zceTZvflsGlhIuwOh/Xsg&#10;vFqpJnPYtnOA8NKQIl14PPRIrSoY6lWRrw1hdkJ2ZLxiQbJwtM21Tn5uSa0vV6rOswtj9GaVqRQz&#10;8p0C9zrYRouu5GbzvU4hWa077WzF4kuMhk1KQe0/d3dAm/mx8CVz0J3FMmK+tLLVfERe8pD5A3pM&#10;SB4IB/yEnpo3pu2eZboi9mLhwZjq9Ad4hBtG3V63nZWXp4PGKv3JI8uqhP3fqpL4nHKnPiQOL+Nq&#10;lGl71vqqKEs3qbImG2jPwkGJVpdFap86wO7ay9IQCF14cN1Ub15DCY+Uqu3wADbVa9+v/V5XjFfW&#10;MIgRwn4puu3N1i1Wj4h9eKPTOyDssAQkiEfQd6XNrx7ZwLcXXvvLWpkMQ35XY5V4YMEm3X7D7Ddu&#10;9huqTiBq4SWd8UjfuOz6ELJuTJGvMNZu3WGi/TQ/v60itD4MW5UyiHpLjaj0pQNjZ6g+HsrRUv0w&#10;5lHoTPmYLDUY48hxWmr8UCyVxbEfsH5DOvP9kFF+P6oipErKZL8pCRqwkB9dWA2P2lixjT6QsMoC&#10;yiIfvgP2hO2f+v5BZA1ssB0pQOTzIDq6wOoY49FSAIFI1lOAb3//LUcixYWzAAvIwFgH/moZqOVi&#10;O87JRch4HO5zTs55GEagwDA4GUsuHbq7nZwheI6EnQkf+ZeNFO/Yxy05cvR4Rzn7Dvs0co/wgVyb&#10;/GYiixfS/h/GuPfawDdjBGuEasvwlqUCpUyqJgXbq3MwtTJHRmpJ2wFXtWM/Ve2qJ6RObL8HVEUH&#10;CMuiWnjRPiO1HBQguGwSpNlqcJ+RHmzqbZNcFRjkGvz2pTLg05ik5aQv8LMsNZiyHq48YlnqX91/&#10;O4et19WlBpXG2mMkdwn5pivHy6XR1RukxReWBePROwgsEusku7hwryEhbVR3Xb9qEivc6myher19&#10;o0wz5BAdiPtzPeZOQ2KwW9L+3QGfHpWh8eVosQATPfCJiX29zyeQZdFYiH2fQE7DkJ45nwio5CC6&#10;0PfkEyef+C/5BB994t8ua3Cfc0GRuWKL4SGNOI0P/Uky5IeuKORjkxEg432AGctR497xvy1rOESO&#10;l9OIh2KrAae0TxUF5YKhynk/8lPJYjmYKoOthuDix2WqzCl8vKaKxf/oClzboATr2NtnLiCHQoZx&#10;T1wEi4PgsIAcSh80d4i0MhYxUs0jM1+XTx+v+eLY5qPN97McdsBSZcD6Sge3phq4TX/Hsn0/jqJo&#10;MlawhqMrdbDpLOog3Xx7pvh/Ou0Q08ncVOqY6pRvT+tspjYeqDFORQQiDOYpGOcyPqimcSoFH7dz&#10;IcR7TylO1Y1TdaMvBX3B6sZ06De6QTjFhQ9yA0EZbLtPwOAOuDwoaJzcoDsV+R58kW86UZzcwB3k&#10;WS73QW7A4zjibNwNmIhObuAq+ada9z9U63YfL+GjLYfq8IGZ/Spsv+1q47vP4M7/AAAA//8DAFBL&#10;AwQUAAYACAAAACEA0FUqVuAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2WE&#10;3uomhhSN2YhI25MUqoXS25odk2B2NmTXJP77jqf2+OYN730v30y2FQP2vnGkIJ5HIJBKZxqqFHwd&#10;356XIHzQZHTrCBXc0MOmeHzIdWbcSJ84HEIlOIR8phXUIXSZlL6s0Wo/dx0Se2fXWx1Y9pU0vR45&#10;3LZyEUUv0uqGuKHWHe5qLC+Hq1XwPupxm8Svw/5y3t1+junH9z5GpZ5m03YNIuAU/p7hjs/oUDDT&#10;yV3JeNEqSBMmD3xf8aS7H8VRCuKkYLVMFiCLXP6fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAjNSliqgFAABOJwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA0FUqVuAAAAAKAQAADwAAAAAAAAAAAAAAAAACCAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAA8JAAAAAA==&#10;">
+                <v:roundrect id="_x0000_s1054" style="position:absolute;left:21941;top:-9582;width:5372;height:24536;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDP7qLdxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvlfofrEXi1jqAFFBaJ6I8WrhQ9SH1uo2XxG28DrHbhn+PkZA4jmbmG8206G0jztR541jBzTgB&#10;QVw6bbhSsN28jh5A+ICssXFMCr7JQ5EPB1PMtLvwis7rUIkIYZ+hgjqENpPSlzVZ9GPXEkfv03UW&#10;Q5RdJXWHlwi3jbxNklRaNBwXamzpqabyuD5ZBbPq8D5/2e82X4vUpL15/kjS5Ump66v+cQIiUB/+&#10;w3/tN63g7h5+v8QfIPMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM/uot3HAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="03DB9A27" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:b/>
                             <w:bCs/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
@@ -13753,51 +13723,51 @@
                           </w:rPr>
                           <w:t xml:space="preserve">Säkerställ patientens fortsatta </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00565CBA">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>tillgång till läkemedel</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1058" style="position:absolute;left:556;top:8052;width:16825;height:17938;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+cTavwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JbsIw&#10;EL1X6j9YU4lbcQApqgIGla0tFxCLxHWIp4nbeBxiA+Hv60Mljk9vH01aW4krNd44VtDrJiCIc6cN&#10;FwoO++XrGwgfkDVWjknBnTxMxs9PI8y0u/GWrrtQiBjCPkMFZQh1JqXPS7Lou64mjty3ayyGCJtC&#10;6gZvMdxWsp8kqbRoODaUWNOspPx3d7EKpsXP6mNxOu7Pn6lJWzNfJ+nmolTnpX0fggjUhof43/2l&#10;FQzi2Pgl/gA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+cTavwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1055" style="position:absolute;left:556;top:8052;width:16825;height:17938;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+cTavwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JbsIw&#10;EL1X6j9YU4lbcQApqgIGla0tFxCLxHWIp4nbeBxiA+Hv60Mljk9vH01aW4krNd44VtDrJiCIc6cN&#10;FwoO++XrGwgfkDVWjknBnTxMxs9PI8y0u/GWrrtQiBjCPkMFZQh1JqXPS7Lou64mjty3ayyGCJtC&#10;6gZvMdxWsp8kqbRoODaUWNOspPx3d7EKpsXP6mNxOu7Pn6lJWzNfJ+nmolTnpX0fggjUhof43/2l&#10;FQzi2Pgl/gA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+cTavwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="41C13C2C" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                           </w:rPr>
                         </w:pPr>
                         <w:hyperlink w:anchor="_Förskrivning_av_recept" w:history="1">
                           <w:r w:rsidRPr="00FC2ABA">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Patienter med recept:</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                       <w:p w14:paraId="2D2E31C3" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00457D2D" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
@@ -13821,51 +13791,51 @@
                           <w:br/>
                           <w:t>e-recept.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:br/>
                         </w:r>
                         <w:r w:rsidRPr="00C9612C">
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>Kontrollera via NLL att patienten inte redan har aktiv förskrivning</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> med aktuell dosering.  </w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1059" style="position:absolute;left:29916;top:-1173;width:21050;height:40627;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRPZM0xwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvlfofrEXi1jqAFEFaJ6I8WrhQ9SH1uo2XxG28DrHbhn+PkZA4jmbmG8206G0jztR541jBzTgB&#10;QVw6bbhSsN28ju5B+ICssXFMCr7JQ5EPB1PMtLvwis7rUIkIYZ+hgjqENpPSlzVZ9GPXEkfv03UW&#10;Q5RdJXWHlwi3jbxNklRaNBwXamzpqabyuD5ZBbPq8D5/2e82X4vUpL15/kjS5Ump66v+cQIiUB/+&#10;w3/tN63g7gF+v8QfIPMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANE9kzTHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1056" style="position:absolute;left:29916;top:-1173;width:21050;height:40627;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRPZM0xwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LT8Mw&#10;EITvlfofrEXi1jqAFEFaJ6I8WrhQ9SH1uo2XxG28DrHbhn+PkZA4jmbmG8206G0jztR541jBzTgB&#10;QVw6bbhSsN28ju5B+ICssXFMCr7JQ5EPB1PMtLvwis7rUIkIYZ+hgjqENpPSlzVZ9GPXEkfv03UW&#10;Q5RdJXWHlwi3jbxNklRaNBwXamzpqabyuD5ZBbPq8D5/2e82X4vUpL15/kjS5Ump66v+cQIiUB/+&#10;w3/tN63g7gF+v8QfIPMfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANE9kzTHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="57EC4625" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                           </w:rPr>
                         </w:pPr>
                         <w:hyperlink w:anchor="_Patienter_med_dosexpedition/Pascal_2" w:history="1">
                           <w:r w:rsidRPr="00FC2ABA">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Patienter med dosexpedition/Pascal:</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                       <w:p w14:paraId="1E4BD814" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
@@ -13953,116 +13923,116 @@
                           <w:ind w:left="644" w:hanging="360"/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Ovanstående undantag förutsätter att patientens senaste leverans av dospåsar är tillgänglig och aktuell</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="2FB96DB0" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00565CBA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r w:rsidRPr="00565CBA">
                           <w:t>Uppmärksamma patienten på att ev. förskrivna</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00565CBA">
                           <w:br/>
                           <w:t>helförpackningar måste hämtas/beställas separat</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1060" style="position:absolute;left:26028;top:21500;width:6516;height:28137;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYAUnUwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JbsIw&#10;EL1X6j9YU4lbcUAoqgIGla0tFxCLxHWIp4nbeBxiA+Hv60Mljk9vH01aW4krNd44VtDrJiCIc6cN&#10;FwoO++XrGwgfkDVWjknBnTxMxs9PI8y0u/GWrrtQiBjCPkMFZQh1JqXPS7Lou64mjty3ayyGCJtC&#10;6gZvMdxWsp8kqbRoODaUWNOspPx3d7EKpsXP6mNxOu7Pn6lJWzNfJ+nmolTnpX0fggjUhof43/2l&#10;FQzi+vgl/gA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAYAUnUwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1057" style="position:absolute;left:26028;top:21500;width:6516;height:28137;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYAUnUwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JbsIw&#10;EL1X6j9YU4lbcUAoqgIGla0tFxCLxHWIp4nbeBxiA+Hv60Mljk9vH01aW4krNd44VtDrJiCIc6cN&#10;FwoO++XrGwgfkDVWjknBnTxMxs9PI8y0u/GWrrtQiBjCPkMFZQh1JqXPS7Lou64mjty3ayyGCJtC&#10;6gZvMdxWsp8kqbRoODaUWNOspPx3d7EKpsXP6mNxOu7Pn6lJWzNfJ+nmolTnpX0fggjUhof43/2l&#10;FQzi+vgl/gA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAYAUnUwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="7C268B81" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Calibri Light" w:eastAsia="Yu Gothic Light" w:hAnsi="Calibri Light"/>
                             <w:b/>
                             <w:bCs/>
                             <w:iCs/>
                             <w:outline/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="24"/>
                             <w14:textOutline w14:w="12700" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="000000"/>
                               </w14:solidFill>
                               <w14:prstDash w14:val="solid"/>
                               <w14:bevel/>
                             </w14:textOutline>
                             <w14:textFill>
                               <w14:noFill/>
                             </w14:textFill>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="0016600B">
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:sz w:val="24"/>
                           </w:rPr>
                           <w:t>Säkerställ överföring av information till patient och nästa vårdgivare</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 345" o:spid="_x0000_s1061" type="#_x0000_t13" style="position:absolute;left:33377;top:5953;width:2916;height:2412;rotation:3792783fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPdybWxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/0P4RT6UjSrFdGtUUqhFxArXsDXw+Z0szQ5WZJU139vBKGPw8x8w8wWnbPiSCE2nhUM+gUI&#10;4srrhmsF+917bwIiJmSN1jMpOFOExfz+boal9ife0HGbapEhHEtUYFJqSyljZchh7PuWOHs/PjhM&#10;WYZa6oCnDHdWDotiLB02nBcMtvRmqPrd/jkFS3MOcmzXU7/+Hh3sfvU8fPr4VOrxoXt9AZGoS//h&#10;W/tLKxgN4Pol/wA5vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPdybWxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" adj="12667" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
-[...1 lines deleted...]
-                <v:roundrect id="_x0000_s1063" style="position:absolute;left:31333;top:37083;width:2953;height:12414;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDo09ejxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4EaeAoiqNW5X/cgHRVOK6xNvEEK9D7Dbh7TFSpR5HM/ONpliOthUH6r1xrGCapCCI&#10;K6cN1wq25ePlDIQPyBpbx6TglzwsF+dnBebaDfxOh02oRYSwz1FBE0KXS+mrhiz6xHXE0du53mKI&#10;sq+l7nGIcNvKqzTNpEXDcaHBju4aqr43e6vgtv56eXr4/Ch/njOTjeb+Nc3e9kpdTMbVHESgMZzC&#10;x/ZaK7i5hv8v8QfIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6NPXo8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:shape id="Höger 345" o:spid="_x0000_s1058" type="#_x0000_t13" style="position:absolute;left:33377;top:5953;width:2916;height:2412;rotation:3792783fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPdybWxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/0P4RT6UjSrFdGtUUqhFxArXsDXw+Z0szQ5WZJU139vBKGPw8x8w8wWnbPiSCE2nhUM+gUI&#10;4srrhmsF+917bwIiJmSN1jMpOFOExfz+boal9ife0HGbapEhHEtUYFJqSyljZchh7PuWOHs/PjhM&#10;WYZa6oCnDHdWDotiLB02nBcMtvRmqPrd/jkFS3MOcmzXU7/+Hh3sfvU8fPr4VOrxoXt9AZGoS//h&#10;W/tLKxgN4Pol/wA5vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPdybWxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" adj="12667" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:shape id="Höger 346" o:spid="_x0000_s1059" type="#_x0000_t13" style="position:absolute;left:12725;top:6053;width:2916;height:2412;rotation:8968540fd;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPyb/ewgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EAvJZYT6jQ4lk0oFHKt4w/YWhvbrbUykhq7f18FCj0OM/OGKarFjOJGzg+WFWyTFARx&#10;a/XAnYLm8rY5gPABWeNomRT8kIeqXD0UmGs78zvd6tCJCGGfo4I+hCmX0rc9GfSJnYijd7XOYIjS&#10;dVI7nCPcjHKXpntpcOC40ONErz21X/W3USBZXuZ6+fx4qhuXDZnN3PSSKfW4Xk5HEIGW8B/+a5+1&#10;gucd3L/EHyDLXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPyb/ewgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" adj="12667" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:roundrect id="_x0000_s1060" style="position:absolute;left:31333;top:37083;width:2953;height:12414;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDo09ejxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4EaeAoiqNW5X/cgHRVOK6xNvEEK9D7Dbh7TFSpR5HM/ONpliOthUH6r1xrGCapCCI&#10;K6cN1wq25ePlDIQPyBpbx6TglzwsF+dnBebaDfxOh02oRYSwz1FBE0KXS+mrhiz6xHXE0du53mKI&#10;sq+l7nGIcNvKqzTNpEXDcaHBju4aqr43e6vgtv56eXr4/Ch/njOTjeb+Nc3e9kpdTMbVHESgMZzC&#10;x/ZaK7i5hv8v8QfIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA6NPXo8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="6603A548" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                             <w:rFonts w:eastAsia="Yu Gothic Light"/>
                           </w:rPr>
                         </w:pPr>
                         <w:hyperlink w:anchor="_Utskrift_av_läkemedelslista" w:history="1">
                           <w:r w:rsidRPr="00FC2ABA">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Läkemedelslista</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1064" style="position:absolute;left:630;top:40342;width:20529;height:21247;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnOk/XxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Lb8Iw&#10;EITvSP0P1iJxAweEoipgUAuljwsVD4nrEi+JS7xOYwPpv68rIfU4mplvNNN5aytxpcYbxwqGgwQE&#10;ce604ULBfrfqP4LwAVlj5ZgU/JCH+eyhM8VMuxtv6LoNhYgQ9hkqKEOoMyl9XpJFP3A1cfROrrEY&#10;omwKqRu8Rbit5ChJUmnRcFwosaZFSfl5e7EKnouvj9eX42H3/ZaatDXLdZJ+XpTqddunCYhAbfgP&#10;39vvWsF4DH9f4g+Qs18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZzpP18YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1061" style="position:absolute;left:630;top:40342;width:20529;height:21247;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnOk/XxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Lb8Iw&#10;EITvSP0P1iJxAweEoipgUAuljwsVD4nrEi+JS7xOYwPpv68rIfU4mplvNNN5aytxpcYbxwqGgwQE&#10;ce604ULBfrfqP4LwAVlj5ZgU/JCH+eyhM8VMuxtv6LoNhYgQ9hkqKEOoMyl9XpJFP3A1cfROrrEY&#10;omwKqRu8Rbit5ChJUmnRcFwosaZFSfl5e7EKnouvj9eX42H3/ZaatDXLdZJ+XpTqddunCYhAbfgP&#10;39vvWsF4DH9f4g+Qs18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZzpP18YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="5F34CC6C" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:rPr>
                             <w:b/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                         </w:pPr>
                         <w:hyperlink w:anchor="_Förberedelser" w:history="1">
                           <w:r w:rsidRPr="00FC2ABA">
                             <w:rPr>
                               <w:rStyle w:val="Hyperlnk"/>
                             </w:rPr>
                             <w:t>Förberedelser</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00303D5E">
                             <w:rPr>
                               <w:b/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                         </w:hyperlink>
@@ -14123,51 +14093,51 @@
                           <w:pStyle w:val="Punktlistaibilagornasfldesbilder"/>
                           <w:tabs>
                             <w:tab w:val="clear" w:pos="360"/>
                           </w:tabs>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r>
                           <w:t xml:space="preserve">Tillfälligt utsatta </w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
                           <w:t xml:space="preserve">ordinationer ska avslutas eller återinsättas alt. </w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
                           <w:t xml:space="preserve">ordineras som ofullständig </w:t>
                         </w:r>
                         <w:r>
                           <w:br/>
                           <w:t>ordination om ställningstagande ej är möjligt</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1065" style="position:absolute;left:27458;top:42965;width:7518;height:15949;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAIdupMxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4EacIoiqNW5X/cgHRVOK6xNvEEK9D7Dbh7TFSpR5HM/ONpliOthUH6r1xrGCapCCI&#10;K6cN1wq25ePlDIQPyBpbx6TglzwsF+dnBebaDfxOh02oRYSwz1FBE0KXS+mrhiz6xHXE0du53mKI&#10;sq+l7nGIcNvKqzTNpEXDcaHBju4aqr43e6vgtv56eXr4/Ch/njOTjeb+Nc3e9kpdTMbVHESgMZzC&#10;x/ZaK7i+gf8v8QfIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACHbqTMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1062" style="position:absolute;left:27458;top:42965;width:7518;height:15949;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAIdupMxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtZW4EacIoiqNW5X/cgHRVOK6xNvEEK9D7Dbh7TFSpR5HM/ONpliOthUH6r1xrGCapCCI&#10;K6cN1wq25ePlDIQPyBpbx6TglzwsF+dnBebaDfxOh02oRYSwz1FBE0KXS+mrhiz6xHXE0du53mKI&#10;sq+l7nGIcNvKqzTNpEXDcaHBju4aqr43e6vgtv56eXr4/Ch/njOTjeb+Nc3e9kpdTMbVHESgMZzC&#10;x/ZaK7i+gf8v8QfIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACHbqTMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <o:lock v:ext="edit" aspectratio="t"/>
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="6E1E9172" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00FC2ABA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:suppressAutoHyphens/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:rStyle w:val="Hyperlnk"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="0000FF"/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="0000FF"/>
                             <w:szCs w:val="24"/>
@@ -14228,92 +14198,92 @@
                         <w:r>
                           <w:rPr>
                             <w:i/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:softHyphen/>
                           <w:t xml:space="preserve">meddelande </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:rPr>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t xml:space="preserve">och </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:i/>
                             <w:szCs w:val="24"/>
                           </w:rPr>
                           <w:t>epikris</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:roundrect id="_x0000_s1066" style="position:absolute;left:45756;top:39661;width:11988;height:15310;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4pHQ7xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfhf6HcAp902xLCWU1Sm9W+2LxAr4eN6e70c3Juom6/fdNoeDjMDPfMKNJ52pxpjZYzxruBxkI&#10;4sIby6WGzXrafwIRIrLB2jNp+KEAk/FNb4S58Rde0nkVS5EgHHLUUMXY5FKGoiKHYeAb4uR9+9Zh&#10;TLItpWnxkuCulg9ZpqRDy2mhwoZeKyoOq5PT8FLuPz/ed9v1caas6uzbIlNfJ63vbrvnIYhIXbyG&#10;/9tzo+FRwd+X9APk+BcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4pHQ7xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1063" style="position:absolute;left:45756;top:39661;width:11988;height:15310;rotation:90;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" arcsize="8541f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4pHQ7xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfhf6HcAp902xLCWU1Sm9W+2LxAr4eN6e70c3Juom6/fdNoeDjMDPfMKNJ52pxpjZYzxruBxkI&#10;4sIby6WGzXrafwIRIrLB2jNp+KEAk/FNb4S58Rde0nkVS5EgHHLUUMXY5FKGoiKHYeAb4uR9+9Zh&#10;TLItpWnxkuCulg9ZpqRDy2mhwoZeKyoOq5PT8FLuPz/ed9v1caas6uzbIlNfJ63vbrvnIYhIXbyG&#10;/9tzo+FRwd+X9APk+BcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4pHQ7xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" strokecolor="windowText" strokeweight="1pt">
                   <v:textbox inset="1mm,1mm,1mm,1mm">
                     <w:txbxContent>
                       <w:p w14:paraId="3B85CFC8" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="00555D3A" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
                         <w:pPr>
                           <w:pStyle w:val="Brdtextibilagornasfldesbilder"/>
                           <w:suppressAutoHyphens/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:t xml:space="preserve">Förmedla </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:t>läkemedels</w:t>
                         </w:r>
                         <w:r>
                           <w:t>-</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:t>berättelsen och</w:t>
                         </w:r>
                         <w:r>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:t>läkemedelslistan till patient och nästa</w:t>
                         </w:r>
                         <w:r>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00555D3A">
                           <w:t>vårdgivare</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:roundrect>
-                <v:shape id="Höger 347" o:spid="_x0000_s1067" type="#_x0000_t13" style="position:absolute;left:22304;top:42335;width:3055;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAY8IC7xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfBf/DsYIvYi+VYiX2WtpCQWhBTP0Ba27NBXN7MbdN4r/vFQo+DjPzDbNYjb5RPXWxDmxgOslA&#10;EZfB1lwZ+DzuHl9ARUG22AQmA38UYbW8vVlgbsPAH9QXUqkE4ZijASfS5lrH0pHHOAktcfK+Q+dR&#10;kuwqbTscEtw3+inLnrXHmtOCw5a2jsqf4uQNxM2xL3a/g8zdlxyme/eA6/eTMfd34/oVlNAo/+Fr&#10;+80amM3h8iX9AL08AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABjwgLvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="12956" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
-[...1 lines deleted...]
-                <v:shape id="Höger 373" o:spid="_x0000_s1069" type="#_x0000_t13" style="position:absolute;left:39983;top:42248;width:3054;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGI7FSxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfBf/DsQVfpL1UitrYa6lCoaAgpv0B29yaC83txdw2if/eEwQfh5n5hlltRt+onrpYBzYwn2Wg&#10;iMtga64MHA+76SOoKMgWm8Bk4JsibNbXVyvMbRj4g/pCKpUgHHM04ETaXOtYOvIYZ6ElTt5n6DxK&#10;kl2lbYdDgvtG32XZvfZYc1pw2NKLo/JcXLyB+Hzoi93XIA/uJG/zV3eL2/eLMTeTcfsESmiU//Bf&#10;e28NLJbw+yX9AL3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYjsVLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="12956" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:shape id="Höger 347" o:spid="_x0000_s1064" type="#_x0000_t13" style="position:absolute;left:22304;top:42335;width:3055;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAY8IC7xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfBf/DsYIvYi+VYiX2WtpCQWhBTP0Ba27NBXN7MbdN4r/vFQo+DjPzDbNYjb5RPXWxDmxgOslA&#10;EZfB1lwZ+DzuHl9ARUG22AQmA38UYbW8vVlgbsPAH9QXUqkE4ZijASfS5lrH0pHHOAktcfK+Q+dR&#10;kuwqbTscEtw3+inLnrXHmtOCw5a2jsqf4uQNxM2xL3a/g8zdlxyme/eA6/eTMfd34/oVlNAo/+Fr&#10;+80amM3h8iX9AL08AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABjwgLvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="12956" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:shape id="Höger 372" o:spid="_x0000_s1065" type="#_x0000_t13" style="position:absolute;left:40244;top:48344;width:3054;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpbxTJwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMyghdpN5WiErstbaFQqCAmPsA0O2aD2dmYnSbp27sHwePH97/aTL5VA/WxCWxgMc9AEVfB&#10;Nlwb+CwPsxdQUZAttoHJwJUibNa3NyvMbRj5g4ZCapVCOOZowIl0udaxcuQxzkNHnLiv0HuUBPta&#10;2x7HFO5b/ZhlT9pjw6nBYUd7R9V3cfEG4q4cisPPKM/uLG+Lk3vA7fvFmPu7afsKSmiSf/Gf+2gN&#10;LNPY9CX9AL3+BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGlvFMnBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" adj="12956" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
+                <v:shape id="Höger 373" o:spid="_x0000_s1066" type="#_x0000_t13" style="position:absolute;left:39983;top:42248;width:3054;height:2445;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGI7FSxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RS8NA&#10;EITfBf/DsQVfpL1UitrYa6lCoaAgpv0B29yaC83txdw2if/eEwQfh5n5hlltRt+onrpYBzYwn2Wg&#10;iMtga64MHA+76SOoKMgWm8Bk4JsibNbXVyvMbRj4g/pCKpUgHHM04ETaXOtYOvIYZ6ElTt5n6DxK&#10;kl2lbYdDgvtG32XZvfZYc1pw2NKLo/JcXLyB+Hzoi93XIA/uJG/zV3eL2/eLMTeTcfsESmiU//Bf&#10;e28NLJbw+yX9AL3+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAYjsVLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" adj="12956" fillcolor="#a5a5a5" stroked="f" strokeweight="1.5pt"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="38923938" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CA9F4D4" w14:textId="77777777" w:rsidR="00FD5B22" w:rsidRPr="003530AA" w:rsidRDefault="00FD5B22" w:rsidP="00FD5B22">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -14674,51 +14644,51 @@
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003530AA">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBE5889" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00062952">
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
       </w:pPr>
       <w:bookmarkStart w:id="704" w:name="_Toc256000464"/>
       <w:bookmarkStart w:id="705" w:name="_Toc256000422"/>
       <w:bookmarkStart w:id="706" w:name="_Toc256000380"/>
       <w:bookmarkStart w:id="707" w:name="_Toc256000338"/>
       <w:bookmarkStart w:id="708" w:name="_Toc256000296"/>
       <w:bookmarkStart w:id="709" w:name="_Toc73355345"/>
       <w:bookmarkStart w:id="710" w:name="_Toc73431047"/>
-      <w:bookmarkStart w:id="711" w:name="_Toc207799079"/>
+      <w:bookmarkStart w:id="711" w:name="_Toc223694984"/>
       <w:r w:rsidRPr="003530AA">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bilaga 5 – </w:t>
       </w:r>
       <w:bookmarkStart w:id="712" w:name="_Hlk69222639"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve">Exempel där </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003530AA">
         <w:t>förmånsberättigande</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003530AA">
         <w:t xml:space="preserve"> saknas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="704"/>
       <w:bookmarkEnd w:id="705"/>
       <w:bookmarkEnd w:id="706"/>
       <w:bookmarkEnd w:id="707"/>
       <w:bookmarkEnd w:id="708"/>
       <w:bookmarkEnd w:id="709"/>
       <w:bookmarkEnd w:id="710"/>
       <w:bookmarkEnd w:id="711"/>
       <w:bookmarkEnd w:id="712"/>
@@ -14932,86 +14902,80 @@
             </w:pPr>
             <w:r w:rsidRPr="003530AA">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Är ej förmånsberättigade</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5924D363" w14:textId="77777777" w:rsidR="00062952" w:rsidRPr="003530AA" w:rsidRDefault="00062952" w:rsidP="00062952">
       <w:pPr>
         <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A6AD331" w14:textId="77777777" w:rsidR="00C97372" w:rsidRDefault="00C97372" w:rsidP="009A32ED">
       <w:pPr>
         <w:ind w:right="-143"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C97372" w:rsidSect="00B96AFF">
-[...5 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="00C97372" w:rsidSect="00FA60CA">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D53783F" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
+    <w:p w14:paraId="5C877EFD" w14:textId="77777777" w:rsidR="00BE0207" w:rsidRDefault="00BE0207">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7ABBA0A7" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
+    <w:p w14:paraId="35816199" w14:textId="77777777" w:rsidR="00BE0207" w:rsidRDefault="00BE0207">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5B9E756F" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
+    <w:p w14:paraId="28BC643E" w14:textId="77777777" w:rsidR="00BE0207" w:rsidRDefault="00BE0207">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15302,51 +15266,51 @@
     <w:r w:rsidR="00111CB2" w:rsidRPr="00831C35">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="76DF6159" w:rsidR="00660269" w:rsidRDefault="009228AB" w:rsidP="00FB2F0F">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE2B825" wp14:editId="5971BB2D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4391660</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-3947</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1953671" cy="348178"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="12" name="Bildobjekt 12">
@@ -15376,297 +15340,329 @@
                     <a:ext cx="1953671" cy="348178"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46ABA57E" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069"/>
+    <w:p w14:paraId="62C99453" w14:textId="77777777" w:rsidR="00BE0207" w:rsidRDefault="00BE0207"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C02D4B4" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
+    <w:p w14:paraId="07BB18A9" w14:textId="77777777" w:rsidR="00BE0207" w:rsidRDefault="00BE0207">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="084A42BF" w14:textId="77777777" w:rsidR="00AE7069" w:rsidRDefault="00AE7069">
+    <w:p w14:paraId="3871B7D2" w14:textId="77777777" w:rsidR="00BE0207" w:rsidRDefault="00BE0207">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68F18EE5" w14:textId="39C06E14" w:rsidR="00294791" w:rsidRPr="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672577" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="43F94021">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="264BC60A" wp14:editId="65E340E0">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="column">
-                <wp:posOffset>0</wp:posOffset>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>left</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-635</wp:posOffset>
+                <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4667250" cy="323850"/>
+              <wp:extent cx="4667250" cy="266700"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Textruta 10"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4667250" cy="323850"/>
+                        <a:ext cx="4667250" cy="266700"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="264BC60A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 10" o:spid="_x0000_s1070" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.05pt;width:367.5pt;height:25.5pt;z-index:251672577;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzkv6OFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5yvpp0Rp8haZBgQ&#10;tAXSoWdFlmIDkqhJSuzs14+SnY91Ow27yKRIP5LvUfP7VityEM7XYAo6GgwpEYZDWZtdQb+/rj7d&#10;UeIDMyVTYERBj8LT+8XHD/PG5mIMFahSOIIgxueNLWgVgs2zzPNKaOYHYIXBoASnWUDX7bLSsQbR&#10;tcrGw+Esa8CV1gEX3uPtYxeki4QvpeDhWUovAlEFxd5COl06t/HMFnOW7xyzVc37Ntg/dKFZbbDo&#10;GeqRBUb2rv4DStfcgQcZBhx0BlLWXKQZcJrR8N00m4pZkWZBcrw90+T/Hyx/OmzsiyOh/QItChgJ&#10;aazPPV7GeVrpdPxipwTjSOHxTJtoA+F4OZ3Nbsc3GOIYm4wnd2gjTHb52zofvgrQJBoFdShLYosd&#10;1j50qaeUWMzAqlYqSaMMaQo6myDkbxEEVwZrXHqNVmi3bT/AFsojzuWgk9xbvqqx+Jr58MIcaoz9&#10;4t6GZzykAiwCvUVJBe7n3+5jPlKPUUoa3JmC+h975gQl6ptBUT6PptO4ZMmZ3tyO0XHXke11xOz1&#10;A+BajvCFWJ7MmB/UyZQO9Buu9zJWxRAzHGsXNJzMh9BtMj4PLpbLlIRrZVlYm43lETqSFql9bd+Y&#10;sz3/AZV7gtN2sfydDF1uR/dyH0DWSaNIcMdqzzuuZFK5fz5x56/9lHV55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAJkWNkN0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBSE7yb+h80z8QZb&#10;MFUofSWkCTExegC5eNt2l7Zx923tLlD99T5PeJzMZOabfD06K85mCJ0nhNk0AWGo9rqjBuHwvp0s&#10;QISoSCvrySB8mwDr4vYmV5n2F9qZ8z42gksoZAqhjbHPpAx1a5wKU98bYu/oB6ciy6GRelAXLndW&#10;zpPkUTrVES+0qjdla+rP/ckhvJTbN7Wr5m7xY8vn1+Om/zp8pIj3d+NmBSKaMV7D8IfP6FAwU+VP&#10;pIOwCHwkIkxmINh8ekhZVwhpsgRZ5PI/ffELAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;s5L+jhUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAJkWNkN0AAAAFAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 10" o:spid="_x0000_s1067" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:.05pt;width:367.5pt;height:21pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAMsVrBFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Jdx2kFy4GbwEUB&#10;IwngFDnTFGkJILksSVtyv75LSn407anohdrlrvYxM5zfdVqRg3C+AVPS8SinRBgOVWN2Jf3+svrw&#10;iRIfmKmYAiNKehSe3i3ev5u3thATqEFVwhEsYnzR2pLWIdgiyzyvhWZ+BFYYDEpwmgV03S6rHGux&#10;ulbZJM9nWQuusg648B5vH/ogXaT6UgoenqT0IhBVUpwtpNOlcxvPbDFnxc4xWzd8GIP9wxSaNQab&#10;nks9sMDI3jV/lNINd+BBhhEHnYGUDRdpB9xmnL/ZZlMzK9IuCI63Z5j8/yvLHw8b++xI6L5AhwRG&#10;QFrrC4+XcZ9OOh2/OCnBOEJ4PMMmukA4Xk5ns9vJDYY4xibo5AnX7PK3dT58FaBJNErqkJaEFjus&#10;fcCOmHpKic0MrBqlEjXKkLaks49Y/rcI/qEM/niZNVqh23bDAluojriXg55yb/mqweZr5sMzc8gx&#10;zou6DU94SAXYBAaLkhrcz7/dx3yEHqOUtKiZkvofe+YEJeqbQVI+j6fTKLLkTG9uJ+i468j2OmL2&#10;+h5QlmN8IZYnM+YHdTKlA/2K8l7GrhhihmPvkoaTeR96JePz4GK5TEkoK8vC2mwsj6UjaBHal+6V&#10;OTvgH5C5RzipixVvaOhze7iX+wCySRxFgHtUB9xRkom64flEzV/7KevyyBe/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAb42jQNwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0/CQBDF7yZ+h82YeJMt&#10;VZSUbglpQkyMHkAu3KbdoW3cP7W7QPXTO5zw+OZN3vu9fDlaI040hM47BdNJAoJc7XXnGgW7z/XD&#10;HESI6DQa70jBDwVYFrc3OWban92GTtvYCA5xIUMFbYx9JmWoW7IYJr4nx97BDxYjy6GResAzh1sj&#10;0yR5lhY7xw0t9lS2VH9tj1bBW7n+wE2V2vmvKV/fD6v+e7efKXV/N64WICKN8foMF3xGh4KZKn90&#10;OgijgIfEy1Ww9/I4Y1kpeEqnIItc/ocv/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAM&#10;sVrBFQIAACwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBvjaNA3AAAAAQBAAAPAAAAAAAAAAAAAAAAAG8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="70464969" w14:textId="1B285E8B" w:rsidR="00DA65C4" w:rsidRDefault="00DA65C4" w:rsidP="00DA65C4">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="448A65ED" w:rsidR="008A4EB9" w:rsidRDefault="00413A60" w:rsidP="00413A60">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670529" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="0C751635">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B7982AB" wp14:editId="4FB3E58C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-172720</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-65405</wp:posOffset>
+                <wp:posOffset>-66040</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="4669200" cy="2160000"/>
+              <wp:extent cx="4669155" cy="1466850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="4669200" cy="2160000"/>
+                        <a:ext cx="4669155" cy="1466850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                        <w:p w14:paraId="72D45401" w14:textId="4B3236BB" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                           <w:pPr>
                             <w:ind w:left="0"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00762EE0">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                            <w:t>OBS!</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00EB43B5">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00762EE0">
+                            <w:rPr>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                           </w:r>
                           <w:r w:rsidR="00367D19">
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5B7982AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Textruta 6" o:spid="_x0000_s1071" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.15pt;width:367.65pt;height:170.1pt;z-index:251670529;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHTpHSGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+xkadZacaqsVaZJ&#10;UVspnfpMMMSWgMuAxM5+/S7Y+VC3p2l+wBfu5X6cc5jfd1qRg3C+AVPS8SinRBgOVWN2Jf3xuvp0&#10;S4kPzFRMgRElPQpP7xcfP8xbW4gJ1KAq4QgmMb5obUnrEGyRZZ7XQjM/AisMOiU4zQJu3S6rHGsx&#10;u1bZJM9nWQuusg648B5PH3snXaT8UgoenqX0IhBVUuwtpNWldRvXbDFnxc4xWzd8aIP9QxeaNQaL&#10;nlM9ssDI3jV/pNINd+BBhhEHnYGUDRdpBpxmnL+bZlMzK9IsCI63Z5j8/0vLnw4b++JI6L5ChwRG&#10;QFrrC4+HcZ5OOh3/2ClBP0J4PMMmukA4Hk5nszvkghKOvsl4luMX82SX69b58E2AJtEoqUNeElzs&#10;sPahDz2FxGoGVo1SiRtlSFvS2eebPF04ezC5Mljj0my0QrftSFNdDbKF6ojzOeip95avGuxhzXx4&#10;YQ65xr5Rv+EZF6kAa8FgUVKD+/W38xiPFKCXkha1U1L/c8+coER9N0jO3Xg6jWJLm+nNlwlu3LVn&#10;e+0xe/0AKM8xvhTLkxnjgzqZ0oF+Q5kvY1V0McOxdknDyXwIvaLxmXCxXKYglJdlYW02lsfUEdWI&#10;8Gv3xpwdaAjI4BOcVMaKd2z0sT0fy30A2SSqIs49qgP8KM1E9vCMovav9ynq8tgXvwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5b0kywrjSdpkoTEoLDxi7c0sZrK5qkNNlWeHrMadxs+dPv78/Xk+3ZGcfQeacgmQtg6GpvOtco&#10;OLxvZymwELUzuvcOFXxjgHVxe5PrzPiL2+F5HxtGIS5kWkEb45BxHuoWrQ5zP6Cj29GPVkdax4ab&#10;UV8o3PZcCvHIre4cfWj1gGWL9ef+ZBW8lNs3vaukTX/68vn1uBm+Dh8PSt3fTZsnYBGneIXhT5/U&#10;oSCnyp+cCaxXMJNLSSgNiVgAI2Ip0gRYpWAhVyvgRc7/dyh+AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAdOkdIZAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAHdeiV3jAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Textruta 6" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;margin-left:-13.6pt;margin-top:-5.2pt;width:367.65pt;height:115.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDityXaGQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817Jc200Ey4GbwEUB&#10;IwngBDnTFGkRoLgsSVtyv75Lyq+mPRW9ULvc1T5mhrO7rtFkL5xXYEqaD4aUCMOhUmZb0teX5acb&#10;SnxgpmIajCjpQXh6N//4YdbaQoygBl0JR7CI8UVrS1qHYIss87wWDfMDsMJgUIJrWEDXbbPKsRar&#10;NzobDYfTrAVXWQdceI+3D32QzlN9KQUPT1J6EYguKc4W0unSuYlnNp+xYuuYrRU/jsH+YYqGKYNN&#10;z6UeWGBk59QfpRrFHXiQYcChyUBKxUXaAbfJh++2WdfMirQLguPtGSb//8ryx/3aPjsSuq/QIYER&#10;kNb6wuNl3KeTrolfnJRgHCE8nGETXSAcL8fT6W0+mVDCMZajdzNJwGaX363z4ZuAhkSjpA55SXCx&#10;/coHbImpp5TYzcBSaZ240Ya0JZ1+xpK/RfAPbfDHy7DRCt2mI6q6WmQD1QH3c9BT7y1fKpxhxXx4&#10;Zg65xpVQv+EJD6kBe8HRoqQG9/Nv9zEfKcAoJS1qp6T+x445QYn+bpCc23w8jmJLznjyZYSOu45s&#10;riNm19wDyjPHl2J5MmN+0CdTOmjeUOaL2BVDzHDsXdJwMu9Dr2h8JlwsFikJ5WVZWJm15bF0xC4i&#10;/NK9MWePNARk8BFOKmPFOzb63B71xS6AVImqiHOP6hF+lGZi8PiMovav/ZR1eezzXwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAFIosMXiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9Ie4fI&#10;k7htSSPYqtJ0mipNSAgOG7twSxuvrWic0mRb4ekJJ3az5U+/vz/fTLZnFxx950hBshTAkGpnOmoU&#10;HN93ixSYD5qM7h2hgm/0sClmd7nOjLvSHi+H0LAYQj7TCtoQhoxzX7dotV+6ASneTm60OsR1bLgZ&#10;9TWG255LIVbc6o7ih1YPWLZYfx7OVsFLuXvT+0ra9Kcvn19P2+Hr+PGo1P182j4BCziFfxj+9KM6&#10;FNGpcmcynvUKFnItIxqHRDwAi8RapAmwSoGUYgW8yPlth+IXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA4rcl2hkCAAA0BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAUiiwxeIAAAALAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="72D45401" w14:textId="0A2CCBAA" w:rsidR="00413A60" w:rsidRDefault="00413A60">
+                  <w:p w14:paraId="72D45401" w14:textId="4B3236BB" w:rsidR="00413A60" w:rsidRDefault="00413A60">
                     <w:pPr>
                       <w:ind w:left="0"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00762EE0">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <w:t>OBS! Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
+                      <w:t>OBS!</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00EB43B5">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00762EE0">
+                      <w:rPr>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>Utskriven version kan vara ogiltig. Verifiera innehållet</w:t>
                     </w:r>
                     <w:r w:rsidR="00367D19">
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="topAndBottom"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
@@ -19242,521 +19238,585 @@
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
     <w:rsid w:val="000051D5"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="0001639E"/>
     <w:rsid w:val="00016CF0"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
     <w:rsid w:val="00033ED5"/>
     <w:rsid w:val="00041345"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="00052C54"/>
     <w:rsid w:val="000530EC"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="00062952"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
     <w:rsid w:val="000712F7"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
+    <w:rsid w:val="00090864"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
     <w:rsid w:val="000A611A"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000E398C"/>
     <w:rsid w:val="000E463B"/>
     <w:rsid w:val="000E5A7E"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
+    <w:rsid w:val="00100375"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="001044FE"/>
     <w:rsid w:val="001108C0"/>
     <w:rsid w:val="00111CB2"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="001217FE"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00137B6D"/>
     <w:rsid w:val="0014070B"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="001522AE"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
+    <w:rsid w:val="0017155E"/>
     <w:rsid w:val="0017508E"/>
     <w:rsid w:val="001819C8"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00190E42"/>
     <w:rsid w:val="0019632A"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
     <w:rsid w:val="001E3789"/>
     <w:rsid w:val="001E5B08"/>
+    <w:rsid w:val="001F1616"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
     <w:rsid w:val="00217DEC"/>
     <w:rsid w:val="002273C9"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="00242D63"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
     <w:rsid w:val="002725FC"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="0028114F"/>
+    <w:rsid w:val="00282720"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
+    <w:rsid w:val="002C0378"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
+    <w:rsid w:val="002C398F"/>
     <w:rsid w:val="002C60AD"/>
     <w:rsid w:val="002D0973"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F6059"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="00360E0D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
+    <w:rsid w:val="003826CC"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E512C"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F7A1E"/>
     <w:rsid w:val="00404948"/>
+    <w:rsid w:val="00406378"/>
     <w:rsid w:val="00406BEA"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004230F7"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0043409A"/>
     <w:rsid w:val="00446255"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="00456AB2"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
     <w:rsid w:val="004735F1"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
+    <w:rsid w:val="004A259C"/>
     <w:rsid w:val="004A355D"/>
+    <w:rsid w:val="004A37D4"/>
     <w:rsid w:val="004A4970"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
     <w:rsid w:val="004E28EF"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="004F727F"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="00511CC4"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="00552841"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="0057277B"/>
     <w:rsid w:val="005770AD"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
     <w:rsid w:val="00597E28"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005E02B3"/>
     <w:rsid w:val="005E1E24"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
+    <w:rsid w:val="00616503"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
     <w:rsid w:val="00660269"/>
     <w:rsid w:val="0066473B"/>
+    <w:rsid w:val="006652A1"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00666C20"/>
     <w:rsid w:val="00672B60"/>
     <w:rsid w:val="00672EC3"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="006A023E"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006B312B"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C6B16"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D30E4"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="007268AB"/>
     <w:rsid w:val="00730955"/>
     <w:rsid w:val="00733A9C"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
     <w:rsid w:val="00737215"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="007613E4"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
+    <w:rsid w:val="00774118"/>
     <w:rsid w:val="00774944"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="00784FA9"/>
     <w:rsid w:val="0078609F"/>
+    <w:rsid w:val="00790F0A"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="00793BDA"/>
     <w:rsid w:val="00794090"/>
+    <w:rsid w:val="00797FE3"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
     <w:rsid w:val="007E4E5C"/>
     <w:rsid w:val="007F1CFF"/>
+    <w:rsid w:val="007F1F54"/>
     <w:rsid w:val="007F5DD5"/>
+    <w:rsid w:val="007F697D"/>
+    <w:rsid w:val="007F7327"/>
+    <w:rsid w:val="0081547E"/>
     <w:rsid w:val="00820EC1"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00831C35"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00892F28"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4736"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
+    <w:rsid w:val="008B7BF0"/>
     <w:rsid w:val="008C4B27"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D124E"/>
     <w:rsid w:val="008D4B13"/>
+    <w:rsid w:val="008D5F62"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
+    <w:rsid w:val="00931549"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="00932F4D"/>
     <w:rsid w:val="009347A5"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
+    <w:rsid w:val="00966C02"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="00973B0B"/>
     <w:rsid w:val="009A07DC"/>
     <w:rsid w:val="009A32ED"/>
     <w:rsid w:val="009A71DA"/>
     <w:rsid w:val="009B1F6B"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C5E06"/>
     <w:rsid w:val="009C6C0C"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E51E8"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F3584"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="00A006A5"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
     <w:rsid w:val="00A13A31"/>
+    <w:rsid w:val="00A23D23"/>
     <w:rsid w:val="00A264BE"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A34A1D"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
     <w:rsid w:val="00A514B7"/>
     <w:rsid w:val="00A54A0B"/>
     <w:rsid w:val="00A55086"/>
     <w:rsid w:val="00A65FD4"/>
+    <w:rsid w:val="00A748B5"/>
     <w:rsid w:val="00A81198"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AC3FF6"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AE7069"/>
     <w:rsid w:val="00AF3AE0"/>
     <w:rsid w:val="00AF5AAF"/>
     <w:rsid w:val="00AF7CA0"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
     <w:rsid w:val="00B14487"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B22338"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
     <w:rsid w:val="00B405A1"/>
     <w:rsid w:val="00B41571"/>
     <w:rsid w:val="00B41789"/>
     <w:rsid w:val="00B46C03"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B7675E"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B83715"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
     <w:rsid w:val="00B9711A"/>
     <w:rsid w:val="00B97D4E"/>
     <w:rsid w:val="00BA0066"/>
     <w:rsid w:val="00BA07D5"/>
+    <w:rsid w:val="00BA6CEF"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC48A6"/>
     <w:rsid w:val="00BC6590"/>
+    <w:rsid w:val="00BE0207"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
     <w:rsid w:val="00C07DDB"/>
     <w:rsid w:val="00C4115D"/>
     <w:rsid w:val="00C43BDD"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C61C0D"/>
     <w:rsid w:val="00C65057"/>
     <w:rsid w:val="00C666B8"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
+    <w:rsid w:val="00C7425D"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C8219F"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
     <w:rsid w:val="00C97372"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC167C"/>
+    <w:rsid w:val="00CC17B8"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
     <w:rsid w:val="00D00BD7"/>
     <w:rsid w:val="00D074DB"/>
     <w:rsid w:val="00D139CF"/>
+    <w:rsid w:val="00D15695"/>
     <w:rsid w:val="00D20779"/>
+    <w:rsid w:val="00D2296D"/>
     <w:rsid w:val="00D37E7F"/>
     <w:rsid w:val="00D44981"/>
     <w:rsid w:val="00D4788C"/>
     <w:rsid w:val="00D47AD7"/>
+    <w:rsid w:val="00D500A8"/>
     <w:rsid w:val="00D51529"/>
     <w:rsid w:val="00D62468"/>
     <w:rsid w:val="00D67C88"/>
+    <w:rsid w:val="00D84C99"/>
     <w:rsid w:val="00D85218"/>
     <w:rsid w:val="00D915B1"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB0264"/>
     <w:rsid w:val="00DC1A12"/>
+    <w:rsid w:val="00DC2485"/>
     <w:rsid w:val="00DC63EA"/>
     <w:rsid w:val="00DD1672"/>
     <w:rsid w:val="00DD3281"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF4DB1"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E15ECE"/>
+    <w:rsid w:val="00E26AE0"/>
+    <w:rsid w:val="00E27E89"/>
     <w:rsid w:val="00E411B6"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
     <w:rsid w:val="00E7237C"/>
     <w:rsid w:val="00E77C46"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
     <w:rsid w:val="00E9269A"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
+    <w:rsid w:val="00EA28A7"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EB43B5"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
     <w:rsid w:val="00F22264"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F47856"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F745EB"/>
+    <w:rsid w:val="00F758A2"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00FA4DEE"/>
+    <w:rsid w:val="00FA60CA"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
     <w:rsid w:val="00FB6947"/>
     <w:rsid w:val="00FC4F36"/>
+    <w:rsid w:val="00FD2C99"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD5B22"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
     <w:rsid w:val="0590E712"/>
     <w:rsid w:val="06BB5214"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="67097D16"/>
     <w:rsid w:val="6B2CF8ED"/>
     <w:rsid w:val="76D855CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -22459,51 +22519,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-133/SURROGATE/Ordinationsmallar%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-151/SURROGATE/Preoperativa%20f%c3%b6rberedelser%20f%c3%b6r%20operationsavdelningarna%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-145/SURROGATE/Personnummerhantering%20i%20Melior.pdf" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-970/surrogate/F%c3%b6rskrivning%20av%20l%c3%a4kemedel%20till%20patient%20vid%20%c3%b6verf%c3%b6ring%20mellan%20v%c3%a5rdenheter.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6722-486744593-243/SURROGATE/Gr%c3%a4nsdragning%20mellan%20Cytobase%20och%20Melior.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inera.atlassian.net/wiki/spaces/OIP/pages/2303165247/Manualer+och+checklistor" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-207/SURROGATE/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-132/SURROGATE/Ordination%20och%20hantering%20av%20l%c3%a4kemedel%20i%20h%c3%a4lso-%20och%20sjukv%c3%a5rd%20enligt%20HSLF%c2%adFS%202017.37%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/forskrivningskollen/" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-145/SURROGATE/Personnummerhantering%20i%20Melior.pdf" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-905/native/Regional%20rutin%20f%c3%b6r%20sp%c3%a4dning%20av%20intraven%c3%b6sa%20l%c3%a4kemedel%20vuxna%20VGR%20version%202.3.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-96/surrogate/%c3%96ppenv%c3%a5rdsdos.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-151/SURROGATE/Preoperativa%20f%c3%b6rberedelser%20f%c3%b6r%20operationsavdelningarna%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/forskrivningskollen/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/startpage?userType=0" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-20/SURROGATE/Hyperglykemi%20vid%20akut%20sjukdom.pdf" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-970/surrogate/F%c3%b6rskrivning%20av%20l%c3%a4kemedel%20till%20patient%20vid%20%c3%b6verf%c3%b6ring%20mellan%20v%c3%a5rdenheter.pdf" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-494/surrogate/E-recept%20till%20patient%20med%20reservnummer%20eller%20samordningsnummer%2c%20S%c3%84S%20.pdf" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn12114-489285722-107/surrogate/Doshandbok%20V%c3%a4stra%20G%c3%b6talandsregionen.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fass.se" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-207/SURROGATE/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-494/surrogate/E-recept%20till%20patient%20med%20reservnummer%20eller%20samordningsnummer%2c%20S%c3%84S%20.pdf" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inera.atlassian.net/wiki/spaces/OIP/pages/2303165247/Manualer+och+checklistor" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-20/SURROGATE/Hyperglykemi%20vid%20akut%20sjukdom.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/totara/catalog/index.php?cfp_menu_verksamhetverks_67c4c%5b%5d=S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus&amp;catalog_fts=melior&amp;orderbykey=score&amp;itemstyle=wide" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-9/SURROGATE/Insuliner%2c%20utbytbara.pdf" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-905/native/Regional%20rutin%20f%c3%b6r%20sp%c3%a4dning%20av%20intraven%c3%b6sa%20l%c3%a4kemedel%20vuxna%20VGR%20version%202.3.pdf" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-133/SURROGATE/Ordinationsmallar%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/totara/catalog/index.php?cfp_menu_verksamhetverks_67c4c%5b%5d=S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus&amp;catalog_fts=melior&amp;orderbykey=score&amp;itemstyle=wide" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn12114-489285722-107/surrogate/Doshandbok%20V%c3%a4stra%20G%c3%b6talandsregionen.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-96/surrogate/%c3%96ppenv%c3%a5rdsdos.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6722-486744593-243/SURROGATE/Gr%c3%a4nsdragning%20mellan%20Cytobase%20och%20Melior.pdf" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/" TargetMode="External" Id="rId55" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn12114-489285722-107/surrogate/Doshandbok%20V%c3%a4stra%20G%c3%b6talandsregionen.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-133/SURROGATE/Ordinationsmallar%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-96/surrogate/%c3%96ppenv%c3%a5rdsdos.pdf" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-151/SURROGATE/Preoperativa%20f%c3%b6rberedelser%20f%c3%b6r%20operationsavdelningarna%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6722-486744593-243/SURROGATE/Gr%c3%a4nsdragning%20mellan%20Cytobase%20och%20Melior.pdf" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-145/SURROGATE/Personnummerhantering%20i%20Melior.pdf" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-970/surrogate/F%c3%b6rskrivning%20av%20l%c3%a4kemedel%20till%20patient%20vid%20%c3%b6verf%c3%b6ring%20mellan%20v%c3%a5rdenheter.pdf" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/RS6722-486744593-243/SURROGATE/Gr%c3%a4nsdragning%20mellan%20Cytobase%20och%20Melior.pdf" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inera.atlassian.net/wiki/spaces/OIP/pages/2303165247/Manualer+och+checklistor" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-207/SURROGATE/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-132/SURROGATE/Ordination%20och%20hantering%20av%20l%c3%a4kemedel%20i%20h%c3%a4lso-%20och%20sjukv%c3%a5rd%20enligt%20HSLF%c2%adFS%202017.37%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/forskrivningskollen/" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inera.atlassian.net/wiki/spaces/OIP/pages/2303165247/Manualer+och+checklistor" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-20/SURROGATE/Hyperglykemi%20vid%20akut%20sjukdom.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/nationella-lakemedelslistan/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/totara/catalog/index.php?cfp_menu_verksamhetverks_67c4c%5b%5d=S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus&amp;catalog_fts=melior&amp;orderbykey=score&amp;itemstyle=wide" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-9/SURROGATE/Insuliner%2c%20utbytbara.pdf" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-145/SURROGATE/Personnummerhantering%20i%20Melior.pdf" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-905/native/Regional%20rutin%20f%c3%b6r%20sp%c3%a4dning%20av%20intraven%c3%b6sa%20l%c3%a4kemedel%20vuxna%20VGR%20version%202.3.pdf" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/rhs10012-1240736041-905/native/Regional%20rutin%20f%c3%b6r%20sp%c3%a4dning%20av%20intraven%c3%b6sa%20l%c3%a4kemedel%20vuxna%20VGR%20version%202.3.pdf" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-133/SURROGATE/Ordinationsmallar%20i%20Melior%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://larportalen.vgregion.se/totara/catalog/index.php?cfp_menu_verksamhetverks_67c4c%5b%5d=S%C3%B6dra%20%C3%84lvsborgs%20Sjukhus&amp;catalog_fts=melior&amp;orderbykey=score&amp;itemstyle=wide" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn11800-2140136717-96/surrogate/%c3%96ppenv%c3%a5rdsdos.pdf" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-151/SURROGATE/Preoperativa%20f%c3%b6rberedelser%20f%c3%b6r%20operationsavdelningarna%20vid%20S%c3%b6dra%20%c3%84lvsborgs%20Sjukhus.pdf" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ehalsomyndigheten.se/yrkesverksam/vard/forskrivningskollen/" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fass.se/LIF/startpage?userType=0" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/skas8052-486565952-39/surrogate/180504%20Riktlinjer%20VGR%20f%c3%b6r%20till%c3%a4mpning%20Soc%20styr%20nya%20f%c3%b6reskrift%20f%20ordination%20o%20l%c3%a4kemedelshantering.pdf" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9614-1097948292-20/SURROGATE/Hyperglykemi%20vid%20akut%20sjukdom.pdf" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/ssn12865-780821730-970/surrogate/F%c3%b6rskrivning%20av%20l%c3%a4kemedel%20till%20patient%20vid%20%c3%b6verf%c3%b6ring%20mellan%20v%c3%a5rdenheter.pdf" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-494/surrogate/E-recept%20till%20patient%20med%20reservnummer%20eller%20samordningsnummer%2c%20S%c3%84S%20.pdf" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/lakemedelshantering/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-118/SURROGATE/L%c3%a4kemedelsgenomg%c3%a5ng%20och%20l%c3%a4kemedelsber%c3%a4ttelse%20p%c3%a5%20S%c3%84S.pdf" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vgregion.se/halsa-och-vard/vardgivarwebben/vardriktlinjer/lakemedel/eped/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vardsamverkan.se/omraden/trygg-och-effektiv-utskrivning-fran-sluten-vard" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/osn12114-489285722-107/surrogate/Doshandbok%20V%c3%a4stra%20G%c3%b6talandsregionen.pdf" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/vard/lakemedel/licenshantering" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fass.se" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9642-738863596-494/surrogate/E-recept%20till%20patient%20med%20reservnummer%20eller%20samordningsnummer%2c%20S%c3%84S%20.pdf" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-207/SURROGATE/Preoperativ%20handl%c3%a4ggning%20-%20Dokumentation%20i%20Melior.pdf" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.socialstyrelsen.se/kunskapsstod-och-regler/regler-och-riktlinjer/foreskrifter-och-allmanna-rad/konsoliderade-foreskrifter/201737-om-ordination-och-hantering-av-lakemedel-i-halso--och-sjukvarden/" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-362/SURROGATE/Varningar%20och%20begr%c3%a4nsning%20av%20v%c3%a5rdinsats%20i%20Melior.pdf" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId70" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="006298"/>
       </a:accent1>
@@ -22791,55 +22851,55 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>29</Pages>
-  <Words>5070</Words>
-  <Characters>34941</Characters>
+  <Words>8295</Words>
+  <Characters>43965</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>962</Lines>
-  <Paragraphs>328</Paragraphs>
+  <Lines>366</Lines>
+  <Paragraphs>104</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39820</CharactersWithSpaces>
+  <CharactersWithSpaces>52156</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Läkemedelsdokumentation på SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>3</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>