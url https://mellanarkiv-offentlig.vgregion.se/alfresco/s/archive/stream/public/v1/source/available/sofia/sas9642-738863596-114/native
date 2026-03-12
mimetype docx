--- v0 (2025-11-26)
+++ v1 (2026-03-12)
@@ -4,2702 +4,2687 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="53A970C8" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:pPr>
-        <w:pStyle w:val="Rubrik1"/>
+        <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Luftvägssmitta – utbrottshantering, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26588771" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00104475">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc165627897"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc222827924"/>
       <w:r>
         <w:t>Sammanfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="2D50CB46" w14:textId="2FAA53BC" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
+    <w:p w14:paraId="2D50CB46" w14:textId="321B6BE6" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Utbrottshanteringen avser i första hand smittämnen med kortare inkubationstid som t</w:t>
       </w:r>
       <w:r w:rsidR="00F724CB">
         <w:t>ill exempel</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> mässling, vattkoppor (luftburen smitta), MERS och kikhosta (droppsmitta) och där icke immuna individer riskerar ett allvarligt sjukdomsförlopp</w:t>
+        <w:t xml:space="preserve"> mässling, vattkoppor (luftburen smitta) och kikhosta (droppsmitta) och där icke immuna individer riskerar ett allvarligt sjukdomsförlopp</w:t>
       </w:r>
       <w:r w:rsidR="002404B6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
-        <w:t>Åtgärdsplanen, som är kongruent med gällande epidemiplan för SÄS, är nivåstrukturerad enligt stegen: Överblick, Riskanalys, Omfattning, Utbrottskontroll, Nedtrappning och Övervakning, där varje steg tydligt beskriver handläggningen utifrån utbrottets omfattning. Se även riktlinje ”</w:t>
+        <w:t xml:space="preserve">Åtgärdsplanen, som är </w:t>
+      </w:r>
+      <w:r w:rsidR="4A1D69EF">
+        <w:t>utformad i enlighe</w:t>
+      </w:r>
+      <w:r w:rsidR="003561FF">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> med gällande epidemiplan för SÄS, är nivåstrukturerad enligt stegen: Överblick, Riskanalys, Omfattning, Utbrottskontroll, Nedtrappning och Övervakning, där varje steg tydligt beskriver handläggningen utifrån utbrottets omfattning. Se även riktlinje ”</w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="49DD1B00">
-[...3 lines deleted...]
-          <w:t>Luftvägssmitta - vårdhygieniska aspekter, SÄS</w:t>
+        <w:r w:rsidR="00733DDD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Luftvägssmitta</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566BC4A3" w14:textId="7A4F64B4" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc165627898"/>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc222827925"/>
       <w:r>
         <w:t>Förändringar sedan föregående version</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="5ECC23F6" w14:textId="5E276B67" w:rsidR="003E262F" w:rsidRPr="003E262F" w:rsidRDefault="005D1BB5" w:rsidP="003E262F">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> till epidemiskt beredningsutskott, innehållet i övrigt oförändrat</w:t>
+    <w:p w14:paraId="5ECC23F6" w14:textId="6E55BDB7" w:rsidR="003E262F" w:rsidRPr="003E262F" w:rsidRDefault="00C36F5D" w:rsidP="003E262F">
+      <w:r>
+        <w:t>Endast redaktionella förändringar</w:t>
       </w:r>
       <w:r w:rsidR="00633B0F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F931260" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00A74E72">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA57C4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Innehållsförteckning</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534F6684" w14:textId="180C1861" w:rsidR="004147AA" w:rsidRDefault="00C27AF7">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="298A7326" w14:textId="157ACC7F" w:rsidR="00D630F6" w:rsidRDefault="00C27AF7">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Rubrik 2;1;Rubrik 3;2;Mellanrubrik VGR;3" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc165627897" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827924" w:history="1">
+        <w:r w:rsidR="00D630F6" w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Sammanfattning</w:t>
         </w:r>
-        <w:r w:rsidR="004147AA">
+        <w:r w:rsidR="00D630F6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="004147AA">
+        <w:r w:rsidR="00D630F6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="004147AA">
-[...12 lines deleted...]
-        <w:r w:rsidR="004147AA">
+        <w:r w:rsidR="00D630F6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827924 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00D630F6">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00D630F6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="004147AA">
+        <w:r w:rsidR="00D630F6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="004147AA">
+        <w:r w:rsidR="00D630F6">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="281CBB7C" w14:textId="1724CF05" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="3F703E90" w14:textId="68D4ACC7" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627898" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827925" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förändringar sedan föregående version</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627898 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827925 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="71513C3E" w14:textId="735AA8FA" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="501CF846" w14:textId="78D466B2" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627899" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827926" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Förutsättningar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627899 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827926 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5480F934" w14:textId="56763671" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="026D66BB" w14:textId="24348831" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627900" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827927" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ansvar</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627900 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827927 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72E52245" w14:textId="218FD4F1" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="3A0ACA7B" w14:textId="1DB8A224" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627901" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827928" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Genomförande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627901 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827928 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B609DDC" w14:textId="74A2B48E" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="4B06B384" w14:textId="26F23F70" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627902" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827929" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Åtgärdsplan</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627902 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827929 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2494F73C" w14:textId="4A68601E" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="5B21AFD6" w14:textId="443DB08A" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627903" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827930" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nivå 1 - Överblick</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627903 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827930 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01DD8B5F" w14:textId="096ACC26" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="36637943" w14:textId="60F72F8C" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627904" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827931" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Vårdenheten </w:t>
         </w:r>
-        <w:r w:rsidRPr="00B50AC8">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>(enhetschef, ansvarig läkare)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627904 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827931 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B38756F" w14:textId="3F9BEABD" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="212FD4FC" w14:textId="30C400C1" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627905" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827932" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Infektion/barn </w:t>
         </w:r>
-        <w:r w:rsidRPr="00B50AC8">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>(bakjour, specialist)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627905 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827932 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FFDE677" w14:textId="15D12FF8" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="430A92A0" w14:textId="2A7753B4" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627906" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827933" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">Vårdhygien </w:t>
         </w:r>
-        <w:r w:rsidRPr="00B50AC8">
-[...1 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>(under jourtid infektionsbakjouren)</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627906 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827933 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A7F241E" w14:textId="13BB0770" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="07A7DE1E" w14:textId="3ADFC8C2" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627907" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827934" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nivå 2 - Riskanalys</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627907 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827934 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A997847" w14:textId="69CF4F6A" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="4E00DE25" w14:textId="5A309F2D" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627908" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827935" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nivå 3 - Omfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627908 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827935 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2CA80C6B" w14:textId="6E803486" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="12570298" w14:textId="3088AFA7" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627909" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827936" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nivå 4 - Utbrottskontroll</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627909 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827936 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45F1296E" w14:textId="511D9FF6" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="2F0B29D5" w14:textId="2C597764" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627910" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827937" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Liten omfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627910 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827937 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4FCF4284" w14:textId="03DDCB85" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="5A509516" w14:textId="3D6997AA" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627911" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827938" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Stor omfattning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627911 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827938 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D37AED3" w14:textId="7CFF474F" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll3"/>
+    <w:p w14:paraId="60745C7C" w14:textId="7E6B2DC0" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627912" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827939" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Information till</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627912 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827939 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C3AAB92" w14:textId="2BF76CF3" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="6B0CE5AC" w14:textId="2096D86D" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627913" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827940" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nivå 5 - Nedtrappning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627913 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827940 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31D4CE7D" w14:textId="419F3EE2" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll2"/>
+    <w:p w14:paraId="68D3F583" w14:textId="62ADE6FB" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627914" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827941" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Nivå 6 - Övervakning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627914 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827941 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C027211" w14:textId="6D7EE564" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="267E9083" w14:textId="76AB8C11" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627915" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827942" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Dokumentinformation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627915 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827942 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14DEDC28" w14:textId="379C65F7" w:rsidR="004147AA" w:rsidRDefault="004147AA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Innehll1"/>
+    <w:p w14:paraId="607AB6F9" w14:textId="02B64419" w:rsidR="00D630F6" w:rsidRDefault="00D630F6">
+      <w:pPr>
+        <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc165627916" w:history="1">
-[...2 lines deleted...]
-            <w:rStyle w:val="Hyperlnk"/>
+      <w:hyperlink w:anchor="_Toc222827943" w:history="1">
+        <w:r w:rsidRPr="000449DD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Länkförteckning</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc165627916 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222827943 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3AB86C50" w14:textId="170B1A45" w:rsidR="00AA57C4" w:rsidRDefault="00C27AF7" w:rsidP="00C27AF7">
-[...1 lines deleted...]
-        <w:pStyle w:val="Rubrik2"/>
+    <w:p w14:paraId="3AB86C50" w14:textId="5ECA4FF0" w:rsidR="00AA57C4" w:rsidRDefault="00C27AF7" w:rsidP="00C27AF7">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="360"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Toc165627899"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc222827926"/>
       <w:r w:rsidR="00AA57C4">
         <w:t>Förutsättningar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="502002B7" w14:textId="08A8F65F" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Utbrottshanteringen är i första hand applicerbar på smittämnen med kortare inkubationstid där smittförebyggande åtgärder eller profylaktisk behandling är brådskande, till exempel mässling (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>morbilli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>), vattkoppor (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>varicellae</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>) eller kikhosta (</w:t>
-[...7 lines deleted...]
-        <w:t>). Tuberkulos hanteras på liknande sätt i ordinarie verksamhet i samarbete mellan infektionsmottagningen och</w:t>
+        <w:t>) eller kikhosta (pertussis). Tuberkulos hanteras på liknande sätt i ordinarie verksamhet i samarbete mellan infektionsmottagningen och</w:t>
       </w:r>
       <w:r w:rsidR="00F724CB">
         <w:t xml:space="preserve"> V</w:t>
       </w:r>
       <w:r>
         <w:t>årdhygien.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77151585" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Toc165627900"/>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc222827927"/>
       <w:r>
         <w:t>Ansvar</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="15936664" w14:textId="5EDFD392" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t xml:space="preserve">Se information under rubrik </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA57C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Genomförande</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CBD688" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="_Toc165627901"/>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc222827928"/>
       <w:r>
         <w:t>Genomförande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="70F1EED4" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00C27AF7">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc165627902"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc222827929"/>
       <w:r>
         <w:t>Åtgärdsplan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="0C64298A" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
-        <w:t xml:space="preserve">Patient med misstänkt eller säker mässling, </w:t>
-[...15 lines deleted...]
-        <w:t>epidemiplan för SÄS</w:t>
+        <w:t xml:space="preserve">Patient med misstänkt eller säker mässling, vattkoppssmitta eller kikhosta på mottagning eller vårdavdelning med risk för smittoöverföring. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799A439C" w14:textId="183570C2" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
+      <w:r>
+        <w:t xml:space="preserve">Åtgärdsplanen är </w:t>
+      </w:r>
+      <w:r w:rsidR="30CEB2CC">
+        <w:t>utformad i enlighet</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4391D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>med gällande epidemiplan för SÄS</w:t>
       </w:r>
       <w:r w:rsidR="00431CAF">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-[...4 lines deleted...]
-          <w:t>Kap 6 Tilläggsplaner 2023-03-24</w:t>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidR="001C69B7">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Epidemiplan, SÄS</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007B7B67">
+      <w:r w:rsidR="007B7B67" w:rsidRPr="5E812839">
         <w:rPr>
-          <w:rStyle w:val="Hyperlnk"/>
+          <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="964" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         <w:tblCaption w:val="Handläggningsgraf"/>
         <w:tblDescription w:val="Tabellen är avsedd som hjälp vid utbrott genom överskådlig information om vad som som ska utföras i de olika stegen."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="4188"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA57C4" w14:paraId="5FB81DBD" w14:textId="77777777" w:rsidTr="00BC461E">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED2133C" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00BC461E" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="1ED2133C" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00BC461E" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabellrubriker"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC461E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Nivåer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7C38A0A9" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00BC461E" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="7C38A0A9" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00BC461E" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabellrubriker"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC461E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Fråga</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="2378789E" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00BC461E" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="2378789E" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00BC461E" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabellrubriker"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC461E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>Aktivitet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA57C4" w14:paraId="13C6871F" w14:textId="77777777" w:rsidTr="00AA57C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3559BB6B" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="3559BB6B" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Överblick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E77D6F4" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="4E77D6F4" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="00396F1C">
               <w:t>Har vi koll på läget</w:t>
             </w:r>
             <w:r>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="667E3BBC" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="667E3BBC" w14:textId="15289BE4" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:suppressAutoHyphens/>
             </w:pPr>
             <w:r w:rsidRPr="003B3989">
               <w:t>Säkerställ omhändertagande av index</w:t>
             </w:r>
             <w:r>
               <w:softHyphen/>
             </w:r>
             <w:r w:rsidRPr="003B3989">
-              <w:t xml:space="preserve">fallet på </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> för luftburen smitta (om mässling, vattkoppor, MERS). Lista alla exponerade (patienter, eventuellt anhöriga och personal), lokal där de vistats, expositionstid</w:t>
+              <w:t>fallet på vårdrum för luftburen smitta (om mässling, vattkoppor). Lista alla exponerade (patienter, eventuellt anhöriga och personal), lokal där de vistats, expositionstid</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA57C4" w14:paraId="5324EDD5" w14:textId="77777777" w:rsidTr="00AA57C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423A7259" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="423A7259" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Riskanalys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5741A21D" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="5741A21D" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Föreligger smittrisk?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF50DF4" w14:textId="0DA8F094" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="0BF50DF4" w14:textId="0DA8F094" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
               <w:suppressAutoHyphens/>
             </w:pPr>
             <w:r w:rsidRPr="003B3989">
               <w:t>Identifiera riskutsatta personer (icke immuna/ovaccinerade, spädbarn, gravida, immunsu</w:t>
             </w:r>
             <w:r w:rsidR="00431CAF">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="003B3989">
               <w:t>primerade).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA57C4" w14:paraId="1DF266EB" w14:textId="77777777" w:rsidTr="00AA57C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC4D3F4" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="4AC4D3F4" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Omfattning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C040DBB" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="7C040DBB" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Hur många är utsatta för risk?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="428FB3D2" w14:textId="65C5E648" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="428FB3D2" w14:textId="0ADDDD5B" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="003B3989">
               <w:t xml:space="preserve">Om mer än enstaka exponerad mottaglig individ - Etablera </w:t>
             </w:r>
             <w:r w:rsidR="00373FE3">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00373FE3" w:rsidRPr="00373FE3">
-              <w:t>pidemiskt beredningsutskott</w:t>
+              <w:t>pidemiskt utskott</w:t>
             </w:r>
             <w:r w:rsidR="00373FE3" w:rsidRPr="00373FE3" w:rsidDel="00373FE3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003B3989">
               <w:t>*.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA57C4" w14:paraId="25490568" w14:textId="77777777" w:rsidTr="00AA57C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="776300DC" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="776300DC" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Utbrotts-kontroll</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C2500AB" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="2C2500AB" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Hur kan vi stoppa spridningen?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="229766A1" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="229766A1" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="003B3989">
               <w:t>Profylax, tidig behandling, vaccination, information, planerad avstängning av personal</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA57C4" w14:paraId="0552D7A1" w14:textId="77777777" w:rsidTr="00AA57C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D61353A" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="7D61353A" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Nedtrappning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1543F918" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="1543F918" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Kan aktiviteterna trappas ned?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB7CD7B" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="6BB7CD7B" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="003B3989">
               <w:t>Avstämning av genomförda aktiviteter. Avvikelserapport</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA57C4" w14:paraId="7272055A" w14:textId="77777777" w:rsidTr="00AA57C4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5626FD59" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="5626FD59" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Övervakning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30D23293" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="30D23293" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r>
               <w:t>Har vi koll på läget?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4188" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AEAF2D1" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00E028C8">
+          <w:p w14:paraId="0AEAF2D1" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4">
             <w:pPr>
               <w:pStyle w:val="Tabelltext"/>
             </w:pPr>
             <w:r w:rsidRPr="003B3989">
               <w:t>Översyn av riktlinjer och rutiner.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B8664EE" w14:textId="5BAC8BDB" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="004F28EA">
-[...1 lines deleted...]
-        <w:pStyle w:val="Beskrivning"/>
+    <w:p w14:paraId="2B8664EE" w14:textId="4FB664AA" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="004F28EA">
+      <w:pPr>
+        <w:pStyle w:val="Caption"/>
         <w:spacing w:before="60" w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t>* Enligt SÄS kris- och katastrofmedicinska beredskapsplan, 6.1 Epidemiplan.</w:t>
+        <w:t xml:space="preserve">* Enligt </w:t>
+      </w:r>
+      <w:r w:rsidR="00B206D2">
+        <w:t xml:space="preserve">Epidemiplan </w:t>
+      </w:r>
+      <w:r>
+        <w:t>SÄS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DDAD5AD" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AF5F3A">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc222827930"/>
+      <w:r>
         <w:t>Nivå 1 - Överblick</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="2F44382C" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc165627904"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc222827931"/>
       <w:r>
         <w:t xml:space="preserve">Vårdenheten </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5F3A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(enhetschef, ansvarig läkare)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="672BC028" w14:textId="05F101AA" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AF5F3A">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Kontaktar infektionskonsult/bakjour för beslut om placering av indexpatient för vidare omhändertagande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1477A603" w14:textId="43CBCD91" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AF5F3A">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Informerar </w:t>
       </w:r>
       <w:r w:rsidR="009F635C">
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:t>årdhygien.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D286EA5" w14:textId="7F806452" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AF5F3A">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Påbörjar listning av alla exponerade; patienter, personal och anhöriga. Listningen ska i möjligaste mån innehålla:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23299A91" w14:textId="2252C2EB" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AF5F3A">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>personuppgifter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E1B725D" w14:textId="5C0C878A" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AF5F3A">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>vilken lokal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFF0A6A" w14:textId="67B88EA0" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AF5F3A">
       <w:pPr>
         <w:pStyle w:val="Punktlistaniv2"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>expositionstid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3F59ED" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
+    <w:p w14:paraId="4C3F59ED" w14:textId="430ABCB8" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
         <w:pStyle w:val="Normalmedindrag"/>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t>Om det är känt markeras personens immunstatus (vaccinerad/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>/haft sjukdomen) samt om personen tillhör någon riskgrupp d.v.s. spädbarn, gravida eller immunsupprimerade.</w:t>
+      <w:r w:rsidR="000522FE">
+        <w:t>ovaccinerad</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/haft sjukdomen) samt om personen tillhör någon riskgrupp d</w:t>
+      </w:r>
+      <w:r w:rsidR="00472D32">
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:r>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00472D32">
+        <w:t>ill</w:t>
+      </w:r>
+      <w:r w:rsidR="000522FE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000522FE">
+        <w:t>äga</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> spädbarn, gravida eller </w:t>
+      </w:r>
+      <w:r w:rsidR="000522FE">
+        <w:t>immunsupprimerade</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3569B5A3" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AF5F3A">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc165627905"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc222827932"/>
       <w:r>
         <w:t xml:space="preserve">Infektion/barn </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5F3A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(bakjour, specialist)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="3369EE34" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Infektionskonsult alternativt bakjour på barn- och ungdomskliniken:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E41F61" w14:textId="70F1D208" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>bedömer om diagnosen är sannolik</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27948197" w14:textId="08136343" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>beslutar om placering för fortsatt vård</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="073C3DED" w14:textId="6AD3B99C" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>ordinerar provtagning för säkerställande av diagnosen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D205CD4" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc165627906"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc222827933"/>
       <w:r>
         <w:t xml:space="preserve">Vårdhygien </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC0CAD">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t>(under jourtid infektionsbakjouren)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="4D95FF8A" w14:textId="0B2FACB0" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Säkerställer att infektionskonsult/bakjour på barn- och ungdomskliniken informerats och att listning på berörd enhet påbörjats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E7938C3" w14:textId="3F00946F" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Informerar vårdenhetschef (VEC) för eventuell åtgärd (avstängning, smittrening) avseende väntrum/dagrum o.s.v.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B834C55" w14:textId="144B3E85" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Informerar mikrobiologiskt laboratorium för snabbt omhändertagande av indexprov och beredskap för fler prover.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57143B42" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
+        <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc165627907"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc222827934"/>
       <w:r>
         <w:t>Nivå 2 - Riskanalys</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="3E323FC6" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:r>
         <w:t>Vårdhygien (under jourtid infektionsbakjouren) utför en riskanalys utifrån den preliminära listningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28C55EE1" w14:textId="36E1885C" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:r>
         <w:t>Sannolik/verifierad diagnos? Många riskutsatta? Många tillhörande riskgrupper? Listning fullständig?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D5B04F" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:r>
         <w:t>Finns tidigare vårdkontakter under smittsam period?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED9A6FC" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="004F28EA">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc222827935"/>
+      <w:r>
         <w:t>Nivå 3 - Omfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="3EE7D4AF" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Omfattningen definieras, utifrån riskanalysen som LITEN eller STOR. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED70DD2" w14:textId="57A58667" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Liten omfattning – enstaka individ kan ha smittats.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3A1FBB" w14:textId="191F425C" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
         <w:t>Stor omfattning – flera mottagliga individer kan ha smittats.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FE03F18" w14:textId="03AF92E9" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
+    <w:p w14:paraId="7FE03F18" w14:textId="3DF22C8C" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Chefläkare etablerar en </w:t>
+        <w:t xml:space="preserve">Chefläkare etablerar </w:t>
       </w:r>
       <w:r w:rsidR="00247633">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00373FE3" w:rsidRPr="00373FE3">
-        <w:t>pidemiskt beredningsutskott</w:t>
+        <w:t>pidemiskt utskott</w:t>
       </w:r>
       <w:r>
         <w:t>* med berörda verksamhetschefer och nyckelpersoner för epidemisk händelse.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58E166CA" w14:textId="3AD89528" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
+    <w:p w14:paraId="58E166CA" w14:textId="0363F131" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00BB334C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
       <w:r>
-        <w:t>*Enligt SÄS kris- och katastrofmedicinska beredskapsplan, 6.1 Epidemiplan.</w:t>
+        <w:t xml:space="preserve">*Enligt </w:t>
+      </w:r>
+      <w:r w:rsidR="009A611C">
+        <w:t xml:space="preserve">Epidemiplan </w:t>
+      </w:r>
+      <w:r>
+        <w:t>SÄS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3142F3" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00FC0CAD">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="_Toc165627909"/>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc222827936"/>
       <w:r>
         <w:t>Nivå 4 - Utbrottskontroll</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="2EE24FE0" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="004B6E36">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc165627910"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc222827937"/>
       <w:r>
         <w:t>Liten omfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="3B1F17EC" w14:textId="4EA213A6" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Vårdhygien säkerställer att infektionsmottagningen får persondata på riskutsatta personer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32E58084" w14:textId="7F9BA544" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Enheten för Infektion, i tillämpliga fall i samarbete med enheten för barn- och ungdomsmedicin, kontaktar personerna för en snar bedömning, provtagning och eventuell åtgärd avseende profylax, avstängning från arbete med mera.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2980223E" w14:textId="4B46C682" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Infektionskliniken ansvarar för samarbete med barn- och ungdomskliniken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33AE79A5" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Vårdhygien informerar personal på berörd vårdenhet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477D6F9B" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc165627911"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc222827938"/>
       <w:r>
         <w:t>Stor omfattning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="322F5DC8" w14:textId="233A512E" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="003E709C">
+    <w:p w14:paraId="322F5DC8" w14:textId="3BE646EA" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="003E709C">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>De</w:t>
       </w:r>
       <w:r w:rsidR="0015072C">
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> epidemiska </w:t>
       </w:r>
       <w:r w:rsidR="0015072C">
-        <w:t>beredningsutskottet</w:t>
+        <w:t>utskottet</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2D9EA4" w14:textId="65B1A945" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>utformar riktlinjer för provtagning och profylax samt avstängning av personal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="172BE361" w14:textId="6BB7B84C" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>samordnar laboratorieresurser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09BEC600" w14:textId="02261B99" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>samordnar mottagningsverksamhet för exponerade</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76BEA598" w14:textId="0AFD63EC" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>samordnar så att exponerade patienter omflyttas minimalt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AE3AFE2" w14:textId="35EF1613" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>anger vid behov speciell vårdavdelning för fortsatt vård av exponerade.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDF27B9" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
         <w:pStyle w:val="MellanrubrikVGR"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc165627912"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc222827939"/>
       <w:r>
         <w:t>Information till</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="1B03CE02" w14:textId="152EA293" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>chefer på SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C02E87B" w14:textId="391FA07E" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>akutmottagningar och vårdplatssamordnare vid SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="169DBB03" w14:textId="0D5CD95E" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>smittskyddsenheten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C1C0D2D" w14:textId="3E0BAB96" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>primärvård vid behov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B323BD6" w14:textId="60C27B6C" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>(efter bedömning) övriga vårdhygienavdelningar i VGR och Halland</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="712E34F7" w14:textId="2005C796" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>(efter bedömning) sjukhusets personal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B2D8BA" w14:textId="18C687CE" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Punktlista"/>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>(efter bedömning) allmänhet och media.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C3107C0" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc222827940"/>
+      <w:r>
         <w:t>Nivå 5 - Nedtrappning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w14:paraId="700322B8" w14:textId="76E81492" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
+    <w:p w14:paraId="700322B8" w14:textId="46265195" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Nedtrappningsfas inleds när samtliga riskutsatta omhändertagits och ytterligare smittspridning och nyinsjuknande är osannolikt. Efter avstämning och avslut av genomförda aktiviteter, kan chefläkaren upplösa de</w:t>
       </w:r>
       <w:r w:rsidR="00123D3E">
         <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">epidemiska </w:t>
       </w:r>
       <w:r w:rsidR="00123D3E">
-        <w:t>beredningsutskottet</w:t>
+        <w:t>utskottet</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4357E21B" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Avvikelserapportering ska ske oavsett omfattning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8A09FD" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Rubrik3"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Toc165627914"/>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc222827941"/>
       <w:r>
         <w:t>Nivå 6 - Övervakning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="53AE0321" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Vårdhygien genomför översyn av riktlinjer och rutiner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BAE91F" w14:textId="0445EF67" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
+    <w:p w14:paraId="55BAE91F" w14:textId="5001F0B8" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>Ledamöter i epidemisk</w:t>
       </w:r>
       <w:r w:rsidR="00247633">
-        <w:t>t beredningsutskott</w:t>
+        <w:t>t utskott</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> utvärderar handläggningen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4DE825" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc165627915"/>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc222827942"/>
       <w:r>
         <w:t>Dokumentinformation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="7DCF9AD8" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00375F3E" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00375F3E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>För innehållet svarar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="207454A5" w14:textId="2CB1E2FA" w:rsidR="00AA57C4" w:rsidRDefault="00E354DD" w:rsidP="00AA57C4">
+    <w:p w14:paraId="4B8A951B" w14:textId="44B58C1A" w:rsidR="003B52E4" w:rsidRDefault="00E354DD" w:rsidP="003B52E4">
       <w:r>
         <w:t>Jon Edman Wallér</w:t>
       </w:r>
       <w:r w:rsidR="00AA57C4">
         <w:t>, överläkare</w:t>
       </w:r>
       <w:r w:rsidR="00180392">
         <w:t>, v</w:t>
       </w:r>
       <w:r w:rsidR="00AA57C4">
         <w:t>årdhygien, SÄS</w:t>
+      </w:r>
+      <w:r w:rsidR="003B52E4">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE67A0">
+        <w:t>Susanne Roos, hygiensjuksköterska</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED098D">
+        <w:t>, vårdhygien, SÄS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E0014E" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00375F3E" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00375F3E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remissinstanser</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="119ECC21" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t>-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1409C9B6" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRPr="00375F3E" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
@@ -2726,479 +2711,430 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00375F3E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Nyckelord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D62713A" w14:textId="52B15730" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00AA57C4">
       <w:r>
         <w:t xml:space="preserve">Mässling, vattkoppor, kikhosta, utbrottshantering, utbrottskontroll, epidemiläge, epidemiberedskap, beredskapsplanering, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>morbillivirus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, droppsmitta, </w:t>
+        <w:t xml:space="preserve">, droppsmitta, varicella </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>varicella</w:t>
+        <w:t>zostervirus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, luftburen smitta, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>zostervirus</w:t>
+        <w:t>bordetella</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, luftburen smitta, </w:t>
+        <w:t xml:space="preserve"> pertussis, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>bordetella</w:t>
+        <w:t>mykobakterier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-      <w:r>
         <w:t>, infektioner, kontaktsmitta</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="664A33E1" w14:textId="77777777" w:rsidR="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00375F3E">
       <w:pPr>
-        <w:pStyle w:val="Rubrik2"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="19" w:name="_Toc165627916"/>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc222827943"/>
       <w:r>
         <w:t>Länkförteckning</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w14:paraId="0CAD12B6" w14:textId="639984F2" w:rsidR="00AA57C4" w:rsidRDefault="00375F3E" w:rsidP="00995431">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="0CAD12B6" w14:textId="6833361F" w:rsidR="00AA57C4" w:rsidRDefault="00375F3E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00375F3E">
-        <w:t>Luftvägssmitta - vårdhygieniska aspekter, SÄS</w:t>
+        <w:t>Luftvägssmitta</w:t>
       </w:r>
       <w:r w:rsidR="00AA57C4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t>Regiongemensam riktlinje upprättad av vårdhygienverksamheter inom Västra Götalandsregionen.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00180392">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://hittadokument.vgregion.se/sas</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40AA233F" w14:textId="3C0A978D" w:rsidR="009C6C0C" w:rsidRPr="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00B44D2F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Punktlista"/>
+    <w:p w14:paraId="40AA233F" w14:textId="0068DFD2" w:rsidR="009C6C0C" w:rsidRPr="00AA57C4" w:rsidRDefault="00AA57C4" w:rsidP="00B44D2F">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Epidemiplan, SÄS</w:t>
       </w:r>
       <w:r w:rsidR="00431CAF">
-        <w:t>, k</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">r. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005B1228">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00431CAF">
-[...21 lines deleted...]
-          <w:t>)</w:t>
+        <w:r w:rsidR="0045399D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Epidemiplan SÄS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003F59B1">
         <w:rPr>
-          <w:rStyle w:val="Hyperlnk"/>
+          <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00BB48EC">
         <w:br/>
-        <w:t xml:space="preserve">Katastrofplan </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Katastrofplan inkl</w:t>
+      </w:r>
+      <w:r w:rsidR="001A00DA">
+        <w:t>usive</w:t>
+      </w:r>
       <w:r w:rsidR="00BB48EC">
         <w:t xml:space="preserve"> tilläggsplaner finns publicera</w:t>
       </w:r>
       <w:r w:rsidR="00F61F96">
         <w:t>t på</w:t>
       </w:r>
       <w:r w:rsidR="007160E3">
         <w:t xml:space="preserve"> insidan</w:t>
       </w:r>
       <w:r w:rsidR="00F61F96">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00BB48EC">
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="007160E3" w:rsidRPr="004546BF">
           <w:rPr>
-            <w:rStyle w:val="Hyperlnk"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/sas-kris--och-katastrofmedicinska-beredskapsplan</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="009C6C0C" w:rsidRPr="00AA57C4" w:rsidSect="00136D67">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1979" w:bottom="1276" w:left="992" w:header="284" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21229F17" w14:textId="77777777" w:rsidR="008124BC" w:rsidRDefault="008124BC">
+    <w:p w14:paraId="3685EA5E" w14:textId="77777777" w:rsidR="000A1DD4" w:rsidRDefault="000A1DD4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C618ACD" w14:textId="77777777" w:rsidR="008124BC" w:rsidRDefault="008124BC">
+    <w:p w14:paraId="353715C6" w14:textId="77777777" w:rsidR="000A1DD4" w:rsidRDefault="000A1DD4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E5BC8ED" w14:textId="77777777" w:rsidR="008124BC" w:rsidRDefault="008124BC">
+    <w:p w14:paraId="66CAA8DB" w14:textId="77777777" w:rsidR="000A1DD4" w:rsidRDefault="000A1DD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Agency FB">
-    <w:panose1 w:val="020B0503020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B44BC5A" w14:textId="39B64603" w:rsidR="009E4FAC" w:rsidRDefault="009E4FAC" w:rsidP="006E08AA">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008873C2">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidRPr="008873C2">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008873C2">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008873C2">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="008873C2">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008873C2">
       <w:rPr>
-        <w:rStyle w:val="Sidnummer"/>
+        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1FE2B822" w14:textId="48DCA31F" w:rsidR="00660269" w:rsidRDefault="00AA0D85" w:rsidP="00FB2F0F">
     <w:pPr>
-      <w:pStyle w:val="Sidfot"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:left="6237" w:hanging="141"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r w:rsidRPr="0059259C">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="60"/>
         <w:szCs w:val="56"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660289" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="536ABA72" wp14:editId="6D830FC6">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="536ABA72" wp14:editId="6D830FC6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>4857750</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10006330</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2032000" cy="412115"/>
           <wp:effectExtent l="0" t="0" r="6350" b="6985"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="28" name="Logo" descr="Västra Götaland, logotyp">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A0989A0-7A4A-9CD0-D751-D56C294A5842}"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="28" name="Logo" descr="Västra Götaland, logotyp">
@@ -3231,76 +3167,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2032000" cy="412115"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7171A992" w14:textId="77777777" w:rsidR="008124BC" w:rsidRDefault="008124BC"/>
+    <w:p w14:paraId="7E4AF144" w14:textId="77777777" w:rsidR="000A1DD4" w:rsidRDefault="000A1DD4"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35DA397A" w14:textId="77777777" w:rsidR="008124BC" w:rsidRDefault="008124BC">
+    <w:p w14:paraId="30EA6EBC" w14:textId="77777777" w:rsidR="000A1DD4" w:rsidRDefault="000A1DD4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7F6436DD" w14:textId="77777777" w:rsidR="008124BC" w:rsidRDefault="008124BC">
+    <w:p w14:paraId="1B0A1493" w14:textId="77777777" w:rsidR="000A1DD4" w:rsidRDefault="000A1DD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="058CDD4D" w14:textId="5FFC52A1" w:rsidR="008A4EB9" w:rsidRDefault="00A5066F" w:rsidP="00413A60">
     <w:pPr>
-      <w:pStyle w:val="Sidhuvud"/>
+      <w:pStyle w:val="Header"/>
       <w:ind w:left="0" w:right="567"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DFFA9B8" wp14:editId="7AEFB401">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-1270</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>24435</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4669155" cy="233680"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapTopAndBottom/>
               <wp:docPr id="6" name="Textruta 6"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3460,51 +3396,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBCC56FC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4447,51 +4383,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B474E09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC9E2834"/>
     <w:lvl w:ilvl="0" w:tplc="F99459E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Punktlista"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1352" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -5047,51 +4983,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7472" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54340635"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B6660C0"/>
     <w:lvl w:ilvl="0" w:tplc="05061E3A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Liststycke"/>
+      <w:pStyle w:val="ListParagraph"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="717" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041D0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041D0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -5670,612 +5606,858 @@
   <w:num w:numId="14" w16cid:durableId="351148625">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1516268121">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="295180367">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1617176599">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1400442350">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1763532171">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="94861711">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="D804" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="1"/>
-  <w:trackRevisions/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:styleLockTheme/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75EDE"/>
+    <w:rsid w:val="00001099"/>
+    <w:rsid w:val="00003291"/>
+    <w:rsid w:val="00003B2F"/>
     <w:rsid w:val="000051D5"/>
+    <w:rsid w:val="0000698D"/>
     <w:rsid w:val="00006D2A"/>
     <w:rsid w:val="00010D47"/>
     <w:rsid w:val="00016CF0"/>
+    <w:rsid w:val="00020034"/>
     <w:rsid w:val="00024AC7"/>
+    <w:rsid w:val="0002792F"/>
     <w:rsid w:val="00030DDD"/>
     <w:rsid w:val="000313BB"/>
+    <w:rsid w:val="00033E8D"/>
     <w:rsid w:val="00033ED5"/>
+    <w:rsid w:val="00050405"/>
     <w:rsid w:val="00050500"/>
+    <w:rsid w:val="000522FE"/>
     <w:rsid w:val="0005691C"/>
     <w:rsid w:val="00056ECB"/>
     <w:rsid w:val="00056ED5"/>
     <w:rsid w:val="00061969"/>
     <w:rsid w:val="000655CC"/>
     <w:rsid w:val="000700AE"/>
+    <w:rsid w:val="00073167"/>
     <w:rsid w:val="00084024"/>
     <w:rsid w:val="0009062C"/>
     <w:rsid w:val="00095368"/>
     <w:rsid w:val="000954C4"/>
+    <w:rsid w:val="00095924"/>
+    <w:rsid w:val="00096A12"/>
+    <w:rsid w:val="000A1DD4"/>
     <w:rsid w:val="000A611A"/>
+    <w:rsid w:val="000B0F20"/>
     <w:rsid w:val="000B12D9"/>
     <w:rsid w:val="000B4536"/>
     <w:rsid w:val="000B6FFF"/>
     <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C24A3"/>
+    <w:rsid w:val="000D1E61"/>
     <w:rsid w:val="000E463B"/>
+    <w:rsid w:val="000E5630"/>
     <w:rsid w:val="000E5A7E"/>
+    <w:rsid w:val="000F0D14"/>
+    <w:rsid w:val="000F3135"/>
     <w:rsid w:val="000F43A3"/>
     <w:rsid w:val="000F7681"/>
     <w:rsid w:val="00103031"/>
     <w:rsid w:val="00104475"/>
     <w:rsid w:val="001044FE"/>
+    <w:rsid w:val="0011133A"/>
     <w:rsid w:val="001139D4"/>
+    <w:rsid w:val="00122A29"/>
     <w:rsid w:val="00123D3E"/>
+    <w:rsid w:val="001254E7"/>
     <w:rsid w:val="00131B08"/>
     <w:rsid w:val="00132A59"/>
     <w:rsid w:val="00133337"/>
+    <w:rsid w:val="00133550"/>
     <w:rsid w:val="00133A0F"/>
     <w:rsid w:val="0013580F"/>
     <w:rsid w:val="00136D67"/>
     <w:rsid w:val="00137B6D"/>
+    <w:rsid w:val="00137FAF"/>
     <w:rsid w:val="0014070B"/>
+    <w:rsid w:val="00141D0C"/>
     <w:rsid w:val="001422C1"/>
     <w:rsid w:val="0015072C"/>
     <w:rsid w:val="001522AE"/>
+    <w:rsid w:val="001549F1"/>
     <w:rsid w:val="00157D5B"/>
     <w:rsid w:val="00161FE6"/>
     <w:rsid w:val="00164C3D"/>
     <w:rsid w:val="00166D3A"/>
     <w:rsid w:val="0017508E"/>
+    <w:rsid w:val="0017783D"/>
     <w:rsid w:val="00180392"/>
     <w:rsid w:val="00181FDC"/>
     <w:rsid w:val="00184167"/>
+    <w:rsid w:val="00185A9F"/>
     <w:rsid w:val="001860B9"/>
     <w:rsid w:val="00186F2B"/>
     <w:rsid w:val="001874D6"/>
+    <w:rsid w:val="00195F40"/>
     <w:rsid w:val="0019632A"/>
+    <w:rsid w:val="00197D49"/>
+    <w:rsid w:val="001A00DA"/>
+    <w:rsid w:val="001A1044"/>
     <w:rsid w:val="001A4E7C"/>
     <w:rsid w:val="001B762C"/>
     <w:rsid w:val="001C4D0A"/>
     <w:rsid w:val="001C5FEF"/>
+    <w:rsid w:val="001C69B7"/>
+    <w:rsid w:val="001D25E3"/>
+    <w:rsid w:val="001D627F"/>
+    <w:rsid w:val="001D7F0F"/>
     <w:rsid w:val="001E3789"/>
+    <w:rsid w:val="001E3E37"/>
+    <w:rsid w:val="001E61B8"/>
+    <w:rsid w:val="00200E34"/>
+    <w:rsid w:val="002077DA"/>
     <w:rsid w:val="00211487"/>
     <w:rsid w:val="00211D91"/>
+    <w:rsid w:val="00216687"/>
     <w:rsid w:val="00217DEC"/>
+    <w:rsid w:val="0023184C"/>
     <w:rsid w:val="00235B57"/>
     <w:rsid w:val="002404B6"/>
     <w:rsid w:val="00247633"/>
     <w:rsid w:val="00250F24"/>
     <w:rsid w:val="002523C5"/>
     <w:rsid w:val="0025380B"/>
     <w:rsid w:val="0025703A"/>
     <w:rsid w:val="00262F3D"/>
     <w:rsid w:val="00263281"/>
     <w:rsid w:val="002651D6"/>
     <w:rsid w:val="0026551F"/>
     <w:rsid w:val="00270FA8"/>
+    <w:rsid w:val="0027105D"/>
+    <w:rsid w:val="00275857"/>
     <w:rsid w:val="00280A85"/>
     <w:rsid w:val="00284119"/>
     <w:rsid w:val="00290B5C"/>
     <w:rsid w:val="00294791"/>
     <w:rsid w:val="002A1C4F"/>
     <w:rsid w:val="002A7450"/>
     <w:rsid w:val="002B0B30"/>
     <w:rsid w:val="002B0C78"/>
     <w:rsid w:val="002C0C02"/>
     <w:rsid w:val="002C1277"/>
     <w:rsid w:val="002C60AD"/>
+    <w:rsid w:val="002D0727"/>
     <w:rsid w:val="002D0E0E"/>
     <w:rsid w:val="002D6023"/>
     <w:rsid w:val="002E263F"/>
     <w:rsid w:val="002E6F81"/>
     <w:rsid w:val="002F08BA"/>
+    <w:rsid w:val="002F129D"/>
+    <w:rsid w:val="002F1681"/>
     <w:rsid w:val="002F2CFF"/>
     <w:rsid w:val="002F568B"/>
     <w:rsid w:val="002F7818"/>
     <w:rsid w:val="003066D0"/>
+    <w:rsid w:val="00311203"/>
     <w:rsid w:val="00311401"/>
     <w:rsid w:val="003203D7"/>
     <w:rsid w:val="00320F86"/>
+    <w:rsid w:val="003221C0"/>
     <w:rsid w:val="00324171"/>
     <w:rsid w:val="00326C24"/>
+    <w:rsid w:val="00334BBE"/>
     <w:rsid w:val="00337F99"/>
     <w:rsid w:val="003410BD"/>
     <w:rsid w:val="0034307B"/>
     <w:rsid w:val="00345EB1"/>
     <w:rsid w:val="00350CC4"/>
     <w:rsid w:val="003533DD"/>
+    <w:rsid w:val="00354BBE"/>
+    <w:rsid w:val="003561FF"/>
+    <w:rsid w:val="003600E0"/>
     <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="0036123D"/>
     <w:rsid w:val="0036357D"/>
     <w:rsid w:val="0036594C"/>
     <w:rsid w:val="00367D19"/>
     <w:rsid w:val="00371BED"/>
     <w:rsid w:val="00373FE3"/>
     <w:rsid w:val="00375F3E"/>
     <w:rsid w:val="00384019"/>
     <w:rsid w:val="003854F1"/>
     <w:rsid w:val="0039118E"/>
+    <w:rsid w:val="003922B3"/>
     <w:rsid w:val="00397F54"/>
     <w:rsid w:val="003A0D43"/>
     <w:rsid w:val="003B2A4B"/>
+    <w:rsid w:val="003B52E4"/>
     <w:rsid w:val="003D099E"/>
     <w:rsid w:val="003D21A2"/>
     <w:rsid w:val="003D29D2"/>
     <w:rsid w:val="003D6DF1"/>
     <w:rsid w:val="003E0705"/>
     <w:rsid w:val="003E262F"/>
     <w:rsid w:val="003E2FF7"/>
     <w:rsid w:val="003E709C"/>
     <w:rsid w:val="003F1013"/>
     <w:rsid w:val="003F1ACF"/>
+    <w:rsid w:val="003F245F"/>
     <w:rsid w:val="003F59B1"/>
     <w:rsid w:val="00404948"/>
     <w:rsid w:val="00406BEA"/>
+    <w:rsid w:val="00412A94"/>
+    <w:rsid w:val="00412FA6"/>
     <w:rsid w:val="00413A60"/>
     <w:rsid w:val="004147AA"/>
     <w:rsid w:val="004230F7"/>
+    <w:rsid w:val="0042472A"/>
+    <w:rsid w:val="00424EB2"/>
+    <w:rsid w:val="0042595D"/>
     <w:rsid w:val="0043167E"/>
+    <w:rsid w:val="004319FD"/>
     <w:rsid w:val="00431CAF"/>
+    <w:rsid w:val="004320A4"/>
+    <w:rsid w:val="00433205"/>
     <w:rsid w:val="0043409A"/>
+    <w:rsid w:val="00441000"/>
     <w:rsid w:val="00446255"/>
+    <w:rsid w:val="00446326"/>
     <w:rsid w:val="00451935"/>
+    <w:rsid w:val="0045399D"/>
+    <w:rsid w:val="00457083"/>
+    <w:rsid w:val="004603A1"/>
     <w:rsid w:val="00460ED0"/>
     <w:rsid w:val="00465651"/>
     <w:rsid w:val="00470CE7"/>
     <w:rsid w:val="00470F4F"/>
     <w:rsid w:val="00472482"/>
+    <w:rsid w:val="00472D32"/>
     <w:rsid w:val="00480DC7"/>
     <w:rsid w:val="004876F6"/>
+    <w:rsid w:val="00487969"/>
+    <w:rsid w:val="00490ED4"/>
     <w:rsid w:val="0049236A"/>
     <w:rsid w:val="00492718"/>
     <w:rsid w:val="00493EE6"/>
+    <w:rsid w:val="004962B5"/>
     <w:rsid w:val="004A355D"/>
     <w:rsid w:val="004A4970"/>
+    <w:rsid w:val="004A4A5C"/>
     <w:rsid w:val="004B2183"/>
     <w:rsid w:val="004B2A01"/>
     <w:rsid w:val="004B6E36"/>
     <w:rsid w:val="004C3536"/>
     <w:rsid w:val="004D7BA3"/>
+    <w:rsid w:val="004E5E7D"/>
     <w:rsid w:val="004F28EA"/>
+    <w:rsid w:val="004F37F1"/>
     <w:rsid w:val="004F4518"/>
     <w:rsid w:val="004F4C62"/>
     <w:rsid w:val="00501433"/>
     <w:rsid w:val="005113D5"/>
     <w:rsid w:val="00511CC4"/>
+    <w:rsid w:val="00524BCC"/>
     <w:rsid w:val="00531E60"/>
     <w:rsid w:val="00541D07"/>
     <w:rsid w:val="00544BAB"/>
     <w:rsid w:val="00545F31"/>
     <w:rsid w:val="005578FA"/>
     <w:rsid w:val="00565129"/>
     <w:rsid w:val="00565CD0"/>
     <w:rsid w:val="00567820"/>
     <w:rsid w:val="005770AD"/>
+    <w:rsid w:val="00577F4E"/>
     <w:rsid w:val="00581414"/>
     <w:rsid w:val="00582490"/>
+    <w:rsid w:val="00583860"/>
+    <w:rsid w:val="005902FA"/>
+    <w:rsid w:val="0059407D"/>
     <w:rsid w:val="005970FE"/>
+    <w:rsid w:val="00597B12"/>
     <w:rsid w:val="00597E28"/>
+    <w:rsid w:val="005A2B7D"/>
     <w:rsid w:val="005A54ED"/>
     <w:rsid w:val="005A5D5B"/>
     <w:rsid w:val="005A6081"/>
     <w:rsid w:val="005A627D"/>
+    <w:rsid w:val="005A6F1A"/>
     <w:rsid w:val="005B1228"/>
     <w:rsid w:val="005C0045"/>
     <w:rsid w:val="005C084E"/>
     <w:rsid w:val="005C4606"/>
     <w:rsid w:val="005D0B0C"/>
     <w:rsid w:val="005D1BB5"/>
     <w:rsid w:val="005E02B3"/>
+    <w:rsid w:val="005E13B3"/>
     <w:rsid w:val="005E1E24"/>
+    <w:rsid w:val="005F061B"/>
+    <w:rsid w:val="00602314"/>
     <w:rsid w:val="0060596B"/>
     <w:rsid w:val="00606D97"/>
     <w:rsid w:val="00614E64"/>
     <w:rsid w:val="00617710"/>
     <w:rsid w:val="00617EE6"/>
     <w:rsid w:val="0062184C"/>
     <w:rsid w:val="00623724"/>
     <w:rsid w:val="00623CFA"/>
     <w:rsid w:val="00627BEA"/>
     <w:rsid w:val="00627D6A"/>
     <w:rsid w:val="006319DB"/>
     <w:rsid w:val="00633B0F"/>
     <w:rsid w:val="00635A62"/>
+    <w:rsid w:val="00641B5D"/>
+    <w:rsid w:val="0064515F"/>
     <w:rsid w:val="0065595B"/>
     <w:rsid w:val="00656DCD"/>
+    <w:rsid w:val="006571D0"/>
     <w:rsid w:val="00660269"/>
+    <w:rsid w:val="00665467"/>
     <w:rsid w:val="00665F89"/>
     <w:rsid w:val="00673C92"/>
     <w:rsid w:val="006753EC"/>
+    <w:rsid w:val="00675EA9"/>
+    <w:rsid w:val="006803F0"/>
     <w:rsid w:val="00685193"/>
+    <w:rsid w:val="00686255"/>
     <w:rsid w:val="006A00BB"/>
     <w:rsid w:val="006A2789"/>
     <w:rsid w:val="006A4978"/>
     <w:rsid w:val="006A7261"/>
     <w:rsid w:val="006B0D29"/>
     <w:rsid w:val="006B1819"/>
     <w:rsid w:val="006C5048"/>
     <w:rsid w:val="006C66E9"/>
     <w:rsid w:val="006C6A4B"/>
     <w:rsid w:val="006C779F"/>
     <w:rsid w:val="006D01F5"/>
     <w:rsid w:val="006D0CFB"/>
     <w:rsid w:val="006D30C0"/>
+    <w:rsid w:val="006D6092"/>
     <w:rsid w:val="006D7535"/>
     <w:rsid w:val="006E08AA"/>
     <w:rsid w:val="006E450B"/>
     <w:rsid w:val="006F0D7E"/>
     <w:rsid w:val="00710B77"/>
     <w:rsid w:val="00711E13"/>
     <w:rsid w:val="007155D5"/>
     <w:rsid w:val="007160E3"/>
+    <w:rsid w:val="00716792"/>
+    <w:rsid w:val="00717CAB"/>
     <w:rsid w:val="0072075B"/>
     <w:rsid w:val="007221C2"/>
     <w:rsid w:val="00730955"/>
+    <w:rsid w:val="00731FF2"/>
     <w:rsid w:val="00733A9C"/>
+    <w:rsid w:val="00733DDD"/>
     <w:rsid w:val="00736574"/>
     <w:rsid w:val="007367E0"/>
+    <w:rsid w:val="007369A8"/>
     <w:rsid w:val="00737215"/>
+    <w:rsid w:val="007414FE"/>
+    <w:rsid w:val="00752F86"/>
+    <w:rsid w:val="0075333F"/>
     <w:rsid w:val="00754905"/>
     <w:rsid w:val="00760038"/>
+    <w:rsid w:val="007627FC"/>
     <w:rsid w:val="00762EE0"/>
     <w:rsid w:val="00765C41"/>
     <w:rsid w:val="00771100"/>
     <w:rsid w:val="007759DD"/>
+    <w:rsid w:val="007823BD"/>
     <w:rsid w:val="0078609F"/>
     <w:rsid w:val="007917BA"/>
+    <w:rsid w:val="007A2E08"/>
     <w:rsid w:val="007A334E"/>
     <w:rsid w:val="007A5C6F"/>
+    <w:rsid w:val="007B2EA0"/>
     <w:rsid w:val="007B7B67"/>
+    <w:rsid w:val="007C35D1"/>
+    <w:rsid w:val="007D2353"/>
+    <w:rsid w:val="007D242E"/>
     <w:rsid w:val="007D4241"/>
     <w:rsid w:val="007D4317"/>
     <w:rsid w:val="007D4EA3"/>
+    <w:rsid w:val="007E2A31"/>
     <w:rsid w:val="007F1CFF"/>
     <w:rsid w:val="007F5DD5"/>
     <w:rsid w:val="008124BC"/>
+    <w:rsid w:val="00814E5B"/>
     <w:rsid w:val="00821A1B"/>
     <w:rsid w:val="008262E9"/>
     <w:rsid w:val="00827E69"/>
     <w:rsid w:val="00835C4D"/>
     <w:rsid w:val="00843F48"/>
+    <w:rsid w:val="00846192"/>
+    <w:rsid w:val="00847105"/>
     <w:rsid w:val="00851423"/>
     <w:rsid w:val="008540AE"/>
     <w:rsid w:val="008569C6"/>
     <w:rsid w:val="00857848"/>
     <w:rsid w:val="008654B6"/>
     <w:rsid w:val="0087139C"/>
     <w:rsid w:val="00873419"/>
+    <w:rsid w:val="00874673"/>
+    <w:rsid w:val="0087609C"/>
     <w:rsid w:val="00880E83"/>
     <w:rsid w:val="00886654"/>
     <w:rsid w:val="00892F28"/>
+    <w:rsid w:val="0089369B"/>
     <w:rsid w:val="008A0C5F"/>
     <w:rsid w:val="008A3DEA"/>
     <w:rsid w:val="008A4EB9"/>
     <w:rsid w:val="008A74C0"/>
     <w:rsid w:val="008B1694"/>
     <w:rsid w:val="008C4B27"/>
+    <w:rsid w:val="008C7552"/>
     <w:rsid w:val="008C7F0C"/>
     <w:rsid w:val="008C7F2A"/>
     <w:rsid w:val="008D4B13"/>
     <w:rsid w:val="008E36F8"/>
     <w:rsid w:val="008E46B2"/>
     <w:rsid w:val="008E682C"/>
     <w:rsid w:val="008E78A1"/>
+    <w:rsid w:val="008E7A1F"/>
+    <w:rsid w:val="008F0EC5"/>
     <w:rsid w:val="008F589F"/>
     <w:rsid w:val="00906238"/>
+    <w:rsid w:val="00906FD4"/>
     <w:rsid w:val="00907EF9"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="0091295C"/>
     <w:rsid w:val="00914D58"/>
+    <w:rsid w:val="00915F14"/>
     <w:rsid w:val="00921F47"/>
     <w:rsid w:val="009228AB"/>
     <w:rsid w:val="0093085B"/>
+    <w:rsid w:val="00931B3D"/>
     <w:rsid w:val="00931C57"/>
     <w:rsid w:val="009347A5"/>
+    <w:rsid w:val="0094060E"/>
+    <w:rsid w:val="00940690"/>
     <w:rsid w:val="00942257"/>
     <w:rsid w:val="009471BF"/>
     <w:rsid w:val="00950E4E"/>
     <w:rsid w:val="009529BD"/>
     <w:rsid w:val="009533B4"/>
     <w:rsid w:val="00957D35"/>
     <w:rsid w:val="00971D93"/>
+    <w:rsid w:val="0098039B"/>
     <w:rsid w:val="00986149"/>
     <w:rsid w:val="009A07DC"/>
+    <w:rsid w:val="009A611C"/>
+    <w:rsid w:val="009A7734"/>
     <w:rsid w:val="009B1F6B"/>
+    <w:rsid w:val="009B6276"/>
     <w:rsid w:val="009C0D12"/>
     <w:rsid w:val="009C192E"/>
     <w:rsid w:val="009C2E3E"/>
+    <w:rsid w:val="009C4CFC"/>
+    <w:rsid w:val="009C5D2D"/>
     <w:rsid w:val="009C6C0C"/>
+    <w:rsid w:val="009D19A1"/>
+    <w:rsid w:val="009D3F97"/>
     <w:rsid w:val="009D439F"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009D6D1C"/>
+    <w:rsid w:val="009D6DDF"/>
+    <w:rsid w:val="009D7043"/>
     <w:rsid w:val="009E0CF9"/>
     <w:rsid w:val="009E4FAC"/>
     <w:rsid w:val="009E531B"/>
     <w:rsid w:val="009E6C56"/>
+    <w:rsid w:val="009E6E7C"/>
     <w:rsid w:val="009E7DCF"/>
+    <w:rsid w:val="009F1DE6"/>
+    <w:rsid w:val="009F1EC6"/>
     <w:rsid w:val="009F4A56"/>
     <w:rsid w:val="009F4E65"/>
     <w:rsid w:val="009F635C"/>
     <w:rsid w:val="00A006A5"/>
+    <w:rsid w:val="00A0095D"/>
     <w:rsid w:val="00A05942"/>
     <w:rsid w:val="00A07BEC"/>
+    <w:rsid w:val="00A07E1E"/>
+    <w:rsid w:val="00A15E01"/>
+    <w:rsid w:val="00A168C4"/>
+    <w:rsid w:val="00A25B9A"/>
     <w:rsid w:val="00A264BE"/>
+    <w:rsid w:val="00A26806"/>
     <w:rsid w:val="00A272CA"/>
     <w:rsid w:val="00A33051"/>
+    <w:rsid w:val="00A33406"/>
     <w:rsid w:val="00A407AD"/>
     <w:rsid w:val="00A40923"/>
     <w:rsid w:val="00A41C05"/>
     <w:rsid w:val="00A42426"/>
+    <w:rsid w:val="00A4598C"/>
     <w:rsid w:val="00A5066F"/>
     <w:rsid w:val="00A514B7"/>
+    <w:rsid w:val="00A52037"/>
+    <w:rsid w:val="00A52AFA"/>
     <w:rsid w:val="00A54A0B"/>
+    <w:rsid w:val="00A63474"/>
     <w:rsid w:val="00A65FD4"/>
     <w:rsid w:val="00A74E72"/>
+    <w:rsid w:val="00A756C7"/>
     <w:rsid w:val="00A81198"/>
+    <w:rsid w:val="00A811DC"/>
     <w:rsid w:val="00A81E48"/>
     <w:rsid w:val="00A82035"/>
+    <w:rsid w:val="00A82949"/>
     <w:rsid w:val="00A90D77"/>
     <w:rsid w:val="00A92E07"/>
     <w:rsid w:val="00AA0B3A"/>
     <w:rsid w:val="00AA0D85"/>
     <w:rsid w:val="00AA57C4"/>
     <w:rsid w:val="00AA6EB4"/>
     <w:rsid w:val="00AA767D"/>
+    <w:rsid w:val="00AA7C01"/>
     <w:rsid w:val="00AB0CC9"/>
     <w:rsid w:val="00AB1777"/>
+    <w:rsid w:val="00AB46F9"/>
+    <w:rsid w:val="00AB7F63"/>
+    <w:rsid w:val="00AC02C7"/>
+    <w:rsid w:val="00AC128D"/>
     <w:rsid w:val="00AC3FF6"/>
+    <w:rsid w:val="00AC6595"/>
+    <w:rsid w:val="00AD1DAD"/>
+    <w:rsid w:val="00AD6F34"/>
     <w:rsid w:val="00AD73EC"/>
     <w:rsid w:val="00AD7AD5"/>
     <w:rsid w:val="00AE5BC7"/>
     <w:rsid w:val="00AF5AAF"/>
+    <w:rsid w:val="00AF5E5C"/>
     <w:rsid w:val="00AF5F3A"/>
     <w:rsid w:val="00B046D8"/>
     <w:rsid w:val="00B13F4C"/>
+    <w:rsid w:val="00B141A3"/>
     <w:rsid w:val="00B16219"/>
     <w:rsid w:val="00B16C59"/>
+    <w:rsid w:val="00B206D2"/>
+    <w:rsid w:val="00B330F9"/>
     <w:rsid w:val="00B33FDD"/>
     <w:rsid w:val="00B359CC"/>
     <w:rsid w:val="00B36107"/>
+    <w:rsid w:val="00B361B8"/>
     <w:rsid w:val="00B41789"/>
+    <w:rsid w:val="00B4391D"/>
     <w:rsid w:val="00B44D2F"/>
     <w:rsid w:val="00B46C03"/>
+    <w:rsid w:val="00B50A2C"/>
+    <w:rsid w:val="00B53CA0"/>
+    <w:rsid w:val="00B57532"/>
     <w:rsid w:val="00B60C6C"/>
     <w:rsid w:val="00B619A9"/>
     <w:rsid w:val="00B65A9D"/>
+    <w:rsid w:val="00B66A6B"/>
     <w:rsid w:val="00B66D60"/>
     <w:rsid w:val="00B75EDE"/>
     <w:rsid w:val="00B77D88"/>
     <w:rsid w:val="00B77FAF"/>
     <w:rsid w:val="00B84336"/>
     <w:rsid w:val="00B851B9"/>
     <w:rsid w:val="00B86453"/>
     <w:rsid w:val="00B90054"/>
     <w:rsid w:val="00B92C14"/>
     <w:rsid w:val="00B96AFF"/>
+    <w:rsid w:val="00B96EAE"/>
     <w:rsid w:val="00BA0066"/>
+    <w:rsid w:val="00BA039D"/>
+    <w:rsid w:val="00BA33BC"/>
+    <w:rsid w:val="00BA4E6F"/>
+    <w:rsid w:val="00BA7633"/>
+    <w:rsid w:val="00BB19C7"/>
     <w:rsid w:val="00BB334C"/>
+    <w:rsid w:val="00BB43E4"/>
     <w:rsid w:val="00BB48EC"/>
     <w:rsid w:val="00BB69DB"/>
     <w:rsid w:val="00BC322E"/>
     <w:rsid w:val="00BC44CD"/>
     <w:rsid w:val="00BC461E"/>
     <w:rsid w:val="00BC48A6"/>
+    <w:rsid w:val="00BE67A0"/>
+    <w:rsid w:val="00BE77E8"/>
     <w:rsid w:val="00BE7978"/>
     <w:rsid w:val="00C01F0D"/>
+    <w:rsid w:val="00C04986"/>
     <w:rsid w:val="00C07DDB"/>
+    <w:rsid w:val="00C1724F"/>
+    <w:rsid w:val="00C20AC8"/>
     <w:rsid w:val="00C27AF7"/>
+    <w:rsid w:val="00C36F5D"/>
+    <w:rsid w:val="00C3744B"/>
+    <w:rsid w:val="00C37E01"/>
     <w:rsid w:val="00C4115D"/>
+    <w:rsid w:val="00C428CB"/>
+    <w:rsid w:val="00C42E02"/>
     <w:rsid w:val="00C43BDD"/>
+    <w:rsid w:val="00C471B5"/>
     <w:rsid w:val="00C47778"/>
     <w:rsid w:val="00C5011E"/>
     <w:rsid w:val="00C50EE5"/>
     <w:rsid w:val="00C5240A"/>
     <w:rsid w:val="00C5398F"/>
     <w:rsid w:val="00C556F5"/>
     <w:rsid w:val="00C70E19"/>
     <w:rsid w:val="00C72574"/>
+    <w:rsid w:val="00C7297B"/>
     <w:rsid w:val="00C7430C"/>
+    <w:rsid w:val="00C76DA9"/>
+    <w:rsid w:val="00C771EB"/>
+    <w:rsid w:val="00C83F4D"/>
     <w:rsid w:val="00C85DA1"/>
     <w:rsid w:val="00C9071C"/>
     <w:rsid w:val="00C908FF"/>
+    <w:rsid w:val="00C9321D"/>
     <w:rsid w:val="00C97BD3"/>
     <w:rsid w:val="00CA39EF"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CB0493"/>
     <w:rsid w:val="00CB17FF"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:rsid w:val="00CC0037"/>
     <w:rsid w:val="00CC167C"/>
     <w:rsid w:val="00CC52D9"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00CE4B73"/>
     <w:rsid w:val="00CF70BB"/>
+    <w:rsid w:val="00D055BD"/>
     <w:rsid w:val="00D074DB"/>
+    <w:rsid w:val="00D10C23"/>
     <w:rsid w:val="00D139CF"/>
     <w:rsid w:val="00D20779"/>
     <w:rsid w:val="00D37E7F"/>
+    <w:rsid w:val="00D4049A"/>
     <w:rsid w:val="00D47AD7"/>
     <w:rsid w:val="00D51529"/>
+    <w:rsid w:val="00D630F6"/>
+    <w:rsid w:val="00D67E20"/>
+    <w:rsid w:val="00D70F4A"/>
+    <w:rsid w:val="00D73AC2"/>
+    <w:rsid w:val="00D84EF8"/>
     <w:rsid w:val="00D85218"/>
+    <w:rsid w:val="00D857E2"/>
     <w:rsid w:val="00D915B1"/>
+    <w:rsid w:val="00D9368C"/>
+    <w:rsid w:val="00D97F60"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DA65C4"/>
     <w:rsid w:val="00DB3F3D"/>
+    <w:rsid w:val="00DC6682"/>
+    <w:rsid w:val="00DD754C"/>
     <w:rsid w:val="00DE4447"/>
     <w:rsid w:val="00DE5DA2"/>
     <w:rsid w:val="00DE63C6"/>
+    <w:rsid w:val="00DE6A67"/>
     <w:rsid w:val="00DF0033"/>
+    <w:rsid w:val="00DF2878"/>
     <w:rsid w:val="00DF71A1"/>
     <w:rsid w:val="00E026BF"/>
     <w:rsid w:val="00E07B1B"/>
+    <w:rsid w:val="00E07D42"/>
+    <w:rsid w:val="00E10B91"/>
+    <w:rsid w:val="00E11830"/>
     <w:rsid w:val="00E11853"/>
+    <w:rsid w:val="00E21E70"/>
+    <w:rsid w:val="00E271A2"/>
+    <w:rsid w:val="00E30315"/>
     <w:rsid w:val="00E354DD"/>
+    <w:rsid w:val="00E46069"/>
+    <w:rsid w:val="00E46C19"/>
     <w:rsid w:val="00E52A86"/>
     <w:rsid w:val="00E54B47"/>
     <w:rsid w:val="00E553BF"/>
     <w:rsid w:val="00E55D93"/>
     <w:rsid w:val="00E61294"/>
+    <w:rsid w:val="00E63151"/>
     <w:rsid w:val="00E7237C"/>
+    <w:rsid w:val="00E770A0"/>
     <w:rsid w:val="00E77C46"/>
+    <w:rsid w:val="00E82823"/>
     <w:rsid w:val="00E86CE8"/>
     <w:rsid w:val="00E90E82"/>
+    <w:rsid w:val="00E955C0"/>
     <w:rsid w:val="00EA00CB"/>
     <w:rsid w:val="00EA1BAA"/>
     <w:rsid w:val="00EA3FCD"/>
     <w:rsid w:val="00EA42A0"/>
+    <w:rsid w:val="00EA6BFE"/>
+    <w:rsid w:val="00EB22E1"/>
     <w:rsid w:val="00EB6714"/>
     <w:rsid w:val="00EC0A68"/>
     <w:rsid w:val="00EC3C32"/>
     <w:rsid w:val="00EC5006"/>
+    <w:rsid w:val="00ED098D"/>
     <w:rsid w:val="00ED49C3"/>
     <w:rsid w:val="00ED6CE8"/>
     <w:rsid w:val="00ED7AA6"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rsid w:val="00EE3818"/>
+    <w:rsid w:val="00EE607B"/>
+    <w:rsid w:val="00EF1A33"/>
+    <w:rsid w:val="00F107D0"/>
     <w:rsid w:val="00F22264"/>
+    <w:rsid w:val="00F23819"/>
+    <w:rsid w:val="00F247ED"/>
     <w:rsid w:val="00F2564D"/>
     <w:rsid w:val="00F35B05"/>
+    <w:rsid w:val="00F40EC3"/>
     <w:rsid w:val="00F413D9"/>
+    <w:rsid w:val="00F41AD6"/>
     <w:rsid w:val="00F5135F"/>
     <w:rsid w:val="00F51F78"/>
+    <w:rsid w:val="00F52BE3"/>
+    <w:rsid w:val="00F61418"/>
     <w:rsid w:val="00F61F96"/>
+    <w:rsid w:val="00F665B2"/>
+    <w:rsid w:val="00F700C4"/>
     <w:rsid w:val="00F724CB"/>
     <w:rsid w:val="00F81B74"/>
     <w:rsid w:val="00F86F47"/>
     <w:rsid w:val="00F90B64"/>
+    <w:rsid w:val="00F91421"/>
+    <w:rsid w:val="00F96831"/>
+    <w:rsid w:val="00FA0E72"/>
     <w:rsid w:val="00FB2F0F"/>
     <w:rsid w:val="00FB5086"/>
     <w:rsid w:val="00FB5411"/>
     <w:rsid w:val="00FB6392"/>
+    <w:rsid w:val="00FB7A4A"/>
     <w:rsid w:val="00FC0CAD"/>
     <w:rsid w:val="00FC4F36"/>
+    <w:rsid w:val="00FC56AA"/>
     <w:rsid w:val="00FD3C70"/>
     <w:rsid w:val="00FD6820"/>
     <w:rsid w:val="00FE12D8"/>
+    <w:rsid w:val="00FF1D63"/>
+    <w:rsid w:val="00FF5301"/>
     <w:rsid w:val="00FF7C02"/>
     <w:rsid w:val="024801E3"/>
+    <w:rsid w:val="30CEB2CC"/>
+    <w:rsid w:val="43FF2E15"/>
     <w:rsid w:val="49DD1B00"/>
+    <w:rsid w:val="4A1D69EF"/>
+    <w:rsid w:val="5BD05F7F"/>
+    <w:rsid w:val="5E812839"/>
     <w:rsid w:val="647B2B65"/>
     <w:rsid w:val="6B2CF8ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="sv-SE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" strokecolor="#4a773c">
       <v:stroke color="#4a773c" weight="1pt"/>
       <v:shadow opacity="24903f" origin=",.5" offset="0,.55556mm"/>
       <o:colormru v:ext="edit" colors="#4a773c"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
-  <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=";"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="1FE2B7EB"/>
   <w14:defaultImageDpi w14:val="330"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6623,196 +6805,196 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A0C5F"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Rubrik VGR"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik1Char"/>
+    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A74E72"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="1300" w:after="80" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="992"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Rubrik 2 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik2Char"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Rubrik 3 VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik3Char"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="mellanrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik4Char"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00627BEA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik5">
+  <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Rubrik5Char"/>
+    <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="002F568B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Standardstycketeckensnitt">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell1">
+  <w:style w:type="table" w:styleId="PlainTable1">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -6890,611 +7072,611 @@
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sidrubrikstor">
     <w:name w:val="Sidrubrik stor"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="840" w:lineRule="atLeast"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="FFFFFF"/>
       <w:spacing w:val="-17"/>
       <w:sz w:val="84"/>
       <w:szCs w:val="84"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidfot">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidfotChar"/>
+    <w:link w:val="FooterChar"/>
     <w:rsid w:val="00880FEE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="right"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Avdelaresidfot">
     <w:name w:val="Avdelare sidfot"/>
     <w:semiHidden/>
     <w:rsid w:val="00880FEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:position w:val="1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sidhuvud">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="SidhuvudChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AA0F08"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Sidnummer">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00AA0F08"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Metadata">
     <w:name w:val="Metadata"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002651D6"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik1Char">
-    <w:name w:val="Rubrik 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
     <w:aliases w:val="Rubrik VGR Char"/>
-    <w:link w:val="Rubrik1"/>
+    <w:link w:val="Heading1"/>
     <w:rsid w:val="00A74E72"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Allmntstyckeformat">
     <w:name w:val="[Allmänt styckeformat]"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001C5FEF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidfotChar">
-[...1 lines deleted...]
-    <w:link w:val="Sidfot"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
     <w:rsid w:val="00EE2A56"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Rubrik">
+  <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="RubrikChar"/>
+    <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00AC3FF6"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FaktarutaLista">
     <w:name w:val="Faktaruta Lista"/>
     <w:uiPriority w:val="5"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00617710"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
       <w:spacing w:after="40"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RubrikChar">
-[...1 lines deleted...]
-    <w:link w:val="Rubrik"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00F86F47"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Ballongtext">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BallongtextChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB0493"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BallongtextChar">
-[...2 lines deleted...]
-    <w:link w:val="Ballongtext"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CB0493"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Platshllartext">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9071C"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Faktarutarubrik">
     <w:name w:val="Faktaruta rubrik"/>
-    <w:basedOn w:val="Rubrik2"/>
+    <w:basedOn w:val="Heading2"/>
     <w:next w:val="FaktarutaLista"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="0009062C"/>
     <w:pPr>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:bCs w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik2Char">
-    <w:name w:val="Rubrik 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
     <w:aliases w:val="Rubrik 2 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik3Char">
-    <w:name w:val="Rubrik 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Rubrik 3 VGR Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik3"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00627BEA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik4Char">
-    <w:name w:val="Rubrik 4 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
     <w:aliases w:val="mellanrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
-    <w:link w:val="Rubrik4"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Rubrik5Char">
-[...2 lines deleted...]
-    <w:link w:val="Rubrik5"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="002F568B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="00304B" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Liststycke">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CB1ED7"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="1712" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalefterlista">
     <w:name w:val="Normal efter lista"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="0062184C"/>
     <w:pPr>
       <w:spacing w:before="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll1">
+  <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B44D2F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8779"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsrubrik">
     <w:name w:val="Omslagsrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="005A627D"/>
     <w:pPr>
       <w:spacing w:after="6000" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsrubrikChar">
     <w:name w:val="Omslagsrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="005A627D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Omslagsunderrubrik">
     <w:name w:val="Omslagsunderrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="OmslagsunderrubrikChar"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009533B4"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OmslagsunderrubrikChar">
     <w:name w:val="Omslagsunderrubrik Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Omslagsunderrubrik"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="009533B4"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll2">
+  <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B44D2F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1349"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll3">
+  <w:style w:type="paragraph" w:styleId="TOC3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B44D2F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8777"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1707"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll4">
+  <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll5">
+  <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="960"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll6">
+  <w:style w:type="paragraph" w:styleId="TOC6">
     <w:name w:val="toc 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll7">
+  <w:style w:type="paragraph" w:styleId="TOC7">
     <w:name w:val="toc 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll8">
+  <w:style w:type="paragraph" w:styleId="TOC8">
     <w:name w:val="toc 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Innehll9">
+  <w:style w:type="paragraph" w:styleId="TOC9">
     <w:name w:val="toc 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E61294"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="MellanrubrikVGR">
     <w:name w:val="Mellanrubrik VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00375F3E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fotnotsreferens">
+  <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB5086"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Formatmall1">
     <w:name w:val="Formatmall1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Formatmall1Char"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Formatmall1Char">
     <w:name w:val="Formatmall1 Char"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Formatmall1"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="00A272CA"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FotnotVGR">
     <w:name w:val="Fotnot VGR"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB5086"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell2">
+  <w:style w:type="table" w:styleId="PlainTable2">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -7525,81 +7707,81 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlnk">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A514B7"/>
     <w:rPr>
       <w:color w:val="006298" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellrutnt">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00F413D9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightList-Accent1">
     <w:name w:val="Light List Accent 1"/>
     <w:aliases w:val="VGR tabell blue"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00827E69"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
@@ -7638,53 +7820,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
     <w:name w:val="Light Grid Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -7758,53 +7940,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljustrutnt-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
     <w:name w:val="Light Grid Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
@@ -7878,53 +8060,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg1">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
     <w:name w:val="Medium Shading 1 Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="009BF1" w:themeColor="accent1" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -7974,53 +8156,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Mellanmrkskuggning1-dekorfrg6">
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
     <w:name w:val="Medium Shading 1 Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="63"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
         <w:insideH w:val="single" w:sz="8" w:space="0" w:color="94C5D6" w:themeColor="accent6" w:themeTint="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
@@ -8070,53 +8252,53 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEBF1" w:themeFill="accent6" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljuslista-dekorfrg6">
+  <w:style w:type="table" w:styleId="LightList-Accent6">
     <w:name w:val="Light List Accent 6"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="61"/>
     <w:rsid w:val="00397F54"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="71B2C9" w:themeFill="accent6"/>
       </w:tcPr>
@@ -8152,53 +8334,53 @@
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="71B2C9" w:themeColor="accent6"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Ljusskuggning-dekorfrg1">
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
     <w:name w:val="Light Shading Accent 1"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="60"/>
     <w:rsid w:val="00C4115D"/>
     <w:rPr>
       <w:color w:val="004971" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="006298" w:themeColor="accent1"/>
@@ -8247,51 +8429,51 @@
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A6DFFF" w:themeFill="accent1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="VGRtabell">
     <w:name w:val="VGR tabell"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00016CF0"/>
     <w:pPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:sz w:val="24"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:trPr>
       <w:cantSplit/>
     </w:trPr>
     <w:tcPr>
@@ -8335,51 +8517,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Oformateradtabell51">
     <w:name w:val="Oformaterad tabell 51"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008E682C"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="26"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         <w:i/>
@@ -8466,69 +8648,69 @@
     <w:tblStylePr w:type="swCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabellrubrik">
     <w:name w:val="Tabellrubrik"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00B33FDD"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Punktlista">
+  <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00AF5F3A"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1349"/>
       </w:tabs>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell3">
+  <w:style w:type="table" w:styleId="PlainTable3">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:caps/>
       </w:rPr>
@@ -8572,129 +8754,129 @@
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:right w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="Oformateradtabell4">
+  <w:style w:type="table" w:styleId="PlainTable4">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="Normaltabell"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E263F"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Beskrivning">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00404948"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="SidhuvudChar">
-[...2 lines deleted...]
-    <w:link w:val="Sidhuvud"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00133A0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Olstomnmnande">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA57C4"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabelltext">
     <w:name w:val="Tabelltext"/>
     <w:link w:val="TabelltextChar"/>
     <w:rsid w:val="004F28EA"/>
     <w:pPr>
       <w:spacing w:before="90" w:after="90"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TabelltextChar">
     <w:name w:val="Tabelltext Char"/>
     <w:link w:val="Tabelltext"/>
     <w:rsid w:val="004F28EA"/>
     <w:rPr>
@@ -8726,78 +8908,138 @@
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1707"/>
       </w:tabs>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1706" w:right="868" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normalmedindrag">
     <w:name w:val="Normal med indrag"/>
     <w:qFormat/>
     <w:rsid w:val="00FC0CAD"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="1349" w:right="868"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AnvndHyperlnk">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="Standardstycketeckensnitt"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00431CAF"/>
     <w:rPr>
       <w:color w:val="9EA2A2" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB1777"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00686255"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00686255"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00686255"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00686255"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00686255"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="198055238">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="218060363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8812,51 +9054,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1230919038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas407-1997282004-1791/surrogate/Kap%206%20Till%c3%a4ggsplaner%202023-03-24.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-113/SURROGATE/Luftv%c3%a4gssmitta%20-%20v%c3%a5rdhygieniska%20aspekter%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/sas-kris--och-katastrofmedicinska-beredskapsplan" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas407-1997282004-1791/surrogate/Kap%206%20Till%c3%a4ggsplaner%202023-03-24.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-113/SURROGATE/Luftv%c3%a4gssmitta%20-%20v%c3%a5rdhygieniska%20aspekter%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-696277456-18/surrogate/Epidemiplan%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-113/SURROGATE/Luftv%c3%a4gssmitta%20-%20v%c3%a5rdhygieniska%20aspekter%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/sas-kris--och-katastrofmedicinska-beredskapsplan" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-696277456-18/surrogate/Epidemiplan%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-113/SURROGATE/Luftv%c3%a4gssmitta%20-%20v%c3%a5rdhygieniska%20aspekter%2c%20S%c3%84S.pdf" TargetMode="External" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="VG">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="808080"/>
@@ -9145,73 +9387,527 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8745</Characters>
+  <Pages>1</Pages>
+  <Words>1380</Words>
+  <Characters>7868</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>19</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9536</CharactersWithSpaces>
+  <CharactersWithSpaces>9230</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HLinks>
+    <vt:vector size="150" baseType="variant">
+      <vt:variant>
+        <vt:i4>7995426</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>135</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://insidan.vgregion.se/forvaltningar/sodra-alvsborgs-sjukhus/stod-och-tjanster/sakerhet-och-krisberedskap/sas-kris--och-katastrofmedicinska-beredskapsplan</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949245</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>132</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-696277456-18/surrogate/Epidemiplan%2c S%c3%84S.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3932199</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>129</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-113/SURROGATE/Luftv%c3%a4gssmitta - v%c3%a5rdhygieniska aspekter%2c S%c3%84S.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2949245</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>126</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/sofia/sas9613-696277456-18/surrogate/Epidemiplan%2c S%c3%84S.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966139</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>119</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827943</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966139</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>113</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827942</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966139</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>107</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827941</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966139</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>101</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827940</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>95</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827939</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>89</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827938</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>83</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827937</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>77</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827936</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>71</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827935</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>65</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827934</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>59</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827933</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>53</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827932</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>47</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827931</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1638459</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>41</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827930</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572923</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>35</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827929</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572923</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>29</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827928</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572923</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>23</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827927</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572923</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>17</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827926</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572923</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>11</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827925</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1572923</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>_Toc222827924</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3932199</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://mellanarkiv-offentlig.vgregion.se/alfresco/s/archive/stream/public/v1/source/available/SOFIA/SAS9642-738863596-113/SURROGATE/Luftv%c3%a4gssmitta - v%c3%a5rdhygieniska aspekter%2c S%c3%84S.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>Luftvägssmitta – utbrottshantering, SÄS</dc:title>
   <dc:subject/>
   <dc:creator/>
   <keywords/>
   <lastModifiedBy/>
   <revision>1</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>